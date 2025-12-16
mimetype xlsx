--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -1,127 +1,242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\USERDAT\PERS-MOR\PUBLIC\DIPM\DIPM2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E5054A68-387B-4F56-B55D-0907B90ECA06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="R4xGk8TLKj0dQJMX08hoE4kmukr3lA+YPCOLst5n5XNEvTAFHGy73zdGfo1j4YWKP0TyfGN+coXjIy/+xGI33A==" workbookSaltValue="hTrSLmcIjIS3sJAfQagUwQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09E42A1E-87D9-44A9-B1C5-BA12DA4F9430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ND+zLhD27KiobPpSS/e1RS3dy2KIzzEP8njRgrP2P+LKgyO4wFO0EmEzDzMSVMUVFTDoQ+QQUdVIPSHylxlxKg==" workbookSaltValue="ecvt+Ehz+4u44lwZxXf9kg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Données" sheetId="7" r:id="rId1"/>
     <sheet name="Comptes" sheetId="1" r:id="rId2"/>
     <sheet name="Annexe" sheetId="9" r:id="rId3"/>
-    <sheet name="Pertes" sheetId="10" r:id="rId4"/>
+    <sheet name="Répartition" sheetId="12" r:id="rId4"/>
+    <sheet name="Pertes" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Comptes!$B$1:$I$78</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">Pertes!$A$1:$G$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">Pertes!$A$1:$G$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">Répartition!$A$1:$H$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C16" i="12" l="1"/>
+  <c r="C17" i="12"/>
+  <c r="C18" i="12"/>
+  <c r="C19" i="12"/>
+  <c r="D20" i="12"/>
+  <c r="C20" i="12" s="1"/>
+  <c r="E20" i="12"/>
+  <c r="F20" i="12"/>
+  <c r="G20" i="12"/>
+  <c r="H20" i="12"/>
+  <c r="C21" i="12"/>
+  <c r="C22" i="12"/>
+  <c r="C23" i="12"/>
+  <c r="C24" i="12"/>
+  <c r="C25" i="12"/>
+  <c r="D25" i="12"/>
+  <c r="E25" i="12"/>
+  <c r="F25" i="12"/>
+  <c r="G25" i="12"/>
+  <c r="H25" i="12"/>
+  <c r="D26" i="12"/>
+  <c r="D28" i="12" s="1"/>
+  <c r="C28" i="12" s="1"/>
+  <c r="E26" i="12"/>
+  <c r="E28" i="12" s="1"/>
+  <c r="F26" i="12"/>
+  <c r="G26" i="12"/>
+  <c r="H26" i="12"/>
+  <c r="F27" i="12"/>
+  <c r="G27" i="12"/>
+  <c r="H27" i="12"/>
+  <c r="F28" i="12"/>
+  <c r="G28" i="12"/>
+  <c r="H28" i="12"/>
+  <c r="C31" i="12"/>
+  <c r="C32" i="12"/>
+  <c r="D32" i="12"/>
+  <c r="E32" i="12"/>
+  <c r="F32" i="12"/>
+  <c r="G32" i="12"/>
+  <c r="H32" i="12"/>
+  <c r="C35" i="12"/>
+  <c r="C36" i="12"/>
+  <c r="C37" i="12"/>
+  <c r="D38" i="12"/>
+  <c r="C38" i="12" s="1"/>
+  <c r="C39" i="12" s="1"/>
+  <c r="E38" i="12"/>
+  <c r="E39" i="12" s="1"/>
+  <c r="F38" i="12"/>
+  <c r="F39" i="12" s="1"/>
+  <c r="G38" i="12"/>
+  <c r="G39" i="12" s="1"/>
+  <c r="H38" i="12"/>
+  <c r="H39" i="12" s="1"/>
+  <c r="D39" i="12"/>
+  <c r="C42" i="12"/>
+  <c r="C43" i="12"/>
+  <c r="D43" i="12"/>
+  <c r="E43" i="12"/>
+  <c r="F43" i="12"/>
+  <c r="G43" i="12"/>
+  <c r="H43" i="12"/>
+  <c r="C46" i="12"/>
+  <c r="C47" i="12"/>
+  <c r="C48" i="12"/>
+  <c r="C49" i="12"/>
+  <c r="C50" i="12"/>
+  <c r="D51" i="12"/>
+  <c r="C51" i="12" s="1"/>
+  <c r="C55" i="12" s="1"/>
+  <c r="C56" i="12" s="1"/>
+  <c r="E51" i="12"/>
+  <c r="F51" i="12"/>
+  <c r="G51" i="12"/>
+  <c r="H51" i="12"/>
+  <c r="C57" i="12"/>
+  <c r="C58" i="12"/>
+  <c r="C59" i="12"/>
+  <c r="C60" i="12"/>
+  <c r="D61" i="12"/>
+  <c r="D62" i="12" s="1"/>
+  <c r="E61" i="12"/>
+  <c r="E62" i="12" s="1"/>
+  <c r="F61" i="12"/>
+  <c r="F62" i="12" s="1"/>
+  <c r="G61" i="12"/>
+  <c r="H61" i="12"/>
+  <c r="G62" i="12"/>
+  <c r="H62" i="12"/>
+  <c r="C62" i="12" l="1"/>
+  <c r="C26" i="12"/>
+  <c r="C61" i="12"/>
+  <c r="E27" i="12"/>
+  <c r="D27" i="12"/>
   <c r="G15" i="10" l="1"/>
   <c r="F15" i="10"/>
   <c r="G12" i="10" l="1"/>
   <c r="F12" i="10"/>
   <c r="I72" i="1" l="1"/>
   <c r="I63" i="1"/>
   <c r="I73" i="1" l="1"/>
   <c r="I30" i="1"/>
   <c r="I32" i="1" s="1"/>
   <c r="I24" i="1"/>
   <c r="I11" i="1"/>
   <c r="I33" i="1" l="1"/>
   <c r="I38" i="1" l="1"/>
   <c r="L3" i="1"/>
   <c r="I40" i="1" l="1"/>
   <c r="I47" i="1"/>
   <c r="I51" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="193">
   <si>
     <t>B.</t>
   </si>
   <si>
     <t>Capital propre imposable en Suisse</t>
   </si>
   <si>
     <t>RESULTAT NET</t>
   </si>
   <si>
     <t xml:space="preserve">Résultat imposable en Suisse </t>
   </si>
   <si>
     <t>A.</t>
   </si>
   <si>
     <t>Attributions à des institutions de prévoyance professionnelle en faveur du personnel</t>
   </si>
   <si>
     <t>Service cantonal des contributions</t>
   </si>
   <si>
     <t>Avenue de la Gare 35</t>
   </si>
   <si>
@@ -600,120 +715,270 @@
         <family val="2"/>
       </rPr>
       <t>(chiffres 4 à 5.3)</t>
     </r>
   </si>
   <si>
     <t>F. CALCUL DES PERTES FISCALES DES 7 EXERCICES PRECEDENTS</t>
   </si>
   <si>
     <t xml:space="preserve">D. REPARTITION INTERCANTONALE ET INTERCOMMUNALE </t>
   </si>
   <si>
     <t>E. DEMANDE D'EXONERATION</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Exercice commercial 2020 ou 2019/20</t>
   </si>
   <si>
     <t>Durée de l'exercice commercial (période fiscale)</t>
   </si>
   <si>
     <t>Exercice commercial 2021 ou 2020/21</t>
-  </si>
-[...12 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Exercice commercial 2022 ou 2021/22</t>
   </si>
   <si>
     <t>Exercice commercial 2023 ou 2022/23</t>
   </si>
   <si>
     <t>DECLARATION 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Veuillez renvoyer la déclaration accompagnée des comptes annuels signés ((le compte de pertes et profits, le bilan et l'annexe), ainsi que les formulaires annexes au plus tard jusqu'au </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>30 juin 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> sous enveloppe affranchie, à l'adresse suivante :</t>
     </r>
   </si>
   <si>
     <t>DIPM 2025</t>
   </si>
   <si>
     <t>Exercice commercial 2024 ou 2023/24</t>
   </si>
   <si>
     <t>Solde fiscalement reportable en 2025</t>
   </si>
+  <si>
+    <t>En %</t>
+  </si>
+  <si>
+    <t>Résultat net imposable</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Compensation </t>
+  </si>
+  <si>
+    <t>- Rendement net des immeubles</t>
+  </si>
+  <si>
+    <t>Quote-part</t>
+  </si>
+  <si>
+    <t>Préciput :</t>
+  </si>
+  <si>
+    <t>Bénéfice à répartir</t>
+  </si>
+  <si>
+    <t>- Rendement net des immeubles (-)</t>
+  </si>
+  <si>
+    <t>Bénéfice imposable</t>
+  </si>
+  <si>
+    <t>3.5. Bénéfice imposable</t>
+  </si>
+  <si>
+    <t>Rendement net des immeubles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autres : </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- Intérêts passifs </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(proportionnels)</t>
+    </r>
+  </si>
+  <si>
+    <t>- Amortissements</t>
+  </si>
+  <si>
+    <t>- Frais d'entretien et d'administration</t>
+  </si>
+  <si>
+    <t>Loyers, bénéfices en capital</t>
+  </si>
+  <si>
+    <t>3.4. Rendement immobilier</t>
+  </si>
+  <si>
+    <t>Résultat net comptable</t>
+  </si>
+  <si>
+    <t>3.3. Quote-part directe</t>
+  </si>
+  <si>
+    <t>Total des facteurs de production</t>
+  </si>
+  <si>
+    <t>Loyers capitalisés (6x)</t>
+  </si>
+  <si>
+    <t>Salaires capitalisés (10x)</t>
+  </si>
+  <si>
+    <t>3.2. Facteurs de production</t>
+  </si>
+  <si>
+    <t>3.1. Chiffre d'affaires</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>3. Répartition du bénéfice</t>
+  </si>
+  <si>
+    <t>Capital imposable</t>
+  </si>
+  <si>
+    <t>Total des actifs</t>
+  </si>
+  <si>
+    <t>Total des actifs mobiles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autres actifs </t>
+  </si>
+  <si>
+    <t>Créances</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liquidités </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total des actifs localisés </t>
+  </si>
+  <si>
+    <t>Autres immobilisations</t>
+  </si>
+  <si>
+    <t>Stocks</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Immeubles </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total </t>
+  </si>
+  <si>
+    <t>2. Répartition du capital</t>
+  </si>
+  <si>
+    <t>Date de fin d'assujettissement/rattachement</t>
+  </si>
+  <si>
+    <t>Date du début d'assujettissement/rattachement</t>
+  </si>
+  <si>
+    <t>Immeubles de placement</t>
+  </si>
+  <si>
+    <t>Etablissements stables et/ou immeubles d'exploitation</t>
+  </si>
+  <si>
+    <t>Siège et/ou administration effective</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veuillez cocher les cases qui conviennent </t>
+  </si>
+  <si>
+    <t>Communes</t>
+  </si>
+  <si>
+    <t>Cantons</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pays </t>
+  </si>
+  <si>
+    <t>1. Eléments déterminants pour les calculs de répartition</t>
+  </si>
+  <si>
+    <t>G. REPARTITION INTERNATIONALE, INTERCANTONALE ET INTERCOMMUNALE</t>
+  </si>
+  <si>
+    <t>Le formulaire de répartition est également disponible sur internet à l’adresse suivante :</t>
+  </si>
+  <si>
+    <t>https://www.vs.ch/fr/web/scc/formulaires-pm</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="7">
+  <numFmts count="8">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_ &quot;fr.&quot;\ * #,##0.00_ ;_ &quot;fr.&quot;\ * \-#,##0.00_ ;_ &quot;fr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="&quot;.&quot;###"/>
     <numFmt numFmtId="167" formatCode="&quot;*&quot;###&quot;*&quot;"/>
     <numFmt numFmtId="168" formatCode="&quot;*&quot;####&quot;*&quot;"/>
     <numFmt numFmtId="169" formatCode="_ &quot;SFr.&quot;\ * #,##0_ ;_ &quot;SFr.&quot;\ * \-#,##0_ ;_ &quot;SFr.&quot;\ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="170" formatCode="0.0"/>
+    <numFmt numFmtId="171" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="39" x14ac:knownFonts="1">
+  <fonts count="41" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -908,52 +1173,67 @@
       <sz val="10.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="17"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <name val="Symbol"/>
+      <family val="1"/>
+      <charset val="2"/>
+    </font>
+    <font>
       <u/>
-      <sz val="8"/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -974,51 +1254,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="28">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -1221,60 +1501,150 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="6">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="232">
+  <cellXfs count="316">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1701,50 +2071,342 @@
     <xf numFmtId="3" fontId="14" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="2" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="15" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="15" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="15" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="15" fillId="3" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="15" fillId="3" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="35" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="3" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="35" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
@@ -1843,109 +2505,188 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
     <xf numFmtId="3" fontId="15" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="8">
     <cellStyle name="Avertissement" xfId="1" builtinId="11"/>
     <cellStyle name="Calcul" xfId="3" builtinId="22"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Entrée" xfId="2" builtinId="20"/>
+    <cellStyle name="Lien hypertexte" xfId="7" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Pourcentage" xfId="6" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
+<file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>937260</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
@@ -2705,51 +3446,51 @@
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>9525</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>228600</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2049" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2049"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -2786,59 +3527,59 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Oui</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>714375</xdr:colOff>
+          <xdr:colOff>219075</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>133350</xdr:rowOff>
+          <xdr:rowOff>123825</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>247650</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2050" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2050"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3140,50 +3881,1060 @@
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="fr-CH" sz="900" b="0">
               <a:effectLst/>
               <a:latin typeface="Fujiyama-LightCondensed"/>
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="900" b="1">
             <a:effectLst/>
             <a:latin typeface="CL Futura CondensedLight"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3073" name="Check Box 1" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3073"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000010C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3074" name="Check Box 2" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3074"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000020C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3075" name="Check Box 3" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3075"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000030C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3076" name="Check Box 4" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3076"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000040C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3077" name="Check Box 5" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3077"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000050C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3078" name="Check Box 6" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3078"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000060C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3079" name="Check Box 7" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3079"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000070C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3080" name="Check Box 8" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3080"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000080C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3081" name="Check Box 9" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3081"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000090C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3082" name="Check Box 10" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3082"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3083" name="Check Box 11" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3083"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000B0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3084" name="Check Box 12" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3084"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000C0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3085" name="Check Box 13" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3085"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000D0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3086" name="Check Box 14" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3086"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000E0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>219075</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3087" name="Check Box 15" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3087"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000F0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -3434,55 +5185,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vs.ch/fr/web/scc/formulaires-pm-2017" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/fr/web/scc/formulaires-pm-2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R88"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F14" sqref="F14:K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="6" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="10" style="6" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" style="6" customWidth="1"/>
     <col min="6" max="6" width="7.140625" style="6" customWidth="1"/>
     <col min="7" max="7" width="6" style="6" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="7.42578125" style="12" customWidth="1"/>
     <col min="10" max="10" width="5.5703125" style="6" customWidth="1"/>
@@ -4560,164 +6315,164 @@
     <col min="16133" max="16133" width="3.42578125" style="6" customWidth="1"/>
     <col min="16134" max="16140" width="11.42578125" style="6"/>
     <col min="16141" max="16141" width="16.85546875" style="6" customWidth="1"/>
     <col min="16142" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="93"/>
       <c r="C1" s="93"/>
       <c r="D1" s="93"/>
       <c r="E1" s="93"/>
       <c r="F1" s="93"/>
       <c r="G1" s="93"/>
       <c r="H1" s="93"/>
       <c r="I1" s="94"/>
       <c r="J1" s="93"/>
       <c r="K1" s="93"/>
       <c r="L1" s="93"/>
       <c r="M1" s="93"/>
       <c r="N1"/>
     </row>
     <row r="2" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="93"/>
       <c r="C2" s="95"/>
       <c r="D2"/>
-      <c r="E2" s="195"/>
-[...7 lines deleted...]
-      <c r="K2" s="199"/>
+      <c r="E2" s="274"/>
+      <c r="F2" s="278" t="s">
+        <v>137</v>
+      </c>
+      <c r="G2" s="278"/>
+      <c r="H2" s="278"/>
+      <c r="I2" s="278"/>
+      <c r="J2" s="278"/>
+      <c r="K2" s="278"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2"/>
     </row>
     <row r="3" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="93"/>
       <c r="C3" s="95"/>
       <c r="D3"/>
-      <c r="E3" s="196"/>
-      <c r="F3" s="200" t="s">
+      <c r="E3" s="275"/>
+      <c r="F3" s="279" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="200"/>
-[...3 lines deleted...]
-      <c r="K3" s="200"/>
+      <c r="G3" s="279"/>
+      <c r="H3" s="279"/>
+      <c r="I3" s="279"/>
+      <c r="J3" s="279"/>
+      <c r="K3" s="279"/>
       <c r="L3" s="93"/>
       <c r="M3" s="93"/>
       <c r="N3"/>
     </row>
     <row r="4" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="93"/>
       <c r="C4" s="96"/>
       <c r="D4" s="93"/>
-      <c r="E4" s="197"/>
-[...5 lines deleted...]
-      <c r="K4" s="200"/>
+      <c r="E4" s="276"/>
+      <c r="F4" s="279"/>
+      <c r="G4" s="279"/>
+      <c r="H4" s="279"/>
+      <c r="I4" s="279"/>
+      <c r="J4" s="279"/>
+      <c r="K4" s="279"/>
       <c r="L4" s="93"/>
       <c r="M4" s="93"/>
       <c r="N4"/>
     </row>
     <row r="5" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="93"/>
       <c r="C5" s="93"/>
       <c r="D5" s="93"/>
-      <c r="E5" s="195"/>
-      <c r="F5" s="198" t="s">
+      <c r="E5" s="274"/>
+      <c r="F5" s="277" t="s">
         <v>89</v>
       </c>
-      <c r="G5" s="198"/>
-[...3 lines deleted...]
-      <c r="K5" s="198"/>
+      <c r="G5" s="277"/>
+      <c r="H5" s="277"/>
+      <c r="I5" s="277"/>
+      <c r="J5" s="277"/>
+      <c r="K5" s="277"/>
       <c r="L5" s="93"/>
       <c r="M5" s="93"/>
       <c r="N5" s="117"/>
     </row>
     <row r="6" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="93"/>
       <c r="C6" s="14"/>
       <c r="D6" s="93"/>
-      <c r="E6" s="195"/>
-      <c r="F6" s="198" t="s">
+      <c r="E6" s="274"/>
+      <c r="F6" s="277" t="s">
         <v>90</v>
       </c>
-      <c r="G6" s="198"/>
-[...3 lines deleted...]
-      <c r="K6" s="198"/>
+      <c r="G6" s="277"/>
+      <c r="H6" s="277"/>
+      <c r="I6" s="277"/>
+      <c r="J6" s="277"/>
+      <c r="K6" s="277"/>
       <c r="L6" s="93"/>
       <c r="M6" s="93"/>
       <c r="N6"/>
     </row>
     <row r="7" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="93"/>
       <c r="C7" s="93"/>
       <c r="D7" s="93"/>
-      <c r="E7" s="195"/>
+      <c r="E7" s="274"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" s="94"/>
       <c r="J7" s="93"/>
       <c r="K7" s="93"/>
       <c r="L7" s="93"/>
       <c r="M7" s="93"/>
       <c r="N7"/>
     </row>
     <row r="8" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="93"/>
       <c r="C8" s="93"/>
       <c r="D8" s="93"/>
-      <c r="E8" s="195"/>
+      <c r="E8" s="274"/>
       <c r="F8" s="97"/>
       <c r="G8" s="1"/>
       <c r="H8" s="97"/>
       <c r="I8" s="97"/>
       <c r="J8" s="98"/>
       <c r="K8" s="94"/>
       <c r="L8" s="93"/>
       <c r="M8" s="93"/>
       <c r="N8"/>
     </row>
     <row r="9" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="93"/>
       <c r="C9" s="93"/>
       <c r="D9" s="93"/>
-      <c r="E9" s="195"/>
+      <c r="E9" s="274"/>
       <c r="F9" s="93"/>
       <c r="G9" s="93"/>
       <c r="H9" s="93"/>
       <c r="I9" s="94"/>
       <c r="J9" s="93"/>
       <c r="K9" s="93"/>
       <c r="L9" s="93"/>
       <c r="M9" s="93"/>
       <c r="N9"/>
     </row>
     <row r="10" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="93"/>
       <c r="C10" s="93"/>
       <c r="D10" s="93"/>
       <c r="E10" s="93"/>
       <c r="F10" s="93"/>
       <c r="G10" s="93"/>
       <c r="H10" s="93"/>
       <c r="I10" s="94"/>
       <c r="J10" s="93"/>
       <c r="K10" s="93"/>
       <c r="L10" s="93"/>
       <c r="M10" s="93"/>
       <c r="N10"/>
     </row>
@@ -4736,194 +6491,194 @@
       <c r="M11" s="93"/>
       <c r="N11"/>
     </row>
     <row r="12" spans="2:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="99"/>
       <c r="C12" s="99"/>
       <c r="D12" s="99"/>
       <c r="E12" s="4"/>
       <c r="F12" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="5"/>
       <c r="J12" s="4"/>
       <c r="K12" s="100"/>
       <c r="L12" s="118"/>
       <c r="M12" s="119"/>
       <c r="N12"/>
     </row>
     <row r="13" spans="2:14" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="99"/>
       <c r="C13" s="99"/>
       <c r="D13" s="99"/>
       <c r="E13" s="16"/>
-      <c r="F13" s="202"/>
-[...4 lines deleted...]
-      <c r="K13" s="203"/>
+      <c r="F13" s="281"/>
+      <c r="G13" s="282"/>
+      <c r="H13" s="282"/>
+      <c r="I13" s="282"/>
+      <c r="J13" s="282"/>
+      <c r="K13" s="282"/>
       <c r="L13" s="118"/>
       <c r="M13" s="2"/>
       <c r="N13"/>
     </row>
     <row r="14" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="99"/>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="16"/>
-      <c r="F14" s="204"/>
-[...4 lines deleted...]
-      <c r="K14" s="205"/>
+      <c r="F14" s="283"/>
+      <c r="G14" s="284"/>
+      <c r="H14" s="284"/>
+      <c r="I14" s="284"/>
+      <c r="J14" s="284"/>
+      <c r="K14" s="284"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14"/>
     </row>
     <row r="15" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="99"/>
       <c r="C15" s="99"/>
       <c r="D15" s="99"/>
       <c r="E15" s="15"/>
-      <c r="F15" s="188"/>
-[...4 lines deleted...]
-      <c r="K15" s="201"/>
+      <c r="F15" s="267"/>
+      <c r="G15" s="280"/>
+      <c r="H15" s="280"/>
+      <c r="I15" s="280"/>
+      <c r="J15" s="280"/>
+      <c r="K15" s="280"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15"/>
     </row>
     <row r="16" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="99"/>
       <c r="C16" s="99"/>
       <c r="D16" s="99"/>
       <c r="E16" s="15"/>
-      <c r="F16" s="188"/>
-[...4 lines deleted...]
-      <c r="K16" s="201"/>
+      <c r="F16" s="267"/>
+      <c r="G16" s="280"/>
+      <c r="H16" s="280"/>
+      <c r="I16" s="280"/>
+      <c r="J16" s="280"/>
+      <c r="K16" s="280"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16"/>
     </row>
     <row r="17" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17"/>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
-      <c r="F17" s="188"/>
-[...4 lines deleted...]
-      <c r="K17" s="201"/>
+      <c r="F17" s="267"/>
+      <c r="G17" s="280"/>
+      <c r="H17" s="280"/>
+      <c r="I17" s="280"/>
+      <c r="J17" s="280"/>
+      <c r="K17" s="280"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18"/>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
-      <c r="F18" s="188"/>
-[...4 lines deleted...]
-      <c r="K18" s="201"/>
+      <c r="F18" s="267"/>
+      <c r="G18" s="280"/>
+      <c r="H18" s="280"/>
+      <c r="I18" s="280"/>
+      <c r="J18" s="280"/>
+      <c r="K18" s="280"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19"/>
       <c r="B19" s="99"/>
       <c r="C19" s="99"/>
       <c r="D19" s="99"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="16"/>
       <c r="H19" s="16"/>
       <c r="I19" s="17"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20"/>
       <c r="B20" s="101"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
     </row>
     <row r="21" spans="1:18" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21"/>
-      <c r="B21" s="191" t="s">
-[...10 lines deleted...]
-      <c r="K21" s="192"/>
+      <c r="B21" s="270" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" s="271"/>
+      <c r="D21" s="271"/>
+      <c r="E21" s="271"/>
+      <c r="F21" s="271"/>
+      <c r="G21" s="271"/>
+      <c r="H21" s="271"/>
+      <c r="I21" s="271"/>
+      <c r="J21" s="271"/>
+      <c r="K21" s="271"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
     </row>
     <row r="22" spans="1:18" s="10" customFormat="1" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22"/>
       <c r="B22" s="109"/>
       <c r="C22" s="110"/>
       <c r="D22" s="110"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="111"/>
       <c r="I22" s="112"/>
       <c r="J22" s="111"/>
       <c r="K22" s="111"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
     </row>
     <row r="23" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="113"/>
       <c r="B23" s="114" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="115"/>
       <c r="D23" s="115"/>
@@ -4986,138 +6741,138 @@
       <c r="L26" s="19"/>
       <c r="M26" s="19"/>
     </row>
     <row r="27" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="102"/>
       <c r="B27" s="103"/>
       <c r="C27" s="80" t="s">
         <v>95</v>
       </c>
       <c r="D27" s="103"/>
       <c r="E27" s="104"/>
       <c r="F27" s="104"/>
       <c r="G27" s="104"/>
       <c r="H27" s="104"/>
       <c r="I27" s="104"/>
       <c r="J27" s="104"/>
       <c r="K27" s="104"/>
       <c r="L27" s="104"/>
       <c r="M27" s="105"/>
     </row>
     <row r="28" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="106"/>
       <c r="B28" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="C28" s="193"/>
-[...1 lines deleted...]
-      <c r="E28" s="194"/>
+      <c r="C28" s="272"/>
+      <c r="D28" s="273"/>
+      <c r="E28" s="273"/>
       <c r="F28" s="107"/>
       <c r="G28" s="107"/>
       <c r="H28" s="107"/>
       <c r="I28" s="107"/>
       <c r="J28" s="107"/>
       <c r="K28" s="107"/>
       <c r="L28" s="107"/>
       <c r="M28" s="108"/>
     </row>
     <row r="29" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="81"/>
       <c r="B29" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="183"/>
-[...1 lines deleted...]
-      <c r="E29" s="183"/>
+      <c r="C29" s="262"/>
+      <c r="D29" s="262"/>
+      <c r="E29" s="262"/>
       <c r="F29" s="22"/>
       <c r="G29" s="4"/>
       <c r="H29" s="22"/>
       <c r="I29" s="23"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="24"/>
       <c r="M29" s="82"/>
     </row>
     <row r="30" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="83"/>
       <c r="B30" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C30" s="183"/>
-[...1 lines deleted...]
-      <c r="E30" s="183"/>
+      <c r="C30" s="262"/>
+      <c r="D30" s="262"/>
+      <c r="E30" s="262"/>
       <c r="F30" s="22"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="23"/>
       <c r="J30" s="22"/>
       <c r="K30" s="22"/>
       <c r="L30" s="2"/>
       <c r="M30" s="82"/>
     </row>
     <row r="31" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="83"/>
       <c r="B31" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C31" s="183"/>
-[...1 lines deleted...]
-      <c r="E31" s="183"/>
+      <c r="C31" s="262"/>
+      <c r="D31" s="262"/>
+      <c r="E31" s="262"/>
       <c r="F31" s="22"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="23"/>
       <c r="J31" s="22"/>
       <c r="K31" s="22"/>
       <c r="L31" s="24"/>
       <c r="M31" s="82"/>
     </row>
     <row r="32" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="83"/>
       <c r="B32" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C32" s="183"/>
-[...1 lines deleted...]
-      <c r="E32" s="183"/>
+      <c r="C32" s="262"/>
+      <c r="D32" s="262"/>
+      <c r="E32" s="262"/>
       <c r="F32" s="22"/>
       <c r="G32" s="22"/>
       <c r="H32" s="22"/>
       <c r="I32" s="23"/>
       <c r="J32" s="22"/>
       <c r="K32" s="22"/>
       <c r="L32" s="24"/>
       <c r="M32" s="82"/>
     </row>
     <row r="33" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="83"/>
       <c r="B33" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C33" s="183"/>
-[...1 lines deleted...]
-      <c r="E33" s="183"/>
+      <c r="C33" s="262"/>
+      <c r="D33" s="262"/>
+      <c r="E33" s="262"/>
       <c r="F33" s="22"/>
       <c r="G33" s="22"/>
       <c r="H33" s="22"/>
       <c r="I33" s="23"/>
       <c r="J33" s="22"/>
       <c r="K33" s="22"/>
       <c r="L33" s="24"/>
       <c r="M33" s="82"/>
     </row>
     <row r="34" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="83"/>
       <c r="B34" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
       <c r="I34" s="4"/>
       <c r="J34" s="4"/>
       <c r="K34" s="4"/>
       <c r="L34" s="2"/>
       <c r="M34" s="82"/>
@@ -5248,170 +7003,170 @@
       <c r="L42" s="2"/>
       <c r="M42" s="82"/>
     </row>
     <row r="43" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="83"/>
       <c r="B43" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="5"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="2"/>
       <c r="M43" s="82"/>
     </row>
     <row r="44" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="83"/>
       <c r="B44" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C44" s="187"/>
-[...1 lines deleted...]
-      <c r="E44" s="187"/>
+      <c r="C44" s="266"/>
+      <c r="D44" s="266"/>
+      <c r="E44" s="266"/>
       <c r="F44" s="2"/>
       <c r="G44" s="22"/>
       <c r="H44" s="22"/>
       <c r="I44" s="22"/>
       <c r="J44" s="22"/>
       <c r="K44" s="22"/>
       <c r="L44" s="2"/>
       <c r="M44" s="82"/>
     </row>
     <row r="45" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="83"/>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C45" s="188"/>
-[...1 lines deleted...]
-      <c r="E45" s="188"/>
+      <c r="C45" s="267"/>
+      <c r="D45" s="267"/>
+      <c r="E45" s="267"/>
       <c r="F45" s="2"/>
       <c r="G45" s="22"/>
       <c r="H45" s="22"/>
       <c r="I45" s="22"/>
       <c r="J45" s="22"/>
       <c r="K45" s="22"/>
       <c r="L45" s="2"/>
       <c r="M45" s="82"/>
     </row>
     <row r="46" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="83"/>
       <c r="B46" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C46" s="188"/>
-[...1 lines deleted...]
-      <c r="E46" s="188"/>
+      <c r="C46" s="267"/>
+      <c r="D46" s="267"/>
+      <c r="E46" s="267"/>
       <c r="F46" s="2"/>
       <c r="G46" s="22"/>
       <c r="H46" s="22"/>
       <c r="I46" s="22"/>
       <c r="J46" s="22"/>
       <c r="K46" s="22"/>
       <c r="L46" s="2"/>
       <c r="M46" s="82"/>
     </row>
     <row r="47" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="83"/>
       <c r="B47" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="C47" s="189"/>
-[...1 lines deleted...]
-      <c r="E47" s="189"/>
+      <c r="C47" s="268"/>
+      <c r="D47" s="268"/>
+      <c r="E47" s="268"/>
       <c r="F47" s="2"/>
       <c r="G47" s="22"/>
       <c r="H47" s="22"/>
       <c r="I47" s="22"/>
       <c r="J47" s="22"/>
       <c r="K47" s="22"/>
       <c r="L47" s="2"/>
       <c r="M47" s="82"/>
     </row>
     <row r="48" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="83"/>
       <c r="B48" s="2"/>
       <c r="C48" s="120"/>
       <c r="D48" s="120"/>
       <c r="E48" s="121"/>
       <c r="F48" s="2"/>
       <c r="G48" s="4"/>
       <c r="H48" s="4"/>
       <c r="I48" s="4"/>
       <c r="J48" s="4"/>
       <c r="K48" s="4"/>
       <c r="L48" s="2"/>
       <c r="M48" s="82"/>
     </row>
     <row r="49" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="83"/>
       <c r="B49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="5"/>
       <c r="J49" s="4"/>
       <c r="K49" s="4"/>
       <c r="L49" s="4"/>
       <c r="M49" s="82"/>
     </row>
     <row r="50" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="83"/>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C50" s="190"/>
-[...1 lines deleted...]
-      <c r="E50" s="190"/>
+      <c r="C50" s="269"/>
+      <c r="D50" s="269"/>
+      <c r="E50" s="269"/>
       <c r="F50" s="2"/>
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="23"/>
       <c r="J50" s="22"/>
       <c r="K50" s="22"/>
       <c r="L50" s="2"/>
       <c r="M50" s="82"/>
     </row>
     <row r="51" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="83"/>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C51" s="183"/>
-[...1 lines deleted...]
-      <c r="E51" s="183"/>
+      <c r="C51" s="262"/>
+      <c r="D51" s="262"/>
+      <c r="E51" s="262"/>
       <c r="F51" s="36"/>
       <c r="G51" s="22"/>
       <c r="H51" s="22"/>
       <c r="I51" s="23"/>
       <c r="J51" s="22"/>
       <c r="K51" s="22"/>
       <c r="L51" s="2"/>
       <c r="M51" s="82"/>
     </row>
     <row r="52" spans="1:13" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="83"/>
       <c r="B52" s="29"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="4"/>
       <c r="H52" s="4"/>
       <c r="I52" s="5"/>
       <c r="J52" s="4"/>
       <c r="K52" s="4"/>
       <c r="L52" s="2"/>
       <c r="M52" s="82"/>
     </row>
     <row r="53" spans="1:13" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
@@ -5442,105 +7197,105 @@
       <c r="J54" s="4"/>
       <c r="K54" s="4"/>
       <c r="L54" s="2"/>
       <c r="M54" s="82"/>
     </row>
     <row r="55" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="83"/>
       <c r="B55" s="29"/>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="78"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
       <c r="M55" s="82"/>
     </row>
     <row r="56" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="84"/>
       <c r="B56" s="79" t="s">
         <v>11</v>
       </c>
-      <c r="C56" s="184"/>
-[...8 lines deleted...]
-      <c r="L56" s="184"/>
+      <c r="C56" s="263"/>
+      <c r="D56" s="263"/>
+      <c r="E56" s="263"/>
+      <c r="F56" s="263"/>
+      <c r="G56" s="263"/>
+      <c r="H56" s="263"/>
+      <c r="I56" s="263"/>
+      <c r="J56" s="263"/>
+      <c r="K56" s="263"/>
+      <c r="L56" s="263"/>
       <c r="M56" s="85"/>
     </row>
     <row r="57" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="86"/>
       <c r="B57" s="19"/>
-      <c r="C57" s="185"/>
-[...8 lines deleted...]
-      <c r="L57" s="185"/>
+      <c r="C57" s="264"/>
+      <c r="D57" s="264"/>
+      <c r="E57" s="264"/>
+      <c r="F57" s="264"/>
+      <c r="G57" s="264"/>
+      <c r="H57" s="264"/>
+      <c r="I57" s="264"/>
+      <c r="J57" s="264"/>
+      <c r="K57" s="264"/>
+      <c r="L57" s="264"/>
       <c r="M57" s="82"/>
     </row>
     <row r="58" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="86"/>
       <c r="B58" s="30"/>
-      <c r="C58" s="186"/>
-[...8 lines deleted...]
-      <c r="L58" s="186"/>
+      <c r="C58" s="265"/>
+      <c r="D58" s="265"/>
+      <c r="E58" s="265"/>
+      <c r="F58" s="265"/>
+      <c r="G58" s="265"/>
+      <c r="H58" s="265"/>
+      <c r="I58" s="265"/>
+      <c r="J58" s="265"/>
+      <c r="K58" s="265"/>
+      <c r="L58" s="265"/>
       <c r="M58" s="87"/>
     </row>
     <row r="59" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="86"/>
       <c r="B59" s="30"/>
-      <c r="C59" s="186"/>
-[...8 lines deleted...]
-      <c r="L59" s="186"/>
+      <c r="C59" s="265"/>
+      <c r="D59" s="265"/>
+      <c r="E59" s="265"/>
+      <c r="F59" s="265"/>
+      <c r="G59" s="265"/>
+      <c r="H59" s="265"/>
+      <c r="I59" s="265"/>
+      <c r="J59" s="265"/>
+      <c r="K59" s="265"/>
+      <c r="L59" s="265"/>
       <c r="M59" s="87"/>
     </row>
     <row r="60" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="88"/>
       <c r="B60" s="89"/>
       <c r="C60" s="89"/>
       <c r="D60" s="89"/>
       <c r="E60" s="89"/>
       <c r="F60" s="89"/>
       <c r="G60" s="89"/>
       <c r="H60" s="89"/>
       <c r="I60" s="7"/>
       <c r="J60" s="89"/>
       <c r="K60" s="89"/>
       <c r="L60" s="89"/>
       <c r="M60" s="90"/>
     </row>
     <row r="61" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="8"/>
       <c r="C61" s="8"/>
       <c r="D61" s="8"/>
       <c r="E61" s="8"/>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
@@ -5583,51 +7338,51 @@
       <c r="I71" s="6"/>
     </row>
     <row r="72" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E72" s="11"/>
       <c r="I72" s="6"/>
     </row>
     <row r="73" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I73" s="6"/>
     </row>
     <row r="74" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I74" s="6"/>
     </row>
     <row r="75" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I75" s="6"/>
     </row>
     <row r="76" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I76" s="6"/>
     </row>
     <row r="77" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I77" s="6"/>
     </row>
     <row r="88" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I88" s="6"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="9Wx4XQcmCFtjITxdCdg8x0bMVLZv+gMyls0tFj12XIojjBxVCYW7GL7tKmtsldSkpM01YGDcYdEqpDs0sh317g==" saltValue="dfj8H4lXBwuh+mqIPxFNaw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cQGWrMWQL5ptYGbkuccUxNJ6knllRS6JRO2/Jtzq9FqKf5/ubk5Ag+qQ3jXG9nuBR36Rl1SZQaCRtZGF+VhYFw==" saltValue="p9DnvgdF/22on+CQN2C+xA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="31">
     <mergeCell ref="B21:K21"/>
     <mergeCell ref="C28:E28"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="E4:E6"/>
     <mergeCell ref="E7:E9"/>
     <mergeCell ref="F6:K6"/>
     <mergeCell ref="F2:K2"/>
     <mergeCell ref="F3:K3"/>
     <mergeCell ref="F4:K4"/>
     <mergeCell ref="F5:K5"/>
     <mergeCell ref="F15:K15"/>
     <mergeCell ref="F16:K16"/>
     <mergeCell ref="F17:K17"/>
     <mergeCell ref="F18:K18"/>
     <mergeCell ref="F13:K13"/>
     <mergeCell ref="F14:K14"/>
     <mergeCell ref="C29:E29"/>
     <mergeCell ref="C30:E30"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="C32:E32"/>
     <mergeCell ref="C33:E33"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C45:E45"/>
     <mergeCell ref="C46:E46"/>
@@ -6165,204 +7920,204 @@
       <c r="G25" s="43"/>
       <c r="H25" s="43"/>
       <c r="I25" s="69"/>
     </row>
     <row r="26" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="43">
         <v>3.1</v>
       </c>
       <c r="C26" s="35" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="35"/>
       <c r="I26" s="67"/>
     </row>
     <row r="27" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="35"/>
       <c r="B27" s="43"/>
       <c r="C27" s="44" t="s">
         <v>25</v>
       </c>
-      <c r="D27" s="216"/>
-[...3 lines deleted...]
-      <c r="H27" s="217"/>
+      <c r="D27" s="295"/>
+      <c r="E27" s="295"/>
+      <c r="F27" s="295"/>
+      <c r="G27" s="295"/>
+      <c r="H27" s="296"/>
       <c r="I27" s="66"/>
     </row>
     <row r="28" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="43"/>
       <c r="B28" s="43"/>
       <c r="C28" s="52" t="s">
         <v>26</v>
       </c>
-      <c r="D28" s="206"/>
-[...3 lines deleted...]
-      <c r="H28" s="208"/>
+      <c r="D28" s="285"/>
+      <c r="E28" s="285"/>
+      <c r="F28" s="285"/>
+      <c r="G28" s="285"/>
+      <c r="H28" s="287"/>
       <c r="I28" s="66"/>
     </row>
     <row r="29" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="35"/>
       <c r="B29" s="43"/>
       <c r="C29" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D29" s="206"/>
-[...3 lines deleted...]
-      <c r="H29" s="208"/>
+      <c r="D29" s="285"/>
+      <c r="E29" s="285"/>
+      <c r="F29" s="285"/>
+      <c r="G29" s="285"/>
+      <c r="H29" s="287"/>
       <c r="I29" s="66"/>
     </row>
     <row r="30" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="43"/>
       <c r="B30" s="43"/>
       <c r="C30" s="52" t="s">
         <v>28</v>
       </c>
       <c r="D30" s="40" t="s">
         <v>29</v>
       </c>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="40"/>
       <c r="H30" s="40"/>
       <c r="I30" s="68">
         <f>SUM(I27:I29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="43"/>
       <c r="B31" s="43">
         <v>3.2</v>
       </c>
       <c r="C31" s="40" t="s">
         <v>41</v>
       </c>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="39"/>
       <c r="G31" s="39"/>
       <c r="H31" s="39"/>
       <c r="I31" s="66"/>
     </row>
     <row r="32" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="43"/>
       <c r="B32" s="43">
         <v>3.3</v>
       </c>
-      <c r="C32" s="218" t="s">
+      <c r="C32" s="297" t="s">
         <v>82</v>
       </c>
-      <c r="D32" s="218"/>
-[...3 lines deleted...]
-      <c r="H32" s="219"/>
+      <c r="D32" s="297"/>
+      <c r="E32" s="299"/>
+      <c r="F32" s="299"/>
+      <c r="G32" s="299"/>
+      <c r="H32" s="298"/>
       <c r="I32" s="68">
         <f>MAX(+I30-I31,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="43"/>
       <c r="B33" s="43">
         <v>4</v>
       </c>
-      <c r="C33" s="218" t="s">
+      <c r="C33" s="297" t="s">
         <v>85</v>
       </c>
-      <c r="D33" s="218"/>
-[...3 lines deleted...]
-      <c r="H33" s="219"/>
+      <c r="D33" s="297"/>
+      <c r="E33" s="297"/>
+      <c r="F33" s="297"/>
+      <c r="G33" s="297"/>
+      <c r="H33" s="298"/>
       <c r="I33" s="68">
         <f>I11-I24-I32</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="43"/>
       <c r="B34" s="43">
         <v>5</v>
       </c>
       <c r="C34" s="55" t="s">
         <v>115</v>
       </c>
       <c r="D34" s="56"/>
       <c r="E34" s="56"/>
       <c r="F34" s="56"/>
       <c r="G34" s="56"/>
       <c r="H34" s="56"/>
       <c r="I34" s="70"/>
     </row>
     <row r="35" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="43"/>
       <c r="B35" s="43">
         <v>5.0999999999999996</v>
       </c>
-      <c r="C35" s="209"/>
-[...4 lines deleted...]
-      <c r="H35" s="211"/>
+      <c r="C35" s="288"/>
+      <c r="D35" s="289"/>
+      <c r="E35" s="289"/>
+      <c r="F35" s="289"/>
+      <c r="G35" s="289"/>
+      <c r="H35" s="290"/>
       <c r="I35" s="66"/>
     </row>
     <row r="36" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="43"/>
       <c r="B36" s="43">
         <v>5.2</v>
       </c>
-      <c r="C36" s="212"/>
-[...4 lines deleted...]
-      <c r="H36" s="214"/>
+      <c r="C36" s="291"/>
+      <c r="D36" s="292"/>
+      <c r="E36" s="292"/>
+      <c r="F36" s="292"/>
+      <c r="G36" s="292"/>
+      <c r="H36" s="293"/>
       <c r="I36" s="66"/>
     </row>
     <row r="37" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="43"/>
       <c r="B37" s="43">
         <v>5.3</v>
       </c>
-      <c r="C37" s="212"/>
-[...4 lines deleted...]
-      <c r="H37" s="214"/>
+      <c r="C37" s="291"/>
+      <c r="D37" s="292"/>
+      <c r="E37" s="292"/>
+      <c r="F37" s="292"/>
+      <c r="G37" s="292"/>
+      <c r="H37" s="293"/>
       <c r="I37" s="66"/>
     </row>
     <row r="38" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="43"/>
       <c r="B38" s="43">
         <v>6</v>
       </c>
       <c r="C38" s="40" t="s">
         <v>127</v>
       </c>
       <c r="D38" s="52"/>
       <c r="E38" s="52"/>
       <c r="F38" s="52"/>
       <c r="G38" s="52"/>
       <c r="H38" s="52"/>
       <c r="I38" s="68">
         <f>SUM(I33:I37)</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="43"/>
       <c r="B39" s="43">
         <v>7</v>
       </c>
@@ -6498,54 +8253,54 @@
     </row>
     <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="35"/>
       <c r="B48" s="149">
         <v>13.2</v>
       </c>
       <c r="C48" s="154" t="s">
         <v>119</v>
       </c>
       <c r="D48" s="155"/>
       <c r="E48" s="155"/>
       <c r="F48" s="155"/>
       <c r="G48" s="155"/>
       <c r="H48" s="156"/>
       <c r="I48" s="157"/>
     </row>
     <row r="49" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="43"/>
       <c r="B49" s="149">
         <v>13.3</v>
       </c>
       <c r="C49" s="154" t="s">
         <v>76</v>
       </c>
       <c r="D49" s="155"/>
-      <c r="E49" s="215"/>
-[...2 lines deleted...]
-      <c r="H49" s="214"/>
+      <c r="E49" s="294"/>
+      <c r="F49" s="292"/>
+      <c r="G49" s="292"/>
+      <c r="H49" s="293"/>
       <c r="I49" s="157"/>
     </row>
     <row r="50" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="35"/>
       <c r="B50" s="149">
         <v>13.4</v>
       </c>
       <c r="C50" s="154" t="s">
         <v>120</v>
       </c>
       <c r="D50" s="155"/>
       <c r="E50" s="155"/>
       <c r="F50" s="155"/>
       <c r="G50" s="155"/>
       <c r="H50" s="156"/>
       <c r="I50" s="157"/>
     </row>
     <row r="51" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="35"/>
       <c r="B51" s="149">
         <v>13.5</v>
       </c>
       <c r="C51" s="155" t="s">
         <v>121</v>
       </c>
@@ -6692,54 +8447,54 @@
     </row>
     <row r="61" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="35"/>
       <c r="B61" s="50">
         <v>14.6</v>
       </c>
       <c r="C61" s="39" t="s">
         <v>35</v>
       </c>
       <c r="D61" s="39"/>
       <c r="E61" s="39"/>
       <c r="F61" s="39"/>
       <c r="G61" s="39"/>
       <c r="H61" s="38"/>
       <c r="I61" s="66"/>
     </row>
     <row r="62" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="35"/>
       <c r="B62" s="50">
         <v>14.7</v>
       </c>
       <c r="C62" s="53" t="s">
         <v>76</v>
       </c>
       <c r="D62" s="53"/>
-      <c r="E62" s="206"/>
-[...2 lines deleted...]
-      <c r="H62" s="208"/>
+      <c r="E62" s="285"/>
+      <c r="F62" s="286"/>
+      <c r="G62" s="286"/>
+      <c r="H62" s="287"/>
       <c r="I62" s="66"/>
     </row>
     <row r="63" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="35"/>
       <c r="B63" s="50">
         <v>14.8</v>
       </c>
       <c r="C63" s="40" t="s">
         <v>84</v>
       </c>
       <c r="D63" s="39"/>
       <c r="E63" s="39"/>
       <c r="F63" s="39"/>
       <c r="G63" s="39"/>
       <c r="H63" s="38"/>
       <c r="I63" s="68">
         <f>SUM(I56:I62)</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="35"/>
       <c r="B64" s="43">
         <v>15</v>
       </c>
@@ -6820,54 +8575,54 @@
     </row>
     <row r="70" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="35"/>
       <c r="B70" s="43">
         <v>15.3</v>
       </c>
       <c r="C70" s="39" t="s">
         <v>36</v>
       </c>
       <c r="D70" s="39"/>
       <c r="E70" s="39"/>
       <c r="F70" s="39"/>
       <c r="G70" s="39"/>
       <c r="H70" s="38"/>
       <c r="I70" s="66"/>
     </row>
     <row r="71" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="43"/>
       <c r="B71" s="43">
         <v>15.4</v>
       </c>
       <c r="C71" s="53" t="s">
         <v>76</v>
       </c>
       <c r="D71" s="53"/>
-      <c r="E71" s="206"/>
-[...2 lines deleted...]
-      <c r="H71" s="208"/>
+      <c r="E71" s="285"/>
+      <c r="F71" s="286"/>
+      <c r="G71" s="286"/>
+      <c r="H71" s="287"/>
       <c r="I71" s="66"/>
     </row>
     <row r="72" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="43"/>
       <c r="B72" s="43">
         <v>15.5</v>
       </c>
       <c r="C72" s="40" t="s">
         <v>86</v>
       </c>
       <c r="D72" s="39"/>
       <c r="E72" s="39"/>
       <c r="F72" s="39"/>
       <c r="G72" s="39"/>
       <c r="H72" s="38"/>
       <c r="I72" s="68">
         <f>SUM(I67:I71)</f>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="43">
         <v>16</v>
       </c>
       <c r="C73" s="40" t="s">
@@ -6917,413 +8672,416 @@
       </c>
       <c r="C76" s="40" t="s">
         <v>102</v>
       </c>
       <c r="D76" s="52"/>
       <c r="E76" s="44"/>
       <c r="F76" s="44"/>
       <c r="G76" s="160"/>
       <c r="H76" s="161" t="s">
         <v>131</v>
       </c>
       <c r="I76" s="73"/>
     </row>
     <row r="77" spans="1:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="35"/>
       <c r="C77" s="35"/>
       <c r="D77" s="35"/>
       <c r="E77" s="35"/>
       <c r="F77" s="35"/>
       <c r="G77" s="35"/>
       <c r="H77" s="35"/>
       <c r="I77" s="35"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B78" s="63" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C78" s="35"/>
       <c r="D78" s="35"/>
       <c r="E78" s="35"/>
       <c r="F78" s="35"/>
       <c r="G78" s="35"/>
       <c r="H78" s="35"/>
       <c r="I78" s="64" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Ww21sqDlkUg4cwTbj0di1PMH4wh7YlEs3XZIPVicHR/0Zc4wYoTrzJFfITldOKxASDbnFu8jlgODUen26FJIgQ==" saltValue="Wx0D7rOBHD5+s4mkHX0M/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="APJLez5648lvB+v3U0rZVIjkAfkqsEDVhXZ1XgsQOidnxw93iX9Gm/LrkEfh+y1qMSa9LUDKgzqKl3Urp9QkFA==" saltValue="y/xFy6TNoMot6rm/4N4EVQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
     <mergeCell ref="D27:H27"/>
     <mergeCell ref="D28:H28"/>
     <mergeCell ref="D29:H29"/>
     <mergeCell ref="C33:H33"/>
     <mergeCell ref="C32:H32"/>
     <mergeCell ref="E71:H71"/>
     <mergeCell ref="C35:H35"/>
     <mergeCell ref="C36:H36"/>
     <mergeCell ref="C37:H37"/>
     <mergeCell ref="E49:H49"/>
     <mergeCell ref="E62:H62"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.39370078740157483" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O55"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="B2" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C11" sqref="C11:D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="126" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="65.7109375" style="126" customWidth="1"/>
-    <col min="3" max="3" width="1.85546875" style="126" customWidth="1"/>
-    <col min="4" max="5" width="17.5703125" style="126" customWidth="1"/>
+    <col min="3" max="3" width="7.140625" style="126" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" style="126" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" style="126" customWidth="1"/>
     <col min="6" max="6" width="10" style="139" customWidth="1"/>
     <col min="7" max="7" width="0.42578125" style="126" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="126" hidden="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="126"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="94.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F1" s="122"/>
     </row>
     <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="122"/>
       <c r="B2" s="162" t="s">
         <v>129</v>
       </c>
       <c r="C2" s="163"/>
       <c r="D2" s="163"/>
       <c r="E2" s="163"/>
       <c r="F2" s="164"/>
       <c r="G2" s="124"/>
       <c r="H2" s="124"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="122"/>
       <c r="B3" s="123"/>
       <c r="C3" s="124"/>
       <c r="D3" s="124"/>
       <c r="E3" s="124"/>
       <c r="F3" s="125"/>
       <c r="G3" s="124"/>
       <c r="H3" s="124"/>
     </row>
     <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="221" t="s">
+      <c r="B4" s="300" t="s">
         <v>91</v>
       </c>
-      <c r="C4" s="221"/>
-[...2 lines deleted...]
-      <c r="F4" s="222"/>
+      <c r="C4" s="300"/>
+      <c r="D4" s="301"/>
+      <c r="E4" s="301"/>
+      <c r="F4" s="301"/>
       <c r="G4" s="124"/>
       <c r="H4" s="124"/>
     </row>
     <row r="5" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="221"/>
-[...3 lines deleted...]
-      <c r="F5" s="222"/>
+      <c r="B5" s="300"/>
+      <c r="C5" s="300"/>
+      <c r="D5" s="301"/>
+      <c r="E5" s="301"/>
+      <c r="F5" s="301"/>
       <c r="G5" s="124"/>
       <c r="H5" s="124"/>
     </row>
-    <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F6" s="222"/>
+    <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="132" t="s">
+        <v>191</v>
+      </c>
+      <c r="C6" s="127"/>
+      <c r="D6" s="305" t="s">
+        <v>192</v>
+      </c>
+      <c r="E6" s="305"/>
+      <c r="F6" s="305"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
     </row>
     <row r="7" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="127"/>
       <c r="C7" s="127"/>
       <c r="D7" s="128"/>
       <c r="E7" s="128"/>
       <c r="F7" s="128"/>
       <c r="G7" s="124"/>
       <c r="H7" s="124"/>
     </row>
     <row r="8" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="122"/>
       <c r="B8" s="162" t="s">
         <v>130</v>
       </c>
       <c r="C8" s="162"/>
       <c r="D8" s="165"/>
       <c r="E8" s="165"/>
       <c r="F8" s="164"/>
       <c r="G8" s="124"/>
       <c r="H8" s="124"/>
     </row>
     <row r="9" spans="1:15" s="131" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="130"/>
       <c r="B9" s="129"/>
       <c r="C9" s="129"/>
       <c r="D9" s="129"/>
       <c r="E9" s="129"/>
       <c r="F9" s="129"/>
       <c r="G9" s="129"/>
       <c r="H9" s="129"/>
     </row>
     <row r="10" spans="1:15" s="131" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="129" t="s">
         <v>97</v>
       </c>
       <c r="C10" s="129"/>
       <c r="F10" s="129"/>
       <c r="G10" s="129"/>
       <c r="H10" s="129"/>
     </row>
     <row r="11" spans="1:15" s="131" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="132" t="s">
         <v>106</v>
       </c>
-      <c r="C11" s="227" t="s">
+      <c r="C11" s="307" t="s">
         <v>107</v>
       </c>
-      <c r="D11" s="228"/>
+      <c r="D11" s="308"/>
       <c r="F11" s="129"/>
       <c r="G11" s="129"/>
       <c r="H11" s="129"/>
       <c r="M11" s="133"/>
       <c r="N11" s="133"/>
       <c r="O11" s="133"/>
     </row>
     <row r="12" spans="1:15" s="131" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="129"/>
       <c r="C12" s="129"/>
       <c r="F12" s="129"/>
       <c r="G12" s="129"/>
       <c r="H12" s="129"/>
       <c r="M12" s="133"/>
       <c r="N12" s="133"/>
       <c r="O12" s="133"/>
     </row>
     <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="131"/>
       <c r="B13" s="134" t="s">
         <v>77</v>
       </c>
       <c r="C13" s="134"/>
       <c r="D13" s="131"/>
       <c r="E13" s="131"/>
       <c r="F13" s="122"/>
       <c r="G13" s="124"/>
       <c r="H13" s="124"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" s="131"/>
       <c r="B14" s="134"/>
       <c r="C14" s="134"/>
       <c r="D14" s="131"/>
       <c r="E14" s="131"/>
       <c r="F14" s="122"/>
       <c r="G14" s="124"/>
       <c r="H14" s="124"/>
     </row>
     <row r="15" spans="1:15" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="131"/>
-      <c r="B15" s="223" t="s">
+      <c r="B15" s="302" t="s">
         <v>37</v>
       </c>
-      <c r="C15" s="223"/>
-[...2 lines deleted...]
-      <c r="F15" s="224"/>
+      <c r="C15" s="302"/>
+      <c r="D15" s="303"/>
+      <c r="E15" s="303"/>
+      <c r="F15" s="303"/>
       <c r="G15" s="124"/>
       <c r="H15" s="124"/>
     </row>
     <row r="16" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="131"/>
       <c r="B16" s="127"/>
       <c r="C16" s="127"/>
       <c r="D16" s="128"/>
       <c r="E16" s="128"/>
       <c r="F16" s="128"/>
       <c r="G16" s="124"/>
       <c r="H16" s="124"/>
     </row>
     <row r="17" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="131"/>
-      <c r="B17" s="225" t="s">
+      <c r="B17" s="304" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="225"/>
-[...2 lines deleted...]
-      <c r="F17" s="225"/>
+      <c r="C17" s="304"/>
+      <c r="D17" s="304"/>
+      <c r="E17" s="304"/>
+      <c r="F17" s="304"/>
       <c r="G17" s="124"/>
       <c r="H17" s="124"/>
     </row>
     <row r="18" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="131"/>
       <c r="B18" s="135"/>
       <c r="C18" s="135"/>
       <c r="D18" s="135"/>
       <c r="E18" s="135"/>
       <c r="F18" s="135"/>
       <c r="G18" s="124"/>
       <c r="H18" s="124"/>
     </row>
     <row r="19" spans="1:9" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="131"/>
-      <c r="B19" s="225" t="s">
+      <c r="B19" s="304" t="s">
         <v>39</v>
       </c>
-      <c r="C19" s="225"/>
-[...2 lines deleted...]
-      <c r="F19" s="225"/>
+      <c r="C19" s="304"/>
+      <c r="D19" s="304"/>
+      <c r="E19" s="304"/>
+      <c r="F19" s="304"/>
       <c r="G19" s="124"/>
       <c r="H19" s="124"/>
     </row>
     <row r="20" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="131"/>
       <c r="B20" s="135"/>
       <c r="C20" s="135"/>
       <c r="D20" s="135"/>
       <c r="E20" s="135"/>
       <c r="F20" s="135"/>
       <c r="G20" s="124"/>
       <c r="H20" s="124"/>
     </row>
     <row r="21" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="131"/>
-      <c r="B21" s="225" t="s">
+      <c r="B21" s="304" t="s">
         <v>40</v>
       </c>
-      <c r="C21" s="225"/>
-[...2 lines deleted...]
-      <c r="F21" s="225"/>
+      <c r="C21" s="304"/>
+      <c r="D21" s="304"/>
+      <c r="E21" s="304"/>
+      <c r="F21" s="304"/>
       <c r="G21" s="124"/>
       <c r="H21" s="124"/>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="131"/>
       <c r="B22" s="146"/>
       <c r="C22" s="146"/>
       <c r="D22" s="146"/>
       <c r="E22" s="146"/>
       <c r="F22" s="146"/>
       <c r="G22" s="124"/>
       <c r="H22" s="124"/>
     </row>
     <row r="23" spans="1:9" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="131"/>
-      <c r="B23" s="225" t="s">
+      <c r="B23" s="304" t="s">
         <v>116</v>
       </c>
-      <c r="C23" s="229"/>
-[...2 lines deleted...]
-      <c r="F23" s="229"/>
+      <c r="C23" s="309"/>
+      <c r="D23" s="309"/>
+      <c r="E23" s="309"/>
+      <c r="F23" s="309"/>
       <c r="G23" s="124"/>
       <c r="H23" s="124"/>
     </row>
     <row r="24" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="131"/>
       <c r="B24" s="135"/>
       <c r="C24" s="135"/>
       <c r="D24" s="135"/>
       <c r="E24" s="135"/>
       <c r="F24" s="135"/>
       <c r="G24" s="124"/>
       <c r="H24" s="124"/>
     </row>
     <row r="25" spans="1:9" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="131"/>
-      <c r="B25" s="226" t="s">
+      <c r="B25" s="306" t="s">
         <v>92</v>
       </c>
-      <c r="C25" s="226"/>
-[...2 lines deleted...]
-      <c r="F25" s="225"/>
+      <c r="C25" s="306"/>
+      <c r="D25" s="304"/>
+      <c r="E25" s="304"/>
+      <c r="F25" s="304"/>
       <c r="G25" s="124"/>
       <c r="H25" s="124"/>
     </row>
     <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="131"/>
       <c r="B26" s="136"/>
       <c r="C26" s="136"/>
       <c r="D26" s="135"/>
       <c r="E26" s="135"/>
       <c r="F26" s="135"/>
       <c r="G26" s="124"/>
       <c r="H26" s="124"/>
     </row>
     <row r="27" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="131"/>
-      <c r="B27" s="226" t="s">
+      <c r="B27" s="306" t="s">
         <v>103</v>
       </c>
-      <c r="C27" s="226"/>
-[...2 lines deleted...]
-      <c r="F27" s="225"/>
+      <c r="C27" s="306"/>
+      <c r="D27" s="304"/>
+      <c r="E27" s="304"/>
+      <c r="F27" s="304"/>
       <c r="G27" s="124"/>
       <c r="H27" s="124"/>
     </row>
     <row r="28" spans="1:9" s="131" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="125"/>
       <c r="C28" s="125"/>
       <c r="F28" s="129"/>
       <c r="G28" s="129"/>
       <c r="H28" s="129"/>
     </row>
     <row r="29" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="131"/>
-      <c r="B29" s="226" t="s">
+      <c r="B29" s="306" t="s">
         <v>88</v>
       </c>
-      <c r="C29" s="226"/>
-[...4 lines deleted...]
-      <c r="H29" s="226"/>
+      <c r="C29" s="306"/>
+      <c r="D29" s="306"/>
+      <c r="E29" s="306"/>
+      <c r="F29" s="306"/>
+      <c r="G29" s="306"/>
+      <c r="H29" s="306"/>
     </row>
     <row r="30" spans="1:9" s="131" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="122"/>
       <c r="B30" s="137"/>
       <c r="C30" s="137"/>
       <c r="D30" s="137"/>
       <c r="E30" s="137"/>
       <c r="F30" s="137"/>
       <c r="G30" s="137"/>
       <c r="H30" s="137"/>
       <c r="I30" s="138"/>
     </row>
     <row r="31" spans="1:9" s="131" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="122"/>
       <c r="B31" s="125" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="125"/>
       <c r="D31" s="137"/>
       <c r="E31" s="137"/>
       <c r="F31" s="137"/>
       <c r="G31" s="137"/>
       <c r="H31" s="137"/>
       <c r="I31" s="138"/>
     </row>
@@ -7454,129 +9212,1552 @@
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F51" s="126"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B52" s="141"/>
       <c r="C52" s="141"/>
       <c r="F52" s="126"/>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B53" s="141"/>
       <c r="C53" s="141"/>
       <c r="F53" s="126"/>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B54" s="141"/>
       <c r="C54" s="141"/>
       <c r="F54" s="126"/>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B55" s="141"/>
       <c r="C55" s="141"/>
       <c r="F55" s="126"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="UaV1opDvb3dSbd9ywK1sQktTG/bnrxt4SC1p2V0eDbsE4nhaemgaJjHqX2qrNmsZ6+B82ffWudBZAWB4wyGyZg==" saltValue="//zeUDyTMu2Ep+ozQgQUnA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="MsU7PbFfzLqp8rZKu/qZiulbUz3pGkinR77ccUewzVEYB2+5bnOCqSCKVPbFpS4HbgcRwGYZ/4wTXvlIgA1AhA==" saltValue="+2LbeepGO90IycqfGX7uRw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="12">
     <mergeCell ref="B21:F21"/>
     <mergeCell ref="B25:F25"/>
     <mergeCell ref="B27:F27"/>
     <mergeCell ref="B29:H29"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="B23:F23"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="B15:F15"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="B19:F19"/>
-    <mergeCell ref="B6:F6"/>
     <mergeCell ref="B5:F5"/>
+    <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B6" r:id="rId1" display="http://www.vs.ch/fr/web/scc/formulaires-pm-2017" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink ref="D6:F6" r:id="rId1" display="https://www.vs.ch/fr/web/scc/formulaires-pm" xr:uid="{2F657DB9-4E31-470A-AEAD-28AB514E99C5}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0.27559055118110237" top="0.59055118110236227" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2049" r:id="rId6" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>581025</xdr:colOff>
+                    <xdr:colOff>228600</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2050" r:id="rId7" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>714375</xdr:colOff>
+                    <xdr:colOff>219075</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>133350</xdr:rowOff>
+                    <xdr:rowOff>123825</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>247650</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65C7AE8D-D636-45F5-8ED5-E32B612C419F}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J64"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="22" style="33" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" style="183" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" style="33" customWidth="1"/>
+    <col min="4" max="8" width="13" style="33" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="33"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A1" s="260" t="s">
+        <v>190</v>
+      </c>
+      <c r="B1" s="261"/>
+      <c r="C1" s="260"/>
+      <c r="D1" s="259"/>
+      <c r="E1" s="259"/>
+      <c r="F1" s="259"/>
+      <c r="G1" s="258"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="256"/>
+      <c r="B2" s="257"/>
+      <c r="C2" s="256"/>
+      <c r="D2" s="256"/>
+      <c r="E2" s="256"/>
+      <c r="F2" s="256"/>
+      <c r="G2" s="256"/>
+    </row>
+    <row r="3" spans="1:8" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="310" t="s">
+        <v>189</v>
+      </c>
+      <c r="B3" s="310"/>
+      <c r="C3" s="310"/>
+      <c r="D3" s="310"/>
+      <c r="E3" s="310"/>
+      <c r="F3" s="310"/>
+      <c r="G3" s="310"/>
+    </row>
+    <row r="4" spans="1:8" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="214"/>
+      <c r="B4" s="213"/>
+      <c r="C4" s="214"/>
+      <c r="D4" s="186"/>
+      <c r="E4" s="242"/>
+      <c r="F4" s="242"/>
+      <c r="G4" s="242"/>
+    </row>
+    <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="248" t="s">
+        <v>188</v>
+      </c>
+      <c r="B5" s="251"/>
+      <c r="C5" s="248"/>
+      <c r="D5" s="255"/>
+      <c r="E5" s="255"/>
+      <c r="F5" s="255"/>
+      <c r="G5" s="255"/>
+      <c r="H5" s="254"/>
+    </row>
+    <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="248" t="s">
+        <v>187</v>
+      </c>
+      <c r="B6" s="251"/>
+      <c r="C6" s="248"/>
+      <c r="D6" s="255"/>
+      <c r="E6" s="255"/>
+      <c r="F6" s="255"/>
+      <c r="G6" s="255"/>
+      <c r="H6" s="254"/>
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="248" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="251"/>
+      <c r="C7" s="248"/>
+      <c r="D7" s="255"/>
+      <c r="E7" s="255"/>
+      <c r="F7" s="255"/>
+      <c r="G7" s="255"/>
+      <c r="H7" s="254"/>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="311" t="s">
+        <v>185</v>
+      </c>
+      <c r="B8" s="311"/>
+      <c r="C8" s="312"/>
+      <c r="D8" s="253"/>
+      <c r="E8" s="253"/>
+      <c r="F8" s="253"/>
+      <c r="G8" s="253"/>
+      <c r="H8" s="252"/>
+    </row>
+    <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="311" t="s">
+        <v>184</v>
+      </c>
+      <c r="B9" s="311"/>
+      <c r="C9" s="312"/>
+      <c r="D9" s="250"/>
+      <c r="E9" s="250"/>
+      <c r="F9" s="250"/>
+      <c r="G9" s="250"/>
+      <c r="H9" s="249"/>
+    </row>
+    <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="311" t="s">
+        <v>183</v>
+      </c>
+      <c r="B10" s="311"/>
+      <c r="C10" s="312"/>
+      <c r="D10" s="250"/>
+      <c r="E10" s="250"/>
+      <c r="F10" s="250"/>
+      <c r="G10" s="250"/>
+      <c r="H10" s="249"/>
+    </row>
+    <row r="11" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="248" t="s">
+        <v>182</v>
+      </c>
+      <c r="B11" s="251"/>
+      <c r="C11" s="248"/>
+      <c r="D11" s="250"/>
+      <c r="E11" s="250"/>
+      <c r="F11" s="250"/>
+      <c r="G11" s="250"/>
+      <c r="H11" s="249"/>
+    </row>
+    <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="311" t="s">
+        <v>181</v>
+      </c>
+      <c r="B12" s="311"/>
+      <c r="C12" s="312"/>
+      <c r="D12" s="247"/>
+      <c r="E12" s="247"/>
+      <c r="F12" s="247"/>
+      <c r="G12" s="247"/>
+      <c r="H12" s="246"/>
+    </row>
+    <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="311" t="s">
+        <v>180</v>
+      </c>
+      <c r="B13" s="311"/>
+      <c r="C13" s="312"/>
+      <c r="D13" s="247"/>
+      <c r="E13" s="247"/>
+      <c r="F13" s="247"/>
+      <c r="G13" s="247"/>
+      <c r="H13" s="246"/>
+    </row>
+    <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="186"/>
+      <c r="B14" s="187"/>
+      <c r="C14" s="186"/>
+      <c r="D14" s="245"/>
+      <c r="E14" s="245"/>
+      <c r="F14" s="245"/>
+      <c r="G14" s="245"/>
+      <c r="H14" s="244"/>
+    </row>
+    <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="234" t="s">
+        <v>179</v>
+      </c>
+      <c r="B15" s="233"/>
+      <c r="C15" s="232" t="s">
+        <v>178</v>
+      </c>
+      <c r="D15" s="243"/>
+      <c r="E15" s="243"/>
+      <c r="F15" s="243"/>
+      <c r="G15" s="243"/>
+      <c r="H15" s="181"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="186" t="s">
+        <v>177</v>
+      </c>
+      <c r="B16" s="187"/>
+      <c r="C16" s="217" t="str">
+        <f t="shared" ref="C16:C26" si="0">IF(SUM(D16:H16)&gt;0,SUM(D16:H16),"")</f>
+        <v/>
+      </c>
+      <c r="D16" s="238"/>
+      <c r="E16" s="238"/>
+      <c r="F16" s="238"/>
+      <c r="G16" s="238"/>
+      <c r="H16" s="238"/>
+    </row>
+    <row r="17" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="186" t="s">
+        <v>176</v>
+      </c>
+      <c r="B17" s="187"/>
+      <c r="C17" s="217" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D17" s="238"/>
+      <c r="E17" s="238"/>
+      <c r="F17" s="238"/>
+      <c r="G17" s="238"/>
+      <c r="H17" s="238"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="242" t="s">
+        <v>175</v>
+      </c>
+      <c r="B18" s="241"/>
+      <c r="C18" s="217" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D18" s="238"/>
+      <c r="E18" s="238"/>
+      <c r="F18" s="238"/>
+      <c r="G18" s="238"/>
+      <c r="H18" s="238"/>
+    </row>
+    <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="313" t="s">
+        <v>153</v>
+      </c>
+      <c r="B19" s="313"/>
+      <c r="C19" s="216" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D19" s="237"/>
+      <c r="E19" s="237"/>
+      <c r="F19" s="237"/>
+      <c r="G19" s="237"/>
+      <c r="H19" s="237"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="214" t="s">
+        <v>174</v>
+      </c>
+      <c r="B20" s="213"/>
+      <c r="C20" s="228" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D20" s="193" t="str">
+        <f>IF(SUM(D16:D19)=0,"",SUM(D16:D19))</f>
+        <v/>
+      </c>
+      <c r="E20" s="193" t="str">
+        <f>IF(SUM(E16:E19)=0,"",SUM(E16:E19))</f>
+        <v/>
+      </c>
+      <c r="F20" s="193" t="str">
+        <f>IF(SUM(F16:F19)=0,"",SUM(F16:F19))</f>
+        <v/>
+      </c>
+      <c r="G20" s="193" t="str">
+        <f>IF(SUM(G16:G19)=0,"",SUM(G16:G19))</f>
+        <v/>
+      </c>
+      <c r="H20" s="192" t="str">
+        <f>IF(SUM(H16:H19)=0,"",SUM(H16:H19))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="186" t="s">
+        <v>173</v>
+      </c>
+      <c r="B21" s="187"/>
+      <c r="C21" s="240" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D21" s="239"/>
+      <c r="E21" s="239"/>
+      <c r="F21" s="239"/>
+      <c r="G21" s="239"/>
+      <c r="H21" s="239"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="186" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" s="187"/>
+      <c r="C22" s="217" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D22" s="238"/>
+      <c r="E22" s="238"/>
+      <c r="F22" s="238"/>
+      <c r="G22" s="238"/>
+      <c r="H22" s="238"/>
+    </row>
+    <row r="23" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="186" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" s="187"/>
+      <c r="C23" s="217" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D23" s="238"/>
+      <c r="E23" s="238"/>
+      <c r="F23" s="238"/>
+      <c r="G23" s="238"/>
+      <c r="H23" s="238"/>
+    </row>
+    <row r="24" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="313" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" s="313"/>
+      <c r="C24" s="216" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D24" s="237"/>
+      <c r="E24" s="237"/>
+      <c r="F24" s="237"/>
+      <c r="G24" s="237"/>
+      <c r="H24" s="237"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="214" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" s="213"/>
+      <c r="C25" s="228" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D25" s="193" t="str">
+        <f>IF(SUM(D21:D24)&gt;0,SUM(D21:D24),"")</f>
+        <v/>
+      </c>
+      <c r="E25" s="193" t="str">
+        <f>IF(SUM(E21:E24)&gt;0,SUM(E21:E24),"")</f>
+        <v/>
+      </c>
+      <c r="F25" s="193" t="str">
+        <f>IF(SUM(F21:F24)&gt;0,SUM(F21:F24),"")</f>
+        <v/>
+      </c>
+      <c r="G25" s="193" t="str">
+        <f>IF(SUM(G21:G24)&gt;0,SUM(G21:G24),"")</f>
+        <v/>
+      </c>
+      <c r="H25" s="192" t="str">
+        <f>IF(SUM(H21:H24)&gt;0,SUM(H21:H24),"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="214" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" s="213"/>
+      <c r="C26" s="228" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D26" s="193" t="str">
+        <f>IF(SUM(D16+D17+D18+D19+D21+D22+D23+D24)&gt;0,SUM(D16+D17+D18+D19+D21+D22+D23+D24),"")</f>
+        <v/>
+      </c>
+      <c r="E26" s="193" t="str">
+        <f>IF(SUM(E16+E17+E18+E19+E21+E22+E23+E24)&gt;0,SUM(E16+E17+E18+E19+E21+E22+E23+E24),"")</f>
+        <v/>
+      </c>
+      <c r="F26" s="193" t="str">
+        <f>IF(SUM(F16+F17+F18+F19+F21+F22+F23+F24)&gt;0,SUM(F16+F17+F18+F19+F21+F22+F23+F24),"")</f>
+        <v/>
+      </c>
+      <c r="G26" s="193" t="str">
+        <f>IF(SUM(G16+G17+G18+G19+G21+G22+G23+G24)&gt;0,SUM(G16+G17+G18+G19+G21+G22+G23+G24),"")</f>
+        <v/>
+      </c>
+      <c r="H26" s="192" t="str">
+        <f>IF(SUM(H16+H17+H18+H19+H21+H22+H23+H24)&gt;0,SUM(H16+H17+H18+H19+H21+H22+H23+H24),"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="214" t="s">
+        <v>168</v>
+      </c>
+      <c r="B27" s="213"/>
+      <c r="C27" s="236"/>
+      <c r="D27" s="193" t="str">
+        <f>IF(D26="","",$C$27*D28)</f>
+        <v/>
+      </c>
+      <c r="E27" s="193" t="str">
+        <f>IF(E26="","",$C$27*E28)</f>
+        <v/>
+      </c>
+      <c r="F27" s="193" t="str">
+        <f>IF(F26="","",$C$27*F28)</f>
+        <v/>
+      </c>
+      <c r="G27" s="193" t="str">
+        <f>IF(G26="","",$C$27*G28)</f>
+        <v/>
+      </c>
+      <c r="H27" s="192" t="str">
+        <f>IF(H26="","",$C$27*H28)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="B28" s="187"/>
+      <c r="C28" s="223">
+        <f>SUM(D28:H28)</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="222" t="str">
+        <f>IF(D26="","",D26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="E28" s="222" t="str">
+        <f>IF(E26="","",E26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="F28" s="222" t="str">
+        <f>IF(F26="","",F26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="G28" s="222" t="str">
+        <f>IF(G26="","",G26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="H28" s="221" t="str">
+        <f>IF(H26="","",H26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="J28" s="235"/>
+    </row>
+    <row r="29" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="186"/>
+      <c r="B29" s="187"/>
+      <c r="C29" s="211"/>
+      <c r="D29" s="220"/>
+      <c r="E29" s="220"/>
+      <c r="F29" s="220"/>
+      <c r="G29" s="220"/>
+      <c r="H29" s="220"/>
+    </row>
+    <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="234" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" s="233"/>
+      <c r="C30" s="232" t="s">
+        <v>166</v>
+      </c>
+      <c r="D30" s="229"/>
+      <c r="E30" s="229"/>
+      <c r="F30" s="219"/>
+      <c r="G30" s="231"/>
+      <c r="H30" s="231"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="214" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" s="213"/>
+      <c r="C31" s="230" t="str">
+        <f>IF(SUM(D31:H31)&gt;0,SUM(D31:H31),"")</f>
+        <v/>
+      </c>
+      <c r="D31" s="195"/>
+      <c r="E31" s="195"/>
+      <c r="F31" s="195"/>
+      <c r="G31" s="195"/>
+      <c r="H31" s="195"/>
+    </row>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" s="187"/>
+      <c r="C32" s="223" t="str">
+        <f t="shared" ref="C32:H32" si="1">IF(C31="","",C31/$C$31)</f>
+        <v/>
+      </c>
+      <c r="D32" s="222" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="E32" s="222" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="F32" s="222" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="G32" s="222" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="H32" s="221" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="186"/>
+      <c r="B33" s="187"/>
+      <c r="C33" s="211"/>
+      <c r="D33" s="220"/>
+      <c r="E33" s="220"/>
+      <c r="F33" s="229"/>
+      <c r="G33" s="220"/>
+      <c r="H33" s="220"/>
+    </row>
+    <row r="34" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="214" t="s">
+        <v>164</v>
+      </c>
+      <c r="B34" s="213"/>
+      <c r="C34" s="212"/>
+      <c r="D34" s="219"/>
+      <c r="E34" s="219"/>
+      <c r="F34" s="219"/>
+      <c r="G34" s="219"/>
+      <c r="H34" s="219"/>
+    </row>
+    <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="186" t="s">
+        <v>31</v>
+      </c>
+      <c r="B35" s="187"/>
+      <c r="C35" s="217" t="str">
+        <f>IF(SUM(D35:H35)&gt;0,SUM(D35:H35),"")</f>
+        <v/>
+      </c>
+      <c r="D35" s="197"/>
+      <c r="E35" s="197"/>
+      <c r="F35" s="197"/>
+      <c r="G35" s="197"/>
+      <c r="H35" s="197"/>
+    </row>
+    <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="186" t="s">
+        <v>163</v>
+      </c>
+      <c r="B36" s="187"/>
+      <c r="C36" s="217" t="str">
+        <f>IF(SUM(D36:H36)&gt;0,SUM(D36:H36),"")</f>
+        <v/>
+      </c>
+      <c r="D36" s="197"/>
+      <c r="E36" s="197"/>
+      <c r="F36" s="197"/>
+      <c r="G36" s="197"/>
+      <c r="H36" s="197"/>
+    </row>
+    <row r="37" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="186" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" s="187"/>
+      <c r="C37" s="216" t="str">
+        <f>IF(SUM(D37:H37)&gt;0,SUM(D37:H37),"")</f>
+        <v/>
+      </c>
+      <c r="D37" s="195"/>
+      <c r="E37" s="195"/>
+      <c r="F37" s="195"/>
+      <c r="G37" s="195"/>
+      <c r="H37" s="195"/>
+    </row>
+    <row r="38" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="214" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" s="213"/>
+      <c r="C38" s="228" t="str">
+        <f>IF(SUM(D38:H38)&gt;0,SUM(D38:H38),"")</f>
+        <v/>
+      </c>
+      <c r="D38" s="193" t="str">
+        <f>IF(SUM(D35:D37)=0,"",SUM(D35:D37))</f>
+        <v/>
+      </c>
+      <c r="E38" s="193" t="str">
+        <f>IF(SUM(E35:E37)=0,"",SUM(E35:E37))</f>
+        <v/>
+      </c>
+      <c r="F38" s="193" t="str">
+        <f>IF(SUM(F35:F37)=0,"",SUM(F35:F37))</f>
+        <v/>
+      </c>
+      <c r="G38" s="193" t="str">
+        <f>IF(SUM(G35:G37)=0,"",SUM(G35:G37))</f>
+        <v/>
+      </c>
+      <c r="H38" s="192" t="str">
+        <f>IF(SUM(H35:H37)=0,"",SUM(H35:H37))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="B39" s="187"/>
+      <c r="C39" s="223" t="str">
+        <f t="shared" ref="C39:H39" si="2">IF(C38="","",C38/$C$38)</f>
+        <v/>
+      </c>
+      <c r="D39" s="222" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="E39" s="222" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="F39" s="222" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="G39" s="222" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="H39" s="221" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="191"/>
+      <c r="B40" s="187"/>
+      <c r="C40" s="227"/>
+      <c r="D40" s="224"/>
+      <c r="E40" s="224"/>
+      <c r="F40" s="224"/>
+      <c r="G40" s="224"/>
+      <c r="H40" s="224"/>
+    </row>
+    <row r="41" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="214" t="s">
+        <v>160</v>
+      </c>
+      <c r="B41" s="213"/>
+      <c r="C41" s="226"/>
+      <c r="D41" s="225"/>
+      <c r="E41" s="224"/>
+      <c r="F41" s="224"/>
+      <c r="G41" s="224"/>
+      <c r="H41" s="224"/>
+    </row>
+    <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="186" t="s">
+        <v>159</v>
+      </c>
+      <c r="B42" s="187"/>
+      <c r="C42" s="216" t="str">
+        <f>IF(SUM(D42:H42)&gt;0,SUM(D42:H42),"")</f>
+        <v/>
+      </c>
+      <c r="D42" s="195"/>
+      <c r="E42" s="195"/>
+      <c r="F42" s="195"/>
+      <c r="G42" s="195"/>
+      <c r="H42" s="195"/>
+    </row>
+    <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="B43" s="187"/>
+      <c r="C43" s="223" t="str">
+        <f t="shared" ref="C43:H43" si="3">IF(C42="","",C42/$C$42)</f>
+        <v/>
+      </c>
+      <c r="D43" s="222" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="E43" s="222" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="F43" s="222" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="G43" s="222" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="H43" s="221" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="186"/>
+      <c r="B44" s="187"/>
+      <c r="C44" s="211"/>
+      <c r="D44" s="220"/>
+      <c r="E44" s="220"/>
+      <c r="F44" s="220"/>
+      <c r="G44" s="220"/>
+      <c r="H44" s="220"/>
+    </row>
+    <row r="45" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="214" t="s">
+        <v>158</v>
+      </c>
+      <c r="B45" s="213"/>
+      <c r="C45" s="212"/>
+      <c r="D45" s="219"/>
+      <c r="E45" s="219"/>
+      <c r="F45" s="219"/>
+      <c r="G45" s="219"/>
+      <c r="H45" s="219"/>
+    </row>
+    <row r="46" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="186" t="s">
+        <v>157</v>
+      </c>
+      <c r="B46" s="187"/>
+      <c r="C46" s="217" t="str">
+        <f t="shared" ref="C46:C51" si="4">IF(SUM(D46:H46)&gt;0,SUM(D46:H46),"")</f>
+        <v/>
+      </c>
+      <c r="D46" s="197"/>
+      <c r="E46" s="197"/>
+      <c r="F46" s="197"/>
+      <c r="G46" s="197"/>
+      <c r="H46" s="197"/>
+    </row>
+    <row r="47" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="208" t="s">
+        <v>156</v>
+      </c>
+      <c r="B47" s="218"/>
+      <c r="C47" s="217" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D47" s="197"/>
+      <c r="E47" s="197"/>
+      <c r="F47" s="197"/>
+      <c r="G47" s="197"/>
+      <c r="H47" s="197"/>
+    </row>
+    <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="200" t="s">
+        <v>155</v>
+      </c>
+      <c r="B48" s="199"/>
+      <c r="C48" s="217" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D48" s="197"/>
+      <c r="E48" s="197"/>
+      <c r="F48" s="197"/>
+      <c r="G48" s="197"/>
+      <c r="H48" s="197"/>
+    </row>
+    <row r="49" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="200" t="s">
+        <v>154</v>
+      </c>
+      <c r="B49" s="199"/>
+      <c r="C49" s="216" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D49" s="195"/>
+      <c r="E49" s="195"/>
+      <c r="F49" s="195"/>
+      <c r="G49" s="195"/>
+      <c r="H49" s="195"/>
+    </row>
+    <row r="50" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="313" t="s">
+        <v>153</v>
+      </c>
+      <c r="B50" s="313"/>
+      <c r="C50" s="216" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D50" s="195"/>
+      <c r="E50" s="195"/>
+      <c r="F50" s="195"/>
+      <c r="G50" s="195"/>
+      <c r="H50" s="195"/>
+    </row>
+    <row r="51" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="214" t="s">
+        <v>152</v>
+      </c>
+      <c r="B51" s="213"/>
+      <c r="C51" s="215" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D51" s="193" t="str">
+        <f>IF(SUM(D46:D50)=0,"",SUM(D46:D50))</f>
+        <v/>
+      </c>
+      <c r="E51" s="193" t="str">
+        <f>IF(SUM(E46:E50)=0,"",SUM(E46:E50))</f>
+        <v/>
+      </c>
+      <c r="F51" s="193" t="str">
+        <f>IF(SUM(F46:F50)=0,"",SUM(F46:F50))</f>
+        <v/>
+      </c>
+      <c r="G51" s="193" t="str">
+        <f>IF(SUM(G46:G50)=0,"",SUM(G46:G50))</f>
+        <v/>
+      </c>
+      <c r="H51" s="192" t="str">
+        <f>IF(SUM(H46:H50)=0,"",SUM(H46:H50))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="214"/>
+      <c r="B52" s="213"/>
+      <c r="C52" s="212"/>
+      <c r="D52" s="211"/>
+      <c r="E52" s="211"/>
+      <c r="F52" s="211"/>
+      <c r="G52" s="211"/>
+      <c r="H52" s="210"/>
+    </row>
+    <row r="53" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="214" t="s">
+        <v>151</v>
+      </c>
+      <c r="B53" s="213"/>
+      <c r="C53" s="212"/>
+      <c r="D53" s="211"/>
+      <c r="E53" s="211"/>
+      <c r="F53" s="211"/>
+      <c r="G53" s="211"/>
+      <c r="H53" s="210"/>
+    </row>
+    <row r="54" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="186" t="s">
+        <v>150</v>
+      </c>
+      <c r="B54" s="187"/>
+      <c r="C54" s="209"/>
+      <c r="D54" s="201"/>
+      <c r="E54" s="201"/>
+      <c r="F54" s="201"/>
+      <c r="G54" s="201"/>
+      <c r="H54" s="69"/>
+    </row>
+    <row r="55" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="208" t="s">
+        <v>149</v>
+      </c>
+      <c r="B55" s="207"/>
+      <c r="C55" s="196" t="str">
+        <f>IF(C51="","",-C51)</f>
+        <v/>
+      </c>
+      <c r="D55" s="201"/>
+      <c r="E55" s="201"/>
+      <c r="F55" s="201"/>
+      <c r="G55" s="201"/>
+      <c r="H55" s="69"/>
+    </row>
+    <row r="56" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="206" t="s">
+        <v>148</v>
+      </c>
+      <c r="B56" s="205"/>
+      <c r="C56" s="204">
+        <f>IF(C55="",C54,SUM(C54+C55))</f>
+        <v>0</v>
+      </c>
+      <c r="D56" s="201"/>
+      <c r="E56" s="201"/>
+      <c r="F56" s="201"/>
+      <c r="G56" s="201"/>
+      <c r="H56" s="69"/>
+    </row>
+    <row r="57" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="200" t="s">
+        <v>147</v>
+      </c>
+      <c r="B57" s="203"/>
+      <c r="C57" s="202" t="str">
+        <f>IF(B57&gt;0,-C56*B57,"")</f>
+        <v/>
+      </c>
+      <c r="D57" s="201"/>
+      <c r="E57" s="201"/>
+      <c r="F57" s="201"/>
+      <c r="G57" s="201"/>
+      <c r="H57" s="69"/>
+    </row>
+    <row r="58" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="186" t="s">
+        <v>146</v>
+      </c>
+      <c r="B58" s="187"/>
+      <c r="C58" s="198">
+        <f>SUM(D58:H58)</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="197"/>
+      <c r="E58" s="197"/>
+      <c r="F58" s="197"/>
+      <c r="G58" s="197"/>
+      <c r="H58" s="197"/>
+    </row>
+    <row r="59" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="200" t="s">
+        <v>145</v>
+      </c>
+      <c r="B59" s="199"/>
+      <c r="C59" s="198">
+        <f>SUM(D59:H59)</f>
+        <v>0</v>
+      </c>
+      <c r="D59" s="197"/>
+      <c r="E59" s="197"/>
+      <c r="F59" s="197"/>
+      <c r="G59" s="197"/>
+      <c r="H59" s="197"/>
+    </row>
+    <row r="60" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="186" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" s="187"/>
+      <c r="C60" s="196">
+        <f>SUM(D60:H60)</f>
+        <v>0</v>
+      </c>
+      <c r="D60" s="195"/>
+      <c r="E60" s="195"/>
+      <c r="F60" s="195"/>
+      <c r="G60" s="195"/>
+      <c r="H60" s="195"/>
+    </row>
+    <row r="61" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="186" t="s">
+        <v>143</v>
+      </c>
+      <c r="B61" s="187"/>
+      <c r="C61" s="194">
+        <f>SUM(D61:H61)</f>
+        <v>0</v>
+      </c>
+      <c r="D61" s="193">
+        <f>SUM(D57:D60)</f>
+        <v>0</v>
+      </c>
+      <c r="E61" s="193">
+        <f>SUM(E57:E60)</f>
+        <v>0</v>
+      </c>
+      <c r="F61" s="193">
+        <f>SUM(F57:F60)</f>
+        <v>0</v>
+      </c>
+      <c r="G61" s="193">
+        <f>SUM(G57:G60)</f>
+        <v>0</v>
+      </c>
+      <c r="H61" s="192">
+        <f>SUM(H57:H60)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="191" t="s">
+        <v>142</v>
+      </c>
+      <c r="B62" s="187"/>
+      <c r="C62" s="190">
+        <f>SUM(D62:H62)</f>
+        <v>0</v>
+      </c>
+      <c r="D62" s="189" t="str">
+        <f>IF(D61&gt;0,D61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="E62" s="189" t="str">
+        <f>IF(E61&gt;0,E61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="F62" s="189" t="str">
+        <f>IF(F61&gt;0,F61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="G62" s="189" t="str">
+        <f>IF(G61&gt;0,G61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="H62" s="188" t="str">
+        <f>IF(H61&gt;0,H61/$C$61,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="186"/>
+      <c r="B63" s="187"/>
+      <c r="C63" s="186"/>
+      <c r="D63" s="185"/>
+      <c r="E63" s="185"/>
+      <c r="F63" s="185"/>
+      <c r="G63" s="185"/>
+    </row>
+    <row r="64" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="63" t="s">
+        <v>139</v>
+      </c>
+      <c r="B64" s="184"/>
+      <c r="C64" s="63"/>
+      <c r="D64" s="35"/>
+      <c r="E64" s="35"/>
+      <c r="F64" s="35"/>
+      <c r="G64" s="35"/>
+      <c r="H64" s="31"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="YPpjTAYKUk6vcLoQZrb0Wx3q7StfTkA1DEKzxQE0PQbNcQcJ8bMk+zzT0t2C9hm3ga8f+V/Si0TqBgBY2Isl+w==" saltValue="CEQGwkTi12YTmBTz5XJNeA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="9">
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A8:C8"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="A9:C9"/>
+  </mergeCells>
+  <dataValidations count="4">
+    <dataValidation allowBlank="1" errorTitle="N° de contribuable" error="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" promptTitle="N° de contribuable" prompt="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" sqref="IX3:JA3 ST3:SW3 ACP3:ACS3 AML3:AMO3 AWH3:AWK3 BGD3:BGG3 BPZ3:BQC3 BZV3:BZY3 CJR3:CJU3 CTN3:CTQ3 DDJ3:DDM3 DNF3:DNI3 DXB3:DXE3 EGX3:EHA3 EQT3:EQW3 FAP3:FAS3 FKL3:FKO3 FUH3:FUK3 GED3:GEG3 GNZ3:GOC3 GXV3:GXY3 HHR3:HHU3 HRN3:HRQ3 IBJ3:IBM3 ILF3:ILI3 IVB3:IVE3 JEX3:JFA3 JOT3:JOW3 JYP3:JYS3 KIL3:KIO3 KSH3:KSK3 LCD3:LCG3 LLZ3:LMC3 LVV3:LVY3 MFR3:MFU3 MPN3:MPQ3 MZJ3:MZM3 NJF3:NJI3 NTB3:NTE3 OCX3:ODA3 OMT3:OMW3 OWP3:OWS3 PGL3:PGO3 PQH3:PQK3 QAD3:QAG3 QJZ3:QKC3 QTV3:QTY3 RDR3:RDU3 RNN3:RNQ3 RXJ3:RXM3 SHF3:SHI3 SRB3:SRE3 TAX3:TBA3 TKT3:TKW3 TUP3:TUS3 UEL3:UEO3 UOH3:UOK3 UYD3:UYG3 VHZ3:VIC3 VRV3:VRY3 WBR3:WBU3 WLN3:WLQ3 WVJ3:WVM3 IX65564:JA65564 ST65564:SW65564 ACP65564:ACS65564 AML65564:AMO65564 AWH65564:AWK65564 BGD65564:BGG65564 BPZ65564:BQC65564 BZV65564:BZY65564 CJR65564:CJU65564 CTN65564:CTQ65564 DDJ65564:DDM65564 DNF65564:DNI65564 DXB65564:DXE65564 EGX65564:EHA65564 EQT65564:EQW65564 FAP65564:FAS65564 FKL65564:FKO65564 FUH65564:FUK65564 GED65564:GEG65564 GNZ65564:GOC65564 GXV65564:GXY65564 HHR65564:HHU65564 HRN65564:HRQ65564 IBJ65564:IBM65564 ILF65564:ILI65564 IVB65564:IVE65564 JEX65564:JFA65564 JOT65564:JOW65564 JYP65564:JYS65564 KIL65564:KIO65564 KSH65564:KSK65564 LCD65564:LCG65564 LLZ65564:LMC65564 LVV65564:LVY65564 MFR65564:MFU65564 MPN65564:MPQ65564 MZJ65564:MZM65564 NJF65564:NJI65564 NTB65564:NTE65564 OCX65564:ODA65564 OMT65564:OMW65564 OWP65564:OWS65564 PGL65564:PGO65564 PQH65564:PQK65564 QAD65564:QAG65564 QJZ65564:QKC65564 QTV65564:QTY65564 RDR65564:RDU65564 RNN65564:RNQ65564 RXJ65564:RXM65564 SHF65564:SHI65564 SRB65564:SRE65564 TAX65564:TBA65564 TKT65564:TKW65564 TUP65564:TUS65564 UEL65564:UEO65564 UOH65564:UOK65564 UYD65564:UYG65564 VHZ65564:VIC65564 VRV65564:VRY65564 WBR65564:WBU65564 WLN65564:WLQ65564 WVJ65564:WVM65564 IX131100:JA131100 ST131100:SW131100 ACP131100:ACS131100 AML131100:AMO131100 AWH131100:AWK131100 BGD131100:BGG131100 BPZ131100:BQC131100 BZV131100:BZY131100 CJR131100:CJU131100 CTN131100:CTQ131100 DDJ131100:DDM131100 DNF131100:DNI131100 DXB131100:DXE131100 EGX131100:EHA131100 EQT131100:EQW131100 FAP131100:FAS131100 FKL131100:FKO131100 FUH131100:FUK131100 GED131100:GEG131100 GNZ131100:GOC131100 GXV131100:GXY131100 HHR131100:HHU131100 HRN131100:HRQ131100 IBJ131100:IBM131100 ILF131100:ILI131100 IVB131100:IVE131100 JEX131100:JFA131100 JOT131100:JOW131100 JYP131100:JYS131100 KIL131100:KIO131100 KSH131100:KSK131100 LCD131100:LCG131100 LLZ131100:LMC131100 LVV131100:LVY131100 MFR131100:MFU131100 MPN131100:MPQ131100 MZJ131100:MZM131100 NJF131100:NJI131100 NTB131100:NTE131100 OCX131100:ODA131100 OMT131100:OMW131100 OWP131100:OWS131100 PGL131100:PGO131100 PQH131100:PQK131100 QAD131100:QAG131100 QJZ131100:QKC131100 QTV131100:QTY131100 RDR131100:RDU131100 RNN131100:RNQ131100 RXJ131100:RXM131100 SHF131100:SHI131100 SRB131100:SRE131100 TAX131100:TBA131100 TKT131100:TKW131100 TUP131100:TUS131100 UEL131100:UEO131100 UOH131100:UOK131100 UYD131100:UYG131100 VHZ131100:VIC131100 VRV131100:VRY131100 WBR131100:WBU131100 WLN131100:WLQ131100 WVJ131100:WVM131100 IX196636:JA196636 ST196636:SW196636 ACP196636:ACS196636 AML196636:AMO196636 AWH196636:AWK196636 BGD196636:BGG196636 BPZ196636:BQC196636 BZV196636:BZY196636 CJR196636:CJU196636 CTN196636:CTQ196636 DDJ196636:DDM196636 DNF196636:DNI196636 DXB196636:DXE196636 EGX196636:EHA196636 EQT196636:EQW196636 FAP196636:FAS196636 FKL196636:FKO196636 FUH196636:FUK196636 GED196636:GEG196636 GNZ196636:GOC196636 GXV196636:GXY196636 HHR196636:HHU196636 HRN196636:HRQ196636 IBJ196636:IBM196636 ILF196636:ILI196636 IVB196636:IVE196636 JEX196636:JFA196636 JOT196636:JOW196636 JYP196636:JYS196636 KIL196636:KIO196636 KSH196636:KSK196636 LCD196636:LCG196636 LLZ196636:LMC196636 LVV196636:LVY196636 MFR196636:MFU196636 MPN196636:MPQ196636 MZJ196636:MZM196636 NJF196636:NJI196636 NTB196636:NTE196636 OCX196636:ODA196636 OMT196636:OMW196636 OWP196636:OWS196636 PGL196636:PGO196636 PQH196636:PQK196636 QAD196636:QAG196636 QJZ196636:QKC196636 QTV196636:QTY196636 RDR196636:RDU196636 RNN196636:RNQ196636 RXJ196636:RXM196636 SHF196636:SHI196636 SRB196636:SRE196636 TAX196636:TBA196636 TKT196636:TKW196636 TUP196636:TUS196636 UEL196636:UEO196636 UOH196636:UOK196636 UYD196636:UYG196636 VHZ196636:VIC196636 VRV196636:VRY196636 WBR196636:WBU196636 WLN196636:WLQ196636 WVJ196636:WVM196636 IX262172:JA262172 ST262172:SW262172 ACP262172:ACS262172 AML262172:AMO262172 AWH262172:AWK262172 BGD262172:BGG262172 BPZ262172:BQC262172 BZV262172:BZY262172 CJR262172:CJU262172 CTN262172:CTQ262172 DDJ262172:DDM262172 DNF262172:DNI262172 DXB262172:DXE262172 EGX262172:EHA262172 EQT262172:EQW262172 FAP262172:FAS262172 FKL262172:FKO262172 FUH262172:FUK262172 GED262172:GEG262172 GNZ262172:GOC262172 GXV262172:GXY262172 HHR262172:HHU262172 HRN262172:HRQ262172 IBJ262172:IBM262172 ILF262172:ILI262172 IVB262172:IVE262172 JEX262172:JFA262172 JOT262172:JOW262172 JYP262172:JYS262172 KIL262172:KIO262172 KSH262172:KSK262172 LCD262172:LCG262172 LLZ262172:LMC262172 LVV262172:LVY262172 MFR262172:MFU262172 MPN262172:MPQ262172 MZJ262172:MZM262172 NJF262172:NJI262172 NTB262172:NTE262172 OCX262172:ODA262172 OMT262172:OMW262172 OWP262172:OWS262172 PGL262172:PGO262172 PQH262172:PQK262172 QAD262172:QAG262172 QJZ262172:QKC262172 QTV262172:QTY262172 RDR262172:RDU262172 RNN262172:RNQ262172 RXJ262172:RXM262172 SHF262172:SHI262172 SRB262172:SRE262172 TAX262172:TBA262172 TKT262172:TKW262172 TUP262172:TUS262172 UEL262172:UEO262172 UOH262172:UOK262172 UYD262172:UYG262172 VHZ262172:VIC262172 VRV262172:VRY262172 WBR262172:WBU262172 WLN262172:WLQ262172 WVJ262172:WVM262172 IX327708:JA327708 ST327708:SW327708 ACP327708:ACS327708 AML327708:AMO327708 AWH327708:AWK327708 BGD327708:BGG327708 BPZ327708:BQC327708 BZV327708:BZY327708 CJR327708:CJU327708 CTN327708:CTQ327708 DDJ327708:DDM327708 DNF327708:DNI327708 DXB327708:DXE327708 EGX327708:EHA327708 EQT327708:EQW327708 FAP327708:FAS327708 FKL327708:FKO327708 FUH327708:FUK327708 GED327708:GEG327708 GNZ327708:GOC327708 GXV327708:GXY327708 HHR327708:HHU327708 HRN327708:HRQ327708 IBJ327708:IBM327708 ILF327708:ILI327708 IVB327708:IVE327708 JEX327708:JFA327708 JOT327708:JOW327708 JYP327708:JYS327708 KIL327708:KIO327708 KSH327708:KSK327708 LCD327708:LCG327708 LLZ327708:LMC327708 LVV327708:LVY327708 MFR327708:MFU327708 MPN327708:MPQ327708 MZJ327708:MZM327708 NJF327708:NJI327708 NTB327708:NTE327708 OCX327708:ODA327708 OMT327708:OMW327708 OWP327708:OWS327708 PGL327708:PGO327708 PQH327708:PQK327708 QAD327708:QAG327708 QJZ327708:QKC327708 QTV327708:QTY327708 RDR327708:RDU327708 RNN327708:RNQ327708 RXJ327708:RXM327708 SHF327708:SHI327708 SRB327708:SRE327708 TAX327708:TBA327708 TKT327708:TKW327708 TUP327708:TUS327708 UEL327708:UEO327708 UOH327708:UOK327708 UYD327708:UYG327708 VHZ327708:VIC327708 VRV327708:VRY327708 WBR327708:WBU327708 WLN327708:WLQ327708 WVJ327708:WVM327708 IX393244:JA393244 ST393244:SW393244 ACP393244:ACS393244 AML393244:AMO393244 AWH393244:AWK393244 BGD393244:BGG393244 BPZ393244:BQC393244 BZV393244:BZY393244 CJR393244:CJU393244 CTN393244:CTQ393244 DDJ393244:DDM393244 DNF393244:DNI393244 DXB393244:DXE393244 EGX393244:EHA393244 EQT393244:EQW393244 FAP393244:FAS393244 FKL393244:FKO393244 FUH393244:FUK393244 GED393244:GEG393244 GNZ393244:GOC393244 GXV393244:GXY393244 HHR393244:HHU393244 HRN393244:HRQ393244 IBJ393244:IBM393244 ILF393244:ILI393244 IVB393244:IVE393244 JEX393244:JFA393244 JOT393244:JOW393244 JYP393244:JYS393244 KIL393244:KIO393244 KSH393244:KSK393244 LCD393244:LCG393244 LLZ393244:LMC393244 LVV393244:LVY393244 MFR393244:MFU393244 MPN393244:MPQ393244 MZJ393244:MZM393244 NJF393244:NJI393244 NTB393244:NTE393244 OCX393244:ODA393244 OMT393244:OMW393244 OWP393244:OWS393244 PGL393244:PGO393244 PQH393244:PQK393244 QAD393244:QAG393244 QJZ393244:QKC393244 QTV393244:QTY393244 RDR393244:RDU393244 RNN393244:RNQ393244 RXJ393244:RXM393244 SHF393244:SHI393244 SRB393244:SRE393244 TAX393244:TBA393244 TKT393244:TKW393244 TUP393244:TUS393244 UEL393244:UEO393244 UOH393244:UOK393244 UYD393244:UYG393244 VHZ393244:VIC393244 VRV393244:VRY393244 WBR393244:WBU393244 WLN393244:WLQ393244 WVJ393244:WVM393244 IX458780:JA458780 ST458780:SW458780 ACP458780:ACS458780 AML458780:AMO458780 AWH458780:AWK458780 BGD458780:BGG458780 BPZ458780:BQC458780 BZV458780:BZY458780 CJR458780:CJU458780 CTN458780:CTQ458780 DDJ458780:DDM458780 DNF458780:DNI458780 DXB458780:DXE458780 EGX458780:EHA458780 EQT458780:EQW458780 FAP458780:FAS458780 FKL458780:FKO458780 FUH458780:FUK458780 GED458780:GEG458780 GNZ458780:GOC458780 GXV458780:GXY458780 HHR458780:HHU458780 HRN458780:HRQ458780 IBJ458780:IBM458780 ILF458780:ILI458780 IVB458780:IVE458780 JEX458780:JFA458780 JOT458780:JOW458780 JYP458780:JYS458780 KIL458780:KIO458780 KSH458780:KSK458780 LCD458780:LCG458780 LLZ458780:LMC458780 LVV458780:LVY458780 MFR458780:MFU458780 MPN458780:MPQ458780 MZJ458780:MZM458780 NJF458780:NJI458780 NTB458780:NTE458780 OCX458780:ODA458780 OMT458780:OMW458780 OWP458780:OWS458780 PGL458780:PGO458780 PQH458780:PQK458780 QAD458780:QAG458780 QJZ458780:QKC458780 QTV458780:QTY458780 RDR458780:RDU458780 RNN458780:RNQ458780 RXJ458780:RXM458780 SHF458780:SHI458780 SRB458780:SRE458780 TAX458780:TBA458780 TKT458780:TKW458780 TUP458780:TUS458780 UEL458780:UEO458780 UOH458780:UOK458780 UYD458780:UYG458780 VHZ458780:VIC458780 VRV458780:VRY458780 WBR458780:WBU458780 WLN458780:WLQ458780 WVJ458780:WVM458780 IX524316:JA524316 ST524316:SW524316 ACP524316:ACS524316 AML524316:AMO524316 AWH524316:AWK524316 BGD524316:BGG524316 BPZ524316:BQC524316 BZV524316:BZY524316 CJR524316:CJU524316 CTN524316:CTQ524316 DDJ524316:DDM524316 DNF524316:DNI524316 DXB524316:DXE524316 EGX524316:EHA524316 EQT524316:EQW524316 FAP524316:FAS524316 FKL524316:FKO524316 FUH524316:FUK524316 GED524316:GEG524316 GNZ524316:GOC524316 GXV524316:GXY524316 HHR524316:HHU524316 HRN524316:HRQ524316 IBJ524316:IBM524316 ILF524316:ILI524316 IVB524316:IVE524316 JEX524316:JFA524316 JOT524316:JOW524316 JYP524316:JYS524316 KIL524316:KIO524316 KSH524316:KSK524316 LCD524316:LCG524316 LLZ524316:LMC524316 LVV524316:LVY524316 MFR524316:MFU524316 MPN524316:MPQ524316 MZJ524316:MZM524316 NJF524316:NJI524316 NTB524316:NTE524316 OCX524316:ODA524316 OMT524316:OMW524316 OWP524316:OWS524316 PGL524316:PGO524316 PQH524316:PQK524316 QAD524316:QAG524316 QJZ524316:QKC524316 QTV524316:QTY524316 RDR524316:RDU524316 RNN524316:RNQ524316 RXJ524316:RXM524316 SHF524316:SHI524316 SRB524316:SRE524316 TAX524316:TBA524316 TKT524316:TKW524316 TUP524316:TUS524316 UEL524316:UEO524316 UOH524316:UOK524316 UYD524316:UYG524316 VHZ524316:VIC524316 VRV524316:VRY524316 WBR524316:WBU524316 WLN524316:WLQ524316 WVJ524316:WVM524316 IX589852:JA589852 ST589852:SW589852 ACP589852:ACS589852 AML589852:AMO589852 AWH589852:AWK589852 BGD589852:BGG589852 BPZ589852:BQC589852 BZV589852:BZY589852 CJR589852:CJU589852 CTN589852:CTQ589852 DDJ589852:DDM589852 DNF589852:DNI589852 DXB589852:DXE589852 EGX589852:EHA589852 EQT589852:EQW589852 FAP589852:FAS589852 FKL589852:FKO589852 FUH589852:FUK589852 GED589852:GEG589852 GNZ589852:GOC589852 GXV589852:GXY589852 HHR589852:HHU589852 HRN589852:HRQ589852 IBJ589852:IBM589852 ILF589852:ILI589852 IVB589852:IVE589852 JEX589852:JFA589852 JOT589852:JOW589852 JYP589852:JYS589852 KIL589852:KIO589852 KSH589852:KSK589852 LCD589852:LCG589852 LLZ589852:LMC589852 LVV589852:LVY589852 MFR589852:MFU589852 MPN589852:MPQ589852 MZJ589852:MZM589852 NJF589852:NJI589852 NTB589852:NTE589852 OCX589852:ODA589852 OMT589852:OMW589852 OWP589852:OWS589852 PGL589852:PGO589852 PQH589852:PQK589852 QAD589852:QAG589852 QJZ589852:QKC589852 QTV589852:QTY589852 RDR589852:RDU589852 RNN589852:RNQ589852 RXJ589852:RXM589852 SHF589852:SHI589852 SRB589852:SRE589852 TAX589852:TBA589852 TKT589852:TKW589852 TUP589852:TUS589852 UEL589852:UEO589852 UOH589852:UOK589852 UYD589852:UYG589852 VHZ589852:VIC589852 VRV589852:VRY589852 WBR589852:WBU589852 WLN589852:WLQ589852 WVJ589852:WVM589852 IX655388:JA655388 ST655388:SW655388 ACP655388:ACS655388 AML655388:AMO655388 AWH655388:AWK655388 BGD655388:BGG655388 BPZ655388:BQC655388 BZV655388:BZY655388 CJR655388:CJU655388 CTN655388:CTQ655388 DDJ655388:DDM655388 DNF655388:DNI655388 DXB655388:DXE655388 EGX655388:EHA655388 EQT655388:EQW655388 FAP655388:FAS655388 FKL655388:FKO655388 FUH655388:FUK655388 GED655388:GEG655388 GNZ655388:GOC655388 GXV655388:GXY655388 HHR655388:HHU655388 HRN655388:HRQ655388 IBJ655388:IBM655388 ILF655388:ILI655388 IVB655388:IVE655388 JEX655388:JFA655388 JOT655388:JOW655388 JYP655388:JYS655388 KIL655388:KIO655388 KSH655388:KSK655388 LCD655388:LCG655388 LLZ655388:LMC655388 LVV655388:LVY655388 MFR655388:MFU655388 MPN655388:MPQ655388 MZJ655388:MZM655388 NJF655388:NJI655388 NTB655388:NTE655388 OCX655388:ODA655388 OMT655388:OMW655388 OWP655388:OWS655388 PGL655388:PGO655388 PQH655388:PQK655388 QAD655388:QAG655388 QJZ655388:QKC655388 QTV655388:QTY655388 RDR655388:RDU655388 RNN655388:RNQ655388 RXJ655388:RXM655388 SHF655388:SHI655388 SRB655388:SRE655388 TAX655388:TBA655388 TKT655388:TKW655388 TUP655388:TUS655388 UEL655388:UEO655388 UOH655388:UOK655388 UYD655388:UYG655388 VHZ655388:VIC655388 VRV655388:VRY655388 WBR655388:WBU655388 WLN655388:WLQ655388 WVJ655388:WVM655388 IX720924:JA720924 ST720924:SW720924 ACP720924:ACS720924 AML720924:AMO720924 AWH720924:AWK720924 BGD720924:BGG720924 BPZ720924:BQC720924 BZV720924:BZY720924 CJR720924:CJU720924 CTN720924:CTQ720924 DDJ720924:DDM720924 DNF720924:DNI720924 DXB720924:DXE720924 EGX720924:EHA720924 EQT720924:EQW720924 FAP720924:FAS720924 FKL720924:FKO720924 FUH720924:FUK720924 GED720924:GEG720924 GNZ720924:GOC720924 GXV720924:GXY720924 HHR720924:HHU720924 HRN720924:HRQ720924 IBJ720924:IBM720924 ILF720924:ILI720924 IVB720924:IVE720924 JEX720924:JFA720924 JOT720924:JOW720924 JYP720924:JYS720924 KIL720924:KIO720924 KSH720924:KSK720924 LCD720924:LCG720924 LLZ720924:LMC720924 LVV720924:LVY720924 MFR720924:MFU720924 MPN720924:MPQ720924 MZJ720924:MZM720924 NJF720924:NJI720924 NTB720924:NTE720924 OCX720924:ODA720924 OMT720924:OMW720924 OWP720924:OWS720924 PGL720924:PGO720924 PQH720924:PQK720924 QAD720924:QAG720924 QJZ720924:QKC720924 QTV720924:QTY720924 RDR720924:RDU720924 RNN720924:RNQ720924 RXJ720924:RXM720924 SHF720924:SHI720924 SRB720924:SRE720924 TAX720924:TBA720924 TKT720924:TKW720924 TUP720924:TUS720924 UEL720924:UEO720924 UOH720924:UOK720924 UYD720924:UYG720924 VHZ720924:VIC720924 VRV720924:VRY720924 WBR720924:WBU720924 WLN720924:WLQ720924 WVJ720924:WVM720924 IX786460:JA786460 ST786460:SW786460 ACP786460:ACS786460 AML786460:AMO786460 AWH786460:AWK786460 BGD786460:BGG786460 BPZ786460:BQC786460 BZV786460:BZY786460 CJR786460:CJU786460 CTN786460:CTQ786460 DDJ786460:DDM786460 DNF786460:DNI786460 DXB786460:DXE786460 EGX786460:EHA786460 EQT786460:EQW786460 FAP786460:FAS786460 FKL786460:FKO786460 FUH786460:FUK786460 GED786460:GEG786460 GNZ786460:GOC786460 GXV786460:GXY786460 HHR786460:HHU786460 HRN786460:HRQ786460 IBJ786460:IBM786460 ILF786460:ILI786460 IVB786460:IVE786460 JEX786460:JFA786460 JOT786460:JOW786460 JYP786460:JYS786460 KIL786460:KIO786460 KSH786460:KSK786460 LCD786460:LCG786460 LLZ786460:LMC786460 LVV786460:LVY786460 MFR786460:MFU786460 MPN786460:MPQ786460 MZJ786460:MZM786460 NJF786460:NJI786460 NTB786460:NTE786460 OCX786460:ODA786460 OMT786460:OMW786460 OWP786460:OWS786460 PGL786460:PGO786460 PQH786460:PQK786460 QAD786460:QAG786460 QJZ786460:QKC786460 QTV786460:QTY786460 RDR786460:RDU786460 RNN786460:RNQ786460 RXJ786460:RXM786460 SHF786460:SHI786460 SRB786460:SRE786460 TAX786460:TBA786460 TKT786460:TKW786460 TUP786460:TUS786460 UEL786460:UEO786460 UOH786460:UOK786460 UYD786460:UYG786460 VHZ786460:VIC786460 VRV786460:VRY786460 WBR786460:WBU786460 WLN786460:WLQ786460 WVJ786460:WVM786460 IX851996:JA851996 ST851996:SW851996 ACP851996:ACS851996 AML851996:AMO851996 AWH851996:AWK851996 BGD851996:BGG851996 BPZ851996:BQC851996 BZV851996:BZY851996 CJR851996:CJU851996 CTN851996:CTQ851996 DDJ851996:DDM851996 DNF851996:DNI851996 DXB851996:DXE851996 EGX851996:EHA851996 EQT851996:EQW851996 FAP851996:FAS851996 FKL851996:FKO851996 FUH851996:FUK851996 GED851996:GEG851996 GNZ851996:GOC851996 GXV851996:GXY851996 HHR851996:HHU851996 HRN851996:HRQ851996 IBJ851996:IBM851996 ILF851996:ILI851996 IVB851996:IVE851996 JEX851996:JFA851996 JOT851996:JOW851996 JYP851996:JYS851996 KIL851996:KIO851996 KSH851996:KSK851996 LCD851996:LCG851996 LLZ851996:LMC851996 LVV851996:LVY851996 MFR851996:MFU851996 MPN851996:MPQ851996 MZJ851996:MZM851996 NJF851996:NJI851996 NTB851996:NTE851996 OCX851996:ODA851996 OMT851996:OMW851996 OWP851996:OWS851996 PGL851996:PGO851996 PQH851996:PQK851996 QAD851996:QAG851996 QJZ851996:QKC851996 QTV851996:QTY851996 RDR851996:RDU851996 RNN851996:RNQ851996 RXJ851996:RXM851996 SHF851996:SHI851996 SRB851996:SRE851996 TAX851996:TBA851996 TKT851996:TKW851996 TUP851996:TUS851996 UEL851996:UEO851996 UOH851996:UOK851996 UYD851996:UYG851996 VHZ851996:VIC851996 VRV851996:VRY851996 WBR851996:WBU851996 WLN851996:WLQ851996 WVJ851996:WVM851996 IX917532:JA917532 ST917532:SW917532 ACP917532:ACS917532 AML917532:AMO917532 AWH917532:AWK917532 BGD917532:BGG917532 BPZ917532:BQC917532 BZV917532:BZY917532 CJR917532:CJU917532 CTN917532:CTQ917532 DDJ917532:DDM917532 DNF917532:DNI917532 DXB917532:DXE917532 EGX917532:EHA917532 EQT917532:EQW917532 FAP917532:FAS917532 FKL917532:FKO917532 FUH917532:FUK917532 GED917532:GEG917532 GNZ917532:GOC917532 GXV917532:GXY917532 HHR917532:HHU917532 HRN917532:HRQ917532 IBJ917532:IBM917532 ILF917532:ILI917532 IVB917532:IVE917532 JEX917532:JFA917532 JOT917532:JOW917532 JYP917532:JYS917532 KIL917532:KIO917532 KSH917532:KSK917532 LCD917532:LCG917532 LLZ917532:LMC917532 LVV917532:LVY917532 MFR917532:MFU917532 MPN917532:MPQ917532 MZJ917532:MZM917532 NJF917532:NJI917532 NTB917532:NTE917532 OCX917532:ODA917532 OMT917532:OMW917532 OWP917532:OWS917532 PGL917532:PGO917532 PQH917532:PQK917532 QAD917532:QAG917532 QJZ917532:QKC917532 QTV917532:QTY917532 RDR917532:RDU917532 RNN917532:RNQ917532 RXJ917532:RXM917532 SHF917532:SHI917532 SRB917532:SRE917532 TAX917532:TBA917532 TKT917532:TKW917532 TUP917532:TUS917532 UEL917532:UEO917532 UOH917532:UOK917532 UYD917532:UYG917532 VHZ917532:VIC917532 VRV917532:VRY917532 WBR917532:WBU917532 WLN917532:WLQ917532 WVJ917532:WVM917532 IX983068:JA983068 ST983068:SW983068 ACP983068:ACS983068 AML983068:AMO983068 AWH983068:AWK983068 BGD983068:BGG983068 BPZ983068:BQC983068 BZV983068:BZY983068 CJR983068:CJU983068 CTN983068:CTQ983068 DDJ983068:DDM983068 DNF983068:DNI983068 DXB983068:DXE983068 EGX983068:EHA983068 EQT983068:EQW983068 FAP983068:FAS983068 FKL983068:FKO983068 FUH983068:FUK983068 GED983068:GEG983068 GNZ983068:GOC983068 GXV983068:GXY983068 HHR983068:HHU983068 HRN983068:HRQ983068 IBJ983068:IBM983068 ILF983068:ILI983068 IVB983068:IVE983068 JEX983068:JFA983068 JOT983068:JOW983068 JYP983068:JYS983068 KIL983068:KIO983068 KSH983068:KSK983068 LCD983068:LCG983068 LLZ983068:LMC983068 LVV983068:LVY983068 MFR983068:MFU983068 MPN983068:MPQ983068 MZJ983068:MZM983068 NJF983068:NJI983068 NTB983068:NTE983068 OCX983068:ODA983068 OMT983068:OMW983068 OWP983068:OWS983068 PGL983068:PGO983068 PQH983068:PQK983068 QAD983068:QAG983068 QJZ983068:QKC983068 QTV983068:QTY983068 RDR983068:RDU983068 RNN983068:RNQ983068 RXJ983068:RXM983068 SHF983068:SHI983068 SRB983068:SRE983068 TAX983068:TBA983068 TKT983068:TKW983068 TUP983068:TUS983068 UEL983068:UEO983068 UOH983068:UOK983068 UYD983068:UYG983068 VHZ983068:VIC983068 VRV983068:VRY983068 WBR983068:WBU983068 WLN983068:WLQ983068 WVJ983068:WVM983068" xr:uid="{00000000-0002-0000-0400-000003000000}"/>
+    <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contribuable" error="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" promptTitle="N° de contribuable" prompt="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="WUS983068:WUT983068 IG3:IH3 SC3:SD3 ABY3:ABZ3 ALU3:ALV3 AVQ3:AVR3 BFM3:BFN3 BPI3:BPJ3 BZE3:BZF3 CJA3:CJB3 CSW3:CSX3 DCS3:DCT3 DMO3:DMP3 DWK3:DWL3 EGG3:EGH3 EQC3:EQD3 EZY3:EZZ3 FJU3:FJV3 FTQ3:FTR3 GDM3:GDN3 GNI3:GNJ3 GXE3:GXF3 HHA3:HHB3 HQW3:HQX3 IAS3:IAT3 IKO3:IKP3 IUK3:IUL3 JEG3:JEH3 JOC3:JOD3 JXY3:JXZ3 KHU3:KHV3 KRQ3:KRR3 LBM3:LBN3 LLI3:LLJ3 LVE3:LVF3 MFA3:MFB3 MOW3:MOX3 MYS3:MYT3 NIO3:NIP3 NSK3:NSL3 OCG3:OCH3 OMC3:OMD3 OVY3:OVZ3 PFU3:PFV3 PPQ3:PPR3 PZM3:PZN3 QJI3:QJJ3 QTE3:QTF3 RDA3:RDB3 RMW3:RMX3 RWS3:RWT3 SGO3:SGP3 SQK3:SQL3 TAG3:TAH3 TKC3:TKD3 TTY3:TTZ3 UDU3:UDV3 UNQ3:UNR3 UXM3:UXN3 VHI3:VHJ3 VRE3:VRF3 WBA3:WBB3 WKW3:WKX3 WUS3:WUT3 E65564:F65564 IG65564:IH65564 SC65564:SD65564 ABY65564:ABZ65564 ALU65564:ALV65564 AVQ65564:AVR65564 BFM65564:BFN65564 BPI65564:BPJ65564 BZE65564:BZF65564 CJA65564:CJB65564 CSW65564:CSX65564 DCS65564:DCT65564 DMO65564:DMP65564 DWK65564:DWL65564 EGG65564:EGH65564 EQC65564:EQD65564 EZY65564:EZZ65564 FJU65564:FJV65564 FTQ65564:FTR65564 GDM65564:GDN65564 GNI65564:GNJ65564 GXE65564:GXF65564 HHA65564:HHB65564 HQW65564:HQX65564 IAS65564:IAT65564 IKO65564:IKP65564 IUK65564:IUL65564 JEG65564:JEH65564 JOC65564:JOD65564 JXY65564:JXZ65564 KHU65564:KHV65564 KRQ65564:KRR65564 LBM65564:LBN65564 LLI65564:LLJ65564 LVE65564:LVF65564 MFA65564:MFB65564 MOW65564:MOX65564 MYS65564:MYT65564 NIO65564:NIP65564 NSK65564:NSL65564 OCG65564:OCH65564 OMC65564:OMD65564 OVY65564:OVZ65564 PFU65564:PFV65564 PPQ65564:PPR65564 PZM65564:PZN65564 QJI65564:QJJ65564 QTE65564:QTF65564 RDA65564:RDB65564 RMW65564:RMX65564 RWS65564:RWT65564 SGO65564:SGP65564 SQK65564:SQL65564 TAG65564:TAH65564 TKC65564:TKD65564 TTY65564:TTZ65564 UDU65564:UDV65564 UNQ65564:UNR65564 UXM65564:UXN65564 VHI65564:VHJ65564 VRE65564:VRF65564 WBA65564:WBB65564 WKW65564:WKX65564 WUS65564:WUT65564 E131100:F131100 IG131100:IH131100 SC131100:SD131100 ABY131100:ABZ131100 ALU131100:ALV131100 AVQ131100:AVR131100 BFM131100:BFN131100 BPI131100:BPJ131100 BZE131100:BZF131100 CJA131100:CJB131100 CSW131100:CSX131100 DCS131100:DCT131100 DMO131100:DMP131100 DWK131100:DWL131100 EGG131100:EGH131100 EQC131100:EQD131100 EZY131100:EZZ131100 FJU131100:FJV131100 FTQ131100:FTR131100 GDM131100:GDN131100 GNI131100:GNJ131100 GXE131100:GXF131100 HHA131100:HHB131100 HQW131100:HQX131100 IAS131100:IAT131100 IKO131100:IKP131100 IUK131100:IUL131100 JEG131100:JEH131100 JOC131100:JOD131100 JXY131100:JXZ131100 KHU131100:KHV131100 KRQ131100:KRR131100 LBM131100:LBN131100 LLI131100:LLJ131100 LVE131100:LVF131100 MFA131100:MFB131100 MOW131100:MOX131100 MYS131100:MYT131100 NIO131100:NIP131100 NSK131100:NSL131100 OCG131100:OCH131100 OMC131100:OMD131100 OVY131100:OVZ131100 PFU131100:PFV131100 PPQ131100:PPR131100 PZM131100:PZN131100 QJI131100:QJJ131100 QTE131100:QTF131100 RDA131100:RDB131100 RMW131100:RMX131100 RWS131100:RWT131100 SGO131100:SGP131100 SQK131100:SQL131100 TAG131100:TAH131100 TKC131100:TKD131100 TTY131100:TTZ131100 UDU131100:UDV131100 UNQ131100:UNR131100 UXM131100:UXN131100 VHI131100:VHJ131100 VRE131100:VRF131100 WBA131100:WBB131100 WKW131100:WKX131100 WUS131100:WUT131100 E196636:F196636 IG196636:IH196636 SC196636:SD196636 ABY196636:ABZ196636 ALU196636:ALV196636 AVQ196636:AVR196636 BFM196636:BFN196636 BPI196636:BPJ196636 BZE196636:BZF196636 CJA196636:CJB196636 CSW196636:CSX196636 DCS196636:DCT196636 DMO196636:DMP196636 DWK196636:DWL196636 EGG196636:EGH196636 EQC196636:EQD196636 EZY196636:EZZ196636 FJU196636:FJV196636 FTQ196636:FTR196636 GDM196636:GDN196636 GNI196636:GNJ196636 GXE196636:GXF196636 HHA196636:HHB196636 HQW196636:HQX196636 IAS196636:IAT196636 IKO196636:IKP196636 IUK196636:IUL196636 JEG196636:JEH196636 JOC196636:JOD196636 JXY196636:JXZ196636 KHU196636:KHV196636 KRQ196636:KRR196636 LBM196636:LBN196636 LLI196636:LLJ196636 LVE196636:LVF196636 MFA196636:MFB196636 MOW196636:MOX196636 MYS196636:MYT196636 NIO196636:NIP196636 NSK196636:NSL196636 OCG196636:OCH196636 OMC196636:OMD196636 OVY196636:OVZ196636 PFU196636:PFV196636 PPQ196636:PPR196636 PZM196636:PZN196636 QJI196636:QJJ196636 QTE196636:QTF196636 RDA196636:RDB196636 RMW196636:RMX196636 RWS196636:RWT196636 SGO196636:SGP196636 SQK196636:SQL196636 TAG196636:TAH196636 TKC196636:TKD196636 TTY196636:TTZ196636 UDU196636:UDV196636 UNQ196636:UNR196636 UXM196636:UXN196636 VHI196636:VHJ196636 VRE196636:VRF196636 WBA196636:WBB196636 WKW196636:WKX196636 WUS196636:WUT196636 E262172:F262172 IG262172:IH262172 SC262172:SD262172 ABY262172:ABZ262172 ALU262172:ALV262172 AVQ262172:AVR262172 BFM262172:BFN262172 BPI262172:BPJ262172 BZE262172:BZF262172 CJA262172:CJB262172 CSW262172:CSX262172 DCS262172:DCT262172 DMO262172:DMP262172 DWK262172:DWL262172 EGG262172:EGH262172 EQC262172:EQD262172 EZY262172:EZZ262172 FJU262172:FJV262172 FTQ262172:FTR262172 GDM262172:GDN262172 GNI262172:GNJ262172 GXE262172:GXF262172 HHA262172:HHB262172 HQW262172:HQX262172 IAS262172:IAT262172 IKO262172:IKP262172 IUK262172:IUL262172 JEG262172:JEH262172 JOC262172:JOD262172 JXY262172:JXZ262172 KHU262172:KHV262172 KRQ262172:KRR262172 LBM262172:LBN262172 LLI262172:LLJ262172 LVE262172:LVF262172 MFA262172:MFB262172 MOW262172:MOX262172 MYS262172:MYT262172 NIO262172:NIP262172 NSK262172:NSL262172 OCG262172:OCH262172 OMC262172:OMD262172 OVY262172:OVZ262172 PFU262172:PFV262172 PPQ262172:PPR262172 PZM262172:PZN262172 QJI262172:QJJ262172 QTE262172:QTF262172 RDA262172:RDB262172 RMW262172:RMX262172 RWS262172:RWT262172 SGO262172:SGP262172 SQK262172:SQL262172 TAG262172:TAH262172 TKC262172:TKD262172 TTY262172:TTZ262172 UDU262172:UDV262172 UNQ262172:UNR262172 UXM262172:UXN262172 VHI262172:VHJ262172 VRE262172:VRF262172 WBA262172:WBB262172 WKW262172:WKX262172 WUS262172:WUT262172 E327708:F327708 IG327708:IH327708 SC327708:SD327708 ABY327708:ABZ327708 ALU327708:ALV327708 AVQ327708:AVR327708 BFM327708:BFN327708 BPI327708:BPJ327708 BZE327708:BZF327708 CJA327708:CJB327708 CSW327708:CSX327708 DCS327708:DCT327708 DMO327708:DMP327708 DWK327708:DWL327708 EGG327708:EGH327708 EQC327708:EQD327708 EZY327708:EZZ327708 FJU327708:FJV327708 FTQ327708:FTR327708 GDM327708:GDN327708 GNI327708:GNJ327708 GXE327708:GXF327708 HHA327708:HHB327708 HQW327708:HQX327708 IAS327708:IAT327708 IKO327708:IKP327708 IUK327708:IUL327708 JEG327708:JEH327708 JOC327708:JOD327708 JXY327708:JXZ327708 KHU327708:KHV327708 KRQ327708:KRR327708 LBM327708:LBN327708 LLI327708:LLJ327708 LVE327708:LVF327708 MFA327708:MFB327708 MOW327708:MOX327708 MYS327708:MYT327708 NIO327708:NIP327708 NSK327708:NSL327708 OCG327708:OCH327708 OMC327708:OMD327708 OVY327708:OVZ327708 PFU327708:PFV327708 PPQ327708:PPR327708 PZM327708:PZN327708 QJI327708:QJJ327708 QTE327708:QTF327708 RDA327708:RDB327708 RMW327708:RMX327708 RWS327708:RWT327708 SGO327708:SGP327708 SQK327708:SQL327708 TAG327708:TAH327708 TKC327708:TKD327708 TTY327708:TTZ327708 UDU327708:UDV327708 UNQ327708:UNR327708 UXM327708:UXN327708 VHI327708:VHJ327708 VRE327708:VRF327708 WBA327708:WBB327708 WKW327708:WKX327708 WUS327708:WUT327708 E393244:F393244 IG393244:IH393244 SC393244:SD393244 ABY393244:ABZ393244 ALU393244:ALV393244 AVQ393244:AVR393244 BFM393244:BFN393244 BPI393244:BPJ393244 BZE393244:BZF393244 CJA393244:CJB393244 CSW393244:CSX393244 DCS393244:DCT393244 DMO393244:DMP393244 DWK393244:DWL393244 EGG393244:EGH393244 EQC393244:EQD393244 EZY393244:EZZ393244 FJU393244:FJV393244 FTQ393244:FTR393244 GDM393244:GDN393244 GNI393244:GNJ393244 GXE393244:GXF393244 HHA393244:HHB393244 HQW393244:HQX393244 IAS393244:IAT393244 IKO393244:IKP393244 IUK393244:IUL393244 JEG393244:JEH393244 JOC393244:JOD393244 JXY393244:JXZ393244 KHU393244:KHV393244 KRQ393244:KRR393244 LBM393244:LBN393244 LLI393244:LLJ393244 LVE393244:LVF393244 MFA393244:MFB393244 MOW393244:MOX393244 MYS393244:MYT393244 NIO393244:NIP393244 NSK393244:NSL393244 OCG393244:OCH393244 OMC393244:OMD393244 OVY393244:OVZ393244 PFU393244:PFV393244 PPQ393244:PPR393244 PZM393244:PZN393244 QJI393244:QJJ393244 QTE393244:QTF393244 RDA393244:RDB393244 RMW393244:RMX393244 RWS393244:RWT393244 SGO393244:SGP393244 SQK393244:SQL393244 TAG393244:TAH393244 TKC393244:TKD393244 TTY393244:TTZ393244 UDU393244:UDV393244 UNQ393244:UNR393244 UXM393244:UXN393244 VHI393244:VHJ393244 VRE393244:VRF393244 WBA393244:WBB393244 WKW393244:WKX393244 WUS393244:WUT393244 E458780:F458780 IG458780:IH458780 SC458780:SD458780 ABY458780:ABZ458780 ALU458780:ALV458780 AVQ458780:AVR458780 BFM458780:BFN458780 BPI458780:BPJ458780 BZE458780:BZF458780 CJA458780:CJB458780 CSW458780:CSX458780 DCS458780:DCT458780 DMO458780:DMP458780 DWK458780:DWL458780 EGG458780:EGH458780 EQC458780:EQD458780 EZY458780:EZZ458780 FJU458780:FJV458780 FTQ458780:FTR458780 GDM458780:GDN458780 GNI458780:GNJ458780 GXE458780:GXF458780 HHA458780:HHB458780 HQW458780:HQX458780 IAS458780:IAT458780 IKO458780:IKP458780 IUK458780:IUL458780 JEG458780:JEH458780 JOC458780:JOD458780 JXY458780:JXZ458780 KHU458780:KHV458780 KRQ458780:KRR458780 LBM458780:LBN458780 LLI458780:LLJ458780 LVE458780:LVF458780 MFA458780:MFB458780 MOW458780:MOX458780 MYS458780:MYT458780 NIO458780:NIP458780 NSK458780:NSL458780 OCG458780:OCH458780 OMC458780:OMD458780 OVY458780:OVZ458780 PFU458780:PFV458780 PPQ458780:PPR458780 PZM458780:PZN458780 QJI458780:QJJ458780 QTE458780:QTF458780 RDA458780:RDB458780 RMW458780:RMX458780 RWS458780:RWT458780 SGO458780:SGP458780 SQK458780:SQL458780 TAG458780:TAH458780 TKC458780:TKD458780 TTY458780:TTZ458780 UDU458780:UDV458780 UNQ458780:UNR458780 UXM458780:UXN458780 VHI458780:VHJ458780 VRE458780:VRF458780 WBA458780:WBB458780 WKW458780:WKX458780 WUS458780:WUT458780 E524316:F524316 IG524316:IH524316 SC524316:SD524316 ABY524316:ABZ524316 ALU524316:ALV524316 AVQ524316:AVR524316 BFM524316:BFN524316 BPI524316:BPJ524316 BZE524316:BZF524316 CJA524316:CJB524316 CSW524316:CSX524316 DCS524316:DCT524316 DMO524316:DMP524316 DWK524316:DWL524316 EGG524316:EGH524316 EQC524316:EQD524316 EZY524316:EZZ524316 FJU524316:FJV524316 FTQ524316:FTR524316 GDM524316:GDN524316 GNI524316:GNJ524316 GXE524316:GXF524316 HHA524316:HHB524316 HQW524316:HQX524316 IAS524316:IAT524316 IKO524316:IKP524316 IUK524316:IUL524316 JEG524316:JEH524316 JOC524316:JOD524316 JXY524316:JXZ524316 KHU524316:KHV524316 KRQ524316:KRR524316 LBM524316:LBN524316 LLI524316:LLJ524316 LVE524316:LVF524316 MFA524316:MFB524316 MOW524316:MOX524316 MYS524316:MYT524316 NIO524316:NIP524316 NSK524316:NSL524316 OCG524316:OCH524316 OMC524316:OMD524316 OVY524316:OVZ524316 PFU524316:PFV524316 PPQ524316:PPR524316 PZM524316:PZN524316 QJI524316:QJJ524316 QTE524316:QTF524316 RDA524316:RDB524316 RMW524316:RMX524316 RWS524316:RWT524316 SGO524316:SGP524316 SQK524316:SQL524316 TAG524316:TAH524316 TKC524316:TKD524316 TTY524316:TTZ524316 UDU524316:UDV524316 UNQ524316:UNR524316 UXM524316:UXN524316 VHI524316:VHJ524316 VRE524316:VRF524316 WBA524316:WBB524316 WKW524316:WKX524316 WUS524316:WUT524316 E589852:F589852 IG589852:IH589852 SC589852:SD589852 ABY589852:ABZ589852 ALU589852:ALV589852 AVQ589852:AVR589852 BFM589852:BFN589852 BPI589852:BPJ589852 BZE589852:BZF589852 CJA589852:CJB589852 CSW589852:CSX589852 DCS589852:DCT589852 DMO589852:DMP589852 DWK589852:DWL589852 EGG589852:EGH589852 EQC589852:EQD589852 EZY589852:EZZ589852 FJU589852:FJV589852 FTQ589852:FTR589852 GDM589852:GDN589852 GNI589852:GNJ589852 GXE589852:GXF589852 HHA589852:HHB589852 HQW589852:HQX589852 IAS589852:IAT589852 IKO589852:IKP589852 IUK589852:IUL589852 JEG589852:JEH589852 JOC589852:JOD589852 JXY589852:JXZ589852 KHU589852:KHV589852 KRQ589852:KRR589852 LBM589852:LBN589852 LLI589852:LLJ589852 LVE589852:LVF589852 MFA589852:MFB589852 MOW589852:MOX589852 MYS589852:MYT589852 NIO589852:NIP589852 NSK589852:NSL589852 OCG589852:OCH589852 OMC589852:OMD589852 OVY589852:OVZ589852 PFU589852:PFV589852 PPQ589852:PPR589852 PZM589852:PZN589852 QJI589852:QJJ589852 QTE589852:QTF589852 RDA589852:RDB589852 RMW589852:RMX589852 RWS589852:RWT589852 SGO589852:SGP589852 SQK589852:SQL589852 TAG589852:TAH589852 TKC589852:TKD589852 TTY589852:TTZ589852 UDU589852:UDV589852 UNQ589852:UNR589852 UXM589852:UXN589852 VHI589852:VHJ589852 VRE589852:VRF589852 WBA589852:WBB589852 WKW589852:WKX589852 WUS589852:WUT589852 E655388:F655388 IG655388:IH655388 SC655388:SD655388 ABY655388:ABZ655388 ALU655388:ALV655388 AVQ655388:AVR655388 BFM655388:BFN655388 BPI655388:BPJ655388 BZE655388:BZF655388 CJA655388:CJB655388 CSW655388:CSX655388 DCS655388:DCT655388 DMO655388:DMP655388 DWK655388:DWL655388 EGG655388:EGH655388 EQC655388:EQD655388 EZY655388:EZZ655388 FJU655388:FJV655388 FTQ655388:FTR655388 GDM655388:GDN655388 GNI655388:GNJ655388 GXE655388:GXF655388 HHA655388:HHB655388 HQW655388:HQX655388 IAS655388:IAT655388 IKO655388:IKP655388 IUK655388:IUL655388 JEG655388:JEH655388 JOC655388:JOD655388 JXY655388:JXZ655388 KHU655388:KHV655388 KRQ655388:KRR655388 LBM655388:LBN655388 LLI655388:LLJ655388 LVE655388:LVF655388 MFA655388:MFB655388 MOW655388:MOX655388 MYS655388:MYT655388 NIO655388:NIP655388 NSK655388:NSL655388 OCG655388:OCH655388 OMC655388:OMD655388 OVY655388:OVZ655388 PFU655388:PFV655388 PPQ655388:PPR655388 PZM655388:PZN655388 QJI655388:QJJ655388 QTE655388:QTF655388 RDA655388:RDB655388 RMW655388:RMX655388 RWS655388:RWT655388 SGO655388:SGP655388 SQK655388:SQL655388 TAG655388:TAH655388 TKC655388:TKD655388 TTY655388:TTZ655388 UDU655388:UDV655388 UNQ655388:UNR655388 UXM655388:UXN655388 VHI655388:VHJ655388 VRE655388:VRF655388 WBA655388:WBB655388 WKW655388:WKX655388 WUS655388:WUT655388 E720924:F720924 IG720924:IH720924 SC720924:SD720924 ABY720924:ABZ720924 ALU720924:ALV720924 AVQ720924:AVR720924 BFM720924:BFN720924 BPI720924:BPJ720924 BZE720924:BZF720924 CJA720924:CJB720924 CSW720924:CSX720924 DCS720924:DCT720924 DMO720924:DMP720924 DWK720924:DWL720924 EGG720924:EGH720924 EQC720924:EQD720924 EZY720924:EZZ720924 FJU720924:FJV720924 FTQ720924:FTR720924 GDM720924:GDN720924 GNI720924:GNJ720924 GXE720924:GXF720924 HHA720924:HHB720924 HQW720924:HQX720924 IAS720924:IAT720924 IKO720924:IKP720924 IUK720924:IUL720924 JEG720924:JEH720924 JOC720924:JOD720924 JXY720924:JXZ720924 KHU720924:KHV720924 KRQ720924:KRR720924 LBM720924:LBN720924 LLI720924:LLJ720924 LVE720924:LVF720924 MFA720924:MFB720924 MOW720924:MOX720924 MYS720924:MYT720924 NIO720924:NIP720924 NSK720924:NSL720924 OCG720924:OCH720924 OMC720924:OMD720924 OVY720924:OVZ720924 PFU720924:PFV720924 PPQ720924:PPR720924 PZM720924:PZN720924 QJI720924:QJJ720924 QTE720924:QTF720924 RDA720924:RDB720924 RMW720924:RMX720924 RWS720924:RWT720924 SGO720924:SGP720924 SQK720924:SQL720924 TAG720924:TAH720924 TKC720924:TKD720924 TTY720924:TTZ720924 UDU720924:UDV720924 UNQ720924:UNR720924 UXM720924:UXN720924 VHI720924:VHJ720924 VRE720924:VRF720924 WBA720924:WBB720924 WKW720924:WKX720924 WUS720924:WUT720924 E786460:F786460 IG786460:IH786460 SC786460:SD786460 ABY786460:ABZ786460 ALU786460:ALV786460 AVQ786460:AVR786460 BFM786460:BFN786460 BPI786460:BPJ786460 BZE786460:BZF786460 CJA786460:CJB786460 CSW786460:CSX786460 DCS786460:DCT786460 DMO786460:DMP786460 DWK786460:DWL786460 EGG786460:EGH786460 EQC786460:EQD786460 EZY786460:EZZ786460 FJU786460:FJV786460 FTQ786460:FTR786460 GDM786460:GDN786460 GNI786460:GNJ786460 GXE786460:GXF786460 HHA786460:HHB786460 HQW786460:HQX786460 IAS786460:IAT786460 IKO786460:IKP786460 IUK786460:IUL786460 JEG786460:JEH786460 JOC786460:JOD786460 JXY786460:JXZ786460 KHU786460:KHV786460 KRQ786460:KRR786460 LBM786460:LBN786460 LLI786460:LLJ786460 LVE786460:LVF786460 MFA786460:MFB786460 MOW786460:MOX786460 MYS786460:MYT786460 NIO786460:NIP786460 NSK786460:NSL786460 OCG786460:OCH786460 OMC786460:OMD786460 OVY786460:OVZ786460 PFU786460:PFV786460 PPQ786460:PPR786460 PZM786460:PZN786460 QJI786460:QJJ786460 QTE786460:QTF786460 RDA786460:RDB786460 RMW786460:RMX786460 RWS786460:RWT786460 SGO786460:SGP786460 SQK786460:SQL786460 TAG786460:TAH786460 TKC786460:TKD786460 TTY786460:TTZ786460 UDU786460:UDV786460 UNQ786460:UNR786460 UXM786460:UXN786460 VHI786460:VHJ786460 VRE786460:VRF786460 WBA786460:WBB786460 WKW786460:WKX786460 WUS786460:WUT786460 E851996:F851996 IG851996:IH851996 SC851996:SD851996 ABY851996:ABZ851996 ALU851996:ALV851996 AVQ851996:AVR851996 BFM851996:BFN851996 BPI851996:BPJ851996 BZE851996:BZF851996 CJA851996:CJB851996 CSW851996:CSX851996 DCS851996:DCT851996 DMO851996:DMP851996 DWK851996:DWL851996 EGG851996:EGH851996 EQC851996:EQD851996 EZY851996:EZZ851996 FJU851996:FJV851996 FTQ851996:FTR851996 GDM851996:GDN851996 GNI851996:GNJ851996 GXE851996:GXF851996 HHA851996:HHB851996 HQW851996:HQX851996 IAS851996:IAT851996 IKO851996:IKP851996 IUK851996:IUL851996 JEG851996:JEH851996 JOC851996:JOD851996 JXY851996:JXZ851996 KHU851996:KHV851996 KRQ851996:KRR851996 LBM851996:LBN851996 LLI851996:LLJ851996 LVE851996:LVF851996 MFA851996:MFB851996 MOW851996:MOX851996 MYS851996:MYT851996 NIO851996:NIP851996 NSK851996:NSL851996 OCG851996:OCH851996 OMC851996:OMD851996 OVY851996:OVZ851996 PFU851996:PFV851996 PPQ851996:PPR851996 PZM851996:PZN851996 QJI851996:QJJ851996 QTE851996:QTF851996 RDA851996:RDB851996 RMW851996:RMX851996 RWS851996:RWT851996 SGO851996:SGP851996 SQK851996:SQL851996 TAG851996:TAH851996 TKC851996:TKD851996 TTY851996:TTZ851996 UDU851996:UDV851996 UNQ851996:UNR851996 UXM851996:UXN851996 VHI851996:VHJ851996 VRE851996:VRF851996 WBA851996:WBB851996 WKW851996:WKX851996 WUS851996:WUT851996 E917532:F917532 IG917532:IH917532 SC917532:SD917532 ABY917532:ABZ917532 ALU917532:ALV917532 AVQ917532:AVR917532 BFM917532:BFN917532 BPI917532:BPJ917532 BZE917532:BZF917532 CJA917532:CJB917532 CSW917532:CSX917532 DCS917532:DCT917532 DMO917532:DMP917532 DWK917532:DWL917532 EGG917532:EGH917532 EQC917532:EQD917532 EZY917532:EZZ917532 FJU917532:FJV917532 FTQ917532:FTR917532 GDM917532:GDN917532 GNI917532:GNJ917532 GXE917532:GXF917532 HHA917532:HHB917532 HQW917532:HQX917532 IAS917532:IAT917532 IKO917532:IKP917532 IUK917532:IUL917532 JEG917532:JEH917532 JOC917532:JOD917532 JXY917532:JXZ917532 KHU917532:KHV917532 KRQ917532:KRR917532 LBM917532:LBN917532 LLI917532:LLJ917532 LVE917532:LVF917532 MFA917532:MFB917532 MOW917532:MOX917532 MYS917532:MYT917532 NIO917532:NIP917532 NSK917532:NSL917532 OCG917532:OCH917532 OMC917532:OMD917532 OVY917532:OVZ917532 PFU917532:PFV917532 PPQ917532:PPR917532 PZM917532:PZN917532 QJI917532:QJJ917532 QTE917532:QTF917532 RDA917532:RDB917532 RMW917532:RMX917532 RWS917532:RWT917532 SGO917532:SGP917532 SQK917532:SQL917532 TAG917532:TAH917532 TKC917532:TKD917532 TTY917532:TTZ917532 UDU917532:UDV917532 UNQ917532:UNR917532 UXM917532:UXN917532 VHI917532:VHJ917532 VRE917532:VRF917532 WBA917532:WBB917532 WKW917532:WKX917532 WUS917532:WUT917532 E983068:F983068 IG983068:IH983068 SC983068:SD983068 ABY983068:ABZ983068 ALU983068:ALV983068 AVQ983068:AVR983068 BFM983068:BFN983068 BPI983068:BPJ983068 BZE983068:BZF983068 CJA983068:CJB983068 CSW983068:CSX983068 DCS983068:DCT983068 DMO983068:DMP983068 DWK983068:DWL983068 EGG983068:EGH983068 EQC983068:EQD983068 EZY983068:EZZ983068 FJU983068:FJV983068 FTQ983068:FTR983068 GDM983068:GDN983068 GNI983068:GNJ983068 GXE983068:GXF983068 HHA983068:HHB983068 HQW983068:HQX983068 IAS983068:IAT983068 IKO983068:IKP983068 IUK983068:IUL983068 JEG983068:JEH983068 JOC983068:JOD983068 JXY983068:JXZ983068 KHU983068:KHV983068 KRQ983068:KRR983068 LBM983068:LBN983068 LLI983068:LLJ983068 LVE983068:LVF983068 MFA983068:MFB983068 MOW983068:MOX983068 MYS983068:MYT983068 NIO983068:NIP983068 NSK983068:NSL983068 OCG983068:OCH983068 OMC983068:OMD983068 OVY983068:OVZ983068 PFU983068:PFV983068 PPQ983068:PPR983068 PZM983068:PZN983068 QJI983068:QJJ983068 QTE983068:QTF983068 RDA983068:RDB983068 RMW983068:RMX983068 RWS983068:RWT983068 SGO983068:SGP983068 SQK983068:SQL983068 TAG983068:TAH983068 TKC983068:TKD983068 TTY983068:TTZ983068 UDU983068:UDV983068 UNQ983068:UNR983068 UXM983068:UXN983068 VHI983068:VHJ983068 VRE983068:VRF983068 WBA983068:WBB983068 WKW983068:WKX983068" xr:uid="{00000000-0002-0000-0400-000002000000}">
+      <formula1>12</formula1>
+      <formula2>12</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" errorTitle="N° de contribuable" error="Veuillez saisir les 15 chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012345" promptTitle="N° de contribuable" prompt="Veuillez saisir les 15 chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="Z3:AA3 JV3:JW3 TR3:TS3 ADN3:ADO3 ANJ3:ANK3 AXF3:AXG3 BHB3:BHC3 BQX3:BQY3 CAT3:CAU3 CKP3:CKQ3 CUL3:CUM3 DEH3:DEI3 DOD3:DOE3 DXZ3:DYA3 EHV3:EHW3 ERR3:ERS3 FBN3:FBO3 FLJ3:FLK3 FVF3:FVG3 GFB3:GFC3 GOX3:GOY3 GYT3:GYU3 HIP3:HIQ3 HSL3:HSM3 ICH3:ICI3 IMD3:IME3 IVZ3:IWA3 JFV3:JFW3 JPR3:JPS3 JZN3:JZO3 KJJ3:KJK3 KTF3:KTG3 LDB3:LDC3 LMX3:LMY3 LWT3:LWU3 MGP3:MGQ3 MQL3:MQM3 NAH3:NAI3 NKD3:NKE3 NTZ3:NUA3 ODV3:ODW3 ONR3:ONS3 OXN3:OXO3 PHJ3:PHK3 PRF3:PRG3 QBB3:QBC3 QKX3:QKY3 QUT3:QUU3 REP3:REQ3 ROL3:ROM3 RYH3:RYI3 SID3:SIE3 SRZ3:SSA3 TBV3:TBW3 TLR3:TLS3 TVN3:TVO3 UFJ3:UFK3 UPF3:UPG3 UZB3:UZC3 VIX3:VIY3 VST3:VSU3 WCP3:WCQ3 WML3:WMM3 WWH3:WWI3 Z65564:AA65564 JV65564:JW65564 TR65564:TS65564 ADN65564:ADO65564 ANJ65564:ANK65564 AXF65564:AXG65564 BHB65564:BHC65564 BQX65564:BQY65564 CAT65564:CAU65564 CKP65564:CKQ65564 CUL65564:CUM65564 DEH65564:DEI65564 DOD65564:DOE65564 DXZ65564:DYA65564 EHV65564:EHW65564 ERR65564:ERS65564 FBN65564:FBO65564 FLJ65564:FLK65564 FVF65564:FVG65564 GFB65564:GFC65564 GOX65564:GOY65564 GYT65564:GYU65564 HIP65564:HIQ65564 HSL65564:HSM65564 ICH65564:ICI65564 IMD65564:IME65564 IVZ65564:IWA65564 JFV65564:JFW65564 JPR65564:JPS65564 JZN65564:JZO65564 KJJ65564:KJK65564 KTF65564:KTG65564 LDB65564:LDC65564 LMX65564:LMY65564 LWT65564:LWU65564 MGP65564:MGQ65564 MQL65564:MQM65564 NAH65564:NAI65564 NKD65564:NKE65564 NTZ65564:NUA65564 ODV65564:ODW65564 ONR65564:ONS65564 OXN65564:OXO65564 PHJ65564:PHK65564 PRF65564:PRG65564 QBB65564:QBC65564 QKX65564:QKY65564 QUT65564:QUU65564 REP65564:REQ65564 ROL65564:ROM65564 RYH65564:RYI65564 SID65564:SIE65564 SRZ65564:SSA65564 TBV65564:TBW65564 TLR65564:TLS65564 TVN65564:TVO65564 UFJ65564:UFK65564 UPF65564:UPG65564 UZB65564:UZC65564 VIX65564:VIY65564 VST65564:VSU65564 WCP65564:WCQ65564 WML65564:WMM65564 WWH65564:WWI65564 Z131100:AA131100 JV131100:JW131100 TR131100:TS131100 ADN131100:ADO131100 ANJ131100:ANK131100 AXF131100:AXG131100 BHB131100:BHC131100 BQX131100:BQY131100 CAT131100:CAU131100 CKP131100:CKQ131100 CUL131100:CUM131100 DEH131100:DEI131100 DOD131100:DOE131100 DXZ131100:DYA131100 EHV131100:EHW131100 ERR131100:ERS131100 FBN131100:FBO131100 FLJ131100:FLK131100 FVF131100:FVG131100 GFB131100:GFC131100 GOX131100:GOY131100 GYT131100:GYU131100 HIP131100:HIQ131100 HSL131100:HSM131100 ICH131100:ICI131100 IMD131100:IME131100 IVZ131100:IWA131100 JFV131100:JFW131100 JPR131100:JPS131100 JZN131100:JZO131100 KJJ131100:KJK131100 KTF131100:KTG131100 LDB131100:LDC131100 LMX131100:LMY131100 LWT131100:LWU131100 MGP131100:MGQ131100 MQL131100:MQM131100 NAH131100:NAI131100 NKD131100:NKE131100 NTZ131100:NUA131100 ODV131100:ODW131100 ONR131100:ONS131100 OXN131100:OXO131100 PHJ131100:PHK131100 PRF131100:PRG131100 QBB131100:QBC131100 QKX131100:QKY131100 QUT131100:QUU131100 REP131100:REQ131100 ROL131100:ROM131100 RYH131100:RYI131100 SID131100:SIE131100 SRZ131100:SSA131100 TBV131100:TBW131100 TLR131100:TLS131100 TVN131100:TVO131100 UFJ131100:UFK131100 UPF131100:UPG131100 UZB131100:UZC131100 VIX131100:VIY131100 VST131100:VSU131100 WCP131100:WCQ131100 WML131100:WMM131100 WWH131100:WWI131100 Z196636:AA196636 JV196636:JW196636 TR196636:TS196636 ADN196636:ADO196636 ANJ196636:ANK196636 AXF196636:AXG196636 BHB196636:BHC196636 BQX196636:BQY196636 CAT196636:CAU196636 CKP196636:CKQ196636 CUL196636:CUM196636 DEH196636:DEI196636 DOD196636:DOE196636 DXZ196636:DYA196636 EHV196636:EHW196636 ERR196636:ERS196636 FBN196636:FBO196636 FLJ196636:FLK196636 FVF196636:FVG196636 GFB196636:GFC196636 GOX196636:GOY196636 GYT196636:GYU196636 HIP196636:HIQ196636 HSL196636:HSM196636 ICH196636:ICI196636 IMD196636:IME196636 IVZ196636:IWA196636 JFV196636:JFW196636 JPR196636:JPS196636 JZN196636:JZO196636 KJJ196636:KJK196636 KTF196636:KTG196636 LDB196636:LDC196636 LMX196636:LMY196636 LWT196636:LWU196636 MGP196636:MGQ196636 MQL196636:MQM196636 NAH196636:NAI196636 NKD196636:NKE196636 NTZ196636:NUA196636 ODV196636:ODW196636 ONR196636:ONS196636 OXN196636:OXO196636 PHJ196636:PHK196636 PRF196636:PRG196636 QBB196636:QBC196636 QKX196636:QKY196636 QUT196636:QUU196636 REP196636:REQ196636 ROL196636:ROM196636 RYH196636:RYI196636 SID196636:SIE196636 SRZ196636:SSA196636 TBV196636:TBW196636 TLR196636:TLS196636 TVN196636:TVO196636 UFJ196636:UFK196636 UPF196636:UPG196636 UZB196636:UZC196636 VIX196636:VIY196636 VST196636:VSU196636 WCP196636:WCQ196636 WML196636:WMM196636 WWH196636:WWI196636 Z262172:AA262172 JV262172:JW262172 TR262172:TS262172 ADN262172:ADO262172 ANJ262172:ANK262172 AXF262172:AXG262172 BHB262172:BHC262172 BQX262172:BQY262172 CAT262172:CAU262172 CKP262172:CKQ262172 CUL262172:CUM262172 DEH262172:DEI262172 DOD262172:DOE262172 DXZ262172:DYA262172 EHV262172:EHW262172 ERR262172:ERS262172 FBN262172:FBO262172 FLJ262172:FLK262172 FVF262172:FVG262172 GFB262172:GFC262172 GOX262172:GOY262172 GYT262172:GYU262172 HIP262172:HIQ262172 HSL262172:HSM262172 ICH262172:ICI262172 IMD262172:IME262172 IVZ262172:IWA262172 JFV262172:JFW262172 JPR262172:JPS262172 JZN262172:JZO262172 KJJ262172:KJK262172 KTF262172:KTG262172 LDB262172:LDC262172 LMX262172:LMY262172 LWT262172:LWU262172 MGP262172:MGQ262172 MQL262172:MQM262172 NAH262172:NAI262172 NKD262172:NKE262172 NTZ262172:NUA262172 ODV262172:ODW262172 ONR262172:ONS262172 OXN262172:OXO262172 PHJ262172:PHK262172 PRF262172:PRG262172 QBB262172:QBC262172 QKX262172:QKY262172 QUT262172:QUU262172 REP262172:REQ262172 ROL262172:ROM262172 RYH262172:RYI262172 SID262172:SIE262172 SRZ262172:SSA262172 TBV262172:TBW262172 TLR262172:TLS262172 TVN262172:TVO262172 UFJ262172:UFK262172 UPF262172:UPG262172 UZB262172:UZC262172 VIX262172:VIY262172 VST262172:VSU262172 WCP262172:WCQ262172 WML262172:WMM262172 WWH262172:WWI262172 Z327708:AA327708 JV327708:JW327708 TR327708:TS327708 ADN327708:ADO327708 ANJ327708:ANK327708 AXF327708:AXG327708 BHB327708:BHC327708 BQX327708:BQY327708 CAT327708:CAU327708 CKP327708:CKQ327708 CUL327708:CUM327708 DEH327708:DEI327708 DOD327708:DOE327708 DXZ327708:DYA327708 EHV327708:EHW327708 ERR327708:ERS327708 FBN327708:FBO327708 FLJ327708:FLK327708 FVF327708:FVG327708 GFB327708:GFC327708 GOX327708:GOY327708 GYT327708:GYU327708 HIP327708:HIQ327708 HSL327708:HSM327708 ICH327708:ICI327708 IMD327708:IME327708 IVZ327708:IWA327708 JFV327708:JFW327708 JPR327708:JPS327708 JZN327708:JZO327708 KJJ327708:KJK327708 KTF327708:KTG327708 LDB327708:LDC327708 LMX327708:LMY327708 LWT327708:LWU327708 MGP327708:MGQ327708 MQL327708:MQM327708 NAH327708:NAI327708 NKD327708:NKE327708 NTZ327708:NUA327708 ODV327708:ODW327708 ONR327708:ONS327708 OXN327708:OXO327708 PHJ327708:PHK327708 PRF327708:PRG327708 QBB327708:QBC327708 QKX327708:QKY327708 QUT327708:QUU327708 REP327708:REQ327708 ROL327708:ROM327708 RYH327708:RYI327708 SID327708:SIE327708 SRZ327708:SSA327708 TBV327708:TBW327708 TLR327708:TLS327708 TVN327708:TVO327708 UFJ327708:UFK327708 UPF327708:UPG327708 UZB327708:UZC327708 VIX327708:VIY327708 VST327708:VSU327708 WCP327708:WCQ327708 WML327708:WMM327708 WWH327708:WWI327708 Z393244:AA393244 JV393244:JW393244 TR393244:TS393244 ADN393244:ADO393244 ANJ393244:ANK393244 AXF393244:AXG393244 BHB393244:BHC393244 BQX393244:BQY393244 CAT393244:CAU393244 CKP393244:CKQ393244 CUL393244:CUM393244 DEH393244:DEI393244 DOD393244:DOE393244 DXZ393244:DYA393244 EHV393244:EHW393244 ERR393244:ERS393244 FBN393244:FBO393244 FLJ393244:FLK393244 FVF393244:FVG393244 GFB393244:GFC393244 GOX393244:GOY393244 GYT393244:GYU393244 HIP393244:HIQ393244 HSL393244:HSM393244 ICH393244:ICI393244 IMD393244:IME393244 IVZ393244:IWA393244 JFV393244:JFW393244 JPR393244:JPS393244 JZN393244:JZO393244 KJJ393244:KJK393244 KTF393244:KTG393244 LDB393244:LDC393244 LMX393244:LMY393244 LWT393244:LWU393244 MGP393244:MGQ393244 MQL393244:MQM393244 NAH393244:NAI393244 NKD393244:NKE393244 NTZ393244:NUA393244 ODV393244:ODW393244 ONR393244:ONS393244 OXN393244:OXO393244 PHJ393244:PHK393244 PRF393244:PRG393244 QBB393244:QBC393244 QKX393244:QKY393244 QUT393244:QUU393244 REP393244:REQ393244 ROL393244:ROM393244 RYH393244:RYI393244 SID393244:SIE393244 SRZ393244:SSA393244 TBV393244:TBW393244 TLR393244:TLS393244 TVN393244:TVO393244 UFJ393244:UFK393244 UPF393244:UPG393244 UZB393244:UZC393244 VIX393244:VIY393244 VST393244:VSU393244 WCP393244:WCQ393244 WML393244:WMM393244 WWH393244:WWI393244 Z458780:AA458780 JV458780:JW458780 TR458780:TS458780 ADN458780:ADO458780 ANJ458780:ANK458780 AXF458780:AXG458780 BHB458780:BHC458780 BQX458780:BQY458780 CAT458780:CAU458780 CKP458780:CKQ458780 CUL458780:CUM458780 DEH458780:DEI458780 DOD458780:DOE458780 DXZ458780:DYA458780 EHV458780:EHW458780 ERR458780:ERS458780 FBN458780:FBO458780 FLJ458780:FLK458780 FVF458780:FVG458780 GFB458780:GFC458780 GOX458780:GOY458780 GYT458780:GYU458780 HIP458780:HIQ458780 HSL458780:HSM458780 ICH458780:ICI458780 IMD458780:IME458780 IVZ458780:IWA458780 JFV458780:JFW458780 JPR458780:JPS458780 JZN458780:JZO458780 KJJ458780:KJK458780 KTF458780:KTG458780 LDB458780:LDC458780 LMX458780:LMY458780 LWT458780:LWU458780 MGP458780:MGQ458780 MQL458780:MQM458780 NAH458780:NAI458780 NKD458780:NKE458780 NTZ458780:NUA458780 ODV458780:ODW458780 ONR458780:ONS458780 OXN458780:OXO458780 PHJ458780:PHK458780 PRF458780:PRG458780 QBB458780:QBC458780 QKX458780:QKY458780 QUT458780:QUU458780 REP458780:REQ458780 ROL458780:ROM458780 RYH458780:RYI458780 SID458780:SIE458780 SRZ458780:SSA458780 TBV458780:TBW458780 TLR458780:TLS458780 TVN458780:TVO458780 UFJ458780:UFK458780 UPF458780:UPG458780 UZB458780:UZC458780 VIX458780:VIY458780 VST458780:VSU458780 WCP458780:WCQ458780 WML458780:WMM458780 WWH458780:WWI458780 Z524316:AA524316 JV524316:JW524316 TR524316:TS524316 ADN524316:ADO524316 ANJ524316:ANK524316 AXF524316:AXG524316 BHB524316:BHC524316 BQX524316:BQY524316 CAT524316:CAU524316 CKP524316:CKQ524316 CUL524316:CUM524316 DEH524316:DEI524316 DOD524316:DOE524316 DXZ524316:DYA524316 EHV524316:EHW524316 ERR524316:ERS524316 FBN524316:FBO524316 FLJ524316:FLK524316 FVF524316:FVG524316 GFB524316:GFC524316 GOX524316:GOY524316 GYT524316:GYU524316 HIP524316:HIQ524316 HSL524316:HSM524316 ICH524316:ICI524316 IMD524316:IME524316 IVZ524316:IWA524316 JFV524316:JFW524316 JPR524316:JPS524316 JZN524316:JZO524316 KJJ524316:KJK524316 KTF524316:KTG524316 LDB524316:LDC524316 LMX524316:LMY524316 LWT524316:LWU524316 MGP524316:MGQ524316 MQL524316:MQM524316 NAH524316:NAI524316 NKD524316:NKE524316 NTZ524316:NUA524316 ODV524316:ODW524316 ONR524316:ONS524316 OXN524316:OXO524316 PHJ524316:PHK524316 PRF524316:PRG524316 QBB524316:QBC524316 QKX524316:QKY524316 QUT524316:QUU524316 REP524316:REQ524316 ROL524316:ROM524316 RYH524316:RYI524316 SID524316:SIE524316 SRZ524316:SSA524316 TBV524316:TBW524316 TLR524316:TLS524316 TVN524316:TVO524316 UFJ524316:UFK524316 UPF524316:UPG524316 UZB524316:UZC524316 VIX524316:VIY524316 VST524316:VSU524316 WCP524316:WCQ524316 WML524316:WMM524316 WWH524316:WWI524316 Z589852:AA589852 JV589852:JW589852 TR589852:TS589852 ADN589852:ADO589852 ANJ589852:ANK589852 AXF589852:AXG589852 BHB589852:BHC589852 BQX589852:BQY589852 CAT589852:CAU589852 CKP589852:CKQ589852 CUL589852:CUM589852 DEH589852:DEI589852 DOD589852:DOE589852 DXZ589852:DYA589852 EHV589852:EHW589852 ERR589852:ERS589852 FBN589852:FBO589852 FLJ589852:FLK589852 FVF589852:FVG589852 GFB589852:GFC589852 GOX589852:GOY589852 GYT589852:GYU589852 HIP589852:HIQ589852 HSL589852:HSM589852 ICH589852:ICI589852 IMD589852:IME589852 IVZ589852:IWA589852 JFV589852:JFW589852 JPR589852:JPS589852 JZN589852:JZO589852 KJJ589852:KJK589852 KTF589852:KTG589852 LDB589852:LDC589852 LMX589852:LMY589852 LWT589852:LWU589852 MGP589852:MGQ589852 MQL589852:MQM589852 NAH589852:NAI589852 NKD589852:NKE589852 NTZ589852:NUA589852 ODV589852:ODW589852 ONR589852:ONS589852 OXN589852:OXO589852 PHJ589852:PHK589852 PRF589852:PRG589852 QBB589852:QBC589852 QKX589852:QKY589852 QUT589852:QUU589852 REP589852:REQ589852 ROL589852:ROM589852 RYH589852:RYI589852 SID589852:SIE589852 SRZ589852:SSA589852 TBV589852:TBW589852 TLR589852:TLS589852 TVN589852:TVO589852 UFJ589852:UFK589852 UPF589852:UPG589852 UZB589852:UZC589852 VIX589852:VIY589852 VST589852:VSU589852 WCP589852:WCQ589852 WML589852:WMM589852 WWH589852:WWI589852 Z655388:AA655388 JV655388:JW655388 TR655388:TS655388 ADN655388:ADO655388 ANJ655388:ANK655388 AXF655388:AXG655388 BHB655388:BHC655388 BQX655388:BQY655388 CAT655388:CAU655388 CKP655388:CKQ655388 CUL655388:CUM655388 DEH655388:DEI655388 DOD655388:DOE655388 DXZ655388:DYA655388 EHV655388:EHW655388 ERR655388:ERS655388 FBN655388:FBO655388 FLJ655388:FLK655388 FVF655388:FVG655388 GFB655388:GFC655388 GOX655388:GOY655388 GYT655388:GYU655388 HIP655388:HIQ655388 HSL655388:HSM655388 ICH655388:ICI655388 IMD655388:IME655388 IVZ655388:IWA655388 JFV655388:JFW655388 JPR655388:JPS655388 JZN655388:JZO655388 KJJ655388:KJK655388 KTF655388:KTG655388 LDB655388:LDC655388 LMX655388:LMY655388 LWT655388:LWU655388 MGP655388:MGQ655388 MQL655388:MQM655388 NAH655388:NAI655388 NKD655388:NKE655388 NTZ655388:NUA655388 ODV655388:ODW655388 ONR655388:ONS655388 OXN655388:OXO655388 PHJ655388:PHK655388 PRF655388:PRG655388 QBB655388:QBC655388 QKX655388:QKY655388 QUT655388:QUU655388 REP655388:REQ655388 ROL655388:ROM655388 RYH655388:RYI655388 SID655388:SIE655388 SRZ655388:SSA655388 TBV655388:TBW655388 TLR655388:TLS655388 TVN655388:TVO655388 UFJ655388:UFK655388 UPF655388:UPG655388 UZB655388:UZC655388 VIX655388:VIY655388 VST655388:VSU655388 WCP655388:WCQ655388 WML655388:WMM655388 WWH655388:WWI655388 Z720924:AA720924 JV720924:JW720924 TR720924:TS720924 ADN720924:ADO720924 ANJ720924:ANK720924 AXF720924:AXG720924 BHB720924:BHC720924 BQX720924:BQY720924 CAT720924:CAU720924 CKP720924:CKQ720924 CUL720924:CUM720924 DEH720924:DEI720924 DOD720924:DOE720924 DXZ720924:DYA720924 EHV720924:EHW720924 ERR720924:ERS720924 FBN720924:FBO720924 FLJ720924:FLK720924 FVF720924:FVG720924 GFB720924:GFC720924 GOX720924:GOY720924 GYT720924:GYU720924 HIP720924:HIQ720924 HSL720924:HSM720924 ICH720924:ICI720924 IMD720924:IME720924 IVZ720924:IWA720924 JFV720924:JFW720924 JPR720924:JPS720924 JZN720924:JZO720924 KJJ720924:KJK720924 KTF720924:KTG720924 LDB720924:LDC720924 LMX720924:LMY720924 LWT720924:LWU720924 MGP720924:MGQ720924 MQL720924:MQM720924 NAH720924:NAI720924 NKD720924:NKE720924 NTZ720924:NUA720924 ODV720924:ODW720924 ONR720924:ONS720924 OXN720924:OXO720924 PHJ720924:PHK720924 PRF720924:PRG720924 QBB720924:QBC720924 QKX720924:QKY720924 QUT720924:QUU720924 REP720924:REQ720924 ROL720924:ROM720924 RYH720924:RYI720924 SID720924:SIE720924 SRZ720924:SSA720924 TBV720924:TBW720924 TLR720924:TLS720924 TVN720924:TVO720924 UFJ720924:UFK720924 UPF720924:UPG720924 UZB720924:UZC720924 VIX720924:VIY720924 VST720924:VSU720924 WCP720924:WCQ720924 WML720924:WMM720924 WWH720924:WWI720924 Z786460:AA786460 JV786460:JW786460 TR786460:TS786460 ADN786460:ADO786460 ANJ786460:ANK786460 AXF786460:AXG786460 BHB786460:BHC786460 BQX786460:BQY786460 CAT786460:CAU786460 CKP786460:CKQ786460 CUL786460:CUM786460 DEH786460:DEI786460 DOD786460:DOE786460 DXZ786460:DYA786460 EHV786460:EHW786460 ERR786460:ERS786460 FBN786460:FBO786460 FLJ786460:FLK786460 FVF786460:FVG786460 GFB786460:GFC786460 GOX786460:GOY786460 GYT786460:GYU786460 HIP786460:HIQ786460 HSL786460:HSM786460 ICH786460:ICI786460 IMD786460:IME786460 IVZ786460:IWA786460 JFV786460:JFW786460 JPR786460:JPS786460 JZN786460:JZO786460 KJJ786460:KJK786460 KTF786460:KTG786460 LDB786460:LDC786460 LMX786460:LMY786460 LWT786460:LWU786460 MGP786460:MGQ786460 MQL786460:MQM786460 NAH786460:NAI786460 NKD786460:NKE786460 NTZ786460:NUA786460 ODV786460:ODW786460 ONR786460:ONS786460 OXN786460:OXO786460 PHJ786460:PHK786460 PRF786460:PRG786460 QBB786460:QBC786460 QKX786460:QKY786460 QUT786460:QUU786460 REP786460:REQ786460 ROL786460:ROM786460 RYH786460:RYI786460 SID786460:SIE786460 SRZ786460:SSA786460 TBV786460:TBW786460 TLR786460:TLS786460 TVN786460:TVO786460 UFJ786460:UFK786460 UPF786460:UPG786460 UZB786460:UZC786460 VIX786460:VIY786460 VST786460:VSU786460 WCP786460:WCQ786460 WML786460:WMM786460 WWH786460:WWI786460 Z851996:AA851996 JV851996:JW851996 TR851996:TS851996 ADN851996:ADO851996 ANJ851996:ANK851996 AXF851996:AXG851996 BHB851996:BHC851996 BQX851996:BQY851996 CAT851996:CAU851996 CKP851996:CKQ851996 CUL851996:CUM851996 DEH851996:DEI851996 DOD851996:DOE851996 DXZ851996:DYA851996 EHV851996:EHW851996 ERR851996:ERS851996 FBN851996:FBO851996 FLJ851996:FLK851996 FVF851996:FVG851996 GFB851996:GFC851996 GOX851996:GOY851996 GYT851996:GYU851996 HIP851996:HIQ851996 HSL851996:HSM851996 ICH851996:ICI851996 IMD851996:IME851996 IVZ851996:IWA851996 JFV851996:JFW851996 JPR851996:JPS851996 JZN851996:JZO851996 KJJ851996:KJK851996 KTF851996:KTG851996 LDB851996:LDC851996 LMX851996:LMY851996 LWT851996:LWU851996 MGP851996:MGQ851996 MQL851996:MQM851996 NAH851996:NAI851996 NKD851996:NKE851996 NTZ851996:NUA851996 ODV851996:ODW851996 ONR851996:ONS851996 OXN851996:OXO851996 PHJ851996:PHK851996 PRF851996:PRG851996 QBB851996:QBC851996 QKX851996:QKY851996 QUT851996:QUU851996 REP851996:REQ851996 ROL851996:ROM851996 RYH851996:RYI851996 SID851996:SIE851996 SRZ851996:SSA851996 TBV851996:TBW851996 TLR851996:TLS851996 TVN851996:TVO851996 UFJ851996:UFK851996 UPF851996:UPG851996 UZB851996:UZC851996 VIX851996:VIY851996 VST851996:VSU851996 WCP851996:WCQ851996 WML851996:WMM851996 WWH851996:WWI851996 Z917532:AA917532 JV917532:JW917532 TR917532:TS917532 ADN917532:ADO917532 ANJ917532:ANK917532 AXF917532:AXG917532 BHB917532:BHC917532 BQX917532:BQY917532 CAT917532:CAU917532 CKP917532:CKQ917532 CUL917532:CUM917532 DEH917532:DEI917532 DOD917532:DOE917532 DXZ917532:DYA917532 EHV917532:EHW917532 ERR917532:ERS917532 FBN917532:FBO917532 FLJ917532:FLK917532 FVF917532:FVG917532 GFB917532:GFC917532 GOX917532:GOY917532 GYT917532:GYU917532 HIP917532:HIQ917532 HSL917532:HSM917532 ICH917532:ICI917532 IMD917532:IME917532 IVZ917532:IWA917532 JFV917532:JFW917532 JPR917532:JPS917532 JZN917532:JZO917532 KJJ917532:KJK917532 KTF917532:KTG917532 LDB917532:LDC917532 LMX917532:LMY917532 LWT917532:LWU917532 MGP917532:MGQ917532 MQL917532:MQM917532 NAH917532:NAI917532 NKD917532:NKE917532 NTZ917532:NUA917532 ODV917532:ODW917532 ONR917532:ONS917532 OXN917532:OXO917532 PHJ917532:PHK917532 PRF917532:PRG917532 QBB917532:QBC917532 QKX917532:QKY917532 QUT917532:QUU917532 REP917532:REQ917532 ROL917532:ROM917532 RYH917532:RYI917532 SID917532:SIE917532 SRZ917532:SSA917532 TBV917532:TBW917532 TLR917532:TLS917532 TVN917532:TVO917532 UFJ917532:UFK917532 UPF917532:UPG917532 UZB917532:UZC917532 VIX917532:VIY917532 VST917532:VSU917532 WCP917532:WCQ917532 WML917532:WMM917532 WWH917532:WWI917532 Z983068:AA983068 JV983068:JW983068 TR983068:TS983068 ADN983068:ADO983068 ANJ983068:ANK983068 AXF983068:AXG983068 BHB983068:BHC983068 BQX983068:BQY983068 CAT983068:CAU983068 CKP983068:CKQ983068 CUL983068:CUM983068 DEH983068:DEI983068 DOD983068:DOE983068 DXZ983068:DYA983068 EHV983068:EHW983068 ERR983068:ERS983068 FBN983068:FBO983068 FLJ983068:FLK983068 FVF983068:FVG983068 GFB983068:GFC983068 GOX983068:GOY983068 GYT983068:GYU983068 HIP983068:HIQ983068 HSL983068:HSM983068 ICH983068:ICI983068 IMD983068:IME983068 IVZ983068:IWA983068 JFV983068:JFW983068 JPR983068:JPS983068 JZN983068:JZO983068 KJJ983068:KJK983068 KTF983068:KTG983068 LDB983068:LDC983068 LMX983068:LMY983068 LWT983068:LWU983068 MGP983068:MGQ983068 MQL983068:MQM983068 NAH983068:NAI983068 NKD983068:NKE983068 NTZ983068:NUA983068 ODV983068:ODW983068 ONR983068:ONS983068 OXN983068:OXO983068 PHJ983068:PHK983068 PRF983068:PRG983068 QBB983068:QBC983068 QKX983068:QKY983068 QUT983068:QUU983068 REP983068:REQ983068 ROL983068:ROM983068 RYH983068:RYI983068 SID983068:SIE983068 SRZ983068:SSA983068 TBV983068:TBW983068 TLR983068:TLS983068 TVN983068:TVO983068 UFJ983068:UFK983068 UPF983068:UPG983068 UZB983068:UZC983068 VIX983068:VIY983068 VST983068:VSU983068 WCP983068:WCQ983068 WML983068:WMM983068 WWH983068:WWI983068 AR3:AS3 KN3:KO3 UJ3:UK3 AEF3:AEG3 AOB3:AOC3 AXX3:AXY3 BHT3:BHU3 BRP3:BRQ3 CBL3:CBM3 CLH3:CLI3 CVD3:CVE3 DEZ3:DFA3 DOV3:DOW3 DYR3:DYS3 EIN3:EIO3 ESJ3:ESK3 FCF3:FCG3 FMB3:FMC3 FVX3:FVY3 GFT3:GFU3 GPP3:GPQ3 GZL3:GZM3 HJH3:HJI3 HTD3:HTE3 ICZ3:IDA3 IMV3:IMW3 IWR3:IWS3 JGN3:JGO3 JQJ3:JQK3 KAF3:KAG3 KKB3:KKC3 KTX3:KTY3 LDT3:LDU3 LNP3:LNQ3 LXL3:LXM3 MHH3:MHI3 MRD3:MRE3 NAZ3:NBA3 NKV3:NKW3 NUR3:NUS3 OEN3:OEO3 OOJ3:OOK3 OYF3:OYG3 PIB3:PIC3 PRX3:PRY3 QBT3:QBU3 QLP3:QLQ3 QVL3:QVM3 RFH3:RFI3 RPD3:RPE3 RYZ3:RZA3 SIV3:SIW3 SSR3:SSS3 TCN3:TCO3 TMJ3:TMK3 TWF3:TWG3 UGB3:UGC3 UPX3:UPY3 UZT3:UZU3 VJP3:VJQ3 VTL3:VTM3 WDH3:WDI3 WND3:WNE3 WWZ3:WXA3 AR65564:AS65564 KN65564:KO65564 UJ65564:UK65564 AEF65564:AEG65564 AOB65564:AOC65564 AXX65564:AXY65564 BHT65564:BHU65564 BRP65564:BRQ65564 CBL65564:CBM65564 CLH65564:CLI65564 CVD65564:CVE65564 DEZ65564:DFA65564 DOV65564:DOW65564 DYR65564:DYS65564 EIN65564:EIO65564 ESJ65564:ESK65564 FCF65564:FCG65564 FMB65564:FMC65564 FVX65564:FVY65564 GFT65564:GFU65564 GPP65564:GPQ65564 GZL65564:GZM65564 HJH65564:HJI65564 HTD65564:HTE65564 ICZ65564:IDA65564 IMV65564:IMW65564 IWR65564:IWS65564 JGN65564:JGO65564 JQJ65564:JQK65564 KAF65564:KAG65564 KKB65564:KKC65564 KTX65564:KTY65564 LDT65564:LDU65564 LNP65564:LNQ65564 LXL65564:LXM65564 MHH65564:MHI65564 MRD65564:MRE65564 NAZ65564:NBA65564 NKV65564:NKW65564 NUR65564:NUS65564 OEN65564:OEO65564 OOJ65564:OOK65564 OYF65564:OYG65564 PIB65564:PIC65564 PRX65564:PRY65564 QBT65564:QBU65564 QLP65564:QLQ65564 QVL65564:QVM65564 RFH65564:RFI65564 RPD65564:RPE65564 RYZ65564:RZA65564 SIV65564:SIW65564 SSR65564:SSS65564 TCN65564:TCO65564 TMJ65564:TMK65564 TWF65564:TWG65564 UGB65564:UGC65564 UPX65564:UPY65564 UZT65564:UZU65564 VJP65564:VJQ65564 VTL65564:VTM65564 WDH65564:WDI65564 WND65564:WNE65564 WWZ65564:WXA65564 AR131100:AS131100 KN131100:KO131100 UJ131100:UK131100 AEF131100:AEG131100 AOB131100:AOC131100 AXX131100:AXY131100 BHT131100:BHU131100 BRP131100:BRQ131100 CBL131100:CBM131100 CLH131100:CLI131100 CVD131100:CVE131100 DEZ131100:DFA131100 DOV131100:DOW131100 DYR131100:DYS131100 EIN131100:EIO131100 ESJ131100:ESK131100 FCF131100:FCG131100 FMB131100:FMC131100 FVX131100:FVY131100 GFT131100:GFU131100 GPP131100:GPQ131100 GZL131100:GZM131100 HJH131100:HJI131100 HTD131100:HTE131100 ICZ131100:IDA131100 IMV131100:IMW131100 IWR131100:IWS131100 JGN131100:JGO131100 JQJ131100:JQK131100 KAF131100:KAG131100 KKB131100:KKC131100 KTX131100:KTY131100 LDT131100:LDU131100 LNP131100:LNQ131100 LXL131100:LXM131100 MHH131100:MHI131100 MRD131100:MRE131100 NAZ131100:NBA131100 NKV131100:NKW131100 NUR131100:NUS131100 OEN131100:OEO131100 OOJ131100:OOK131100 OYF131100:OYG131100 PIB131100:PIC131100 PRX131100:PRY131100 QBT131100:QBU131100 QLP131100:QLQ131100 QVL131100:QVM131100 RFH131100:RFI131100 RPD131100:RPE131100 RYZ131100:RZA131100 SIV131100:SIW131100 SSR131100:SSS131100 TCN131100:TCO131100 TMJ131100:TMK131100 TWF131100:TWG131100 UGB131100:UGC131100 UPX131100:UPY131100 UZT131100:UZU131100 VJP131100:VJQ131100 VTL131100:VTM131100 WDH131100:WDI131100 WND131100:WNE131100 WWZ131100:WXA131100 AR196636:AS196636 KN196636:KO196636 UJ196636:UK196636 AEF196636:AEG196636 AOB196636:AOC196636 AXX196636:AXY196636 BHT196636:BHU196636 BRP196636:BRQ196636 CBL196636:CBM196636 CLH196636:CLI196636 CVD196636:CVE196636 DEZ196636:DFA196636 DOV196636:DOW196636 DYR196636:DYS196636 EIN196636:EIO196636 ESJ196636:ESK196636 FCF196636:FCG196636 FMB196636:FMC196636 FVX196636:FVY196636 GFT196636:GFU196636 GPP196636:GPQ196636 GZL196636:GZM196636 HJH196636:HJI196636 HTD196636:HTE196636 ICZ196636:IDA196636 IMV196636:IMW196636 IWR196636:IWS196636 JGN196636:JGO196636 JQJ196636:JQK196636 KAF196636:KAG196636 KKB196636:KKC196636 KTX196636:KTY196636 LDT196636:LDU196636 LNP196636:LNQ196636 LXL196636:LXM196636 MHH196636:MHI196636 MRD196636:MRE196636 NAZ196636:NBA196636 NKV196636:NKW196636 NUR196636:NUS196636 OEN196636:OEO196636 OOJ196636:OOK196636 OYF196636:OYG196636 PIB196636:PIC196636 PRX196636:PRY196636 QBT196636:QBU196636 QLP196636:QLQ196636 QVL196636:QVM196636 RFH196636:RFI196636 RPD196636:RPE196636 RYZ196636:RZA196636 SIV196636:SIW196636 SSR196636:SSS196636 TCN196636:TCO196636 TMJ196636:TMK196636 TWF196636:TWG196636 UGB196636:UGC196636 UPX196636:UPY196636 UZT196636:UZU196636 VJP196636:VJQ196636 VTL196636:VTM196636 WDH196636:WDI196636 WND196636:WNE196636 WWZ196636:WXA196636 AR262172:AS262172 KN262172:KO262172 UJ262172:UK262172 AEF262172:AEG262172 AOB262172:AOC262172 AXX262172:AXY262172 BHT262172:BHU262172 BRP262172:BRQ262172 CBL262172:CBM262172 CLH262172:CLI262172 CVD262172:CVE262172 DEZ262172:DFA262172 DOV262172:DOW262172 DYR262172:DYS262172 EIN262172:EIO262172 ESJ262172:ESK262172 FCF262172:FCG262172 FMB262172:FMC262172 FVX262172:FVY262172 GFT262172:GFU262172 GPP262172:GPQ262172 GZL262172:GZM262172 HJH262172:HJI262172 HTD262172:HTE262172 ICZ262172:IDA262172 IMV262172:IMW262172 IWR262172:IWS262172 JGN262172:JGO262172 JQJ262172:JQK262172 KAF262172:KAG262172 KKB262172:KKC262172 KTX262172:KTY262172 LDT262172:LDU262172 LNP262172:LNQ262172 LXL262172:LXM262172 MHH262172:MHI262172 MRD262172:MRE262172 NAZ262172:NBA262172 NKV262172:NKW262172 NUR262172:NUS262172 OEN262172:OEO262172 OOJ262172:OOK262172 OYF262172:OYG262172 PIB262172:PIC262172 PRX262172:PRY262172 QBT262172:QBU262172 QLP262172:QLQ262172 QVL262172:QVM262172 RFH262172:RFI262172 RPD262172:RPE262172 RYZ262172:RZA262172 SIV262172:SIW262172 SSR262172:SSS262172 TCN262172:TCO262172 TMJ262172:TMK262172 TWF262172:TWG262172 UGB262172:UGC262172 UPX262172:UPY262172 UZT262172:UZU262172 VJP262172:VJQ262172 VTL262172:VTM262172 WDH262172:WDI262172 WND262172:WNE262172 WWZ262172:WXA262172 AR327708:AS327708 KN327708:KO327708 UJ327708:UK327708 AEF327708:AEG327708 AOB327708:AOC327708 AXX327708:AXY327708 BHT327708:BHU327708 BRP327708:BRQ327708 CBL327708:CBM327708 CLH327708:CLI327708 CVD327708:CVE327708 DEZ327708:DFA327708 DOV327708:DOW327708 DYR327708:DYS327708 EIN327708:EIO327708 ESJ327708:ESK327708 FCF327708:FCG327708 FMB327708:FMC327708 FVX327708:FVY327708 GFT327708:GFU327708 GPP327708:GPQ327708 GZL327708:GZM327708 HJH327708:HJI327708 HTD327708:HTE327708 ICZ327708:IDA327708 IMV327708:IMW327708 IWR327708:IWS327708 JGN327708:JGO327708 JQJ327708:JQK327708 KAF327708:KAG327708 KKB327708:KKC327708 KTX327708:KTY327708 LDT327708:LDU327708 LNP327708:LNQ327708 LXL327708:LXM327708 MHH327708:MHI327708 MRD327708:MRE327708 NAZ327708:NBA327708 NKV327708:NKW327708 NUR327708:NUS327708 OEN327708:OEO327708 OOJ327708:OOK327708 OYF327708:OYG327708 PIB327708:PIC327708 PRX327708:PRY327708 QBT327708:QBU327708 QLP327708:QLQ327708 QVL327708:QVM327708 RFH327708:RFI327708 RPD327708:RPE327708 RYZ327708:RZA327708 SIV327708:SIW327708 SSR327708:SSS327708 TCN327708:TCO327708 TMJ327708:TMK327708 TWF327708:TWG327708 UGB327708:UGC327708 UPX327708:UPY327708 UZT327708:UZU327708 VJP327708:VJQ327708 VTL327708:VTM327708 WDH327708:WDI327708 WND327708:WNE327708 WWZ327708:WXA327708 AR393244:AS393244 KN393244:KO393244 UJ393244:UK393244 AEF393244:AEG393244 AOB393244:AOC393244 AXX393244:AXY393244 BHT393244:BHU393244 BRP393244:BRQ393244 CBL393244:CBM393244 CLH393244:CLI393244 CVD393244:CVE393244 DEZ393244:DFA393244 DOV393244:DOW393244 DYR393244:DYS393244 EIN393244:EIO393244 ESJ393244:ESK393244 FCF393244:FCG393244 FMB393244:FMC393244 FVX393244:FVY393244 GFT393244:GFU393244 GPP393244:GPQ393244 GZL393244:GZM393244 HJH393244:HJI393244 HTD393244:HTE393244 ICZ393244:IDA393244 IMV393244:IMW393244 IWR393244:IWS393244 JGN393244:JGO393244 JQJ393244:JQK393244 KAF393244:KAG393244 KKB393244:KKC393244 KTX393244:KTY393244 LDT393244:LDU393244 LNP393244:LNQ393244 LXL393244:LXM393244 MHH393244:MHI393244 MRD393244:MRE393244 NAZ393244:NBA393244 NKV393244:NKW393244 NUR393244:NUS393244 OEN393244:OEO393244 OOJ393244:OOK393244 OYF393244:OYG393244 PIB393244:PIC393244 PRX393244:PRY393244 QBT393244:QBU393244 QLP393244:QLQ393244 QVL393244:QVM393244 RFH393244:RFI393244 RPD393244:RPE393244 RYZ393244:RZA393244 SIV393244:SIW393244 SSR393244:SSS393244 TCN393244:TCO393244 TMJ393244:TMK393244 TWF393244:TWG393244 UGB393244:UGC393244 UPX393244:UPY393244 UZT393244:UZU393244 VJP393244:VJQ393244 VTL393244:VTM393244 WDH393244:WDI393244 WND393244:WNE393244 WWZ393244:WXA393244 AR458780:AS458780 KN458780:KO458780 UJ458780:UK458780 AEF458780:AEG458780 AOB458780:AOC458780 AXX458780:AXY458780 BHT458780:BHU458780 BRP458780:BRQ458780 CBL458780:CBM458780 CLH458780:CLI458780 CVD458780:CVE458780 DEZ458780:DFA458780 DOV458780:DOW458780 DYR458780:DYS458780 EIN458780:EIO458780 ESJ458780:ESK458780 FCF458780:FCG458780 FMB458780:FMC458780 FVX458780:FVY458780 GFT458780:GFU458780 GPP458780:GPQ458780 GZL458780:GZM458780 HJH458780:HJI458780 HTD458780:HTE458780 ICZ458780:IDA458780 IMV458780:IMW458780 IWR458780:IWS458780 JGN458780:JGO458780 JQJ458780:JQK458780 KAF458780:KAG458780 KKB458780:KKC458780 KTX458780:KTY458780 LDT458780:LDU458780 LNP458780:LNQ458780 LXL458780:LXM458780 MHH458780:MHI458780 MRD458780:MRE458780 NAZ458780:NBA458780 NKV458780:NKW458780 NUR458780:NUS458780 OEN458780:OEO458780 OOJ458780:OOK458780 OYF458780:OYG458780 PIB458780:PIC458780 PRX458780:PRY458780 QBT458780:QBU458780 QLP458780:QLQ458780 QVL458780:QVM458780 RFH458780:RFI458780 RPD458780:RPE458780 RYZ458780:RZA458780 SIV458780:SIW458780 SSR458780:SSS458780 TCN458780:TCO458780 TMJ458780:TMK458780 TWF458780:TWG458780 UGB458780:UGC458780 UPX458780:UPY458780 UZT458780:UZU458780 VJP458780:VJQ458780 VTL458780:VTM458780 WDH458780:WDI458780 WND458780:WNE458780 WWZ458780:WXA458780 AR524316:AS524316 KN524316:KO524316 UJ524316:UK524316 AEF524316:AEG524316 AOB524316:AOC524316 AXX524316:AXY524316 BHT524316:BHU524316 BRP524316:BRQ524316 CBL524316:CBM524316 CLH524316:CLI524316 CVD524316:CVE524316 DEZ524316:DFA524316 DOV524316:DOW524316 DYR524316:DYS524316 EIN524316:EIO524316 ESJ524316:ESK524316 FCF524316:FCG524316 FMB524316:FMC524316 FVX524316:FVY524316 GFT524316:GFU524316 GPP524316:GPQ524316 GZL524316:GZM524316 HJH524316:HJI524316 HTD524316:HTE524316 ICZ524316:IDA524316 IMV524316:IMW524316 IWR524316:IWS524316 JGN524316:JGO524316 JQJ524316:JQK524316 KAF524316:KAG524316 KKB524316:KKC524316 KTX524316:KTY524316 LDT524316:LDU524316 LNP524316:LNQ524316 LXL524316:LXM524316 MHH524316:MHI524316 MRD524316:MRE524316 NAZ524316:NBA524316 NKV524316:NKW524316 NUR524316:NUS524316 OEN524316:OEO524316 OOJ524316:OOK524316 OYF524316:OYG524316 PIB524316:PIC524316 PRX524316:PRY524316 QBT524316:QBU524316 QLP524316:QLQ524316 QVL524316:QVM524316 RFH524316:RFI524316 RPD524316:RPE524316 RYZ524316:RZA524316 SIV524316:SIW524316 SSR524316:SSS524316 TCN524316:TCO524316 TMJ524316:TMK524316 TWF524316:TWG524316 UGB524316:UGC524316 UPX524316:UPY524316 UZT524316:UZU524316 VJP524316:VJQ524316 VTL524316:VTM524316 WDH524316:WDI524316 WND524316:WNE524316 WWZ524316:WXA524316 AR589852:AS589852 KN589852:KO589852 UJ589852:UK589852 AEF589852:AEG589852 AOB589852:AOC589852 AXX589852:AXY589852 BHT589852:BHU589852 BRP589852:BRQ589852 CBL589852:CBM589852 CLH589852:CLI589852 CVD589852:CVE589852 DEZ589852:DFA589852 DOV589852:DOW589852 DYR589852:DYS589852 EIN589852:EIO589852 ESJ589852:ESK589852 FCF589852:FCG589852 FMB589852:FMC589852 FVX589852:FVY589852 GFT589852:GFU589852 GPP589852:GPQ589852 GZL589852:GZM589852 HJH589852:HJI589852 HTD589852:HTE589852 ICZ589852:IDA589852 IMV589852:IMW589852 IWR589852:IWS589852 JGN589852:JGO589852 JQJ589852:JQK589852 KAF589852:KAG589852 KKB589852:KKC589852 KTX589852:KTY589852 LDT589852:LDU589852 LNP589852:LNQ589852 LXL589852:LXM589852 MHH589852:MHI589852 MRD589852:MRE589852 NAZ589852:NBA589852 NKV589852:NKW589852 NUR589852:NUS589852 OEN589852:OEO589852 OOJ589852:OOK589852 OYF589852:OYG589852 PIB589852:PIC589852 PRX589852:PRY589852 QBT589852:QBU589852 QLP589852:QLQ589852 QVL589852:QVM589852 RFH589852:RFI589852 RPD589852:RPE589852 RYZ589852:RZA589852 SIV589852:SIW589852 SSR589852:SSS589852 TCN589852:TCO589852 TMJ589852:TMK589852 TWF589852:TWG589852 UGB589852:UGC589852 UPX589852:UPY589852 UZT589852:UZU589852 VJP589852:VJQ589852 VTL589852:VTM589852 WDH589852:WDI589852 WND589852:WNE589852 WWZ589852:WXA589852 AR655388:AS655388 KN655388:KO655388 UJ655388:UK655388 AEF655388:AEG655388 AOB655388:AOC655388 AXX655388:AXY655388 BHT655388:BHU655388 BRP655388:BRQ655388 CBL655388:CBM655388 CLH655388:CLI655388 CVD655388:CVE655388 DEZ655388:DFA655388 DOV655388:DOW655388 DYR655388:DYS655388 EIN655388:EIO655388 ESJ655388:ESK655388 FCF655388:FCG655388 FMB655388:FMC655388 FVX655388:FVY655388 GFT655388:GFU655388 GPP655388:GPQ655388 GZL655388:GZM655388 HJH655388:HJI655388 HTD655388:HTE655388 ICZ655388:IDA655388 IMV655388:IMW655388 IWR655388:IWS655388 JGN655388:JGO655388 JQJ655388:JQK655388 KAF655388:KAG655388 KKB655388:KKC655388 KTX655388:KTY655388 LDT655388:LDU655388 LNP655388:LNQ655388 LXL655388:LXM655388 MHH655388:MHI655388 MRD655388:MRE655388 NAZ655388:NBA655388 NKV655388:NKW655388 NUR655388:NUS655388 OEN655388:OEO655388 OOJ655388:OOK655388 OYF655388:OYG655388 PIB655388:PIC655388 PRX655388:PRY655388 QBT655388:QBU655388 QLP655388:QLQ655388 QVL655388:QVM655388 RFH655388:RFI655388 RPD655388:RPE655388 RYZ655388:RZA655388 SIV655388:SIW655388 SSR655388:SSS655388 TCN655388:TCO655388 TMJ655388:TMK655388 TWF655388:TWG655388 UGB655388:UGC655388 UPX655388:UPY655388 UZT655388:UZU655388 VJP655388:VJQ655388 VTL655388:VTM655388 WDH655388:WDI655388 WND655388:WNE655388 WWZ655388:WXA655388 AR720924:AS720924 KN720924:KO720924 UJ720924:UK720924 AEF720924:AEG720924 AOB720924:AOC720924 AXX720924:AXY720924 BHT720924:BHU720924 BRP720924:BRQ720924 CBL720924:CBM720924 CLH720924:CLI720924 CVD720924:CVE720924 DEZ720924:DFA720924 DOV720924:DOW720924 DYR720924:DYS720924 EIN720924:EIO720924 ESJ720924:ESK720924 FCF720924:FCG720924 FMB720924:FMC720924 FVX720924:FVY720924 GFT720924:GFU720924 GPP720924:GPQ720924 GZL720924:GZM720924 HJH720924:HJI720924 HTD720924:HTE720924 ICZ720924:IDA720924 IMV720924:IMW720924 IWR720924:IWS720924 JGN720924:JGO720924 JQJ720924:JQK720924 KAF720924:KAG720924 KKB720924:KKC720924 KTX720924:KTY720924 LDT720924:LDU720924 LNP720924:LNQ720924 LXL720924:LXM720924 MHH720924:MHI720924 MRD720924:MRE720924 NAZ720924:NBA720924 NKV720924:NKW720924 NUR720924:NUS720924 OEN720924:OEO720924 OOJ720924:OOK720924 OYF720924:OYG720924 PIB720924:PIC720924 PRX720924:PRY720924 QBT720924:QBU720924 QLP720924:QLQ720924 QVL720924:QVM720924 RFH720924:RFI720924 RPD720924:RPE720924 RYZ720924:RZA720924 SIV720924:SIW720924 SSR720924:SSS720924 TCN720924:TCO720924 TMJ720924:TMK720924 TWF720924:TWG720924 UGB720924:UGC720924 UPX720924:UPY720924 UZT720924:UZU720924 VJP720924:VJQ720924 VTL720924:VTM720924 WDH720924:WDI720924 WND720924:WNE720924 WWZ720924:WXA720924 AR786460:AS786460 KN786460:KO786460 UJ786460:UK786460 AEF786460:AEG786460 AOB786460:AOC786460 AXX786460:AXY786460 BHT786460:BHU786460 BRP786460:BRQ786460 CBL786460:CBM786460 CLH786460:CLI786460 CVD786460:CVE786460 DEZ786460:DFA786460 DOV786460:DOW786460 DYR786460:DYS786460 EIN786460:EIO786460 ESJ786460:ESK786460 FCF786460:FCG786460 FMB786460:FMC786460 FVX786460:FVY786460 GFT786460:GFU786460 GPP786460:GPQ786460 GZL786460:GZM786460 HJH786460:HJI786460 HTD786460:HTE786460 ICZ786460:IDA786460 IMV786460:IMW786460 IWR786460:IWS786460 JGN786460:JGO786460 JQJ786460:JQK786460 KAF786460:KAG786460 KKB786460:KKC786460 KTX786460:KTY786460 LDT786460:LDU786460 LNP786460:LNQ786460 LXL786460:LXM786460 MHH786460:MHI786460 MRD786460:MRE786460 NAZ786460:NBA786460 NKV786460:NKW786460 NUR786460:NUS786460 OEN786460:OEO786460 OOJ786460:OOK786460 OYF786460:OYG786460 PIB786460:PIC786460 PRX786460:PRY786460 QBT786460:QBU786460 QLP786460:QLQ786460 QVL786460:QVM786460 RFH786460:RFI786460 RPD786460:RPE786460 RYZ786460:RZA786460 SIV786460:SIW786460 SSR786460:SSS786460 TCN786460:TCO786460 TMJ786460:TMK786460 TWF786460:TWG786460 UGB786460:UGC786460 UPX786460:UPY786460 UZT786460:UZU786460 VJP786460:VJQ786460 VTL786460:VTM786460 WDH786460:WDI786460 WND786460:WNE786460 WWZ786460:WXA786460 AR851996:AS851996 KN851996:KO851996 UJ851996:UK851996 AEF851996:AEG851996 AOB851996:AOC851996 AXX851996:AXY851996 BHT851996:BHU851996 BRP851996:BRQ851996 CBL851996:CBM851996 CLH851996:CLI851996 CVD851996:CVE851996 DEZ851996:DFA851996 DOV851996:DOW851996 DYR851996:DYS851996 EIN851996:EIO851996 ESJ851996:ESK851996 FCF851996:FCG851996 FMB851996:FMC851996 FVX851996:FVY851996 GFT851996:GFU851996 GPP851996:GPQ851996 GZL851996:GZM851996 HJH851996:HJI851996 HTD851996:HTE851996 ICZ851996:IDA851996 IMV851996:IMW851996 IWR851996:IWS851996 JGN851996:JGO851996 JQJ851996:JQK851996 KAF851996:KAG851996 KKB851996:KKC851996 KTX851996:KTY851996 LDT851996:LDU851996 LNP851996:LNQ851996 LXL851996:LXM851996 MHH851996:MHI851996 MRD851996:MRE851996 NAZ851996:NBA851996 NKV851996:NKW851996 NUR851996:NUS851996 OEN851996:OEO851996 OOJ851996:OOK851996 OYF851996:OYG851996 PIB851996:PIC851996 PRX851996:PRY851996 QBT851996:QBU851996 QLP851996:QLQ851996 QVL851996:QVM851996 RFH851996:RFI851996 RPD851996:RPE851996 RYZ851996:RZA851996 SIV851996:SIW851996 SSR851996:SSS851996 TCN851996:TCO851996 TMJ851996:TMK851996 TWF851996:TWG851996 UGB851996:UGC851996 UPX851996:UPY851996 UZT851996:UZU851996 VJP851996:VJQ851996 VTL851996:VTM851996 WDH851996:WDI851996 WND851996:WNE851996 WWZ851996:WXA851996 AR917532:AS917532 KN917532:KO917532 UJ917532:UK917532 AEF917532:AEG917532 AOB917532:AOC917532 AXX917532:AXY917532 BHT917532:BHU917532 BRP917532:BRQ917532 CBL917532:CBM917532 CLH917532:CLI917532 CVD917532:CVE917532 DEZ917532:DFA917532 DOV917532:DOW917532 DYR917532:DYS917532 EIN917532:EIO917532 ESJ917532:ESK917532 FCF917532:FCG917532 FMB917532:FMC917532 FVX917532:FVY917532 GFT917532:GFU917532 GPP917532:GPQ917532 GZL917532:GZM917532 HJH917532:HJI917532 HTD917532:HTE917532 ICZ917532:IDA917532 IMV917532:IMW917532 IWR917532:IWS917532 JGN917532:JGO917532 JQJ917532:JQK917532 KAF917532:KAG917532 KKB917532:KKC917532 KTX917532:KTY917532 LDT917532:LDU917532 LNP917532:LNQ917532 LXL917532:LXM917532 MHH917532:MHI917532 MRD917532:MRE917532 NAZ917532:NBA917532 NKV917532:NKW917532 NUR917532:NUS917532 OEN917532:OEO917532 OOJ917532:OOK917532 OYF917532:OYG917532 PIB917532:PIC917532 PRX917532:PRY917532 QBT917532:QBU917532 QLP917532:QLQ917532 QVL917532:QVM917532 RFH917532:RFI917532 RPD917532:RPE917532 RYZ917532:RZA917532 SIV917532:SIW917532 SSR917532:SSS917532 TCN917532:TCO917532 TMJ917532:TMK917532 TWF917532:TWG917532 UGB917532:UGC917532 UPX917532:UPY917532 UZT917532:UZU917532 VJP917532:VJQ917532 VTL917532:VTM917532 WDH917532:WDI917532 WND917532:WNE917532 WWZ917532:WXA917532 AR983068:AS983068 KN983068:KO983068 UJ983068:UK983068 AEF983068:AEG983068 AOB983068:AOC983068 AXX983068:AXY983068 BHT983068:BHU983068 BRP983068:BRQ983068 CBL983068:CBM983068 CLH983068:CLI983068 CVD983068:CVE983068 DEZ983068:DFA983068 DOV983068:DOW983068 DYR983068:DYS983068 EIN983068:EIO983068 ESJ983068:ESK983068 FCF983068:FCG983068 FMB983068:FMC983068 FVX983068:FVY983068 GFT983068:GFU983068 GPP983068:GPQ983068 GZL983068:GZM983068 HJH983068:HJI983068 HTD983068:HTE983068 ICZ983068:IDA983068 IMV983068:IMW983068 IWR983068:IWS983068 JGN983068:JGO983068 JQJ983068:JQK983068 KAF983068:KAG983068 KKB983068:KKC983068 KTX983068:KTY983068 LDT983068:LDU983068 LNP983068:LNQ983068 LXL983068:LXM983068 MHH983068:MHI983068 MRD983068:MRE983068 NAZ983068:NBA983068 NKV983068:NKW983068 NUR983068:NUS983068 OEN983068:OEO983068 OOJ983068:OOK983068 OYF983068:OYG983068 PIB983068:PIC983068 PRX983068:PRY983068 QBT983068:QBU983068 QLP983068:QLQ983068 QVL983068:QVM983068 RFH983068:RFI983068 RPD983068:RPE983068 RYZ983068:RZA983068 SIV983068:SIW983068 SSR983068:SSS983068 TCN983068:TCO983068 TMJ983068:TMK983068 TWF983068:TWG983068 UGB983068:UGC983068 UPX983068:UPY983068 UZT983068:UZU983068 VJP983068:VJQ983068 VTL983068:VTM983068 WDH983068:WDI983068 WND983068:WNE983068 WWZ983068:WXA983068" xr:uid="{00000000-0002-0000-0400-000001000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contribuable" error="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" promptTitle="N° de contribuable" prompt="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" sqref="AU3:AV3 KQ3:KR3 UM3:UN3 AEI3:AEJ3 AOE3:AOF3 AYA3:AYB3 BHW3:BHX3 BRS3:BRT3 CBO3:CBP3 CLK3:CLL3 CVG3:CVH3 DFC3:DFD3 DOY3:DOZ3 DYU3:DYV3 EIQ3:EIR3 ESM3:ESN3 FCI3:FCJ3 FME3:FMF3 FWA3:FWB3 GFW3:GFX3 GPS3:GPT3 GZO3:GZP3 HJK3:HJL3 HTG3:HTH3 IDC3:IDD3 IMY3:IMZ3 IWU3:IWV3 JGQ3:JGR3 JQM3:JQN3 KAI3:KAJ3 KKE3:KKF3 KUA3:KUB3 LDW3:LDX3 LNS3:LNT3 LXO3:LXP3 MHK3:MHL3 MRG3:MRH3 NBC3:NBD3 NKY3:NKZ3 NUU3:NUV3 OEQ3:OER3 OOM3:OON3 OYI3:OYJ3 PIE3:PIF3 PSA3:PSB3 QBW3:QBX3 QLS3:QLT3 QVO3:QVP3 RFK3:RFL3 RPG3:RPH3 RZC3:RZD3 SIY3:SIZ3 SSU3:SSV3 TCQ3:TCR3 TMM3:TMN3 TWI3:TWJ3 UGE3:UGF3 UQA3:UQB3 UZW3:UZX3 VJS3:VJT3 VTO3:VTP3 WDK3:WDL3 WNG3:WNH3 WXC3:WXD3 AU65564:AV65564 KQ65564:KR65564 UM65564:UN65564 AEI65564:AEJ65564 AOE65564:AOF65564 AYA65564:AYB65564 BHW65564:BHX65564 BRS65564:BRT65564 CBO65564:CBP65564 CLK65564:CLL65564 CVG65564:CVH65564 DFC65564:DFD65564 DOY65564:DOZ65564 DYU65564:DYV65564 EIQ65564:EIR65564 ESM65564:ESN65564 FCI65564:FCJ65564 FME65564:FMF65564 FWA65564:FWB65564 GFW65564:GFX65564 GPS65564:GPT65564 GZO65564:GZP65564 HJK65564:HJL65564 HTG65564:HTH65564 IDC65564:IDD65564 IMY65564:IMZ65564 IWU65564:IWV65564 JGQ65564:JGR65564 JQM65564:JQN65564 KAI65564:KAJ65564 KKE65564:KKF65564 KUA65564:KUB65564 LDW65564:LDX65564 LNS65564:LNT65564 LXO65564:LXP65564 MHK65564:MHL65564 MRG65564:MRH65564 NBC65564:NBD65564 NKY65564:NKZ65564 NUU65564:NUV65564 OEQ65564:OER65564 OOM65564:OON65564 OYI65564:OYJ65564 PIE65564:PIF65564 PSA65564:PSB65564 QBW65564:QBX65564 QLS65564:QLT65564 QVO65564:QVP65564 RFK65564:RFL65564 RPG65564:RPH65564 RZC65564:RZD65564 SIY65564:SIZ65564 SSU65564:SSV65564 TCQ65564:TCR65564 TMM65564:TMN65564 TWI65564:TWJ65564 UGE65564:UGF65564 UQA65564:UQB65564 UZW65564:UZX65564 VJS65564:VJT65564 VTO65564:VTP65564 WDK65564:WDL65564 WNG65564:WNH65564 WXC65564:WXD65564 AU131100:AV131100 KQ131100:KR131100 UM131100:UN131100 AEI131100:AEJ131100 AOE131100:AOF131100 AYA131100:AYB131100 BHW131100:BHX131100 BRS131100:BRT131100 CBO131100:CBP131100 CLK131100:CLL131100 CVG131100:CVH131100 DFC131100:DFD131100 DOY131100:DOZ131100 DYU131100:DYV131100 EIQ131100:EIR131100 ESM131100:ESN131100 FCI131100:FCJ131100 FME131100:FMF131100 FWA131100:FWB131100 GFW131100:GFX131100 GPS131100:GPT131100 GZO131100:GZP131100 HJK131100:HJL131100 HTG131100:HTH131100 IDC131100:IDD131100 IMY131100:IMZ131100 IWU131100:IWV131100 JGQ131100:JGR131100 JQM131100:JQN131100 KAI131100:KAJ131100 KKE131100:KKF131100 KUA131100:KUB131100 LDW131100:LDX131100 LNS131100:LNT131100 LXO131100:LXP131100 MHK131100:MHL131100 MRG131100:MRH131100 NBC131100:NBD131100 NKY131100:NKZ131100 NUU131100:NUV131100 OEQ131100:OER131100 OOM131100:OON131100 OYI131100:OYJ131100 PIE131100:PIF131100 PSA131100:PSB131100 QBW131100:QBX131100 QLS131100:QLT131100 QVO131100:QVP131100 RFK131100:RFL131100 RPG131100:RPH131100 RZC131100:RZD131100 SIY131100:SIZ131100 SSU131100:SSV131100 TCQ131100:TCR131100 TMM131100:TMN131100 TWI131100:TWJ131100 UGE131100:UGF131100 UQA131100:UQB131100 UZW131100:UZX131100 VJS131100:VJT131100 VTO131100:VTP131100 WDK131100:WDL131100 WNG131100:WNH131100 WXC131100:WXD131100 AU196636:AV196636 KQ196636:KR196636 UM196636:UN196636 AEI196636:AEJ196636 AOE196636:AOF196636 AYA196636:AYB196636 BHW196636:BHX196636 BRS196636:BRT196636 CBO196636:CBP196636 CLK196636:CLL196636 CVG196636:CVH196636 DFC196636:DFD196636 DOY196636:DOZ196636 DYU196636:DYV196636 EIQ196636:EIR196636 ESM196636:ESN196636 FCI196636:FCJ196636 FME196636:FMF196636 FWA196636:FWB196636 GFW196636:GFX196636 GPS196636:GPT196636 GZO196636:GZP196636 HJK196636:HJL196636 HTG196636:HTH196636 IDC196636:IDD196636 IMY196636:IMZ196636 IWU196636:IWV196636 JGQ196636:JGR196636 JQM196636:JQN196636 KAI196636:KAJ196636 KKE196636:KKF196636 KUA196636:KUB196636 LDW196636:LDX196636 LNS196636:LNT196636 LXO196636:LXP196636 MHK196636:MHL196636 MRG196636:MRH196636 NBC196636:NBD196636 NKY196636:NKZ196636 NUU196636:NUV196636 OEQ196636:OER196636 OOM196636:OON196636 OYI196636:OYJ196636 PIE196636:PIF196636 PSA196636:PSB196636 QBW196636:QBX196636 QLS196636:QLT196636 QVO196636:QVP196636 RFK196636:RFL196636 RPG196636:RPH196636 RZC196636:RZD196636 SIY196636:SIZ196636 SSU196636:SSV196636 TCQ196636:TCR196636 TMM196636:TMN196636 TWI196636:TWJ196636 UGE196636:UGF196636 UQA196636:UQB196636 UZW196636:UZX196636 VJS196636:VJT196636 VTO196636:VTP196636 WDK196636:WDL196636 WNG196636:WNH196636 WXC196636:WXD196636 AU262172:AV262172 KQ262172:KR262172 UM262172:UN262172 AEI262172:AEJ262172 AOE262172:AOF262172 AYA262172:AYB262172 BHW262172:BHX262172 BRS262172:BRT262172 CBO262172:CBP262172 CLK262172:CLL262172 CVG262172:CVH262172 DFC262172:DFD262172 DOY262172:DOZ262172 DYU262172:DYV262172 EIQ262172:EIR262172 ESM262172:ESN262172 FCI262172:FCJ262172 FME262172:FMF262172 FWA262172:FWB262172 GFW262172:GFX262172 GPS262172:GPT262172 GZO262172:GZP262172 HJK262172:HJL262172 HTG262172:HTH262172 IDC262172:IDD262172 IMY262172:IMZ262172 IWU262172:IWV262172 JGQ262172:JGR262172 JQM262172:JQN262172 KAI262172:KAJ262172 KKE262172:KKF262172 KUA262172:KUB262172 LDW262172:LDX262172 LNS262172:LNT262172 LXO262172:LXP262172 MHK262172:MHL262172 MRG262172:MRH262172 NBC262172:NBD262172 NKY262172:NKZ262172 NUU262172:NUV262172 OEQ262172:OER262172 OOM262172:OON262172 OYI262172:OYJ262172 PIE262172:PIF262172 PSA262172:PSB262172 QBW262172:QBX262172 QLS262172:QLT262172 QVO262172:QVP262172 RFK262172:RFL262172 RPG262172:RPH262172 RZC262172:RZD262172 SIY262172:SIZ262172 SSU262172:SSV262172 TCQ262172:TCR262172 TMM262172:TMN262172 TWI262172:TWJ262172 UGE262172:UGF262172 UQA262172:UQB262172 UZW262172:UZX262172 VJS262172:VJT262172 VTO262172:VTP262172 WDK262172:WDL262172 WNG262172:WNH262172 WXC262172:WXD262172 AU327708:AV327708 KQ327708:KR327708 UM327708:UN327708 AEI327708:AEJ327708 AOE327708:AOF327708 AYA327708:AYB327708 BHW327708:BHX327708 BRS327708:BRT327708 CBO327708:CBP327708 CLK327708:CLL327708 CVG327708:CVH327708 DFC327708:DFD327708 DOY327708:DOZ327708 DYU327708:DYV327708 EIQ327708:EIR327708 ESM327708:ESN327708 FCI327708:FCJ327708 FME327708:FMF327708 FWA327708:FWB327708 GFW327708:GFX327708 GPS327708:GPT327708 GZO327708:GZP327708 HJK327708:HJL327708 HTG327708:HTH327708 IDC327708:IDD327708 IMY327708:IMZ327708 IWU327708:IWV327708 JGQ327708:JGR327708 JQM327708:JQN327708 KAI327708:KAJ327708 KKE327708:KKF327708 KUA327708:KUB327708 LDW327708:LDX327708 LNS327708:LNT327708 LXO327708:LXP327708 MHK327708:MHL327708 MRG327708:MRH327708 NBC327708:NBD327708 NKY327708:NKZ327708 NUU327708:NUV327708 OEQ327708:OER327708 OOM327708:OON327708 OYI327708:OYJ327708 PIE327708:PIF327708 PSA327708:PSB327708 QBW327708:QBX327708 QLS327708:QLT327708 QVO327708:QVP327708 RFK327708:RFL327708 RPG327708:RPH327708 RZC327708:RZD327708 SIY327708:SIZ327708 SSU327708:SSV327708 TCQ327708:TCR327708 TMM327708:TMN327708 TWI327708:TWJ327708 UGE327708:UGF327708 UQA327708:UQB327708 UZW327708:UZX327708 VJS327708:VJT327708 VTO327708:VTP327708 WDK327708:WDL327708 WNG327708:WNH327708 WXC327708:WXD327708 AU393244:AV393244 KQ393244:KR393244 UM393244:UN393244 AEI393244:AEJ393244 AOE393244:AOF393244 AYA393244:AYB393244 BHW393244:BHX393244 BRS393244:BRT393244 CBO393244:CBP393244 CLK393244:CLL393244 CVG393244:CVH393244 DFC393244:DFD393244 DOY393244:DOZ393244 DYU393244:DYV393244 EIQ393244:EIR393244 ESM393244:ESN393244 FCI393244:FCJ393244 FME393244:FMF393244 FWA393244:FWB393244 GFW393244:GFX393244 GPS393244:GPT393244 GZO393244:GZP393244 HJK393244:HJL393244 HTG393244:HTH393244 IDC393244:IDD393244 IMY393244:IMZ393244 IWU393244:IWV393244 JGQ393244:JGR393244 JQM393244:JQN393244 KAI393244:KAJ393244 KKE393244:KKF393244 KUA393244:KUB393244 LDW393244:LDX393244 LNS393244:LNT393244 LXO393244:LXP393244 MHK393244:MHL393244 MRG393244:MRH393244 NBC393244:NBD393244 NKY393244:NKZ393244 NUU393244:NUV393244 OEQ393244:OER393244 OOM393244:OON393244 OYI393244:OYJ393244 PIE393244:PIF393244 PSA393244:PSB393244 QBW393244:QBX393244 QLS393244:QLT393244 QVO393244:QVP393244 RFK393244:RFL393244 RPG393244:RPH393244 RZC393244:RZD393244 SIY393244:SIZ393244 SSU393244:SSV393244 TCQ393244:TCR393244 TMM393244:TMN393244 TWI393244:TWJ393244 UGE393244:UGF393244 UQA393244:UQB393244 UZW393244:UZX393244 VJS393244:VJT393244 VTO393244:VTP393244 WDK393244:WDL393244 WNG393244:WNH393244 WXC393244:WXD393244 AU458780:AV458780 KQ458780:KR458780 UM458780:UN458780 AEI458780:AEJ458780 AOE458780:AOF458780 AYA458780:AYB458780 BHW458780:BHX458780 BRS458780:BRT458780 CBO458780:CBP458780 CLK458780:CLL458780 CVG458780:CVH458780 DFC458780:DFD458780 DOY458780:DOZ458780 DYU458780:DYV458780 EIQ458780:EIR458780 ESM458780:ESN458780 FCI458780:FCJ458780 FME458780:FMF458780 FWA458780:FWB458780 GFW458780:GFX458780 GPS458780:GPT458780 GZO458780:GZP458780 HJK458780:HJL458780 HTG458780:HTH458780 IDC458780:IDD458780 IMY458780:IMZ458780 IWU458780:IWV458780 JGQ458780:JGR458780 JQM458780:JQN458780 KAI458780:KAJ458780 KKE458780:KKF458780 KUA458780:KUB458780 LDW458780:LDX458780 LNS458780:LNT458780 LXO458780:LXP458780 MHK458780:MHL458780 MRG458780:MRH458780 NBC458780:NBD458780 NKY458780:NKZ458780 NUU458780:NUV458780 OEQ458780:OER458780 OOM458780:OON458780 OYI458780:OYJ458780 PIE458780:PIF458780 PSA458780:PSB458780 QBW458780:QBX458780 QLS458780:QLT458780 QVO458780:QVP458780 RFK458780:RFL458780 RPG458780:RPH458780 RZC458780:RZD458780 SIY458780:SIZ458780 SSU458780:SSV458780 TCQ458780:TCR458780 TMM458780:TMN458780 TWI458780:TWJ458780 UGE458780:UGF458780 UQA458780:UQB458780 UZW458780:UZX458780 VJS458780:VJT458780 VTO458780:VTP458780 WDK458780:WDL458780 WNG458780:WNH458780 WXC458780:WXD458780 AU524316:AV524316 KQ524316:KR524316 UM524316:UN524316 AEI524316:AEJ524316 AOE524316:AOF524316 AYA524316:AYB524316 BHW524316:BHX524316 BRS524316:BRT524316 CBO524316:CBP524316 CLK524316:CLL524316 CVG524316:CVH524316 DFC524316:DFD524316 DOY524316:DOZ524316 DYU524316:DYV524316 EIQ524316:EIR524316 ESM524316:ESN524316 FCI524316:FCJ524316 FME524316:FMF524316 FWA524316:FWB524316 GFW524316:GFX524316 GPS524316:GPT524316 GZO524316:GZP524316 HJK524316:HJL524316 HTG524316:HTH524316 IDC524316:IDD524316 IMY524316:IMZ524316 IWU524316:IWV524316 JGQ524316:JGR524316 JQM524316:JQN524316 KAI524316:KAJ524316 KKE524316:KKF524316 KUA524316:KUB524316 LDW524316:LDX524316 LNS524316:LNT524316 LXO524316:LXP524316 MHK524316:MHL524316 MRG524316:MRH524316 NBC524316:NBD524316 NKY524316:NKZ524316 NUU524316:NUV524316 OEQ524316:OER524316 OOM524316:OON524316 OYI524316:OYJ524316 PIE524316:PIF524316 PSA524316:PSB524316 QBW524316:QBX524316 QLS524316:QLT524316 QVO524316:QVP524316 RFK524316:RFL524316 RPG524316:RPH524316 RZC524316:RZD524316 SIY524316:SIZ524316 SSU524316:SSV524316 TCQ524316:TCR524316 TMM524316:TMN524316 TWI524316:TWJ524316 UGE524316:UGF524316 UQA524316:UQB524316 UZW524316:UZX524316 VJS524316:VJT524316 VTO524316:VTP524316 WDK524316:WDL524316 WNG524316:WNH524316 WXC524316:WXD524316 AU589852:AV589852 KQ589852:KR589852 UM589852:UN589852 AEI589852:AEJ589852 AOE589852:AOF589852 AYA589852:AYB589852 BHW589852:BHX589852 BRS589852:BRT589852 CBO589852:CBP589852 CLK589852:CLL589852 CVG589852:CVH589852 DFC589852:DFD589852 DOY589852:DOZ589852 DYU589852:DYV589852 EIQ589852:EIR589852 ESM589852:ESN589852 FCI589852:FCJ589852 FME589852:FMF589852 FWA589852:FWB589852 GFW589852:GFX589852 GPS589852:GPT589852 GZO589852:GZP589852 HJK589852:HJL589852 HTG589852:HTH589852 IDC589852:IDD589852 IMY589852:IMZ589852 IWU589852:IWV589852 JGQ589852:JGR589852 JQM589852:JQN589852 KAI589852:KAJ589852 KKE589852:KKF589852 KUA589852:KUB589852 LDW589852:LDX589852 LNS589852:LNT589852 LXO589852:LXP589852 MHK589852:MHL589852 MRG589852:MRH589852 NBC589852:NBD589852 NKY589852:NKZ589852 NUU589852:NUV589852 OEQ589852:OER589852 OOM589852:OON589852 OYI589852:OYJ589852 PIE589852:PIF589852 PSA589852:PSB589852 QBW589852:QBX589852 QLS589852:QLT589852 QVO589852:QVP589852 RFK589852:RFL589852 RPG589852:RPH589852 RZC589852:RZD589852 SIY589852:SIZ589852 SSU589852:SSV589852 TCQ589852:TCR589852 TMM589852:TMN589852 TWI589852:TWJ589852 UGE589852:UGF589852 UQA589852:UQB589852 UZW589852:UZX589852 VJS589852:VJT589852 VTO589852:VTP589852 WDK589852:WDL589852 WNG589852:WNH589852 WXC589852:WXD589852 AU655388:AV655388 KQ655388:KR655388 UM655388:UN655388 AEI655388:AEJ655388 AOE655388:AOF655388 AYA655388:AYB655388 BHW655388:BHX655388 BRS655388:BRT655388 CBO655388:CBP655388 CLK655388:CLL655388 CVG655388:CVH655388 DFC655388:DFD655388 DOY655388:DOZ655388 DYU655388:DYV655388 EIQ655388:EIR655388 ESM655388:ESN655388 FCI655388:FCJ655388 FME655388:FMF655388 FWA655388:FWB655388 GFW655388:GFX655388 GPS655388:GPT655388 GZO655388:GZP655388 HJK655388:HJL655388 HTG655388:HTH655388 IDC655388:IDD655388 IMY655388:IMZ655388 IWU655388:IWV655388 JGQ655388:JGR655388 JQM655388:JQN655388 KAI655388:KAJ655388 KKE655388:KKF655388 KUA655388:KUB655388 LDW655388:LDX655388 LNS655388:LNT655388 LXO655388:LXP655388 MHK655388:MHL655388 MRG655388:MRH655388 NBC655388:NBD655388 NKY655388:NKZ655388 NUU655388:NUV655388 OEQ655388:OER655388 OOM655388:OON655388 OYI655388:OYJ655388 PIE655388:PIF655388 PSA655388:PSB655388 QBW655388:QBX655388 QLS655388:QLT655388 QVO655388:QVP655388 RFK655388:RFL655388 RPG655388:RPH655388 RZC655388:RZD655388 SIY655388:SIZ655388 SSU655388:SSV655388 TCQ655388:TCR655388 TMM655388:TMN655388 TWI655388:TWJ655388 UGE655388:UGF655388 UQA655388:UQB655388 UZW655388:UZX655388 VJS655388:VJT655388 VTO655388:VTP655388 WDK655388:WDL655388 WNG655388:WNH655388 WXC655388:WXD655388 AU720924:AV720924 KQ720924:KR720924 UM720924:UN720924 AEI720924:AEJ720924 AOE720924:AOF720924 AYA720924:AYB720924 BHW720924:BHX720924 BRS720924:BRT720924 CBO720924:CBP720924 CLK720924:CLL720924 CVG720924:CVH720924 DFC720924:DFD720924 DOY720924:DOZ720924 DYU720924:DYV720924 EIQ720924:EIR720924 ESM720924:ESN720924 FCI720924:FCJ720924 FME720924:FMF720924 FWA720924:FWB720924 GFW720924:GFX720924 GPS720924:GPT720924 GZO720924:GZP720924 HJK720924:HJL720924 HTG720924:HTH720924 IDC720924:IDD720924 IMY720924:IMZ720924 IWU720924:IWV720924 JGQ720924:JGR720924 JQM720924:JQN720924 KAI720924:KAJ720924 KKE720924:KKF720924 KUA720924:KUB720924 LDW720924:LDX720924 LNS720924:LNT720924 LXO720924:LXP720924 MHK720924:MHL720924 MRG720924:MRH720924 NBC720924:NBD720924 NKY720924:NKZ720924 NUU720924:NUV720924 OEQ720924:OER720924 OOM720924:OON720924 OYI720924:OYJ720924 PIE720924:PIF720924 PSA720924:PSB720924 QBW720924:QBX720924 QLS720924:QLT720924 QVO720924:QVP720924 RFK720924:RFL720924 RPG720924:RPH720924 RZC720924:RZD720924 SIY720924:SIZ720924 SSU720924:SSV720924 TCQ720924:TCR720924 TMM720924:TMN720924 TWI720924:TWJ720924 UGE720924:UGF720924 UQA720924:UQB720924 UZW720924:UZX720924 VJS720924:VJT720924 VTO720924:VTP720924 WDK720924:WDL720924 WNG720924:WNH720924 WXC720924:WXD720924 AU786460:AV786460 KQ786460:KR786460 UM786460:UN786460 AEI786460:AEJ786460 AOE786460:AOF786460 AYA786460:AYB786460 BHW786460:BHX786460 BRS786460:BRT786460 CBO786460:CBP786460 CLK786460:CLL786460 CVG786460:CVH786460 DFC786460:DFD786460 DOY786460:DOZ786460 DYU786460:DYV786460 EIQ786460:EIR786460 ESM786460:ESN786460 FCI786460:FCJ786460 FME786460:FMF786460 FWA786460:FWB786460 GFW786460:GFX786460 GPS786460:GPT786460 GZO786460:GZP786460 HJK786460:HJL786460 HTG786460:HTH786460 IDC786460:IDD786460 IMY786460:IMZ786460 IWU786460:IWV786460 JGQ786460:JGR786460 JQM786460:JQN786460 KAI786460:KAJ786460 KKE786460:KKF786460 KUA786460:KUB786460 LDW786460:LDX786460 LNS786460:LNT786460 LXO786460:LXP786460 MHK786460:MHL786460 MRG786460:MRH786460 NBC786460:NBD786460 NKY786460:NKZ786460 NUU786460:NUV786460 OEQ786460:OER786460 OOM786460:OON786460 OYI786460:OYJ786460 PIE786460:PIF786460 PSA786460:PSB786460 QBW786460:QBX786460 QLS786460:QLT786460 QVO786460:QVP786460 RFK786460:RFL786460 RPG786460:RPH786460 RZC786460:RZD786460 SIY786460:SIZ786460 SSU786460:SSV786460 TCQ786460:TCR786460 TMM786460:TMN786460 TWI786460:TWJ786460 UGE786460:UGF786460 UQA786460:UQB786460 UZW786460:UZX786460 VJS786460:VJT786460 VTO786460:VTP786460 WDK786460:WDL786460 WNG786460:WNH786460 WXC786460:WXD786460 AU851996:AV851996 KQ851996:KR851996 UM851996:UN851996 AEI851996:AEJ851996 AOE851996:AOF851996 AYA851996:AYB851996 BHW851996:BHX851996 BRS851996:BRT851996 CBO851996:CBP851996 CLK851996:CLL851996 CVG851996:CVH851996 DFC851996:DFD851996 DOY851996:DOZ851996 DYU851996:DYV851996 EIQ851996:EIR851996 ESM851996:ESN851996 FCI851996:FCJ851996 FME851996:FMF851996 FWA851996:FWB851996 GFW851996:GFX851996 GPS851996:GPT851996 GZO851996:GZP851996 HJK851996:HJL851996 HTG851996:HTH851996 IDC851996:IDD851996 IMY851996:IMZ851996 IWU851996:IWV851996 JGQ851996:JGR851996 JQM851996:JQN851996 KAI851996:KAJ851996 KKE851996:KKF851996 KUA851996:KUB851996 LDW851996:LDX851996 LNS851996:LNT851996 LXO851996:LXP851996 MHK851996:MHL851996 MRG851996:MRH851996 NBC851996:NBD851996 NKY851996:NKZ851996 NUU851996:NUV851996 OEQ851996:OER851996 OOM851996:OON851996 OYI851996:OYJ851996 PIE851996:PIF851996 PSA851996:PSB851996 QBW851996:QBX851996 QLS851996:QLT851996 QVO851996:QVP851996 RFK851996:RFL851996 RPG851996:RPH851996 RZC851996:RZD851996 SIY851996:SIZ851996 SSU851996:SSV851996 TCQ851996:TCR851996 TMM851996:TMN851996 TWI851996:TWJ851996 UGE851996:UGF851996 UQA851996:UQB851996 UZW851996:UZX851996 VJS851996:VJT851996 VTO851996:VTP851996 WDK851996:WDL851996 WNG851996:WNH851996 WXC851996:WXD851996 AU917532:AV917532 KQ917532:KR917532 UM917532:UN917532 AEI917532:AEJ917532 AOE917532:AOF917532 AYA917532:AYB917532 BHW917532:BHX917532 BRS917532:BRT917532 CBO917532:CBP917532 CLK917532:CLL917532 CVG917532:CVH917532 DFC917532:DFD917532 DOY917532:DOZ917532 DYU917532:DYV917532 EIQ917532:EIR917532 ESM917532:ESN917532 FCI917532:FCJ917532 FME917532:FMF917532 FWA917532:FWB917532 GFW917532:GFX917532 GPS917532:GPT917532 GZO917532:GZP917532 HJK917532:HJL917532 HTG917532:HTH917532 IDC917532:IDD917532 IMY917532:IMZ917532 IWU917532:IWV917532 JGQ917532:JGR917532 JQM917532:JQN917532 KAI917532:KAJ917532 KKE917532:KKF917532 KUA917532:KUB917532 LDW917532:LDX917532 LNS917532:LNT917532 LXO917532:LXP917532 MHK917532:MHL917532 MRG917532:MRH917532 NBC917532:NBD917532 NKY917532:NKZ917532 NUU917532:NUV917532 OEQ917532:OER917532 OOM917532:OON917532 OYI917532:OYJ917532 PIE917532:PIF917532 PSA917532:PSB917532 QBW917532:QBX917532 QLS917532:QLT917532 QVO917532:QVP917532 RFK917532:RFL917532 RPG917532:RPH917532 RZC917532:RZD917532 SIY917532:SIZ917532 SSU917532:SSV917532 TCQ917532:TCR917532 TMM917532:TMN917532 TWI917532:TWJ917532 UGE917532:UGF917532 UQA917532:UQB917532 UZW917532:UZX917532 VJS917532:VJT917532 VTO917532:VTP917532 WDK917532:WDL917532 WNG917532:WNH917532 WXC917532:WXD917532 AU983068:AV983068 KQ983068:KR983068 UM983068:UN983068 AEI983068:AEJ983068 AOE983068:AOF983068 AYA983068:AYB983068 BHW983068:BHX983068 BRS983068:BRT983068 CBO983068:CBP983068 CLK983068:CLL983068 CVG983068:CVH983068 DFC983068:DFD983068 DOY983068:DOZ983068 DYU983068:DYV983068 EIQ983068:EIR983068 ESM983068:ESN983068 FCI983068:FCJ983068 FME983068:FMF983068 FWA983068:FWB983068 GFW983068:GFX983068 GPS983068:GPT983068 GZO983068:GZP983068 HJK983068:HJL983068 HTG983068:HTH983068 IDC983068:IDD983068 IMY983068:IMZ983068 IWU983068:IWV983068 JGQ983068:JGR983068 JQM983068:JQN983068 KAI983068:KAJ983068 KKE983068:KKF983068 KUA983068:KUB983068 LDW983068:LDX983068 LNS983068:LNT983068 LXO983068:LXP983068 MHK983068:MHL983068 MRG983068:MRH983068 NBC983068:NBD983068 NKY983068:NKZ983068 NUU983068:NUV983068 OEQ983068:OER983068 OOM983068:OON983068 OYI983068:OYJ983068 PIE983068:PIF983068 PSA983068:PSB983068 QBW983068:QBX983068 QLS983068:QLT983068 QVO983068:QVP983068 RFK983068:RFL983068 RPG983068:RPH983068 RZC983068:RZD983068 SIY983068:SIZ983068 SSU983068:SSV983068 TCQ983068:TCR983068 TMM983068:TMN983068 TWI983068:TWJ983068 UGE983068:UGF983068 UQA983068:UQB983068 UZW983068:UZX983068 VJS983068:VJT983068 VTO983068:VTP983068 WDK983068:WDL983068 WNG983068:WNH983068 WXC983068:WXD983068 AC3 JY3 TU3 ADQ3 ANM3 AXI3 BHE3 BRA3 CAW3 CKS3 CUO3 DEK3 DOG3 DYC3 EHY3 ERU3 FBQ3 FLM3 FVI3 GFE3 GPA3 GYW3 HIS3 HSO3 ICK3 IMG3 IWC3 JFY3 JPU3 JZQ3 KJM3 KTI3 LDE3 LNA3 LWW3 MGS3 MQO3 NAK3 NKG3 NUC3 ODY3 ONU3 OXQ3 PHM3 PRI3 QBE3 QLA3 QUW3 RES3 ROO3 RYK3 SIG3 SSC3 TBY3 TLU3 TVQ3 UFM3 UPI3 UZE3 VJA3 VSW3 WCS3 WMO3 WWK3 AC65564 JY65564 TU65564 ADQ65564 ANM65564 AXI65564 BHE65564 BRA65564 CAW65564 CKS65564 CUO65564 DEK65564 DOG65564 DYC65564 EHY65564 ERU65564 FBQ65564 FLM65564 FVI65564 GFE65564 GPA65564 GYW65564 HIS65564 HSO65564 ICK65564 IMG65564 IWC65564 JFY65564 JPU65564 JZQ65564 KJM65564 KTI65564 LDE65564 LNA65564 LWW65564 MGS65564 MQO65564 NAK65564 NKG65564 NUC65564 ODY65564 ONU65564 OXQ65564 PHM65564 PRI65564 QBE65564 QLA65564 QUW65564 RES65564 ROO65564 RYK65564 SIG65564 SSC65564 TBY65564 TLU65564 TVQ65564 UFM65564 UPI65564 UZE65564 VJA65564 VSW65564 WCS65564 WMO65564 WWK65564 AC131100 JY131100 TU131100 ADQ131100 ANM131100 AXI131100 BHE131100 BRA131100 CAW131100 CKS131100 CUO131100 DEK131100 DOG131100 DYC131100 EHY131100 ERU131100 FBQ131100 FLM131100 FVI131100 GFE131100 GPA131100 GYW131100 HIS131100 HSO131100 ICK131100 IMG131100 IWC131100 JFY131100 JPU131100 JZQ131100 KJM131100 KTI131100 LDE131100 LNA131100 LWW131100 MGS131100 MQO131100 NAK131100 NKG131100 NUC131100 ODY131100 ONU131100 OXQ131100 PHM131100 PRI131100 QBE131100 QLA131100 QUW131100 RES131100 ROO131100 RYK131100 SIG131100 SSC131100 TBY131100 TLU131100 TVQ131100 UFM131100 UPI131100 UZE131100 VJA131100 VSW131100 WCS131100 WMO131100 WWK131100 AC196636 JY196636 TU196636 ADQ196636 ANM196636 AXI196636 BHE196636 BRA196636 CAW196636 CKS196636 CUO196636 DEK196636 DOG196636 DYC196636 EHY196636 ERU196636 FBQ196636 FLM196636 FVI196636 GFE196636 GPA196636 GYW196636 HIS196636 HSO196636 ICK196636 IMG196636 IWC196636 JFY196636 JPU196636 JZQ196636 KJM196636 KTI196636 LDE196636 LNA196636 LWW196636 MGS196636 MQO196636 NAK196636 NKG196636 NUC196636 ODY196636 ONU196636 OXQ196636 PHM196636 PRI196636 QBE196636 QLA196636 QUW196636 RES196636 ROO196636 RYK196636 SIG196636 SSC196636 TBY196636 TLU196636 TVQ196636 UFM196636 UPI196636 UZE196636 VJA196636 VSW196636 WCS196636 WMO196636 WWK196636 AC262172 JY262172 TU262172 ADQ262172 ANM262172 AXI262172 BHE262172 BRA262172 CAW262172 CKS262172 CUO262172 DEK262172 DOG262172 DYC262172 EHY262172 ERU262172 FBQ262172 FLM262172 FVI262172 GFE262172 GPA262172 GYW262172 HIS262172 HSO262172 ICK262172 IMG262172 IWC262172 JFY262172 JPU262172 JZQ262172 KJM262172 KTI262172 LDE262172 LNA262172 LWW262172 MGS262172 MQO262172 NAK262172 NKG262172 NUC262172 ODY262172 ONU262172 OXQ262172 PHM262172 PRI262172 QBE262172 QLA262172 QUW262172 RES262172 ROO262172 RYK262172 SIG262172 SSC262172 TBY262172 TLU262172 TVQ262172 UFM262172 UPI262172 UZE262172 VJA262172 VSW262172 WCS262172 WMO262172 WWK262172 AC327708 JY327708 TU327708 ADQ327708 ANM327708 AXI327708 BHE327708 BRA327708 CAW327708 CKS327708 CUO327708 DEK327708 DOG327708 DYC327708 EHY327708 ERU327708 FBQ327708 FLM327708 FVI327708 GFE327708 GPA327708 GYW327708 HIS327708 HSO327708 ICK327708 IMG327708 IWC327708 JFY327708 JPU327708 JZQ327708 KJM327708 KTI327708 LDE327708 LNA327708 LWW327708 MGS327708 MQO327708 NAK327708 NKG327708 NUC327708 ODY327708 ONU327708 OXQ327708 PHM327708 PRI327708 QBE327708 QLA327708 QUW327708 RES327708 ROO327708 RYK327708 SIG327708 SSC327708 TBY327708 TLU327708 TVQ327708 UFM327708 UPI327708 UZE327708 VJA327708 VSW327708 WCS327708 WMO327708 WWK327708 AC393244 JY393244 TU393244 ADQ393244 ANM393244 AXI393244 BHE393244 BRA393244 CAW393244 CKS393244 CUO393244 DEK393244 DOG393244 DYC393244 EHY393244 ERU393244 FBQ393244 FLM393244 FVI393244 GFE393244 GPA393244 GYW393244 HIS393244 HSO393244 ICK393244 IMG393244 IWC393244 JFY393244 JPU393244 JZQ393244 KJM393244 KTI393244 LDE393244 LNA393244 LWW393244 MGS393244 MQO393244 NAK393244 NKG393244 NUC393244 ODY393244 ONU393244 OXQ393244 PHM393244 PRI393244 QBE393244 QLA393244 QUW393244 RES393244 ROO393244 RYK393244 SIG393244 SSC393244 TBY393244 TLU393244 TVQ393244 UFM393244 UPI393244 UZE393244 VJA393244 VSW393244 WCS393244 WMO393244 WWK393244 AC458780 JY458780 TU458780 ADQ458780 ANM458780 AXI458780 BHE458780 BRA458780 CAW458780 CKS458780 CUO458780 DEK458780 DOG458780 DYC458780 EHY458780 ERU458780 FBQ458780 FLM458780 FVI458780 GFE458780 GPA458780 GYW458780 HIS458780 HSO458780 ICK458780 IMG458780 IWC458780 JFY458780 JPU458780 JZQ458780 KJM458780 KTI458780 LDE458780 LNA458780 LWW458780 MGS458780 MQO458780 NAK458780 NKG458780 NUC458780 ODY458780 ONU458780 OXQ458780 PHM458780 PRI458780 QBE458780 QLA458780 QUW458780 RES458780 ROO458780 RYK458780 SIG458780 SSC458780 TBY458780 TLU458780 TVQ458780 UFM458780 UPI458780 UZE458780 VJA458780 VSW458780 WCS458780 WMO458780 WWK458780 AC524316 JY524316 TU524316 ADQ524316 ANM524316 AXI524316 BHE524316 BRA524316 CAW524316 CKS524316 CUO524316 DEK524316 DOG524316 DYC524316 EHY524316 ERU524316 FBQ524316 FLM524316 FVI524316 GFE524316 GPA524316 GYW524316 HIS524316 HSO524316 ICK524316 IMG524316 IWC524316 JFY524316 JPU524316 JZQ524316 KJM524316 KTI524316 LDE524316 LNA524316 LWW524316 MGS524316 MQO524316 NAK524316 NKG524316 NUC524316 ODY524316 ONU524316 OXQ524316 PHM524316 PRI524316 QBE524316 QLA524316 QUW524316 RES524316 ROO524316 RYK524316 SIG524316 SSC524316 TBY524316 TLU524316 TVQ524316 UFM524316 UPI524316 UZE524316 VJA524316 VSW524316 WCS524316 WMO524316 WWK524316 AC589852 JY589852 TU589852 ADQ589852 ANM589852 AXI589852 BHE589852 BRA589852 CAW589852 CKS589852 CUO589852 DEK589852 DOG589852 DYC589852 EHY589852 ERU589852 FBQ589852 FLM589852 FVI589852 GFE589852 GPA589852 GYW589852 HIS589852 HSO589852 ICK589852 IMG589852 IWC589852 JFY589852 JPU589852 JZQ589852 KJM589852 KTI589852 LDE589852 LNA589852 LWW589852 MGS589852 MQO589852 NAK589852 NKG589852 NUC589852 ODY589852 ONU589852 OXQ589852 PHM589852 PRI589852 QBE589852 QLA589852 QUW589852 RES589852 ROO589852 RYK589852 SIG589852 SSC589852 TBY589852 TLU589852 TVQ589852 UFM589852 UPI589852 UZE589852 VJA589852 VSW589852 WCS589852 WMO589852 WWK589852 AC655388 JY655388 TU655388 ADQ655388 ANM655388 AXI655388 BHE655388 BRA655388 CAW655388 CKS655388 CUO655388 DEK655388 DOG655388 DYC655388 EHY655388 ERU655388 FBQ655388 FLM655388 FVI655388 GFE655388 GPA655388 GYW655388 HIS655388 HSO655388 ICK655388 IMG655388 IWC655388 JFY655388 JPU655388 JZQ655388 KJM655388 KTI655388 LDE655388 LNA655388 LWW655388 MGS655388 MQO655388 NAK655388 NKG655388 NUC655388 ODY655388 ONU655388 OXQ655388 PHM655388 PRI655388 QBE655388 QLA655388 QUW655388 RES655388 ROO655388 RYK655388 SIG655388 SSC655388 TBY655388 TLU655388 TVQ655388 UFM655388 UPI655388 UZE655388 VJA655388 VSW655388 WCS655388 WMO655388 WWK655388 AC720924 JY720924 TU720924 ADQ720924 ANM720924 AXI720924 BHE720924 BRA720924 CAW720924 CKS720924 CUO720924 DEK720924 DOG720924 DYC720924 EHY720924 ERU720924 FBQ720924 FLM720924 FVI720924 GFE720924 GPA720924 GYW720924 HIS720924 HSO720924 ICK720924 IMG720924 IWC720924 JFY720924 JPU720924 JZQ720924 KJM720924 KTI720924 LDE720924 LNA720924 LWW720924 MGS720924 MQO720924 NAK720924 NKG720924 NUC720924 ODY720924 ONU720924 OXQ720924 PHM720924 PRI720924 QBE720924 QLA720924 QUW720924 RES720924 ROO720924 RYK720924 SIG720924 SSC720924 TBY720924 TLU720924 TVQ720924 UFM720924 UPI720924 UZE720924 VJA720924 VSW720924 WCS720924 WMO720924 WWK720924 AC786460 JY786460 TU786460 ADQ786460 ANM786460 AXI786460 BHE786460 BRA786460 CAW786460 CKS786460 CUO786460 DEK786460 DOG786460 DYC786460 EHY786460 ERU786460 FBQ786460 FLM786460 FVI786460 GFE786460 GPA786460 GYW786460 HIS786460 HSO786460 ICK786460 IMG786460 IWC786460 JFY786460 JPU786460 JZQ786460 KJM786460 KTI786460 LDE786460 LNA786460 LWW786460 MGS786460 MQO786460 NAK786460 NKG786460 NUC786460 ODY786460 ONU786460 OXQ786460 PHM786460 PRI786460 QBE786460 QLA786460 QUW786460 RES786460 ROO786460 RYK786460 SIG786460 SSC786460 TBY786460 TLU786460 TVQ786460 UFM786460 UPI786460 UZE786460 VJA786460 VSW786460 WCS786460 WMO786460 WWK786460 AC851996 JY851996 TU851996 ADQ851996 ANM851996 AXI851996 BHE851996 BRA851996 CAW851996 CKS851996 CUO851996 DEK851996 DOG851996 DYC851996 EHY851996 ERU851996 FBQ851996 FLM851996 FVI851996 GFE851996 GPA851996 GYW851996 HIS851996 HSO851996 ICK851996 IMG851996 IWC851996 JFY851996 JPU851996 JZQ851996 KJM851996 KTI851996 LDE851996 LNA851996 LWW851996 MGS851996 MQO851996 NAK851996 NKG851996 NUC851996 ODY851996 ONU851996 OXQ851996 PHM851996 PRI851996 QBE851996 QLA851996 QUW851996 RES851996 ROO851996 RYK851996 SIG851996 SSC851996 TBY851996 TLU851996 TVQ851996 UFM851996 UPI851996 UZE851996 VJA851996 VSW851996 WCS851996 WMO851996 WWK851996 AC917532 JY917532 TU917532 ADQ917532 ANM917532 AXI917532 BHE917532 BRA917532 CAW917532 CKS917532 CUO917532 DEK917532 DOG917532 DYC917532 EHY917532 ERU917532 FBQ917532 FLM917532 FVI917532 GFE917532 GPA917532 GYW917532 HIS917532 HSO917532 ICK917532 IMG917532 IWC917532 JFY917532 JPU917532 JZQ917532 KJM917532 KTI917532 LDE917532 LNA917532 LWW917532 MGS917532 MQO917532 NAK917532 NKG917532 NUC917532 ODY917532 ONU917532 OXQ917532 PHM917532 PRI917532 QBE917532 QLA917532 QUW917532 RES917532 ROO917532 RYK917532 SIG917532 SSC917532 TBY917532 TLU917532 TVQ917532 UFM917532 UPI917532 UZE917532 VJA917532 VSW917532 WCS917532 WMO917532 WWK917532 AC983068 JY983068 TU983068 ADQ983068 ANM983068 AXI983068 BHE983068 BRA983068 CAW983068 CKS983068 CUO983068 DEK983068 DOG983068 DYC983068 EHY983068 ERU983068 FBQ983068 FLM983068 FVI983068 GFE983068 GPA983068 GYW983068 HIS983068 HSO983068 ICK983068 IMG983068 IWC983068 JFY983068 JPU983068 JZQ983068 KJM983068 KTI983068 LDE983068 LNA983068 LWW983068 MGS983068 MQO983068 NAK983068 NKG983068 NUC983068 ODY983068 ONU983068 OXQ983068 PHM983068 PRI983068 QBE983068 QLA983068 QUW983068 RES983068 ROO983068 RYK983068 SIG983068 SSC983068 TBY983068 TLU983068 TVQ983068 UFM983068 UPI983068 UZE983068 VJA983068 VSW983068 WCS983068 WMO983068 WWK983068 IJ3 SF3 ACB3 ALX3 AVT3 BFP3 BPL3 BZH3 CJD3 CSZ3 DCV3 DMR3 DWN3 EGJ3 EQF3 FAB3 FJX3 FTT3 GDP3 GNL3 GXH3 HHD3 HQZ3 IAV3 IKR3 IUN3 JEJ3 JOF3 JYB3 KHX3 KRT3 LBP3 LLL3 LVH3 MFD3 MOZ3 MYV3 NIR3 NSN3 OCJ3 OMF3 OWB3 PFX3 PPT3 PZP3 QJL3 QTH3 RDD3 RMZ3 RWV3 SGR3 SQN3 TAJ3 TKF3 TUB3 UDX3 UNT3 UXP3 VHL3 VRH3 WBD3 WKZ3 WUV3 IJ65564 SF65564 ACB65564 ALX65564 AVT65564 BFP65564 BPL65564 BZH65564 CJD65564 CSZ65564 DCV65564 DMR65564 DWN65564 EGJ65564 EQF65564 FAB65564 FJX65564 FTT65564 GDP65564 GNL65564 GXH65564 HHD65564 HQZ65564 IAV65564 IKR65564 IUN65564 JEJ65564 JOF65564 JYB65564 KHX65564 KRT65564 LBP65564 LLL65564 LVH65564 MFD65564 MOZ65564 MYV65564 NIR65564 NSN65564 OCJ65564 OMF65564 OWB65564 PFX65564 PPT65564 PZP65564 QJL65564 QTH65564 RDD65564 RMZ65564 RWV65564 SGR65564 SQN65564 TAJ65564 TKF65564 TUB65564 UDX65564 UNT65564 UXP65564 VHL65564 VRH65564 WBD65564 WKZ65564 WUV65564 IJ131100 SF131100 ACB131100 ALX131100 AVT131100 BFP131100 BPL131100 BZH131100 CJD131100 CSZ131100 DCV131100 DMR131100 DWN131100 EGJ131100 EQF131100 FAB131100 FJX131100 FTT131100 GDP131100 GNL131100 GXH131100 HHD131100 HQZ131100 IAV131100 IKR131100 IUN131100 JEJ131100 JOF131100 JYB131100 KHX131100 KRT131100 LBP131100 LLL131100 LVH131100 MFD131100 MOZ131100 MYV131100 NIR131100 NSN131100 OCJ131100 OMF131100 OWB131100 PFX131100 PPT131100 PZP131100 QJL131100 QTH131100 RDD131100 RMZ131100 RWV131100 SGR131100 SQN131100 TAJ131100 TKF131100 TUB131100 UDX131100 UNT131100 UXP131100 VHL131100 VRH131100 WBD131100 WKZ131100 WUV131100 IJ196636 SF196636 ACB196636 ALX196636 AVT196636 BFP196636 BPL196636 BZH196636 CJD196636 CSZ196636 DCV196636 DMR196636 DWN196636 EGJ196636 EQF196636 FAB196636 FJX196636 FTT196636 GDP196636 GNL196636 GXH196636 HHD196636 HQZ196636 IAV196636 IKR196636 IUN196636 JEJ196636 JOF196636 JYB196636 KHX196636 KRT196636 LBP196636 LLL196636 LVH196636 MFD196636 MOZ196636 MYV196636 NIR196636 NSN196636 OCJ196636 OMF196636 OWB196636 PFX196636 PPT196636 PZP196636 QJL196636 QTH196636 RDD196636 RMZ196636 RWV196636 SGR196636 SQN196636 TAJ196636 TKF196636 TUB196636 UDX196636 UNT196636 UXP196636 VHL196636 VRH196636 WBD196636 WKZ196636 WUV196636 IJ262172 SF262172 ACB262172 ALX262172 AVT262172 BFP262172 BPL262172 BZH262172 CJD262172 CSZ262172 DCV262172 DMR262172 DWN262172 EGJ262172 EQF262172 FAB262172 FJX262172 FTT262172 GDP262172 GNL262172 GXH262172 HHD262172 HQZ262172 IAV262172 IKR262172 IUN262172 JEJ262172 JOF262172 JYB262172 KHX262172 KRT262172 LBP262172 LLL262172 LVH262172 MFD262172 MOZ262172 MYV262172 NIR262172 NSN262172 OCJ262172 OMF262172 OWB262172 PFX262172 PPT262172 PZP262172 QJL262172 QTH262172 RDD262172 RMZ262172 RWV262172 SGR262172 SQN262172 TAJ262172 TKF262172 TUB262172 UDX262172 UNT262172 UXP262172 VHL262172 VRH262172 WBD262172 WKZ262172 WUV262172 IJ327708 SF327708 ACB327708 ALX327708 AVT327708 BFP327708 BPL327708 BZH327708 CJD327708 CSZ327708 DCV327708 DMR327708 DWN327708 EGJ327708 EQF327708 FAB327708 FJX327708 FTT327708 GDP327708 GNL327708 GXH327708 HHD327708 HQZ327708 IAV327708 IKR327708 IUN327708 JEJ327708 JOF327708 JYB327708 KHX327708 KRT327708 LBP327708 LLL327708 LVH327708 MFD327708 MOZ327708 MYV327708 NIR327708 NSN327708 OCJ327708 OMF327708 OWB327708 PFX327708 PPT327708 PZP327708 QJL327708 QTH327708 RDD327708 RMZ327708 RWV327708 SGR327708 SQN327708 TAJ327708 TKF327708 TUB327708 UDX327708 UNT327708 UXP327708 VHL327708 VRH327708 WBD327708 WKZ327708 WUV327708 IJ393244 SF393244 ACB393244 ALX393244 AVT393244 BFP393244 BPL393244 BZH393244 CJD393244 CSZ393244 DCV393244 DMR393244 DWN393244 EGJ393244 EQF393244 FAB393244 FJX393244 FTT393244 GDP393244 GNL393244 GXH393244 HHD393244 HQZ393244 IAV393244 IKR393244 IUN393244 JEJ393244 JOF393244 JYB393244 KHX393244 KRT393244 LBP393244 LLL393244 LVH393244 MFD393244 MOZ393244 MYV393244 NIR393244 NSN393244 OCJ393244 OMF393244 OWB393244 PFX393244 PPT393244 PZP393244 QJL393244 QTH393244 RDD393244 RMZ393244 RWV393244 SGR393244 SQN393244 TAJ393244 TKF393244 TUB393244 UDX393244 UNT393244 UXP393244 VHL393244 VRH393244 WBD393244 WKZ393244 WUV393244 IJ458780 SF458780 ACB458780 ALX458780 AVT458780 BFP458780 BPL458780 BZH458780 CJD458780 CSZ458780 DCV458780 DMR458780 DWN458780 EGJ458780 EQF458780 FAB458780 FJX458780 FTT458780 GDP458780 GNL458780 GXH458780 HHD458780 HQZ458780 IAV458780 IKR458780 IUN458780 JEJ458780 JOF458780 JYB458780 KHX458780 KRT458780 LBP458780 LLL458780 LVH458780 MFD458780 MOZ458780 MYV458780 NIR458780 NSN458780 OCJ458780 OMF458780 OWB458780 PFX458780 PPT458780 PZP458780 QJL458780 QTH458780 RDD458780 RMZ458780 RWV458780 SGR458780 SQN458780 TAJ458780 TKF458780 TUB458780 UDX458780 UNT458780 UXP458780 VHL458780 VRH458780 WBD458780 WKZ458780 WUV458780 IJ524316 SF524316 ACB524316 ALX524316 AVT524316 BFP524316 BPL524316 BZH524316 CJD524316 CSZ524316 DCV524316 DMR524316 DWN524316 EGJ524316 EQF524316 FAB524316 FJX524316 FTT524316 GDP524316 GNL524316 GXH524316 HHD524316 HQZ524316 IAV524316 IKR524316 IUN524316 JEJ524316 JOF524316 JYB524316 KHX524316 KRT524316 LBP524316 LLL524316 LVH524316 MFD524316 MOZ524316 MYV524316 NIR524316 NSN524316 OCJ524316 OMF524316 OWB524316 PFX524316 PPT524316 PZP524316 QJL524316 QTH524316 RDD524316 RMZ524316 RWV524316 SGR524316 SQN524316 TAJ524316 TKF524316 TUB524316 UDX524316 UNT524316 UXP524316 VHL524316 VRH524316 WBD524316 WKZ524316 WUV524316 IJ589852 SF589852 ACB589852 ALX589852 AVT589852 BFP589852 BPL589852 BZH589852 CJD589852 CSZ589852 DCV589852 DMR589852 DWN589852 EGJ589852 EQF589852 FAB589852 FJX589852 FTT589852 GDP589852 GNL589852 GXH589852 HHD589852 HQZ589852 IAV589852 IKR589852 IUN589852 JEJ589852 JOF589852 JYB589852 KHX589852 KRT589852 LBP589852 LLL589852 LVH589852 MFD589852 MOZ589852 MYV589852 NIR589852 NSN589852 OCJ589852 OMF589852 OWB589852 PFX589852 PPT589852 PZP589852 QJL589852 QTH589852 RDD589852 RMZ589852 RWV589852 SGR589852 SQN589852 TAJ589852 TKF589852 TUB589852 UDX589852 UNT589852 UXP589852 VHL589852 VRH589852 WBD589852 WKZ589852 WUV589852 IJ655388 SF655388 ACB655388 ALX655388 AVT655388 BFP655388 BPL655388 BZH655388 CJD655388 CSZ655388 DCV655388 DMR655388 DWN655388 EGJ655388 EQF655388 FAB655388 FJX655388 FTT655388 GDP655388 GNL655388 GXH655388 HHD655388 HQZ655388 IAV655388 IKR655388 IUN655388 JEJ655388 JOF655388 JYB655388 KHX655388 KRT655388 LBP655388 LLL655388 LVH655388 MFD655388 MOZ655388 MYV655388 NIR655388 NSN655388 OCJ655388 OMF655388 OWB655388 PFX655388 PPT655388 PZP655388 QJL655388 QTH655388 RDD655388 RMZ655388 RWV655388 SGR655388 SQN655388 TAJ655388 TKF655388 TUB655388 UDX655388 UNT655388 UXP655388 VHL655388 VRH655388 WBD655388 WKZ655388 WUV655388 IJ720924 SF720924 ACB720924 ALX720924 AVT720924 BFP720924 BPL720924 BZH720924 CJD720924 CSZ720924 DCV720924 DMR720924 DWN720924 EGJ720924 EQF720924 FAB720924 FJX720924 FTT720924 GDP720924 GNL720924 GXH720924 HHD720924 HQZ720924 IAV720924 IKR720924 IUN720924 JEJ720924 JOF720924 JYB720924 KHX720924 KRT720924 LBP720924 LLL720924 LVH720924 MFD720924 MOZ720924 MYV720924 NIR720924 NSN720924 OCJ720924 OMF720924 OWB720924 PFX720924 PPT720924 PZP720924 QJL720924 QTH720924 RDD720924 RMZ720924 RWV720924 SGR720924 SQN720924 TAJ720924 TKF720924 TUB720924 UDX720924 UNT720924 UXP720924 VHL720924 VRH720924 WBD720924 WKZ720924 WUV720924 IJ786460 SF786460 ACB786460 ALX786460 AVT786460 BFP786460 BPL786460 BZH786460 CJD786460 CSZ786460 DCV786460 DMR786460 DWN786460 EGJ786460 EQF786460 FAB786460 FJX786460 FTT786460 GDP786460 GNL786460 GXH786460 HHD786460 HQZ786460 IAV786460 IKR786460 IUN786460 JEJ786460 JOF786460 JYB786460 KHX786460 KRT786460 LBP786460 LLL786460 LVH786460 MFD786460 MOZ786460 MYV786460 NIR786460 NSN786460 OCJ786460 OMF786460 OWB786460 PFX786460 PPT786460 PZP786460 QJL786460 QTH786460 RDD786460 RMZ786460 RWV786460 SGR786460 SQN786460 TAJ786460 TKF786460 TUB786460 UDX786460 UNT786460 UXP786460 VHL786460 VRH786460 WBD786460 WKZ786460 WUV786460 IJ851996 SF851996 ACB851996 ALX851996 AVT851996 BFP851996 BPL851996 BZH851996 CJD851996 CSZ851996 DCV851996 DMR851996 DWN851996 EGJ851996 EQF851996 FAB851996 FJX851996 FTT851996 GDP851996 GNL851996 GXH851996 HHD851996 HQZ851996 IAV851996 IKR851996 IUN851996 JEJ851996 JOF851996 JYB851996 KHX851996 KRT851996 LBP851996 LLL851996 LVH851996 MFD851996 MOZ851996 MYV851996 NIR851996 NSN851996 OCJ851996 OMF851996 OWB851996 PFX851996 PPT851996 PZP851996 QJL851996 QTH851996 RDD851996 RMZ851996 RWV851996 SGR851996 SQN851996 TAJ851996 TKF851996 TUB851996 UDX851996 UNT851996 UXP851996 VHL851996 VRH851996 WBD851996 WKZ851996 WUV851996 IJ917532 SF917532 ACB917532 ALX917532 AVT917532 BFP917532 BPL917532 BZH917532 CJD917532 CSZ917532 DCV917532 DMR917532 DWN917532 EGJ917532 EQF917532 FAB917532 FJX917532 FTT917532 GDP917532 GNL917532 GXH917532 HHD917532 HQZ917532 IAV917532 IKR917532 IUN917532 JEJ917532 JOF917532 JYB917532 KHX917532 KRT917532 LBP917532 LLL917532 LVH917532 MFD917532 MOZ917532 MYV917532 NIR917532 NSN917532 OCJ917532 OMF917532 OWB917532 PFX917532 PPT917532 PZP917532 QJL917532 QTH917532 RDD917532 RMZ917532 RWV917532 SGR917532 SQN917532 TAJ917532 TKF917532 TUB917532 UDX917532 UNT917532 UXP917532 VHL917532 VRH917532 WBD917532 WKZ917532 WUV917532 IJ983068 SF983068 ACB983068 ALX983068 AVT983068 BFP983068 BPL983068 BZH983068 CJD983068 CSZ983068 DCV983068 DMR983068 DWN983068 EGJ983068 EQF983068 FAB983068 FJX983068 FTT983068 GDP983068 GNL983068 GXH983068 HHD983068 HQZ983068 IAV983068 IKR983068 IUN983068 JEJ983068 JOF983068 JYB983068 KHX983068 KRT983068 LBP983068 LLL983068 LVH983068 MFD983068 MOZ983068 MYV983068 NIR983068 NSN983068 OCJ983068 OMF983068 OWB983068 PFX983068 PPT983068 PZP983068 QJL983068 QTH983068 RDD983068 RMZ983068 RWV983068 SGR983068 SQN983068 TAJ983068 TKF983068 TUB983068 UDX983068 UNT983068 UXP983068 VHL983068 VRH983068 WBD983068 WKZ983068 WUV983068 JB3 SX3 ACT3 AMP3 AWL3 BGH3 BQD3 BZZ3 CJV3 CTR3 DDN3 DNJ3 DXF3 EHB3 EQX3 FAT3 FKP3 FUL3 GEH3 GOD3 GXZ3 HHV3 HRR3 IBN3 ILJ3 IVF3 JFB3 JOX3 JYT3 KIP3 KSL3 LCH3 LMD3 LVZ3 MFV3 MPR3 MZN3 NJJ3 NTF3 ODB3 OMX3 OWT3 PGP3 PQL3 QAH3 QKD3 QTZ3 RDV3 RNR3 RXN3 SHJ3 SRF3 TBB3 TKX3 TUT3 UEP3 UOL3 UYH3 VID3 VRZ3 WBV3 WLR3 WVN3 JB65564 SX65564 ACT65564 AMP65564 AWL65564 BGH65564 BQD65564 BZZ65564 CJV65564 CTR65564 DDN65564 DNJ65564 DXF65564 EHB65564 EQX65564 FAT65564 FKP65564 FUL65564 GEH65564 GOD65564 GXZ65564 HHV65564 HRR65564 IBN65564 ILJ65564 IVF65564 JFB65564 JOX65564 JYT65564 KIP65564 KSL65564 LCH65564 LMD65564 LVZ65564 MFV65564 MPR65564 MZN65564 NJJ65564 NTF65564 ODB65564 OMX65564 OWT65564 PGP65564 PQL65564 QAH65564 QKD65564 QTZ65564 RDV65564 RNR65564 RXN65564 SHJ65564 SRF65564 TBB65564 TKX65564 TUT65564 UEP65564 UOL65564 UYH65564 VID65564 VRZ65564 WBV65564 WLR65564 WVN65564 JB131100 SX131100 ACT131100 AMP131100 AWL131100 BGH131100 BQD131100 BZZ131100 CJV131100 CTR131100 DDN131100 DNJ131100 DXF131100 EHB131100 EQX131100 FAT131100 FKP131100 FUL131100 GEH131100 GOD131100 GXZ131100 HHV131100 HRR131100 IBN131100 ILJ131100 IVF131100 JFB131100 JOX131100 JYT131100 KIP131100 KSL131100 LCH131100 LMD131100 LVZ131100 MFV131100 MPR131100 MZN131100 NJJ131100 NTF131100 ODB131100 OMX131100 OWT131100 PGP131100 PQL131100 QAH131100 QKD131100 QTZ131100 RDV131100 RNR131100 RXN131100 SHJ131100 SRF131100 TBB131100 TKX131100 TUT131100 UEP131100 UOL131100 UYH131100 VID131100 VRZ131100 WBV131100 WLR131100 WVN131100 JB196636 SX196636 ACT196636 AMP196636 AWL196636 BGH196636 BQD196636 BZZ196636 CJV196636 CTR196636 DDN196636 DNJ196636 DXF196636 EHB196636 EQX196636 FAT196636 FKP196636 FUL196636 GEH196636 GOD196636 GXZ196636 HHV196636 HRR196636 IBN196636 ILJ196636 IVF196636 JFB196636 JOX196636 JYT196636 KIP196636 KSL196636 LCH196636 LMD196636 LVZ196636 MFV196636 MPR196636 MZN196636 NJJ196636 NTF196636 ODB196636 OMX196636 OWT196636 PGP196636 PQL196636 QAH196636 QKD196636 QTZ196636 RDV196636 RNR196636 RXN196636 SHJ196636 SRF196636 TBB196636 TKX196636 TUT196636 UEP196636 UOL196636 UYH196636 VID196636 VRZ196636 WBV196636 WLR196636 WVN196636 JB262172 SX262172 ACT262172 AMP262172 AWL262172 BGH262172 BQD262172 BZZ262172 CJV262172 CTR262172 DDN262172 DNJ262172 DXF262172 EHB262172 EQX262172 FAT262172 FKP262172 FUL262172 GEH262172 GOD262172 GXZ262172 HHV262172 HRR262172 IBN262172 ILJ262172 IVF262172 JFB262172 JOX262172 JYT262172 KIP262172 KSL262172 LCH262172 LMD262172 LVZ262172 MFV262172 MPR262172 MZN262172 NJJ262172 NTF262172 ODB262172 OMX262172 OWT262172 PGP262172 PQL262172 QAH262172 QKD262172 QTZ262172 RDV262172 RNR262172 RXN262172 SHJ262172 SRF262172 TBB262172 TKX262172 TUT262172 UEP262172 UOL262172 UYH262172 VID262172 VRZ262172 WBV262172 WLR262172 WVN262172 JB327708 SX327708 ACT327708 AMP327708 AWL327708 BGH327708 BQD327708 BZZ327708 CJV327708 CTR327708 DDN327708 DNJ327708 DXF327708 EHB327708 EQX327708 FAT327708 FKP327708 FUL327708 GEH327708 GOD327708 GXZ327708 HHV327708 HRR327708 IBN327708 ILJ327708 IVF327708 JFB327708 JOX327708 JYT327708 KIP327708 KSL327708 LCH327708 LMD327708 LVZ327708 MFV327708 MPR327708 MZN327708 NJJ327708 NTF327708 ODB327708 OMX327708 OWT327708 PGP327708 PQL327708 QAH327708 QKD327708 QTZ327708 RDV327708 RNR327708 RXN327708 SHJ327708 SRF327708 TBB327708 TKX327708 TUT327708 UEP327708 UOL327708 UYH327708 VID327708 VRZ327708 WBV327708 WLR327708 WVN327708 JB393244 SX393244 ACT393244 AMP393244 AWL393244 BGH393244 BQD393244 BZZ393244 CJV393244 CTR393244 DDN393244 DNJ393244 DXF393244 EHB393244 EQX393244 FAT393244 FKP393244 FUL393244 GEH393244 GOD393244 GXZ393244 HHV393244 HRR393244 IBN393244 ILJ393244 IVF393244 JFB393244 JOX393244 JYT393244 KIP393244 KSL393244 LCH393244 LMD393244 LVZ393244 MFV393244 MPR393244 MZN393244 NJJ393244 NTF393244 ODB393244 OMX393244 OWT393244 PGP393244 PQL393244 QAH393244 QKD393244 QTZ393244 RDV393244 RNR393244 RXN393244 SHJ393244 SRF393244 TBB393244 TKX393244 TUT393244 UEP393244 UOL393244 UYH393244 VID393244 VRZ393244 WBV393244 WLR393244 WVN393244 JB458780 SX458780 ACT458780 AMP458780 AWL458780 BGH458780 BQD458780 BZZ458780 CJV458780 CTR458780 DDN458780 DNJ458780 DXF458780 EHB458780 EQX458780 FAT458780 FKP458780 FUL458780 GEH458780 GOD458780 GXZ458780 HHV458780 HRR458780 IBN458780 ILJ458780 IVF458780 JFB458780 JOX458780 JYT458780 KIP458780 KSL458780 LCH458780 LMD458780 LVZ458780 MFV458780 MPR458780 MZN458780 NJJ458780 NTF458780 ODB458780 OMX458780 OWT458780 PGP458780 PQL458780 QAH458780 QKD458780 QTZ458780 RDV458780 RNR458780 RXN458780 SHJ458780 SRF458780 TBB458780 TKX458780 TUT458780 UEP458780 UOL458780 UYH458780 VID458780 VRZ458780 WBV458780 WLR458780 WVN458780 JB524316 SX524316 ACT524316 AMP524316 AWL524316 BGH524316 BQD524316 BZZ524316 CJV524316 CTR524316 DDN524316 DNJ524316 DXF524316 EHB524316 EQX524316 FAT524316 FKP524316 FUL524316 GEH524316 GOD524316 GXZ524316 HHV524316 HRR524316 IBN524316 ILJ524316 IVF524316 JFB524316 JOX524316 JYT524316 KIP524316 KSL524316 LCH524316 LMD524316 LVZ524316 MFV524316 MPR524316 MZN524316 NJJ524316 NTF524316 ODB524316 OMX524316 OWT524316 PGP524316 PQL524316 QAH524316 QKD524316 QTZ524316 RDV524316 RNR524316 RXN524316 SHJ524316 SRF524316 TBB524316 TKX524316 TUT524316 UEP524316 UOL524316 UYH524316 VID524316 VRZ524316 WBV524316 WLR524316 WVN524316 JB589852 SX589852 ACT589852 AMP589852 AWL589852 BGH589852 BQD589852 BZZ589852 CJV589852 CTR589852 DDN589852 DNJ589852 DXF589852 EHB589852 EQX589852 FAT589852 FKP589852 FUL589852 GEH589852 GOD589852 GXZ589852 HHV589852 HRR589852 IBN589852 ILJ589852 IVF589852 JFB589852 JOX589852 JYT589852 KIP589852 KSL589852 LCH589852 LMD589852 LVZ589852 MFV589852 MPR589852 MZN589852 NJJ589852 NTF589852 ODB589852 OMX589852 OWT589852 PGP589852 PQL589852 QAH589852 QKD589852 QTZ589852 RDV589852 RNR589852 RXN589852 SHJ589852 SRF589852 TBB589852 TKX589852 TUT589852 UEP589852 UOL589852 UYH589852 VID589852 VRZ589852 WBV589852 WLR589852 WVN589852 JB655388 SX655388 ACT655388 AMP655388 AWL655388 BGH655388 BQD655388 BZZ655388 CJV655388 CTR655388 DDN655388 DNJ655388 DXF655388 EHB655388 EQX655388 FAT655388 FKP655388 FUL655388 GEH655388 GOD655388 GXZ655388 HHV655388 HRR655388 IBN655388 ILJ655388 IVF655388 JFB655388 JOX655388 JYT655388 KIP655388 KSL655388 LCH655388 LMD655388 LVZ655388 MFV655388 MPR655388 MZN655388 NJJ655388 NTF655388 ODB655388 OMX655388 OWT655388 PGP655388 PQL655388 QAH655388 QKD655388 QTZ655388 RDV655388 RNR655388 RXN655388 SHJ655388 SRF655388 TBB655388 TKX655388 TUT655388 UEP655388 UOL655388 UYH655388 VID655388 VRZ655388 WBV655388 WLR655388 WVN655388 JB720924 SX720924 ACT720924 AMP720924 AWL720924 BGH720924 BQD720924 BZZ720924 CJV720924 CTR720924 DDN720924 DNJ720924 DXF720924 EHB720924 EQX720924 FAT720924 FKP720924 FUL720924 GEH720924 GOD720924 GXZ720924 HHV720924 HRR720924 IBN720924 ILJ720924 IVF720924 JFB720924 JOX720924 JYT720924 KIP720924 KSL720924 LCH720924 LMD720924 LVZ720924 MFV720924 MPR720924 MZN720924 NJJ720924 NTF720924 ODB720924 OMX720924 OWT720924 PGP720924 PQL720924 QAH720924 QKD720924 QTZ720924 RDV720924 RNR720924 RXN720924 SHJ720924 SRF720924 TBB720924 TKX720924 TUT720924 UEP720924 UOL720924 UYH720924 VID720924 VRZ720924 WBV720924 WLR720924 WVN720924 JB786460 SX786460 ACT786460 AMP786460 AWL786460 BGH786460 BQD786460 BZZ786460 CJV786460 CTR786460 DDN786460 DNJ786460 DXF786460 EHB786460 EQX786460 FAT786460 FKP786460 FUL786460 GEH786460 GOD786460 GXZ786460 HHV786460 HRR786460 IBN786460 ILJ786460 IVF786460 JFB786460 JOX786460 JYT786460 KIP786460 KSL786460 LCH786460 LMD786460 LVZ786460 MFV786460 MPR786460 MZN786460 NJJ786460 NTF786460 ODB786460 OMX786460 OWT786460 PGP786460 PQL786460 QAH786460 QKD786460 QTZ786460 RDV786460 RNR786460 RXN786460 SHJ786460 SRF786460 TBB786460 TKX786460 TUT786460 UEP786460 UOL786460 UYH786460 VID786460 VRZ786460 WBV786460 WLR786460 WVN786460 JB851996 SX851996 ACT851996 AMP851996 AWL851996 BGH851996 BQD851996 BZZ851996 CJV851996 CTR851996 DDN851996 DNJ851996 DXF851996 EHB851996 EQX851996 FAT851996 FKP851996 FUL851996 GEH851996 GOD851996 GXZ851996 HHV851996 HRR851996 IBN851996 ILJ851996 IVF851996 JFB851996 JOX851996 JYT851996 KIP851996 KSL851996 LCH851996 LMD851996 LVZ851996 MFV851996 MPR851996 MZN851996 NJJ851996 NTF851996 ODB851996 OMX851996 OWT851996 PGP851996 PQL851996 QAH851996 QKD851996 QTZ851996 RDV851996 RNR851996 RXN851996 SHJ851996 SRF851996 TBB851996 TKX851996 TUT851996 UEP851996 UOL851996 UYH851996 VID851996 VRZ851996 WBV851996 WLR851996 WVN851996 JB917532 SX917532 ACT917532 AMP917532 AWL917532 BGH917532 BQD917532 BZZ917532 CJV917532 CTR917532 DDN917532 DNJ917532 DXF917532 EHB917532 EQX917532 FAT917532 FKP917532 FUL917532 GEH917532 GOD917532 GXZ917532 HHV917532 HRR917532 IBN917532 ILJ917532 IVF917532 JFB917532 JOX917532 JYT917532 KIP917532 KSL917532 LCH917532 LMD917532 LVZ917532 MFV917532 MPR917532 MZN917532 NJJ917532 NTF917532 ODB917532 OMX917532 OWT917532 PGP917532 PQL917532 QAH917532 QKD917532 QTZ917532 RDV917532 RNR917532 RXN917532 SHJ917532 SRF917532 TBB917532 TKX917532 TUT917532 UEP917532 UOL917532 UYH917532 VID917532 VRZ917532 WBV917532 WLR917532 WVN917532 JB983068 SX983068 ACT983068 AMP983068 AWL983068 BGH983068 BQD983068 BZZ983068 CJV983068 CTR983068 DDN983068 DNJ983068 DXF983068 EHB983068 EQX983068 FAT983068 FKP983068 FUL983068 GEH983068 GOD983068 GXZ983068 HHV983068 HRR983068 IBN983068 ILJ983068 IVF983068 JFB983068 JOX983068 JYT983068 KIP983068 KSL983068 LCH983068 LMD983068 LVZ983068 MFV983068 MPR983068 MZN983068 NJJ983068 NTF983068 ODB983068 OMX983068 OWT983068 PGP983068 PQL983068 QAH983068 QKD983068 QTZ983068 RDV983068 RNR983068 RXN983068 SHJ983068 SRF983068 TBB983068 TKX983068 TUT983068 UEP983068 UOL983068 UYH983068 VID983068 VRZ983068 WBV983068 WLR983068 WVN983068" xr:uid="{00000000-0002-0000-0400-000000000000}"/>
+  </dataValidations>
+  <pageMargins left="0.51181102362204722" right="0" top="0.43307086614173229" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
+  <customProperties>
+    <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
+  </customProperties>
+  <drawing r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x14">
+      <controls>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3073" r:id="rId5" name="Check Box 1">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3074" r:id="rId6" name="Check Box 2">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3075" r:id="rId7" name="Check Box 3">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3076" r:id="rId8" name="Check Box 4">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3077" r:id="rId9" name="Check Box 5">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3078" r:id="rId10" name="Check Box 6">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3079" r:id="rId11" name="Check Box 7">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3080" r:id="rId12" name="Check Box 8">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3081" r:id="rId13" name="Check Box 9">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3082" r:id="rId14" name="Check Box 10">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3083" r:id="rId15" name="Check Box 11">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3084" r:id="rId16" name="Check Box 12">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3085" r:id="rId17" name="Check Box 13">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3086" r:id="rId18" name="Check Box 14">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3087" r:id="rId19" name="Check Box 15">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>219075</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+      </controls>
+    </mc:Choice>
+  </mc:AlternateContent>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="3" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" customWidth="1"/>
     <col min="6" max="7" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21.75" x14ac:dyDescent="0.3">
       <c r="A1" s="166" t="s">
         <v>128</v>
       </c>
       <c r="B1" s="167"/>
       <c r="C1" s="166"/>
       <c r="D1" s="168"/>
       <c r="E1" s="168"/>
       <c r="F1" s="168"/>
@@ -7640,175 +10821,177 @@
     <row r="7" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="156" t="s">
         <v>132</v>
       </c>
       <c r="B7" s="171"/>
       <c r="C7" s="171"/>
       <c r="D7" s="171"/>
       <c r="E7" s="171"/>
       <c r="F7" s="170"/>
       <c r="G7" s="170"/>
       <c r="M7" s="99"/>
     </row>
     <row r="8" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="156" t="s">
         <v>134</v>
       </c>
       <c r="B8" s="171"/>
       <c r="C8" s="171"/>
       <c r="D8" s="171"/>
       <c r="E8" s="171"/>
       <c r="F8" s="170"/>
       <c r="G8" s="170"/>
     </row>
     <row r="9" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="156" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B9" s="171"/>
       <c r="C9" s="171"/>
       <c r="D9" s="171"/>
       <c r="E9" s="171"/>
       <c r="F9" s="170"/>
       <c r="G9" s="170"/>
     </row>
     <row r="10" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="156" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B10" s="171"/>
       <c r="C10" s="171"/>
       <c r="D10" s="171"/>
       <c r="E10" s="171"/>
       <c r="F10" s="170"/>
       <c r="G10" s="170"/>
     </row>
     <row r="11" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="156" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B11" s="171"/>
       <c r="C11" s="171"/>
       <c r="D11" s="171"/>
       <c r="E11" s="171"/>
       <c r="F11" s="170"/>
       <c r="G11" s="170"/>
     </row>
     <row r="12" spans="1:13" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="172" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="171"/>
       <c r="C12" s="171"/>
       <c r="D12" s="171"/>
       <c r="E12" s="171"/>
       <c r="F12" s="173">
         <f>SUM(F4:F11)</f>
         <v>0</v>
       </c>
       <c r="G12" s="173">
         <f>SUM(G4:G11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="156" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="171"/>
       <c r="C13" s="171"/>
       <c r="D13" s="171"/>
       <c r="E13" s="171"/>
-      <c r="F13" s="230"/>
-      <c r="G13" s="230"/>
+      <c r="F13" s="314"/>
+      <c r="G13" s="314"/>
     </row>
     <row r="14" spans="1:13" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="156" t="s">
         <v>112</v>
       </c>
       <c r="B14" s="171"/>
       <c r="C14" s="171"/>
       <c r="D14" s="171"/>
       <c r="E14" s="171"/>
-      <c r="F14" s="231"/>
-      <c r="G14" s="231"/>
+      <c r="F14" s="315"/>
+      <c r="G14" s="315"/>
     </row>
     <row r="15" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="172" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B15" s="171"/>
       <c r="C15" s="171"/>
       <c r="D15" s="171"/>
       <c r="E15" s="171"/>
       <c r="F15" s="174">
         <f>SUM(F5:F11)</f>
         <v>0</v>
       </c>
       <c r="G15" s="174">
         <f>SUM(G5:G11)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="U95tCHq1hp76/AgFS1fKbfalkcxQzzCVT9XERW5QdLW3sBk6B0ePNskhgNBoUUbqcSKWrncprVZnWPJalO00jA==" saltValue="FGtwH8RfpTlC7wFUKCQJww==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Ovy3s5ypGlcdHo211t7HhXk2V6Apx6Pmgnjv36i8vQ6bAX4xwBi0zFSV38YtBboiRcDgQMaFPHjKQuLSPaitQQ==" saltValue="1D0ggQIEtuZRdnGNdkg9Wg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="G13:G14"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0" top="0.43307086614173229" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Données</vt:lpstr>
       <vt:lpstr>Comptes</vt:lpstr>
       <vt:lpstr>Annexe</vt:lpstr>
+      <vt:lpstr>Répartition</vt:lpstr>
       <vt:lpstr>Pertes</vt:lpstr>
       <vt:lpstr>Comptes!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Pertes!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>Répartition!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat du Valais / Staat Wallis</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SCI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>