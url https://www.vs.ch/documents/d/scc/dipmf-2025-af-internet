--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -1,105 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
-  <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\USERDAT\PERS-MOR\PUBLIC\DIPM\DIPM2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09E42A1E-87D9-44A9-B1C5-BA12DA4F9430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ND+zLhD27KiobPpSS/e1RS3dy2KIzzEP8njRgrP2P+LKgyO4wFO0EmEzDzMSVMUVFTDoQ+QQUdVIPSHylxlxKg==" workbookSaltValue="ecvt+Ehz+4u44lwZxXf9kg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C32A754-D70E-47EF-8E25-1AB0DEA3A823}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="6JECa04uvmmGyN3wgWYx6i9nX6pAB/1alUiTqY5ddclXkdwe48Sqv39KMJeteEBxGKHMzGT7R/YzwnUm0VXPCg==" workbookSaltValue="rm9h89/mbjiUPcqDikXhZg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Données" sheetId="7" r:id="rId1"/>
     <sheet name="Comptes" sheetId="1" r:id="rId2"/>
-    <sheet name="Annexe" sheetId="9" r:id="rId3"/>
-[...1 lines deleted...]
-    <sheet name="Pertes" sheetId="10" r:id="rId5"/>
+    <sheet name="Prestations" sheetId="13" r:id="rId3"/>
+    <sheet name="Instructions" sheetId="9" r:id="rId4"/>
+    <sheet name="Répartition" sheetId="12" r:id="rId5"/>
+    <sheet name="Pertes" sheetId="10" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Comptes!$B$1:$I$78</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">Pertes!$A$1:$G$15</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">Répartition!$A$1:$H$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">Pertes!$A$1:$G$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">Répartition!$A$1:$H$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C16" i="12" l="1"/>
   <c r="C17" i="12"/>
   <c r="C18" i="12"/>
   <c r="C19" i="12"/>
   <c r="D20" i="12"/>
@@ -192,51 +197,51 @@
   <c r="C26" i="12"/>
   <c r="C61" i="12"/>
   <c r="E27" i="12"/>
   <c r="D27" i="12"/>
   <c r="G15" i="10" l="1"/>
   <c r="F15" i="10"/>
   <c r="G12" i="10" l="1"/>
   <c r="F12" i="10"/>
   <c r="I72" i="1" l="1"/>
   <c r="I63" i="1"/>
   <c r="I73" i="1" l="1"/>
   <c r="I30" i="1"/>
   <c r="I32" i="1" s="1"/>
   <c r="I24" i="1"/>
   <c r="I11" i="1"/>
   <c r="I33" i="1" l="1"/>
   <c r="I38" i="1" l="1"/>
   <c r="L3" i="1"/>
   <c r="I40" i="1" l="1"/>
   <c r="I47" i="1"/>
   <c r="I51" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="212">
   <si>
     <t>B.</t>
   </si>
   <si>
     <t>Capital propre imposable en Suisse</t>
   </si>
   <si>
     <t>RESULTAT NET</t>
   </si>
   <si>
     <t xml:space="preserve">Résultat imposable en Suisse </t>
   </si>
   <si>
     <t>A.</t>
   </si>
   <si>
     <t>Attributions à des institutions de prévoyance professionnelle en faveur du personnel</t>
   </si>
   <si>
     <t>Service cantonal des contributions</t>
   </si>
   <si>
     <t>Avenue de la Gare 35</t>
   </si>
   <si>
@@ -408,59 +413,50 @@
     <t xml:space="preserve">Valeurs fiscales des immeubles </t>
   </si>
   <si>
     <t xml:space="preserve">Matériel d'exploitation </t>
   </si>
   <si>
     <t xml:space="preserve">Stocks  </t>
   </si>
   <si>
     <t xml:space="preserve">Débiteurs </t>
   </si>
   <si>
     <t xml:space="preserve">Dettes provenant d'emprunts </t>
   </si>
   <si>
     <t>Capital propre total  imposable</t>
   </si>
   <si>
     <t>Montant CHF</t>
   </si>
   <si>
     <t>N° contribuable</t>
   </si>
   <si>
     <t>Veuillez cocher et nous transmettre les répartitions à effectuer :</t>
-  </si>
-[...7 lines deleted...]
-    <t>Page 3/3</t>
   </si>
   <si>
     <t xml:space="preserve">./. Pertes fiscalement déductibles </t>
   </si>
   <si>
     <t>Autres dépenses non liées à l'acquisition des recettes imposables :</t>
   </si>
   <si>
     <t>Autres :</t>
   </si>
   <si>
     <t>Peuvent demander l'exonération :</t>
   </si>
   <si>
     <t>N° IDE</t>
   </si>
   <si>
     <t xml:space="preserve">Raison sociale </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total des recettes imposables </t>
     </r>
     <r>
       <rPr>
@@ -551,60 +547,50 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Capital propre </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(chiffre 14.8 moins chiffre 15.5)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Nous attestons que les indications données dans la déclaration et ses annexes sont exactes et complètes. </t>
   </si>
   <si>
     <t xml:space="preserve"> Impôts cantonaux et communaux </t>
   </si>
   <si>
     <t xml:space="preserve"> Impôt fédéral direct</t>
   </si>
   <si>
-    <t xml:space="preserve">Les éléments pour établir ces répartitions doivent être présentés spontanément, ensemble avec la déclaration d’impôt. </t>
-[...8 lines deleted...]
-  <si>
     <t>Signature valable du contribuable :</t>
   </si>
   <si>
     <t>Adresse de correspondance à compléter:</t>
   </si>
   <si>
     <t>A compléter :</t>
   </si>
   <si>
     <t>Annexes: bilan, compte de profits et pertes, annexes</t>
   </si>
   <si>
     <t>Etes-vous au bénéfice d'une exonération d'impôt :</t>
   </si>
   <si>
     <t>N° de partenaire</t>
   </si>
   <si>
     <t>Début :</t>
   </si>
   <si>
     <t>Fin :</t>
   </si>
   <si>
     <r>
@@ -694,59 +680,50 @@
   </si>
   <si>
     <t>C.</t>
   </si>
   <si>
     <t>Total du chiffre 6</t>
   </si>
   <si>
     <t>Impôt cantonal</t>
   </si>
   <si>
     <t>Impôt fédéral direct</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Résultat fiscal </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(chiffres 4 à 5.3)</t>
     </r>
-  </si>
-[...7 lines deleted...]
-    <t>E. DEMANDE D'EXONERATION</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Exercice commercial 2020 ou 2019/20</t>
   </si>
   <si>
     <t>Durée de l'exercice commercial (période fiscale)</t>
   </si>
   <si>
     <t>Exercice commercial 2021 ou 2020/21</t>
   </si>
   <si>
     <t>Exercice commercial 2022 ou 2021/22</t>
   </si>
   <si>
     <t>Exercice commercial 2023 ou 2022/23</t>
   </si>
   <si>
     <t>DECLARATION 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Veuillez renvoyer la déclaration accompagnée des comptes annuels signés ((le compte de pertes et profits, le bilan et l'annexe), ainsi que les formulaires annexes au plus tard jusqu'au </t>
@@ -911,74 +888,163 @@
   <si>
     <t>Immeubles de placement</t>
   </si>
   <si>
     <t>Etablissements stables et/ou immeubles d'exploitation</t>
   </si>
   <si>
     <t>Siège et/ou administration effective</t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez cocher les cases qui conviennent </t>
   </si>
   <si>
     <t>Communes</t>
   </si>
   <si>
     <t>Cantons</t>
   </si>
   <si>
     <t xml:space="preserve">Pays </t>
   </si>
   <si>
     <t>1. Eléments déterminants pour les calculs de répartition</t>
   </si>
   <si>
-    <t>G. REPARTITION INTERNATIONALE, INTERCANTONALE ET INTERCOMMUNALE</t>
-[...1 lines deleted...]
-  <si>
     <t>Le formulaire de répartition est également disponible sur internet à l’adresse suivante :</t>
   </si>
   <si>
-    <t>https://www.vs.ch/fr/web/scc/formulaires-pm</t>
+    <t>Est-ce que des prestations ont été versées aux membres de l'administration et aux autres organes ?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     </t>
+  </si>
+  <si>
+    <t>Si oui, veuillez saisir le détail des prestations versées.</t>
+  </si>
+  <si>
+    <t>Vous pouvez également joindre une copie du certificat de salaire pour chaque membre de l'administration ou des autres organes.</t>
+  </si>
+  <si>
+    <t>Numéro
+AVS / IDE</t>
+  </si>
+  <si>
+    <t>Nom, prénom
+Raison sociale</t>
+  </si>
+  <si>
+    <t>Domicile</t>
+  </si>
+  <si>
+    <t>Fonction</t>
+  </si>
+  <si>
+    <t>Prestations
+(total net)</t>
+  </si>
+  <si>
+    <t>Allocations pour frais</t>
+  </si>
+  <si>
+    <t>Si des presation ont été versées, veuillez compléter le tableau ci-dessous.</t>
+  </si>
+  <si>
+    <t>Une attestation sur formule libre peut également être fournie.</t>
+  </si>
+  <si>
+    <t>Page 3/4</t>
+  </si>
+  <si>
+    <t>D. PRESTATIONS VERSEES AUX MEMBRES DE L'ADMINISTRATION ET AUX AUTRES ORGANES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F. REPARTITION INTERCANTONALE ET INTERCOMMUNALE </t>
+  </si>
+  <si>
+    <t>E. PRESTATIONS VERSEES PAR LA FONDATION A LEURS BENEFICIAIRES (prestations en capital, rentes, donations, etc.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les éléments pour établir ces répartitions doivent être présentés spontanément, ensemble avec la déclaration d’impôt 2025. </t>
+  </si>
+  <si>
+    <t>https://www.vs.ch/fr/web/scc/formulaires-pm-2025</t>
+  </si>
+  <si>
+    <t>G. INSTRUCTIONS CONCERNANT LES ANNEXES D ET E</t>
+  </si>
+  <si>
+    <t>H. DEMANDE D'EXONERATION</t>
+  </si>
+  <si>
+    <t>Les personnes morales doivent délivrer une attestation sur les prestations versées aux membres de l'administration ou d'autres organes, conformément aux articles 129 LIFD et 136 LFVS. Une copie des certificats de salaire pour chaque membre peut être jointe à l'annexe D. Si aucun certificat de salaire n'a été établi, il suffit de compléter l'annexe D.</t>
+  </si>
+  <si>
+    <t>De plus, les fondations doivent produire une attesation pour les prestations fournies à leurs bénéficiaires. L'annexe E est prévue à cet effet. Une attestation sur formule libre peut également être fournie.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Si les conditions légales sont remplies, une demande d'exonération peut être adressée par courrier séparé au :
+Service cantonal des contributions
+Avenue de la Gare 35
+1951 Sion 
+</t>
+  </si>
+  <si>
+    <t>Page 1/4</t>
+  </si>
+  <si>
+    <t>Page 2/4</t>
+  </si>
+  <si>
+    <t>Page 4/4</t>
+  </si>
+  <si>
+    <t>Montants versés lors de la période
+en CHF</t>
+  </si>
+  <si>
+    <t>I. REPARTITION INTERNATIONALE, INTERCANTONALE ET INTERCOMMUNALE</t>
+  </si>
+  <si>
+    <t>J. CALCUL DES PERTES FISCALES DES 7 EXERCICES PRECEDENTS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_ &quot;fr.&quot;\ * #,##0.00_ ;_ &quot;fr.&quot;\ * \-#,##0.00_ ;_ &quot;fr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="&quot;.&quot;###"/>
     <numFmt numFmtId="167" formatCode="&quot;*&quot;###&quot;*&quot;"/>
     <numFmt numFmtId="168" formatCode="&quot;*&quot;####&quot;*&quot;"/>
     <numFmt numFmtId="169" formatCode="_ &quot;SFr.&quot;\ * #,##0_ ;_ &quot;SFr.&quot;\ * \-#,##0_ ;_ &quot;SFr.&quot;\ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="170" formatCode="0.0"/>
     <numFmt numFmtId="171" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="41" x14ac:knownFonts="1">
+  <fonts count="45">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1187,53 +1253,80 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Symbol"/>
       <family val="1"/>
       <charset val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Helvetica-Bold"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <u/>
-      <sz val="9"/>
+      <sz val="10.5"/>
       <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10.5"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1254,51 +1347,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="28">
+  <borders count="33">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -1589,62 +1682,125 @@
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="316">
+  <cellXfs count="355">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1758,53 +1914,50 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1949,53 +2102,50 @@
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="20" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -2363,251 +2513,378 @@
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="35" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...24 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="4" fontId="15" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="15" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Avertissement" xfId="1" builtinId="11"/>
     <cellStyle name="Calcul" xfId="3" builtinId="22"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Entrée" xfId="2" builtinId="20"/>
     <cellStyle name="Lien hypertexte" xfId="7" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="6" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
@@ -2618,83 +2895,91 @@
 
 <file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
+<file path=xl/ctrlProps/ctrlProp21.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp22.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>937260</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Image 5" descr="masse">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
             </a:ext>
@@ -3361,50 +3646,229 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>répartition intercantonale</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>0</xdr:col>
+          <xdr:colOff>190500</xdr:colOff>
+          <xdr:row>2</xdr:row>
+          <xdr:rowOff>142875</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>0</xdr:col>
+          <xdr:colOff>885825</xdr:colOff>
+          <xdr:row>5</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4097" name="Check Box 1" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s4097"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001100000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l" rtl="0">
+                <a:defRPr sz="1000"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Tahoma"/>
+                  <a:ea typeface="Tahoma"/>
+                  <a:cs typeface="Tahoma"/>
+                </a:rPr>
+                <a:t>Oui</a:t>
+              </a:r>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>0</xdr:col>
+          <xdr:colOff>742950</xdr:colOff>
+          <xdr:row>2</xdr:row>
+          <xdr:rowOff>152400</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>1</xdr:col>
+          <xdr:colOff>533400</xdr:colOff>
+          <xdr:row>5</xdr:row>
+          <xdr:rowOff>9525</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4098" name="Check Box 2" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s4098"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002100000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l" rtl="0">
+                <a:defRPr sz="1000"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Tahoma"/>
+                  <a:ea typeface="Tahoma"/>
+                  <a:cs typeface="Tahoma"/>
+                </a:rPr>
+                <a:t>Non</a:t>
+              </a:r>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>137160</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1104900</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>838200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2" descr="masse">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
@@ -3441,68 +3905,68 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>9525</xdr:colOff>
-          <xdr:row>8</xdr:row>
+          <xdr:row>17</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
-          <xdr:row>10</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:row>19</xdr:row>
+          <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2049" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2049"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001080000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000001080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3528,68 +3992,68 @@
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Oui</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
-          <xdr:row>8</xdr:row>
+          <xdr:row>17</xdr:row>
           <xdr:rowOff>123825</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
-          <xdr:row>10</xdr:row>
-          <xdr:rowOff>19050</xdr:rowOff>
+          <xdr:row>19</xdr:row>
+          <xdr:rowOff>76200</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2050" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2050"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002080000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3881,76 +4345,76 @@
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="fr-CH" sz="900" b="0">
               <a:effectLst/>
               <a:latin typeface="Fujiyama-LightCondensed"/>
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="900" b="1">
             <a:effectLst/>
             <a:latin typeface="CL Futura CondensedLight"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3073" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3073"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000010C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000010C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3973,51 +4437,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3074" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3074"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000020C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000020C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4040,51 +4504,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3075" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3075"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000030C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000030C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4107,51 +4571,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3076" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3076"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000040C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000040C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4174,51 +4638,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3077" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3077"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000050C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000050C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4241,51 +4705,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3078" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3078"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000060C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000060C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4308,51 +4772,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3079" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3079"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000070C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000070C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4375,51 +4839,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3080" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3080"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000080C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000080C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4442,51 +4906,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3081" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3081"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000090C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000090C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4509,51 +4973,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3082" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3082"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A0C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000A0C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4576,51 +5040,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3083" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3083"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000B0C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000B0C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4643,51 +5107,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3084" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3084"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000C0C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000C0C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4710,51 +5174,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3085" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3085"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000D0C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000D0C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4777,51 +5241,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3086" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3086"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000E0C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000E0C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4844,51 +5308,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3087" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3087"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000F0C0000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000F0C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -5185,73 +5649,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/fr/web/scc/formulaires-pm-2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/fr/web/scc/formulaires-pm-2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R88"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="F14" sqref="F14:K14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="0.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="6" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="10" style="6" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" style="6" customWidth="1"/>
     <col min="6" max="6" width="7.140625" style="6" customWidth="1"/>
     <col min="7" max="7" width="6" style="6" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="7.42578125" style="12" customWidth="1"/>
     <col min="10" max="10" width="5.5703125" style="6" customWidth="1"/>
     <col min="11" max="11" width="12.7109375" style="6" customWidth="1"/>
     <col min="12" max="12" width="0.42578125" style="6" customWidth="1"/>
     <col min="13" max="13" width="0.28515625" style="6" customWidth="1"/>
     <col min="14" max="247" width="11.42578125" style="6"/>
     <col min="248" max="248" width="0.5703125" style="6" customWidth="1"/>
     <col min="249" max="249" width="11.42578125" style="6"/>
     <col min="250" max="250" width="17" style="6" customWidth="1"/>
     <col min="251" max="251" width="10" style="6" customWidth="1"/>
     <col min="252" max="252" width="12.85546875" style="6" customWidth="1"/>
     <col min="253" max="253" width="7.140625" style="6" customWidth="1"/>
     <col min="254" max="254" width="4" style="6" customWidth="1"/>
     <col min="255" max="255" width="8.140625" style="6" customWidth="1"/>
     <col min="256" max="256" width="7.42578125" style="6" customWidth="1"/>
     <col min="257" max="257" width="5.5703125" style="6" customWidth="1"/>
@@ -6296,1159 +6764,1159 @@
     <col min="15875" max="15875" width="0.42578125" style="6" customWidth="1"/>
     <col min="15876" max="15876" width="0.5703125" style="6" customWidth="1"/>
     <col min="15877" max="15877" width="3.42578125" style="6" customWidth="1"/>
     <col min="15878" max="15884" width="11.42578125" style="6"/>
     <col min="15885" max="15885" width="16.85546875" style="6" customWidth="1"/>
     <col min="15886" max="16119" width="11.42578125" style="6"/>
     <col min="16120" max="16120" width="0.5703125" style="6" customWidth="1"/>
     <col min="16121" max="16121" width="11.42578125" style="6"/>
     <col min="16122" max="16122" width="17" style="6" customWidth="1"/>
     <col min="16123" max="16123" width="10" style="6" customWidth="1"/>
     <col min="16124" max="16124" width="12.85546875" style="6" customWidth="1"/>
     <col min="16125" max="16125" width="7.140625" style="6" customWidth="1"/>
     <col min="16126" max="16126" width="4" style="6" customWidth="1"/>
     <col min="16127" max="16127" width="8.140625" style="6" customWidth="1"/>
     <col min="16128" max="16128" width="7.42578125" style="6" customWidth="1"/>
     <col min="16129" max="16129" width="5.5703125" style="6" customWidth="1"/>
     <col min="16130" max="16130" width="15.5703125" style="6" customWidth="1"/>
     <col min="16131" max="16131" width="0.42578125" style="6" customWidth="1"/>
     <col min="16132" max="16132" width="0.5703125" style="6" customWidth="1"/>
     <col min="16133" max="16133" width="3.42578125" style="6" customWidth="1"/>
     <col min="16134" max="16140" width="11.42578125" style="6"/>
     <col min="16141" max="16141" width="16.85546875" style="6" customWidth="1"/>
     <col min="16142" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="M1" s="93"/>
+    <row r="1" spans="2:14" ht="4.5" customHeight="1">
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+      <c r="G1" s="92"/>
+      <c r="H1" s="92"/>
+      <c r="I1" s="93"/>
+      <c r="J1" s="92"/>
+      <c r="K1" s="92"/>
+      <c r="L1" s="92"/>
+      <c r="M1" s="92"/>
       <c r="N1"/>
     </row>
-    <row r="2" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C2" s="95"/>
+    <row r="2" spans="2:14" ht="23.25" customHeight="1">
+      <c r="B2" s="92"/>
+      <c r="C2" s="94"/>
       <c r="D2"/>
-      <c r="E2" s="274"/>
-[...9 lines deleted...]
-      <c r="M2" s="93"/>
+      <c r="E2" s="276"/>
+      <c r="F2" s="280" t="s">
+        <v>129</v>
+      </c>
+      <c r="G2" s="280"/>
+      <c r="H2" s="280"/>
+      <c r="I2" s="280"/>
+      <c r="J2" s="280"/>
+      <c r="K2" s="280"/>
+      <c r="L2" s="92"/>
+      <c r="M2" s="92"/>
       <c r="N2"/>
     </row>
-    <row r="3" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C3" s="95"/>
+    <row r="3" spans="2:14" ht="9.75" customHeight="1">
+      <c r="B3" s="92"/>
+      <c r="C3" s="94"/>
       <c r="D3"/>
-      <c r="E3" s="275"/>
-      <c r="F3" s="279" t="s">
+      <c r="E3" s="277"/>
+      <c r="F3" s="281" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="279"/>
-[...5 lines deleted...]
-      <c r="M3" s="93"/>
+      <c r="G3" s="281"/>
+      <c r="H3" s="281"/>
+      <c r="I3" s="281"/>
+      <c r="J3" s="281"/>
+      <c r="K3" s="281"/>
+      <c r="L3" s="92"/>
+      <c r="M3" s="92"/>
       <c r="N3"/>
     </row>
-    <row r="4" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="M4" s="93"/>
+    <row r="4" spans="2:14" ht="9.75" customHeight="1">
+      <c r="B4" s="92"/>
+      <c r="C4" s="95"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="278"/>
+      <c r="F4" s="281"/>
+      <c r="G4" s="281"/>
+      <c r="H4" s="281"/>
+      <c r="I4" s="281"/>
+      <c r="J4" s="281"/>
+      <c r="K4" s="281"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
       <c r="N4"/>
     </row>
-    <row r="5" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="B6" s="93"/>
+    <row r="5" spans="2:14" ht="11.25" customHeight="1">
+      <c r="B5" s="92"/>
+      <c r="C5" s="92"/>
+      <c r="D5" s="92"/>
+      <c r="E5" s="276"/>
+      <c r="F5" s="279" t="s">
+        <v>86</v>
+      </c>
+      <c r="G5" s="279"/>
+      <c r="H5" s="279"/>
+      <c r="I5" s="279"/>
+      <c r="J5" s="279"/>
+      <c r="K5" s="279"/>
+      <c r="L5" s="92"/>
+      <c r="M5" s="92"/>
+      <c r="N5" s="116"/>
+    </row>
+    <row r="6" spans="2:14" ht="11.25" customHeight="1">
+      <c r="B6" s="92"/>
       <c r="C6" s="14"/>
-      <c r="D6" s="93"/>
-[...10 lines deleted...]
-      <c r="M6" s="93"/>
+      <c r="D6" s="92"/>
+      <c r="E6" s="276"/>
+      <c r="F6" s="279" t="s">
+        <v>87</v>
+      </c>
+      <c r="G6" s="279"/>
+      <c r="H6" s="279"/>
+      <c r="I6" s="279"/>
+      <c r="J6" s="279"/>
+      <c r="K6" s="279"/>
+      <c r="L6" s="92"/>
+      <c r="M6" s="92"/>
       <c r="N6"/>
     </row>
-    <row r="7" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E7" s="274"/>
+    <row r="7" spans="2:14" ht="15" customHeight="1">
+      <c r="B7" s="92"/>
+      <c r="C7" s="92"/>
+      <c r="D7" s="92"/>
+      <c r="E7" s="276"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
-      <c r="I7" s="94"/>
-[...3 lines deleted...]
-      <c r="M7" s="93"/>
+      <c r="I7" s="93"/>
+      <c r="J7" s="92"/>
+      <c r="K7" s="92"/>
+      <c r="L7" s="92"/>
+      <c r="M7" s="92"/>
       <c r="N7"/>
     </row>
-    <row r="8" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="F8" s="97"/>
+    <row r="8" spans="2:14" ht="12" customHeight="1">
+      <c r="B8" s="92"/>
+      <c r="C8" s="92"/>
+      <c r="D8" s="92"/>
+      <c r="E8" s="276"/>
+      <c r="F8" s="96"/>
       <c r="G8" s="1"/>
-      <c r="H8" s="97"/>
-[...4 lines deleted...]
-      <c r="M8" s="93"/>
+      <c r="H8" s="96"/>
+      <c r="I8" s="96"/>
+      <c r="J8" s="97"/>
+      <c r="K8" s="93"/>
+      <c r="L8" s="92"/>
+      <c r="M8" s="92"/>
       <c r="N8"/>
     </row>
-    <row r="9" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="M9" s="93"/>
+    <row r="9" spans="2:14" ht="3" customHeight="1">
+      <c r="B9" s="92"/>
+      <c r="C9" s="92"/>
+      <c r="D9" s="92"/>
+      <c r="E9" s="276"/>
+      <c r="F9" s="92"/>
+      <c r="G9" s="92"/>
+      <c r="H9" s="92"/>
+      <c r="I9" s="93"/>
+      <c r="J9" s="92"/>
+      <c r="K9" s="92"/>
+      <c r="L9" s="92"/>
+      <c r="M9" s="92"/>
       <c r="N9"/>
     </row>
-    <row r="10" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="M10" s="93"/>
+    <row r="10" spans="2:14" ht="3" customHeight="1">
+      <c r="B10" s="92"/>
+      <c r="C10" s="92"/>
+      <c r="D10" s="92"/>
+      <c r="E10" s="92"/>
+      <c r="F10" s="92"/>
+      <c r="G10" s="92"/>
+      <c r="H10" s="92"/>
+      <c r="I10" s="93"/>
+      <c r="J10" s="92"/>
+      <c r="K10" s="92"/>
+      <c r="L10" s="92"/>
+      <c r="M10" s="92"/>
       <c r="N10"/>
     </row>
-    <row r="11" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="M11" s="93"/>
+    <row r="11" spans="2:14" ht="3" customHeight="1">
+      <c r="B11" s="98"/>
+      <c r="C11" s="98"/>
+      <c r="D11" s="98"/>
+      <c r="E11" s="98"/>
+      <c r="F11" s="92"/>
+      <c r="G11" s="92"/>
+      <c r="H11" s="92"/>
+      <c r="I11" s="93"/>
+      <c r="J11" s="92"/>
+      <c r="K11" s="92"/>
+      <c r="L11" s="92"/>
+      <c r="M11" s="92"/>
       <c r="N11"/>
     </row>
-    <row r="12" spans="2:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D12" s="99"/>
+    <row r="12" spans="2:14" ht="10.5" customHeight="1">
+      <c r="B12" s="98"/>
+      <c r="C12" s="98"/>
+      <c r="D12" s="98"/>
       <c r="E12" s="4"/>
       <c r="F12" s="2" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="5"/>
       <c r="J12" s="4"/>
-      <c r="K12" s="100"/>
-[...1 lines deleted...]
-      <c r="M12" s="119"/>
+      <c r="K12" s="99"/>
+      <c r="L12" s="117"/>
+      <c r="M12" s="118"/>
       <c r="N12"/>
     </row>
-    <row r="13" spans="2:14" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D13" s="99"/>
+    <row r="13" spans="2:14" ht="1.5" customHeight="1">
+      <c r="B13" s="98"/>
+      <c r="C13" s="98"/>
+      <c r="D13" s="98"/>
       <c r="E13" s="16"/>
-      <c r="F13" s="281"/>
-[...5 lines deleted...]
-      <c r="L13" s="118"/>
+      <c r="F13" s="284"/>
+      <c r="G13" s="285"/>
+      <c r="H13" s="285"/>
+      <c r="I13" s="285"/>
+      <c r="J13" s="285"/>
+      <c r="K13" s="285"/>
+      <c r="L13" s="117"/>
       <c r="M13" s="2"/>
       <c r="N13"/>
     </row>
-    <row r="14" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D14" s="99"/>
+    <row r="14" spans="2:14" ht="18" customHeight="1">
+      <c r="B14" s="98"/>
+      <c r="C14" s="98"/>
+      <c r="D14" s="98"/>
       <c r="E14" s="16"/>
-      <c r="F14" s="283"/>
-[...4 lines deleted...]
-      <c r="K14" s="284"/>
+      <c r="F14" s="286"/>
+      <c r="G14" s="287"/>
+      <c r="H14" s="287"/>
+      <c r="I14" s="287"/>
+      <c r="J14" s="287"/>
+      <c r="K14" s="287"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14"/>
     </row>
-    <row r="15" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D15" s="99"/>
+    <row r="15" spans="2:14" ht="18" customHeight="1">
+      <c r="B15" s="98"/>
+      <c r="C15" s="98"/>
+      <c r="D15" s="98"/>
       <c r="E15" s="15"/>
-      <c r="F15" s="267"/>
-[...4 lines deleted...]
-      <c r="K15" s="280"/>
+      <c r="F15" s="282"/>
+      <c r="G15" s="283"/>
+      <c r="H15" s="283"/>
+      <c r="I15" s="283"/>
+      <c r="J15" s="283"/>
+      <c r="K15" s="283"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15"/>
     </row>
-    <row r="16" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D16" s="99"/>
+    <row r="16" spans="2:14" ht="18" customHeight="1">
+      <c r="B16" s="98"/>
+      <c r="C16" s="98"/>
+      <c r="D16" s="98"/>
       <c r="E16" s="15"/>
-      <c r="F16" s="267"/>
-[...4 lines deleted...]
-      <c r="K16" s="280"/>
+      <c r="F16" s="282"/>
+      <c r="G16" s="283"/>
+      <c r="H16" s="283"/>
+      <c r="I16" s="283"/>
+      <c r="J16" s="283"/>
+      <c r="K16" s="283"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16"/>
     </row>
-    <row r="17" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:18" ht="18" customHeight="1">
       <c r="A17"/>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
-      <c r="F17" s="267"/>
-[...4 lines deleted...]
-      <c r="K17" s="280"/>
+      <c r="F17" s="282"/>
+      <c r="G17" s="283"/>
+      <c r="H17" s="283"/>
+      <c r="I17" s="283"/>
+      <c r="J17" s="283"/>
+      <c r="K17" s="283"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
     </row>
-    <row r="18" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:18" ht="18" customHeight="1">
       <c r="A18"/>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
-      <c r="F18" s="267"/>
-[...4 lines deleted...]
-      <c r="K18" s="280"/>
+      <c r="F18" s="282"/>
+      <c r="G18" s="283"/>
+      <c r="H18" s="283"/>
+      <c r="I18" s="283"/>
+      <c r="J18" s="283"/>
+      <c r="K18" s="283"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
     </row>
-    <row r="19" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:18" ht="15" customHeight="1">
       <c r="A19"/>
-      <c r="B19" s="99"/>
-[...1 lines deleted...]
-      <c r="D19" s="99"/>
+      <c r="B19" s="98"/>
+      <c r="C19" s="98"/>
+      <c r="D19" s="98"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="16"/>
       <c r="H19" s="16"/>
       <c r="I19" s="17"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
     </row>
-    <row r="20" spans="1:18" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:18" ht="15" hidden="1" customHeight="1">
       <c r="A20"/>
-      <c r="B20" s="101"/>
+      <c r="B20" s="100"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
     </row>
-    <row r="21" spans="1:18" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:18" ht="37.5" customHeight="1">
       <c r="A21"/>
-      <c r="B21" s="270" t="s">
-[...10 lines deleted...]
-      <c r="K21" s="271"/>
+      <c r="B21" s="272" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" s="273"/>
+      <c r="D21" s="273"/>
+      <c r="E21" s="273"/>
+      <c r="F21" s="273"/>
+      <c r="G21" s="273"/>
+      <c r="H21" s="273"/>
+      <c r="I21" s="273"/>
+      <c r="J21" s="273"/>
+      <c r="K21" s="273"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
     </row>
-    <row r="22" spans="1:18" s="10" customFormat="1" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:18" s="10" customFormat="1" ht="12" hidden="1" customHeight="1">
       <c r="A22"/>
-      <c r="B22" s="109"/>
-[...1 lines deleted...]
-      <c r="D22" s="110"/>
+      <c r="B22" s="108"/>
+      <c r="C22" s="109"/>
+      <c r="D22" s="109"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
-      <c r="H22" s="111"/>
-[...2 lines deleted...]
-      <c r="K22" s="111"/>
+      <c r="H22" s="110"/>
+      <c r="I22" s="111"/>
+      <c r="J22" s="110"/>
+      <c r="K22" s="110"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
     </row>
-    <row r="23" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B23" s="114" t="s">
+    <row r="23" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1">
+      <c r="A23" s="112"/>
+      <c r="B23" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="C23" s="115"/>
-      <c r="D23" s="115"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="114"/>
       <c r="E23" s="18"/>
       <c r="F23" s="19"/>
       <c r="G23" s="19"/>
       <c r="H23" s="20"/>
       <c r="I23" s="21"/>
       <c r="J23" s="20"/>
       <c r="K23" s="20"/>
       <c r="L23" s="19"/>
       <c r="M23" s="19"/>
     </row>
-    <row r="24" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B24" s="114" t="s">
+    <row r="24" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1">
+      <c r="A24" s="112"/>
+      <c r="B24" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="C24" s="115"/>
-      <c r="D24" s="115"/>
+      <c r="C24" s="114"/>
+      <c r="D24" s="114"/>
       <c r="E24" s="29"/>
       <c r="F24" s="19"/>
       <c r="G24" s="19"/>
       <c r="H24" s="20"/>
       <c r="I24" s="21"/>
       <c r="J24" s="20"/>
       <c r="K24" s="20"/>
       <c r="L24" s="19"/>
       <c r="M24" s="19"/>
     </row>
-    <row r="25" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B25" s="114" t="s">
+    <row r="25" spans="1:18" s="10" customFormat="1" ht="12" customHeight="1">
+      <c r="A25" s="112"/>
+      <c r="B25" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="C25" s="115"/>
-      <c r="D25" s="115"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
       <c r="E25" s="29"/>
       <c r="F25" s="19"/>
       <c r="G25" s="19"/>
       <c r="H25" s="20"/>
       <c r="I25" s="21"/>
       <c r="J25" s="20"/>
       <c r="K25" s="20"/>
       <c r="L25" s="19"/>
       <c r="M25" s="19"/>
     </row>
-    <row r="26" spans="1:18" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D26" s="115"/>
+    <row r="26" spans="1:18" ht="16.5" customHeight="1">
+      <c r="A26" s="112"/>
+      <c r="B26" s="113"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
       <c r="E26" s="18"/>
       <c r="F26" s="19"/>
       <c r="G26" s="19"/>
       <c r="H26" s="20"/>
       <c r="I26" s="21"/>
       <c r="J26" s="20"/>
       <c r="K26" s="20"/>
       <c r="L26" s="19"/>
       <c r="M26" s="19"/>
     </row>
-    <row r="27" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="A28" s="106"/>
+    <row r="27" spans="1:18" ht="18" customHeight="1">
+      <c r="A27" s="101"/>
+      <c r="B27" s="102"/>
+      <c r="C27" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" s="102"/>
+      <c r="E27" s="103"/>
+      <c r="F27" s="103"/>
+      <c r="G27" s="103"/>
+      <c r="H27" s="103"/>
+      <c r="I27" s="103"/>
+      <c r="J27" s="103"/>
+      <c r="K27" s="103"/>
+      <c r="L27" s="103"/>
+      <c r="M27" s="104"/>
+    </row>
+    <row r="28" spans="1:18" ht="18" customHeight="1">
+      <c r="A28" s="105"/>
       <c r="B28" s="2" t="s">
-        <v>98</v>
-[...14 lines deleted...]
-      <c r="A29" s="81"/>
+        <v>93</v>
+      </c>
+      <c r="C28" s="274"/>
+      <c r="D28" s="275"/>
+      <c r="E28" s="275"/>
+      <c r="F28" s="106"/>
+      <c r="G28" s="106"/>
+      <c r="H28" s="106"/>
+      <c r="I28" s="106"/>
+      <c r="J28" s="106"/>
+      <c r="K28" s="106"/>
+      <c r="L28" s="106"/>
+      <c r="M28" s="107"/>
+    </row>
+    <row r="29" spans="1:18" ht="18" customHeight="1">
+      <c r="A29" s="80"/>
       <c r="B29" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      <c r="E29" s="262"/>
+        <v>75</v>
+      </c>
+      <c r="C29" s="288"/>
+      <c r="D29" s="288"/>
+      <c r="E29" s="288"/>
       <c r="F29" s="22"/>
       <c r="G29" s="4"/>
       <c r="H29" s="22"/>
       <c r="I29" s="23"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="24"/>
-      <c r="M29" s="82"/>
-[...2 lines deleted...]
-      <c r="A30" s="83"/>
+      <c r="M29" s="81"/>
+    </row>
+    <row r="30" spans="1:18" ht="18" customHeight="1">
+      <c r="A30" s="82"/>
       <c r="B30" s="2" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      <c r="E30" s="262"/>
+        <v>76</v>
+      </c>
+      <c r="C30" s="288"/>
+      <c r="D30" s="288"/>
+      <c r="E30" s="288"/>
       <c r="F30" s="22"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="23"/>
       <c r="J30" s="22"/>
       <c r="K30" s="22"/>
       <c r="L30" s="2"/>
-      <c r="M30" s="82"/>
-[...2 lines deleted...]
-      <c r="A31" s="83"/>
+      <c r="M30" s="81"/>
+    </row>
+    <row r="31" spans="1:18" ht="18" customHeight="1">
+      <c r="A31" s="82"/>
       <c r="B31" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C31" s="262"/>
-[...1 lines deleted...]
-      <c r="E31" s="262"/>
+      <c r="C31" s="288"/>
+      <c r="D31" s="288"/>
+      <c r="E31" s="288"/>
       <c r="F31" s="22"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="23"/>
       <c r="J31" s="22"/>
       <c r="K31" s="22"/>
       <c r="L31" s="24"/>
-      <c r="M31" s="82"/>
-[...2 lines deleted...]
-      <c r="A32" s="83"/>
+      <c r="M31" s="81"/>
+    </row>
+    <row r="32" spans="1:18" ht="18" customHeight="1">
+      <c r="A32" s="82"/>
       <c r="B32" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C32" s="262"/>
-[...1 lines deleted...]
-      <c r="E32" s="262"/>
+      <c r="C32" s="288"/>
+      <c r="D32" s="288"/>
+      <c r="E32" s="288"/>
       <c r="F32" s="22"/>
       <c r="G32" s="22"/>
       <c r="H32" s="22"/>
       <c r="I32" s="23"/>
       <c r="J32" s="22"/>
       <c r="K32" s="22"/>
       <c r="L32" s="24"/>
-      <c r="M32" s="82"/>
-[...2 lines deleted...]
-      <c r="A33" s="83"/>
+      <c r="M32" s="81"/>
+    </row>
+    <row r="33" spans="1:13" ht="18" customHeight="1">
+      <c r="A33" s="82"/>
       <c r="B33" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C33" s="262"/>
-[...1 lines deleted...]
-      <c r="E33" s="262"/>
+      <c r="C33" s="288"/>
+      <c r="D33" s="288"/>
+      <c r="E33" s="288"/>
       <c r="F33" s="22"/>
       <c r="G33" s="22"/>
       <c r="H33" s="22"/>
       <c r="I33" s="23"/>
       <c r="J33" s="22"/>
       <c r="K33" s="22"/>
       <c r="L33" s="24"/>
-      <c r="M33" s="82"/>
-[...2 lines deleted...]
-      <c r="A34" s="83"/>
+      <c r="M33" s="81"/>
+    </row>
+    <row r="34" spans="1:13" ht="18" customHeight="1">
+      <c r="A34" s="82"/>
       <c r="B34" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
       <c r="I34" s="4"/>
       <c r="J34" s="4"/>
       <c r="K34" s="4"/>
       <c r="L34" s="2"/>
-      <c r="M34" s="82"/>
-[...2 lines deleted...]
-      <c r="A35" s="83"/>
+      <c r="M34" s="81"/>
+    </row>
+    <row r="35" spans="1:13" ht="18" customHeight="1">
+      <c r="A35" s="82"/>
       <c r="B35" s="25"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="5"/>
       <c r="J35" s="4"/>
       <c r="K35" s="4"/>
       <c r="L35" s="2"/>
-      <c r="M35" s="82"/>
-[...2 lines deleted...]
-      <c r="A36" s="83"/>
+      <c r="M35" s="81"/>
+    </row>
+    <row r="36" spans="1:13" ht="18" customHeight="1">
+      <c r="A36" s="82"/>
       <c r="B36" s="25"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="5"/>
       <c r="J36" s="4"/>
       <c r="K36" s="4"/>
       <c r="L36" s="2"/>
-      <c r="M36" s="82"/>
-[...2 lines deleted...]
-      <c r="A37" s="83"/>
+      <c r="M36" s="81"/>
+    </row>
+    <row r="37" spans="1:13" ht="18" customHeight="1">
+      <c r="A37" s="82"/>
       <c r="B37" s="25"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="5"/>
       <c r="J37" s="4"/>
       <c r="K37" s="4"/>
       <c r="L37" s="2"/>
-      <c r="M37" s="82"/>
-[...2 lines deleted...]
-      <c r="A38" s="83"/>
+      <c r="M37" s="81"/>
+    </row>
+    <row r="38" spans="1:13" ht="18" customHeight="1">
+      <c r="A38" s="82"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
       <c r="I38" s="5"/>
       <c r="J38" s="4"/>
       <c r="K38" s="4"/>
       <c r="L38" s="2"/>
-      <c r="M38" s="82"/>
-[...2 lines deleted...]
-      <c r="A39" s="83"/>
+      <c r="M38" s="81"/>
+    </row>
+    <row r="39" spans="1:13" ht="18" customHeight="1">
+      <c r="A39" s="82"/>
       <c r="B39" s="2" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="4"/>
       <c r="H39" s="4"/>
       <c r="I39" s="5"/>
       <c r="J39" s="4"/>
       <c r="K39" s="4"/>
       <c r="L39" s="2"/>
-      <c r="M39" s="82"/>
-[...2 lines deleted...]
-      <c r="A40" s="83"/>
+      <c r="M39" s="81"/>
+    </row>
+    <row r="40" spans="1:13" ht="18" customHeight="1">
+      <c r="A40" s="82"/>
       <c r="B40" s="26" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="C40" s="116"/>
+        <v>94</v>
+      </c>
+      <c r="C40" s="115"/>
       <c r="D40" s="26" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E40" s="116"/>
+        <v>95</v>
+      </c>
+      <c r="E40" s="115"/>
       <c r="F40" s="2"/>
       <c r="G40" s="5"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="5"/>
       <c r="K40" s="27"/>
       <c r="L40" s="2"/>
-      <c r="M40" s="82"/>
-[...2 lines deleted...]
-      <c r="A41" s="83"/>
+      <c r="M40" s="81"/>
+    </row>
+    <row r="41" spans="1:13" ht="18" customHeight="1">
+      <c r="A41" s="82"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4"/>
       <c r="I41" s="4"/>
       <c r="J41" s="4"/>
       <c r="K41" s="4"/>
       <c r="L41" s="2"/>
-      <c r="M41" s="82"/>
-[...2 lines deleted...]
-      <c r="A42" s="83"/>
+      <c r="M41" s="81"/>
+    </row>
+    <row r="42" spans="1:13" ht="18" customHeight="1">
+      <c r="A42" s="82"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="4"/>
       <c r="J42" s="4"/>
       <c r="K42" s="4"/>
       <c r="L42" s="2"/>
-      <c r="M42" s="82"/>
-[...2 lines deleted...]
-      <c r="A43" s="83"/>
+      <c r="M42" s="81"/>
+    </row>
+    <row r="43" spans="1:13" ht="18" customHeight="1">
+      <c r="A43" s="82"/>
       <c r="B43" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="5"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="2"/>
-      <c r="M43" s="82"/>
-[...2 lines deleted...]
-      <c r="A44" s="83"/>
+      <c r="M43" s="81"/>
+    </row>
+    <row r="44" spans="1:13" ht="18" customHeight="1">
+      <c r="A44" s="82"/>
       <c r="B44" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C44" s="266"/>
-[...1 lines deleted...]
-      <c r="E44" s="266"/>
+      <c r="C44" s="289"/>
+      <c r="D44" s="289"/>
+      <c r="E44" s="289"/>
       <c r="F44" s="2"/>
       <c r="G44" s="22"/>
       <c r="H44" s="22"/>
       <c r="I44" s="22"/>
       <c r="J44" s="22"/>
       <c r="K44" s="22"/>
       <c r="L44" s="2"/>
-      <c r="M44" s="82"/>
-[...2 lines deleted...]
-      <c r="A45" s="83"/>
+      <c r="M44" s="81"/>
+    </row>
+    <row r="45" spans="1:13" ht="18" customHeight="1">
+      <c r="A45" s="82"/>
       <c r="B45" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C45" s="267"/>
-[...1 lines deleted...]
-      <c r="E45" s="267"/>
+      <c r="C45" s="282"/>
+      <c r="D45" s="282"/>
+      <c r="E45" s="282"/>
       <c r="F45" s="2"/>
       <c r="G45" s="22"/>
       <c r="H45" s="22"/>
       <c r="I45" s="22"/>
       <c r="J45" s="22"/>
       <c r="K45" s="22"/>
       <c r="L45" s="2"/>
-      <c r="M45" s="82"/>
-[...2 lines deleted...]
-      <c r="A46" s="83"/>
+      <c r="M45" s="81"/>
+    </row>
+    <row r="46" spans="1:13" ht="18" customHeight="1">
+      <c r="A46" s="82"/>
       <c r="B46" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C46" s="267"/>
-[...1 lines deleted...]
-      <c r="E46" s="267"/>
+      <c r="C46" s="282"/>
+      <c r="D46" s="282"/>
+      <c r="E46" s="282"/>
       <c r="F46" s="2"/>
       <c r="G46" s="22"/>
       <c r="H46" s="22"/>
       <c r="I46" s="22"/>
       <c r="J46" s="22"/>
       <c r="K46" s="22"/>
       <c r="L46" s="2"/>
-      <c r="M46" s="82"/>
-[...2 lines deleted...]
-      <c r="A47" s="83"/>
+      <c r="M46" s="81"/>
+    </row>
+    <row r="47" spans="1:13" ht="18" customHeight="1">
+      <c r="A47" s="82"/>
       <c r="B47" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="C47" s="268"/>
-[...1 lines deleted...]
-      <c r="E47" s="268"/>
+      <c r="C47" s="290"/>
+      <c r="D47" s="290"/>
+      <c r="E47" s="290"/>
       <c r="F47" s="2"/>
       <c r="G47" s="22"/>
       <c r="H47" s="22"/>
       <c r="I47" s="22"/>
       <c r="J47" s="22"/>
       <c r="K47" s="22"/>
       <c r="L47" s="2"/>
-      <c r="M47" s="82"/>
-[...2 lines deleted...]
-      <c r="A48" s="83"/>
+      <c r="M47" s="81"/>
+    </row>
+    <row r="48" spans="1:13" ht="18" customHeight="1">
+      <c r="A48" s="82"/>
       <c r="B48" s="2"/>
-      <c r="C48" s="120"/>
-[...1 lines deleted...]
-      <c r="E48" s="121"/>
+      <c r="C48" s="119"/>
+      <c r="D48" s="119"/>
+      <c r="E48" s="120"/>
       <c r="F48" s="2"/>
       <c r="G48" s="4"/>
       <c r="H48" s="4"/>
       <c r="I48" s="4"/>
       <c r="J48" s="4"/>
       <c r="K48" s="4"/>
       <c r="L48" s="2"/>
-      <c r="M48" s="82"/>
-[...2 lines deleted...]
-      <c r="A49" s="83"/>
+      <c r="M48" s="81"/>
+    </row>
+    <row r="49" spans="1:13" ht="18" customHeight="1">
+      <c r="A49" s="82"/>
       <c r="B49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="5"/>
       <c r="J49" s="4"/>
       <c r="K49" s="4"/>
       <c r="L49" s="4"/>
-      <c r="M49" s="82"/>
-[...2 lines deleted...]
-      <c r="A50" s="83"/>
+      <c r="M49" s="81"/>
+    </row>
+    <row r="50" spans="1:13" ht="18" customHeight="1">
+      <c r="A50" s="82"/>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C50" s="269"/>
-[...1 lines deleted...]
-      <c r="E50" s="269"/>
+      <c r="C50" s="291"/>
+      <c r="D50" s="291"/>
+      <c r="E50" s="291"/>
       <c r="F50" s="2"/>
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="23"/>
       <c r="J50" s="22"/>
       <c r="K50" s="22"/>
       <c r="L50" s="2"/>
-      <c r="M50" s="82"/>
-[...2 lines deleted...]
-      <c r="A51" s="83"/>
+      <c r="M50" s="81"/>
+    </row>
+    <row r="51" spans="1:13" ht="18" customHeight="1">
+      <c r="A51" s="82"/>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C51" s="262"/>
-[...1 lines deleted...]
-      <c r="E51" s="262"/>
+      <c r="C51" s="288"/>
+      <c r="D51" s="288"/>
+      <c r="E51" s="288"/>
       <c r="F51" s="36"/>
       <c r="G51" s="22"/>
       <c r="H51" s="22"/>
       <c r="I51" s="23"/>
       <c r="J51" s="22"/>
       <c r="K51" s="22"/>
       <c r="L51" s="2"/>
-      <c r="M51" s="82"/>
-[...2 lines deleted...]
-      <c r="A52" s="83"/>
+      <c r="M51" s="81"/>
+    </row>
+    <row r="52" spans="1:13" ht="4.5" customHeight="1">
+      <c r="A52" s="82"/>
       <c r="B52" s="29"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="4"/>
       <c r="H52" s="4"/>
       <c r="I52" s="5"/>
       <c r="J52" s="4"/>
       <c r="K52" s="4"/>
       <c r="L52" s="2"/>
-      <c r="M52" s="82"/>
-[...2 lines deleted...]
-      <c r="A53" s="83"/>
+      <c r="M52" s="81"/>
+    </row>
+    <row r="53" spans="1:13" ht="17.25" hidden="1" customHeight="1">
+      <c r="A53" s="82"/>
       <c r="B53" s="29"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="5"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="2"/>
-      <c r="M53" s="82"/>
-[...2 lines deleted...]
-      <c r="A54" s="83"/>
+      <c r="M53" s="81"/>
+    </row>
+    <row r="54" spans="1:13" ht="17.25" hidden="1" customHeight="1">
+      <c r="A54" s="82"/>
       <c r="B54" s="29"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="4"/>
       <c r="H54" s="13"/>
       <c r="I54" s="5"/>
       <c r="J54" s="4"/>
       <c r="K54" s="4"/>
       <c r="L54" s="2"/>
-      <c r="M54" s="82"/>
-[...2 lines deleted...]
-      <c r="A55" s="83"/>
+      <c r="M54" s="81"/>
+    </row>
+    <row r="55" spans="1:13" ht="18" customHeight="1">
+      <c r="A55" s="82"/>
       <c r="B55" s="29"/>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
-      <c r="I55" s="78"/>
+      <c r="I55" s="77"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
-      <c r="M55" s="82"/>
-[...3 lines deleted...]
-      <c r="B56" s="79" t="s">
+      <c r="M55" s="81"/>
+    </row>
+    <row r="56" spans="1:13" ht="18" customHeight="1">
+      <c r="A56" s="83"/>
+      <c r="B56" s="78" t="s">
         <v>11</v>
       </c>
-      <c r="C56" s="263"/>
-[...12 lines deleted...]
-      <c r="A57" s="86"/>
+      <c r="C56" s="292"/>
+      <c r="D56" s="292"/>
+      <c r="E56" s="292"/>
+      <c r="F56" s="292"/>
+      <c r="G56" s="292"/>
+      <c r="H56" s="292"/>
+      <c r="I56" s="292"/>
+      <c r="J56" s="292"/>
+      <c r="K56" s="292"/>
+      <c r="L56" s="292"/>
+      <c r="M56" s="84"/>
+    </row>
+    <row r="57" spans="1:13" ht="18" customHeight="1">
+      <c r="A57" s="85"/>
       <c r="B57" s="19"/>
-      <c r="C57" s="264"/>
-[...12 lines deleted...]
-      <c r="A58" s="86"/>
+      <c r="C57" s="293"/>
+      <c r="D57" s="293"/>
+      <c r="E57" s="293"/>
+      <c r="F57" s="293"/>
+      <c r="G57" s="293"/>
+      <c r="H57" s="293"/>
+      <c r="I57" s="293"/>
+      <c r="J57" s="293"/>
+      <c r="K57" s="293"/>
+      <c r="L57" s="293"/>
+      <c r="M57" s="81"/>
+    </row>
+    <row r="58" spans="1:13" ht="18" customHeight="1">
+      <c r="A58" s="85"/>
       <c r="B58" s="30"/>
-      <c r="C58" s="265"/>
-[...12 lines deleted...]
-      <c r="A59" s="86"/>
+      <c r="C58" s="294"/>
+      <c r="D58" s="294"/>
+      <c r="E58" s="294"/>
+      <c r="F58" s="294"/>
+      <c r="G58" s="294"/>
+      <c r="H58" s="294"/>
+      <c r="I58" s="294"/>
+      <c r="J58" s="294"/>
+      <c r="K58" s="294"/>
+      <c r="L58" s="294"/>
+      <c r="M58" s="86"/>
+    </row>
+    <row r="59" spans="1:13" ht="18" customHeight="1">
+      <c r="A59" s="85"/>
       <c r="B59" s="30"/>
-      <c r="C59" s="265"/>
-[...19 lines deleted...]
-      <c r="H60" s="89"/>
+      <c r="C59" s="294"/>
+      <c r="D59" s="294"/>
+      <c r="E59" s="294"/>
+      <c r="F59" s="294"/>
+      <c r="G59" s="294"/>
+      <c r="H59" s="294"/>
+      <c r="I59" s="294"/>
+      <c r="J59" s="294"/>
+      <c r="K59" s="294"/>
+      <c r="L59" s="294"/>
+      <c r="M59" s="86"/>
+    </row>
+    <row r="60" spans="1:13" ht="18" customHeight="1">
+      <c r="A60" s="87"/>
+      <c r="B60" s="88"/>
+      <c r="C60" s="88"/>
+      <c r="D60" s="88"/>
+      <c r="E60" s="88"/>
+      <c r="F60" s="88"/>
+      <c r="G60" s="88"/>
+      <c r="H60" s="88"/>
       <c r="I60" s="7"/>
-      <c r="J60" s="89"/>
-[...4 lines deleted...]
-    <row r="61" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J60" s="88"/>
+      <c r="K60" s="88"/>
+      <c r="L60" s="88"/>
+      <c r="M60" s="89"/>
+    </row>
+    <row r="61" spans="1:13" ht="18" customHeight="1">
       <c r="B61" s="8"/>
       <c r="C61" s="8"/>
       <c r="D61" s="8"/>
       <c r="E61" s="8"/>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
       <c r="I61" s="9"/>
       <c r="J61" s="8"/>
-      <c r="K61" s="8"/>
+      <c r="K61" s="2"/>
       <c r="L61" s="8"/>
-      <c r="M61" s="31" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M61" s="77" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13">
       <c r="I62" s="6"/>
     </row>
-    <row r="63" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:13">
       <c r="I63" s="6"/>
     </row>
-    <row r="64" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:13">
       <c r="I64" s="6"/>
     </row>
-    <row r="65" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="65" spans="5:9">
       <c r="I65" s="6"/>
     </row>
-    <row r="66" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="66" spans="5:9">
       <c r="I66" s="6"/>
     </row>
-    <row r="67" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="67" spans="5:9">
       <c r="I67" s="6"/>
     </row>
-    <row r="68" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="68" spans="5:9">
       <c r="I68" s="6"/>
     </row>
-    <row r="69" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="69" spans="5:9">
       <c r="I69" s="6"/>
     </row>
-    <row r="70" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="70" spans="5:9">
       <c r="I70" s="6"/>
     </row>
-    <row r="71" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="71" spans="5:9">
       <c r="I71" s="6"/>
     </row>
-    <row r="72" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="72" spans="5:9">
       <c r="E72" s="11"/>
       <c r="I72" s="6"/>
     </row>
-    <row r="73" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="73" spans="5:9">
       <c r="I73" s="6"/>
     </row>
-    <row r="74" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="74" spans="5:9">
       <c r="I74" s="6"/>
     </row>
-    <row r="75" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="75" spans="5:9">
       <c r="I75" s="6"/>
     </row>
-    <row r="76" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="76" spans="5:9">
       <c r="I76" s="6"/>
     </row>
-    <row r="77" spans="5:9" x14ac:dyDescent="0.25">
+    <row r="77" spans="5:9">
       <c r="I77" s="6"/>
     </row>
-    <row r="88" spans="9:9" x14ac:dyDescent="0.25">
+    <row r="88" spans="9:9">
       <c r="I88" s="6"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="cQGWrMWQL5ptYGbkuccUxNJ6knllRS6JRO2/Jtzq9FqKf5/ubk5Ag+qQ3jXG9nuBR36Rl1SZQaCRtZGF+VhYFw==" saltValue="p9DnvgdF/22on+CQN2C+xA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="IHtsVPyidOR2IhaFTRvkTQKN20b/lubaMwx9/sOKAdaztifa19wfVcypFmckytPLETsCJGSEKPZuUqYVkEIrnA==" saltValue="8fFcclxzFfX2MX34Fi7uPQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="31">
+    <mergeCell ref="C51:E51"/>
+    <mergeCell ref="C56:L56"/>
+    <mergeCell ref="C57:L57"/>
+    <mergeCell ref="C58:L58"/>
+    <mergeCell ref="C59:L59"/>
+    <mergeCell ref="C44:E44"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="C46:E46"/>
+    <mergeCell ref="C47:E47"/>
+    <mergeCell ref="C50:E50"/>
+    <mergeCell ref="C29:E29"/>
+    <mergeCell ref="C30:E30"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="C33:E33"/>
     <mergeCell ref="B21:K21"/>
     <mergeCell ref="C28:E28"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="E4:E6"/>
     <mergeCell ref="E7:E9"/>
     <mergeCell ref="F6:K6"/>
     <mergeCell ref="F2:K2"/>
     <mergeCell ref="F3:K3"/>
     <mergeCell ref="F4:K4"/>
     <mergeCell ref="F5:K5"/>
     <mergeCell ref="F15:K15"/>
     <mergeCell ref="F16:K16"/>
     <mergeCell ref="F17:K17"/>
     <mergeCell ref="F18:K18"/>
     <mergeCell ref="F13:K13"/>
     <mergeCell ref="F14:K14"/>
-    <mergeCell ref="C29:E29"/>
-[...13 lines deleted...]
-    <mergeCell ref="C59:L59"/>
   </mergeCells>
   <dataValidations count="8">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir la date en respectant le formant suivant : 31.12.2013_x000a_" promptTitle="Date de bouclement" prompt="Veuillez saisir la date en respectant le format suivant : 31.12.2013" sqref="C65559 IP65559 SL65559 ACH65559 AMD65559 AVZ65559 BFV65559 BPR65559 BZN65559 CJJ65559 CTF65559 DDB65559 DMX65559 DWT65559 EGP65559 EQL65559 FAH65559 FKD65559 FTZ65559 GDV65559 GNR65559 GXN65559 HHJ65559 HRF65559 IBB65559 IKX65559 IUT65559 JEP65559 JOL65559 JYH65559 KID65559 KRZ65559 LBV65559 LLR65559 LVN65559 MFJ65559 MPF65559 MZB65559 NIX65559 NST65559 OCP65559 OML65559 OWH65559 PGD65559 PPZ65559 PZV65559 QJR65559 QTN65559 RDJ65559 RNF65559 RXB65559 SGX65559 SQT65559 TAP65559 TKL65559 TUH65559 UED65559 UNZ65559 UXV65559 VHR65559 VRN65559 WBJ65559 WLF65559 WVB65559 C131095 IP131095 SL131095 ACH131095 AMD131095 AVZ131095 BFV131095 BPR131095 BZN131095 CJJ131095 CTF131095 DDB131095 DMX131095 DWT131095 EGP131095 EQL131095 FAH131095 FKD131095 FTZ131095 GDV131095 GNR131095 GXN131095 HHJ131095 HRF131095 IBB131095 IKX131095 IUT131095 JEP131095 JOL131095 JYH131095 KID131095 KRZ131095 LBV131095 LLR131095 LVN131095 MFJ131095 MPF131095 MZB131095 NIX131095 NST131095 OCP131095 OML131095 OWH131095 PGD131095 PPZ131095 PZV131095 QJR131095 QTN131095 RDJ131095 RNF131095 RXB131095 SGX131095 SQT131095 TAP131095 TKL131095 TUH131095 UED131095 UNZ131095 UXV131095 VHR131095 VRN131095 WBJ131095 WLF131095 WVB131095 C196631 IP196631 SL196631 ACH196631 AMD196631 AVZ196631 BFV196631 BPR196631 BZN196631 CJJ196631 CTF196631 DDB196631 DMX196631 DWT196631 EGP196631 EQL196631 FAH196631 FKD196631 FTZ196631 GDV196631 GNR196631 GXN196631 HHJ196631 HRF196631 IBB196631 IKX196631 IUT196631 JEP196631 JOL196631 JYH196631 KID196631 KRZ196631 LBV196631 LLR196631 LVN196631 MFJ196631 MPF196631 MZB196631 NIX196631 NST196631 OCP196631 OML196631 OWH196631 PGD196631 PPZ196631 PZV196631 QJR196631 QTN196631 RDJ196631 RNF196631 RXB196631 SGX196631 SQT196631 TAP196631 TKL196631 TUH196631 UED196631 UNZ196631 UXV196631 VHR196631 VRN196631 WBJ196631 WLF196631 WVB196631 C262167 IP262167 SL262167 ACH262167 AMD262167 AVZ262167 BFV262167 BPR262167 BZN262167 CJJ262167 CTF262167 DDB262167 DMX262167 DWT262167 EGP262167 EQL262167 FAH262167 FKD262167 FTZ262167 GDV262167 GNR262167 GXN262167 HHJ262167 HRF262167 IBB262167 IKX262167 IUT262167 JEP262167 JOL262167 JYH262167 KID262167 KRZ262167 LBV262167 LLR262167 LVN262167 MFJ262167 MPF262167 MZB262167 NIX262167 NST262167 OCP262167 OML262167 OWH262167 PGD262167 PPZ262167 PZV262167 QJR262167 QTN262167 RDJ262167 RNF262167 RXB262167 SGX262167 SQT262167 TAP262167 TKL262167 TUH262167 UED262167 UNZ262167 UXV262167 VHR262167 VRN262167 WBJ262167 WLF262167 WVB262167 C327703 IP327703 SL327703 ACH327703 AMD327703 AVZ327703 BFV327703 BPR327703 BZN327703 CJJ327703 CTF327703 DDB327703 DMX327703 DWT327703 EGP327703 EQL327703 FAH327703 FKD327703 FTZ327703 GDV327703 GNR327703 GXN327703 HHJ327703 HRF327703 IBB327703 IKX327703 IUT327703 JEP327703 JOL327703 JYH327703 KID327703 KRZ327703 LBV327703 LLR327703 LVN327703 MFJ327703 MPF327703 MZB327703 NIX327703 NST327703 OCP327703 OML327703 OWH327703 PGD327703 PPZ327703 PZV327703 QJR327703 QTN327703 RDJ327703 RNF327703 RXB327703 SGX327703 SQT327703 TAP327703 TKL327703 TUH327703 UED327703 UNZ327703 UXV327703 VHR327703 VRN327703 WBJ327703 WLF327703 WVB327703 C393239 IP393239 SL393239 ACH393239 AMD393239 AVZ393239 BFV393239 BPR393239 BZN393239 CJJ393239 CTF393239 DDB393239 DMX393239 DWT393239 EGP393239 EQL393239 FAH393239 FKD393239 FTZ393239 GDV393239 GNR393239 GXN393239 HHJ393239 HRF393239 IBB393239 IKX393239 IUT393239 JEP393239 JOL393239 JYH393239 KID393239 KRZ393239 LBV393239 LLR393239 LVN393239 MFJ393239 MPF393239 MZB393239 NIX393239 NST393239 OCP393239 OML393239 OWH393239 PGD393239 PPZ393239 PZV393239 QJR393239 QTN393239 RDJ393239 RNF393239 RXB393239 SGX393239 SQT393239 TAP393239 TKL393239 TUH393239 UED393239 UNZ393239 UXV393239 VHR393239 VRN393239 WBJ393239 WLF393239 WVB393239 C458775 IP458775 SL458775 ACH458775 AMD458775 AVZ458775 BFV458775 BPR458775 BZN458775 CJJ458775 CTF458775 DDB458775 DMX458775 DWT458775 EGP458775 EQL458775 FAH458775 FKD458775 FTZ458775 GDV458775 GNR458775 GXN458775 HHJ458775 HRF458775 IBB458775 IKX458775 IUT458775 JEP458775 JOL458775 JYH458775 KID458775 KRZ458775 LBV458775 LLR458775 LVN458775 MFJ458775 MPF458775 MZB458775 NIX458775 NST458775 OCP458775 OML458775 OWH458775 PGD458775 PPZ458775 PZV458775 QJR458775 QTN458775 RDJ458775 RNF458775 RXB458775 SGX458775 SQT458775 TAP458775 TKL458775 TUH458775 UED458775 UNZ458775 UXV458775 VHR458775 VRN458775 WBJ458775 WLF458775 WVB458775 C524311 IP524311 SL524311 ACH524311 AMD524311 AVZ524311 BFV524311 BPR524311 BZN524311 CJJ524311 CTF524311 DDB524311 DMX524311 DWT524311 EGP524311 EQL524311 FAH524311 FKD524311 FTZ524311 GDV524311 GNR524311 GXN524311 HHJ524311 HRF524311 IBB524311 IKX524311 IUT524311 JEP524311 JOL524311 JYH524311 KID524311 KRZ524311 LBV524311 LLR524311 LVN524311 MFJ524311 MPF524311 MZB524311 NIX524311 NST524311 OCP524311 OML524311 OWH524311 PGD524311 PPZ524311 PZV524311 QJR524311 QTN524311 RDJ524311 RNF524311 RXB524311 SGX524311 SQT524311 TAP524311 TKL524311 TUH524311 UED524311 UNZ524311 UXV524311 VHR524311 VRN524311 WBJ524311 WLF524311 WVB524311 C589847 IP589847 SL589847 ACH589847 AMD589847 AVZ589847 BFV589847 BPR589847 BZN589847 CJJ589847 CTF589847 DDB589847 DMX589847 DWT589847 EGP589847 EQL589847 FAH589847 FKD589847 FTZ589847 GDV589847 GNR589847 GXN589847 HHJ589847 HRF589847 IBB589847 IKX589847 IUT589847 JEP589847 JOL589847 JYH589847 KID589847 KRZ589847 LBV589847 LLR589847 LVN589847 MFJ589847 MPF589847 MZB589847 NIX589847 NST589847 OCP589847 OML589847 OWH589847 PGD589847 PPZ589847 PZV589847 QJR589847 QTN589847 RDJ589847 RNF589847 RXB589847 SGX589847 SQT589847 TAP589847 TKL589847 TUH589847 UED589847 UNZ589847 UXV589847 VHR589847 VRN589847 WBJ589847 WLF589847 WVB589847 C655383 IP655383 SL655383 ACH655383 AMD655383 AVZ655383 BFV655383 BPR655383 BZN655383 CJJ655383 CTF655383 DDB655383 DMX655383 DWT655383 EGP655383 EQL655383 FAH655383 FKD655383 FTZ655383 GDV655383 GNR655383 GXN655383 HHJ655383 HRF655383 IBB655383 IKX655383 IUT655383 JEP655383 JOL655383 JYH655383 KID655383 KRZ655383 LBV655383 LLR655383 LVN655383 MFJ655383 MPF655383 MZB655383 NIX655383 NST655383 OCP655383 OML655383 OWH655383 PGD655383 PPZ655383 PZV655383 QJR655383 QTN655383 RDJ655383 RNF655383 RXB655383 SGX655383 SQT655383 TAP655383 TKL655383 TUH655383 UED655383 UNZ655383 UXV655383 VHR655383 VRN655383 WBJ655383 WLF655383 WVB655383 C720919 IP720919 SL720919 ACH720919 AMD720919 AVZ720919 BFV720919 BPR720919 BZN720919 CJJ720919 CTF720919 DDB720919 DMX720919 DWT720919 EGP720919 EQL720919 FAH720919 FKD720919 FTZ720919 GDV720919 GNR720919 GXN720919 HHJ720919 HRF720919 IBB720919 IKX720919 IUT720919 JEP720919 JOL720919 JYH720919 KID720919 KRZ720919 LBV720919 LLR720919 LVN720919 MFJ720919 MPF720919 MZB720919 NIX720919 NST720919 OCP720919 OML720919 OWH720919 PGD720919 PPZ720919 PZV720919 QJR720919 QTN720919 RDJ720919 RNF720919 RXB720919 SGX720919 SQT720919 TAP720919 TKL720919 TUH720919 UED720919 UNZ720919 UXV720919 VHR720919 VRN720919 WBJ720919 WLF720919 WVB720919 C786455 IP786455 SL786455 ACH786455 AMD786455 AVZ786455 BFV786455 BPR786455 BZN786455 CJJ786455 CTF786455 DDB786455 DMX786455 DWT786455 EGP786455 EQL786455 FAH786455 FKD786455 FTZ786455 GDV786455 GNR786455 GXN786455 HHJ786455 HRF786455 IBB786455 IKX786455 IUT786455 JEP786455 JOL786455 JYH786455 KID786455 KRZ786455 LBV786455 LLR786455 LVN786455 MFJ786455 MPF786455 MZB786455 NIX786455 NST786455 OCP786455 OML786455 OWH786455 PGD786455 PPZ786455 PZV786455 QJR786455 QTN786455 RDJ786455 RNF786455 RXB786455 SGX786455 SQT786455 TAP786455 TKL786455 TUH786455 UED786455 UNZ786455 UXV786455 VHR786455 VRN786455 WBJ786455 WLF786455 WVB786455 C851991 IP851991 SL851991 ACH851991 AMD851991 AVZ851991 BFV851991 BPR851991 BZN851991 CJJ851991 CTF851991 DDB851991 DMX851991 DWT851991 EGP851991 EQL851991 FAH851991 FKD851991 FTZ851991 GDV851991 GNR851991 GXN851991 HHJ851991 HRF851991 IBB851991 IKX851991 IUT851991 JEP851991 JOL851991 JYH851991 KID851991 KRZ851991 LBV851991 LLR851991 LVN851991 MFJ851991 MPF851991 MZB851991 NIX851991 NST851991 OCP851991 OML851991 OWH851991 PGD851991 PPZ851991 PZV851991 QJR851991 QTN851991 RDJ851991 RNF851991 RXB851991 SGX851991 SQT851991 TAP851991 TKL851991 TUH851991 UED851991 UNZ851991 UXV851991 VHR851991 VRN851991 WBJ851991 WLF851991 WVB851991 C917527 IP917527 SL917527 ACH917527 AMD917527 AVZ917527 BFV917527 BPR917527 BZN917527 CJJ917527 CTF917527 DDB917527 DMX917527 DWT917527 EGP917527 EQL917527 FAH917527 FKD917527 FTZ917527 GDV917527 GNR917527 GXN917527 HHJ917527 HRF917527 IBB917527 IKX917527 IUT917527 JEP917527 JOL917527 JYH917527 KID917527 KRZ917527 LBV917527 LLR917527 LVN917527 MFJ917527 MPF917527 MZB917527 NIX917527 NST917527 OCP917527 OML917527 OWH917527 PGD917527 PPZ917527 PZV917527 QJR917527 QTN917527 RDJ917527 RNF917527 RXB917527 SGX917527 SQT917527 TAP917527 TKL917527 TUH917527 UED917527 UNZ917527 UXV917527 VHR917527 VRN917527 WBJ917527 WLF917527 WVB917527 C983063 IP983063 SL983063 ACH983063 AMD983063 AVZ983063 BFV983063 BPR983063 BZN983063 CJJ983063 CTF983063 DDB983063 DMX983063 DWT983063 EGP983063 EQL983063 FAH983063 FKD983063 FTZ983063 GDV983063 GNR983063 GXN983063 HHJ983063 HRF983063 IBB983063 IKX983063 IUT983063 JEP983063 JOL983063 JYH983063 KID983063 KRZ983063 LBV983063 LLR983063 LVN983063 MFJ983063 MPF983063 MZB983063 NIX983063 NST983063 OCP983063 OML983063 OWH983063 PGD983063 PPZ983063 PZV983063 QJR983063 QTN983063 RDJ983063 RNF983063 RXB983063 SGX983063 SQT983063 TAP983063 TKL983063 TUH983063 UED983063 UNZ983063 UXV983063 VHR983063 VRN983063 WBJ983063 WLF983063 WVB983063 H40:I40" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>40909</formula1>
       <formula2>41639</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir la date en respectant le formant suivant : 31.12.2013_x000a_" promptTitle="Date de bouclement" prompt="Veuillez saisir la date en respectant le format suivant : 31.12.2013" sqref="E65559:F65559 IR65559:IS65559 SN65559:SO65559 ACJ65559:ACK65559 AMF65559:AMG65559 AWB65559:AWC65559 BFX65559:BFY65559 BPT65559:BPU65559 BZP65559:BZQ65559 CJL65559:CJM65559 CTH65559:CTI65559 DDD65559:DDE65559 DMZ65559:DNA65559 DWV65559:DWW65559 EGR65559:EGS65559 EQN65559:EQO65559 FAJ65559:FAK65559 FKF65559:FKG65559 FUB65559:FUC65559 GDX65559:GDY65559 GNT65559:GNU65559 GXP65559:GXQ65559 HHL65559:HHM65559 HRH65559:HRI65559 IBD65559:IBE65559 IKZ65559:ILA65559 IUV65559:IUW65559 JER65559:JES65559 JON65559:JOO65559 JYJ65559:JYK65559 KIF65559:KIG65559 KSB65559:KSC65559 LBX65559:LBY65559 LLT65559:LLU65559 LVP65559:LVQ65559 MFL65559:MFM65559 MPH65559:MPI65559 MZD65559:MZE65559 NIZ65559:NJA65559 NSV65559:NSW65559 OCR65559:OCS65559 OMN65559:OMO65559 OWJ65559:OWK65559 PGF65559:PGG65559 PQB65559:PQC65559 PZX65559:PZY65559 QJT65559:QJU65559 QTP65559:QTQ65559 RDL65559:RDM65559 RNH65559:RNI65559 RXD65559:RXE65559 SGZ65559:SHA65559 SQV65559:SQW65559 TAR65559:TAS65559 TKN65559:TKO65559 TUJ65559:TUK65559 UEF65559:UEG65559 UOB65559:UOC65559 UXX65559:UXY65559 VHT65559:VHU65559 VRP65559:VRQ65559 WBL65559:WBM65559 WLH65559:WLI65559 WVD65559:WVE65559 E131095:F131095 IR131095:IS131095 SN131095:SO131095 ACJ131095:ACK131095 AMF131095:AMG131095 AWB131095:AWC131095 BFX131095:BFY131095 BPT131095:BPU131095 BZP131095:BZQ131095 CJL131095:CJM131095 CTH131095:CTI131095 DDD131095:DDE131095 DMZ131095:DNA131095 DWV131095:DWW131095 EGR131095:EGS131095 EQN131095:EQO131095 FAJ131095:FAK131095 FKF131095:FKG131095 FUB131095:FUC131095 GDX131095:GDY131095 GNT131095:GNU131095 GXP131095:GXQ131095 HHL131095:HHM131095 HRH131095:HRI131095 IBD131095:IBE131095 IKZ131095:ILA131095 IUV131095:IUW131095 JER131095:JES131095 JON131095:JOO131095 JYJ131095:JYK131095 KIF131095:KIG131095 KSB131095:KSC131095 LBX131095:LBY131095 LLT131095:LLU131095 LVP131095:LVQ131095 MFL131095:MFM131095 MPH131095:MPI131095 MZD131095:MZE131095 NIZ131095:NJA131095 NSV131095:NSW131095 OCR131095:OCS131095 OMN131095:OMO131095 OWJ131095:OWK131095 PGF131095:PGG131095 PQB131095:PQC131095 PZX131095:PZY131095 QJT131095:QJU131095 QTP131095:QTQ131095 RDL131095:RDM131095 RNH131095:RNI131095 RXD131095:RXE131095 SGZ131095:SHA131095 SQV131095:SQW131095 TAR131095:TAS131095 TKN131095:TKO131095 TUJ131095:TUK131095 UEF131095:UEG131095 UOB131095:UOC131095 UXX131095:UXY131095 VHT131095:VHU131095 VRP131095:VRQ131095 WBL131095:WBM131095 WLH131095:WLI131095 WVD131095:WVE131095 E196631:F196631 IR196631:IS196631 SN196631:SO196631 ACJ196631:ACK196631 AMF196631:AMG196631 AWB196631:AWC196631 BFX196631:BFY196631 BPT196631:BPU196631 BZP196631:BZQ196631 CJL196631:CJM196631 CTH196631:CTI196631 DDD196631:DDE196631 DMZ196631:DNA196631 DWV196631:DWW196631 EGR196631:EGS196631 EQN196631:EQO196631 FAJ196631:FAK196631 FKF196631:FKG196631 FUB196631:FUC196631 GDX196631:GDY196631 GNT196631:GNU196631 GXP196631:GXQ196631 HHL196631:HHM196631 HRH196631:HRI196631 IBD196631:IBE196631 IKZ196631:ILA196631 IUV196631:IUW196631 JER196631:JES196631 JON196631:JOO196631 JYJ196631:JYK196631 KIF196631:KIG196631 KSB196631:KSC196631 LBX196631:LBY196631 LLT196631:LLU196631 LVP196631:LVQ196631 MFL196631:MFM196631 MPH196631:MPI196631 MZD196631:MZE196631 NIZ196631:NJA196631 NSV196631:NSW196631 OCR196631:OCS196631 OMN196631:OMO196631 OWJ196631:OWK196631 PGF196631:PGG196631 PQB196631:PQC196631 PZX196631:PZY196631 QJT196631:QJU196631 QTP196631:QTQ196631 RDL196631:RDM196631 RNH196631:RNI196631 RXD196631:RXE196631 SGZ196631:SHA196631 SQV196631:SQW196631 TAR196631:TAS196631 TKN196631:TKO196631 TUJ196631:TUK196631 UEF196631:UEG196631 UOB196631:UOC196631 UXX196631:UXY196631 VHT196631:VHU196631 VRP196631:VRQ196631 WBL196631:WBM196631 WLH196631:WLI196631 WVD196631:WVE196631 E262167:F262167 IR262167:IS262167 SN262167:SO262167 ACJ262167:ACK262167 AMF262167:AMG262167 AWB262167:AWC262167 BFX262167:BFY262167 BPT262167:BPU262167 BZP262167:BZQ262167 CJL262167:CJM262167 CTH262167:CTI262167 DDD262167:DDE262167 DMZ262167:DNA262167 DWV262167:DWW262167 EGR262167:EGS262167 EQN262167:EQO262167 FAJ262167:FAK262167 FKF262167:FKG262167 FUB262167:FUC262167 GDX262167:GDY262167 GNT262167:GNU262167 GXP262167:GXQ262167 HHL262167:HHM262167 HRH262167:HRI262167 IBD262167:IBE262167 IKZ262167:ILA262167 IUV262167:IUW262167 JER262167:JES262167 JON262167:JOO262167 JYJ262167:JYK262167 KIF262167:KIG262167 KSB262167:KSC262167 LBX262167:LBY262167 LLT262167:LLU262167 LVP262167:LVQ262167 MFL262167:MFM262167 MPH262167:MPI262167 MZD262167:MZE262167 NIZ262167:NJA262167 NSV262167:NSW262167 OCR262167:OCS262167 OMN262167:OMO262167 OWJ262167:OWK262167 PGF262167:PGG262167 PQB262167:PQC262167 PZX262167:PZY262167 QJT262167:QJU262167 QTP262167:QTQ262167 RDL262167:RDM262167 RNH262167:RNI262167 RXD262167:RXE262167 SGZ262167:SHA262167 SQV262167:SQW262167 TAR262167:TAS262167 TKN262167:TKO262167 TUJ262167:TUK262167 UEF262167:UEG262167 UOB262167:UOC262167 UXX262167:UXY262167 VHT262167:VHU262167 VRP262167:VRQ262167 WBL262167:WBM262167 WLH262167:WLI262167 WVD262167:WVE262167 E327703:F327703 IR327703:IS327703 SN327703:SO327703 ACJ327703:ACK327703 AMF327703:AMG327703 AWB327703:AWC327703 BFX327703:BFY327703 BPT327703:BPU327703 BZP327703:BZQ327703 CJL327703:CJM327703 CTH327703:CTI327703 DDD327703:DDE327703 DMZ327703:DNA327703 DWV327703:DWW327703 EGR327703:EGS327703 EQN327703:EQO327703 FAJ327703:FAK327703 FKF327703:FKG327703 FUB327703:FUC327703 GDX327703:GDY327703 GNT327703:GNU327703 GXP327703:GXQ327703 HHL327703:HHM327703 HRH327703:HRI327703 IBD327703:IBE327703 IKZ327703:ILA327703 IUV327703:IUW327703 JER327703:JES327703 JON327703:JOO327703 JYJ327703:JYK327703 KIF327703:KIG327703 KSB327703:KSC327703 LBX327703:LBY327703 LLT327703:LLU327703 LVP327703:LVQ327703 MFL327703:MFM327703 MPH327703:MPI327703 MZD327703:MZE327703 NIZ327703:NJA327703 NSV327703:NSW327703 OCR327703:OCS327703 OMN327703:OMO327703 OWJ327703:OWK327703 PGF327703:PGG327703 PQB327703:PQC327703 PZX327703:PZY327703 QJT327703:QJU327703 QTP327703:QTQ327703 RDL327703:RDM327703 RNH327703:RNI327703 RXD327703:RXE327703 SGZ327703:SHA327703 SQV327703:SQW327703 TAR327703:TAS327703 TKN327703:TKO327703 TUJ327703:TUK327703 UEF327703:UEG327703 UOB327703:UOC327703 UXX327703:UXY327703 VHT327703:VHU327703 VRP327703:VRQ327703 WBL327703:WBM327703 WLH327703:WLI327703 WVD327703:WVE327703 E393239:F393239 IR393239:IS393239 SN393239:SO393239 ACJ393239:ACK393239 AMF393239:AMG393239 AWB393239:AWC393239 BFX393239:BFY393239 BPT393239:BPU393239 BZP393239:BZQ393239 CJL393239:CJM393239 CTH393239:CTI393239 DDD393239:DDE393239 DMZ393239:DNA393239 DWV393239:DWW393239 EGR393239:EGS393239 EQN393239:EQO393239 FAJ393239:FAK393239 FKF393239:FKG393239 FUB393239:FUC393239 GDX393239:GDY393239 GNT393239:GNU393239 GXP393239:GXQ393239 HHL393239:HHM393239 HRH393239:HRI393239 IBD393239:IBE393239 IKZ393239:ILA393239 IUV393239:IUW393239 JER393239:JES393239 JON393239:JOO393239 JYJ393239:JYK393239 KIF393239:KIG393239 KSB393239:KSC393239 LBX393239:LBY393239 LLT393239:LLU393239 LVP393239:LVQ393239 MFL393239:MFM393239 MPH393239:MPI393239 MZD393239:MZE393239 NIZ393239:NJA393239 NSV393239:NSW393239 OCR393239:OCS393239 OMN393239:OMO393239 OWJ393239:OWK393239 PGF393239:PGG393239 PQB393239:PQC393239 PZX393239:PZY393239 QJT393239:QJU393239 QTP393239:QTQ393239 RDL393239:RDM393239 RNH393239:RNI393239 RXD393239:RXE393239 SGZ393239:SHA393239 SQV393239:SQW393239 TAR393239:TAS393239 TKN393239:TKO393239 TUJ393239:TUK393239 UEF393239:UEG393239 UOB393239:UOC393239 UXX393239:UXY393239 VHT393239:VHU393239 VRP393239:VRQ393239 WBL393239:WBM393239 WLH393239:WLI393239 WVD393239:WVE393239 E458775:F458775 IR458775:IS458775 SN458775:SO458775 ACJ458775:ACK458775 AMF458775:AMG458775 AWB458775:AWC458775 BFX458775:BFY458775 BPT458775:BPU458775 BZP458775:BZQ458775 CJL458775:CJM458775 CTH458775:CTI458775 DDD458775:DDE458775 DMZ458775:DNA458775 DWV458775:DWW458775 EGR458775:EGS458775 EQN458775:EQO458775 FAJ458775:FAK458775 FKF458775:FKG458775 FUB458775:FUC458775 GDX458775:GDY458775 GNT458775:GNU458775 GXP458775:GXQ458775 HHL458775:HHM458775 HRH458775:HRI458775 IBD458775:IBE458775 IKZ458775:ILA458775 IUV458775:IUW458775 JER458775:JES458775 JON458775:JOO458775 JYJ458775:JYK458775 KIF458775:KIG458775 KSB458775:KSC458775 LBX458775:LBY458775 LLT458775:LLU458775 LVP458775:LVQ458775 MFL458775:MFM458775 MPH458775:MPI458775 MZD458775:MZE458775 NIZ458775:NJA458775 NSV458775:NSW458775 OCR458775:OCS458775 OMN458775:OMO458775 OWJ458775:OWK458775 PGF458775:PGG458775 PQB458775:PQC458775 PZX458775:PZY458775 QJT458775:QJU458775 QTP458775:QTQ458775 RDL458775:RDM458775 RNH458775:RNI458775 RXD458775:RXE458775 SGZ458775:SHA458775 SQV458775:SQW458775 TAR458775:TAS458775 TKN458775:TKO458775 TUJ458775:TUK458775 UEF458775:UEG458775 UOB458775:UOC458775 UXX458775:UXY458775 VHT458775:VHU458775 VRP458775:VRQ458775 WBL458775:WBM458775 WLH458775:WLI458775 WVD458775:WVE458775 E524311:F524311 IR524311:IS524311 SN524311:SO524311 ACJ524311:ACK524311 AMF524311:AMG524311 AWB524311:AWC524311 BFX524311:BFY524311 BPT524311:BPU524311 BZP524311:BZQ524311 CJL524311:CJM524311 CTH524311:CTI524311 DDD524311:DDE524311 DMZ524311:DNA524311 DWV524311:DWW524311 EGR524311:EGS524311 EQN524311:EQO524311 FAJ524311:FAK524311 FKF524311:FKG524311 FUB524311:FUC524311 GDX524311:GDY524311 GNT524311:GNU524311 GXP524311:GXQ524311 HHL524311:HHM524311 HRH524311:HRI524311 IBD524311:IBE524311 IKZ524311:ILA524311 IUV524311:IUW524311 JER524311:JES524311 JON524311:JOO524311 JYJ524311:JYK524311 KIF524311:KIG524311 KSB524311:KSC524311 LBX524311:LBY524311 LLT524311:LLU524311 LVP524311:LVQ524311 MFL524311:MFM524311 MPH524311:MPI524311 MZD524311:MZE524311 NIZ524311:NJA524311 NSV524311:NSW524311 OCR524311:OCS524311 OMN524311:OMO524311 OWJ524311:OWK524311 PGF524311:PGG524311 PQB524311:PQC524311 PZX524311:PZY524311 QJT524311:QJU524311 QTP524311:QTQ524311 RDL524311:RDM524311 RNH524311:RNI524311 RXD524311:RXE524311 SGZ524311:SHA524311 SQV524311:SQW524311 TAR524311:TAS524311 TKN524311:TKO524311 TUJ524311:TUK524311 UEF524311:UEG524311 UOB524311:UOC524311 UXX524311:UXY524311 VHT524311:VHU524311 VRP524311:VRQ524311 WBL524311:WBM524311 WLH524311:WLI524311 WVD524311:WVE524311 E589847:F589847 IR589847:IS589847 SN589847:SO589847 ACJ589847:ACK589847 AMF589847:AMG589847 AWB589847:AWC589847 BFX589847:BFY589847 BPT589847:BPU589847 BZP589847:BZQ589847 CJL589847:CJM589847 CTH589847:CTI589847 DDD589847:DDE589847 DMZ589847:DNA589847 DWV589847:DWW589847 EGR589847:EGS589847 EQN589847:EQO589847 FAJ589847:FAK589847 FKF589847:FKG589847 FUB589847:FUC589847 GDX589847:GDY589847 GNT589847:GNU589847 GXP589847:GXQ589847 HHL589847:HHM589847 HRH589847:HRI589847 IBD589847:IBE589847 IKZ589847:ILA589847 IUV589847:IUW589847 JER589847:JES589847 JON589847:JOO589847 JYJ589847:JYK589847 KIF589847:KIG589847 KSB589847:KSC589847 LBX589847:LBY589847 LLT589847:LLU589847 LVP589847:LVQ589847 MFL589847:MFM589847 MPH589847:MPI589847 MZD589847:MZE589847 NIZ589847:NJA589847 NSV589847:NSW589847 OCR589847:OCS589847 OMN589847:OMO589847 OWJ589847:OWK589847 PGF589847:PGG589847 PQB589847:PQC589847 PZX589847:PZY589847 QJT589847:QJU589847 QTP589847:QTQ589847 RDL589847:RDM589847 RNH589847:RNI589847 RXD589847:RXE589847 SGZ589847:SHA589847 SQV589847:SQW589847 TAR589847:TAS589847 TKN589847:TKO589847 TUJ589847:TUK589847 UEF589847:UEG589847 UOB589847:UOC589847 UXX589847:UXY589847 VHT589847:VHU589847 VRP589847:VRQ589847 WBL589847:WBM589847 WLH589847:WLI589847 WVD589847:WVE589847 E655383:F655383 IR655383:IS655383 SN655383:SO655383 ACJ655383:ACK655383 AMF655383:AMG655383 AWB655383:AWC655383 BFX655383:BFY655383 BPT655383:BPU655383 BZP655383:BZQ655383 CJL655383:CJM655383 CTH655383:CTI655383 DDD655383:DDE655383 DMZ655383:DNA655383 DWV655383:DWW655383 EGR655383:EGS655383 EQN655383:EQO655383 FAJ655383:FAK655383 FKF655383:FKG655383 FUB655383:FUC655383 GDX655383:GDY655383 GNT655383:GNU655383 GXP655383:GXQ655383 HHL655383:HHM655383 HRH655383:HRI655383 IBD655383:IBE655383 IKZ655383:ILA655383 IUV655383:IUW655383 JER655383:JES655383 JON655383:JOO655383 JYJ655383:JYK655383 KIF655383:KIG655383 KSB655383:KSC655383 LBX655383:LBY655383 LLT655383:LLU655383 LVP655383:LVQ655383 MFL655383:MFM655383 MPH655383:MPI655383 MZD655383:MZE655383 NIZ655383:NJA655383 NSV655383:NSW655383 OCR655383:OCS655383 OMN655383:OMO655383 OWJ655383:OWK655383 PGF655383:PGG655383 PQB655383:PQC655383 PZX655383:PZY655383 QJT655383:QJU655383 QTP655383:QTQ655383 RDL655383:RDM655383 RNH655383:RNI655383 RXD655383:RXE655383 SGZ655383:SHA655383 SQV655383:SQW655383 TAR655383:TAS655383 TKN655383:TKO655383 TUJ655383:TUK655383 UEF655383:UEG655383 UOB655383:UOC655383 UXX655383:UXY655383 VHT655383:VHU655383 VRP655383:VRQ655383 WBL655383:WBM655383 WLH655383:WLI655383 WVD655383:WVE655383 E720919:F720919 IR720919:IS720919 SN720919:SO720919 ACJ720919:ACK720919 AMF720919:AMG720919 AWB720919:AWC720919 BFX720919:BFY720919 BPT720919:BPU720919 BZP720919:BZQ720919 CJL720919:CJM720919 CTH720919:CTI720919 DDD720919:DDE720919 DMZ720919:DNA720919 DWV720919:DWW720919 EGR720919:EGS720919 EQN720919:EQO720919 FAJ720919:FAK720919 FKF720919:FKG720919 FUB720919:FUC720919 GDX720919:GDY720919 GNT720919:GNU720919 GXP720919:GXQ720919 HHL720919:HHM720919 HRH720919:HRI720919 IBD720919:IBE720919 IKZ720919:ILA720919 IUV720919:IUW720919 JER720919:JES720919 JON720919:JOO720919 JYJ720919:JYK720919 KIF720919:KIG720919 KSB720919:KSC720919 LBX720919:LBY720919 LLT720919:LLU720919 LVP720919:LVQ720919 MFL720919:MFM720919 MPH720919:MPI720919 MZD720919:MZE720919 NIZ720919:NJA720919 NSV720919:NSW720919 OCR720919:OCS720919 OMN720919:OMO720919 OWJ720919:OWK720919 PGF720919:PGG720919 PQB720919:PQC720919 PZX720919:PZY720919 QJT720919:QJU720919 QTP720919:QTQ720919 RDL720919:RDM720919 RNH720919:RNI720919 RXD720919:RXE720919 SGZ720919:SHA720919 SQV720919:SQW720919 TAR720919:TAS720919 TKN720919:TKO720919 TUJ720919:TUK720919 UEF720919:UEG720919 UOB720919:UOC720919 UXX720919:UXY720919 VHT720919:VHU720919 VRP720919:VRQ720919 WBL720919:WBM720919 WLH720919:WLI720919 WVD720919:WVE720919 E786455:F786455 IR786455:IS786455 SN786455:SO786455 ACJ786455:ACK786455 AMF786455:AMG786455 AWB786455:AWC786455 BFX786455:BFY786455 BPT786455:BPU786455 BZP786455:BZQ786455 CJL786455:CJM786455 CTH786455:CTI786455 DDD786455:DDE786455 DMZ786455:DNA786455 DWV786455:DWW786455 EGR786455:EGS786455 EQN786455:EQO786455 FAJ786455:FAK786455 FKF786455:FKG786455 FUB786455:FUC786455 GDX786455:GDY786455 GNT786455:GNU786455 GXP786455:GXQ786455 HHL786455:HHM786455 HRH786455:HRI786455 IBD786455:IBE786455 IKZ786455:ILA786455 IUV786455:IUW786455 JER786455:JES786455 JON786455:JOO786455 JYJ786455:JYK786455 KIF786455:KIG786455 KSB786455:KSC786455 LBX786455:LBY786455 LLT786455:LLU786455 LVP786455:LVQ786455 MFL786455:MFM786455 MPH786455:MPI786455 MZD786455:MZE786455 NIZ786455:NJA786455 NSV786455:NSW786455 OCR786455:OCS786455 OMN786455:OMO786455 OWJ786455:OWK786455 PGF786455:PGG786455 PQB786455:PQC786455 PZX786455:PZY786455 QJT786455:QJU786455 QTP786455:QTQ786455 RDL786455:RDM786455 RNH786455:RNI786455 RXD786455:RXE786455 SGZ786455:SHA786455 SQV786455:SQW786455 TAR786455:TAS786455 TKN786455:TKO786455 TUJ786455:TUK786455 UEF786455:UEG786455 UOB786455:UOC786455 UXX786455:UXY786455 VHT786455:VHU786455 VRP786455:VRQ786455 WBL786455:WBM786455 WLH786455:WLI786455 WVD786455:WVE786455 E851991:F851991 IR851991:IS851991 SN851991:SO851991 ACJ851991:ACK851991 AMF851991:AMG851991 AWB851991:AWC851991 BFX851991:BFY851991 BPT851991:BPU851991 BZP851991:BZQ851991 CJL851991:CJM851991 CTH851991:CTI851991 DDD851991:DDE851991 DMZ851991:DNA851991 DWV851991:DWW851991 EGR851991:EGS851991 EQN851991:EQO851991 FAJ851991:FAK851991 FKF851991:FKG851991 FUB851991:FUC851991 GDX851991:GDY851991 GNT851991:GNU851991 GXP851991:GXQ851991 HHL851991:HHM851991 HRH851991:HRI851991 IBD851991:IBE851991 IKZ851991:ILA851991 IUV851991:IUW851991 JER851991:JES851991 JON851991:JOO851991 JYJ851991:JYK851991 KIF851991:KIG851991 KSB851991:KSC851991 LBX851991:LBY851991 LLT851991:LLU851991 LVP851991:LVQ851991 MFL851991:MFM851991 MPH851991:MPI851991 MZD851991:MZE851991 NIZ851991:NJA851991 NSV851991:NSW851991 OCR851991:OCS851991 OMN851991:OMO851991 OWJ851991:OWK851991 PGF851991:PGG851991 PQB851991:PQC851991 PZX851991:PZY851991 QJT851991:QJU851991 QTP851991:QTQ851991 RDL851991:RDM851991 RNH851991:RNI851991 RXD851991:RXE851991 SGZ851991:SHA851991 SQV851991:SQW851991 TAR851991:TAS851991 TKN851991:TKO851991 TUJ851991:TUK851991 UEF851991:UEG851991 UOB851991:UOC851991 UXX851991:UXY851991 VHT851991:VHU851991 VRP851991:VRQ851991 WBL851991:WBM851991 WLH851991:WLI851991 WVD851991:WVE851991 E917527:F917527 IR917527:IS917527 SN917527:SO917527 ACJ917527:ACK917527 AMF917527:AMG917527 AWB917527:AWC917527 BFX917527:BFY917527 BPT917527:BPU917527 BZP917527:BZQ917527 CJL917527:CJM917527 CTH917527:CTI917527 DDD917527:DDE917527 DMZ917527:DNA917527 DWV917527:DWW917527 EGR917527:EGS917527 EQN917527:EQO917527 FAJ917527:FAK917527 FKF917527:FKG917527 FUB917527:FUC917527 GDX917527:GDY917527 GNT917527:GNU917527 GXP917527:GXQ917527 HHL917527:HHM917527 HRH917527:HRI917527 IBD917527:IBE917527 IKZ917527:ILA917527 IUV917527:IUW917527 JER917527:JES917527 JON917527:JOO917527 JYJ917527:JYK917527 KIF917527:KIG917527 KSB917527:KSC917527 LBX917527:LBY917527 LLT917527:LLU917527 LVP917527:LVQ917527 MFL917527:MFM917527 MPH917527:MPI917527 MZD917527:MZE917527 NIZ917527:NJA917527 NSV917527:NSW917527 OCR917527:OCS917527 OMN917527:OMO917527 OWJ917527:OWK917527 PGF917527:PGG917527 PQB917527:PQC917527 PZX917527:PZY917527 QJT917527:QJU917527 QTP917527:QTQ917527 RDL917527:RDM917527 RNH917527:RNI917527 RXD917527:RXE917527 SGZ917527:SHA917527 SQV917527:SQW917527 TAR917527:TAS917527 TKN917527:TKO917527 TUJ917527:TUK917527 UEF917527:UEG917527 UOB917527:UOC917527 UXX917527:UXY917527 VHT917527:VHU917527 VRP917527:VRQ917527 WBL917527:WBM917527 WLH917527:WLI917527 WVD917527:WVE917527 E983063:F983063 IR983063:IS983063 SN983063:SO983063 ACJ983063:ACK983063 AMF983063:AMG983063 AWB983063:AWC983063 BFX983063:BFY983063 BPT983063:BPU983063 BZP983063:BZQ983063 CJL983063:CJM983063 CTH983063:CTI983063 DDD983063:DDE983063 DMZ983063:DNA983063 DWV983063:DWW983063 EGR983063:EGS983063 EQN983063:EQO983063 FAJ983063:FAK983063 FKF983063:FKG983063 FUB983063:FUC983063 GDX983063:GDY983063 GNT983063:GNU983063 GXP983063:GXQ983063 HHL983063:HHM983063 HRH983063:HRI983063 IBD983063:IBE983063 IKZ983063:ILA983063 IUV983063:IUW983063 JER983063:JES983063 JON983063:JOO983063 JYJ983063:JYK983063 KIF983063:KIG983063 KSB983063:KSC983063 LBX983063:LBY983063 LLT983063:LLU983063 LVP983063:LVQ983063 MFL983063:MFM983063 MPH983063:MPI983063 MZD983063:MZE983063 NIZ983063:NJA983063 NSV983063:NSW983063 OCR983063:OCS983063 OMN983063:OMO983063 OWJ983063:OWK983063 PGF983063:PGG983063 PQB983063:PQC983063 PZX983063:PZY983063 QJT983063:QJU983063 QTP983063:QTQ983063 RDL983063:RDM983063 RNH983063:RNI983063 RXD983063:RXE983063 SGZ983063:SHA983063 SQV983063:SQW983063 TAR983063:TAS983063 TKN983063:TKO983063 TUJ983063:TUK983063 UEF983063:UEG983063 UOB983063:UOC983063 UXX983063:UXY983063 VHT983063:VHU983063 VRP983063:VRQ983063 WBL983063:WBM983063 WLH983063:WLI983063 WVD983063:WVE983063 K40" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>41275</formula1>
       <formula2>41639</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° IDE" error="Veuillez saisire les 9 chiffres du n° IDE, sans les points et sans le &quot;CHE-&quot;_x000a_Exemple : 123456789" promptTitle="N° IDE" prompt="Veuillez saisire les 9 chiffres du n° IDE, sans les points et sans le &quot;CHE-&quot;_x000a_Exemple : 123456789" sqref="WVF983035:WVI983035 G65531:J65531 IT65531:IW65531 SP65531:SS65531 ACL65531:ACO65531 AMH65531:AMK65531 AWD65531:AWG65531 BFZ65531:BGC65531 BPV65531:BPY65531 BZR65531:BZU65531 CJN65531:CJQ65531 CTJ65531:CTM65531 DDF65531:DDI65531 DNB65531:DNE65531 DWX65531:DXA65531 EGT65531:EGW65531 EQP65531:EQS65531 FAL65531:FAO65531 FKH65531:FKK65531 FUD65531:FUG65531 GDZ65531:GEC65531 GNV65531:GNY65531 GXR65531:GXU65531 HHN65531:HHQ65531 HRJ65531:HRM65531 IBF65531:IBI65531 ILB65531:ILE65531 IUX65531:IVA65531 JET65531:JEW65531 JOP65531:JOS65531 JYL65531:JYO65531 KIH65531:KIK65531 KSD65531:KSG65531 LBZ65531:LCC65531 LLV65531:LLY65531 LVR65531:LVU65531 MFN65531:MFQ65531 MPJ65531:MPM65531 MZF65531:MZI65531 NJB65531:NJE65531 NSX65531:NTA65531 OCT65531:OCW65531 OMP65531:OMS65531 OWL65531:OWO65531 PGH65531:PGK65531 PQD65531:PQG65531 PZZ65531:QAC65531 QJV65531:QJY65531 QTR65531:QTU65531 RDN65531:RDQ65531 RNJ65531:RNM65531 RXF65531:RXI65531 SHB65531:SHE65531 SQX65531:SRA65531 TAT65531:TAW65531 TKP65531:TKS65531 TUL65531:TUO65531 UEH65531:UEK65531 UOD65531:UOG65531 UXZ65531:UYC65531 VHV65531:VHY65531 VRR65531:VRU65531 WBN65531:WBQ65531 WLJ65531:WLM65531 WVF65531:WVI65531 G131067:J131067 IT131067:IW131067 SP131067:SS131067 ACL131067:ACO131067 AMH131067:AMK131067 AWD131067:AWG131067 BFZ131067:BGC131067 BPV131067:BPY131067 BZR131067:BZU131067 CJN131067:CJQ131067 CTJ131067:CTM131067 DDF131067:DDI131067 DNB131067:DNE131067 DWX131067:DXA131067 EGT131067:EGW131067 EQP131067:EQS131067 FAL131067:FAO131067 FKH131067:FKK131067 FUD131067:FUG131067 GDZ131067:GEC131067 GNV131067:GNY131067 GXR131067:GXU131067 HHN131067:HHQ131067 HRJ131067:HRM131067 IBF131067:IBI131067 ILB131067:ILE131067 IUX131067:IVA131067 JET131067:JEW131067 JOP131067:JOS131067 JYL131067:JYO131067 KIH131067:KIK131067 KSD131067:KSG131067 LBZ131067:LCC131067 LLV131067:LLY131067 LVR131067:LVU131067 MFN131067:MFQ131067 MPJ131067:MPM131067 MZF131067:MZI131067 NJB131067:NJE131067 NSX131067:NTA131067 OCT131067:OCW131067 OMP131067:OMS131067 OWL131067:OWO131067 PGH131067:PGK131067 PQD131067:PQG131067 PZZ131067:QAC131067 QJV131067:QJY131067 QTR131067:QTU131067 RDN131067:RDQ131067 RNJ131067:RNM131067 RXF131067:RXI131067 SHB131067:SHE131067 SQX131067:SRA131067 TAT131067:TAW131067 TKP131067:TKS131067 TUL131067:TUO131067 UEH131067:UEK131067 UOD131067:UOG131067 UXZ131067:UYC131067 VHV131067:VHY131067 VRR131067:VRU131067 WBN131067:WBQ131067 WLJ131067:WLM131067 WVF131067:WVI131067 G196603:J196603 IT196603:IW196603 SP196603:SS196603 ACL196603:ACO196603 AMH196603:AMK196603 AWD196603:AWG196603 BFZ196603:BGC196603 BPV196603:BPY196603 BZR196603:BZU196603 CJN196603:CJQ196603 CTJ196603:CTM196603 DDF196603:DDI196603 DNB196603:DNE196603 DWX196603:DXA196603 EGT196603:EGW196603 EQP196603:EQS196603 FAL196603:FAO196603 FKH196603:FKK196603 FUD196603:FUG196603 GDZ196603:GEC196603 GNV196603:GNY196603 GXR196603:GXU196603 HHN196603:HHQ196603 HRJ196603:HRM196603 IBF196603:IBI196603 ILB196603:ILE196603 IUX196603:IVA196603 JET196603:JEW196603 JOP196603:JOS196603 JYL196603:JYO196603 KIH196603:KIK196603 KSD196603:KSG196603 LBZ196603:LCC196603 LLV196603:LLY196603 LVR196603:LVU196603 MFN196603:MFQ196603 MPJ196603:MPM196603 MZF196603:MZI196603 NJB196603:NJE196603 NSX196603:NTA196603 OCT196603:OCW196603 OMP196603:OMS196603 OWL196603:OWO196603 PGH196603:PGK196603 PQD196603:PQG196603 PZZ196603:QAC196603 QJV196603:QJY196603 QTR196603:QTU196603 RDN196603:RDQ196603 RNJ196603:RNM196603 RXF196603:RXI196603 SHB196603:SHE196603 SQX196603:SRA196603 TAT196603:TAW196603 TKP196603:TKS196603 TUL196603:TUO196603 UEH196603:UEK196603 UOD196603:UOG196603 UXZ196603:UYC196603 VHV196603:VHY196603 VRR196603:VRU196603 WBN196603:WBQ196603 WLJ196603:WLM196603 WVF196603:WVI196603 G262139:J262139 IT262139:IW262139 SP262139:SS262139 ACL262139:ACO262139 AMH262139:AMK262139 AWD262139:AWG262139 BFZ262139:BGC262139 BPV262139:BPY262139 BZR262139:BZU262139 CJN262139:CJQ262139 CTJ262139:CTM262139 DDF262139:DDI262139 DNB262139:DNE262139 DWX262139:DXA262139 EGT262139:EGW262139 EQP262139:EQS262139 FAL262139:FAO262139 FKH262139:FKK262139 FUD262139:FUG262139 GDZ262139:GEC262139 GNV262139:GNY262139 GXR262139:GXU262139 HHN262139:HHQ262139 HRJ262139:HRM262139 IBF262139:IBI262139 ILB262139:ILE262139 IUX262139:IVA262139 JET262139:JEW262139 JOP262139:JOS262139 JYL262139:JYO262139 KIH262139:KIK262139 KSD262139:KSG262139 LBZ262139:LCC262139 LLV262139:LLY262139 LVR262139:LVU262139 MFN262139:MFQ262139 MPJ262139:MPM262139 MZF262139:MZI262139 NJB262139:NJE262139 NSX262139:NTA262139 OCT262139:OCW262139 OMP262139:OMS262139 OWL262139:OWO262139 PGH262139:PGK262139 PQD262139:PQG262139 PZZ262139:QAC262139 QJV262139:QJY262139 QTR262139:QTU262139 RDN262139:RDQ262139 RNJ262139:RNM262139 RXF262139:RXI262139 SHB262139:SHE262139 SQX262139:SRA262139 TAT262139:TAW262139 TKP262139:TKS262139 TUL262139:TUO262139 UEH262139:UEK262139 UOD262139:UOG262139 UXZ262139:UYC262139 VHV262139:VHY262139 VRR262139:VRU262139 WBN262139:WBQ262139 WLJ262139:WLM262139 WVF262139:WVI262139 G327675:J327675 IT327675:IW327675 SP327675:SS327675 ACL327675:ACO327675 AMH327675:AMK327675 AWD327675:AWG327675 BFZ327675:BGC327675 BPV327675:BPY327675 BZR327675:BZU327675 CJN327675:CJQ327675 CTJ327675:CTM327675 DDF327675:DDI327675 DNB327675:DNE327675 DWX327675:DXA327675 EGT327675:EGW327675 EQP327675:EQS327675 FAL327675:FAO327675 FKH327675:FKK327675 FUD327675:FUG327675 GDZ327675:GEC327675 GNV327675:GNY327675 GXR327675:GXU327675 HHN327675:HHQ327675 HRJ327675:HRM327675 IBF327675:IBI327675 ILB327675:ILE327675 IUX327675:IVA327675 JET327675:JEW327675 JOP327675:JOS327675 JYL327675:JYO327675 KIH327675:KIK327675 KSD327675:KSG327675 LBZ327675:LCC327675 LLV327675:LLY327675 LVR327675:LVU327675 MFN327675:MFQ327675 MPJ327675:MPM327675 MZF327675:MZI327675 NJB327675:NJE327675 NSX327675:NTA327675 OCT327675:OCW327675 OMP327675:OMS327675 OWL327675:OWO327675 PGH327675:PGK327675 PQD327675:PQG327675 PZZ327675:QAC327675 QJV327675:QJY327675 QTR327675:QTU327675 RDN327675:RDQ327675 RNJ327675:RNM327675 RXF327675:RXI327675 SHB327675:SHE327675 SQX327675:SRA327675 TAT327675:TAW327675 TKP327675:TKS327675 TUL327675:TUO327675 UEH327675:UEK327675 UOD327675:UOG327675 UXZ327675:UYC327675 VHV327675:VHY327675 VRR327675:VRU327675 WBN327675:WBQ327675 WLJ327675:WLM327675 WVF327675:WVI327675 G393211:J393211 IT393211:IW393211 SP393211:SS393211 ACL393211:ACO393211 AMH393211:AMK393211 AWD393211:AWG393211 BFZ393211:BGC393211 BPV393211:BPY393211 BZR393211:BZU393211 CJN393211:CJQ393211 CTJ393211:CTM393211 DDF393211:DDI393211 DNB393211:DNE393211 DWX393211:DXA393211 EGT393211:EGW393211 EQP393211:EQS393211 FAL393211:FAO393211 FKH393211:FKK393211 FUD393211:FUG393211 GDZ393211:GEC393211 GNV393211:GNY393211 GXR393211:GXU393211 HHN393211:HHQ393211 HRJ393211:HRM393211 IBF393211:IBI393211 ILB393211:ILE393211 IUX393211:IVA393211 JET393211:JEW393211 JOP393211:JOS393211 JYL393211:JYO393211 KIH393211:KIK393211 KSD393211:KSG393211 LBZ393211:LCC393211 LLV393211:LLY393211 LVR393211:LVU393211 MFN393211:MFQ393211 MPJ393211:MPM393211 MZF393211:MZI393211 NJB393211:NJE393211 NSX393211:NTA393211 OCT393211:OCW393211 OMP393211:OMS393211 OWL393211:OWO393211 PGH393211:PGK393211 PQD393211:PQG393211 PZZ393211:QAC393211 QJV393211:QJY393211 QTR393211:QTU393211 RDN393211:RDQ393211 RNJ393211:RNM393211 RXF393211:RXI393211 SHB393211:SHE393211 SQX393211:SRA393211 TAT393211:TAW393211 TKP393211:TKS393211 TUL393211:TUO393211 UEH393211:UEK393211 UOD393211:UOG393211 UXZ393211:UYC393211 VHV393211:VHY393211 VRR393211:VRU393211 WBN393211:WBQ393211 WLJ393211:WLM393211 WVF393211:WVI393211 G458747:J458747 IT458747:IW458747 SP458747:SS458747 ACL458747:ACO458747 AMH458747:AMK458747 AWD458747:AWG458747 BFZ458747:BGC458747 BPV458747:BPY458747 BZR458747:BZU458747 CJN458747:CJQ458747 CTJ458747:CTM458747 DDF458747:DDI458747 DNB458747:DNE458747 DWX458747:DXA458747 EGT458747:EGW458747 EQP458747:EQS458747 FAL458747:FAO458747 FKH458747:FKK458747 FUD458747:FUG458747 GDZ458747:GEC458747 GNV458747:GNY458747 GXR458747:GXU458747 HHN458747:HHQ458747 HRJ458747:HRM458747 IBF458747:IBI458747 ILB458747:ILE458747 IUX458747:IVA458747 JET458747:JEW458747 JOP458747:JOS458747 JYL458747:JYO458747 KIH458747:KIK458747 KSD458747:KSG458747 LBZ458747:LCC458747 LLV458747:LLY458747 LVR458747:LVU458747 MFN458747:MFQ458747 MPJ458747:MPM458747 MZF458747:MZI458747 NJB458747:NJE458747 NSX458747:NTA458747 OCT458747:OCW458747 OMP458747:OMS458747 OWL458747:OWO458747 PGH458747:PGK458747 PQD458747:PQG458747 PZZ458747:QAC458747 QJV458747:QJY458747 QTR458747:QTU458747 RDN458747:RDQ458747 RNJ458747:RNM458747 RXF458747:RXI458747 SHB458747:SHE458747 SQX458747:SRA458747 TAT458747:TAW458747 TKP458747:TKS458747 TUL458747:TUO458747 UEH458747:UEK458747 UOD458747:UOG458747 UXZ458747:UYC458747 VHV458747:VHY458747 VRR458747:VRU458747 WBN458747:WBQ458747 WLJ458747:WLM458747 WVF458747:WVI458747 G524283:J524283 IT524283:IW524283 SP524283:SS524283 ACL524283:ACO524283 AMH524283:AMK524283 AWD524283:AWG524283 BFZ524283:BGC524283 BPV524283:BPY524283 BZR524283:BZU524283 CJN524283:CJQ524283 CTJ524283:CTM524283 DDF524283:DDI524283 DNB524283:DNE524283 DWX524283:DXA524283 EGT524283:EGW524283 EQP524283:EQS524283 FAL524283:FAO524283 FKH524283:FKK524283 FUD524283:FUG524283 GDZ524283:GEC524283 GNV524283:GNY524283 GXR524283:GXU524283 HHN524283:HHQ524283 HRJ524283:HRM524283 IBF524283:IBI524283 ILB524283:ILE524283 IUX524283:IVA524283 JET524283:JEW524283 JOP524283:JOS524283 JYL524283:JYO524283 KIH524283:KIK524283 KSD524283:KSG524283 LBZ524283:LCC524283 LLV524283:LLY524283 LVR524283:LVU524283 MFN524283:MFQ524283 MPJ524283:MPM524283 MZF524283:MZI524283 NJB524283:NJE524283 NSX524283:NTA524283 OCT524283:OCW524283 OMP524283:OMS524283 OWL524283:OWO524283 PGH524283:PGK524283 PQD524283:PQG524283 PZZ524283:QAC524283 QJV524283:QJY524283 QTR524283:QTU524283 RDN524283:RDQ524283 RNJ524283:RNM524283 RXF524283:RXI524283 SHB524283:SHE524283 SQX524283:SRA524283 TAT524283:TAW524283 TKP524283:TKS524283 TUL524283:TUO524283 UEH524283:UEK524283 UOD524283:UOG524283 UXZ524283:UYC524283 VHV524283:VHY524283 VRR524283:VRU524283 WBN524283:WBQ524283 WLJ524283:WLM524283 WVF524283:WVI524283 G589819:J589819 IT589819:IW589819 SP589819:SS589819 ACL589819:ACO589819 AMH589819:AMK589819 AWD589819:AWG589819 BFZ589819:BGC589819 BPV589819:BPY589819 BZR589819:BZU589819 CJN589819:CJQ589819 CTJ589819:CTM589819 DDF589819:DDI589819 DNB589819:DNE589819 DWX589819:DXA589819 EGT589819:EGW589819 EQP589819:EQS589819 FAL589819:FAO589819 FKH589819:FKK589819 FUD589819:FUG589819 GDZ589819:GEC589819 GNV589819:GNY589819 GXR589819:GXU589819 HHN589819:HHQ589819 HRJ589819:HRM589819 IBF589819:IBI589819 ILB589819:ILE589819 IUX589819:IVA589819 JET589819:JEW589819 JOP589819:JOS589819 JYL589819:JYO589819 KIH589819:KIK589819 KSD589819:KSG589819 LBZ589819:LCC589819 LLV589819:LLY589819 LVR589819:LVU589819 MFN589819:MFQ589819 MPJ589819:MPM589819 MZF589819:MZI589819 NJB589819:NJE589819 NSX589819:NTA589819 OCT589819:OCW589819 OMP589819:OMS589819 OWL589819:OWO589819 PGH589819:PGK589819 PQD589819:PQG589819 PZZ589819:QAC589819 QJV589819:QJY589819 QTR589819:QTU589819 RDN589819:RDQ589819 RNJ589819:RNM589819 RXF589819:RXI589819 SHB589819:SHE589819 SQX589819:SRA589819 TAT589819:TAW589819 TKP589819:TKS589819 TUL589819:TUO589819 UEH589819:UEK589819 UOD589819:UOG589819 UXZ589819:UYC589819 VHV589819:VHY589819 VRR589819:VRU589819 WBN589819:WBQ589819 WLJ589819:WLM589819 WVF589819:WVI589819 G655355:J655355 IT655355:IW655355 SP655355:SS655355 ACL655355:ACO655355 AMH655355:AMK655355 AWD655355:AWG655355 BFZ655355:BGC655355 BPV655355:BPY655355 BZR655355:BZU655355 CJN655355:CJQ655355 CTJ655355:CTM655355 DDF655355:DDI655355 DNB655355:DNE655355 DWX655355:DXA655355 EGT655355:EGW655355 EQP655355:EQS655355 FAL655355:FAO655355 FKH655355:FKK655355 FUD655355:FUG655355 GDZ655355:GEC655355 GNV655355:GNY655355 GXR655355:GXU655355 HHN655355:HHQ655355 HRJ655355:HRM655355 IBF655355:IBI655355 ILB655355:ILE655355 IUX655355:IVA655355 JET655355:JEW655355 JOP655355:JOS655355 JYL655355:JYO655355 KIH655355:KIK655355 KSD655355:KSG655355 LBZ655355:LCC655355 LLV655355:LLY655355 LVR655355:LVU655355 MFN655355:MFQ655355 MPJ655355:MPM655355 MZF655355:MZI655355 NJB655355:NJE655355 NSX655355:NTA655355 OCT655355:OCW655355 OMP655355:OMS655355 OWL655355:OWO655355 PGH655355:PGK655355 PQD655355:PQG655355 PZZ655355:QAC655355 QJV655355:QJY655355 QTR655355:QTU655355 RDN655355:RDQ655355 RNJ655355:RNM655355 RXF655355:RXI655355 SHB655355:SHE655355 SQX655355:SRA655355 TAT655355:TAW655355 TKP655355:TKS655355 TUL655355:TUO655355 UEH655355:UEK655355 UOD655355:UOG655355 UXZ655355:UYC655355 VHV655355:VHY655355 VRR655355:VRU655355 WBN655355:WBQ655355 WLJ655355:WLM655355 WVF655355:WVI655355 G720891:J720891 IT720891:IW720891 SP720891:SS720891 ACL720891:ACO720891 AMH720891:AMK720891 AWD720891:AWG720891 BFZ720891:BGC720891 BPV720891:BPY720891 BZR720891:BZU720891 CJN720891:CJQ720891 CTJ720891:CTM720891 DDF720891:DDI720891 DNB720891:DNE720891 DWX720891:DXA720891 EGT720891:EGW720891 EQP720891:EQS720891 FAL720891:FAO720891 FKH720891:FKK720891 FUD720891:FUG720891 GDZ720891:GEC720891 GNV720891:GNY720891 GXR720891:GXU720891 HHN720891:HHQ720891 HRJ720891:HRM720891 IBF720891:IBI720891 ILB720891:ILE720891 IUX720891:IVA720891 JET720891:JEW720891 JOP720891:JOS720891 JYL720891:JYO720891 KIH720891:KIK720891 KSD720891:KSG720891 LBZ720891:LCC720891 LLV720891:LLY720891 LVR720891:LVU720891 MFN720891:MFQ720891 MPJ720891:MPM720891 MZF720891:MZI720891 NJB720891:NJE720891 NSX720891:NTA720891 OCT720891:OCW720891 OMP720891:OMS720891 OWL720891:OWO720891 PGH720891:PGK720891 PQD720891:PQG720891 PZZ720891:QAC720891 QJV720891:QJY720891 QTR720891:QTU720891 RDN720891:RDQ720891 RNJ720891:RNM720891 RXF720891:RXI720891 SHB720891:SHE720891 SQX720891:SRA720891 TAT720891:TAW720891 TKP720891:TKS720891 TUL720891:TUO720891 UEH720891:UEK720891 UOD720891:UOG720891 UXZ720891:UYC720891 VHV720891:VHY720891 VRR720891:VRU720891 WBN720891:WBQ720891 WLJ720891:WLM720891 WVF720891:WVI720891 G786427:J786427 IT786427:IW786427 SP786427:SS786427 ACL786427:ACO786427 AMH786427:AMK786427 AWD786427:AWG786427 BFZ786427:BGC786427 BPV786427:BPY786427 BZR786427:BZU786427 CJN786427:CJQ786427 CTJ786427:CTM786427 DDF786427:DDI786427 DNB786427:DNE786427 DWX786427:DXA786427 EGT786427:EGW786427 EQP786427:EQS786427 FAL786427:FAO786427 FKH786427:FKK786427 FUD786427:FUG786427 GDZ786427:GEC786427 GNV786427:GNY786427 GXR786427:GXU786427 HHN786427:HHQ786427 HRJ786427:HRM786427 IBF786427:IBI786427 ILB786427:ILE786427 IUX786427:IVA786427 JET786427:JEW786427 JOP786427:JOS786427 JYL786427:JYO786427 KIH786427:KIK786427 KSD786427:KSG786427 LBZ786427:LCC786427 LLV786427:LLY786427 LVR786427:LVU786427 MFN786427:MFQ786427 MPJ786427:MPM786427 MZF786427:MZI786427 NJB786427:NJE786427 NSX786427:NTA786427 OCT786427:OCW786427 OMP786427:OMS786427 OWL786427:OWO786427 PGH786427:PGK786427 PQD786427:PQG786427 PZZ786427:QAC786427 QJV786427:QJY786427 QTR786427:QTU786427 RDN786427:RDQ786427 RNJ786427:RNM786427 RXF786427:RXI786427 SHB786427:SHE786427 SQX786427:SRA786427 TAT786427:TAW786427 TKP786427:TKS786427 TUL786427:TUO786427 UEH786427:UEK786427 UOD786427:UOG786427 UXZ786427:UYC786427 VHV786427:VHY786427 VRR786427:VRU786427 WBN786427:WBQ786427 WLJ786427:WLM786427 WVF786427:WVI786427 G851963:J851963 IT851963:IW851963 SP851963:SS851963 ACL851963:ACO851963 AMH851963:AMK851963 AWD851963:AWG851963 BFZ851963:BGC851963 BPV851963:BPY851963 BZR851963:BZU851963 CJN851963:CJQ851963 CTJ851963:CTM851963 DDF851963:DDI851963 DNB851963:DNE851963 DWX851963:DXA851963 EGT851963:EGW851963 EQP851963:EQS851963 FAL851963:FAO851963 FKH851963:FKK851963 FUD851963:FUG851963 GDZ851963:GEC851963 GNV851963:GNY851963 GXR851963:GXU851963 HHN851963:HHQ851963 HRJ851963:HRM851963 IBF851963:IBI851963 ILB851963:ILE851963 IUX851963:IVA851963 JET851963:JEW851963 JOP851963:JOS851963 JYL851963:JYO851963 KIH851963:KIK851963 KSD851963:KSG851963 LBZ851963:LCC851963 LLV851963:LLY851963 LVR851963:LVU851963 MFN851963:MFQ851963 MPJ851963:MPM851963 MZF851963:MZI851963 NJB851963:NJE851963 NSX851963:NTA851963 OCT851963:OCW851963 OMP851963:OMS851963 OWL851963:OWO851963 PGH851963:PGK851963 PQD851963:PQG851963 PZZ851963:QAC851963 QJV851963:QJY851963 QTR851963:QTU851963 RDN851963:RDQ851963 RNJ851963:RNM851963 RXF851963:RXI851963 SHB851963:SHE851963 SQX851963:SRA851963 TAT851963:TAW851963 TKP851963:TKS851963 TUL851963:TUO851963 UEH851963:UEK851963 UOD851963:UOG851963 UXZ851963:UYC851963 VHV851963:VHY851963 VRR851963:VRU851963 WBN851963:WBQ851963 WLJ851963:WLM851963 WVF851963:WVI851963 G917499:J917499 IT917499:IW917499 SP917499:SS917499 ACL917499:ACO917499 AMH917499:AMK917499 AWD917499:AWG917499 BFZ917499:BGC917499 BPV917499:BPY917499 BZR917499:BZU917499 CJN917499:CJQ917499 CTJ917499:CTM917499 DDF917499:DDI917499 DNB917499:DNE917499 DWX917499:DXA917499 EGT917499:EGW917499 EQP917499:EQS917499 FAL917499:FAO917499 FKH917499:FKK917499 FUD917499:FUG917499 GDZ917499:GEC917499 GNV917499:GNY917499 GXR917499:GXU917499 HHN917499:HHQ917499 HRJ917499:HRM917499 IBF917499:IBI917499 ILB917499:ILE917499 IUX917499:IVA917499 JET917499:JEW917499 JOP917499:JOS917499 JYL917499:JYO917499 KIH917499:KIK917499 KSD917499:KSG917499 LBZ917499:LCC917499 LLV917499:LLY917499 LVR917499:LVU917499 MFN917499:MFQ917499 MPJ917499:MPM917499 MZF917499:MZI917499 NJB917499:NJE917499 NSX917499:NTA917499 OCT917499:OCW917499 OMP917499:OMS917499 OWL917499:OWO917499 PGH917499:PGK917499 PQD917499:PQG917499 PZZ917499:QAC917499 QJV917499:QJY917499 QTR917499:QTU917499 RDN917499:RDQ917499 RNJ917499:RNM917499 RXF917499:RXI917499 SHB917499:SHE917499 SQX917499:SRA917499 TAT917499:TAW917499 TKP917499:TKS917499 TUL917499:TUO917499 UEH917499:UEK917499 UOD917499:UOG917499 UXZ917499:UYC917499 VHV917499:VHY917499 VRR917499:VRU917499 WBN917499:WBQ917499 WLJ917499:WLM917499 WVF917499:WVI917499 G983035:J983035 IT983035:IW983035 SP983035:SS983035 ACL983035:ACO983035 AMH983035:AMK983035 AWD983035:AWG983035 BFZ983035:BGC983035 BPV983035:BPY983035 BZR983035:BZU983035 CJN983035:CJQ983035 CTJ983035:CTM983035 DDF983035:DDI983035 DNB983035:DNE983035 DWX983035:DXA983035 EGT983035:EGW983035 EQP983035:EQS983035 FAL983035:FAO983035 FKH983035:FKK983035 FUD983035:FUG983035 GDZ983035:GEC983035 GNV983035:GNY983035 GXR983035:GXU983035 HHN983035:HHQ983035 HRJ983035:HRM983035 IBF983035:IBI983035 ILB983035:ILE983035 IUX983035:IVA983035 JET983035:JEW983035 JOP983035:JOS983035 JYL983035:JYO983035 KIH983035:KIK983035 KSD983035:KSG983035 LBZ983035:LCC983035 LLV983035:LLY983035 LVR983035:LVU983035 MFN983035:MFQ983035 MPJ983035:MPM983035 MZF983035:MZI983035 NJB983035:NJE983035 NSX983035:NTA983035 OCT983035:OCW983035 OMP983035:OMS983035 OWL983035:OWO983035 PGH983035:PGK983035 PQD983035:PQG983035 PZZ983035:QAC983035 QJV983035:QJY983035 QTR983035:QTU983035 RDN983035:RDQ983035 RNJ983035:RNM983035 RXF983035:RXI983035 SHB983035:SHE983035 SQX983035:SRA983035 TAT983035:TAW983035 TKP983035:TKS983035 TUL983035:TUO983035 UEH983035:UEK983035 UOD983035:UOG983035 UXZ983035:UYC983035 VHV983035:VHY983035 VRR983035:VRU983035 WBN983035:WBQ983035 WLJ983035:WLM983035" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>9</formula1>
       <formula2>9</formula2>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="WVJ983035 K65531 IX65531 ST65531 ACP65531 AML65531 AWH65531 BGD65531 BPZ65531 BZV65531 CJR65531 CTN65531 DDJ65531 DNF65531 DXB65531 EGX65531 EQT65531 FAP65531 FKL65531 FUH65531 GED65531 GNZ65531 GXV65531 HHR65531 HRN65531 IBJ65531 ILF65531 IVB65531 JEX65531 JOT65531 JYP65531 KIL65531 KSH65531 LCD65531 LLZ65531 LVV65531 MFR65531 MPN65531 MZJ65531 NJF65531 NTB65531 OCX65531 OMT65531 OWP65531 PGL65531 PQH65531 QAD65531 QJZ65531 QTV65531 RDR65531 RNN65531 RXJ65531 SHF65531 SRB65531 TAX65531 TKT65531 TUP65531 UEL65531 UOH65531 UYD65531 VHZ65531 VRV65531 WBR65531 WLN65531 WVJ65531 K131067 IX131067 ST131067 ACP131067 AML131067 AWH131067 BGD131067 BPZ131067 BZV131067 CJR131067 CTN131067 DDJ131067 DNF131067 DXB131067 EGX131067 EQT131067 FAP131067 FKL131067 FUH131067 GED131067 GNZ131067 GXV131067 HHR131067 HRN131067 IBJ131067 ILF131067 IVB131067 JEX131067 JOT131067 JYP131067 KIL131067 KSH131067 LCD131067 LLZ131067 LVV131067 MFR131067 MPN131067 MZJ131067 NJF131067 NTB131067 OCX131067 OMT131067 OWP131067 PGL131067 PQH131067 QAD131067 QJZ131067 QTV131067 RDR131067 RNN131067 RXJ131067 SHF131067 SRB131067 TAX131067 TKT131067 TUP131067 UEL131067 UOH131067 UYD131067 VHZ131067 VRV131067 WBR131067 WLN131067 WVJ131067 K196603 IX196603 ST196603 ACP196603 AML196603 AWH196603 BGD196603 BPZ196603 BZV196603 CJR196603 CTN196603 DDJ196603 DNF196603 DXB196603 EGX196603 EQT196603 FAP196603 FKL196603 FUH196603 GED196603 GNZ196603 GXV196603 HHR196603 HRN196603 IBJ196603 ILF196603 IVB196603 JEX196603 JOT196603 JYP196603 KIL196603 KSH196603 LCD196603 LLZ196603 LVV196603 MFR196603 MPN196603 MZJ196603 NJF196603 NTB196603 OCX196603 OMT196603 OWP196603 PGL196603 PQH196603 QAD196603 QJZ196603 QTV196603 RDR196603 RNN196603 RXJ196603 SHF196603 SRB196603 TAX196603 TKT196603 TUP196603 UEL196603 UOH196603 UYD196603 VHZ196603 VRV196603 WBR196603 WLN196603 WVJ196603 K262139 IX262139 ST262139 ACP262139 AML262139 AWH262139 BGD262139 BPZ262139 BZV262139 CJR262139 CTN262139 DDJ262139 DNF262139 DXB262139 EGX262139 EQT262139 FAP262139 FKL262139 FUH262139 GED262139 GNZ262139 GXV262139 HHR262139 HRN262139 IBJ262139 ILF262139 IVB262139 JEX262139 JOT262139 JYP262139 KIL262139 KSH262139 LCD262139 LLZ262139 LVV262139 MFR262139 MPN262139 MZJ262139 NJF262139 NTB262139 OCX262139 OMT262139 OWP262139 PGL262139 PQH262139 QAD262139 QJZ262139 QTV262139 RDR262139 RNN262139 RXJ262139 SHF262139 SRB262139 TAX262139 TKT262139 TUP262139 UEL262139 UOH262139 UYD262139 VHZ262139 VRV262139 WBR262139 WLN262139 WVJ262139 K327675 IX327675 ST327675 ACP327675 AML327675 AWH327675 BGD327675 BPZ327675 BZV327675 CJR327675 CTN327675 DDJ327675 DNF327675 DXB327675 EGX327675 EQT327675 FAP327675 FKL327675 FUH327675 GED327675 GNZ327675 GXV327675 HHR327675 HRN327675 IBJ327675 ILF327675 IVB327675 JEX327675 JOT327675 JYP327675 KIL327675 KSH327675 LCD327675 LLZ327675 LVV327675 MFR327675 MPN327675 MZJ327675 NJF327675 NTB327675 OCX327675 OMT327675 OWP327675 PGL327675 PQH327675 QAD327675 QJZ327675 QTV327675 RDR327675 RNN327675 RXJ327675 SHF327675 SRB327675 TAX327675 TKT327675 TUP327675 UEL327675 UOH327675 UYD327675 VHZ327675 VRV327675 WBR327675 WLN327675 WVJ327675 K393211 IX393211 ST393211 ACP393211 AML393211 AWH393211 BGD393211 BPZ393211 BZV393211 CJR393211 CTN393211 DDJ393211 DNF393211 DXB393211 EGX393211 EQT393211 FAP393211 FKL393211 FUH393211 GED393211 GNZ393211 GXV393211 HHR393211 HRN393211 IBJ393211 ILF393211 IVB393211 JEX393211 JOT393211 JYP393211 KIL393211 KSH393211 LCD393211 LLZ393211 LVV393211 MFR393211 MPN393211 MZJ393211 NJF393211 NTB393211 OCX393211 OMT393211 OWP393211 PGL393211 PQH393211 QAD393211 QJZ393211 QTV393211 RDR393211 RNN393211 RXJ393211 SHF393211 SRB393211 TAX393211 TKT393211 TUP393211 UEL393211 UOH393211 UYD393211 VHZ393211 VRV393211 WBR393211 WLN393211 WVJ393211 K458747 IX458747 ST458747 ACP458747 AML458747 AWH458747 BGD458747 BPZ458747 BZV458747 CJR458747 CTN458747 DDJ458747 DNF458747 DXB458747 EGX458747 EQT458747 FAP458747 FKL458747 FUH458747 GED458747 GNZ458747 GXV458747 HHR458747 HRN458747 IBJ458747 ILF458747 IVB458747 JEX458747 JOT458747 JYP458747 KIL458747 KSH458747 LCD458747 LLZ458747 LVV458747 MFR458747 MPN458747 MZJ458747 NJF458747 NTB458747 OCX458747 OMT458747 OWP458747 PGL458747 PQH458747 QAD458747 QJZ458747 QTV458747 RDR458747 RNN458747 RXJ458747 SHF458747 SRB458747 TAX458747 TKT458747 TUP458747 UEL458747 UOH458747 UYD458747 VHZ458747 VRV458747 WBR458747 WLN458747 WVJ458747 K524283 IX524283 ST524283 ACP524283 AML524283 AWH524283 BGD524283 BPZ524283 BZV524283 CJR524283 CTN524283 DDJ524283 DNF524283 DXB524283 EGX524283 EQT524283 FAP524283 FKL524283 FUH524283 GED524283 GNZ524283 GXV524283 HHR524283 HRN524283 IBJ524283 ILF524283 IVB524283 JEX524283 JOT524283 JYP524283 KIL524283 KSH524283 LCD524283 LLZ524283 LVV524283 MFR524283 MPN524283 MZJ524283 NJF524283 NTB524283 OCX524283 OMT524283 OWP524283 PGL524283 PQH524283 QAD524283 QJZ524283 QTV524283 RDR524283 RNN524283 RXJ524283 SHF524283 SRB524283 TAX524283 TKT524283 TUP524283 UEL524283 UOH524283 UYD524283 VHZ524283 VRV524283 WBR524283 WLN524283 WVJ524283 K589819 IX589819 ST589819 ACP589819 AML589819 AWH589819 BGD589819 BPZ589819 BZV589819 CJR589819 CTN589819 DDJ589819 DNF589819 DXB589819 EGX589819 EQT589819 FAP589819 FKL589819 FUH589819 GED589819 GNZ589819 GXV589819 HHR589819 HRN589819 IBJ589819 ILF589819 IVB589819 JEX589819 JOT589819 JYP589819 KIL589819 KSH589819 LCD589819 LLZ589819 LVV589819 MFR589819 MPN589819 MZJ589819 NJF589819 NTB589819 OCX589819 OMT589819 OWP589819 PGL589819 PQH589819 QAD589819 QJZ589819 QTV589819 RDR589819 RNN589819 RXJ589819 SHF589819 SRB589819 TAX589819 TKT589819 TUP589819 UEL589819 UOH589819 UYD589819 VHZ589819 VRV589819 WBR589819 WLN589819 WVJ589819 K655355 IX655355 ST655355 ACP655355 AML655355 AWH655355 BGD655355 BPZ655355 BZV655355 CJR655355 CTN655355 DDJ655355 DNF655355 DXB655355 EGX655355 EQT655355 FAP655355 FKL655355 FUH655355 GED655355 GNZ655355 GXV655355 HHR655355 HRN655355 IBJ655355 ILF655355 IVB655355 JEX655355 JOT655355 JYP655355 KIL655355 KSH655355 LCD655355 LLZ655355 LVV655355 MFR655355 MPN655355 MZJ655355 NJF655355 NTB655355 OCX655355 OMT655355 OWP655355 PGL655355 PQH655355 QAD655355 QJZ655355 QTV655355 RDR655355 RNN655355 RXJ655355 SHF655355 SRB655355 TAX655355 TKT655355 TUP655355 UEL655355 UOH655355 UYD655355 VHZ655355 VRV655355 WBR655355 WLN655355 WVJ655355 K720891 IX720891 ST720891 ACP720891 AML720891 AWH720891 BGD720891 BPZ720891 BZV720891 CJR720891 CTN720891 DDJ720891 DNF720891 DXB720891 EGX720891 EQT720891 FAP720891 FKL720891 FUH720891 GED720891 GNZ720891 GXV720891 HHR720891 HRN720891 IBJ720891 ILF720891 IVB720891 JEX720891 JOT720891 JYP720891 KIL720891 KSH720891 LCD720891 LLZ720891 LVV720891 MFR720891 MPN720891 MZJ720891 NJF720891 NTB720891 OCX720891 OMT720891 OWP720891 PGL720891 PQH720891 QAD720891 QJZ720891 QTV720891 RDR720891 RNN720891 RXJ720891 SHF720891 SRB720891 TAX720891 TKT720891 TUP720891 UEL720891 UOH720891 UYD720891 VHZ720891 VRV720891 WBR720891 WLN720891 WVJ720891 K786427 IX786427 ST786427 ACP786427 AML786427 AWH786427 BGD786427 BPZ786427 BZV786427 CJR786427 CTN786427 DDJ786427 DNF786427 DXB786427 EGX786427 EQT786427 FAP786427 FKL786427 FUH786427 GED786427 GNZ786427 GXV786427 HHR786427 HRN786427 IBJ786427 ILF786427 IVB786427 JEX786427 JOT786427 JYP786427 KIL786427 KSH786427 LCD786427 LLZ786427 LVV786427 MFR786427 MPN786427 MZJ786427 NJF786427 NTB786427 OCX786427 OMT786427 OWP786427 PGL786427 PQH786427 QAD786427 QJZ786427 QTV786427 RDR786427 RNN786427 RXJ786427 SHF786427 SRB786427 TAX786427 TKT786427 TUP786427 UEL786427 UOH786427 UYD786427 VHZ786427 VRV786427 WBR786427 WLN786427 WVJ786427 K851963 IX851963 ST851963 ACP851963 AML851963 AWH851963 BGD851963 BPZ851963 BZV851963 CJR851963 CTN851963 DDJ851963 DNF851963 DXB851963 EGX851963 EQT851963 FAP851963 FKL851963 FUH851963 GED851963 GNZ851963 GXV851963 HHR851963 HRN851963 IBJ851963 ILF851963 IVB851963 JEX851963 JOT851963 JYP851963 KIL851963 KSH851963 LCD851963 LLZ851963 LVV851963 MFR851963 MPN851963 MZJ851963 NJF851963 NTB851963 OCX851963 OMT851963 OWP851963 PGL851963 PQH851963 QAD851963 QJZ851963 QTV851963 RDR851963 RNN851963 RXJ851963 SHF851963 SRB851963 TAX851963 TKT851963 TUP851963 UEL851963 UOH851963 UYD851963 VHZ851963 VRV851963 WBR851963 WLN851963 WVJ851963 K917499 IX917499 ST917499 ACP917499 AML917499 AWH917499 BGD917499 BPZ917499 BZV917499 CJR917499 CTN917499 DDJ917499 DNF917499 DXB917499 EGX917499 EQT917499 FAP917499 FKL917499 FUH917499 GED917499 GNZ917499 GXV917499 HHR917499 HRN917499 IBJ917499 ILF917499 IVB917499 JEX917499 JOT917499 JYP917499 KIL917499 KSH917499 LCD917499 LLZ917499 LVV917499 MFR917499 MPN917499 MZJ917499 NJF917499 NTB917499 OCX917499 OMT917499 OWP917499 PGL917499 PQH917499 QAD917499 QJZ917499 QTV917499 RDR917499 RNN917499 RXJ917499 SHF917499 SRB917499 TAX917499 TKT917499 TUP917499 UEL917499 UOH917499 UYD917499 VHZ917499 VRV917499 WBR917499 WLN917499 WVJ917499 K983035 IX983035 ST983035 ACP983035 AML983035 AWH983035 BGD983035 BPZ983035 BZV983035 CJR983035 CTN983035 DDJ983035 DNF983035 DXB983035 EGX983035 EQT983035 FAP983035 FKL983035 FUH983035 GED983035 GNZ983035 GXV983035 HHR983035 HRN983035 IBJ983035 ILF983035 IVB983035 JEX983035 JOT983035 JYP983035 KIL983035 KSH983035 LCD983035 LLZ983035 LVV983035 MFR983035 MPN983035 MZJ983035 NJF983035 NTB983035 OCX983035 OMT983035 OWP983035 PGL983035 PQH983035 QAD983035 QJZ983035 QTV983035 RDR983035 RNN983035 RXJ983035 SHF983035 SRB983035 TAX983035 TKT983035 TUP983035 UEL983035 UOH983035 UYD983035 VHZ983035 VRV983035 WBR983035 WLN983035" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"###.###.###"</formula1>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contibuable" error="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" promptTitle="N° de contibuable" prompt="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="WVE983014:WVG983014 IS8:IU8 SO8:SQ8 ACK8:ACM8 AMG8:AMI8 AWC8:AWE8 BFY8:BGA8 BPU8:BPW8 BZQ8:BZS8 CJM8:CJO8 CTI8:CTK8 DDE8:DDG8 DNA8:DNC8 DWW8:DWY8 EGS8:EGU8 EQO8:EQQ8 FAK8:FAM8 FKG8:FKI8 FUC8:FUE8 GDY8:GEA8 GNU8:GNW8 GXQ8:GXS8 HHM8:HHO8 HRI8:HRK8 IBE8:IBG8 ILA8:ILC8 IUW8:IUY8 JES8:JEU8 JOO8:JOQ8 JYK8:JYM8 KIG8:KII8 KSC8:KSE8 LBY8:LCA8 LLU8:LLW8 LVQ8:LVS8 MFM8:MFO8 MPI8:MPK8 MZE8:MZG8 NJA8:NJC8 NSW8:NSY8 OCS8:OCU8 OMO8:OMQ8 OWK8:OWM8 PGG8:PGI8 PQC8:PQE8 PZY8:QAA8 QJU8:QJW8 QTQ8:QTS8 RDM8:RDO8 RNI8:RNK8 RXE8:RXG8 SHA8:SHC8 SQW8:SQY8 TAS8:TAU8 TKO8:TKQ8 TUK8:TUM8 UEG8:UEI8 UOC8:UOE8 UXY8:UYA8 VHU8:VHW8 VRQ8:VRS8 WBM8:WBO8 WLI8:WLK8 WVE8:WVG8 F65510:H65510 IS65510:IU65510 SO65510:SQ65510 ACK65510:ACM65510 AMG65510:AMI65510 AWC65510:AWE65510 BFY65510:BGA65510 BPU65510:BPW65510 BZQ65510:BZS65510 CJM65510:CJO65510 CTI65510:CTK65510 DDE65510:DDG65510 DNA65510:DNC65510 DWW65510:DWY65510 EGS65510:EGU65510 EQO65510:EQQ65510 FAK65510:FAM65510 FKG65510:FKI65510 FUC65510:FUE65510 GDY65510:GEA65510 GNU65510:GNW65510 GXQ65510:GXS65510 HHM65510:HHO65510 HRI65510:HRK65510 IBE65510:IBG65510 ILA65510:ILC65510 IUW65510:IUY65510 JES65510:JEU65510 JOO65510:JOQ65510 JYK65510:JYM65510 KIG65510:KII65510 KSC65510:KSE65510 LBY65510:LCA65510 LLU65510:LLW65510 LVQ65510:LVS65510 MFM65510:MFO65510 MPI65510:MPK65510 MZE65510:MZG65510 NJA65510:NJC65510 NSW65510:NSY65510 OCS65510:OCU65510 OMO65510:OMQ65510 OWK65510:OWM65510 PGG65510:PGI65510 PQC65510:PQE65510 PZY65510:QAA65510 QJU65510:QJW65510 QTQ65510:QTS65510 RDM65510:RDO65510 RNI65510:RNK65510 RXE65510:RXG65510 SHA65510:SHC65510 SQW65510:SQY65510 TAS65510:TAU65510 TKO65510:TKQ65510 TUK65510:TUM65510 UEG65510:UEI65510 UOC65510:UOE65510 UXY65510:UYA65510 VHU65510:VHW65510 VRQ65510:VRS65510 WBM65510:WBO65510 WLI65510:WLK65510 WVE65510:WVG65510 F131046:H131046 IS131046:IU131046 SO131046:SQ131046 ACK131046:ACM131046 AMG131046:AMI131046 AWC131046:AWE131046 BFY131046:BGA131046 BPU131046:BPW131046 BZQ131046:BZS131046 CJM131046:CJO131046 CTI131046:CTK131046 DDE131046:DDG131046 DNA131046:DNC131046 DWW131046:DWY131046 EGS131046:EGU131046 EQO131046:EQQ131046 FAK131046:FAM131046 FKG131046:FKI131046 FUC131046:FUE131046 GDY131046:GEA131046 GNU131046:GNW131046 GXQ131046:GXS131046 HHM131046:HHO131046 HRI131046:HRK131046 IBE131046:IBG131046 ILA131046:ILC131046 IUW131046:IUY131046 JES131046:JEU131046 JOO131046:JOQ131046 JYK131046:JYM131046 KIG131046:KII131046 KSC131046:KSE131046 LBY131046:LCA131046 LLU131046:LLW131046 LVQ131046:LVS131046 MFM131046:MFO131046 MPI131046:MPK131046 MZE131046:MZG131046 NJA131046:NJC131046 NSW131046:NSY131046 OCS131046:OCU131046 OMO131046:OMQ131046 OWK131046:OWM131046 PGG131046:PGI131046 PQC131046:PQE131046 PZY131046:QAA131046 QJU131046:QJW131046 QTQ131046:QTS131046 RDM131046:RDO131046 RNI131046:RNK131046 RXE131046:RXG131046 SHA131046:SHC131046 SQW131046:SQY131046 TAS131046:TAU131046 TKO131046:TKQ131046 TUK131046:TUM131046 UEG131046:UEI131046 UOC131046:UOE131046 UXY131046:UYA131046 VHU131046:VHW131046 VRQ131046:VRS131046 WBM131046:WBO131046 WLI131046:WLK131046 WVE131046:WVG131046 F196582:H196582 IS196582:IU196582 SO196582:SQ196582 ACK196582:ACM196582 AMG196582:AMI196582 AWC196582:AWE196582 BFY196582:BGA196582 BPU196582:BPW196582 BZQ196582:BZS196582 CJM196582:CJO196582 CTI196582:CTK196582 DDE196582:DDG196582 DNA196582:DNC196582 DWW196582:DWY196582 EGS196582:EGU196582 EQO196582:EQQ196582 FAK196582:FAM196582 FKG196582:FKI196582 FUC196582:FUE196582 GDY196582:GEA196582 GNU196582:GNW196582 GXQ196582:GXS196582 HHM196582:HHO196582 HRI196582:HRK196582 IBE196582:IBG196582 ILA196582:ILC196582 IUW196582:IUY196582 JES196582:JEU196582 JOO196582:JOQ196582 JYK196582:JYM196582 KIG196582:KII196582 KSC196582:KSE196582 LBY196582:LCA196582 LLU196582:LLW196582 LVQ196582:LVS196582 MFM196582:MFO196582 MPI196582:MPK196582 MZE196582:MZG196582 NJA196582:NJC196582 NSW196582:NSY196582 OCS196582:OCU196582 OMO196582:OMQ196582 OWK196582:OWM196582 PGG196582:PGI196582 PQC196582:PQE196582 PZY196582:QAA196582 QJU196582:QJW196582 QTQ196582:QTS196582 RDM196582:RDO196582 RNI196582:RNK196582 RXE196582:RXG196582 SHA196582:SHC196582 SQW196582:SQY196582 TAS196582:TAU196582 TKO196582:TKQ196582 TUK196582:TUM196582 UEG196582:UEI196582 UOC196582:UOE196582 UXY196582:UYA196582 VHU196582:VHW196582 VRQ196582:VRS196582 WBM196582:WBO196582 WLI196582:WLK196582 WVE196582:WVG196582 F262118:H262118 IS262118:IU262118 SO262118:SQ262118 ACK262118:ACM262118 AMG262118:AMI262118 AWC262118:AWE262118 BFY262118:BGA262118 BPU262118:BPW262118 BZQ262118:BZS262118 CJM262118:CJO262118 CTI262118:CTK262118 DDE262118:DDG262118 DNA262118:DNC262118 DWW262118:DWY262118 EGS262118:EGU262118 EQO262118:EQQ262118 FAK262118:FAM262118 FKG262118:FKI262118 FUC262118:FUE262118 GDY262118:GEA262118 GNU262118:GNW262118 GXQ262118:GXS262118 HHM262118:HHO262118 HRI262118:HRK262118 IBE262118:IBG262118 ILA262118:ILC262118 IUW262118:IUY262118 JES262118:JEU262118 JOO262118:JOQ262118 JYK262118:JYM262118 KIG262118:KII262118 KSC262118:KSE262118 LBY262118:LCA262118 LLU262118:LLW262118 LVQ262118:LVS262118 MFM262118:MFO262118 MPI262118:MPK262118 MZE262118:MZG262118 NJA262118:NJC262118 NSW262118:NSY262118 OCS262118:OCU262118 OMO262118:OMQ262118 OWK262118:OWM262118 PGG262118:PGI262118 PQC262118:PQE262118 PZY262118:QAA262118 QJU262118:QJW262118 QTQ262118:QTS262118 RDM262118:RDO262118 RNI262118:RNK262118 RXE262118:RXG262118 SHA262118:SHC262118 SQW262118:SQY262118 TAS262118:TAU262118 TKO262118:TKQ262118 TUK262118:TUM262118 UEG262118:UEI262118 UOC262118:UOE262118 UXY262118:UYA262118 VHU262118:VHW262118 VRQ262118:VRS262118 WBM262118:WBO262118 WLI262118:WLK262118 WVE262118:WVG262118 F327654:H327654 IS327654:IU327654 SO327654:SQ327654 ACK327654:ACM327654 AMG327654:AMI327654 AWC327654:AWE327654 BFY327654:BGA327654 BPU327654:BPW327654 BZQ327654:BZS327654 CJM327654:CJO327654 CTI327654:CTK327654 DDE327654:DDG327654 DNA327654:DNC327654 DWW327654:DWY327654 EGS327654:EGU327654 EQO327654:EQQ327654 FAK327654:FAM327654 FKG327654:FKI327654 FUC327654:FUE327654 GDY327654:GEA327654 GNU327654:GNW327654 GXQ327654:GXS327654 HHM327654:HHO327654 HRI327654:HRK327654 IBE327654:IBG327654 ILA327654:ILC327654 IUW327654:IUY327654 JES327654:JEU327654 JOO327654:JOQ327654 JYK327654:JYM327654 KIG327654:KII327654 KSC327654:KSE327654 LBY327654:LCA327654 LLU327654:LLW327654 LVQ327654:LVS327654 MFM327654:MFO327654 MPI327654:MPK327654 MZE327654:MZG327654 NJA327654:NJC327654 NSW327654:NSY327654 OCS327654:OCU327654 OMO327654:OMQ327654 OWK327654:OWM327654 PGG327654:PGI327654 PQC327654:PQE327654 PZY327654:QAA327654 QJU327654:QJW327654 QTQ327654:QTS327654 RDM327654:RDO327654 RNI327654:RNK327654 RXE327654:RXG327654 SHA327654:SHC327654 SQW327654:SQY327654 TAS327654:TAU327654 TKO327654:TKQ327654 TUK327654:TUM327654 UEG327654:UEI327654 UOC327654:UOE327654 UXY327654:UYA327654 VHU327654:VHW327654 VRQ327654:VRS327654 WBM327654:WBO327654 WLI327654:WLK327654 WVE327654:WVG327654 F393190:H393190 IS393190:IU393190 SO393190:SQ393190 ACK393190:ACM393190 AMG393190:AMI393190 AWC393190:AWE393190 BFY393190:BGA393190 BPU393190:BPW393190 BZQ393190:BZS393190 CJM393190:CJO393190 CTI393190:CTK393190 DDE393190:DDG393190 DNA393190:DNC393190 DWW393190:DWY393190 EGS393190:EGU393190 EQO393190:EQQ393190 FAK393190:FAM393190 FKG393190:FKI393190 FUC393190:FUE393190 GDY393190:GEA393190 GNU393190:GNW393190 GXQ393190:GXS393190 HHM393190:HHO393190 HRI393190:HRK393190 IBE393190:IBG393190 ILA393190:ILC393190 IUW393190:IUY393190 JES393190:JEU393190 JOO393190:JOQ393190 JYK393190:JYM393190 KIG393190:KII393190 KSC393190:KSE393190 LBY393190:LCA393190 LLU393190:LLW393190 LVQ393190:LVS393190 MFM393190:MFO393190 MPI393190:MPK393190 MZE393190:MZG393190 NJA393190:NJC393190 NSW393190:NSY393190 OCS393190:OCU393190 OMO393190:OMQ393190 OWK393190:OWM393190 PGG393190:PGI393190 PQC393190:PQE393190 PZY393190:QAA393190 QJU393190:QJW393190 QTQ393190:QTS393190 RDM393190:RDO393190 RNI393190:RNK393190 RXE393190:RXG393190 SHA393190:SHC393190 SQW393190:SQY393190 TAS393190:TAU393190 TKO393190:TKQ393190 TUK393190:TUM393190 UEG393190:UEI393190 UOC393190:UOE393190 UXY393190:UYA393190 VHU393190:VHW393190 VRQ393190:VRS393190 WBM393190:WBO393190 WLI393190:WLK393190 WVE393190:WVG393190 F458726:H458726 IS458726:IU458726 SO458726:SQ458726 ACK458726:ACM458726 AMG458726:AMI458726 AWC458726:AWE458726 BFY458726:BGA458726 BPU458726:BPW458726 BZQ458726:BZS458726 CJM458726:CJO458726 CTI458726:CTK458726 DDE458726:DDG458726 DNA458726:DNC458726 DWW458726:DWY458726 EGS458726:EGU458726 EQO458726:EQQ458726 FAK458726:FAM458726 FKG458726:FKI458726 FUC458726:FUE458726 GDY458726:GEA458726 GNU458726:GNW458726 GXQ458726:GXS458726 HHM458726:HHO458726 HRI458726:HRK458726 IBE458726:IBG458726 ILA458726:ILC458726 IUW458726:IUY458726 JES458726:JEU458726 JOO458726:JOQ458726 JYK458726:JYM458726 KIG458726:KII458726 KSC458726:KSE458726 LBY458726:LCA458726 LLU458726:LLW458726 LVQ458726:LVS458726 MFM458726:MFO458726 MPI458726:MPK458726 MZE458726:MZG458726 NJA458726:NJC458726 NSW458726:NSY458726 OCS458726:OCU458726 OMO458726:OMQ458726 OWK458726:OWM458726 PGG458726:PGI458726 PQC458726:PQE458726 PZY458726:QAA458726 QJU458726:QJW458726 QTQ458726:QTS458726 RDM458726:RDO458726 RNI458726:RNK458726 RXE458726:RXG458726 SHA458726:SHC458726 SQW458726:SQY458726 TAS458726:TAU458726 TKO458726:TKQ458726 TUK458726:TUM458726 UEG458726:UEI458726 UOC458726:UOE458726 UXY458726:UYA458726 VHU458726:VHW458726 VRQ458726:VRS458726 WBM458726:WBO458726 WLI458726:WLK458726 WVE458726:WVG458726 F524262:H524262 IS524262:IU524262 SO524262:SQ524262 ACK524262:ACM524262 AMG524262:AMI524262 AWC524262:AWE524262 BFY524262:BGA524262 BPU524262:BPW524262 BZQ524262:BZS524262 CJM524262:CJO524262 CTI524262:CTK524262 DDE524262:DDG524262 DNA524262:DNC524262 DWW524262:DWY524262 EGS524262:EGU524262 EQO524262:EQQ524262 FAK524262:FAM524262 FKG524262:FKI524262 FUC524262:FUE524262 GDY524262:GEA524262 GNU524262:GNW524262 GXQ524262:GXS524262 HHM524262:HHO524262 HRI524262:HRK524262 IBE524262:IBG524262 ILA524262:ILC524262 IUW524262:IUY524262 JES524262:JEU524262 JOO524262:JOQ524262 JYK524262:JYM524262 KIG524262:KII524262 KSC524262:KSE524262 LBY524262:LCA524262 LLU524262:LLW524262 LVQ524262:LVS524262 MFM524262:MFO524262 MPI524262:MPK524262 MZE524262:MZG524262 NJA524262:NJC524262 NSW524262:NSY524262 OCS524262:OCU524262 OMO524262:OMQ524262 OWK524262:OWM524262 PGG524262:PGI524262 PQC524262:PQE524262 PZY524262:QAA524262 QJU524262:QJW524262 QTQ524262:QTS524262 RDM524262:RDO524262 RNI524262:RNK524262 RXE524262:RXG524262 SHA524262:SHC524262 SQW524262:SQY524262 TAS524262:TAU524262 TKO524262:TKQ524262 TUK524262:TUM524262 UEG524262:UEI524262 UOC524262:UOE524262 UXY524262:UYA524262 VHU524262:VHW524262 VRQ524262:VRS524262 WBM524262:WBO524262 WLI524262:WLK524262 WVE524262:WVG524262 F589798:H589798 IS589798:IU589798 SO589798:SQ589798 ACK589798:ACM589798 AMG589798:AMI589798 AWC589798:AWE589798 BFY589798:BGA589798 BPU589798:BPW589798 BZQ589798:BZS589798 CJM589798:CJO589798 CTI589798:CTK589798 DDE589798:DDG589798 DNA589798:DNC589798 DWW589798:DWY589798 EGS589798:EGU589798 EQO589798:EQQ589798 FAK589798:FAM589798 FKG589798:FKI589798 FUC589798:FUE589798 GDY589798:GEA589798 GNU589798:GNW589798 GXQ589798:GXS589798 HHM589798:HHO589798 HRI589798:HRK589798 IBE589798:IBG589798 ILA589798:ILC589798 IUW589798:IUY589798 JES589798:JEU589798 JOO589798:JOQ589798 JYK589798:JYM589798 KIG589798:KII589798 KSC589798:KSE589798 LBY589798:LCA589798 LLU589798:LLW589798 LVQ589798:LVS589798 MFM589798:MFO589798 MPI589798:MPK589798 MZE589798:MZG589798 NJA589798:NJC589798 NSW589798:NSY589798 OCS589798:OCU589798 OMO589798:OMQ589798 OWK589798:OWM589798 PGG589798:PGI589798 PQC589798:PQE589798 PZY589798:QAA589798 QJU589798:QJW589798 QTQ589798:QTS589798 RDM589798:RDO589798 RNI589798:RNK589798 RXE589798:RXG589798 SHA589798:SHC589798 SQW589798:SQY589798 TAS589798:TAU589798 TKO589798:TKQ589798 TUK589798:TUM589798 UEG589798:UEI589798 UOC589798:UOE589798 UXY589798:UYA589798 VHU589798:VHW589798 VRQ589798:VRS589798 WBM589798:WBO589798 WLI589798:WLK589798 WVE589798:WVG589798 F655334:H655334 IS655334:IU655334 SO655334:SQ655334 ACK655334:ACM655334 AMG655334:AMI655334 AWC655334:AWE655334 BFY655334:BGA655334 BPU655334:BPW655334 BZQ655334:BZS655334 CJM655334:CJO655334 CTI655334:CTK655334 DDE655334:DDG655334 DNA655334:DNC655334 DWW655334:DWY655334 EGS655334:EGU655334 EQO655334:EQQ655334 FAK655334:FAM655334 FKG655334:FKI655334 FUC655334:FUE655334 GDY655334:GEA655334 GNU655334:GNW655334 GXQ655334:GXS655334 HHM655334:HHO655334 HRI655334:HRK655334 IBE655334:IBG655334 ILA655334:ILC655334 IUW655334:IUY655334 JES655334:JEU655334 JOO655334:JOQ655334 JYK655334:JYM655334 KIG655334:KII655334 KSC655334:KSE655334 LBY655334:LCA655334 LLU655334:LLW655334 LVQ655334:LVS655334 MFM655334:MFO655334 MPI655334:MPK655334 MZE655334:MZG655334 NJA655334:NJC655334 NSW655334:NSY655334 OCS655334:OCU655334 OMO655334:OMQ655334 OWK655334:OWM655334 PGG655334:PGI655334 PQC655334:PQE655334 PZY655334:QAA655334 QJU655334:QJW655334 QTQ655334:QTS655334 RDM655334:RDO655334 RNI655334:RNK655334 RXE655334:RXG655334 SHA655334:SHC655334 SQW655334:SQY655334 TAS655334:TAU655334 TKO655334:TKQ655334 TUK655334:TUM655334 UEG655334:UEI655334 UOC655334:UOE655334 UXY655334:UYA655334 VHU655334:VHW655334 VRQ655334:VRS655334 WBM655334:WBO655334 WLI655334:WLK655334 WVE655334:WVG655334 F720870:H720870 IS720870:IU720870 SO720870:SQ720870 ACK720870:ACM720870 AMG720870:AMI720870 AWC720870:AWE720870 BFY720870:BGA720870 BPU720870:BPW720870 BZQ720870:BZS720870 CJM720870:CJO720870 CTI720870:CTK720870 DDE720870:DDG720870 DNA720870:DNC720870 DWW720870:DWY720870 EGS720870:EGU720870 EQO720870:EQQ720870 FAK720870:FAM720870 FKG720870:FKI720870 FUC720870:FUE720870 GDY720870:GEA720870 GNU720870:GNW720870 GXQ720870:GXS720870 HHM720870:HHO720870 HRI720870:HRK720870 IBE720870:IBG720870 ILA720870:ILC720870 IUW720870:IUY720870 JES720870:JEU720870 JOO720870:JOQ720870 JYK720870:JYM720870 KIG720870:KII720870 KSC720870:KSE720870 LBY720870:LCA720870 LLU720870:LLW720870 LVQ720870:LVS720870 MFM720870:MFO720870 MPI720870:MPK720870 MZE720870:MZG720870 NJA720870:NJC720870 NSW720870:NSY720870 OCS720870:OCU720870 OMO720870:OMQ720870 OWK720870:OWM720870 PGG720870:PGI720870 PQC720870:PQE720870 PZY720870:QAA720870 QJU720870:QJW720870 QTQ720870:QTS720870 RDM720870:RDO720870 RNI720870:RNK720870 RXE720870:RXG720870 SHA720870:SHC720870 SQW720870:SQY720870 TAS720870:TAU720870 TKO720870:TKQ720870 TUK720870:TUM720870 UEG720870:UEI720870 UOC720870:UOE720870 UXY720870:UYA720870 VHU720870:VHW720870 VRQ720870:VRS720870 WBM720870:WBO720870 WLI720870:WLK720870 WVE720870:WVG720870 F786406:H786406 IS786406:IU786406 SO786406:SQ786406 ACK786406:ACM786406 AMG786406:AMI786406 AWC786406:AWE786406 BFY786406:BGA786406 BPU786406:BPW786406 BZQ786406:BZS786406 CJM786406:CJO786406 CTI786406:CTK786406 DDE786406:DDG786406 DNA786406:DNC786406 DWW786406:DWY786406 EGS786406:EGU786406 EQO786406:EQQ786406 FAK786406:FAM786406 FKG786406:FKI786406 FUC786406:FUE786406 GDY786406:GEA786406 GNU786406:GNW786406 GXQ786406:GXS786406 HHM786406:HHO786406 HRI786406:HRK786406 IBE786406:IBG786406 ILA786406:ILC786406 IUW786406:IUY786406 JES786406:JEU786406 JOO786406:JOQ786406 JYK786406:JYM786406 KIG786406:KII786406 KSC786406:KSE786406 LBY786406:LCA786406 LLU786406:LLW786406 LVQ786406:LVS786406 MFM786406:MFO786406 MPI786406:MPK786406 MZE786406:MZG786406 NJA786406:NJC786406 NSW786406:NSY786406 OCS786406:OCU786406 OMO786406:OMQ786406 OWK786406:OWM786406 PGG786406:PGI786406 PQC786406:PQE786406 PZY786406:QAA786406 QJU786406:QJW786406 QTQ786406:QTS786406 RDM786406:RDO786406 RNI786406:RNK786406 RXE786406:RXG786406 SHA786406:SHC786406 SQW786406:SQY786406 TAS786406:TAU786406 TKO786406:TKQ786406 TUK786406:TUM786406 UEG786406:UEI786406 UOC786406:UOE786406 UXY786406:UYA786406 VHU786406:VHW786406 VRQ786406:VRS786406 WBM786406:WBO786406 WLI786406:WLK786406 WVE786406:WVG786406 F851942:H851942 IS851942:IU851942 SO851942:SQ851942 ACK851942:ACM851942 AMG851942:AMI851942 AWC851942:AWE851942 BFY851942:BGA851942 BPU851942:BPW851942 BZQ851942:BZS851942 CJM851942:CJO851942 CTI851942:CTK851942 DDE851942:DDG851942 DNA851942:DNC851942 DWW851942:DWY851942 EGS851942:EGU851942 EQO851942:EQQ851942 FAK851942:FAM851942 FKG851942:FKI851942 FUC851942:FUE851942 GDY851942:GEA851942 GNU851942:GNW851942 GXQ851942:GXS851942 HHM851942:HHO851942 HRI851942:HRK851942 IBE851942:IBG851942 ILA851942:ILC851942 IUW851942:IUY851942 JES851942:JEU851942 JOO851942:JOQ851942 JYK851942:JYM851942 KIG851942:KII851942 KSC851942:KSE851942 LBY851942:LCA851942 LLU851942:LLW851942 LVQ851942:LVS851942 MFM851942:MFO851942 MPI851942:MPK851942 MZE851942:MZG851942 NJA851942:NJC851942 NSW851942:NSY851942 OCS851942:OCU851942 OMO851942:OMQ851942 OWK851942:OWM851942 PGG851942:PGI851942 PQC851942:PQE851942 PZY851942:QAA851942 QJU851942:QJW851942 QTQ851942:QTS851942 RDM851942:RDO851942 RNI851942:RNK851942 RXE851942:RXG851942 SHA851942:SHC851942 SQW851942:SQY851942 TAS851942:TAU851942 TKO851942:TKQ851942 TUK851942:TUM851942 UEG851942:UEI851942 UOC851942:UOE851942 UXY851942:UYA851942 VHU851942:VHW851942 VRQ851942:VRS851942 WBM851942:WBO851942 WLI851942:WLK851942 WVE851942:WVG851942 F917478:H917478 IS917478:IU917478 SO917478:SQ917478 ACK917478:ACM917478 AMG917478:AMI917478 AWC917478:AWE917478 BFY917478:BGA917478 BPU917478:BPW917478 BZQ917478:BZS917478 CJM917478:CJO917478 CTI917478:CTK917478 DDE917478:DDG917478 DNA917478:DNC917478 DWW917478:DWY917478 EGS917478:EGU917478 EQO917478:EQQ917478 FAK917478:FAM917478 FKG917478:FKI917478 FUC917478:FUE917478 GDY917478:GEA917478 GNU917478:GNW917478 GXQ917478:GXS917478 HHM917478:HHO917478 HRI917478:HRK917478 IBE917478:IBG917478 ILA917478:ILC917478 IUW917478:IUY917478 JES917478:JEU917478 JOO917478:JOQ917478 JYK917478:JYM917478 KIG917478:KII917478 KSC917478:KSE917478 LBY917478:LCA917478 LLU917478:LLW917478 LVQ917478:LVS917478 MFM917478:MFO917478 MPI917478:MPK917478 MZE917478:MZG917478 NJA917478:NJC917478 NSW917478:NSY917478 OCS917478:OCU917478 OMO917478:OMQ917478 OWK917478:OWM917478 PGG917478:PGI917478 PQC917478:PQE917478 PZY917478:QAA917478 QJU917478:QJW917478 QTQ917478:QTS917478 RDM917478:RDO917478 RNI917478:RNK917478 RXE917478:RXG917478 SHA917478:SHC917478 SQW917478:SQY917478 TAS917478:TAU917478 TKO917478:TKQ917478 TUK917478:TUM917478 UEG917478:UEI917478 UOC917478:UOE917478 UXY917478:UYA917478 VHU917478:VHW917478 VRQ917478:VRS917478 WBM917478:WBO917478 WLI917478:WLK917478 WVE917478:WVG917478 F983014:H983014 IS983014:IU983014 SO983014:SQ983014 ACK983014:ACM983014 AMG983014:AMI983014 AWC983014:AWE983014 BFY983014:BGA983014 BPU983014:BPW983014 BZQ983014:BZS983014 CJM983014:CJO983014 CTI983014:CTK983014 DDE983014:DDG983014 DNA983014:DNC983014 DWW983014:DWY983014 EGS983014:EGU983014 EQO983014:EQQ983014 FAK983014:FAM983014 FKG983014:FKI983014 FUC983014:FUE983014 GDY983014:GEA983014 GNU983014:GNW983014 GXQ983014:GXS983014 HHM983014:HHO983014 HRI983014:HRK983014 IBE983014:IBG983014 ILA983014:ILC983014 IUW983014:IUY983014 JES983014:JEU983014 JOO983014:JOQ983014 JYK983014:JYM983014 KIG983014:KII983014 KSC983014:KSE983014 LBY983014:LCA983014 LLU983014:LLW983014 LVQ983014:LVS983014 MFM983014:MFO983014 MPI983014:MPK983014 MZE983014:MZG983014 NJA983014:NJC983014 NSW983014:NSY983014 OCS983014:OCU983014 OMO983014:OMQ983014 OWK983014:OWM983014 PGG983014:PGI983014 PQC983014:PQE983014 PZY983014:QAA983014 QJU983014:QJW983014 QTQ983014:QTS983014 RDM983014:RDO983014 RNI983014:RNK983014 RXE983014:RXG983014 SHA983014:SHC983014 SQW983014:SQY983014 TAS983014:TAU983014 TKO983014:TKQ983014 TUK983014:TUM983014 UEG983014:UEI983014 UOC983014:UOE983014 UXY983014:UYA983014 VHU983014:VHW983014 VRQ983014:VRS983014 WBM983014:WBO983014 WLI983014:WLK983014" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>12</formula1>
       <formula2>12</formula2>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir les 9 chiffres suivants sans le point, les 3 derniers étant toujours &quot;070&quot;. (ex. 999999070)" promptTitle="Saisie" prompt="Veuillez saisir les 9 chiffres suivants sans le point, les 3 derniers étant toujours &quot;070&quot;. (ex. 999999070)" sqref="I12:J12 IV12:IW12 SR12:SS12 ACN12:ACO12 AMJ12:AMK12 AWF12:AWG12 BGB12:BGC12 BPX12:BPY12 BZT12:BZU12 CJP12:CJQ12 CTL12:CTM12 DDH12:DDI12 DND12:DNE12 DWZ12:DXA12 EGV12:EGW12 EQR12:EQS12 FAN12:FAO12 FKJ12:FKK12 FUF12:FUG12 GEB12:GEC12 GNX12:GNY12 GXT12:GXU12 HHP12:HHQ12 HRL12:HRM12 IBH12:IBI12 ILD12:ILE12 IUZ12:IVA12 JEV12:JEW12 JOR12:JOS12 JYN12:JYO12 KIJ12:KIK12 KSF12:KSG12 LCB12:LCC12 LLX12:LLY12 LVT12:LVU12 MFP12:MFQ12 MPL12:MPM12 MZH12:MZI12 NJD12:NJE12 NSZ12:NTA12 OCV12:OCW12 OMR12:OMS12 OWN12:OWO12 PGJ12:PGK12 PQF12:PQG12 QAB12:QAC12 QJX12:QJY12 QTT12:QTU12 RDP12:RDQ12 RNL12:RNM12 RXH12:RXI12 SHD12:SHE12 SQZ12:SRA12 TAV12:TAW12 TKR12:TKS12 TUN12:TUO12 UEJ12:UEK12 UOF12:UOG12 UYB12:UYC12 VHX12:VHY12 VRT12:VRU12 WBP12:WBQ12 WLL12:WLM12 WVH12:WVI12 I65515:J65515 IV65515:IW65515 SR65515:SS65515 ACN65515:ACO65515 AMJ65515:AMK65515 AWF65515:AWG65515 BGB65515:BGC65515 BPX65515:BPY65515 BZT65515:BZU65515 CJP65515:CJQ65515 CTL65515:CTM65515 DDH65515:DDI65515 DND65515:DNE65515 DWZ65515:DXA65515 EGV65515:EGW65515 EQR65515:EQS65515 FAN65515:FAO65515 FKJ65515:FKK65515 FUF65515:FUG65515 GEB65515:GEC65515 GNX65515:GNY65515 GXT65515:GXU65515 HHP65515:HHQ65515 HRL65515:HRM65515 IBH65515:IBI65515 ILD65515:ILE65515 IUZ65515:IVA65515 JEV65515:JEW65515 JOR65515:JOS65515 JYN65515:JYO65515 KIJ65515:KIK65515 KSF65515:KSG65515 LCB65515:LCC65515 LLX65515:LLY65515 LVT65515:LVU65515 MFP65515:MFQ65515 MPL65515:MPM65515 MZH65515:MZI65515 NJD65515:NJE65515 NSZ65515:NTA65515 OCV65515:OCW65515 OMR65515:OMS65515 OWN65515:OWO65515 PGJ65515:PGK65515 PQF65515:PQG65515 QAB65515:QAC65515 QJX65515:QJY65515 QTT65515:QTU65515 RDP65515:RDQ65515 RNL65515:RNM65515 RXH65515:RXI65515 SHD65515:SHE65515 SQZ65515:SRA65515 TAV65515:TAW65515 TKR65515:TKS65515 TUN65515:TUO65515 UEJ65515:UEK65515 UOF65515:UOG65515 UYB65515:UYC65515 VHX65515:VHY65515 VRT65515:VRU65515 WBP65515:WBQ65515 WLL65515:WLM65515 WVH65515:WVI65515 I131051:J131051 IV131051:IW131051 SR131051:SS131051 ACN131051:ACO131051 AMJ131051:AMK131051 AWF131051:AWG131051 BGB131051:BGC131051 BPX131051:BPY131051 BZT131051:BZU131051 CJP131051:CJQ131051 CTL131051:CTM131051 DDH131051:DDI131051 DND131051:DNE131051 DWZ131051:DXA131051 EGV131051:EGW131051 EQR131051:EQS131051 FAN131051:FAO131051 FKJ131051:FKK131051 FUF131051:FUG131051 GEB131051:GEC131051 GNX131051:GNY131051 GXT131051:GXU131051 HHP131051:HHQ131051 HRL131051:HRM131051 IBH131051:IBI131051 ILD131051:ILE131051 IUZ131051:IVA131051 JEV131051:JEW131051 JOR131051:JOS131051 JYN131051:JYO131051 KIJ131051:KIK131051 KSF131051:KSG131051 LCB131051:LCC131051 LLX131051:LLY131051 LVT131051:LVU131051 MFP131051:MFQ131051 MPL131051:MPM131051 MZH131051:MZI131051 NJD131051:NJE131051 NSZ131051:NTA131051 OCV131051:OCW131051 OMR131051:OMS131051 OWN131051:OWO131051 PGJ131051:PGK131051 PQF131051:PQG131051 QAB131051:QAC131051 QJX131051:QJY131051 QTT131051:QTU131051 RDP131051:RDQ131051 RNL131051:RNM131051 RXH131051:RXI131051 SHD131051:SHE131051 SQZ131051:SRA131051 TAV131051:TAW131051 TKR131051:TKS131051 TUN131051:TUO131051 UEJ131051:UEK131051 UOF131051:UOG131051 UYB131051:UYC131051 VHX131051:VHY131051 VRT131051:VRU131051 WBP131051:WBQ131051 WLL131051:WLM131051 WVH131051:WVI131051 I196587:J196587 IV196587:IW196587 SR196587:SS196587 ACN196587:ACO196587 AMJ196587:AMK196587 AWF196587:AWG196587 BGB196587:BGC196587 BPX196587:BPY196587 BZT196587:BZU196587 CJP196587:CJQ196587 CTL196587:CTM196587 DDH196587:DDI196587 DND196587:DNE196587 DWZ196587:DXA196587 EGV196587:EGW196587 EQR196587:EQS196587 FAN196587:FAO196587 FKJ196587:FKK196587 FUF196587:FUG196587 GEB196587:GEC196587 GNX196587:GNY196587 GXT196587:GXU196587 HHP196587:HHQ196587 HRL196587:HRM196587 IBH196587:IBI196587 ILD196587:ILE196587 IUZ196587:IVA196587 JEV196587:JEW196587 JOR196587:JOS196587 JYN196587:JYO196587 KIJ196587:KIK196587 KSF196587:KSG196587 LCB196587:LCC196587 LLX196587:LLY196587 LVT196587:LVU196587 MFP196587:MFQ196587 MPL196587:MPM196587 MZH196587:MZI196587 NJD196587:NJE196587 NSZ196587:NTA196587 OCV196587:OCW196587 OMR196587:OMS196587 OWN196587:OWO196587 PGJ196587:PGK196587 PQF196587:PQG196587 QAB196587:QAC196587 QJX196587:QJY196587 QTT196587:QTU196587 RDP196587:RDQ196587 RNL196587:RNM196587 RXH196587:RXI196587 SHD196587:SHE196587 SQZ196587:SRA196587 TAV196587:TAW196587 TKR196587:TKS196587 TUN196587:TUO196587 UEJ196587:UEK196587 UOF196587:UOG196587 UYB196587:UYC196587 VHX196587:VHY196587 VRT196587:VRU196587 WBP196587:WBQ196587 WLL196587:WLM196587 WVH196587:WVI196587 I262123:J262123 IV262123:IW262123 SR262123:SS262123 ACN262123:ACO262123 AMJ262123:AMK262123 AWF262123:AWG262123 BGB262123:BGC262123 BPX262123:BPY262123 BZT262123:BZU262123 CJP262123:CJQ262123 CTL262123:CTM262123 DDH262123:DDI262123 DND262123:DNE262123 DWZ262123:DXA262123 EGV262123:EGW262123 EQR262123:EQS262123 FAN262123:FAO262123 FKJ262123:FKK262123 FUF262123:FUG262123 GEB262123:GEC262123 GNX262123:GNY262123 GXT262123:GXU262123 HHP262123:HHQ262123 HRL262123:HRM262123 IBH262123:IBI262123 ILD262123:ILE262123 IUZ262123:IVA262123 JEV262123:JEW262123 JOR262123:JOS262123 JYN262123:JYO262123 KIJ262123:KIK262123 KSF262123:KSG262123 LCB262123:LCC262123 LLX262123:LLY262123 LVT262123:LVU262123 MFP262123:MFQ262123 MPL262123:MPM262123 MZH262123:MZI262123 NJD262123:NJE262123 NSZ262123:NTA262123 OCV262123:OCW262123 OMR262123:OMS262123 OWN262123:OWO262123 PGJ262123:PGK262123 PQF262123:PQG262123 QAB262123:QAC262123 QJX262123:QJY262123 QTT262123:QTU262123 RDP262123:RDQ262123 RNL262123:RNM262123 RXH262123:RXI262123 SHD262123:SHE262123 SQZ262123:SRA262123 TAV262123:TAW262123 TKR262123:TKS262123 TUN262123:TUO262123 UEJ262123:UEK262123 UOF262123:UOG262123 UYB262123:UYC262123 VHX262123:VHY262123 VRT262123:VRU262123 WBP262123:WBQ262123 WLL262123:WLM262123 WVH262123:WVI262123 I327659:J327659 IV327659:IW327659 SR327659:SS327659 ACN327659:ACO327659 AMJ327659:AMK327659 AWF327659:AWG327659 BGB327659:BGC327659 BPX327659:BPY327659 BZT327659:BZU327659 CJP327659:CJQ327659 CTL327659:CTM327659 DDH327659:DDI327659 DND327659:DNE327659 DWZ327659:DXA327659 EGV327659:EGW327659 EQR327659:EQS327659 FAN327659:FAO327659 FKJ327659:FKK327659 FUF327659:FUG327659 GEB327659:GEC327659 GNX327659:GNY327659 GXT327659:GXU327659 HHP327659:HHQ327659 HRL327659:HRM327659 IBH327659:IBI327659 ILD327659:ILE327659 IUZ327659:IVA327659 JEV327659:JEW327659 JOR327659:JOS327659 JYN327659:JYO327659 KIJ327659:KIK327659 KSF327659:KSG327659 LCB327659:LCC327659 LLX327659:LLY327659 LVT327659:LVU327659 MFP327659:MFQ327659 MPL327659:MPM327659 MZH327659:MZI327659 NJD327659:NJE327659 NSZ327659:NTA327659 OCV327659:OCW327659 OMR327659:OMS327659 OWN327659:OWO327659 PGJ327659:PGK327659 PQF327659:PQG327659 QAB327659:QAC327659 QJX327659:QJY327659 QTT327659:QTU327659 RDP327659:RDQ327659 RNL327659:RNM327659 RXH327659:RXI327659 SHD327659:SHE327659 SQZ327659:SRA327659 TAV327659:TAW327659 TKR327659:TKS327659 TUN327659:TUO327659 UEJ327659:UEK327659 UOF327659:UOG327659 UYB327659:UYC327659 VHX327659:VHY327659 VRT327659:VRU327659 WBP327659:WBQ327659 WLL327659:WLM327659 WVH327659:WVI327659 I393195:J393195 IV393195:IW393195 SR393195:SS393195 ACN393195:ACO393195 AMJ393195:AMK393195 AWF393195:AWG393195 BGB393195:BGC393195 BPX393195:BPY393195 BZT393195:BZU393195 CJP393195:CJQ393195 CTL393195:CTM393195 DDH393195:DDI393195 DND393195:DNE393195 DWZ393195:DXA393195 EGV393195:EGW393195 EQR393195:EQS393195 FAN393195:FAO393195 FKJ393195:FKK393195 FUF393195:FUG393195 GEB393195:GEC393195 GNX393195:GNY393195 GXT393195:GXU393195 HHP393195:HHQ393195 HRL393195:HRM393195 IBH393195:IBI393195 ILD393195:ILE393195 IUZ393195:IVA393195 JEV393195:JEW393195 JOR393195:JOS393195 JYN393195:JYO393195 KIJ393195:KIK393195 KSF393195:KSG393195 LCB393195:LCC393195 LLX393195:LLY393195 LVT393195:LVU393195 MFP393195:MFQ393195 MPL393195:MPM393195 MZH393195:MZI393195 NJD393195:NJE393195 NSZ393195:NTA393195 OCV393195:OCW393195 OMR393195:OMS393195 OWN393195:OWO393195 PGJ393195:PGK393195 PQF393195:PQG393195 QAB393195:QAC393195 QJX393195:QJY393195 QTT393195:QTU393195 RDP393195:RDQ393195 RNL393195:RNM393195 RXH393195:RXI393195 SHD393195:SHE393195 SQZ393195:SRA393195 TAV393195:TAW393195 TKR393195:TKS393195 TUN393195:TUO393195 UEJ393195:UEK393195 UOF393195:UOG393195 UYB393195:UYC393195 VHX393195:VHY393195 VRT393195:VRU393195 WBP393195:WBQ393195 WLL393195:WLM393195 WVH393195:WVI393195 I458731:J458731 IV458731:IW458731 SR458731:SS458731 ACN458731:ACO458731 AMJ458731:AMK458731 AWF458731:AWG458731 BGB458731:BGC458731 BPX458731:BPY458731 BZT458731:BZU458731 CJP458731:CJQ458731 CTL458731:CTM458731 DDH458731:DDI458731 DND458731:DNE458731 DWZ458731:DXA458731 EGV458731:EGW458731 EQR458731:EQS458731 FAN458731:FAO458731 FKJ458731:FKK458731 FUF458731:FUG458731 GEB458731:GEC458731 GNX458731:GNY458731 GXT458731:GXU458731 HHP458731:HHQ458731 HRL458731:HRM458731 IBH458731:IBI458731 ILD458731:ILE458731 IUZ458731:IVA458731 JEV458731:JEW458731 JOR458731:JOS458731 JYN458731:JYO458731 KIJ458731:KIK458731 KSF458731:KSG458731 LCB458731:LCC458731 LLX458731:LLY458731 LVT458731:LVU458731 MFP458731:MFQ458731 MPL458731:MPM458731 MZH458731:MZI458731 NJD458731:NJE458731 NSZ458731:NTA458731 OCV458731:OCW458731 OMR458731:OMS458731 OWN458731:OWO458731 PGJ458731:PGK458731 PQF458731:PQG458731 QAB458731:QAC458731 QJX458731:QJY458731 QTT458731:QTU458731 RDP458731:RDQ458731 RNL458731:RNM458731 RXH458731:RXI458731 SHD458731:SHE458731 SQZ458731:SRA458731 TAV458731:TAW458731 TKR458731:TKS458731 TUN458731:TUO458731 UEJ458731:UEK458731 UOF458731:UOG458731 UYB458731:UYC458731 VHX458731:VHY458731 VRT458731:VRU458731 WBP458731:WBQ458731 WLL458731:WLM458731 WVH458731:WVI458731 I524267:J524267 IV524267:IW524267 SR524267:SS524267 ACN524267:ACO524267 AMJ524267:AMK524267 AWF524267:AWG524267 BGB524267:BGC524267 BPX524267:BPY524267 BZT524267:BZU524267 CJP524267:CJQ524267 CTL524267:CTM524267 DDH524267:DDI524267 DND524267:DNE524267 DWZ524267:DXA524267 EGV524267:EGW524267 EQR524267:EQS524267 FAN524267:FAO524267 FKJ524267:FKK524267 FUF524267:FUG524267 GEB524267:GEC524267 GNX524267:GNY524267 GXT524267:GXU524267 HHP524267:HHQ524267 HRL524267:HRM524267 IBH524267:IBI524267 ILD524267:ILE524267 IUZ524267:IVA524267 JEV524267:JEW524267 JOR524267:JOS524267 JYN524267:JYO524267 KIJ524267:KIK524267 KSF524267:KSG524267 LCB524267:LCC524267 LLX524267:LLY524267 LVT524267:LVU524267 MFP524267:MFQ524267 MPL524267:MPM524267 MZH524267:MZI524267 NJD524267:NJE524267 NSZ524267:NTA524267 OCV524267:OCW524267 OMR524267:OMS524267 OWN524267:OWO524267 PGJ524267:PGK524267 PQF524267:PQG524267 QAB524267:QAC524267 QJX524267:QJY524267 QTT524267:QTU524267 RDP524267:RDQ524267 RNL524267:RNM524267 RXH524267:RXI524267 SHD524267:SHE524267 SQZ524267:SRA524267 TAV524267:TAW524267 TKR524267:TKS524267 TUN524267:TUO524267 UEJ524267:UEK524267 UOF524267:UOG524267 UYB524267:UYC524267 VHX524267:VHY524267 VRT524267:VRU524267 WBP524267:WBQ524267 WLL524267:WLM524267 WVH524267:WVI524267 I589803:J589803 IV589803:IW589803 SR589803:SS589803 ACN589803:ACO589803 AMJ589803:AMK589803 AWF589803:AWG589803 BGB589803:BGC589803 BPX589803:BPY589803 BZT589803:BZU589803 CJP589803:CJQ589803 CTL589803:CTM589803 DDH589803:DDI589803 DND589803:DNE589803 DWZ589803:DXA589803 EGV589803:EGW589803 EQR589803:EQS589803 FAN589803:FAO589803 FKJ589803:FKK589803 FUF589803:FUG589803 GEB589803:GEC589803 GNX589803:GNY589803 GXT589803:GXU589803 HHP589803:HHQ589803 HRL589803:HRM589803 IBH589803:IBI589803 ILD589803:ILE589803 IUZ589803:IVA589803 JEV589803:JEW589803 JOR589803:JOS589803 JYN589803:JYO589803 KIJ589803:KIK589803 KSF589803:KSG589803 LCB589803:LCC589803 LLX589803:LLY589803 LVT589803:LVU589803 MFP589803:MFQ589803 MPL589803:MPM589803 MZH589803:MZI589803 NJD589803:NJE589803 NSZ589803:NTA589803 OCV589803:OCW589803 OMR589803:OMS589803 OWN589803:OWO589803 PGJ589803:PGK589803 PQF589803:PQG589803 QAB589803:QAC589803 QJX589803:QJY589803 QTT589803:QTU589803 RDP589803:RDQ589803 RNL589803:RNM589803 RXH589803:RXI589803 SHD589803:SHE589803 SQZ589803:SRA589803 TAV589803:TAW589803 TKR589803:TKS589803 TUN589803:TUO589803 UEJ589803:UEK589803 UOF589803:UOG589803 UYB589803:UYC589803 VHX589803:VHY589803 VRT589803:VRU589803 WBP589803:WBQ589803 WLL589803:WLM589803 WVH589803:WVI589803 I655339:J655339 IV655339:IW655339 SR655339:SS655339 ACN655339:ACO655339 AMJ655339:AMK655339 AWF655339:AWG655339 BGB655339:BGC655339 BPX655339:BPY655339 BZT655339:BZU655339 CJP655339:CJQ655339 CTL655339:CTM655339 DDH655339:DDI655339 DND655339:DNE655339 DWZ655339:DXA655339 EGV655339:EGW655339 EQR655339:EQS655339 FAN655339:FAO655339 FKJ655339:FKK655339 FUF655339:FUG655339 GEB655339:GEC655339 GNX655339:GNY655339 GXT655339:GXU655339 HHP655339:HHQ655339 HRL655339:HRM655339 IBH655339:IBI655339 ILD655339:ILE655339 IUZ655339:IVA655339 JEV655339:JEW655339 JOR655339:JOS655339 JYN655339:JYO655339 KIJ655339:KIK655339 KSF655339:KSG655339 LCB655339:LCC655339 LLX655339:LLY655339 LVT655339:LVU655339 MFP655339:MFQ655339 MPL655339:MPM655339 MZH655339:MZI655339 NJD655339:NJE655339 NSZ655339:NTA655339 OCV655339:OCW655339 OMR655339:OMS655339 OWN655339:OWO655339 PGJ655339:PGK655339 PQF655339:PQG655339 QAB655339:QAC655339 QJX655339:QJY655339 QTT655339:QTU655339 RDP655339:RDQ655339 RNL655339:RNM655339 RXH655339:RXI655339 SHD655339:SHE655339 SQZ655339:SRA655339 TAV655339:TAW655339 TKR655339:TKS655339 TUN655339:TUO655339 UEJ655339:UEK655339 UOF655339:UOG655339 UYB655339:UYC655339 VHX655339:VHY655339 VRT655339:VRU655339 WBP655339:WBQ655339 WLL655339:WLM655339 WVH655339:WVI655339 I720875:J720875 IV720875:IW720875 SR720875:SS720875 ACN720875:ACO720875 AMJ720875:AMK720875 AWF720875:AWG720875 BGB720875:BGC720875 BPX720875:BPY720875 BZT720875:BZU720875 CJP720875:CJQ720875 CTL720875:CTM720875 DDH720875:DDI720875 DND720875:DNE720875 DWZ720875:DXA720875 EGV720875:EGW720875 EQR720875:EQS720875 FAN720875:FAO720875 FKJ720875:FKK720875 FUF720875:FUG720875 GEB720875:GEC720875 GNX720875:GNY720875 GXT720875:GXU720875 HHP720875:HHQ720875 HRL720875:HRM720875 IBH720875:IBI720875 ILD720875:ILE720875 IUZ720875:IVA720875 JEV720875:JEW720875 JOR720875:JOS720875 JYN720875:JYO720875 KIJ720875:KIK720875 KSF720875:KSG720875 LCB720875:LCC720875 LLX720875:LLY720875 LVT720875:LVU720875 MFP720875:MFQ720875 MPL720875:MPM720875 MZH720875:MZI720875 NJD720875:NJE720875 NSZ720875:NTA720875 OCV720875:OCW720875 OMR720875:OMS720875 OWN720875:OWO720875 PGJ720875:PGK720875 PQF720875:PQG720875 QAB720875:QAC720875 QJX720875:QJY720875 QTT720875:QTU720875 RDP720875:RDQ720875 RNL720875:RNM720875 RXH720875:RXI720875 SHD720875:SHE720875 SQZ720875:SRA720875 TAV720875:TAW720875 TKR720875:TKS720875 TUN720875:TUO720875 UEJ720875:UEK720875 UOF720875:UOG720875 UYB720875:UYC720875 VHX720875:VHY720875 VRT720875:VRU720875 WBP720875:WBQ720875 WLL720875:WLM720875 WVH720875:WVI720875 I786411:J786411 IV786411:IW786411 SR786411:SS786411 ACN786411:ACO786411 AMJ786411:AMK786411 AWF786411:AWG786411 BGB786411:BGC786411 BPX786411:BPY786411 BZT786411:BZU786411 CJP786411:CJQ786411 CTL786411:CTM786411 DDH786411:DDI786411 DND786411:DNE786411 DWZ786411:DXA786411 EGV786411:EGW786411 EQR786411:EQS786411 FAN786411:FAO786411 FKJ786411:FKK786411 FUF786411:FUG786411 GEB786411:GEC786411 GNX786411:GNY786411 GXT786411:GXU786411 HHP786411:HHQ786411 HRL786411:HRM786411 IBH786411:IBI786411 ILD786411:ILE786411 IUZ786411:IVA786411 JEV786411:JEW786411 JOR786411:JOS786411 JYN786411:JYO786411 KIJ786411:KIK786411 KSF786411:KSG786411 LCB786411:LCC786411 LLX786411:LLY786411 LVT786411:LVU786411 MFP786411:MFQ786411 MPL786411:MPM786411 MZH786411:MZI786411 NJD786411:NJE786411 NSZ786411:NTA786411 OCV786411:OCW786411 OMR786411:OMS786411 OWN786411:OWO786411 PGJ786411:PGK786411 PQF786411:PQG786411 QAB786411:QAC786411 QJX786411:QJY786411 QTT786411:QTU786411 RDP786411:RDQ786411 RNL786411:RNM786411 RXH786411:RXI786411 SHD786411:SHE786411 SQZ786411:SRA786411 TAV786411:TAW786411 TKR786411:TKS786411 TUN786411:TUO786411 UEJ786411:UEK786411 UOF786411:UOG786411 UYB786411:UYC786411 VHX786411:VHY786411 VRT786411:VRU786411 WBP786411:WBQ786411 WLL786411:WLM786411 WVH786411:WVI786411 I851947:J851947 IV851947:IW851947 SR851947:SS851947 ACN851947:ACO851947 AMJ851947:AMK851947 AWF851947:AWG851947 BGB851947:BGC851947 BPX851947:BPY851947 BZT851947:BZU851947 CJP851947:CJQ851947 CTL851947:CTM851947 DDH851947:DDI851947 DND851947:DNE851947 DWZ851947:DXA851947 EGV851947:EGW851947 EQR851947:EQS851947 FAN851947:FAO851947 FKJ851947:FKK851947 FUF851947:FUG851947 GEB851947:GEC851947 GNX851947:GNY851947 GXT851947:GXU851947 HHP851947:HHQ851947 HRL851947:HRM851947 IBH851947:IBI851947 ILD851947:ILE851947 IUZ851947:IVA851947 JEV851947:JEW851947 JOR851947:JOS851947 JYN851947:JYO851947 KIJ851947:KIK851947 KSF851947:KSG851947 LCB851947:LCC851947 LLX851947:LLY851947 LVT851947:LVU851947 MFP851947:MFQ851947 MPL851947:MPM851947 MZH851947:MZI851947 NJD851947:NJE851947 NSZ851947:NTA851947 OCV851947:OCW851947 OMR851947:OMS851947 OWN851947:OWO851947 PGJ851947:PGK851947 PQF851947:PQG851947 QAB851947:QAC851947 QJX851947:QJY851947 QTT851947:QTU851947 RDP851947:RDQ851947 RNL851947:RNM851947 RXH851947:RXI851947 SHD851947:SHE851947 SQZ851947:SRA851947 TAV851947:TAW851947 TKR851947:TKS851947 TUN851947:TUO851947 UEJ851947:UEK851947 UOF851947:UOG851947 UYB851947:UYC851947 VHX851947:VHY851947 VRT851947:VRU851947 WBP851947:WBQ851947 WLL851947:WLM851947 WVH851947:WVI851947 I917483:J917483 IV917483:IW917483 SR917483:SS917483 ACN917483:ACO917483 AMJ917483:AMK917483 AWF917483:AWG917483 BGB917483:BGC917483 BPX917483:BPY917483 BZT917483:BZU917483 CJP917483:CJQ917483 CTL917483:CTM917483 DDH917483:DDI917483 DND917483:DNE917483 DWZ917483:DXA917483 EGV917483:EGW917483 EQR917483:EQS917483 FAN917483:FAO917483 FKJ917483:FKK917483 FUF917483:FUG917483 GEB917483:GEC917483 GNX917483:GNY917483 GXT917483:GXU917483 HHP917483:HHQ917483 HRL917483:HRM917483 IBH917483:IBI917483 ILD917483:ILE917483 IUZ917483:IVA917483 JEV917483:JEW917483 JOR917483:JOS917483 JYN917483:JYO917483 KIJ917483:KIK917483 KSF917483:KSG917483 LCB917483:LCC917483 LLX917483:LLY917483 LVT917483:LVU917483 MFP917483:MFQ917483 MPL917483:MPM917483 MZH917483:MZI917483 NJD917483:NJE917483 NSZ917483:NTA917483 OCV917483:OCW917483 OMR917483:OMS917483 OWN917483:OWO917483 PGJ917483:PGK917483 PQF917483:PQG917483 QAB917483:QAC917483 QJX917483:QJY917483 QTT917483:QTU917483 RDP917483:RDQ917483 RNL917483:RNM917483 RXH917483:RXI917483 SHD917483:SHE917483 SQZ917483:SRA917483 TAV917483:TAW917483 TKR917483:TKS917483 TUN917483:TUO917483 UEJ917483:UEK917483 UOF917483:UOG917483 UYB917483:UYC917483 VHX917483:VHY917483 VRT917483:VRU917483 WBP917483:WBQ917483 WLL917483:WLM917483 WVH917483:WVI917483 I983019:J983019 IV983019:IW983019 SR983019:SS983019 ACN983019:ACO983019 AMJ983019:AMK983019 AWF983019:AWG983019 BGB983019:BGC983019 BPX983019:BPY983019 BZT983019:BZU983019 CJP983019:CJQ983019 CTL983019:CTM983019 DDH983019:DDI983019 DND983019:DNE983019 DWZ983019:DXA983019 EGV983019:EGW983019 EQR983019:EQS983019 FAN983019:FAO983019 FKJ983019:FKK983019 FUF983019:FUG983019 GEB983019:GEC983019 GNX983019:GNY983019 GXT983019:GXU983019 HHP983019:HHQ983019 HRL983019:HRM983019 IBH983019:IBI983019 ILD983019:ILE983019 IUZ983019:IVA983019 JEV983019:JEW983019 JOR983019:JOS983019 JYN983019:JYO983019 KIJ983019:KIK983019 KSF983019:KSG983019 LCB983019:LCC983019 LLX983019:LLY983019 LVT983019:LVU983019 MFP983019:MFQ983019 MPL983019:MPM983019 MZH983019:MZI983019 NJD983019:NJE983019 NSZ983019:NTA983019 OCV983019:OCW983019 OMR983019:OMS983019 OWN983019:OWO983019 PGJ983019:PGK983019 PQF983019:PQG983019 QAB983019:QAC983019 QJX983019:QJY983019 QTT983019:QTU983019 RDP983019:RDQ983019 RNL983019:RNM983019 RXH983019:RXI983019 SHD983019:SHE983019 SQZ983019:SRA983019 TAV983019:TAW983019 TKR983019:TKS983019 TUN983019:TUO983019 UEJ983019:UEK983019 UOF983019:UOG983019 UYB983019:UYC983019 VHX983019:VHY983019 VRT983019:VRU983019 WBP983019:WBQ983019 WLL983019:WLM983019 WVH983019:WVI983019" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>9</formula1>
     </dataValidation>
     <dataValidation type="date" operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir la date en respectant le formant suivant : 31.12.2008" promptTitle="Saisie" prompt="Veuillez saisir la date en respectant le formant suivant : 31.12.2008" sqref="K65551:K65552 IX65551:IX65552 ST65551:ST65552 ACP65551:ACP65552 AML65551:AML65552 AWH65551:AWH65552 BGD65551:BGD65552 BPZ65551:BPZ65552 BZV65551:BZV65552 CJR65551:CJR65552 CTN65551:CTN65552 DDJ65551:DDJ65552 DNF65551:DNF65552 DXB65551:DXB65552 EGX65551:EGX65552 EQT65551:EQT65552 FAP65551:FAP65552 FKL65551:FKL65552 FUH65551:FUH65552 GED65551:GED65552 GNZ65551:GNZ65552 GXV65551:GXV65552 HHR65551:HHR65552 HRN65551:HRN65552 IBJ65551:IBJ65552 ILF65551:ILF65552 IVB65551:IVB65552 JEX65551:JEX65552 JOT65551:JOT65552 JYP65551:JYP65552 KIL65551:KIL65552 KSH65551:KSH65552 LCD65551:LCD65552 LLZ65551:LLZ65552 LVV65551:LVV65552 MFR65551:MFR65552 MPN65551:MPN65552 MZJ65551:MZJ65552 NJF65551:NJF65552 NTB65551:NTB65552 OCX65551:OCX65552 OMT65551:OMT65552 OWP65551:OWP65552 PGL65551:PGL65552 PQH65551:PQH65552 QAD65551:QAD65552 QJZ65551:QJZ65552 QTV65551:QTV65552 RDR65551:RDR65552 RNN65551:RNN65552 RXJ65551:RXJ65552 SHF65551:SHF65552 SRB65551:SRB65552 TAX65551:TAX65552 TKT65551:TKT65552 TUP65551:TUP65552 UEL65551:UEL65552 UOH65551:UOH65552 UYD65551:UYD65552 VHZ65551:VHZ65552 VRV65551:VRV65552 WBR65551:WBR65552 WLN65551:WLN65552 WVJ65551:WVJ65552 K131087:K131088 IX131087:IX131088 ST131087:ST131088 ACP131087:ACP131088 AML131087:AML131088 AWH131087:AWH131088 BGD131087:BGD131088 BPZ131087:BPZ131088 BZV131087:BZV131088 CJR131087:CJR131088 CTN131087:CTN131088 DDJ131087:DDJ131088 DNF131087:DNF131088 DXB131087:DXB131088 EGX131087:EGX131088 EQT131087:EQT131088 FAP131087:FAP131088 FKL131087:FKL131088 FUH131087:FUH131088 GED131087:GED131088 GNZ131087:GNZ131088 GXV131087:GXV131088 HHR131087:HHR131088 HRN131087:HRN131088 IBJ131087:IBJ131088 ILF131087:ILF131088 IVB131087:IVB131088 JEX131087:JEX131088 JOT131087:JOT131088 JYP131087:JYP131088 KIL131087:KIL131088 KSH131087:KSH131088 LCD131087:LCD131088 LLZ131087:LLZ131088 LVV131087:LVV131088 MFR131087:MFR131088 MPN131087:MPN131088 MZJ131087:MZJ131088 NJF131087:NJF131088 NTB131087:NTB131088 OCX131087:OCX131088 OMT131087:OMT131088 OWP131087:OWP131088 PGL131087:PGL131088 PQH131087:PQH131088 QAD131087:QAD131088 QJZ131087:QJZ131088 QTV131087:QTV131088 RDR131087:RDR131088 RNN131087:RNN131088 RXJ131087:RXJ131088 SHF131087:SHF131088 SRB131087:SRB131088 TAX131087:TAX131088 TKT131087:TKT131088 TUP131087:TUP131088 UEL131087:UEL131088 UOH131087:UOH131088 UYD131087:UYD131088 VHZ131087:VHZ131088 VRV131087:VRV131088 WBR131087:WBR131088 WLN131087:WLN131088 WVJ131087:WVJ131088 K196623:K196624 IX196623:IX196624 ST196623:ST196624 ACP196623:ACP196624 AML196623:AML196624 AWH196623:AWH196624 BGD196623:BGD196624 BPZ196623:BPZ196624 BZV196623:BZV196624 CJR196623:CJR196624 CTN196623:CTN196624 DDJ196623:DDJ196624 DNF196623:DNF196624 DXB196623:DXB196624 EGX196623:EGX196624 EQT196623:EQT196624 FAP196623:FAP196624 FKL196623:FKL196624 FUH196623:FUH196624 GED196623:GED196624 GNZ196623:GNZ196624 GXV196623:GXV196624 HHR196623:HHR196624 HRN196623:HRN196624 IBJ196623:IBJ196624 ILF196623:ILF196624 IVB196623:IVB196624 JEX196623:JEX196624 JOT196623:JOT196624 JYP196623:JYP196624 KIL196623:KIL196624 KSH196623:KSH196624 LCD196623:LCD196624 LLZ196623:LLZ196624 LVV196623:LVV196624 MFR196623:MFR196624 MPN196623:MPN196624 MZJ196623:MZJ196624 NJF196623:NJF196624 NTB196623:NTB196624 OCX196623:OCX196624 OMT196623:OMT196624 OWP196623:OWP196624 PGL196623:PGL196624 PQH196623:PQH196624 QAD196623:QAD196624 QJZ196623:QJZ196624 QTV196623:QTV196624 RDR196623:RDR196624 RNN196623:RNN196624 RXJ196623:RXJ196624 SHF196623:SHF196624 SRB196623:SRB196624 TAX196623:TAX196624 TKT196623:TKT196624 TUP196623:TUP196624 UEL196623:UEL196624 UOH196623:UOH196624 UYD196623:UYD196624 VHZ196623:VHZ196624 VRV196623:VRV196624 WBR196623:WBR196624 WLN196623:WLN196624 WVJ196623:WVJ196624 K262159:K262160 IX262159:IX262160 ST262159:ST262160 ACP262159:ACP262160 AML262159:AML262160 AWH262159:AWH262160 BGD262159:BGD262160 BPZ262159:BPZ262160 BZV262159:BZV262160 CJR262159:CJR262160 CTN262159:CTN262160 DDJ262159:DDJ262160 DNF262159:DNF262160 DXB262159:DXB262160 EGX262159:EGX262160 EQT262159:EQT262160 FAP262159:FAP262160 FKL262159:FKL262160 FUH262159:FUH262160 GED262159:GED262160 GNZ262159:GNZ262160 GXV262159:GXV262160 HHR262159:HHR262160 HRN262159:HRN262160 IBJ262159:IBJ262160 ILF262159:ILF262160 IVB262159:IVB262160 JEX262159:JEX262160 JOT262159:JOT262160 JYP262159:JYP262160 KIL262159:KIL262160 KSH262159:KSH262160 LCD262159:LCD262160 LLZ262159:LLZ262160 LVV262159:LVV262160 MFR262159:MFR262160 MPN262159:MPN262160 MZJ262159:MZJ262160 NJF262159:NJF262160 NTB262159:NTB262160 OCX262159:OCX262160 OMT262159:OMT262160 OWP262159:OWP262160 PGL262159:PGL262160 PQH262159:PQH262160 QAD262159:QAD262160 QJZ262159:QJZ262160 QTV262159:QTV262160 RDR262159:RDR262160 RNN262159:RNN262160 RXJ262159:RXJ262160 SHF262159:SHF262160 SRB262159:SRB262160 TAX262159:TAX262160 TKT262159:TKT262160 TUP262159:TUP262160 UEL262159:UEL262160 UOH262159:UOH262160 UYD262159:UYD262160 VHZ262159:VHZ262160 VRV262159:VRV262160 WBR262159:WBR262160 WLN262159:WLN262160 WVJ262159:WVJ262160 K327695:K327696 IX327695:IX327696 ST327695:ST327696 ACP327695:ACP327696 AML327695:AML327696 AWH327695:AWH327696 BGD327695:BGD327696 BPZ327695:BPZ327696 BZV327695:BZV327696 CJR327695:CJR327696 CTN327695:CTN327696 DDJ327695:DDJ327696 DNF327695:DNF327696 DXB327695:DXB327696 EGX327695:EGX327696 EQT327695:EQT327696 FAP327695:FAP327696 FKL327695:FKL327696 FUH327695:FUH327696 GED327695:GED327696 GNZ327695:GNZ327696 GXV327695:GXV327696 HHR327695:HHR327696 HRN327695:HRN327696 IBJ327695:IBJ327696 ILF327695:ILF327696 IVB327695:IVB327696 JEX327695:JEX327696 JOT327695:JOT327696 JYP327695:JYP327696 KIL327695:KIL327696 KSH327695:KSH327696 LCD327695:LCD327696 LLZ327695:LLZ327696 LVV327695:LVV327696 MFR327695:MFR327696 MPN327695:MPN327696 MZJ327695:MZJ327696 NJF327695:NJF327696 NTB327695:NTB327696 OCX327695:OCX327696 OMT327695:OMT327696 OWP327695:OWP327696 PGL327695:PGL327696 PQH327695:PQH327696 QAD327695:QAD327696 QJZ327695:QJZ327696 QTV327695:QTV327696 RDR327695:RDR327696 RNN327695:RNN327696 RXJ327695:RXJ327696 SHF327695:SHF327696 SRB327695:SRB327696 TAX327695:TAX327696 TKT327695:TKT327696 TUP327695:TUP327696 UEL327695:UEL327696 UOH327695:UOH327696 UYD327695:UYD327696 VHZ327695:VHZ327696 VRV327695:VRV327696 WBR327695:WBR327696 WLN327695:WLN327696 WVJ327695:WVJ327696 K393231:K393232 IX393231:IX393232 ST393231:ST393232 ACP393231:ACP393232 AML393231:AML393232 AWH393231:AWH393232 BGD393231:BGD393232 BPZ393231:BPZ393232 BZV393231:BZV393232 CJR393231:CJR393232 CTN393231:CTN393232 DDJ393231:DDJ393232 DNF393231:DNF393232 DXB393231:DXB393232 EGX393231:EGX393232 EQT393231:EQT393232 FAP393231:FAP393232 FKL393231:FKL393232 FUH393231:FUH393232 GED393231:GED393232 GNZ393231:GNZ393232 GXV393231:GXV393232 HHR393231:HHR393232 HRN393231:HRN393232 IBJ393231:IBJ393232 ILF393231:ILF393232 IVB393231:IVB393232 JEX393231:JEX393232 JOT393231:JOT393232 JYP393231:JYP393232 KIL393231:KIL393232 KSH393231:KSH393232 LCD393231:LCD393232 LLZ393231:LLZ393232 LVV393231:LVV393232 MFR393231:MFR393232 MPN393231:MPN393232 MZJ393231:MZJ393232 NJF393231:NJF393232 NTB393231:NTB393232 OCX393231:OCX393232 OMT393231:OMT393232 OWP393231:OWP393232 PGL393231:PGL393232 PQH393231:PQH393232 QAD393231:QAD393232 QJZ393231:QJZ393232 QTV393231:QTV393232 RDR393231:RDR393232 RNN393231:RNN393232 RXJ393231:RXJ393232 SHF393231:SHF393232 SRB393231:SRB393232 TAX393231:TAX393232 TKT393231:TKT393232 TUP393231:TUP393232 UEL393231:UEL393232 UOH393231:UOH393232 UYD393231:UYD393232 VHZ393231:VHZ393232 VRV393231:VRV393232 WBR393231:WBR393232 WLN393231:WLN393232 WVJ393231:WVJ393232 K458767:K458768 IX458767:IX458768 ST458767:ST458768 ACP458767:ACP458768 AML458767:AML458768 AWH458767:AWH458768 BGD458767:BGD458768 BPZ458767:BPZ458768 BZV458767:BZV458768 CJR458767:CJR458768 CTN458767:CTN458768 DDJ458767:DDJ458768 DNF458767:DNF458768 DXB458767:DXB458768 EGX458767:EGX458768 EQT458767:EQT458768 FAP458767:FAP458768 FKL458767:FKL458768 FUH458767:FUH458768 GED458767:GED458768 GNZ458767:GNZ458768 GXV458767:GXV458768 HHR458767:HHR458768 HRN458767:HRN458768 IBJ458767:IBJ458768 ILF458767:ILF458768 IVB458767:IVB458768 JEX458767:JEX458768 JOT458767:JOT458768 JYP458767:JYP458768 KIL458767:KIL458768 KSH458767:KSH458768 LCD458767:LCD458768 LLZ458767:LLZ458768 LVV458767:LVV458768 MFR458767:MFR458768 MPN458767:MPN458768 MZJ458767:MZJ458768 NJF458767:NJF458768 NTB458767:NTB458768 OCX458767:OCX458768 OMT458767:OMT458768 OWP458767:OWP458768 PGL458767:PGL458768 PQH458767:PQH458768 QAD458767:QAD458768 QJZ458767:QJZ458768 QTV458767:QTV458768 RDR458767:RDR458768 RNN458767:RNN458768 RXJ458767:RXJ458768 SHF458767:SHF458768 SRB458767:SRB458768 TAX458767:TAX458768 TKT458767:TKT458768 TUP458767:TUP458768 UEL458767:UEL458768 UOH458767:UOH458768 UYD458767:UYD458768 VHZ458767:VHZ458768 VRV458767:VRV458768 WBR458767:WBR458768 WLN458767:WLN458768 WVJ458767:WVJ458768 K524303:K524304 IX524303:IX524304 ST524303:ST524304 ACP524303:ACP524304 AML524303:AML524304 AWH524303:AWH524304 BGD524303:BGD524304 BPZ524303:BPZ524304 BZV524303:BZV524304 CJR524303:CJR524304 CTN524303:CTN524304 DDJ524303:DDJ524304 DNF524303:DNF524304 DXB524303:DXB524304 EGX524303:EGX524304 EQT524303:EQT524304 FAP524303:FAP524304 FKL524303:FKL524304 FUH524303:FUH524304 GED524303:GED524304 GNZ524303:GNZ524304 GXV524303:GXV524304 HHR524303:HHR524304 HRN524303:HRN524304 IBJ524303:IBJ524304 ILF524303:ILF524304 IVB524303:IVB524304 JEX524303:JEX524304 JOT524303:JOT524304 JYP524303:JYP524304 KIL524303:KIL524304 KSH524303:KSH524304 LCD524303:LCD524304 LLZ524303:LLZ524304 LVV524303:LVV524304 MFR524303:MFR524304 MPN524303:MPN524304 MZJ524303:MZJ524304 NJF524303:NJF524304 NTB524303:NTB524304 OCX524303:OCX524304 OMT524303:OMT524304 OWP524303:OWP524304 PGL524303:PGL524304 PQH524303:PQH524304 QAD524303:QAD524304 QJZ524303:QJZ524304 QTV524303:QTV524304 RDR524303:RDR524304 RNN524303:RNN524304 RXJ524303:RXJ524304 SHF524303:SHF524304 SRB524303:SRB524304 TAX524303:TAX524304 TKT524303:TKT524304 TUP524303:TUP524304 UEL524303:UEL524304 UOH524303:UOH524304 UYD524303:UYD524304 VHZ524303:VHZ524304 VRV524303:VRV524304 WBR524303:WBR524304 WLN524303:WLN524304 WVJ524303:WVJ524304 K589839:K589840 IX589839:IX589840 ST589839:ST589840 ACP589839:ACP589840 AML589839:AML589840 AWH589839:AWH589840 BGD589839:BGD589840 BPZ589839:BPZ589840 BZV589839:BZV589840 CJR589839:CJR589840 CTN589839:CTN589840 DDJ589839:DDJ589840 DNF589839:DNF589840 DXB589839:DXB589840 EGX589839:EGX589840 EQT589839:EQT589840 FAP589839:FAP589840 FKL589839:FKL589840 FUH589839:FUH589840 GED589839:GED589840 GNZ589839:GNZ589840 GXV589839:GXV589840 HHR589839:HHR589840 HRN589839:HRN589840 IBJ589839:IBJ589840 ILF589839:ILF589840 IVB589839:IVB589840 JEX589839:JEX589840 JOT589839:JOT589840 JYP589839:JYP589840 KIL589839:KIL589840 KSH589839:KSH589840 LCD589839:LCD589840 LLZ589839:LLZ589840 LVV589839:LVV589840 MFR589839:MFR589840 MPN589839:MPN589840 MZJ589839:MZJ589840 NJF589839:NJF589840 NTB589839:NTB589840 OCX589839:OCX589840 OMT589839:OMT589840 OWP589839:OWP589840 PGL589839:PGL589840 PQH589839:PQH589840 QAD589839:QAD589840 QJZ589839:QJZ589840 QTV589839:QTV589840 RDR589839:RDR589840 RNN589839:RNN589840 RXJ589839:RXJ589840 SHF589839:SHF589840 SRB589839:SRB589840 TAX589839:TAX589840 TKT589839:TKT589840 TUP589839:TUP589840 UEL589839:UEL589840 UOH589839:UOH589840 UYD589839:UYD589840 VHZ589839:VHZ589840 VRV589839:VRV589840 WBR589839:WBR589840 WLN589839:WLN589840 WVJ589839:WVJ589840 K655375:K655376 IX655375:IX655376 ST655375:ST655376 ACP655375:ACP655376 AML655375:AML655376 AWH655375:AWH655376 BGD655375:BGD655376 BPZ655375:BPZ655376 BZV655375:BZV655376 CJR655375:CJR655376 CTN655375:CTN655376 DDJ655375:DDJ655376 DNF655375:DNF655376 DXB655375:DXB655376 EGX655375:EGX655376 EQT655375:EQT655376 FAP655375:FAP655376 FKL655375:FKL655376 FUH655375:FUH655376 GED655375:GED655376 GNZ655375:GNZ655376 GXV655375:GXV655376 HHR655375:HHR655376 HRN655375:HRN655376 IBJ655375:IBJ655376 ILF655375:ILF655376 IVB655375:IVB655376 JEX655375:JEX655376 JOT655375:JOT655376 JYP655375:JYP655376 KIL655375:KIL655376 KSH655375:KSH655376 LCD655375:LCD655376 LLZ655375:LLZ655376 LVV655375:LVV655376 MFR655375:MFR655376 MPN655375:MPN655376 MZJ655375:MZJ655376 NJF655375:NJF655376 NTB655375:NTB655376 OCX655375:OCX655376 OMT655375:OMT655376 OWP655375:OWP655376 PGL655375:PGL655376 PQH655375:PQH655376 QAD655375:QAD655376 QJZ655375:QJZ655376 QTV655375:QTV655376 RDR655375:RDR655376 RNN655375:RNN655376 RXJ655375:RXJ655376 SHF655375:SHF655376 SRB655375:SRB655376 TAX655375:TAX655376 TKT655375:TKT655376 TUP655375:TUP655376 UEL655375:UEL655376 UOH655375:UOH655376 UYD655375:UYD655376 VHZ655375:VHZ655376 VRV655375:VRV655376 WBR655375:WBR655376 WLN655375:WLN655376 WVJ655375:WVJ655376 K720911:K720912 IX720911:IX720912 ST720911:ST720912 ACP720911:ACP720912 AML720911:AML720912 AWH720911:AWH720912 BGD720911:BGD720912 BPZ720911:BPZ720912 BZV720911:BZV720912 CJR720911:CJR720912 CTN720911:CTN720912 DDJ720911:DDJ720912 DNF720911:DNF720912 DXB720911:DXB720912 EGX720911:EGX720912 EQT720911:EQT720912 FAP720911:FAP720912 FKL720911:FKL720912 FUH720911:FUH720912 GED720911:GED720912 GNZ720911:GNZ720912 GXV720911:GXV720912 HHR720911:HHR720912 HRN720911:HRN720912 IBJ720911:IBJ720912 ILF720911:ILF720912 IVB720911:IVB720912 JEX720911:JEX720912 JOT720911:JOT720912 JYP720911:JYP720912 KIL720911:KIL720912 KSH720911:KSH720912 LCD720911:LCD720912 LLZ720911:LLZ720912 LVV720911:LVV720912 MFR720911:MFR720912 MPN720911:MPN720912 MZJ720911:MZJ720912 NJF720911:NJF720912 NTB720911:NTB720912 OCX720911:OCX720912 OMT720911:OMT720912 OWP720911:OWP720912 PGL720911:PGL720912 PQH720911:PQH720912 QAD720911:QAD720912 QJZ720911:QJZ720912 QTV720911:QTV720912 RDR720911:RDR720912 RNN720911:RNN720912 RXJ720911:RXJ720912 SHF720911:SHF720912 SRB720911:SRB720912 TAX720911:TAX720912 TKT720911:TKT720912 TUP720911:TUP720912 UEL720911:UEL720912 UOH720911:UOH720912 UYD720911:UYD720912 VHZ720911:VHZ720912 VRV720911:VRV720912 WBR720911:WBR720912 WLN720911:WLN720912 WVJ720911:WVJ720912 K786447:K786448 IX786447:IX786448 ST786447:ST786448 ACP786447:ACP786448 AML786447:AML786448 AWH786447:AWH786448 BGD786447:BGD786448 BPZ786447:BPZ786448 BZV786447:BZV786448 CJR786447:CJR786448 CTN786447:CTN786448 DDJ786447:DDJ786448 DNF786447:DNF786448 DXB786447:DXB786448 EGX786447:EGX786448 EQT786447:EQT786448 FAP786447:FAP786448 FKL786447:FKL786448 FUH786447:FUH786448 GED786447:GED786448 GNZ786447:GNZ786448 GXV786447:GXV786448 HHR786447:HHR786448 HRN786447:HRN786448 IBJ786447:IBJ786448 ILF786447:ILF786448 IVB786447:IVB786448 JEX786447:JEX786448 JOT786447:JOT786448 JYP786447:JYP786448 KIL786447:KIL786448 KSH786447:KSH786448 LCD786447:LCD786448 LLZ786447:LLZ786448 LVV786447:LVV786448 MFR786447:MFR786448 MPN786447:MPN786448 MZJ786447:MZJ786448 NJF786447:NJF786448 NTB786447:NTB786448 OCX786447:OCX786448 OMT786447:OMT786448 OWP786447:OWP786448 PGL786447:PGL786448 PQH786447:PQH786448 QAD786447:QAD786448 QJZ786447:QJZ786448 QTV786447:QTV786448 RDR786447:RDR786448 RNN786447:RNN786448 RXJ786447:RXJ786448 SHF786447:SHF786448 SRB786447:SRB786448 TAX786447:TAX786448 TKT786447:TKT786448 TUP786447:TUP786448 UEL786447:UEL786448 UOH786447:UOH786448 UYD786447:UYD786448 VHZ786447:VHZ786448 VRV786447:VRV786448 WBR786447:WBR786448 WLN786447:WLN786448 WVJ786447:WVJ786448 K851983:K851984 IX851983:IX851984 ST851983:ST851984 ACP851983:ACP851984 AML851983:AML851984 AWH851983:AWH851984 BGD851983:BGD851984 BPZ851983:BPZ851984 BZV851983:BZV851984 CJR851983:CJR851984 CTN851983:CTN851984 DDJ851983:DDJ851984 DNF851983:DNF851984 DXB851983:DXB851984 EGX851983:EGX851984 EQT851983:EQT851984 FAP851983:FAP851984 FKL851983:FKL851984 FUH851983:FUH851984 GED851983:GED851984 GNZ851983:GNZ851984 GXV851983:GXV851984 HHR851983:HHR851984 HRN851983:HRN851984 IBJ851983:IBJ851984 ILF851983:ILF851984 IVB851983:IVB851984 JEX851983:JEX851984 JOT851983:JOT851984 JYP851983:JYP851984 KIL851983:KIL851984 KSH851983:KSH851984 LCD851983:LCD851984 LLZ851983:LLZ851984 LVV851983:LVV851984 MFR851983:MFR851984 MPN851983:MPN851984 MZJ851983:MZJ851984 NJF851983:NJF851984 NTB851983:NTB851984 OCX851983:OCX851984 OMT851983:OMT851984 OWP851983:OWP851984 PGL851983:PGL851984 PQH851983:PQH851984 QAD851983:QAD851984 QJZ851983:QJZ851984 QTV851983:QTV851984 RDR851983:RDR851984 RNN851983:RNN851984 RXJ851983:RXJ851984 SHF851983:SHF851984 SRB851983:SRB851984 TAX851983:TAX851984 TKT851983:TKT851984 TUP851983:TUP851984 UEL851983:UEL851984 UOH851983:UOH851984 UYD851983:UYD851984 VHZ851983:VHZ851984 VRV851983:VRV851984 WBR851983:WBR851984 WLN851983:WLN851984 WVJ851983:WVJ851984 K917519:K917520 IX917519:IX917520 ST917519:ST917520 ACP917519:ACP917520 AML917519:AML917520 AWH917519:AWH917520 BGD917519:BGD917520 BPZ917519:BPZ917520 BZV917519:BZV917520 CJR917519:CJR917520 CTN917519:CTN917520 DDJ917519:DDJ917520 DNF917519:DNF917520 DXB917519:DXB917520 EGX917519:EGX917520 EQT917519:EQT917520 FAP917519:FAP917520 FKL917519:FKL917520 FUH917519:FUH917520 GED917519:GED917520 GNZ917519:GNZ917520 GXV917519:GXV917520 HHR917519:HHR917520 HRN917519:HRN917520 IBJ917519:IBJ917520 ILF917519:ILF917520 IVB917519:IVB917520 JEX917519:JEX917520 JOT917519:JOT917520 JYP917519:JYP917520 KIL917519:KIL917520 KSH917519:KSH917520 LCD917519:LCD917520 LLZ917519:LLZ917520 LVV917519:LVV917520 MFR917519:MFR917520 MPN917519:MPN917520 MZJ917519:MZJ917520 NJF917519:NJF917520 NTB917519:NTB917520 OCX917519:OCX917520 OMT917519:OMT917520 OWP917519:OWP917520 PGL917519:PGL917520 PQH917519:PQH917520 QAD917519:QAD917520 QJZ917519:QJZ917520 QTV917519:QTV917520 RDR917519:RDR917520 RNN917519:RNN917520 RXJ917519:RXJ917520 SHF917519:SHF917520 SRB917519:SRB917520 TAX917519:TAX917520 TKT917519:TKT917520 TUP917519:TUP917520 UEL917519:UEL917520 UOH917519:UOH917520 UYD917519:UYD917520 VHZ917519:VHZ917520 VRV917519:VRV917520 WBR917519:WBR917520 WLN917519:WLN917520 WVJ917519:WVJ917520 K983055:K983056 IX983055:IX983056 ST983055:ST983056 ACP983055:ACP983056 AML983055:AML983056 AWH983055:AWH983056 BGD983055:BGD983056 BPZ983055:BPZ983056 BZV983055:BZV983056 CJR983055:CJR983056 CTN983055:CTN983056 DDJ983055:DDJ983056 DNF983055:DNF983056 DXB983055:DXB983056 EGX983055:EGX983056 EQT983055:EQT983056 FAP983055:FAP983056 FKL983055:FKL983056 FUH983055:FUH983056 GED983055:GED983056 GNZ983055:GNZ983056 GXV983055:GXV983056 HHR983055:HHR983056 HRN983055:HRN983056 IBJ983055:IBJ983056 ILF983055:ILF983056 IVB983055:IVB983056 JEX983055:JEX983056 JOT983055:JOT983056 JYP983055:JYP983056 KIL983055:KIL983056 KSH983055:KSH983056 LCD983055:LCD983056 LLZ983055:LLZ983056 LVV983055:LVV983056 MFR983055:MFR983056 MPN983055:MPN983056 MZJ983055:MZJ983056 NJF983055:NJF983056 NTB983055:NTB983056 OCX983055:OCX983056 OMT983055:OMT983056 OWP983055:OWP983056 PGL983055:PGL983056 PQH983055:PQH983056 QAD983055:QAD983056 QJZ983055:QJZ983056 QTV983055:QTV983056 RDR983055:RDR983056 RNN983055:RNN983056 RXJ983055:RXJ983056 SHF983055:SHF983056 SRB983055:SRB983056 TAX983055:TAX983056 TKT983055:TKT983056 TUP983055:TUP983056 UEL983055:UEL983056 UOH983055:UOH983056 UYD983055:UYD983056 VHZ983055:VHZ983056 VRV983055:VRV983056 WBR983055:WBR983056 WLN983055:WLN983056 WVJ983055:WVJ983056 G65551:H65552 IT65551:IU65552 SP65551:SQ65552 ACL65551:ACM65552 AMH65551:AMI65552 AWD65551:AWE65552 BFZ65551:BGA65552 BPV65551:BPW65552 BZR65551:BZS65552 CJN65551:CJO65552 CTJ65551:CTK65552 DDF65551:DDG65552 DNB65551:DNC65552 DWX65551:DWY65552 EGT65551:EGU65552 EQP65551:EQQ65552 FAL65551:FAM65552 FKH65551:FKI65552 FUD65551:FUE65552 GDZ65551:GEA65552 GNV65551:GNW65552 GXR65551:GXS65552 HHN65551:HHO65552 HRJ65551:HRK65552 IBF65551:IBG65552 ILB65551:ILC65552 IUX65551:IUY65552 JET65551:JEU65552 JOP65551:JOQ65552 JYL65551:JYM65552 KIH65551:KII65552 KSD65551:KSE65552 LBZ65551:LCA65552 LLV65551:LLW65552 LVR65551:LVS65552 MFN65551:MFO65552 MPJ65551:MPK65552 MZF65551:MZG65552 NJB65551:NJC65552 NSX65551:NSY65552 OCT65551:OCU65552 OMP65551:OMQ65552 OWL65551:OWM65552 PGH65551:PGI65552 PQD65551:PQE65552 PZZ65551:QAA65552 QJV65551:QJW65552 QTR65551:QTS65552 RDN65551:RDO65552 RNJ65551:RNK65552 RXF65551:RXG65552 SHB65551:SHC65552 SQX65551:SQY65552 TAT65551:TAU65552 TKP65551:TKQ65552 TUL65551:TUM65552 UEH65551:UEI65552 UOD65551:UOE65552 UXZ65551:UYA65552 VHV65551:VHW65552 VRR65551:VRS65552 WBN65551:WBO65552 WLJ65551:WLK65552 WVF65551:WVG65552 G131087:H131088 IT131087:IU131088 SP131087:SQ131088 ACL131087:ACM131088 AMH131087:AMI131088 AWD131087:AWE131088 BFZ131087:BGA131088 BPV131087:BPW131088 BZR131087:BZS131088 CJN131087:CJO131088 CTJ131087:CTK131088 DDF131087:DDG131088 DNB131087:DNC131088 DWX131087:DWY131088 EGT131087:EGU131088 EQP131087:EQQ131088 FAL131087:FAM131088 FKH131087:FKI131088 FUD131087:FUE131088 GDZ131087:GEA131088 GNV131087:GNW131088 GXR131087:GXS131088 HHN131087:HHO131088 HRJ131087:HRK131088 IBF131087:IBG131088 ILB131087:ILC131088 IUX131087:IUY131088 JET131087:JEU131088 JOP131087:JOQ131088 JYL131087:JYM131088 KIH131087:KII131088 KSD131087:KSE131088 LBZ131087:LCA131088 LLV131087:LLW131088 LVR131087:LVS131088 MFN131087:MFO131088 MPJ131087:MPK131088 MZF131087:MZG131088 NJB131087:NJC131088 NSX131087:NSY131088 OCT131087:OCU131088 OMP131087:OMQ131088 OWL131087:OWM131088 PGH131087:PGI131088 PQD131087:PQE131088 PZZ131087:QAA131088 QJV131087:QJW131088 QTR131087:QTS131088 RDN131087:RDO131088 RNJ131087:RNK131088 RXF131087:RXG131088 SHB131087:SHC131088 SQX131087:SQY131088 TAT131087:TAU131088 TKP131087:TKQ131088 TUL131087:TUM131088 UEH131087:UEI131088 UOD131087:UOE131088 UXZ131087:UYA131088 VHV131087:VHW131088 VRR131087:VRS131088 WBN131087:WBO131088 WLJ131087:WLK131088 WVF131087:WVG131088 G196623:H196624 IT196623:IU196624 SP196623:SQ196624 ACL196623:ACM196624 AMH196623:AMI196624 AWD196623:AWE196624 BFZ196623:BGA196624 BPV196623:BPW196624 BZR196623:BZS196624 CJN196623:CJO196624 CTJ196623:CTK196624 DDF196623:DDG196624 DNB196623:DNC196624 DWX196623:DWY196624 EGT196623:EGU196624 EQP196623:EQQ196624 FAL196623:FAM196624 FKH196623:FKI196624 FUD196623:FUE196624 GDZ196623:GEA196624 GNV196623:GNW196624 GXR196623:GXS196624 HHN196623:HHO196624 HRJ196623:HRK196624 IBF196623:IBG196624 ILB196623:ILC196624 IUX196623:IUY196624 JET196623:JEU196624 JOP196623:JOQ196624 JYL196623:JYM196624 KIH196623:KII196624 KSD196623:KSE196624 LBZ196623:LCA196624 LLV196623:LLW196624 LVR196623:LVS196624 MFN196623:MFO196624 MPJ196623:MPK196624 MZF196623:MZG196624 NJB196623:NJC196624 NSX196623:NSY196624 OCT196623:OCU196624 OMP196623:OMQ196624 OWL196623:OWM196624 PGH196623:PGI196624 PQD196623:PQE196624 PZZ196623:QAA196624 QJV196623:QJW196624 QTR196623:QTS196624 RDN196623:RDO196624 RNJ196623:RNK196624 RXF196623:RXG196624 SHB196623:SHC196624 SQX196623:SQY196624 TAT196623:TAU196624 TKP196623:TKQ196624 TUL196623:TUM196624 UEH196623:UEI196624 UOD196623:UOE196624 UXZ196623:UYA196624 VHV196623:VHW196624 VRR196623:VRS196624 WBN196623:WBO196624 WLJ196623:WLK196624 WVF196623:WVG196624 G262159:H262160 IT262159:IU262160 SP262159:SQ262160 ACL262159:ACM262160 AMH262159:AMI262160 AWD262159:AWE262160 BFZ262159:BGA262160 BPV262159:BPW262160 BZR262159:BZS262160 CJN262159:CJO262160 CTJ262159:CTK262160 DDF262159:DDG262160 DNB262159:DNC262160 DWX262159:DWY262160 EGT262159:EGU262160 EQP262159:EQQ262160 FAL262159:FAM262160 FKH262159:FKI262160 FUD262159:FUE262160 GDZ262159:GEA262160 GNV262159:GNW262160 GXR262159:GXS262160 HHN262159:HHO262160 HRJ262159:HRK262160 IBF262159:IBG262160 ILB262159:ILC262160 IUX262159:IUY262160 JET262159:JEU262160 JOP262159:JOQ262160 JYL262159:JYM262160 KIH262159:KII262160 KSD262159:KSE262160 LBZ262159:LCA262160 LLV262159:LLW262160 LVR262159:LVS262160 MFN262159:MFO262160 MPJ262159:MPK262160 MZF262159:MZG262160 NJB262159:NJC262160 NSX262159:NSY262160 OCT262159:OCU262160 OMP262159:OMQ262160 OWL262159:OWM262160 PGH262159:PGI262160 PQD262159:PQE262160 PZZ262159:QAA262160 QJV262159:QJW262160 QTR262159:QTS262160 RDN262159:RDO262160 RNJ262159:RNK262160 RXF262159:RXG262160 SHB262159:SHC262160 SQX262159:SQY262160 TAT262159:TAU262160 TKP262159:TKQ262160 TUL262159:TUM262160 UEH262159:UEI262160 UOD262159:UOE262160 UXZ262159:UYA262160 VHV262159:VHW262160 VRR262159:VRS262160 WBN262159:WBO262160 WLJ262159:WLK262160 WVF262159:WVG262160 G327695:H327696 IT327695:IU327696 SP327695:SQ327696 ACL327695:ACM327696 AMH327695:AMI327696 AWD327695:AWE327696 BFZ327695:BGA327696 BPV327695:BPW327696 BZR327695:BZS327696 CJN327695:CJO327696 CTJ327695:CTK327696 DDF327695:DDG327696 DNB327695:DNC327696 DWX327695:DWY327696 EGT327695:EGU327696 EQP327695:EQQ327696 FAL327695:FAM327696 FKH327695:FKI327696 FUD327695:FUE327696 GDZ327695:GEA327696 GNV327695:GNW327696 GXR327695:GXS327696 HHN327695:HHO327696 HRJ327695:HRK327696 IBF327695:IBG327696 ILB327695:ILC327696 IUX327695:IUY327696 JET327695:JEU327696 JOP327695:JOQ327696 JYL327695:JYM327696 KIH327695:KII327696 KSD327695:KSE327696 LBZ327695:LCA327696 LLV327695:LLW327696 LVR327695:LVS327696 MFN327695:MFO327696 MPJ327695:MPK327696 MZF327695:MZG327696 NJB327695:NJC327696 NSX327695:NSY327696 OCT327695:OCU327696 OMP327695:OMQ327696 OWL327695:OWM327696 PGH327695:PGI327696 PQD327695:PQE327696 PZZ327695:QAA327696 QJV327695:QJW327696 QTR327695:QTS327696 RDN327695:RDO327696 RNJ327695:RNK327696 RXF327695:RXG327696 SHB327695:SHC327696 SQX327695:SQY327696 TAT327695:TAU327696 TKP327695:TKQ327696 TUL327695:TUM327696 UEH327695:UEI327696 UOD327695:UOE327696 UXZ327695:UYA327696 VHV327695:VHW327696 VRR327695:VRS327696 WBN327695:WBO327696 WLJ327695:WLK327696 WVF327695:WVG327696 G393231:H393232 IT393231:IU393232 SP393231:SQ393232 ACL393231:ACM393232 AMH393231:AMI393232 AWD393231:AWE393232 BFZ393231:BGA393232 BPV393231:BPW393232 BZR393231:BZS393232 CJN393231:CJO393232 CTJ393231:CTK393232 DDF393231:DDG393232 DNB393231:DNC393232 DWX393231:DWY393232 EGT393231:EGU393232 EQP393231:EQQ393232 FAL393231:FAM393232 FKH393231:FKI393232 FUD393231:FUE393232 GDZ393231:GEA393232 GNV393231:GNW393232 GXR393231:GXS393232 HHN393231:HHO393232 HRJ393231:HRK393232 IBF393231:IBG393232 ILB393231:ILC393232 IUX393231:IUY393232 JET393231:JEU393232 JOP393231:JOQ393232 JYL393231:JYM393232 KIH393231:KII393232 KSD393231:KSE393232 LBZ393231:LCA393232 LLV393231:LLW393232 LVR393231:LVS393232 MFN393231:MFO393232 MPJ393231:MPK393232 MZF393231:MZG393232 NJB393231:NJC393232 NSX393231:NSY393232 OCT393231:OCU393232 OMP393231:OMQ393232 OWL393231:OWM393232 PGH393231:PGI393232 PQD393231:PQE393232 PZZ393231:QAA393232 QJV393231:QJW393232 QTR393231:QTS393232 RDN393231:RDO393232 RNJ393231:RNK393232 RXF393231:RXG393232 SHB393231:SHC393232 SQX393231:SQY393232 TAT393231:TAU393232 TKP393231:TKQ393232 TUL393231:TUM393232 UEH393231:UEI393232 UOD393231:UOE393232 UXZ393231:UYA393232 VHV393231:VHW393232 VRR393231:VRS393232 WBN393231:WBO393232 WLJ393231:WLK393232 WVF393231:WVG393232 G458767:H458768 IT458767:IU458768 SP458767:SQ458768 ACL458767:ACM458768 AMH458767:AMI458768 AWD458767:AWE458768 BFZ458767:BGA458768 BPV458767:BPW458768 BZR458767:BZS458768 CJN458767:CJO458768 CTJ458767:CTK458768 DDF458767:DDG458768 DNB458767:DNC458768 DWX458767:DWY458768 EGT458767:EGU458768 EQP458767:EQQ458768 FAL458767:FAM458768 FKH458767:FKI458768 FUD458767:FUE458768 GDZ458767:GEA458768 GNV458767:GNW458768 GXR458767:GXS458768 HHN458767:HHO458768 HRJ458767:HRK458768 IBF458767:IBG458768 ILB458767:ILC458768 IUX458767:IUY458768 JET458767:JEU458768 JOP458767:JOQ458768 JYL458767:JYM458768 KIH458767:KII458768 KSD458767:KSE458768 LBZ458767:LCA458768 LLV458767:LLW458768 LVR458767:LVS458768 MFN458767:MFO458768 MPJ458767:MPK458768 MZF458767:MZG458768 NJB458767:NJC458768 NSX458767:NSY458768 OCT458767:OCU458768 OMP458767:OMQ458768 OWL458767:OWM458768 PGH458767:PGI458768 PQD458767:PQE458768 PZZ458767:QAA458768 QJV458767:QJW458768 QTR458767:QTS458768 RDN458767:RDO458768 RNJ458767:RNK458768 RXF458767:RXG458768 SHB458767:SHC458768 SQX458767:SQY458768 TAT458767:TAU458768 TKP458767:TKQ458768 TUL458767:TUM458768 UEH458767:UEI458768 UOD458767:UOE458768 UXZ458767:UYA458768 VHV458767:VHW458768 VRR458767:VRS458768 WBN458767:WBO458768 WLJ458767:WLK458768 WVF458767:WVG458768 G524303:H524304 IT524303:IU524304 SP524303:SQ524304 ACL524303:ACM524304 AMH524303:AMI524304 AWD524303:AWE524304 BFZ524303:BGA524304 BPV524303:BPW524304 BZR524303:BZS524304 CJN524303:CJO524304 CTJ524303:CTK524304 DDF524303:DDG524304 DNB524303:DNC524304 DWX524303:DWY524304 EGT524303:EGU524304 EQP524303:EQQ524304 FAL524303:FAM524304 FKH524303:FKI524304 FUD524303:FUE524304 GDZ524303:GEA524304 GNV524303:GNW524304 GXR524303:GXS524304 HHN524303:HHO524304 HRJ524303:HRK524304 IBF524303:IBG524304 ILB524303:ILC524304 IUX524303:IUY524304 JET524303:JEU524304 JOP524303:JOQ524304 JYL524303:JYM524304 KIH524303:KII524304 KSD524303:KSE524304 LBZ524303:LCA524304 LLV524303:LLW524304 LVR524303:LVS524304 MFN524303:MFO524304 MPJ524303:MPK524304 MZF524303:MZG524304 NJB524303:NJC524304 NSX524303:NSY524304 OCT524303:OCU524304 OMP524303:OMQ524304 OWL524303:OWM524304 PGH524303:PGI524304 PQD524303:PQE524304 PZZ524303:QAA524304 QJV524303:QJW524304 QTR524303:QTS524304 RDN524303:RDO524304 RNJ524303:RNK524304 RXF524303:RXG524304 SHB524303:SHC524304 SQX524303:SQY524304 TAT524303:TAU524304 TKP524303:TKQ524304 TUL524303:TUM524304 UEH524303:UEI524304 UOD524303:UOE524304 UXZ524303:UYA524304 VHV524303:VHW524304 VRR524303:VRS524304 WBN524303:WBO524304 WLJ524303:WLK524304 WVF524303:WVG524304 G589839:H589840 IT589839:IU589840 SP589839:SQ589840 ACL589839:ACM589840 AMH589839:AMI589840 AWD589839:AWE589840 BFZ589839:BGA589840 BPV589839:BPW589840 BZR589839:BZS589840 CJN589839:CJO589840 CTJ589839:CTK589840 DDF589839:DDG589840 DNB589839:DNC589840 DWX589839:DWY589840 EGT589839:EGU589840 EQP589839:EQQ589840 FAL589839:FAM589840 FKH589839:FKI589840 FUD589839:FUE589840 GDZ589839:GEA589840 GNV589839:GNW589840 GXR589839:GXS589840 HHN589839:HHO589840 HRJ589839:HRK589840 IBF589839:IBG589840 ILB589839:ILC589840 IUX589839:IUY589840 JET589839:JEU589840 JOP589839:JOQ589840 JYL589839:JYM589840 KIH589839:KII589840 KSD589839:KSE589840 LBZ589839:LCA589840 LLV589839:LLW589840 LVR589839:LVS589840 MFN589839:MFO589840 MPJ589839:MPK589840 MZF589839:MZG589840 NJB589839:NJC589840 NSX589839:NSY589840 OCT589839:OCU589840 OMP589839:OMQ589840 OWL589839:OWM589840 PGH589839:PGI589840 PQD589839:PQE589840 PZZ589839:QAA589840 QJV589839:QJW589840 QTR589839:QTS589840 RDN589839:RDO589840 RNJ589839:RNK589840 RXF589839:RXG589840 SHB589839:SHC589840 SQX589839:SQY589840 TAT589839:TAU589840 TKP589839:TKQ589840 TUL589839:TUM589840 UEH589839:UEI589840 UOD589839:UOE589840 UXZ589839:UYA589840 VHV589839:VHW589840 VRR589839:VRS589840 WBN589839:WBO589840 WLJ589839:WLK589840 WVF589839:WVG589840 G655375:H655376 IT655375:IU655376 SP655375:SQ655376 ACL655375:ACM655376 AMH655375:AMI655376 AWD655375:AWE655376 BFZ655375:BGA655376 BPV655375:BPW655376 BZR655375:BZS655376 CJN655375:CJO655376 CTJ655375:CTK655376 DDF655375:DDG655376 DNB655375:DNC655376 DWX655375:DWY655376 EGT655375:EGU655376 EQP655375:EQQ655376 FAL655375:FAM655376 FKH655375:FKI655376 FUD655375:FUE655376 GDZ655375:GEA655376 GNV655375:GNW655376 GXR655375:GXS655376 HHN655375:HHO655376 HRJ655375:HRK655376 IBF655375:IBG655376 ILB655375:ILC655376 IUX655375:IUY655376 JET655375:JEU655376 JOP655375:JOQ655376 JYL655375:JYM655376 KIH655375:KII655376 KSD655375:KSE655376 LBZ655375:LCA655376 LLV655375:LLW655376 LVR655375:LVS655376 MFN655375:MFO655376 MPJ655375:MPK655376 MZF655375:MZG655376 NJB655375:NJC655376 NSX655375:NSY655376 OCT655375:OCU655376 OMP655375:OMQ655376 OWL655375:OWM655376 PGH655375:PGI655376 PQD655375:PQE655376 PZZ655375:QAA655376 QJV655375:QJW655376 QTR655375:QTS655376 RDN655375:RDO655376 RNJ655375:RNK655376 RXF655375:RXG655376 SHB655375:SHC655376 SQX655375:SQY655376 TAT655375:TAU655376 TKP655375:TKQ655376 TUL655375:TUM655376 UEH655375:UEI655376 UOD655375:UOE655376 UXZ655375:UYA655376 VHV655375:VHW655376 VRR655375:VRS655376 WBN655375:WBO655376 WLJ655375:WLK655376 WVF655375:WVG655376 G720911:H720912 IT720911:IU720912 SP720911:SQ720912 ACL720911:ACM720912 AMH720911:AMI720912 AWD720911:AWE720912 BFZ720911:BGA720912 BPV720911:BPW720912 BZR720911:BZS720912 CJN720911:CJO720912 CTJ720911:CTK720912 DDF720911:DDG720912 DNB720911:DNC720912 DWX720911:DWY720912 EGT720911:EGU720912 EQP720911:EQQ720912 FAL720911:FAM720912 FKH720911:FKI720912 FUD720911:FUE720912 GDZ720911:GEA720912 GNV720911:GNW720912 GXR720911:GXS720912 HHN720911:HHO720912 HRJ720911:HRK720912 IBF720911:IBG720912 ILB720911:ILC720912 IUX720911:IUY720912 JET720911:JEU720912 JOP720911:JOQ720912 JYL720911:JYM720912 KIH720911:KII720912 KSD720911:KSE720912 LBZ720911:LCA720912 LLV720911:LLW720912 LVR720911:LVS720912 MFN720911:MFO720912 MPJ720911:MPK720912 MZF720911:MZG720912 NJB720911:NJC720912 NSX720911:NSY720912 OCT720911:OCU720912 OMP720911:OMQ720912 OWL720911:OWM720912 PGH720911:PGI720912 PQD720911:PQE720912 PZZ720911:QAA720912 QJV720911:QJW720912 QTR720911:QTS720912 RDN720911:RDO720912 RNJ720911:RNK720912 RXF720911:RXG720912 SHB720911:SHC720912 SQX720911:SQY720912 TAT720911:TAU720912 TKP720911:TKQ720912 TUL720911:TUM720912 UEH720911:UEI720912 UOD720911:UOE720912 UXZ720911:UYA720912 VHV720911:VHW720912 VRR720911:VRS720912 WBN720911:WBO720912 WLJ720911:WLK720912 WVF720911:WVG720912 G786447:H786448 IT786447:IU786448 SP786447:SQ786448 ACL786447:ACM786448 AMH786447:AMI786448 AWD786447:AWE786448 BFZ786447:BGA786448 BPV786447:BPW786448 BZR786447:BZS786448 CJN786447:CJO786448 CTJ786447:CTK786448 DDF786447:DDG786448 DNB786447:DNC786448 DWX786447:DWY786448 EGT786447:EGU786448 EQP786447:EQQ786448 FAL786447:FAM786448 FKH786447:FKI786448 FUD786447:FUE786448 GDZ786447:GEA786448 GNV786447:GNW786448 GXR786447:GXS786448 HHN786447:HHO786448 HRJ786447:HRK786448 IBF786447:IBG786448 ILB786447:ILC786448 IUX786447:IUY786448 JET786447:JEU786448 JOP786447:JOQ786448 JYL786447:JYM786448 KIH786447:KII786448 KSD786447:KSE786448 LBZ786447:LCA786448 LLV786447:LLW786448 LVR786447:LVS786448 MFN786447:MFO786448 MPJ786447:MPK786448 MZF786447:MZG786448 NJB786447:NJC786448 NSX786447:NSY786448 OCT786447:OCU786448 OMP786447:OMQ786448 OWL786447:OWM786448 PGH786447:PGI786448 PQD786447:PQE786448 PZZ786447:QAA786448 QJV786447:QJW786448 QTR786447:QTS786448 RDN786447:RDO786448 RNJ786447:RNK786448 RXF786447:RXG786448 SHB786447:SHC786448 SQX786447:SQY786448 TAT786447:TAU786448 TKP786447:TKQ786448 TUL786447:TUM786448 UEH786447:UEI786448 UOD786447:UOE786448 UXZ786447:UYA786448 VHV786447:VHW786448 VRR786447:VRS786448 WBN786447:WBO786448 WLJ786447:WLK786448 WVF786447:WVG786448 G851983:H851984 IT851983:IU851984 SP851983:SQ851984 ACL851983:ACM851984 AMH851983:AMI851984 AWD851983:AWE851984 BFZ851983:BGA851984 BPV851983:BPW851984 BZR851983:BZS851984 CJN851983:CJO851984 CTJ851983:CTK851984 DDF851983:DDG851984 DNB851983:DNC851984 DWX851983:DWY851984 EGT851983:EGU851984 EQP851983:EQQ851984 FAL851983:FAM851984 FKH851983:FKI851984 FUD851983:FUE851984 GDZ851983:GEA851984 GNV851983:GNW851984 GXR851983:GXS851984 HHN851983:HHO851984 HRJ851983:HRK851984 IBF851983:IBG851984 ILB851983:ILC851984 IUX851983:IUY851984 JET851983:JEU851984 JOP851983:JOQ851984 JYL851983:JYM851984 KIH851983:KII851984 KSD851983:KSE851984 LBZ851983:LCA851984 LLV851983:LLW851984 LVR851983:LVS851984 MFN851983:MFO851984 MPJ851983:MPK851984 MZF851983:MZG851984 NJB851983:NJC851984 NSX851983:NSY851984 OCT851983:OCU851984 OMP851983:OMQ851984 OWL851983:OWM851984 PGH851983:PGI851984 PQD851983:PQE851984 PZZ851983:QAA851984 QJV851983:QJW851984 QTR851983:QTS851984 RDN851983:RDO851984 RNJ851983:RNK851984 RXF851983:RXG851984 SHB851983:SHC851984 SQX851983:SQY851984 TAT851983:TAU851984 TKP851983:TKQ851984 TUL851983:TUM851984 UEH851983:UEI851984 UOD851983:UOE851984 UXZ851983:UYA851984 VHV851983:VHW851984 VRR851983:VRS851984 WBN851983:WBO851984 WLJ851983:WLK851984 WVF851983:WVG851984 G917519:H917520 IT917519:IU917520 SP917519:SQ917520 ACL917519:ACM917520 AMH917519:AMI917520 AWD917519:AWE917520 BFZ917519:BGA917520 BPV917519:BPW917520 BZR917519:BZS917520 CJN917519:CJO917520 CTJ917519:CTK917520 DDF917519:DDG917520 DNB917519:DNC917520 DWX917519:DWY917520 EGT917519:EGU917520 EQP917519:EQQ917520 FAL917519:FAM917520 FKH917519:FKI917520 FUD917519:FUE917520 GDZ917519:GEA917520 GNV917519:GNW917520 GXR917519:GXS917520 HHN917519:HHO917520 HRJ917519:HRK917520 IBF917519:IBG917520 ILB917519:ILC917520 IUX917519:IUY917520 JET917519:JEU917520 JOP917519:JOQ917520 JYL917519:JYM917520 KIH917519:KII917520 KSD917519:KSE917520 LBZ917519:LCA917520 LLV917519:LLW917520 LVR917519:LVS917520 MFN917519:MFO917520 MPJ917519:MPK917520 MZF917519:MZG917520 NJB917519:NJC917520 NSX917519:NSY917520 OCT917519:OCU917520 OMP917519:OMQ917520 OWL917519:OWM917520 PGH917519:PGI917520 PQD917519:PQE917520 PZZ917519:QAA917520 QJV917519:QJW917520 QTR917519:QTS917520 RDN917519:RDO917520 RNJ917519:RNK917520 RXF917519:RXG917520 SHB917519:SHC917520 SQX917519:SQY917520 TAT917519:TAU917520 TKP917519:TKQ917520 TUL917519:TUM917520 UEH917519:UEI917520 UOD917519:UOE917520 UXZ917519:UYA917520 VHV917519:VHW917520 VRR917519:VRS917520 WBN917519:WBO917520 WLJ917519:WLK917520 WVF917519:WVG917520 G983055:H983056 IT983055:IU983056 SP983055:SQ983056 ACL983055:ACM983056 AMH983055:AMI983056 AWD983055:AWE983056 BFZ983055:BGA983056 BPV983055:BPW983056 BZR983055:BZS983056 CJN983055:CJO983056 CTJ983055:CTK983056 DDF983055:DDG983056 DNB983055:DNC983056 DWX983055:DWY983056 EGT983055:EGU983056 EQP983055:EQQ983056 FAL983055:FAM983056 FKH983055:FKI983056 FUD983055:FUE983056 GDZ983055:GEA983056 GNV983055:GNW983056 GXR983055:GXS983056 HHN983055:HHO983056 HRJ983055:HRK983056 IBF983055:IBG983056 ILB983055:ILC983056 IUX983055:IUY983056 JET983055:JEU983056 JOP983055:JOQ983056 JYL983055:JYM983056 KIH983055:KII983056 KSD983055:KSE983056 LBZ983055:LCA983056 LLV983055:LLW983056 LVR983055:LVS983056 MFN983055:MFO983056 MPJ983055:MPK983056 MZF983055:MZG983056 NJB983055:NJC983056 NSX983055:NSY983056 OCT983055:OCU983056 OMP983055:OMQ983056 OWL983055:OWM983056 PGH983055:PGI983056 PQD983055:PQE983056 PZZ983055:QAA983056 QJV983055:QJW983056 QTR983055:QTS983056 RDN983055:RDO983056 RNJ983055:RNK983056 RXF983055:RXG983056 SHB983055:SHC983056 SQX983055:SQY983056 TAT983055:TAU983056 TKP983055:TKQ983056 TUL983055:TUM983056 UEH983055:UEI983056 UOD983055:UOE983056 UXZ983055:UYA983056 VHV983055:VHW983056 VRR983055:VRS983056 WBN983055:WBO983056 WLJ983055:WLK983056 WVF983055:WVG983056" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>47483</formula1>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir les 8 premiers caractères, y.c. les points. (ex. 209.999.)" promptTitle="saisie" prompt="Veuillez saisir les 8 premiers caractères, y.c. les points. (ex. 209.999.)" sqref="WVG983019 IU12 SQ12 ACM12 AMI12 AWE12 BGA12 BPW12 BZS12 CJO12 CTK12 DDG12 DNC12 DWY12 EGU12 EQQ12 FAM12 FKI12 FUE12 GEA12 GNW12 GXS12 HHO12 HRK12 IBG12 ILC12 IUY12 JEU12 JOQ12 JYM12 KII12 KSE12 LCA12 LLW12 LVS12 MFO12 MPK12 MZG12 NJC12 NSY12 OCU12 OMQ12 OWM12 PGI12 PQE12 QAA12 QJW12 QTS12 RDO12 RNK12 RXG12 SHC12 SQY12 TAU12 TKQ12 TUM12 UEI12 UOE12 UYA12 VHW12 VRS12 WBO12 WLK12 WVG12 H65515 IU65515 SQ65515 ACM65515 AMI65515 AWE65515 BGA65515 BPW65515 BZS65515 CJO65515 CTK65515 DDG65515 DNC65515 DWY65515 EGU65515 EQQ65515 FAM65515 FKI65515 FUE65515 GEA65515 GNW65515 GXS65515 HHO65515 HRK65515 IBG65515 ILC65515 IUY65515 JEU65515 JOQ65515 JYM65515 KII65515 KSE65515 LCA65515 LLW65515 LVS65515 MFO65515 MPK65515 MZG65515 NJC65515 NSY65515 OCU65515 OMQ65515 OWM65515 PGI65515 PQE65515 QAA65515 QJW65515 QTS65515 RDO65515 RNK65515 RXG65515 SHC65515 SQY65515 TAU65515 TKQ65515 TUM65515 UEI65515 UOE65515 UYA65515 VHW65515 VRS65515 WBO65515 WLK65515 WVG65515 H131051 IU131051 SQ131051 ACM131051 AMI131051 AWE131051 BGA131051 BPW131051 BZS131051 CJO131051 CTK131051 DDG131051 DNC131051 DWY131051 EGU131051 EQQ131051 FAM131051 FKI131051 FUE131051 GEA131051 GNW131051 GXS131051 HHO131051 HRK131051 IBG131051 ILC131051 IUY131051 JEU131051 JOQ131051 JYM131051 KII131051 KSE131051 LCA131051 LLW131051 LVS131051 MFO131051 MPK131051 MZG131051 NJC131051 NSY131051 OCU131051 OMQ131051 OWM131051 PGI131051 PQE131051 QAA131051 QJW131051 QTS131051 RDO131051 RNK131051 RXG131051 SHC131051 SQY131051 TAU131051 TKQ131051 TUM131051 UEI131051 UOE131051 UYA131051 VHW131051 VRS131051 WBO131051 WLK131051 WVG131051 H196587 IU196587 SQ196587 ACM196587 AMI196587 AWE196587 BGA196587 BPW196587 BZS196587 CJO196587 CTK196587 DDG196587 DNC196587 DWY196587 EGU196587 EQQ196587 FAM196587 FKI196587 FUE196587 GEA196587 GNW196587 GXS196587 HHO196587 HRK196587 IBG196587 ILC196587 IUY196587 JEU196587 JOQ196587 JYM196587 KII196587 KSE196587 LCA196587 LLW196587 LVS196587 MFO196587 MPK196587 MZG196587 NJC196587 NSY196587 OCU196587 OMQ196587 OWM196587 PGI196587 PQE196587 QAA196587 QJW196587 QTS196587 RDO196587 RNK196587 RXG196587 SHC196587 SQY196587 TAU196587 TKQ196587 TUM196587 UEI196587 UOE196587 UYA196587 VHW196587 VRS196587 WBO196587 WLK196587 WVG196587 H262123 IU262123 SQ262123 ACM262123 AMI262123 AWE262123 BGA262123 BPW262123 BZS262123 CJO262123 CTK262123 DDG262123 DNC262123 DWY262123 EGU262123 EQQ262123 FAM262123 FKI262123 FUE262123 GEA262123 GNW262123 GXS262123 HHO262123 HRK262123 IBG262123 ILC262123 IUY262123 JEU262123 JOQ262123 JYM262123 KII262123 KSE262123 LCA262123 LLW262123 LVS262123 MFO262123 MPK262123 MZG262123 NJC262123 NSY262123 OCU262123 OMQ262123 OWM262123 PGI262123 PQE262123 QAA262123 QJW262123 QTS262123 RDO262123 RNK262123 RXG262123 SHC262123 SQY262123 TAU262123 TKQ262123 TUM262123 UEI262123 UOE262123 UYA262123 VHW262123 VRS262123 WBO262123 WLK262123 WVG262123 H327659 IU327659 SQ327659 ACM327659 AMI327659 AWE327659 BGA327659 BPW327659 BZS327659 CJO327659 CTK327659 DDG327659 DNC327659 DWY327659 EGU327659 EQQ327659 FAM327659 FKI327659 FUE327659 GEA327659 GNW327659 GXS327659 HHO327659 HRK327659 IBG327659 ILC327659 IUY327659 JEU327659 JOQ327659 JYM327659 KII327659 KSE327659 LCA327659 LLW327659 LVS327659 MFO327659 MPK327659 MZG327659 NJC327659 NSY327659 OCU327659 OMQ327659 OWM327659 PGI327659 PQE327659 QAA327659 QJW327659 QTS327659 RDO327659 RNK327659 RXG327659 SHC327659 SQY327659 TAU327659 TKQ327659 TUM327659 UEI327659 UOE327659 UYA327659 VHW327659 VRS327659 WBO327659 WLK327659 WVG327659 H393195 IU393195 SQ393195 ACM393195 AMI393195 AWE393195 BGA393195 BPW393195 BZS393195 CJO393195 CTK393195 DDG393195 DNC393195 DWY393195 EGU393195 EQQ393195 FAM393195 FKI393195 FUE393195 GEA393195 GNW393195 GXS393195 HHO393195 HRK393195 IBG393195 ILC393195 IUY393195 JEU393195 JOQ393195 JYM393195 KII393195 KSE393195 LCA393195 LLW393195 LVS393195 MFO393195 MPK393195 MZG393195 NJC393195 NSY393195 OCU393195 OMQ393195 OWM393195 PGI393195 PQE393195 QAA393195 QJW393195 QTS393195 RDO393195 RNK393195 RXG393195 SHC393195 SQY393195 TAU393195 TKQ393195 TUM393195 UEI393195 UOE393195 UYA393195 VHW393195 VRS393195 WBO393195 WLK393195 WVG393195 H458731 IU458731 SQ458731 ACM458731 AMI458731 AWE458731 BGA458731 BPW458731 BZS458731 CJO458731 CTK458731 DDG458731 DNC458731 DWY458731 EGU458731 EQQ458731 FAM458731 FKI458731 FUE458731 GEA458731 GNW458731 GXS458731 HHO458731 HRK458731 IBG458731 ILC458731 IUY458731 JEU458731 JOQ458731 JYM458731 KII458731 KSE458731 LCA458731 LLW458731 LVS458731 MFO458731 MPK458731 MZG458731 NJC458731 NSY458731 OCU458731 OMQ458731 OWM458731 PGI458731 PQE458731 QAA458731 QJW458731 QTS458731 RDO458731 RNK458731 RXG458731 SHC458731 SQY458731 TAU458731 TKQ458731 TUM458731 UEI458731 UOE458731 UYA458731 VHW458731 VRS458731 WBO458731 WLK458731 WVG458731 H524267 IU524267 SQ524267 ACM524267 AMI524267 AWE524267 BGA524267 BPW524267 BZS524267 CJO524267 CTK524267 DDG524267 DNC524267 DWY524267 EGU524267 EQQ524267 FAM524267 FKI524267 FUE524267 GEA524267 GNW524267 GXS524267 HHO524267 HRK524267 IBG524267 ILC524267 IUY524267 JEU524267 JOQ524267 JYM524267 KII524267 KSE524267 LCA524267 LLW524267 LVS524267 MFO524267 MPK524267 MZG524267 NJC524267 NSY524267 OCU524267 OMQ524267 OWM524267 PGI524267 PQE524267 QAA524267 QJW524267 QTS524267 RDO524267 RNK524267 RXG524267 SHC524267 SQY524267 TAU524267 TKQ524267 TUM524267 UEI524267 UOE524267 UYA524267 VHW524267 VRS524267 WBO524267 WLK524267 WVG524267 H589803 IU589803 SQ589803 ACM589803 AMI589803 AWE589803 BGA589803 BPW589803 BZS589803 CJO589803 CTK589803 DDG589803 DNC589803 DWY589803 EGU589803 EQQ589803 FAM589803 FKI589803 FUE589803 GEA589803 GNW589803 GXS589803 HHO589803 HRK589803 IBG589803 ILC589803 IUY589803 JEU589803 JOQ589803 JYM589803 KII589803 KSE589803 LCA589803 LLW589803 LVS589803 MFO589803 MPK589803 MZG589803 NJC589803 NSY589803 OCU589803 OMQ589803 OWM589803 PGI589803 PQE589803 QAA589803 QJW589803 QTS589803 RDO589803 RNK589803 RXG589803 SHC589803 SQY589803 TAU589803 TKQ589803 TUM589803 UEI589803 UOE589803 UYA589803 VHW589803 VRS589803 WBO589803 WLK589803 WVG589803 H655339 IU655339 SQ655339 ACM655339 AMI655339 AWE655339 BGA655339 BPW655339 BZS655339 CJO655339 CTK655339 DDG655339 DNC655339 DWY655339 EGU655339 EQQ655339 FAM655339 FKI655339 FUE655339 GEA655339 GNW655339 GXS655339 HHO655339 HRK655339 IBG655339 ILC655339 IUY655339 JEU655339 JOQ655339 JYM655339 KII655339 KSE655339 LCA655339 LLW655339 LVS655339 MFO655339 MPK655339 MZG655339 NJC655339 NSY655339 OCU655339 OMQ655339 OWM655339 PGI655339 PQE655339 QAA655339 QJW655339 QTS655339 RDO655339 RNK655339 RXG655339 SHC655339 SQY655339 TAU655339 TKQ655339 TUM655339 UEI655339 UOE655339 UYA655339 VHW655339 VRS655339 WBO655339 WLK655339 WVG655339 H720875 IU720875 SQ720875 ACM720875 AMI720875 AWE720875 BGA720875 BPW720875 BZS720875 CJO720875 CTK720875 DDG720875 DNC720875 DWY720875 EGU720875 EQQ720875 FAM720875 FKI720875 FUE720875 GEA720875 GNW720875 GXS720875 HHO720875 HRK720875 IBG720875 ILC720875 IUY720875 JEU720875 JOQ720875 JYM720875 KII720875 KSE720875 LCA720875 LLW720875 LVS720875 MFO720875 MPK720875 MZG720875 NJC720875 NSY720875 OCU720875 OMQ720875 OWM720875 PGI720875 PQE720875 QAA720875 QJW720875 QTS720875 RDO720875 RNK720875 RXG720875 SHC720875 SQY720875 TAU720875 TKQ720875 TUM720875 UEI720875 UOE720875 UYA720875 VHW720875 VRS720875 WBO720875 WLK720875 WVG720875 H786411 IU786411 SQ786411 ACM786411 AMI786411 AWE786411 BGA786411 BPW786411 BZS786411 CJO786411 CTK786411 DDG786411 DNC786411 DWY786411 EGU786411 EQQ786411 FAM786411 FKI786411 FUE786411 GEA786411 GNW786411 GXS786411 HHO786411 HRK786411 IBG786411 ILC786411 IUY786411 JEU786411 JOQ786411 JYM786411 KII786411 KSE786411 LCA786411 LLW786411 LVS786411 MFO786411 MPK786411 MZG786411 NJC786411 NSY786411 OCU786411 OMQ786411 OWM786411 PGI786411 PQE786411 QAA786411 QJW786411 QTS786411 RDO786411 RNK786411 RXG786411 SHC786411 SQY786411 TAU786411 TKQ786411 TUM786411 UEI786411 UOE786411 UYA786411 VHW786411 VRS786411 WBO786411 WLK786411 WVG786411 H851947 IU851947 SQ851947 ACM851947 AMI851947 AWE851947 BGA851947 BPW851947 BZS851947 CJO851947 CTK851947 DDG851947 DNC851947 DWY851947 EGU851947 EQQ851947 FAM851947 FKI851947 FUE851947 GEA851947 GNW851947 GXS851947 HHO851947 HRK851947 IBG851947 ILC851947 IUY851947 JEU851947 JOQ851947 JYM851947 KII851947 KSE851947 LCA851947 LLW851947 LVS851947 MFO851947 MPK851947 MZG851947 NJC851947 NSY851947 OCU851947 OMQ851947 OWM851947 PGI851947 PQE851947 QAA851947 QJW851947 QTS851947 RDO851947 RNK851947 RXG851947 SHC851947 SQY851947 TAU851947 TKQ851947 TUM851947 UEI851947 UOE851947 UYA851947 VHW851947 VRS851947 WBO851947 WLK851947 WVG851947 H917483 IU917483 SQ917483 ACM917483 AMI917483 AWE917483 BGA917483 BPW917483 BZS917483 CJO917483 CTK917483 DDG917483 DNC917483 DWY917483 EGU917483 EQQ917483 FAM917483 FKI917483 FUE917483 GEA917483 GNW917483 GXS917483 HHO917483 HRK917483 IBG917483 ILC917483 IUY917483 JEU917483 JOQ917483 JYM917483 KII917483 KSE917483 LCA917483 LLW917483 LVS917483 MFO917483 MPK917483 MZG917483 NJC917483 NSY917483 OCU917483 OMQ917483 OWM917483 PGI917483 PQE917483 QAA917483 QJW917483 QTS917483 RDO917483 RNK917483 RXG917483 SHC917483 SQY917483 TAU917483 TKQ917483 TUM917483 UEI917483 UOE917483 UYA917483 VHW917483 VRS917483 WBO917483 WLK917483 WVG917483 H983019 IU983019 SQ983019 ACM983019 AMI983019 AWE983019 BGA983019 BPW983019 BZS983019 CJO983019 CTK983019 DDG983019 DNC983019 DWY983019 EGU983019 EQQ983019 FAM983019 FKI983019 FUE983019 GEA983019 GNW983019 GXS983019 HHO983019 HRK983019 IBG983019 ILC983019 IUY983019 JEU983019 JOQ983019 JYM983019 KII983019 KSE983019 LCA983019 LLW983019 LVS983019 MFO983019 MPK983019 MZG983019 NJC983019 NSY983019 OCU983019 OMQ983019 OWM983019 PGI983019 PQE983019 QAA983019 QJW983019 QTS983019 RDO983019 RNK983019 RXG983019 SHC983019 SQY983019 TAU983019 TKQ983019 TUM983019 UEI983019 UOE983019 UYA983019 VHW983019 VRS983019 WBO983019 WLK983019" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>8</formula1>
       <formula2>8</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.51181102362204722" right="0.11811023622047245" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="91" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId5" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>704850</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
@@ -7492,2905 +7960,3583 @@
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>704850</xdr:colOff>
                     <xdr:row>35</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S78"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" topLeftCell="B1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" topLeftCell="B1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="8.140625" style="32" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="4.85546875" style="33" customWidth="1"/>
     <col min="3" max="3" width="5" style="33" customWidth="1"/>
     <col min="4" max="4" width="4.85546875" style="33" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="33" customWidth="1"/>
     <col min="6" max="6" width="30.7109375" style="33" customWidth="1"/>
     <col min="7" max="7" width="5.7109375" style="33" customWidth="1"/>
     <col min="8" max="8" width="7.5703125" style="33" customWidth="1"/>
     <col min="9" max="9" width="20.7109375" style="33" customWidth="1"/>
     <col min="10" max="18" width="11.42578125" style="33"/>
     <col min="19" max="19" width="11.42578125" style="33" hidden="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="33"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" ht="14.25" customHeight="1">
       <c r="A1" s="43"/>
       <c r="B1" s="59" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="60" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="61"/>
       <c r="E1" s="61"/>
       <c r="F1" s="61"/>
       <c r="G1" s="61"/>
       <c r="H1" s="61"/>
       <c r="I1" s="62" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:12" ht="14.25" customHeight="1">
       <c r="A2" s="43"/>
       <c r="B2" s="43">
         <v>1</v>
       </c>
       <c r="C2" s="41" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
-      <c r="I2" s="65"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I2" s="64"/>
+    </row>
+    <row r="3" spans="1:12" ht="14.25" customHeight="1">
       <c r="A3" s="35"/>
       <c r="B3" s="43">
         <v>1.1000000000000001</v>
       </c>
       <c r="C3" s="42" t="s">
         <v>44</v>
       </c>
       <c r="D3" s="45"/>
       <c r="E3" s="39"/>
       <c r="F3" s="39"/>
       <c r="G3" s="39"/>
       <c r="H3" s="39"/>
-      <c r="I3" s="66"/>
+      <c r="I3" s="65"/>
       <c r="L3" s="33">
         <f>K3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:12" ht="14.25" customHeight="1">
       <c r="A4" s="35"/>
       <c r="B4" s="43">
         <v>1.2</v>
       </c>
       <c r="C4" s="42" t="s">
         <v>45</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="39"/>
       <c r="F4" s="39"/>
       <c r="G4" s="39"/>
       <c r="H4" s="38"/>
-      <c r="I4" s="66"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I4" s="65"/>
+    </row>
+    <row r="5" spans="1:12" ht="14.25" customHeight="1">
       <c r="A5" s="35"/>
       <c r="B5" s="43">
         <v>1.3</v>
       </c>
       <c r="C5" s="35" t="s">
         <v>46</v>
       </c>
       <c r="D5" s="35"/>
       <c r="E5" s="35"/>
       <c r="F5" s="35"/>
       <c r="G5" s="35"/>
       <c r="H5" s="35"/>
-      <c r="I5" s="67"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I5" s="66"/>
+    </row>
+    <row r="6" spans="1:12" ht="14.25" customHeight="1">
       <c r="A6" s="35"/>
       <c r="B6" s="43"/>
       <c r="C6" s="46" t="s">
         <v>47</v>
       </c>
       <c r="D6" s="57" t="s">
         <v>48</v>
       </c>
       <c r="E6" s="57"/>
       <c r="F6" s="57"/>
       <c r="G6" s="57"/>
       <c r="H6" s="37"/>
-      <c r="I6" s="66"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I6" s="65"/>
+    </row>
+    <row r="7" spans="1:12" ht="14.25" customHeight="1">
       <c r="A7" s="35"/>
       <c r="B7" s="43"/>
       <c r="C7" s="47" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="39" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="38"/>
-      <c r="I7" s="66"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I7" s="65"/>
+    </row>
+    <row r="8" spans="1:12" ht="14.25" customHeight="1">
       <c r="A8" s="35"/>
       <c r="B8" s="43">
         <v>1.4</v>
       </c>
       <c r="C8" s="39" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="39"/>
       <c r="F8" s="39"/>
       <c r="G8" s="39"/>
       <c r="H8" s="38"/>
-      <c r="I8" s="66"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I8" s="65"/>
+    </row>
+    <row r="9" spans="1:12" ht="14.25" customHeight="1">
       <c r="A9" s="35"/>
       <c r="B9" s="43">
         <v>1.5</v>
       </c>
       <c r="C9" s="39" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="39"/>
       <c r="E9" s="39"/>
       <c r="F9" s="39"/>
       <c r="G9" s="39"/>
       <c r="H9" s="38"/>
-      <c r="I9" s="66"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I9" s="65"/>
+    </row>
+    <row r="10" spans="1:12" ht="14.25" customHeight="1">
       <c r="A10" s="35"/>
       <c r="B10" s="43">
         <v>1.6</v>
       </c>
       <c r="C10" s="39" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="39"/>
       <c r="E10" s="39"/>
       <c r="F10" s="39"/>
       <c r="G10" s="39"/>
       <c r="H10" s="38"/>
-      <c r="I10" s="66"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I10" s="65"/>
+    </row>
+    <row r="11" spans="1:12" ht="14.25" customHeight="1">
       <c r="A11" s="43"/>
       <c r="B11" s="43">
         <v>1.7</v>
       </c>
       <c r="C11" s="40" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D11" s="39"/>
       <c r="E11" s="39"/>
       <c r="F11" s="39"/>
       <c r="G11" s="39"/>
       <c r="H11" s="38"/>
-      <c r="I11" s="68">
+      <c r="I11" s="67">
         <f>SUM(I3:I10)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:12" ht="14.25" customHeight="1">
       <c r="A12" s="43"/>
       <c r="B12" s="43">
         <v>2</v>
       </c>
       <c r="C12" s="34" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="43"/>
       <c r="E12" s="43"/>
       <c r="F12" s="43"/>
       <c r="G12" s="43"/>
       <c r="H12" s="43"/>
-      <c r="I12" s="69"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I12" s="68"/>
+    </row>
+    <row r="13" spans="1:12" ht="14.25" customHeight="1">
       <c r="A13" s="43"/>
       <c r="B13" s="43">
         <v>2.1</v>
       </c>
       <c r="C13" s="35" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D13" s="35"/>
       <c r="E13" s="35"/>
       <c r="F13" s="35"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
-      <c r="I13" s="67"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I13" s="66"/>
+    </row>
+    <row r="14" spans="1:12" ht="14.25" customHeight="1">
       <c r="A14" s="43"/>
       <c r="B14" s="43"/>
       <c r="C14" s="51" t="s">
         <v>53</v>
       </c>
       <c r="D14" s="57" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="E14" s="57"/>
       <c r="F14" s="57"/>
       <c r="G14" s="57"/>
       <c r="H14" s="37"/>
-      <c r="I14" s="66"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I14" s="65"/>
+    </row>
+    <row r="15" spans="1:12" ht="14.25" customHeight="1">
       <c r="A15" s="43"/>
       <c r="B15" s="43"/>
       <c r="C15" s="52" t="s">
         <v>54</v>
       </c>
       <c r="D15" s="39" t="s">
         <v>55</v>
       </c>
       <c r="E15" s="39"/>
       <c r="F15" s="39"/>
       <c r="G15" s="39"/>
       <c r="H15" s="38"/>
-      <c r="I15" s="66"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I15" s="65"/>
+    </row>
+    <row r="16" spans="1:12" ht="14.25" customHeight="1">
       <c r="A16" s="35"/>
       <c r="B16" s="43">
         <v>2.2000000000000002</v>
       </c>
       <c r="C16" s="39" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="39"/>
       <c r="E16" s="39"/>
       <c r="F16" s="39"/>
       <c r="G16" s="39"/>
       <c r="H16" s="38"/>
-      <c r="I16" s="66"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I16" s="65"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.25" customHeight="1">
       <c r="A17" s="35"/>
       <c r="B17" s="43">
         <v>2.2999999999999998</v>
       </c>
       <c r="C17" s="39" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="39"/>
       <c r="E17" s="39"/>
       <c r="F17" s="39"/>
       <c r="G17" s="39"/>
       <c r="H17" s="38"/>
-      <c r="I17" s="66"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I17" s="65"/>
+    </row>
+    <row r="18" spans="1:9" ht="14.25" customHeight="1">
       <c r="A18" s="43"/>
       <c r="B18" s="43">
         <v>2.4</v>
       </c>
       <c r="C18" s="39" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="39"/>
       <c r="E18" s="39"/>
       <c r="F18" s="39"/>
       <c r="G18" s="39"/>
       <c r="H18" s="38"/>
-      <c r="I18" s="66"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I18" s="65"/>
+    </row>
+    <row r="19" spans="1:9" ht="14.25" customHeight="1">
       <c r="A19" s="35"/>
       <c r="B19" s="43">
         <v>2.5</v>
       </c>
       <c r="C19" s="39" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="39"/>
       <c r="E19" s="39"/>
       <c r="F19" s="39"/>
       <c r="G19" s="39"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="66"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I19" s="65"/>
+    </row>
+    <row r="20" spans="1:9" ht="14.25" customHeight="1">
       <c r="A20" s="35"/>
       <c r="B20" s="43">
         <v>2.6</v>
       </c>
       <c r="C20" s="39" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="39"/>
       <c r="E20" s="39"/>
       <c r="F20" s="39"/>
       <c r="G20" s="39"/>
       <c r="H20" s="38"/>
-      <c r="I20" s="66"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I20" s="65"/>
+    </row>
+    <row r="21" spans="1:9" ht="14.25" customHeight="1">
       <c r="A21" s="35"/>
       <c r="B21" s="43">
         <v>2.7</v>
       </c>
       <c r="C21" s="39" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="39"/>
       <c r="E21" s="39"/>
       <c r="F21" s="39"/>
       <c r="G21" s="39"/>
       <c r="H21" s="38"/>
-      <c r="I21" s="66"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I21" s="65"/>
+    </row>
+    <row r="22" spans="1:9" ht="14.25" customHeight="1">
       <c r="A22" s="35"/>
       <c r="B22" s="43">
         <v>2.8</v>
       </c>
       <c r="C22" s="39" t="s">
         <v>23</v>
       </c>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="38"/>
-      <c r="I22" s="66"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I22" s="65"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.25" customHeight="1">
       <c r="A23" s="35"/>
       <c r="B23" s="43">
         <v>2.9</v>
       </c>
       <c r="C23" s="39" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="39"/>
       <c r="E23" s="39"/>
       <c r="F23" s="39"/>
       <c r="G23" s="39"/>
       <c r="H23" s="38"/>
-      <c r="I23" s="66"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I23" s="65"/>
+    </row>
+    <row r="24" spans="1:9" ht="14.25" customHeight="1">
       <c r="A24" s="43"/>
       <c r="B24" s="48" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="40" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D24" s="39"/>
       <c r="E24" s="39"/>
       <c r="F24" s="39"/>
       <c r="G24" s="39"/>
       <c r="H24" s="38"/>
-      <c r="I24" s="68">
+      <c r="I24" s="67">
         <f>SUM(I14:I23)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:9" ht="14.25" customHeight="1">
       <c r="A25" s="43"/>
       <c r="B25" s="43">
         <v>3</v>
       </c>
       <c r="C25" s="34" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="43"/>
       <c r="E25" s="43"/>
       <c r="F25" s="43"/>
       <c r="G25" s="43"/>
       <c r="H25" s="43"/>
-      <c r="I25" s="69"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I25" s="68"/>
+    </row>
+    <row r="26" spans="1:9" ht="14.25" customHeight="1">
       <c r="A26" s="35"/>
       <c r="B26" s="43">
         <v>3.1</v>
       </c>
       <c r="C26" s="35" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="35"/>
-      <c r="I26" s="67"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I26" s="66"/>
+    </row>
+    <row r="27" spans="1:9" ht="14.25" customHeight="1">
       <c r="A27" s="35"/>
       <c r="B27" s="43"/>
       <c r="C27" s="44" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="295"/>
       <c r="E27" s="295"/>
       <c r="F27" s="295"/>
       <c r="G27" s="295"/>
       <c r="H27" s="296"/>
-      <c r="I27" s="66"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I27" s="65"/>
+    </row>
+    <row r="28" spans="1:9" ht="14.25" customHeight="1">
       <c r="A28" s="43"/>
       <c r="B28" s="43"/>
       <c r="C28" s="52" t="s">
         <v>26</v>
       </c>
-      <c r="D28" s="285"/>
-[...6 lines deleted...]
-    <row r="29" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D28" s="297"/>
+      <c r="E28" s="297"/>
+      <c r="F28" s="297"/>
+      <c r="G28" s="297"/>
+      <c r="H28" s="298"/>
+      <c r="I28" s="65"/>
+    </row>
+    <row r="29" spans="1:9" ht="14.25" customHeight="1">
       <c r="A29" s="35"/>
       <c r="B29" s="43"/>
       <c r="C29" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D29" s="285"/>
-[...6 lines deleted...]
-    <row r="30" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D29" s="297"/>
+      <c r="E29" s="297"/>
+      <c r="F29" s="297"/>
+      <c r="G29" s="297"/>
+      <c r="H29" s="298"/>
+      <c r="I29" s="65"/>
+    </row>
+    <row r="30" spans="1:9" ht="14.25" customHeight="1">
       <c r="A30" s="43"/>
       <c r="B30" s="43"/>
       <c r="C30" s="52" t="s">
         <v>28</v>
       </c>
       <c r="D30" s="40" t="s">
         <v>29</v>
       </c>
       <c r="E30" s="40"/>
       <c r="F30" s="40"/>
       <c r="G30" s="40"/>
       <c r="H30" s="40"/>
-      <c r="I30" s="68">
+      <c r="I30" s="67">
         <f>SUM(I27:I29)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:9" ht="14.25" customHeight="1">
       <c r="A31" s="43"/>
       <c r="B31" s="43">
         <v>3.2</v>
       </c>
       <c r="C31" s="40" t="s">
         <v>41</v>
       </c>
       <c r="D31" s="39"/>
       <c r="E31" s="39"/>
       <c r="F31" s="39"/>
       <c r="G31" s="39"/>
       <c r="H31" s="39"/>
-      <c r="I31" s="66"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I31" s="65"/>
+    </row>
+    <row r="32" spans="1:9" ht="28.5" customHeight="1">
       <c r="A32" s="43"/>
       <c r="B32" s="43">
         <v>3.3</v>
       </c>
-      <c r="C32" s="297" t="s">
-[...7 lines deleted...]
-      <c r="I32" s="68">
+      <c r="C32" s="299" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" s="299"/>
+      <c r="E32" s="301"/>
+      <c r="F32" s="301"/>
+      <c r="G32" s="301"/>
+      <c r="H32" s="300"/>
+      <c r="I32" s="67">
         <f>MAX(+I30-I31,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:9" ht="14.25" customHeight="1">
       <c r="A33" s="43"/>
       <c r="B33" s="43">
         <v>4</v>
       </c>
-      <c r="C33" s="297" t="s">
-[...7 lines deleted...]
-      <c r="I33" s="68">
+      <c r="C33" s="299" t="s">
+        <v>82</v>
+      </c>
+      <c r="D33" s="299"/>
+      <c r="E33" s="299"/>
+      <c r="F33" s="299"/>
+      <c r="G33" s="299"/>
+      <c r="H33" s="300"/>
+      <c r="I33" s="67">
         <f>I11-I24-I32</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:9" ht="14.25" customHeight="1">
       <c r="A34" s="43"/>
       <c r="B34" s="43">
         <v>5</v>
       </c>
       <c r="C34" s="55" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D34" s="56"/>
       <c r="E34" s="56"/>
       <c r="F34" s="56"/>
       <c r="G34" s="56"/>
       <c r="H34" s="56"/>
-      <c r="I34" s="70"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I34" s="69"/>
+    </row>
+    <row r="35" spans="1:9" ht="14.25" customHeight="1">
       <c r="A35" s="43"/>
       <c r="B35" s="43">
         <v>5.0999999999999996</v>
       </c>
-      <c r="C35" s="288"/>
-[...7 lines deleted...]
-    <row r="36" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="303"/>
+      <c r="D35" s="304"/>
+      <c r="E35" s="304"/>
+      <c r="F35" s="304"/>
+      <c r="G35" s="304"/>
+      <c r="H35" s="305"/>
+      <c r="I35" s="65"/>
+    </row>
+    <row r="36" spans="1:9" ht="14.25" customHeight="1">
       <c r="A36" s="43"/>
       <c r="B36" s="43">
         <v>5.2</v>
       </c>
-      <c r="C36" s="291"/>
-[...7 lines deleted...]
-    <row r="37" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C36" s="306"/>
+      <c r="D36" s="307"/>
+      <c r="E36" s="307"/>
+      <c r="F36" s="307"/>
+      <c r="G36" s="307"/>
+      <c r="H36" s="308"/>
+      <c r="I36" s="65"/>
+    </row>
+    <row r="37" spans="1:9" ht="14.25" customHeight="1">
       <c r="A37" s="43"/>
       <c r="B37" s="43">
         <v>5.3</v>
       </c>
-      <c r="C37" s="291"/>
-[...7 lines deleted...]
-    <row r="38" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="306"/>
+      <c r="D37" s="307"/>
+      <c r="E37" s="307"/>
+      <c r="F37" s="307"/>
+      <c r="G37" s="307"/>
+      <c r="H37" s="308"/>
+      <c r="I37" s="65"/>
+    </row>
+    <row r="38" spans="1:9" ht="14.25" customHeight="1">
       <c r="A38" s="43"/>
       <c r="B38" s="43">
         <v>6</v>
       </c>
       <c r="C38" s="40" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D38" s="52"/>
       <c r="E38" s="52"/>
       <c r="F38" s="52"/>
       <c r="G38" s="52"/>
       <c r="H38" s="52"/>
-      <c r="I38" s="68">
+      <c r="I38" s="67">
         <f>SUM(I33:I37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:9" ht="14.25" customHeight="1">
       <c r="A39" s="43"/>
       <c r="B39" s="43">
         <v>7</v>
       </c>
       <c r="C39" s="39" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D39" s="52"/>
       <c r="E39" s="52"/>
       <c r="F39" s="52"/>
       <c r="G39" s="52"/>
       <c r="H39" s="52"/>
-      <c r="I39" s="71"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I39" s="70"/>
+    </row>
+    <row r="40" spans="1:9" ht="14.25" customHeight="1">
       <c r="A40" s="43"/>
       <c r="B40" s="43">
         <v>8</v>
       </c>
       <c r="C40" s="40" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="D40" s="52"/>
       <c r="E40" s="52"/>
       <c r="F40" s="52"/>
       <c r="G40" s="52"/>
       <c r="H40" s="52"/>
-      <c r="I40" s="68">
+      <c r="I40" s="67">
         <f>I38+I39</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:9" ht="14.25" customHeight="1">
       <c r="A41" s="43"/>
       <c r="B41" s="43">
         <v>10</v>
       </c>
       <c r="C41" s="54" t="s">
         <v>3</v>
       </c>
       <c r="D41" s="52"/>
       <c r="E41" s="52"/>
       <c r="F41" s="52"/>
       <c r="G41" s="52"/>
       <c r="H41" s="52"/>
-      <c r="I41" s="72"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I41" s="71"/>
+    </row>
+    <row r="42" spans="1:9" ht="14.25" customHeight="1">
       <c r="A42" s="43"/>
       <c r="B42" s="43">
         <v>12</v>
       </c>
       <c r="C42" s="54" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D42" s="52"/>
       <c r="E42" s="44"/>
       <c r="F42" s="44"/>
-      <c r="G42" s="160"/>
-[...5 lines deleted...]
-    <row r="43" spans="1:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G42" s="158"/>
+      <c r="H42" s="159" t="s">
+        <v>123</v>
+      </c>
+      <c r="I42" s="72"/>
+    </row>
+    <row r="43" spans="1:9" ht="14.25" hidden="1" customHeight="1">
       <c r="A43" s="43"/>
       <c r="B43" s="49"/>
       <c r="C43" s="43"/>
       <c r="D43" s="43"/>
       <c r="E43" s="43"/>
       <c r="F43" s="43"/>
       <c r="G43" s="43"/>
       <c r="H43" s="43"/>
-      <c r="I43" s="69"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I43" s="68"/>
+    </row>
+    <row r="44" spans="1:9" ht="9.9499999999999993" customHeight="1">
       <c r="A44" s="43"/>
       <c r="B44" s="49"/>
       <c r="C44" s="43"/>
       <c r="D44" s="43"/>
       <c r="E44" s="43"/>
       <c r="F44" s="43"/>
       <c r="G44" s="43"/>
       <c r="H44" s="43"/>
-      <c r="I44" s="69"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:9" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I44" s="68"/>
+    </row>
+    <row r="45" spans="1:9" ht="14.25" hidden="1" customHeight="1">
       <c r="A45" s="43"/>
-      <c r="B45" s="148" t="s">
+      <c r="B45" s="146" t="s">
         <v>0</v>
       </c>
-      <c r="C45" s="148" t="s">
-[...9 lines deleted...]
-    <row r="46" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C45" s="146" t="s">
+        <v>113</v>
+      </c>
+      <c r="D45" s="146"/>
+      <c r="E45" s="146"/>
+      <c r="F45" s="146"/>
+      <c r="G45" s="146"/>
+      <c r="H45" s="146"/>
+      <c r="I45" s="146"/>
+    </row>
+    <row r="46" spans="1:9" ht="14.25" customHeight="1">
       <c r="A46" s="43"/>
-      <c r="B46" s="159" t="s">
+      <c r="B46" s="157" t="s">
         <v>0</v>
       </c>
-      <c r="C46" s="159" t="s">
-[...9 lines deleted...]
-    <row r="47" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C46" s="157" t="s">
+        <v>113</v>
+      </c>
+      <c r="D46" s="157"/>
+      <c r="E46" s="157"/>
+      <c r="F46" s="157"/>
+      <c r="G46" s="157"/>
+      <c r="H46" s="157"/>
+      <c r="I46" s="157"/>
+    </row>
+    <row r="47" spans="1:9" ht="14.25" customHeight="1">
       <c r="A47" s="43"/>
-      <c r="B47" s="149">
+      <c r="B47" s="147">
         <v>13.1</v>
       </c>
-      <c r="C47" s="150" t="s">
-[...7 lines deleted...]
-      <c r="I47" s="153">
+      <c r="C47" s="148" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" s="149"/>
+      <c r="E47" s="149"/>
+      <c r="F47" s="149"/>
+      <c r="G47" s="149"/>
+      <c r="H47" s="150"/>
+      <c r="I47" s="151">
         <f>I38</f>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:9" ht="15" customHeight="1">
       <c r="A48" s="35"/>
-      <c r="B48" s="149">
+      <c r="B48" s="147">
         <v>13.2</v>
       </c>
-      <c r="C48" s="154" t="s">
-[...9 lines deleted...]
-    <row r="49" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C48" s="152" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" s="153"/>
+      <c r="E48" s="153"/>
+      <c r="F48" s="153"/>
+      <c r="G48" s="153"/>
+      <c r="H48" s="154"/>
+      <c r="I48" s="155"/>
+    </row>
+    <row r="49" spans="1:9" ht="14.25" customHeight="1">
       <c r="A49" s="43"/>
-      <c r="B49" s="149">
+      <c r="B49" s="147">
         <v>13.3</v>
       </c>
-      <c r="C49" s="154" t="s">
-[...9 lines deleted...]
-    <row r="50" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C49" s="152" t="s">
+        <v>73</v>
+      </c>
+      <c r="D49" s="153"/>
+      <c r="E49" s="309"/>
+      <c r="F49" s="307"/>
+      <c r="G49" s="307"/>
+      <c r="H49" s="308"/>
+      <c r="I49" s="155"/>
+    </row>
+    <row r="50" spans="1:9" ht="14.25" customHeight="1">
       <c r="A50" s="35"/>
-      <c r="B50" s="149">
+      <c r="B50" s="147">
         <v>13.4</v>
       </c>
-      <c r="C50" s="154" t="s">
-[...9 lines deleted...]
-    <row r="51" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C50" s="152" t="s">
+        <v>115</v>
+      </c>
+      <c r="D50" s="153"/>
+      <c r="E50" s="153"/>
+      <c r="F50" s="153"/>
+      <c r="G50" s="153"/>
+      <c r="H50" s="154"/>
+      <c r="I50" s="155"/>
+    </row>
+    <row r="51" spans="1:9" ht="14.25" customHeight="1">
       <c r="A51" s="35"/>
-      <c r="B51" s="149">
+      <c r="B51" s="147">
         <v>13.5</v>
       </c>
-      <c r="C51" s="155" t="s">
-[...7 lines deleted...]
-      <c r="I51" s="158">
+      <c r="C51" s="153" t="s">
+        <v>116</v>
+      </c>
+      <c r="D51" s="153"/>
+      <c r="E51" s="153"/>
+      <c r="F51" s="153"/>
+      <c r="G51" s="153"/>
+      <c r="H51" s="154"/>
+      <c r="I51" s="156">
         <f>SUM(I47:I50)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:9" ht="14.25" customHeight="1">
       <c r="A52" s="35"/>
-      <c r="B52" s="149">
+      <c r="B52" s="147">
         <v>13.6</v>
       </c>
-      <c r="C52" s="155" t="s">
-[...9 lines deleted...]
-    <row r="53" spans="1:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C52" s="153" t="s">
+        <v>117</v>
+      </c>
+      <c r="D52" s="153"/>
+      <c r="E52" s="153"/>
+      <c r="F52" s="153"/>
+      <c r="G52" s="153"/>
+      <c r="H52" s="154"/>
+      <c r="I52" s="72"/>
+    </row>
+    <row r="53" spans="1:9" ht="9.9499999999999993" customHeight="1">
       <c r="A53" s="35"/>
       <c r="B53" s="43"/>
-      <c r="C53" s="147"/>
-[...3 lines deleted...]
-      <c r="G53" s="147"/>
+      <c r="C53" s="145"/>
+      <c r="D53" s="145"/>
+      <c r="E53" s="145"/>
+      <c r="F53" s="145"/>
+      <c r="G53" s="145"/>
       <c r="H53" s="35"/>
       <c r="I53" s="35"/>
     </row>
-    <row r="54" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:9" ht="14.25" customHeight="1">
       <c r="A54" s="35"/>
-      <c r="B54" s="159" t="s">
-        <v>123</v>
+      <c r="B54" s="157" t="s">
+        <v>118</v>
       </c>
       <c r="C54" s="60" t="s">
         <v>61</v>
       </c>
       <c r="D54" s="59"/>
       <c r="E54" s="59"/>
       <c r="F54" s="59"/>
       <c r="G54" s="59"/>
       <c r="H54" s="59"/>
-      <c r="I54" s="74"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I54" s="73"/>
+    </row>
+    <row r="55" spans="1:9" ht="14.25" customHeight="1">
       <c r="A55" s="35"/>
       <c r="B55" s="43">
         <v>14</v>
       </c>
       <c r="C55" s="34" t="s">
         <v>31</v>
       </c>
       <c r="D55" s="43"/>
       <c r="E55" s="43"/>
       <c r="F55" s="43"/>
       <c r="G55" s="43"/>
       <c r="H55" s="43"/>
-      <c r="I55" s="75"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I55" s="74"/>
+    </row>
+    <row r="56" spans="1:9" ht="14.25" customHeight="1">
       <c r="A56" s="35"/>
       <c r="B56" s="50">
         <v>14.1</v>
       </c>
       <c r="C56" s="57" t="s">
         <v>62</v>
       </c>
       <c r="D56" s="57"/>
       <c r="E56" s="57"/>
       <c r="F56" s="57"/>
       <c r="G56" s="57"/>
       <c r="H56" s="37"/>
-      <c r="I56" s="66"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I56" s="65"/>
+    </row>
+    <row r="57" spans="1:9" ht="14.25" customHeight="1">
       <c r="A57" s="35"/>
       <c r="B57" s="50">
         <v>14.2</v>
       </c>
       <c r="C57" s="39" t="s">
         <v>63</v>
       </c>
       <c r="D57" s="39"/>
       <c r="E57" s="39"/>
       <c r="F57" s="39"/>
       <c r="G57" s="39"/>
       <c r="H57" s="38"/>
-      <c r="I57" s="66"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I57" s="65"/>
+    </row>
+    <row r="58" spans="1:9" ht="14.25" customHeight="1">
       <c r="A58" s="35"/>
       <c r="B58" s="50">
         <v>14.3</v>
       </c>
       <c r="C58" s="39" t="s">
         <v>64</v>
       </c>
       <c r="D58" s="39"/>
       <c r="E58" s="39"/>
       <c r="F58" s="39"/>
       <c r="G58" s="39"/>
       <c r="H58" s="38"/>
-      <c r="I58" s="66"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I58" s="65"/>
+    </row>
+    <row r="59" spans="1:9" ht="14.25" customHeight="1">
       <c r="A59" s="35"/>
       <c r="B59" s="50">
         <v>14.4</v>
       </c>
       <c r="C59" s="39" t="s">
         <v>65</v>
       </c>
       <c r="D59" s="39"/>
       <c r="E59" s="39"/>
       <c r="F59" s="39"/>
       <c r="G59" s="39"/>
       <c r="H59" s="38"/>
-      <c r="I59" s="66"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I59" s="65"/>
+    </row>
+    <row r="60" spans="1:9" ht="14.25" customHeight="1">
       <c r="A60" s="35"/>
       <c r="B60" s="50">
         <v>14.5</v>
       </c>
       <c r="C60" s="39" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="39"/>
       <c r="E60" s="39"/>
       <c r="F60" s="39"/>
       <c r="G60" s="39"/>
       <c r="H60" s="38"/>
-      <c r="I60" s="66"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I60" s="65"/>
+    </row>
+    <row r="61" spans="1:9" ht="14.25" customHeight="1">
       <c r="A61" s="35"/>
       <c r="B61" s="50">
         <v>14.6</v>
       </c>
       <c r="C61" s="39" t="s">
         <v>35</v>
       </c>
       <c r="D61" s="39"/>
       <c r="E61" s="39"/>
       <c r="F61" s="39"/>
       <c r="G61" s="39"/>
       <c r="H61" s="38"/>
-      <c r="I61" s="66"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I61" s="65"/>
+    </row>
+    <row r="62" spans="1:9" ht="14.25" customHeight="1">
       <c r="A62" s="35"/>
       <c r="B62" s="50">
         <v>14.7</v>
       </c>
       <c r="C62" s="53" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D62" s="53"/>
-      <c r="E62" s="285"/>
-[...5 lines deleted...]
-    <row r="63" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E62" s="297"/>
+      <c r="F62" s="302"/>
+      <c r="G62" s="302"/>
+      <c r="H62" s="298"/>
+      <c r="I62" s="65"/>
+    </row>
+    <row r="63" spans="1:9" ht="14.25" customHeight="1">
       <c r="A63" s="35"/>
       <c r="B63" s="50">
         <v>14.8</v>
       </c>
       <c r="C63" s="40" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D63" s="39"/>
       <c r="E63" s="39"/>
       <c r="F63" s="39"/>
       <c r="G63" s="39"/>
       <c r="H63" s="38"/>
-      <c r="I63" s="68">
+      <c r="I63" s="67">
         <f>SUM(I56:I62)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:9" ht="14.25" customHeight="1">
       <c r="A64" s="35"/>
       <c r="B64" s="43">
         <v>15</v>
       </c>
       <c r="C64" s="40" t="s">
         <v>33</v>
       </c>
       <c r="D64" s="39"/>
       <c r="E64" s="39"/>
       <c r="F64" s="39"/>
       <c r="G64" s="39"/>
       <c r="H64" s="39"/>
-      <c r="I64" s="182"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I64" s="180"/>
+    </row>
+    <row r="65" spans="1:9" ht="12.75" hidden="1" customHeight="1">
       <c r="A65" s="43"/>
       <c r="B65" s="43"/>
       <c r="C65" s="34"/>
     </row>
-    <row r="66" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:9" ht="12.75" hidden="1" customHeight="1">
       <c r="A66" s="35"/>
       <c r="B66" s="43">
         <v>15</v>
       </c>
       <c r="C66" s="55" t="s">
         <v>33</v>
       </c>
       <c r="D66" s="56"/>
       <c r="E66" s="56"/>
       <c r="F66" s="56"/>
       <c r="G66" s="56"/>
       <c r="H66" s="56"/>
-      <c r="I66" s="76"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I66" s="75"/>
+    </row>
+    <row r="67" spans="1:9" ht="12.75" hidden="1" customHeight="1">
       <c r="A67" s="35"/>
       <c r="B67" s="43">
         <v>15.1</v>
       </c>
       <c r="C67" s="57" t="s">
         <v>34</v>
       </c>
       <c r="D67" s="57"/>
       <c r="E67" s="57"/>
       <c r="F67" s="57"/>
       <c r="G67" s="57"/>
       <c r="H67" s="37"/>
-      <c r="I67" s="66"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I67" s="65"/>
+    </row>
+    <row r="68" spans="1:9" ht="14.25" customHeight="1">
       <c r="A68" s="35"/>
       <c r="B68" s="43">
         <v>15.1</v>
       </c>
       <c r="C68" s="39" t="s">
         <v>34</v>
       </c>
       <c r="D68" s="39"/>
       <c r="E68" s="39"/>
       <c r="F68" s="39"/>
       <c r="G68" s="39"/>
       <c r="H68" s="38"/>
-      <c r="I68" s="66"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I68" s="65"/>
+    </row>
+    <row r="69" spans="1:9" ht="13.5" customHeight="1">
       <c r="A69" s="35"/>
       <c r="B69" s="43">
         <v>15.2</v>
       </c>
       <c r="C69" s="39" t="s">
         <v>66</v>
       </c>
       <c r="D69" s="39"/>
       <c r="E69" s="39"/>
       <c r="F69" s="39"/>
       <c r="G69" s="39"/>
       <c r="H69" s="38"/>
-      <c r="I69" s="66"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I69" s="65"/>
+    </row>
+    <row r="70" spans="1:9" ht="14.25" customHeight="1">
       <c r="A70" s="35"/>
       <c r="B70" s="43">
         <v>15.3</v>
       </c>
       <c r="C70" s="39" t="s">
         <v>36</v>
       </c>
       <c r="D70" s="39"/>
       <c r="E70" s="39"/>
       <c r="F70" s="39"/>
       <c r="G70" s="39"/>
       <c r="H70" s="38"/>
-      <c r="I70" s="66"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I70" s="65"/>
+    </row>
+    <row r="71" spans="1:9" ht="14.25" customHeight="1">
       <c r="A71" s="43"/>
       <c r="B71" s="43">
         <v>15.4</v>
       </c>
       <c r="C71" s="53" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D71" s="53"/>
-      <c r="E71" s="285"/>
-[...5 lines deleted...]
-    <row r="72" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E71" s="297"/>
+      <c r="F71" s="302"/>
+      <c r="G71" s="302"/>
+      <c r="H71" s="298"/>
+      <c r="I71" s="65"/>
+    </row>
+    <row r="72" spans="1:9" ht="14.25" customHeight="1">
       <c r="A72" s="43"/>
       <c r="B72" s="43">
         <v>15.5</v>
       </c>
       <c r="C72" s="40" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D72" s="39"/>
       <c r="E72" s="39"/>
       <c r="F72" s="39"/>
       <c r="G72" s="39"/>
       <c r="H72" s="38"/>
-      <c r="I72" s="68">
+      <c r="I72" s="67">
         <f>SUM(I67:I71)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:9" ht="14.25" customHeight="1">
       <c r="B73" s="43">
         <v>16</v>
       </c>
       <c r="C73" s="40" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D73" s="52"/>
       <c r="E73" s="52"/>
       <c r="F73" s="52"/>
       <c r="G73" s="52"/>
       <c r="H73" s="58"/>
-      <c r="I73" s="91">
+      <c r="I73" s="90">
         <f>I63-I72</f>
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:9" hidden="1">
       <c r="B74" s="43">
         <v>18</v>
       </c>
       <c r="C74" s="40" t="s">
         <v>67</v>
       </c>
       <c r="D74" s="52"/>
       <c r="E74" s="52"/>
       <c r="F74" s="52"/>
       <c r="G74" s="52"/>
       <c r="H74" s="58"/>
-      <c r="I74" s="77"/>
-[...1 lines deleted...]
-    <row r="75" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I74" s="76"/>
+    </row>
+    <row r="75" spans="1:9" ht="14.25" customHeight="1">
       <c r="B75" s="43">
         <v>20</v>
       </c>
       <c r="C75" s="40" t="s">
         <v>1</v>
       </c>
       <c r="D75" s="52"/>
       <c r="E75" s="52"/>
       <c r="F75" s="52"/>
       <c r="G75" s="52"/>
       <c r="H75" s="58"/>
-      <c r="I75" s="92"/>
-[...1 lines deleted...]
-    <row r="76" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I75" s="91"/>
+    </row>
+    <row r="76" spans="1:9" ht="14.25" customHeight="1">
       <c r="B76" s="43">
         <v>22</v>
       </c>
       <c r="C76" s="40" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D76" s="52"/>
       <c r="E76" s="44"/>
       <c r="F76" s="44"/>
-      <c r="G76" s="160"/>
-[...5 lines deleted...]
-    <row r="77" spans="1:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G76" s="158"/>
+      <c r="H76" s="159" t="s">
+        <v>123</v>
+      </c>
+      <c r="I76" s="72"/>
+    </row>
+    <row r="77" spans="1:9" ht="9.9499999999999993" customHeight="1">
       <c r="B77" s="35"/>
       <c r="C77" s="35"/>
       <c r="D77" s="35"/>
       <c r="E77" s="35"/>
       <c r="F77" s="35"/>
       <c r="G77" s="35"/>
       <c r="H77" s="35"/>
       <c r="I77" s="35"/>
     </row>
-    <row r="78" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:9">
       <c r="B78" s="63" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C78" s="35"/>
       <c r="D78" s="35"/>
       <c r="E78" s="35"/>
       <c r="F78" s="35"/>
       <c r="G78" s="35"/>
       <c r="H78" s="35"/>
-      <c r="I78" s="64" t="s">
-        <v>72</v>
+      <c r="I78" s="260" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="APJLez5648lvB+v3U0rZVIjkAfkqsEDVhXZ1XgsQOidnxw93iX9Gm/LrkEfh+y1qMSa9LUDKgzqKl3Urp9QkFA==" saltValue="y/xFy6TNoMot6rm/4N4EVQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="m0NfDIUN2DymUhhUeMja/uNFE55yz620QJ/a9GSAxuQdZzZHlgMyttuSClKneHhPYHF7WQ70MDvF0GhcUGUmYQ==" saltValue="eD1kpnj1r+lAx68pau44ZQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
-    <mergeCell ref="D27:H27"/>
-[...3 lines deleted...]
-    <mergeCell ref="C32:H32"/>
     <mergeCell ref="E71:H71"/>
     <mergeCell ref="C35:H35"/>
     <mergeCell ref="C36:H36"/>
     <mergeCell ref="C37:H37"/>
     <mergeCell ref="E49:H49"/>
     <mergeCell ref="E62:H62"/>
+    <mergeCell ref="D27:H27"/>
+    <mergeCell ref="D28:H28"/>
+    <mergeCell ref="D29:H29"/>
+    <mergeCell ref="C33:H33"/>
+    <mergeCell ref="C32:H32"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.39370078740157483" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C68B4E6E-5B7E-4939-8425-E4A3D37A7FBB}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O55"/>
+  <dimension ref="A1:F53"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="B2" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11:D11"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A12" sqref="A12"/>
+      <extLst>
+        <ext xmlns:xlsdti="http://schemas.microsoft.com/office/spreadsheetml/2023/showDataTypeIcons" uri="{77bfe23e-c014-4d31-8a63-9c772dbf06b6}">
+          <xlsdti:showDataTypeIcons visible="0"/>
+        </ext>
+      </extLst>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="126" hidden="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="11.42578125" style="126"/>
+    <col min="1" max="1" width="13.7109375" style="261" customWidth="1"/>
+    <col min="2" max="2" width="40.7109375" style="261" customWidth="1"/>
+    <col min="3" max="4" width="15.7109375" style="261" customWidth="1"/>
+    <col min="5" max="6" width="13.7109375" style="261" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="261"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="94.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="B4" s="300" t="s">
+    <row r="1" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A1" s="59" t="s">
+        <v>196</v>
+      </c>
+      <c r="B1" s="59"/>
+      <c r="C1" s="59"/>
+      <c r="D1" s="59"/>
+      <c r="E1" s="59"/>
+      <c r="F1" s="59"/>
+    </row>
+    <row r="2" spans="1:6" ht="7.5" customHeight="1">
+      <c r="A2" s="262"/>
+      <c r="B2" s="262"/>
+      <c r="C2" s="262"/>
+      <c r="D2" s="262"/>
+      <c r="E2" s="262"/>
+      <c r="F2" s="262"/>
+    </row>
+    <row r="3" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A3" s="262" t="s">
+        <v>183</v>
+      </c>
+      <c r="B3" s="262"/>
+      <c r="C3" s="262"/>
+      <c r="D3" s="262"/>
+      <c r="E3" s="262"/>
+      <c r="F3" s="262"/>
+    </row>
+    <row r="4" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A4" s="262" t="s">
+        <v>184</v>
+      </c>
+      <c r="B4" s="262"/>
+      <c r="C4" s="262"/>
+      <c r="D4" s="262"/>
+      <c r="E4" s="262"/>
+      <c r="F4" s="262"/>
+    </row>
+    <row r="5" spans="1:6" ht="7.5" customHeight="1">
+      <c r="A5" s="262"/>
+      <c r="B5" s="263"/>
+      <c r="C5" s="262"/>
+      <c r="D5" s="262"/>
+      <c r="E5" s="262"/>
+      <c r="F5" s="262"/>
+    </row>
+    <row r="6" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A6" s="264" t="s">
+        <v>185</v>
+      </c>
+      <c r="B6" s="265"/>
+      <c r="C6" s="265"/>
+      <c r="D6" s="265"/>
+      <c r="E6" s="265"/>
+      <c r="F6" s="265"/>
+    </row>
+    <row r="7" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A7" s="265" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="265"/>
+      <c r="C7" s="265"/>
+      <c r="D7" s="265"/>
+      <c r="E7" s="265"/>
+      <c r="F7" s="265"/>
+    </row>
+    <row r="8" spans="1:6" ht="7.5" customHeight="1">
+      <c r="A8" s="266"/>
+      <c r="B8" s="266"/>
+      <c r="C8" s="266"/>
+      <c r="D8" s="266"/>
+      <c r="E8" s="266"/>
+      <c r="F8" s="266"/>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="310" t="s">
+        <v>187</v>
+      </c>
+      <c r="B9" s="310" t="s">
+        <v>188</v>
+      </c>
+      <c r="C9" s="316" t="s">
+        <v>189</v>
+      </c>
+      <c r="D9" s="316" t="s">
+        <v>190</v>
+      </c>
+      <c r="E9" s="317" t="s">
+        <v>209</v>
+      </c>
+      <c r="F9" s="318"/>
+    </row>
+    <row r="10" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A10" s="321"/>
+      <c r="B10" s="322"/>
+      <c r="C10" s="321"/>
+      <c r="D10" s="321"/>
+      <c r="E10" s="324"/>
+      <c r="F10" s="325"/>
+    </row>
+    <row r="11" spans="1:6" ht="24">
+      <c r="A11" s="311"/>
+      <c r="B11" s="323"/>
+      <c r="C11" s="311"/>
+      <c r="D11" s="311"/>
+      <c r="E11" s="267" t="s">
+        <v>191</v>
+      </c>
+      <c r="F11" s="267" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A12" s="342"/>
+      <c r="B12" s="343"/>
+      <c r="C12" s="342"/>
+      <c r="D12" s="342"/>
+      <c r="E12" s="344"/>
+      <c r="F12" s="344"/>
+    </row>
+    <row r="13" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A13" s="342"/>
+      <c r="B13" s="343"/>
+      <c r="C13" s="342"/>
+      <c r="D13" s="342"/>
+      <c r="E13" s="344"/>
+      <c r="F13" s="344"/>
+    </row>
+    <row r="14" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A14" s="342"/>
+      <c r="B14" s="343"/>
+      <c r="C14" s="342"/>
+      <c r="D14" s="342"/>
+      <c r="E14" s="344"/>
+      <c r="F14" s="344"/>
+    </row>
+    <row r="15" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A15" s="342"/>
+      <c r="B15" s="343"/>
+      <c r="C15" s="342"/>
+      <c r="D15" s="342"/>
+      <c r="E15" s="344"/>
+      <c r="F15" s="344"/>
+    </row>
+    <row r="16" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A16" s="342"/>
+      <c r="B16" s="343"/>
+      <c r="C16" s="342"/>
+      <c r="D16" s="342"/>
+      <c r="E16" s="344"/>
+      <c r="F16" s="344"/>
+    </row>
+    <row r="17" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A17" s="342"/>
+      <c r="B17" s="343"/>
+      <c r="C17" s="342"/>
+      <c r="D17" s="342"/>
+      <c r="E17" s="344"/>
+      <c r="F17" s="344"/>
+    </row>
+    <row r="18" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A18" s="342"/>
+      <c r="B18" s="343"/>
+      <c r="C18" s="342"/>
+      <c r="D18" s="342"/>
+      <c r="E18" s="344"/>
+      <c r="F18" s="344"/>
+    </row>
+    <row r="19" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A19" s="342"/>
+      <c r="B19" s="343"/>
+      <c r="C19" s="342"/>
+      <c r="D19" s="342"/>
+      <c r="E19" s="344"/>
+      <c r="F19" s="344"/>
+    </row>
+    <row r="20" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A20" s="342"/>
+      <c r="B20" s="343"/>
+      <c r="C20" s="342"/>
+      <c r="D20" s="342"/>
+      <c r="E20" s="344"/>
+      <c r="F20" s="344"/>
+    </row>
+    <row r="21" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A21" s="342"/>
+      <c r="B21" s="343"/>
+      <c r="C21" s="342"/>
+      <c r="D21" s="342"/>
+      <c r="E21" s="344"/>
+      <c r="F21" s="344"/>
+    </row>
+    <row r="22" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A22" s="342"/>
+      <c r="B22" s="343"/>
+      <c r="C22" s="342"/>
+      <c r="D22" s="342"/>
+      <c r="E22" s="344"/>
+      <c r="F22" s="344"/>
+    </row>
+    <row r="23" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A23" s="342"/>
+      <c r="B23" s="343"/>
+      <c r="C23" s="342"/>
+      <c r="D23" s="342"/>
+      <c r="E23" s="344"/>
+      <c r="F23" s="344"/>
+    </row>
+    <row r="24" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A24" s="342"/>
+      <c r="B24" s="343"/>
+      <c r="C24" s="342"/>
+      <c r="D24" s="342"/>
+      <c r="E24" s="344"/>
+      <c r="F24" s="344"/>
+    </row>
+    <row r="25" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A25" s="342"/>
+      <c r="B25" s="343"/>
+      <c r="C25" s="342"/>
+      <c r="D25" s="342"/>
+      <c r="E25" s="344"/>
+      <c r="F25" s="344"/>
+    </row>
+    <row r="26" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A26" s="342"/>
+      <c r="B26" s="343"/>
+      <c r="C26" s="342"/>
+      <c r="D26" s="342"/>
+      <c r="E26" s="344"/>
+      <c r="F26" s="344"/>
+    </row>
+    <row r="27" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A27" s="342"/>
+      <c r="B27" s="343"/>
+      <c r="C27" s="342"/>
+      <c r="D27" s="342"/>
+      <c r="E27" s="344"/>
+      <c r="F27" s="344"/>
+    </row>
+    <row r="28" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A28" s="265"/>
+      <c r="B28" s="265"/>
+      <c r="C28" s="265"/>
+      <c r="D28" s="265"/>
+      <c r="E28" s="265"/>
+      <c r="F28" s="265"/>
+    </row>
+    <row r="29" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A29" s="59" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" s="59"/>
+      <c r="C29" s="59"/>
+      <c r="D29" s="59"/>
+      <c r="E29" s="59"/>
+      <c r="F29" s="59"/>
+    </row>
+    <row r="30" spans="1:6" ht="7.5" customHeight="1">
+      <c r="A30" s="265"/>
+      <c r="B30" s="265"/>
+      <c r="C30" s="265"/>
+      <c r="D30" s="265"/>
+      <c r="E30" s="265"/>
+      <c r="F30" s="265"/>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="264" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" s="268"/>
+      <c r="C31" s="268"/>
+      <c r="D31" s="268"/>
+      <c r="E31" s="268"/>
+      <c r="F31" s="268"/>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="265" t="s">
+        <v>194</v>
+      </c>
+      <c r="B32" s="268"/>
+      <c r="C32" s="268"/>
+      <c r="D32" s="268"/>
+      <c r="E32" s="268"/>
+      <c r="F32" s="268"/>
+    </row>
+    <row r="33" spans="1:6" ht="7.5" customHeight="1">
+      <c r="A33" s="265"/>
+      <c r="B33" s="265"/>
+      <c r="C33" s="265"/>
+      <c r="D33" s="265"/>
+      <c r="E33" s="265"/>
+      <c r="F33" s="265"/>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="310" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" s="312" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" s="313"/>
+      <c r="D34" s="316" t="s">
+        <v>189</v>
+      </c>
+      <c r="E34" s="317" t="s">
+        <v>209</v>
+      </c>
+      <c r="F34" s="318"/>
+    </row>
+    <row r="35" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A35" s="311"/>
+      <c r="B35" s="314"/>
+      <c r="C35" s="315"/>
+      <c r="D35" s="311"/>
+      <c r="E35" s="319"/>
+      <c r="F35" s="320"/>
+    </row>
+    <row r="36" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A36" s="345"/>
+      <c r="B36" s="346"/>
+      <c r="C36" s="346"/>
+      <c r="D36" s="345"/>
+      <c r="E36" s="347"/>
+      <c r="F36" s="347"/>
+    </row>
+    <row r="37" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A37" s="345"/>
+      <c r="B37" s="348"/>
+      <c r="C37" s="349"/>
+      <c r="D37" s="345"/>
+      <c r="E37" s="350"/>
+      <c r="F37" s="351"/>
+    </row>
+    <row r="38" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A38" s="345"/>
+      <c r="B38" s="348"/>
+      <c r="C38" s="349"/>
+      <c r="D38" s="345"/>
+      <c r="E38" s="350"/>
+      <c r="F38" s="351"/>
+    </row>
+    <row r="39" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A39" s="345"/>
+      <c r="B39" s="346"/>
+      <c r="C39" s="346"/>
+      <c r="D39" s="345"/>
+      <c r="E39" s="347"/>
+      <c r="F39" s="347"/>
+    </row>
+    <row r="40" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A40" s="345"/>
+      <c r="B40" s="348"/>
+      <c r="C40" s="349"/>
+      <c r="D40" s="345"/>
+      <c r="E40" s="350"/>
+      <c r="F40" s="351"/>
+    </row>
+    <row r="41" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A41" s="345"/>
+      <c r="B41" s="348"/>
+      <c r="C41" s="349"/>
+      <c r="D41" s="345"/>
+      <c r="E41" s="350"/>
+      <c r="F41" s="351"/>
+    </row>
+    <row r="42" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A42" s="345"/>
+      <c r="B42" s="346"/>
+      <c r="C42" s="346"/>
+      <c r="D42" s="345"/>
+      <c r="E42" s="347"/>
+      <c r="F42" s="347"/>
+    </row>
+    <row r="43" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A43" s="345"/>
+      <c r="B43" s="346"/>
+      <c r="C43" s="346"/>
+      <c r="D43" s="345"/>
+      <c r="E43" s="347"/>
+      <c r="F43" s="347"/>
+    </row>
+    <row r="44" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A44" s="345"/>
+      <c r="B44" s="346"/>
+      <c r="C44" s="346"/>
+      <c r="D44" s="345"/>
+      <c r="E44" s="347"/>
+      <c r="F44" s="347"/>
+    </row>
+    <row r="45" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A45" s="345"/>
+      <c r="B45" s="348"/>
+      <c r="C45" s="349"/>
+      <c r="D45" s="345"/>
+      <c r="E45" s="350"/>
+      <c r="F45" s="351"/>
+    </row>
+    <row r="46" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A46" s="345"/>
+      <c r="B46" s="348"/>
+      <c r="C46" s="349"/>
+      <c r="D46" s="345"/>
+      <c r="E46" s="350"/>
+      <c r="F46" s="351"/>
+    </row>
+    <row r="47" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A47" s="345"/>
+      <c r="B47" s="346"/>
+      <c r="C47" s="346"/>
+      <c r="D47" s="345"/>
+      <c r="E47" s="347"/>
+      <c r="F47" s="347"/>
+    </row>
+    <row r="48" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A48" s="352"/>
+      <c r="B48" s="353"/>
+      <c r="C48" s="354"/>
+      <c r="D48" s="352"/>
+      <c r="E48" s="353"/>
+      <c r="F48" s="354"/>
+    </row>
+    <row r="49" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A49" s="352"/>
+      <c r="B49" s="353"/>
+      <c r="C49" s="354"/>
+      <c r="D49" s="352"/>
+      <c r="E49" s="353"/>
+      <c r="F49" s="354"/>
+    </row>
+    <row r="50" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A50" s="352"/>
+      <c r="B50" s="353"/>
+      <c r="C50" s="354"/>
+      <c r="D50" s="352"/>
+      <c r="E50" s="353"/>
+      <c r="F50" s="354"/>
+    </row>
+    <row r="51" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A51" s="352"/>
+      <c r="B51" s="353"/>
+      <c r="C51" s="354"/>
+      <c r="D51" s="352"/>
+      <c r="E51" s="353"/>
+      <c r="F51" s="354"/>
+    </row>
+    <row r="52" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A52" s="265"/>
+      <c r="B52" s="265"/>
+      <c r="C52" s="265"/>
+      <c r="D52" s="265"/>
+      <c r="E52" s="265"/>
+      <c r="F52" s="265"/>
+    </row>
+    <row r="53" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A53" s="63" t="s">
+        <v>131</v>
+      </c>
+      <c r="B53" s="265"/>
+      <c r="C53" s="265"/>
+      <c r="D53" s="265"/>
+      <c r="E53" s="265"/>
+      <c r="F53" s="271" t="s">
+        <v>195</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="hF4LeEh5eIVQXTl2KwTVfUPOrPREPyRzjlXTGHm45cwszkDrziQ4X6dhBcVDuhfTYaWk4kVj4rQIrfSaESTzEw==" saltValue="KXTJUaDOZMGnCQCPj+Ok8Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="41">
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="E50:F50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="E49:F49"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="A34:A35"/>
+    <mergeCell ref="B34:C35"/>
+    <mergeCell ref="D34:D35"/>
+    <mergeCell ref="E34:F35"/>
+    <mergeCell ref="A9:A11"/>
+    <mergeCell ref="B9:B11"/>
+    <mergeCell ref="C9:C11"/>
+    <mergeCell ref="D9:D11"/>
+    <mergeCell ref="E9:F10"/>
+  </mergeCells>
+  <pageMargins left="0.51181102362204722" right="0.23622047244094491" top="0.39370078740157483" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="84" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x14">
+      <controls>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4097" r:id="rId4" name="Check Box 1">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>190500</xdr:colOff>
+                    <xdr:row>2</xdr:row>
+                    <xdr:rowOff>142875</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>885825</xdr:colOff>
+                    <xdr:row>5</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4098" r:id="rId5" name="Check Box 2">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>742950</xdr:colOff>
+                    <xdr:row>2</xdr:row>
+                    <xdr:rowOff>152400</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>533400</xdr:colOff>
+                    <xdr:row>5</xdr:row>
+                    <xdr:rowOff>9525</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+      </controls>
+    </mc:Choice>
+  </mc:AlternateContent>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:O62"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="B2" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="145" workbookViewId="0">
+      <selection activeCell="B44" sqref="B44"/>
+      <extLst>
+        <ext xmlns:xlsdti="http://schemas.microsoft.com/office/spreadsheetml/2023/showDataTypeIcons" uri="{77bfe23e-c014-4d31-8a63-9c772dbf06b6}">
+          <xlsdti:showDataTypeIcons visible="0"/>
+        </ext>
+      </extLst>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="125" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="65.7109375" style="125" customWidth="1"/>
+    <col min="3" max="3" width="7.140625" style="125" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" style="125" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" style="125" customWidth="1"/>
+    <col min="6" max="6" width="10" style="138" customWidth="1"/>
+    <col min="7" max="7" width="0.42578125" style="125" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" style="125" hidden="1" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="125"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="94.5" hidden="1" customHeight="1">
+      <c r="F1" s="121"/>
+    </row>
+    <row r="2" spans="1:8" ht="15" customHeight="1">
+      <c r="A2" s="121"/>
+      <c r="B2" s="160" t="s">
+        <v>197</v>
+      </c>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="162"/>
+      <c r="G2" s="123"/>
+      <c r="H2" s="123"/>
+    </row>
+    <row r="3" spans="1:8" ht="13.5" customHeight="1">
+      <c r="A3" s="121"/>
+      <c r="B3" s="122"/>
+      <c r="C3" s="123"/>
+      <c r="D3" s="123"/>
+      <c r="E3" s="123"/>
+      <c r="F3" s="124"/>
+      <c r="G3" s="123"/>
+      <c r="H3" s="123"/>
+    </row>
+    <row r="4" spans="1:8" ht="15" customHeight="1">
+      <c r="B4" s="334" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" s="334"/>
+      <c r="D4" s="334"/>
+      <c r="E4" s="334"/>
+      <c r="F4" s="334"/>
+      <c r="G4" s="334"/>
+      <c r="H4" s="334"/>
+    </row>
+    <row r="5" spans="1:8" ht="25.5" customHeight="1">
+      <c r="B5" s="331"/>
+      <c r="C5" s="331"/>
+      <c r="D5" s="332"/>
+      <c r="E5" s="332"/>
+      <c r="F5" s="332"/>
+      <c r="G5" s="123"/>
+      <c r="H5" s="123"/>
+    </row>
+    <row r="6" spans="1:8" ht="15" customHeight="1">
+      <c r="B6" s="131" t="s">
+        <v>182</v>
+      </c>
+      <c r="C6" s="126"/>
+      <c r="F6" s="125"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1">
+      <c r="B7" s="333" t="s">
+        <v>200</v>
+      </c>
+      <c r="C7" s="333"/>
+      <c r="D7" s="333"/>
+      <c r="E7" s="269"/>
+      <c r="F7" s="269"/>
+      <c r="G7" s="123"/>
+      <c r="H7" s="123"/>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1">
+      <c r="B8" s="131"/>
+      <c r="C8" s="126"/>
+      <c r="D8" s="269"/>
+      <c r="E8" s="269"/>
+      <c r="F8" s="269"/>
+      <c r="G8" s="123"/>
+      <c r="H8" s="123"/>
+    </row>
+    <row r="9" spans="1:8" ht="13.5" customHeight="1">
+      <c r="B9" s="131"/>
+      <c r="C9" s="126"/>
+      <c r="D9" s="269"/>
+      <c r="E9" s="269"/>
+      <c r="F9" s="269"/>
+      <c r="G9" s="123"/>
+      <c r="H9" s="123"/>
+    </row>
+    <row r="10" spans="1:8" ht="15" customHeight="1">
+      <c r="B10" s="160" t="s">
+        <v>201</v>
+      </c>
+      <c r="C10" s="160"/>
+      <c r="D10" s="163"/>
+      <c r="E10" s="163"/>
+      <c r="F10" s="162"/>
+      <c r="G10" s="123"/>
+      <c r="H10" s="123"/>
+    </row>
+    <row r="11" spans="1:8" ht="13.5" customHeight="1">
+      <c r="B11" s="131"/>
+      <c r="C11" s="126"/>
+      <c r="D11" s="269"/>
+      <c r="E11" s="269"/>
+      <c r="F11" s="269"/>
+      <c r="G11" s="123"/>
+      <c r="H11" s="123"/>
+    </row>
+    <row r="12" spans="1:8" ht="42.75" customHeight="1">
+      <c r="B12" s="335" t="s">
+        <v>203</v>
+      </c>
+      <c r="C12" s="335"/>
+      <c r="D12" s="335"/>
+      <c r="E12" s="335"/>
+      <c r="F12" s="335"/>
+      <c r="G12" s="335"/>
+      <c r="H12" s="335"/>
+    </row>
+    <row r="13" spans="1:8" ht="13.5" customHeight="1">
+      <c r="B13" s="131"/>
+      <c r="C13" s="126"/>
+      <c r="D13" s="269"/>
+      <c r="E13" s="269"/>
+      <c r="F13" s="269"/>
+      <c r="G13" s="123"/>
+      <c r="H13" s="123"/>
+    </row>
+    <row r="14" spans="1:8" ht="28.5" customHeight="1">
+      <c r="B14" s="335" t="s">
+        <v>204</v>
+      </c>
+      <c r="C14" s="335"/>
+      <c r="D14" s="335"/>
+      <c r="E14" s="335"/>
+      <c r="F14" s="335"/>
+      <c r="G14" s="335"/>
+      <c r="H14" s="335"/>
+    </row>
+    <row r="15" spans="1:8" ht="13.5" customHeight="1">
+      <c r="B15" s="131"/>
+      <c r="C15" s="126"/>
+      <c r="D15" s="269"/>
+      <c r="E15" s="269"/>
+      <c r="F15" s="269"/>
+      <c r="G15" s="123"/>
+      <c r="H15" s="123"/>
+    </row>
+    <row r="16" spans="1:8" ht="13.5" customHeight="1">
+      <c r="B16" s="126"/>
+      <c r="C16" s="126"/>
+      <c r="D16" s="127"/>
+      <c r="E16" s="127"/>
+      <c r="F16" s="127"/>
+      <c r="G16" s="123"/>
+      <c r="H16" s="123"/>
+    </row>
+    <row r="17" spans="1:15" ht="12.75" customHeight="1">
+      <c r="A17" s="121"/>
+      <c r="B17" s="160" t="s">
+        <v>202</v>
+      </c>
+      <c r="C17" s="160"/>
+      <c r="D17" s="163"/>
+      <c r="E17" s="163"/>
+      <c r="F17" s="162"/>
+      <c r="G17" s="123"/>
+      <c r="H17" s="123"/>
+    </row>
+    <row r="18" spans="1:15" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A18" s="129"/>
+      <c r="B18" s="128"/>
+      <c r="C18" s="128"/>
+      <c r="D18" s="128"/>
+      <c r="E18" s="128"/>
+      <c r="F18" s="128"/>
+      <c r="G18" s="128"/>
+      <c r="H18" s="128"/>
+    </row>
+    <row r="19" spans="1:15" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B19" s="128" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" s="128"/>
+      <c r="F19" s="128"/>
+      <c r="G19" s="128"/>
+      <c r="H19" s="128"/>
+    </row>
+    <row r="20" spans="1:15" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B20" s="131" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="328" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" s="329"/>
+      <c r="F20" s="128"/>
+      <c r="G20" s="128"/>
+      <c r="H20" s="128"/>
+      <c r="M20" s="132"/>
+      <c r="N20" s="132"/>
+      <c r="O20" s="132"/>
+    </row>
+    <row r="21" spans="1:15" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B21" s="128"/>
+      <c r="C21" s="128"/>
+      <c r="F21" s="128"/>
+      <c r="G21" s="128"/>
+      <c r="H21" s="128"/>
+      <c r="M21" s="132"/>
+      <c r="N21" s="132"/>
+      <c r="O21" s="132"/>
+    </row>
+    <row r="22" spans="1:15" ht="13.5" customHeight="1">
+      <c r="A22" s="130"/>
+      <c r="B22" s="133" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" s="133"/>
+      <c r="D22" s="130"/>
+      <c r="E22" s="130"/>
+      <c r="F22" s="121"/>
+      <c r="G22" s="123"/>
+      <c r="H22" s="123"/>
+    </row>
+    <row r="23" spans="1:15" ht="13.5" customHeight="1">
+      <c r="A23" s="130"/>
+      <c r="B23" s="133"/>
+      <c r="C23" s="133"/>
+      <c r="D23" s="130"/>
+      <c r="E23" s="130"/>
+      <c r="F23" s="121"/>
+      <c r="G23" s="123"/>
+      <c r="H23" s="123"/>
+    </row>
+    <row r="24" spans="1:15" ht="43.5" customHeight="1">
+      <c r="A24" s="130"/>
+      <c r="B24" s="326" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="326"/>
+      <c r="D24" s="326"/>
+      <c r="E24" s="326"/>
+      <c r="F24" s="326"/>
+      <c r="G24" s="326"/>
+      <c r="H24" s="326"/>
+    </row>
+    <row r="25" spans="1:15" ht="13.5" customHeight="1">
+      <c r="A25" s="130"/>
+      <c r="B25" s="126"/>
+      <c r="C25" s="126"/>
+      <c r="D25" s="127"/>
+      <c r="E25" s="127"/>
+      <c r="F25" s="127"/>
+      <c r="G25" s="123"/>
+      <c r="H25" s="123"/>
+    </row>
+    <row r="26" spans="1:15" ht="28.5" customHeight="1">
+      <c r="A26" s="130"/>
+      <c r="B26" s="326" t="s">
+        <v>38</v>
+      </c>
+      <c r="C26" s="326"/>
+      <c r="D26" s="326"/>
+      <c r="E26" s="326"/>
+      <c r="F26" s="326"/>
+      <c r="G26" s="326"/>
+      <c r="H26" s="326"/>
+    </row>
+    <row r="27" spans="1:15" ht="13.5" customHeight="1">
+      <c r="A27" s="130"/>
+      <c r="B27" s="134"/>
+      <c r="C27" s="134"/>
+      <c r="D27" s="134"/>
+      <c r="E27" s="134"/>
+      <c r="F27" s="134"/>
+      <c r="G27" s="123"/>
+      <c r="H27" s="123"/>
+    </row>
+    <row r="28" spans="1:15" ht="69.75" customHeight="1">
+      <c r="A28" s="130"/>
+      <c r="B28" s="326" t="s">
+        <v>39</v>
+      </c>
+      <c r="C28" s="326"/>
+      <c r="D28" s="326"/>
+      <c r="E28" s="326"/>
+      <c r="F28" s="326"/>
+      <c r="G28" s="326"/>
+      <c r="H28" s="326"/>
+    </row>
+    <row r="29" spans="1:15" ht="13.5" customHeight="1">
+      <c r="A29" s="130"/>
+      <c r="B29" s="134"/>
+      <c r="C29" s="134"/>
+      <c r="D29" s="134"/>
+      <c r="E29" s="134"/>
+      <c r="F29" s="134"/>
+      <c r="G29" s="123"/>
+      <c r="H29" s="123"/>
+    </row>
+    <row r="30" spans="1:15" ht="30.75" customHeight="1">
+      <c r="A30" s="326" t="s">
+        <v>40</v>
+      </c>
+      <c r="B30" s="326"/>
+      <c r="C30" s="326"/>
+      <c r="D30" s="326"/>
+      <c r="E30" s="326"/>
+      <c r="F30" s="326"/>
+      <c r="G30" s="326"/>
+      <c r="H30" s="123"/>
+    </row>
+    <row r="31" spans="1:15" ht="13.5" customHeight="1">
+      <c r="A31" s="130"/>
+      <c r="B31" s="144"/>
+      <c r="C31" s="144"/>
+      <c r="D31" s="144"/>
+      <c r="E31" s="144"/>
+      <c r="F31" s="144"/>
+      <c r="G31" s="123"/>
+      <c r="H31" s="123"/>
+    </row>
+    <row r="32" spans="1:15" ht="44.25" customHeight="1">
+      <c r="A32" s="130"/>
+      <c r="B32" s="326" t="s">
+        <v>111</v>
+      </c>
+      <c r="C32" s="326"/>
+      <c r="D32" s="326"/>
+      <c r="E32" s="326"/>
+      <c r="F32" s="326"/>
+      <c r="G32" s="326"/>
+      <c r="H32" s="326"/>
+    </row>
+    <row r="33" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A33" s="130"/>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
+      <c r="F33" s="134"/>
+      <c r="G33" s="123"/>
+      <c r="H33" s="123"/>
+    </row>
+    <row r="34" spans="1:9" ht="54.75" customHeight="1">
+      <c r="A34" s="130"/>
+      <c r="B34" s="330" t="s">
+        <v>205</v>
+      </c>
+      <c r="C34" s="330"/>
+      <c r="D34" s="330"/>
+      <c r="E34" s="330"/>
+      <c r="F34" s="330"/>
+      <c r="G34" s="330"/>
+      <c r="H34" s="330"/>
+    </row>
+    <row r="35" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A35" s="130"/>
+      <c r="B35" s="135"/>
+      <c r="C35" s="135"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
+      <c r="F35" s="134"/>
+      <c r="G35" s="123"/>
+      <c r="H35" s="123"/>
+    </row>
+    <row r="36" spans="1:9" ht="31.5" customHeight="1">
+      <c r="A36" s="327" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="327"/>
+      <c r="C36" s="327"/>
+      <c r="D36" s="327"/>
+      <c r="E36" s="327"/>
+      <c r="F36" s="327"/>
+      <c r="G36" s="327"/>
+      <c r="H36" s="123"/>
+    </row>
+    <row r="37" spans="1:9" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B37" s="124"/>
+      <c r="C37" s="124"/>
+      <c r="F37" s="128"/>
+      <c r="G37" s="128"/>
+      <c r="H37" s="128"/>
+    </row>
+    <row r="38" spans="1:9" ht="16.5" customHeight="1">
+      <c r="A38" s="130"/>
+      <c r="B38" s="327" t="s">
+        <v>85</v>
+      </c>
+      <c r="C38" s="327"/>
+      <c r="D38" s="327"/>
+      <c r="E38" s="327"/>
+      <c r="F38" s="327"/>
+      <c r="G38" s="327"/>
+      <c r="H38" s="327"/>
+    </row>
+    <row r="39" spans="1:9" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A39" s="121"/>
+      <c r="B39" s="136"/>
+      <c r="C39" s="136"/>
+      <c r="D39" s="136"/>
+      <c r="E39" s="136"/>
+      <c r="F39" s="136"/>
+      <c r="G39" s="136"/>
+      <c r="H39" s="136"/>
+      <c r="I39" s="137"/>
+    </row>
+    <row r="40" spans="1:9" s="130" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A40" s="121"/>
+      <c r="B40" s="124" t="s">
         <v>91</v>
       </c>
-      <c r="C4" s="300"/>
-[...268 lines deleted...]
-      <c r="B29" s="306" t="s">
+      <c r="C40" s="124"/>
+      <c r="D40" s="136"/>
+      <c r="E40" s="136"/>
+      <c r="F40" s="136"/>
+      <c r="G40" s="136"/>
+      <c r="H40" s="136"/>
+      <c r="I40" s="137"/>
+    </row>
+    <row r="41" spans="1:9" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A41" s="121"/>
+      <c r="B41" s="124"/>
+      <c r="C41" s="124"/>
+      <c r="D41" s="136"/>
+      <c r="E41" s="136"/>
+      <c r="F41" s="136"/>
+      <c r="G41" s="136"/>
+      <c r="H41" s="136"/>
+      <c r="I41" s="137"/>
+    </row>
+    <row r="42" spans="1:9" s="130" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A42" s="121"/>
+      <c r="D42" s="128"/>
+      <c r="E42" s="124"/>
+      <c r="G42" s="128"/>
+      <c r="H42" s="128"/>
+      <c r="I42" s="137"/>
+    </row>
+    <row r="43" spans="1:9" ht="55.5" customHeight="1">
+      <c r="A43" s="130"/>
+      <c r="B43" s="124" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" s="124" t="s">
         <v>88</v>
       </c>
-      <c r="C29" s="306"/>
-[...176 lines deleted...]
-      <c r="F55" s="126"/>
+      <c r="D43" s="123"/>
+      <c r="E43" s="124"/>
+      <c r="F43" s="123"/>
+      <c r="G43" s="123"/>
+      <c r="H43" s="123"/>
+    </row>
+    <row r="44" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A44" s="130"/>
+      <c r="B44" s="140" t="s">
+        <v>99</v>
+      </c>
+      <c r="C44" s="138"/>
+      <c r="E44" s="121"/>
+    </row>
+    <row r="45" spans="1:9" hidden="1">
+      <c r="A45" s="130"/>
+      <c r="B45" s="121"/>
+      <c r="C45" s="138"/>
+      <c r="E45" s="121"/>
+    </row>
+    <row r="46" spans="1:9" hidden="1">
+      <c r="A46" s="130"/>
+      <c r="B46" s="121"/>
+      <c r="C46" s="138"/>
+      <c r="E46" s="121"/>
+    </row>
+    <row r="47" spans="1:9" hidden="1">
+      <c r="A47" s="130"/>
+      <c r="B47" s="121"/>
+      <c r="C47" s="138"/>
+      <c r="E47" s="121"/>
+    </row>
+    <row r="48" spans="1:9" hidden="1">
+      <c r="A48" s="130"/>
+      <c r="B48" s="121"/>
+      <c r="C48" s="138"/>
+      <c r="E48" s="121"/>
+    </row>
+    <row r="49" spans="1:6" hidden="1">
+      <c r="A49" s="130"/>
+      <c r="B49" s="121"/>
+      <c r="C49" s="138"/>
+      <c r="E49" s="121"/>
+    </row>
+    <row r="50" spans="1:6" hidden="1">
+      <c r="A50" s="130"/>
+      <c r="B50" s="121"/>
+      <c r="C50" s="138"/>
+      <c r="E50" s="121"/>
+    </row>
+    <row r="51" spans="1:6" hidden="1">
+      <c r="A51" s="130"/>
+      <c r="B51" s="121"/>
+      <c r="C51" s="138"/>
+      <c r="E51" s="121"/>
+    </row>
+    <row r="52" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A52" s="130"/>
+      <c r="B52" s="121"/>
+      <c r="C52" s="138"/>
+      <c r="E52" s="121"/>
+    </row>
+    <row r="53" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A53" s="130"/>
+      <c r="B53" s="121"/>
+      <c r="C53" s="138"/>
+      <c r="E53" s="121"/>
+    </row>
+    <row r="54" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A54" s="130"/>
+      <c r="B54" s="121"/>
+      <c r="C54" s="138"/>
+      <c r="E54" s="121"/>
+    </row>
+    <row r="55" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A55" s="130"/>
+      <c r="B55" s="121"/>
+      <c r="C55" s="138"/>
+      <c r="E55" s="121"/>
+    </row>
+    <row r="56" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A56" s="130"/>
+      <c r="B56" s="121"/>
+      <c r="C56" s="138"/>
+      <c r="E56" s="121"/>
+    </row>
+    <row r="57" spans="1:6" ht="13.5" customHeight="1">
+      <c r="B57" s="63" t="s">
+        <v>131</v>
+      </c>
+      <c r="F57" s="270" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="F58" s="125"/>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="B59" s="139"/>
+      <c r="C59" s="139"/>
+      <c r="F59" s="125"/>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="B60" s="139"/>
+      <c r="C60" s="139"/>
+      <c r="F60" s="125"/>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="B61" s="139"/>
+      <c r="C61" s="139"/>
+      <c r="F61" s="125"/>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="B62" s="139"/>
+      <c r="C62" s="139"/>
+      <c r="F62" s="125"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MsU7PbFfzLqp8rZKu/qZiulbUz3pGkinR77ccUewzVEYB2+5bnOCqSCKVPbFpS4HbgcRwGYZ/4wTXvlIgA1AhA==" saltValue="+2LbeepGO90IycqfGX7uRw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...10 lines deleted...]
-    <mergeCell ref="B19:F19"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="aOtoQxULLdAqqu8DJovuyaDvELAA24O2vG86kug9HidptIskAkDq3w26j9yJEqmtYYW+FkVFniRgXAqOq1ye/Q==" saltValue="/1mF6gAldo6hP8XNfxsrkw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="14">
     <mergeCell ref="B5:F5"/>
-    <mergeCell ref="D6:F6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="B12:H12"/>
+    <mergeCell ref="B14:H14"/>
+    <mergeCell ref="B24:H24"/>
+    <mergeCell ref="B26:H26"/>
+    <mergeCell ref="B28:H28"/>
+    <mergeCell ref="B38:H38"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="A30:G30"/>
+    <mergeCell ref="B32:H32"/>
+    <mergeCell ref="B34:H34"/>
+    <mergeCell ref="A36:G36"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D6:F6" r:id="rId1" display="https://www.vs.ch/fr/web/scc/formulaires-pm" xr:uid="{2F657DB9-4E31-470A-AEAD-28AB514E99C5}"/>
+    <hyperlink ref="B7:D7" r:id="rId1" display="https://www.vs.ch/fr/web/scc/formulaires-pm-2025" xr:uid="{2F657DB9-4E31-470A-AEAD-28AB514E99C5}"/>
   </hyperlinks>
-  <pageMargins left="0.59055118110236227" right="0.27559055118110237" top="0.59055118110236227" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.59055118110236227" right="0.27559055118110237" top="0.59055118110236227" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2049" r:id="rId6" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
-                    <xdr:row>8</xdr:row>
+                    <xdr:row>17</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>228600</xdr:colOff>
-                    <xdr:row>10</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:row>19</xdr:row>
+                    <xdr:rowOff>85725</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2050" r:id="rId7" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>219075</xdr:colOff>
-                    <xdr:row>8</xdr:row>
+                    <xdr:row>17</xdr:row>
                     <xdr:rowOff>123825</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
-                    <xdr:row>10</xdr:row>
-                    <xdr:rowOff>19050</xdr:rowOff>
+                    <xdr:row>19</xdr:row>
+                    <xdr:rowOff>76200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65C7AE8D-D636-45F5-8ED5-E32B612C419F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J64"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="22" style="33" customWidth="1"/>
-    <col min="2" max="2" width="5.7109375" style="183" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" style="181" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" style="33" customWidth="1"/>
     <col min="4" max="8" width="13" style="33" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="33"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="12.75" x14ac:dyDescent="0.2">
-[...124 lines deleted...]
-      <c r="A12" s="311" t="s">
+    <row r="1" spans="1:8" ht="12.75">
+      <c r="A1" s="258" t="s">
+        <v>210</v>
+      </c>
+      <c r="B1" s="259"/>
+      <c r="C1" s="258"/>
+      <c r="D1" s="257"/>
+      <c r="E1" s="257"/>
+      <c r="F1" s="257"/>
+      <c r="G1" s="256"/>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="254"/>
+      <c r="B2" s="255"/>
+      <c r="C2" s="254"/>
+      <c r="D2" s="254"/>
+      <c r="E2" s="254"/>
+      <c r="F2" s="254"/>
+      <c r="G2" s="254"/>
+    </row>
+    <row r="3" spans="1:8" ht="12.75">
+      <c r="A3" s="336" t="s">
         <v>181</v>
       </c>
-      <c r="B12" s="311"/>
-[...8 lines deleted...]
-      <c r="A13" s="311" t="s">
+      <c r="B3" s="336"/>
+      <c r="C3" s="336"/>
+      <c r="D3" s="336"/>
+      <c r="E3" s="336"/>
+      <c r="F3" s="336"/>
+      <c r="G3" s="336"/>
+    </row>
+    <row r="4" spans="1:8" ht="3" customHeight="1">
+      <c r="A4" s="212"/>
+      <c r="B4" s="211"/>
+      <c r="C4" s="212"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+    </row>
+    <row r="5" spans="1:8" ht="15" customHeight="1">
+      <c r="A5" s="246" t="s">
         <v>180</v>
       </c>
-      <c r="B13" s="311"/>
-[...18 lines deleted...]
-      <c r="A15" s="234" t="s">
+      <c r="B5" s="249"/>
+      <c r="C5" s="246"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="253"/>
+      <c r="F5" s="253"/>
+      <c r="G5" s="253"/>
+      <c r="H5" s="252"/>
+    </row>
+    <row r="6" spans="1:8" ht="15" customHeight="1">
+      <c r="A6" s="246" t="s">
         <v>179</v>
       </c>
-      <c r="B15" s="233"/>
-      <c r="C15" s="232" t="s">
+      <c r="B6" s="249"/>
+      <c r="C6" s="246"/>
+      <c r="D6" s="253"/>
+      <c r="E6" s="253"/>
+      <c r="F6" s="253"/>
+      <c r="G6" s="253"/>
+      <c r="H6" s="252"/>
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1">
+      <c r="A7" s="246" t="s">
         <v>178</v>
       </c>
-      <c r="D15" s="243"/>
-[...6 lines deleted...]
-      <c r="A16" s="186" t="s">
+      <c r="B7" s="249"/>
+      <c r="C7" s="246"/>
+      <c r="D7" s="253"/>
+      <c r="E7" s="253"/>
+      <c r="F7" s="253"/>
+      <c r="G7" s="253"/>
+      <c r="H7" s="252"/>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1">
+      <c r="A8" s="337" t="s">
         <v>177</v>
       </c>
-      <c r="B16" s="187"/>
-      <c r="C16" s="217" t="str">
+      <c r="B8" s="337"/>
+      <c r="C8" s="338"/>
+      <c r="D8" s="251"/>
+      <c r="E8" s="251"/>
+      <c r="F8" s="251"/>
+      <c r="G8" s="251"/>
+      <c r="H8" s="250"/>
+    </row>
+    <row r="9" spans="1:8" ht="15" customHeight="1">
+      <c r="A9" s="337" t="s">
+        <v>176</v>
+      </c>
+      <c r="B9" s="337"/>
+      <c r="C9" s="338"/>
+      <c r="D9" s="248"/>
+      <c r="E9" s="248"/>
+      <c r="F9" s="248"/>
+      <c r="G9" s="248"/>
+      <c r="H9" s="247"/>
+    </row>
+    <row r="10" spans="1:8" ht="15" customHeight="1">
+      <c r="A10" s="337" t="s">
+        <v>175</v>
+      </c>
+      <c r="B10" s="337"/>
+      <c r="C10" s="338"/>
+      <c r="D10" s="248"/>
+      <c r="E10" s="248"/>
+      <c r="F10" s="248"/>
+      <c r="G10" s="248"/>
+      <c r="H10" s="247"/>
+    </row>
+    <row r="11" spans="1:8" ht="18" customHeight="1">
+      <c r="A11" s="246" t="s">
+        <v>174</v>
+      </c>
+      <c r="B11" s="249"/>
+      <c r="C11" s="246"/>
+      <c r="D11" s="248"/>
+      <c r="E11" s="248"/>
+      <c r="F11" s="248"/>
+      <c r="G11" s="248"/>
+      <c r="H11" s="247"/>
+    </row>
+    <row r="12" spans="1:8" ht="15" customHeight="1">
+      <c r="A12" s="337" t="s">
+        <v>173</v>
+      </c>
+      <c r="B12" s="337"/>
+      <c r="C12" s="338"/>
+      <c r="D12" s="245"/>
+      <c r="E12" s="245"/>
+      <c r="F12" s="245"/>
+      <c r="G12" s="245"/>
+      <c r="H12" s="244"/>
+    </row>
+    <row r="13" spans="1:8" ht="15" customHeight="1">
+      <c r="A13" s="337" t="s">
+        <v>172</v>
+      </c>
+      <c r="B13" s="337"/>
+      <c r="C13" s="338"/>
+      <c r="D13" s="245"/>
+      <c r="E13" s="245"/>
+      <c r="F13" s="245"/>
+      <c r="G13" s="245"/>
+      <c r="H13" s="244"/>
+    </row>
+    <row r="14" spans="1:8" ht="15" customHeight="1">
+      <c r="A14" s="184"/>
+      <c r="B14" s="185"/>
+      <c r="C14" s="184"/>
+      <c r="D14" s="243"/>
+      <c r="E14" s="243"/>
+      <c r="F14" s="243"/>
+      <c r="G14" s="243"/>
+      <c r="H14" s="242"/>
+    </row>
+    <row r="15" spans="1:8" ht="15" customHeight="1">
+      <c r="A15" s="232" t="s">
+        <v>171</v>
+      </c>
+      <c r="B15" s="231"/>
+      <c r="C15" s="230" t="s">
+        <v>170</v>
+      </c>
+      <c r="D15" s="241"/>
+      <c r="E15" s="241"/>
+      <c r="F15" s="241"/>
+      <c r="G15" s="241"/>
+      <c r="H15" s="179"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" customHeight="1">
+      <c r="A16" s="184" t="s">
+        <v>169</v>
+      </c>
+      <c r="B16" s="185"/>
+      <c r="C16" s="215" t="str">
         <f t="shared" ref="C16:C26" si="0">IF(SUM(D16:H16)&gt;0,SUM(D16:H16),"")</f>
         <v/>
       </c>
-      <c r="D16" s="238"/>
-[...10 lines deleted...]
-      <c r="C17" s="217" t="str">
+      <c r="D16" s="236"/>
+      <c r="E16" s="236"/>
+      <c r="F16" s="236"/>
+      <c r="G16" s="236"/>
+      <c r="H16" s="236"/>
+    </row>
+    <row r="17" spans="1:10" ht="15" customHeight="1">
+      <c r="A17" s="184" t="s">
+        <v>168</v>
+      </c>
+      <c r="B17" s="185"/>
+      <c r="C17" s="215" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D17" s="238"/>
-[...10 lines deleted...]
-      <c r="C18" s="217" t="str">
+      <c r="D17" s="236"/>
+      <c r="E17" s="236"/>
+      <c r="F17" s="236"/>
+      <c r="G17" s="236"/>
+      <c r="H17" s="236"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1">
+      <c r="A18" s="240" t="s">
+        <v>167</v>
+      </c>
+      <c r="B18" s="239"/>
+      <c r="C18" s="215" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D18" s="238"/>
-[...10 lines deleted...]
-      <c r="C19" s="216" t="str">
+      <c r="D18" s="236"/>
+      <c r="E18" s="236"/>
+      <c r="F18" s="236"/>
+      <c r="G18" s="236"/>
+      <c r="H18" s="236"/>
+    </row>
+    <row r="19" spans="1:10" ht="15" customHeight="1">
+      <c r="A19" s="339" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" s="339"/>
+      <c r="C19" s="214" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D19" s="237"/>
-[...10 lines deleted...]
-      <c r="C20" s="228" t="str">
+      <c r="D19" s="235"/>
+      <c r="E19" s="235"/>
+      <c r="F19" s="235"/>
+      <c r="G19" s="235"/>
+      <c r="H19" s="235"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1">
+      <c r="A20" s="212" t="s">
+        <v>166</v>
+      </c>
+      <c r="B20" s="211"/>
+      <c r="C20" s="226" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D20" s="193" t="str">
+      <c r="D20" s="191" t="str">
         <f>IF(SUM(D16:D19)=0,"",SUM(D16:D19))</f>
         <v/>
       </c>
-      <c r="E20" s="193" t="str">
+      <c r="E20" s="191" t="str">
         <f>IF(SUM(E16:E19)=0,"",SUM(E16:E19))</f>
         <v/>
       </c>
-      <c r="F20" s="193" t="str">
+      <c r="F20" s="191" t="str">
         <f>IF(SUM(F16:F19)=0,"",SUM(F16:F19))</f>
         <v/>
       </c>
-      <c r="G20" s="193" t="str">
+      <c r="G20" s="191" t="str">
         <f>IF(SUM(G16:G19)=0,"",SUM(G16:G19))</f>
         <v/>
       </c>
-      <c r="H20" s="192" t="str">
+      <c r="H20" s="190" t="str">
         <f>IF(SUM(H16:H19)=0,"",SUM(H16:H19))</f>
         <v/>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C21" s="240" t="str">
+    <row r="21" spans="1:10" ht="15" customHeight="1">
+      <c r="A21" s="184" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" s="185"/>
+      <c r="C21" s="238" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D21" s="239"/>
-[...10 lines deleted...]
-      <c r="C22" s="217" t="str">
+      <c r="D21" s="237"/>
+      <c r="E21" s="237"/>
+      <c r="F21" s="237"/>
+      <c r="G21" s="237"/>
+      <c r="H21" s="237"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1">
+      <c r="A22" s="184" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" s="185"/>
+      <c r="C22" s="215" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D22" s="238"/>
-[...10 lines deleted...]
-      <c r="C23" s="217" t="str">
+      <c r="D22" s="236"/>
+      <c r="E22" s="236"/>
+      <c r="F22" s="236"/>
+      <c r="G22" s="236"/>
+      <c r="H22" s="236"/>
+    </row>
+    <row r="23" spans="1:10" ht="15" customHeight="1">
+      <c r="A23" s="184" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" s="185"/>
+      <c r="C23" s="215" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D23" s="238"/>
-[...10 lines deleted...]
-      <c r="C24" s="216" t="str">
+      <c r="D23" s="236"/>
+      <c r="E23" s="236"/>
+      <c r="F23" s="236"/>
+      <c r="G23" s="236"/>
+      <c r="H23" s="236"/>
+    </row>
+    <row r="24" spans="1:10" ht="15" customHeight="1">
+      <c r="A24" s="339" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" s="339"/>
+      <c r="C24" s="214" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D24" s="237"/>
-[...10 lines deleted...]
-      <c r="C25" s="228" t="str">
+      <c r="D24" s="235"/>
+      <c r="E24" s="235"/>
+      <c r="F24" s="235"/>
+      <c r="G24" s="235"/>
+      <c r="H24" s="235"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1">
+      <c r="A25" s="212" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" s="211"/>
+      <c r="C25" s="226" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D25" s="193" t="str">
+      <c r="D25" s="191" t="str">
         <f>IF(SUM(D21:D24)&gt;0,SUM(D21:D24),"")</f>
         <v/>
       </c>
-      <c r="E25" s="193" t="str">
+      <c r="E25" s="191" t="str">
         <f>IF(SUM(E21:E24)&gt;0,SUM(E21:E24),"")</f>
         <v/>
       </c>
-      <c r="F25" s="193" t="str">
+      <c r="F25" s="191" t="str">
         <f>IF(SUM(F21:F24)&gt;0,SUM(F21:F24),"")</f>
         <v/>
       </c>
-      <c r="G25" s="193" t="str">
+      <c r="G25" s="191" t="str">
         <f>IF(SUM(G21:G24)&gt;0,SUM(G21:G24),"")</f>
         <v/>
       </c>
-      <c r="H25" s="192" t="str">
+      <c r="H25" s="190" t="str">
         <f>IF(SUM(H21:H24)&gt;0,SUM(H21:H24),"")</f>
         <v/>
       </c>
     </row>
-    <row r="26" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C26" s="228" t="str">
+    <row r="26" spans="1:10" ht="15" customHeight="1">
+      <c r="A26" s="212" t="s">
+        <v>161</v>
+      </c>
+      <c r="B26" s="211"/>
+      <c r="C26" s="226" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="D26" s="193" t="str">
+      <c r="D26" s="191" t="str">
         <f>IF(SUM(D16+D17+D18+D19+D21+D22+D23+D24)&gt;0,SUM(D16+D17+D18+D19+D21+D22+D23+D24),"")</f>
         <v/>
       </c>
-      <c r="E26" s="193" t="str">
+      <c r="E26" s="191" t="str">
         <f>IF(SUM(E16+E17+E18+E19+E21+E22+E23+E24)&gt;0,SUM(E16+E17+E18+E19+E21+E22+E23+E24),"")</f>
         <v/>
       </c>
-      <c r="F26" s="193" t="str">
+      <c r="F26" s="191" t="str">
         <f>IF(SUM(F16+F17+F18+F19+F21+F22+F23+F24)&gt;0,SUM(F16+F17+F18+F19+F21+F22+F23+F24),"")</f>
         <v/>
       </c>
-      <c r="G26" s="193" t="str">
+      <c r="G26" s="191" t="str">
         <f>IF(SUM(G16+G17+G18+G19+G21+G22+G23+G24)&gt;0,SUM(G16+G17+G18+G19+G21+G22+G23+G24),"")</f>
         <v/>
       </c>
-      <c r="H26" s="192" t="str">
+      <c r="H26" s="190" t="str">
         <f>IF(SUM(H16+H17+H18+H19+H21+H22+H23+H24)&gt;0,SUM(H16+H17+H18+H19+H21+H22+H23+H24),"")</f>
         <v/>
       </c>
     </row>
-    <row r="27" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D27" s="193" t="str">
+    <row r="27" spans="1:10" ht="15" customHeight="1">
+      <c r="A27" s="212" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" s="211"/>
+      <c r="C27" s="234"/>
+      <c r="D27" s="191" t="str">
         <f>IF(D26="","",$C$27*D28)</f>
         <v/>
       </c>
-      <c r="E27" s="193" t="str">
+      <c r="E27" s="191" t="str">
         <f>IF(E26="","",$C$27*E28)</f>
         <v/>
       </c>
-      <c r="F27" s="193" t="str">
+      <c r="F27" s="191" t="str">
         <f>IF(F26="","",$C$27*F28)</f>
         <v/>
       </c>
-      <c r="G27" s="193" t="str">
+      <c r="G27" s="191" t="str">
         <f>IF(G26="","",$C$27*G28)</f>
         <v/>
       </c>
-      <c r="H27" s="192" t="str">
+      <c r="H27" s="190" t="str">
         <f>IF(H26="","",$C$27*H28)</f>
         <v/>
       </c>
     </row>
-    <row r="28" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C28" s="223">
+    <row r="28" spans="1:10" ht="15" customHeight="1">
+      <c r="A28" s="189" t="s">
+        <v>134</v>
+      </c>
+      <c r="B28" s="185"/>
+      <c r="C28" s="221">
         <f>SUM(D28:H28)</f>
         <v>0</v>
       </c>
-      <c r="D28" s="222" t="str">
+      <c r="D28" s="220" t="str">
         <f>IF(D26="","",D26/$C$26)</f>
         <v/>
       </c>
-      <c r="E28" s="222" t="str">
+      <c r="E28" s="220" t="str">
         <f>IF(E26="","",E26/$C$26)</f>
         <v/>
       </c>
-      <c r="F28" s="222" t="str">
+      <c r="F28" s="220" t="str">
         <f>IF(F26="","",F26/$C$26)</f>
         <v/>
       </c>
-      <c r="G28" s="222" t="str">
+      <c r="G28" s="220" t="str">
         <f>IF(G26="","",G26/$C$26)</f>
         <v/>
       </c>
-      <c r="H28" s="221" t="str">
+      <c r="H28" s="219" t="str">
         <f>IF(H26="","",H26/$C$26)</f>
         <v/>
       </c>
-      <c r="J28" s="235"/>
-[...30 lines deleted...]
-      <c r="C31" s="230" t="str">
+      <c r="J28" s="233"/>
+    </row>
+    <row r="29" spans="1:10" ht="15" customHeight="1">
+      <c r="A29" s="184"/>
+      <c r="B29" s="185"/>
+      <c r="C29" s="209"/>
+      <c r="D29" s="218"/>
+      <c r="E29" s="218"/>
+      <c r="F29" s="218"/>
+      <c r="G29" s="218"/>
+      <c r="H29" s="218"/>
+    </row>
+    <row r="30" spans="1:10" ht="15" customHeight="1">
+      <c r="A30" s="232" t="s">
+        <v>159</v>
+      </c>
+      <c r="B30" s="231"/>
+      <c r="C30" s="230" t="s">
+        <v>158</v>
+      </c>
+      <c r="D30" s="227"/>
+      <c r="E30" s="227"/>
+      <c r="F30" s="217"/>
+      <c r="G30" s="229"/>
+      <c r="H30" s="229"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1">
+      <c r="A31" s="212" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" s="211"/>
+      <c r="C31" s="228" t="str">
         <f>IF(SUM(D31:H31)&gt;0,SUM(D31:H31),"")</f>
         <v/>
       </c>
-      <c r="D31" s="195"/>
-[...10 lines deleted...]
-      <c r="C32" s="223" t="str">
+      <c r="D31" s="193"/>
+      <c r="E31" s="193"/>
+      <c r="F31" s="193"/>
+      <c r="G31" s="193"/>
+      <c r="H31" s="193"/>
+    </row>
+    <row r="32" spans="1:10" ht="15" customHeight="1">
+      <c r="A32" s="189" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" s="185"/>
+      <c r="C32" s="221" t="str">
         <f t="shared" ref="C32:H32" si="1">IF(C31="","",C31/$C$31)</f>
         <v/>
       </c>
-      <c r="D32" s="222" t="str">
+      <c r="D32" s="220" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="E32" s="222" t="str">
+      <c r="E32" s="220" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="F32" s="222" t="str">
+      <c r="F32" s="220" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="G32" s="222" t="str">
+      <c r="G32" s="220" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="H32" s="221" t="str">
+      <c r="H32" s="219" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="A35" s="186" t="s">
+    <row r="33" spans="1:8" ht="15" customHeight="1">
+      <c r="A33" s="184"/>
+      <c r="B33" s="185"/>
+      <c r="C33" s="209"/>
+      <c r="D33" s="218"/>
+      <c r="E33" s="218"/>
+      <c r="F33" s="227"/>
+      <c r="G33" s="218"/>
+      <c r="H33" s="218"/>
+    </row>
+    <row r="34" spans="1:8" ht="15" customHeight="1">
+      <c r="A34" s="212" t="s">
+        <v>156</v>
+      </c>
+      <c r="B34" s="211"/>
+      <c r="C34" s="210"/>
+      <c r="D34" s="217"/>
+      <c r="E34" s="217"/>
+      <c r="F34" s="217"/>
+      <c r="G34" s="217"/>
+      <c r="H34" s="217"/>
+    </row>
+    <row r="35" spans="1:8" ht="15" customHeight="1">
+      <c r="A35" s="184" t="s">
         <v>31</v>
       </c>
-      <c r="B35" s="187"/>
-      <c r="C35" s="217" t="str">
+      <c r="B35" s="185"/>
+      <c r="C35" s="215" t="str">
         <f>IF(SUM(D35:H35)&gt;0,SUM(D35:H35),"")</f>
         <v/>
       </c>
-      <c r="D35" s="197"/>
-[...10 lines deleted...]
-      <c r="C36" s="217" t="str">
+      <c r="D35" s="195"/>
+      <c r="E35" s="195"/>
+      <c r="F35" s="195"/>
+      <c r="G35" s="195"/>
+      <c r="H35" s="195"/>
+    </row>
+    <row r="36" spans="1:8" ht="15" customHeight="1">
+      <c r="A36" s="184" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" s="185"/>
+      <c r="C36" s="215" t="str">
         <f>IF(SUM(D36:H36)&gt;0,SUM(D36:H36),"")</f>
         <v/>
       </c>
-      <c r="D36" s="197"/>
-[...10 lines deleted...]
-      <c r="C37" s="216" t="str">
+      <c r="D36" s="195"/>
+      <c r="E36" s="195"/>
+      <c r="F36" s="195"/>
+      <c r="G36" s="195"/>
+      <c r="H36" s="195"/>
+    </row>
+    <row r="37" spans="1:8" ht="15" customHeight="1">
+      <c r="A37" s="184" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" s="185"/>
+      <c r="C37" s="214" t="str">
         <f>IF(SUM(D37:H37)&gt;0,SUM(D37:H37),"")</f>
         <v/>
       </c>
-      <c r="D37" s="195"/>
-[...10 lines deleted...]
-      <c r="C38" s="228" t="str">
+      <c r="D37" s="193"/>
+      <c r="E37" s="193"/>
+      <c r="F37" s="193"/>
+      <c r="G37" s="193"/>
+      <c r="H37" s="193"/>
+    </row>
+    <row r="38" spans="1:8" ht="15" customHeight="1">
+      <c r="A38" s="212" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" s="211"/>
+      <c r="C38" s="226" t="str">
         <f>IF(SUM(D38:H38)&gt;0,SUM(D38:H38),"")</f>
         <v/>
       </c>
-      <c r="D38" s="193" t="str">
+      <c r="D38" s="191" t="str">
         <f>IF(SUM(D35:D37)=0,"",SUM(D35:D37))</f>
         <v/>
       </c>
-      <c r="E38" s="193" t="str">
+      <c r="E38" s="191" t="str">
         <f>IF(SUM(E35:E37)=0,"",SUM(E35:E37))</f>
         <v/>
       </c>
-      <c r="F38" s="193" t="str">
+      <c r="F38" s="191" t="str">
         <f>IF(SUM(F35:F37)=0,"",SUM(F35:F37))</f>
         <v/>
       </c>
-      <c r="G38" s="193" t="str">
+      <c r="G38" s="191" t="str">
         <f>IF(SUM(G35:G37)=0,"",SUM(G35:G37))</f>
         <v/>
       </c>
-      <c r="H38" s="192" t="str">
+      <c r="H38" s="190" t="str">
         <f>IF(SUM(H35:H37)=0,"",SUM(H35:H37))</f>
         <v/>
       </c>
     </row>
-    <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C39" s="223" t="str">
+    <row r="39" spans="1:8" ht="15" customHeight="1">
+      <c r="A39" s="189" t="s">
+        <v>134</v>
+      </c>
+      <c r="B39" s="185"/>
+      <c r="C39" s="221" t="str">
         <f t="shared" ref="C39:H39" si="2">IF(C38="","",C38/$C$38)</f>
         <v/>
       </c>
-      <c r="D39" s="222" t="str">
+      <c r="D39" s="220" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="E39" s="222" t="str">
+      <c r="E39" s="220" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="F39" s="222" t="str">
+      <c r="F39" s="220" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="G39" s="222" t="str">
+      <c r="G39" s="220" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="H39" s="221" t="str">
+      <c r="H39" s="219" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
-    <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...26 lines deleted...]
-      <c r="C42" s="216" t="str">
+    <row r="40" spans="1:8" ht="15" customHeight="1">
+      <c r="A40" s="189"/>
+      <c r="B40" s="185"/>
+      <c r="C40" s="225"/>
+      <c r="D40" s="222"/>
+      <c r="E40" s="222"/>
+      <c r="F40" s="222"/>
+      <c r="G40" s="222"/>
+      <c r="H40" s="222"/>
+    </row>
+    <row r="41" spans="1:8" ht="15" customHeight="1">
+      <c r="A41" s="212" t="s">
+        <v>152</v>
+      </c>
+      <c r="B41" s="211"/>
+      <c r="C41" s="224"/>
+      <c r="D41" s="223"/>
+      <c r="E41" s="222"/>
+      <c r="F41" s="222"/>
+      <c r="G41" s="222"/>
+      <c r="H41" s="222"/>
+    </row>
+    <row r="42" spans="1:8" ht="15" customHeight="1">
+      <c r="A42" s="184" t="s">
+        <v>151</v>
+      </c>
+      <c r="B42" s="185"/>
+      <c r="C42" s="214" t="str">
         <f>IF(SUM(D42:H42)&gt;0,SUM(D42:H42),"")</f>
         <v/>
       </c>
-      <c r="D42" s="195"/>
-[...10 lines deleted...]
-      <c r="C43" s="223" t="str">
+      <c r="D42" s="193"/>
+      <c r="E42" s="193"/>
+      <c r="F42" s="193"/>
+      <c r="G42" s="193"/>
+      <c r="H42" s="193"/>
+    </row>
+    <row r="43" spans="1:8" ht="15" customHeight="1">
+      <c r="A43" s="189" t="s">
+        <v>134</v>
+      </c>
+      <c r="B43" s="185"/>
+      <c r="C43" s="221" t="str">
         <f t="shared" ref="C43:H43" si="3">IF(C42="","",C42/$C$42)</f>
         <v/>
       </c>
-      <c r="D43" s="222" t="str">
+      <c r="D43" s="220" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="E43" s="222" t="str">
+      <c r="E43" s="220" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="F43" s="222" t="str">
+      <c r="F43" s="220" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="G43" s="222" t="str">
+      <c r="G43" s="220" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="H43" s="221" t="str">
+      <c r="H43" s="219" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
     </row>
-    <row r="44" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...26 lines deleted...]
-      <c r="C46" s="217" t="str">
+    <row r="44" spans="1:8" ht="15" customHeight="1">
+      <c r="A44" s="184"/>
+      <c r="B44" s="185"/>
+      <c r="C44" s="209"/>
+      <c r="D44" s="218"/>
+      <c r="E44" s="218"/>
+      <c r="F44" s="218"/>
+      <c r="G44" s="218"/>
+      <c r="H44" s="218"/>
+    </row>
+    <row r="45" spans="1:8" ht="15" customHeight="1">
+      <c r="A45" s="212" t="s">
+        <v>150</v>
+      </c>
+      <c r="B45" s="211"/>
+      <c r="C45" s="210"/>
+      <c r="D45" s="217"/>
+      <c r="E45" s="217"/>
+      <c r="F45" s="217"/>
+      <c r="G45" s="217"/>
+      <c r="H45" s="217"/>
+    </row>
+    <row r="46" spans="1:8" ht="15" customHeight="1">
+      <c r="A46" s="184" t="s">
+        <v>149</v>
+      </c>
+      <c r="B46" s="185"/>
+      <c r="C46" s="215" t="str">
         <f t="shared" ref="C46:C51" si="4">IF(SUM(D46:H46)&gt;0,SUM(D46:H46),"")</f>
         <v/>
       </c>
-      <c r="D46" s="197"/>
-[...10 lines deleted...]
-      <c r="C47" s="217" t="str">
+      <c r="D46" s="195"/>
+      <c r="E46" s="195"/>
+      <c r="F46" s="195"/>
+      <c r="G46" s="195"/>
+      <c r="H46" s="195"/>
+    </row>
+    <row r="47" spans="1:8" ht="15" customHeight="1">
+      <c r="A47" s="206" t="s">
+        <v>148</v>
+      </c>
+      <c r="B47" s="216"/>
+      <c r="C47" s="215" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="D47" s="197"/>
-[...10 lines deleted...]
-      <c r="C48" s="217" t="str">
+      <c r="D47" s="195"/>
+      <c r="E47" s="195"/>
+      <c r="F47" s="195"/>
+      <c r="G47" s="195"/>
+      <c r="H47" s="195"/>
+    </row>
+    <row r="48" spans="1:8" ht="15" customHeight="1">
+      <c r="A48" s="198" t="s">
+        <v>147</v>
+      </c>
+      <c r="B48" s="197"/>
+      <c r="C48" s="215" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="D48" s="197"/>
-[...10 lines deleted...]
-      <c r="C49" s="216" t="str">
+      <c r="D48" s="195"/>
+      <c r="E48" s="195"/>
+      <c r="F48" s="195"/>
+      <c r="G48" s="195"/>
+      <c r="H48" s="195"/>
+    </row>
+    <row r="49" spans="1:8" ht="15" customHeight="1">
+      <c r="A49" s="198" t="s">
+        <v>146</v>
+      </c>
+      <c r="B49" s="197"/>
+      <c r="C49" s="214" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="D49" s="195"/>
-[...10 lines deleted...]
-      <c r="C50" s="216" t="str">
+      <c r="D49" s="193"/>
+      <c r="E49" s="193"/>
+      <c r="F49" s="193"/>
+      <c r="G49" s="193"/>
+      <c r="H49" s="193"/>
+    </row>
+    <row r="50" spans="1:8" ht="15" customHeight="1">
+      <c r="A50" s="339" t="s">
+        <v>145</v>
+      </c>
+      <c r="B50" s="339"/>
+      <c r="C50" s="214" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="D50" s="195"/>
-[...10 lines deleted...]
-      <c r="C51" s="215" t="str">
+      <c r="D50" s="193"/>
+      <c r="E50" s="193"/>
+      <c r="F50" s="193"/>
+      <c r="G50" s="193"/>
+      <c r="H50" s="193"/>
+    </row>
+    <row r="51" spans="1:8" ht="15" customHeight="1">
+      <c r="A51" s="212" t="s">
+        <v>144</v>
+      </c>
+      <c r="B51" s="211"/>
+      <c r="C51" s="213" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="D51" s="193" t="str">
+      <c r="D51" s="191" t="str">
         <f>IF(SUM(D46:D50)=0,"",SUM(D46:D50))</f>
         <v/>
       </c>
-      <c r="E51" s="193" t="str">
+      <c r="E51" s="191" t="str">
         <f>IF(SUM(E46:E50)=0,"",SUM(E46:E50))</f>
         <v/>
       </c>
-      <c r="F51" s="193" t="str">
+      <c r="F51" s="191" t="str">
         <f>IF(SUM(F46:F50)=0,"",SUM(F46:F50))</f>
         <v/>
       </c>
-      <c r="G51" s="193" t="str">
+      <c r="G51" s="191" t="str">
         <f>IF(SUM(G46:G50)=0,"",SUM(G46:G50))</f>
         <v/>
       </c>
-      <c r="H51" s="192" t="str">
+      <c r="H51" s="190" t="str">
         <f>IF(SUM(H46:H50)=0,"",SUM(H46:H50))</f>
         <v/>
       </c>
     </row>
-    <row r="52" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...38 lines deleted...]
-      <c r="C55" s="196" t="str">
+    <row r="52" spans="1:8" ht="15" customHeight="1">
+      <c r="A52" s="212"/>
+      <c r="B52" s="211"/>
+      <c r="C52" s="210"/>
+      <c r="D52" s="209"/>
+      <c r="E52" s="209"/>
+      <c r="F52" s="209"/>
+      <c r="G52" s="209"/>
+      <c r="H52" s="208"/>
+    </row>
+    <row r="53" spans="1:8" ht="15" customHeight="1">
+      <c r="A53" s="212" t="s">
+        <v>143</v>
+      </c>
+      <c r="B53" s="211"/>
+      <c r="C53" s="210"/>
+      <c r="D53" s="209"/>
+      <c r="E53" s="209"/>
+      <c r="F53" s="209"/>
+      <c r="G53" s="209"/>
+      <c r="H53" s="208"/>
+    </row>
+    <row r="54" spans="1:8" ht="15" customHeight="1">
+      <c r="A54" s="184" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" s="185"/>
+      <c r="C54" s="207"/>
+      <c r="D54" s="199"/>
+      <c r="E54" s="199"/>
+      <c r="F54" s="199"/>
+      <c r="G54" s="199"/>
+      <c r="H54" s="68"/>
+    </row>
+    <row r="55" spans="1:8" ht="15" customHeight="1">
+      <c r="A55" s="206" t="s">
+        <v>141</v>
+      </c>
+      <c r="B55" s="205"/>
+      <c r="C55" s="194" t="str">
         <f>IF(C51="","",-C51)</f>
         <v/>
       </c>
-      <c r="D55" s="201"/>
-[...10 lines deleted...]
-      <c r="C56" s="204">
+      <c r="D55" s="199"/>
+      <c r="E55" s="199"/>
+      <c r="F55" s="199"/>
+      <c r="G55" s="199"/>
+      <c r="H55" s="68"/>
+    </row>
+    <row r="56" spans="1:8" ht="15" customHeight="1">
+      <c r="A56" s="204" t="s">
+        <v>140</v>
+      </c>
+      <c r="B56" s="203"/>
+      <c r="C56" s="202">
         <f>IF(C55="",C54,SUM(C54+C55))</f>
         <v>0</v>
       </c>
-      <c r="D56" s="201"/>
-[...10 lines deleted...]
-      <c r="C57" s="202" t="str">
+      <c r="D56" s="199"/>
+      <c r="E56" s="199"/>
+      <c r="F56" s="199"/>
+      <c r="G56" s="199"/>
+      <c r="H56" s="68"/>
+    </row>
+    <row r="57" spans="1:8" ht="15" customHeight="1">
+      <c r="A57" s="198" t="s">
+        <v>139</v>
+      </c>
+      <c r="B57" s="201"/>
+      <c r="C57" s="200" t="str">
         <f>IF(B57&gt;0,-C56*B57,"")</f>
         <v/>
       </c>
-      <c r="D57" s="201"/>
-[...10 lines deleted...]
-      <c r="C58" s="198">
+      <c r="D57" s="199"/>
+      <c r="E57" s="199"/>
+      <c r="F57" s="199"/>
+      <c r="G57" s="199"/>
+      <c r="H57" s="68"/>
+    </row>
+    <row r="58" spans="1:8" ht="15" customHeight="1">
+      <c r="A58" s="184" t="s">
+        <v>138</v>
+      </c>
+      <c r="B58" s="185"/>
+      <c r="C58" s="196">
         <f>SUM(D58:H58)</f>
         <v>0</v>
       </c>
-      <c r="D58" s="197"/>
-[...10 lines deleted...]
-      <c r="C59" s="198">
+      <c r="D58" s="195"/>
+      <c r="E58" s="195"/>
+      <c r="F58" s="195"/>
+      <c r="G58" s="195"/>
+      <c r="H58" s="195"/>
+    </row>
+    <row r="59" spans="1:8" ht="15" customHeight="1">
+      <c r="A59" s="198" t="s">
+        <v>137</v>
+      </c>
+      <c r="B59" s="197"/>
+      <c r="C59" s="196">
         <f>SUM(D59:H59)</f>
         <v>0</v>
       </c>
-      <c r="D59" s="197"/>
-[...10 lines deleted...]
-      <c r="C60" s="196">
+      <c r="D59" s="195"/>
+      <c r="E59" s="195"/>
+      <c r="F59" s="195"/>
+      <c r="G59" s="195"/>
+      <c r="H59" s="195"/>
+    </row>
+    <row r="60" spans="1:8" ht="15" customHeight="1">
+      <c r="A60" s="184" t="s">
+        <v>136</v>
+      </c>
+      <c r="B60" s="185"/>
+      <c r="C60" s="194">
         <f>SUM(D60:H60)</f>
         <v>0</v>
       </c>
-      <c r="D60" s="195"/>
-[...10 lines deleted...]
-      <c r="C61" s="194">
+      <c r="D60" s="193"/>
+      <c r="E60" s="193"/>
+      <c r="F60" s="193"/>
+      <c r="G60" s="193"/>
+      <c r="H60" s="193"/>
+    </row>
+    <row r="61" spans="1:8" ht="15" customHeight="1">
+      <c r="A61" s="184" t="s">
+        <v>135</v>
+      </c>
+      <c r="B61" s="185"/>
+      <c r="C61" s="192">
         <f>SUM(D61:H61)</f>
         <v>0</v>
       </c>
-      <c r="D61" s="193">
+      <c r="D61" s="191">
         <f>SUM(D57:D60)</f>
         <v>0</v>
       </c>
-      <c r="E61" s="193">
+      <c r="E61" s="191">
         <f>SUM(E57:E60)</f>
         <v>0</v>
       </c>
-      <c r="F61" s="193">
+      <c r="F61" s="191">
         <f>SUM(F57:F60)</f>
         <v>0</v>
       </c>
-      <c r="G61" s="193">
+      <c r="G61" s="191">
         <f>SUM(G57:G60)</f>
         <v>0</v>
       </c>
-      <c r="H61" s="192">
+      <c r="H61" s="190">
         <f>SUM(H57:H60)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C62" s="190">
+    <row r="62" spans="1:8" ht="15" customHeight="1">
+      <c r="A62" s="189" t="s">
+        <v>134</v>
+      </c>
+      <c r="B62" s="185"/>
+      <c r="C62" s="188">
         <f>SUM(D62:H62)</f>
         <v>0</v>
       </c>
-      <c r="D62" s="189" t="str">
+      <c r="D62" s="187" t="str">
         <f>IF(D61&gt;0,D61/$C$61,"")</f>
         <v/>
       </c>
-      <c r="E62" s="189" t="str">
+      <c r="E62" s="187" t="str">
         <f>IF(E61&gt;0,E61/$C$61,"")</f>
         <v/>
       </c>
-      <c r="F62" s="189" t="str">
+      <c r="F62" s="187" t="str">
         <f>IF(F61&gt;0,F61/$C$61,"")</f>
         <v/>
       </c>
-      <c r="G62" s="189" t="str">
+      <c r="G62" s="187" t="str">
         <f>IF(G61&gt;0,G61/$C$61,"")</f>
         <v/>
       </c>
-      <c r="H62" s="188" t="str">
+      <c r="H62" s="186" t="str">
         <f>IF(H61&gt;0,H61/$C$61,"")</f>
         <v/>
       </c>
     </row>
-    <row r="63" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-    <row r="64" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:8" ht="12" customHeight="1">
+      <c r="A63" s="184"/>
+      <c r="B63" s="185"/>
+      <c r="C63" s="184"/>
+      <c r="D63" s="183"/>
+      <c r="E63" s="183"/>
+      <c r="F63" s="183"/>
+      <c r="G63" s="183"/>
+    </row>
+    <row r="64" spans="1:8" ht="15" customHeight="1">
       <c r="A64" s="63" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="B64" s="184"/>
+        <v>131</v>
+      </c>
+      <c r="B64" s="182"/>
       <c r="C64" s="63"/>
       <c r="D64" s="35"/>
       <c r="E64" s="35"/>
       <c r="F64" s="35"/>
       <c r="G64" s="35"/>
       <c r="H64" s="31"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YPpjTAYKUk6vcLoQZrb0Wx3q7StfTkA1DEKzxQE0PQbNcQcJ8bMk+zzT0t2C9hm3ga8f+V/Si0TqBgBY2Isl+w==" saltValue="CEQGwkTi12YTmBTz5XJNeA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="a0lQE/tlY2E4T7F+/XprpuF9JEHIzyJ/lr5dybRFzn7OwCS1vPBZ2BmC1VNiT6ASnhwvPj/HxdlzhYeKZW7FQQ==" saltValue="m+EwOh1utNpxVHQ9+FFqYw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="9">
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation allowBlank="1" errorTitle="N° de contribuable" error="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" promptTitle="N° de contribuable" prompt="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" sqref="IX3:JA3 ST3:SW3 ACP3:ACS3 AML3:AMO3 AWH3:AWK3 BGD3:BGG3 BPZ3:BQC3 BZV3:BZY3 CJR3:CJU3 CTN3:CTQ3 DDJ3:DDM3 DNF3:DNI3 DXB3:DXE3 EGX3:EHA3 EQT3:EQW3 FAP3:FAS3 FKL3:FKO3 FUH3:FUK3 GED3:GEG3 GNZ3:GOC3 GXV3:GXY3 HHR3:HHU3 HRN3:HRQ3 IBJ3:IBM3 ILF3:ILI3 IVB3:IVE3 JEX3:JFA3 JOT3:JOW3 JYP3:JYS3 KIL3:KIO3 KSH3:KSK3 LCD3:LCG3 LLZ3:LMC3 LVV3:LVY3 MFR3:MFU3 MPN3:MPQ3 MZJ3:MZM3 NJF3:NJI3 NTB3:NTE3 OCX3:ODA3 OMT3:OMW3 OWP3:OWS3 PGL3:PGO3 PQH3:PQK3 QAD3:QAG3 QJZ3:QKC3 QTV3:QTY3 RDR3:RDU3 RNN3:RNQ3 RXJ3:RXM3 SHF3:SHI3 SRB3:SRE3 TAX3:TBA3 TKT3:TKW3 TUP3:TUS3 UEL3:UEO3 UOH3:UOK3 UYD3:UYG3 VHZ3:VIC3 VRV3:VRY3 WBR3:WBU3 WLN3:WLQ3 WVJ3:WVM3 IX65564:JA65564 ST65564:SW65564 ACP65564:ACS65564 AML65564:AMO65564 AWH65564:AWK65564 BGD65564:BGG65564 BPZ65564:BQC65564 BZV65564:BZY65564 CJR65564:CJU65564 CTN65564:CTQ65564 DDJ65564:DDM65564 DNF65564:DNI65564 DXB65564:DXE65564 EGX65564:EHA65564 EQT65564:EQW65564 FAP65564:FAS65564 FKL65564:FKO65564 FUH65564:FUK65564 GED65564:GEG65564 GNZ65564:GOC65564 GXV65564:GXY65564 HHR65564:HHU65564 HRN65564:HRQ65564 IBJ65564:IBM65564 ILF65564:ILI65564 IVB65564:IVE65564 JEX65564:JFA65564 JOT65564:JOW65564 JYP65564:JYS65564 KIL65564:KIO65564 KSH65564:KSK65564 LCD65564:LCG65564 LLZ65564:LMC65564 LVV65564:LVY65564 MFR65564:MFU65564 MPN65564:MPQ65564 MZJ65564:MZM65564 NJF65564:NJI65564 NTB65564:NTE65564 OCX65564:ODA65564 OMT65564:OMW65564 OWP65564:OWS65564 PGL65564:PGO65564 PQH65564:PQK65564 QAD65564:QAG65564 QJZ65564:QKC65564 QTV65564:QTY65564 RDR65564:RDU65564 RNN65564:RNQ65564 RXJ65564:RXM65564 SHF65564:SHI65564 SRB65564:SRE65564 TAX65564:TBA65564 TKT65564:TKW65564 TUP65564:TUS65564 UEL65564:UEO65564 UOH65564:UOK65564 UYD65564:UYG65564 VHZ65564:VIC65564 VRV65564:VRY65564 WBR65564:WBU65564 WLN65564:WLQ65564 WVJ65564:WVM65564 IX131100:JA131100 ST131100:SW131100 ACP131100:ACS131100 AML131100:AMO131100 AWH131100:AWK131100 BGD131100:BGG131100 BPZ131100:BQC131100 BZV131100:BZY131100 CJR131100:CJU131100 CTN131100:CTQ131100 DDJ131100:DDM131100 DNF131100:DNI131100 DXB131100:DXE131100 EGX131100:EHA131100 EQT131100:EQW131100 FAP131100:FAS131100 FKL131100:FKO131100 FUH131100:FUK131100 GED131100:GEG131100 GNZ131100:GOC131100 GXV131100:GXY131100 HHR131100:HHU131100 HRN131100:HRQ131100 IBJ131100:IBM131100 ILF131100:ILI131100 IVB131100:IVE131100 JEX131100:JFA131100 JOT131100:JOW131100 JYP131100:JYS131100 KIL131100:KIO131100 KSH131100:KSK131100 LCD131100:LCG131100 LLZ131100:LMC131100 LVV131100:LVY131100 MFR131100:MFU131100 MPN131100:MPQ131100 MZJ131100:MZM131100 NJF131100:NJI131100 NTB131100:NTE131100 OCX131100:ODA131100 OMT131100:OMW131100 OWP131100:OWS131100 PGL131100:PGO131100 PQH131100:PQK131100 QAD131100:QAG131100 QJZ131100:QKC131100 QTV131100:QTY131100 RDR131100:RDU131100 RNN131100:RNQ131100 RXJ131100:RXM131100 SHF131100:SHI131100 SRB131100:SRE131100 TAX131100:TBA131100 TKT131100:TKW131100 TUP131100:TUS131100 UEL131100:UEO131100 UOH131100:UOK131100 UYD131100:UYG131100 VHZ131100:VIC131100 VRV131100:VRY131100 WBR131100:WBU131100 WLN131100:WLQ131100 WVJ131100:WVM131100 IX196636:JA196636 ST196636:SW196636 ACP196636:ACS196636 AML196636:AMO196636 AWH196636:AWK196636 BGD196636:BGG196636 BPZ196636:BQC196636 BZV196636:BZY196636 CJR196636:CJU196636 CTN196636:CTQ196636 DDJ196636:DDM196636 DNF196636:DNI196636 DXB196636:DXE196636 EGX196636:EHA196636 EQT196636:EQW196636 FAP196636:FAS196636 FKL196636:FKO196636 FUH196636:FUK196636 GED196636:GEG196636 GNZ196636:GOC196636 GXV196636:GXY196636 HHR196636:HHU196636 HRN196636:HRQ196636 IBJ196636:IBM196636 ILF196636:ILI196636 IVB196636:IVE196636 JEX196636:JFA196636 JOT196636:JOW196636 JYP196636:JYS196636 KIL196636:KIO196636 KSH196636:KSK196636 LCD196636:LCG196636 LLZ196636:LMC196636 LVV196636:LVY196636 MFR196636:MFU196636 MPN196636:MPQ196636 MZJ196636:MZM196636 NJF196636:NJI196636 NTB196636:NTE196636 OCX196636:ODA196636 OMT196636:OMW196636 OWP196636:OWS196636 PGL196636:PGO196636 PQH196636:PQK196636 QAD196636:QAG196636 QJZ196636:QKC196636 QTV196636:QTY196636 RDR196636:RDU196636 RNN196636:RNQ196636 RXJ196636:RXM196636 SHF196636:SHI196636 SRB196636:SRE196636 TAX196636:TBA196636 TKT196636:TKW196636 TUP196636:TUS196636 UEL196636:UEO196636 UOH196636:UOK196636 UYD196636:UYG196636 VHZ196636:VIC196636 VRV196636:VRY196636 WBR196636:WBU196636 WLN196636:WLQ196636 WVJ196636:WVM196636 IX262172:JA262172 ST262172:SW262172 ACP262172:ACS262172 AML262172:AMO262172 AWH262172:AWK262172 BGD262172:BGG262172 BPZ262172:BQC262172 BZV262172:BZY262172 CJR262172:CJU262172 CTN262172:CTQ262172 DDJ262172:DDM262172 DNF262172:DNI262172 DXB262172:DXE262172 EGX262172:EHA262172 EQT262172:EQW262172 FAP262172:FAS262172 FKL262172:FKO262172 FUH262172:FUK262172 GED262172:GEG262172 GNZ262172:GOC262172 GXV262172:GXY262172 HHR262172:HHU262172 HRN262172:HRQ262172 IBJ262172:IBM262172 ILF262172:ILI262172 IVB262172:IVE262172 JEX262172:JFA262172 JOT262172:JOW262172 JYP262172:JYS262172 KIL262172:KIO262172 KSH262172:KSK262172 LCD262172:LCG262172 LLZ262172:LMC262172 LVV262172:LVY262172 MFR262172:MFU262172 MPN262172:MPQ262172 MZJ262172:MZM262172 NJF262172:NJI262172 NTB262172:NTE262172 OCX262172:ODA262172 OMT262172:OMW262172 OWP262172:OWS262172 PGL262172:PGO262172 PQH262172:PQK262172 QAD262172:QAG262172 QJZ262172:QKC262172 QTV262172:QTY262172 RDR262172:RDU262172 RNN262172:RNQ262172 RXJ262172:RXM262172 SHF262172:SHI262172 SRB262172:SRE262172 TAX262172:TBA262172 TKT262172:TKW262172 TUP262172:TUS262172 UEL262172:UEO262172 UOH262172:UOK262172 UYD262172:UYG262172 VHZ262172:VIC262172 VRV262172:VRY262172 WBR262172:WBU262172 WLN262172:WLQ262172 WVJ262172:WVM262172 IX327708:JA327708 ST327708:SW327708 ACP327708:ACS327708 AML327708:AMO327708 AWH327708:AWK327708 BGD327708:BGG327708 BPZ327708:BQC327708 BZV327708:BZY327708 CJR327708:CJU327708 CTN327708:CTQ327708 DDJ327708:DDM327708 DNF327708:DNI327708 DXB327708:DXE327708 EGX327708:EHA327708 EQT327708:EQW327708 FAP327708:FAS327708 FKL327708:FKO327708 FUH327708:FUK327708 GED327708:GEG327708 GNZ327708:GOC327708 GXV327708:GXY327708 HHR327708:HHU327708 HRN327708:HRQ327708 IBJ327708:IBM327708 ILF327708:ILI327708 IVB327708:IVE327708 JEX327708:JFA327708 JOT327708:JOW327708 JYP327708:JYS327708 KIL327708:KIO327708 KSH327708:KSK327708 LCD327708:LCG327708 LLZ327708:LMC327708 LVV327708:LVY327708 MFR327708:MFU327708 MPN327708:MPQ327708 MZJ327708:MZM327708 NJF327708:NJI327708 NTB327708:NTE327708 OCX327708:ODA327708 OMT327708:OMW327708 OWP327708:OWS327708 PGL327708:PGO327708 PQH327708:PQK327708 QAD327708:QAG327708 QJZ327708:QKC327708 QTV327708:QTY327708 RDR327708:RDU327708 RNN327708:RNQ327708 RXJ327708:RXM327708 SHF327708:SHI327708 SRB327708:SRE327708 TAX327708:TBA327708 TKT327708:TKW327708 TUP327708:TUS327708 UEL327708:UEO327708 UOH327708:UOK327708 UYD327708:UYG327708 VHZ327708:VIC327708 VRV327708:VRY327708 WBR327708:WBU327708 WLN327708:WLQ327708 WVJ327708:WVM327708 IX393244:JA393244 ST393244:SW393244 ACP393244:ACS393244 AML393244:AMO393244 AWH393244:AWK393244 BGD393244:BGG393244 BPZ393244:BQC393244 BZV393244:BZY393244 CJR393244:CJU393244 CTN393244:CTQ393244 DDJ393244:DDM393244 DNF393244:DNI393244 DXB393244:DXE393244 EGX393244:EHA393244 EQT393244:EQW393244 FAP393244:FAS393244 FKL393244:FKO393244 FUH393244:FUK393244 GED393244:GEG393244 GNZ393244:GOC393244 GXV393244:GXY393244 HHR393244:HHU393244 HRN393244:HRQ393244 IBJ393244:IBM393244 ILF393244:ILI393244 IVB393244:IVE393244 JEX393244:JFA393244 JOT393244:JOW393244 JYP393244:JYS393244 KIL393244:KIO393244 KSH393244:KSK393244 LCD393244:LCG393244 LLZ393244:LMC393244 LVV393244:LVY393244 MFR393244:MFU393244 MPN393244:MPQ393244 MZJ393244:MZM393244 NJF393244:NJI393244 NTB393244:NTE393244 OCX393244:ODA393244 OMT393244:OMW393244 OWP393244:OWS393244 PGL393244:PGO393244 PQH393244:PQK393244 QAD393244:QAG393244 QJZ393244:QKC393244 QTV393244:QTY393244 RDR393244:RDU393244 RNN393244:RNQ393244 RXJ393244:RXM393244 SHF393244:SHI393244 SRB393244:SRE393244 TAX393244:TBA393244 TKT393244:TKW393244 TUP393244:TUS393244 UEL393244:UEO393244 UOH393244:UOK393244 UYD393244:UYG393244 VHZ393244:VIC393244 VRV393244:VRY393244 WBR393244:WBU393244 WLN393244:WLQ393244 WVJ393244:WVM393244 IX458780:JA458780 ST458780:SW458780 ACP458780:ACS458780 AML458780:AMO458780 AWH458780:AWK458780 BGD458780:BGG458780 BPZ458780:BQC458780 BZV458780:BZY458780 CJR458780:CJU458780 CTN458780:CTQ458780 DDJ458780:DDM458780 DNF458780:DNI458780 DXB458780:DXE458780 EGX458780:EHA458780 EQT458780:EQW458780 FAP458780:FAS458780 FKL458780:FKO458780 FUH458780:FUK458780 GED458780:GEG458780 GNZ458780:GOC458780 GXV458780:GXY458780 HHR458780:HHU458780 HRN458780:HRQ458780 IBJ458780:IBM458780 ILF458780:ILI458780 IVB458780:IVE458780 JEX458780:JFA458780 JOT458780:JOW458780 JYP458780:JYS458780 KIL458780:KIO458780 KSH458780:KSK458780 LCD458780:LCG458780 LLZ458780:LMC458780 LVV458780:LVY458780 MFR458780:MFU458780 MPN458780:MPQ458780 MZJ458780:MZM458780 NJF458780:NJI458780 NTB458780:NTE458780 OCX458780:ODA458780 OMT458780:OMW458780 OWP458780:OWS458780 PGL458780:PGO458780 PQH458780:PQK458780 QAD458780:QAG458780 QJZ458780:QKC458780 QTV458780:QTY458780 RDR458780:RDU458780 RNN458780:RNQ458780 RXJ458780:RXM458780 SHF458780:SHI458780 SRB458780:SRE458780 TAX458780:TBA458780 TKT458780:TKW458780 TUP458780:TUS458780 UEL458780:UEO458780 UOH458780:UOK458780 UYD458780:UYG458780 VHZ458780:VIC458780 VRV458780:VRY458780 WBR458780:WBU458780 WLN458780:WLQ458780 WVJ458780:WVM458780 IX524316:JA524316 ST524316:SW524316 ACP524316:ACS524316 AML524316:AMO524316 AWH524316:AWK524316 BGD524316:BGG524316 BPZ524316:BQC524316 BZV524316:BZY524316 CJR524316:CJU524316 CTN524316:CTQ524316 DDJ524316:DDM524316 DNF524316:DNI524316 DXB524316:DXE524316 EGX524316:EHA524316 EQT524316:EQW524316 FAP524316:FAS524316 FKL524316:FKO524316 FUH524316:FUK524316 GED524316:GEG524316 GNZ524316:GOC524316 GXV524316:GXY524316 HHR524316:HHU524316 HRN524316:HRQ524316 IBJ524316:IBM524316 ILF524316:ILI524316 IVB524316:IVE524316 JEX524316:JFA524316 JOT524316:JOW524316 JYP524316:JYS524316 KIL524316:KIO524316 KSH524316:KSK524316 LCD524316:LCG524316 LLZ524316:LMC524316 LVV524316:LVY524316 MFR524316:MFU524316 MPN524316:MPQ524316 MZJ524316:MZM524316 NJF524316:NJI524316 NTB524316:NTE524316 OCX524316:ODA524316 OMT524316:OMW524316 OWP524316:OWS524316 PGL524316:PGO524316 PQH524316:PQK524316 QAD524316:QAG524316 QJZ524316:QKC524316 QTV524316:QTY524316 RDR524316:RDU524316 RNN524316:RNQ524316 RXJ524316:RXM524316 SHF524316:SHI524316 SRB524316:SRE524316 TAX524316:TBA524316 TKT524316:TKW524316 TUP524316:TUS524316 UEL524316:UEO524316 UOH524316:UOK524316 UYD524316:UYG524316 VHZ524316:VIC524316 VRV524316:VRY524316 WBR524316:WBU524316 WLN524316:WLQ524316 WVJ524316:WVM524316 IX589852:JA589852 ST589852:SW589852 ACP589852:ACS589852 AML589852:AMO589852 AWH589852:AWK589852 BGD589852:BGG589852 BPZ589852:BQC589852 BZV589852:BZY589852 CJR589852:CJU589852 CTN589852:CTQ589852 DDJ589852:DDM589852 DNF589852:DNI589852 DXB589852:DXE589852 EGX589852:EHA589852 EQT589852:EQW589852 FAP589852:FAS589852 FKL589852:FKO589852 FUH589852:FUK589852 GED589852:GEG589852 GNZ589852:GOC589852 GXV589852:GXY589852 HHR589852:HHU589852 HRN589852:HRQ589852 IBJ589852:IBM589852 ILF589852:ILI589852 IVB589852:IVE589852 JEX589852:JFA589852 JOT589852:JOW589852 JYP589852:JYS589852 KIL589852:KIO589852 KSH589852:KSK589852 LCD589852:LCG589852 LLZ589852:LMC589852 LVV589852:LVY589852 MFR589852:MFU589852 MPN589852:MPQ589852 MZJ589852:MZM589852 NJF589852:NJI589852 NTB589852:NTE589852 OCX589852:ODA589852 OMT589852:OMW589852 OWP589852:OWS589852 PGL589852:PGO589852 PQH589852:PQK589852 QAD589852:QAG589852 QJZ589852:QKC589852 QTV589852:QTY589852 RDR589852:RDU589852 RNN589852:RNQ589852 RXJ589852:RXM589852 SHF589852:SHI589852 SRB589852:SRE589852 TAX589852:TBA589852 TKT589852:TKW589852 TUP589852:TUS589852 UEL589852:UEO589852 UOH589852:UOK589852 UYD589852:UYG589852 VHZ589852:VIC589852 VRV589852:VRY589852 WBR589852:WBU589852 WLN589852:WLQ589852 WVJ589852:WVM589852 IX655388:JA655388 ST655388:SW655388 ACP655388:ACS655388 AML655388:AMO655388 AWH655388:AWK655388 BGD655388:BGG655388 BPZ655388:BQC655388 BZV655388:BZY655388 CJR655388:CJU655388 CTN655388:CTQ655388 DDJ655388:DDM655388 DNF655388:DNI655388 DXB655388:DXE655388 EGX655388:EHA655388 EQT655388:EQW655388 FAP655388:FAS655388 FKL655388:FKO655388 FUH655388:FUK655388 GED655388:GEG655388 GNZ655388:GOC655388 GXV655388:GXY655388 HHR655388:HHU655388 HRN655388:HRQ655388 IBJ655388:IBM655388 ILF655388:ILI655388 IVB655388:IVE655388 JEX655388:JFA655388 JOT655388:JOW655388 JYP655388:JYS655388 KIL655388:KIO655388 KSH655388:KSK655388 LCD655388:LCG655388 LLZ655388:LMC655388 LVV655388:LVY655388 MFR655388:MFU655388 MPN655388:MPQ655388 MZJ655388:MZM655388 NJF655388:NJI655388 NTB655388:NTE655388 OCX655388:ODA655388 OMT655388:OMW655388 OWP655388:OWS655388 PGL655388:PGO655388 PQH655388:PQK655388 QAD655388:QAG655388 QJZ655388:QKC655388 QTV655388:QTY655388 RDR655388:RDU655388 RNN655388:RNQ655388 RXJ655388:RXM655388 SHF655388:SHI655388 SRB655388:SRE655388 TAX655388:TBA655388 TKT655388:TKW655388 TUP655388:TUS655388 UEL655388:UEO655388 UOH655388:UOK655388 UYD655388:UYG655388 VHZ655388:VIC655388 VRV655388:VRY655388 WBR655388:WBU655388 WLN655388:WLQ655388 WVJ655388:WVM655388 IX720924:JA720924 ST720924:SW720924 ACP720924:ACS720924 AML720924:AMO720924 AWH720924:AWK720924 BGD720924:BGG720924 BPZ720924:BQC720924 BZV720924:BZY720924 CJR720924:CJU720924 CTN720924:CTQ720924 DDJ720924:DDM720924 DNF720924:DNI720924 DXB720924:DXE720924 EGX720924:EHA720924 EQT720924:EQW720924 FAP720924:FAS720924 FKL720924:FKO720924 FUH720924:FUK720924 GED720924:GEG720924 GNZ720924:GOC720924 GXV720924:GXY720924 HHR720924:HHU720924 HRN720924:HRQ720924 IBJ720924:IBM720924 ILF720924:ILI720924 IVB720924:IVE720924 JEX720924:JFA720924 JOT720924:JOW720924 JYP720924:JYS720924 KIL720924:KIO720924 KSH720924:KSK720924 LCD720924:LCG720924 LLZ720924:LMC720924 LVV720924:LVY720924 MFR720924:MFU720924 MPN720924:MPQ720924 MZJ720924:MZM720924 NJF720924:NJI720924 NTB720924:NTE720924 OCX720924:ODA720924 OMT720924:OMW720924 OWP720924:OWS720924 PGL720924:PGO720924 PQH720924:PQK720924 QAD720924:QAG720924 QJZ720924:QKC720924 QTV720924:QTY720924 RDR720924:RDU720924 RNN720924:RNQ720924 RXJ720924:RXM720924 SHF720924:SHI720924 SRB720924:SRE720924 TAX720924:TBA720924 TKT720924:TKW720924 TUP720924:TUS720924 UEL720924:UEO720924 UOH720924:UOK720924 UYD720924:UYG720924 VHZ720924:VIC720924 VRV720924:VRY720924 WBR720924:WBU720924 WLN720924:WLQ720924 WVJ720924:WVM720924 IX786460:JA786460 ST786460:SW786460 ACP786460:ACS786460 AML786460:AMO786460 AWH786460:AWK786460 BGD786460:BGG786460 BPZ786460:BQC786460 BZV786460:BZY786460 CJR786460:CJU786460 CTN786460:CTQ786460 DDJ786460:DDM786460 DNF786460:DNI786460 DXB786460:DXE786460 EGX786460:EHA786460 EQT786460:EQW786460 FAP786460:FAS786460 FKL786460:FKO786460 FUH786460:FUK786460 GED786460:GEG786460 GNZ786460:GOC786460 GXV786460:GXY786460 HHR786460:HHU786460 HRN786460:HRQ786460 IBJ786460:IBM786460 ILF786460:ILI786460 IVB786460:IVE786460 JEX786460:JFA786460 JOT786460:JOW786460 JYP786460:JYS786460 KIL786460:KIO786460 KSH786460:KSK786460 LCD786460:LCG786460 LLZ786460:LMC786460 LVV786460:LVY786460 MFR786460:MFU786460 MPN786460:MPQ786460 MZJ786460:MZM786460 NJF786460:NJI786460 NTB786460:NTE786460 OCX786460:ODA786460 OMT786460:OMW786460 OWP786460:OWS786460 PGL786460:PGO786460 PQH786460:PQK786460 QAD786460:QAG786460 QJZ786460:QKC786460 QTV786460:QTY786460 RDR786460:RDU786460 RNN786460:RNQ786460 RXJ786460:RXM786460 SHF786460:SHI786460 SRB786460:SRE786460 TAX786460:TBA786460 TKT786460:TKW786460 TUP786460:TUS786460 UEL786460:UEO786460 UOH786460:UOK786460 UYD786460:UYG786460 VHZ786460:VIC786460 VRV786460:VRY786460 WBR786460:WBU786460 WLN786460:WLQ786460 WVJ786460:WVM786460 IX851996:JA851996 ST851996:SW851996 ACP851996:ACS851996 AML851996:AMO851996 AWH851996:AWK851996 BGD851996:BGG851996 BPZ851996:BQC851996 BZV851996:BZY851996 CJR851996:CJU851996 CTN851996:CTQ851996 DDJ851996:DDM851996 DNF851996:DNI851996 DXB851996:DXE851996 EGX851996:EHA851996 EQT851996:EQW851996 FAP851996:FAS851996 FKL851996:FKO851996 FUH851996:FUK851996 GED851996:GEG851996 GNZ851996:GOC851996 GXV851996:GXY851996 HHR851996:HHU851996 HRN851996:HRQ851996 IBJ851996:IBM851996 ILF851996:ILI851996 IVB851996:IVE851996 JEX851996:JFA851996 JOT851996:JOW851996 JYP851996:JYS851996 KIL851996:KIO851996 KSH851996:KSK851996 LCD851996:LCG851996 LLZ851996:LMC851996 LVV851996:LVY851996 MFR851996:MFU851996 MPN851996:MPQ851996 MZJ851996:MZM851996 NJF851996:NJI851996 NTB851996:NTE851996 OCX851996:ODA851996 OMT851996:OMW851996 OWP851996:OWS851996 PGL851996:PGO851996 PQH851996:PQK851996 QAD851996:QAG851996 QJZ851996:QKC851996 QTV851996:QTY851996 RDR851996:RDU851996 RNN851996:RNQ851996 RXJ851996:RXM851996 SHF851996:SHI851996 SRB851996:SRE851996 TAX851996:TBA851996 TKT851996:TKW851996 TUP851996:TUS851996 UEL851996:UEO851996 UOH851996:UOK851996 UYD851996:UYG851996 VHZ851996:VIC851996 VRV851996:VRY851996 WBR851996:WBU851996 WLN851996:WLQ851996 WVJ851996:WVM851996 IX917532:JA917532 ST917532:SW917532 ACP917532:ACS917532 AML917532:AMO917532 AWH917532:AWK917532 BGD917532:BGG917532 BPZ917532:BQC917532 BZV917532:BZY917532 CJR917532:CJU917532 CTN917532:CTQ917532 DDJ917532:DDM917532 DNF917532:DNI917532 DXB917532:DXE917532 EGX917532:EHA917532 EQT917532:EQW917532 FAP917532:FAS917532 FKL917532:FKO917532 FUH917532:FUK917532 GED917532:GEG917532 GNZ917532:GOC917532 GXV917532:GXY917532 HHR917532:HHU917532 HRN917532:HRQ917532 IBJ917532:IBM917532 ILF917532:ILI917532 IVB917532:IVE917532 JEX917532:JFA917532 JOT917532:JOW917532 JYP917532:JYS917532 KIL917532:KIO917532 KSH917532:KSK917532 LCD917532:LCG917532 LLZ917532:LMC917532 LVV917532:LVY917532 MFR917532:MFU917532 MPN917532:MPQ917532 MZJ917532:MZM917532 NJF917532:NJI917532 NTB917532:NTE917532 OCX917532:ODA917532 OMT917532:OMW917532 OWP917532:OWS917532 PGL917532:PGO917532 PQH917532:PQK917532 QAD917532:QAG917532 QJZ917532:QKC917532 QTV917532:QTY917532 RDR917532:RDU917532 RNN917532:RNQ917532 RXJ917532:RXM917532 SHF917532:SHI917532 SRB917532:SRE917532 TAX917532:TBA917532 TKT917532:TKW917532 TUP917532:TUS917532 UEL917532:UEO917532 UOH917532:UOK917532 UYD917532:UYG917532 VHZ917532:VIC917532 VRV917532:VRY917532 WBR917532:WBU917532 WLN917532:WLQ917532 WVJ917532:WVM917532 IX983068:JA983068 ST983068:SW983068 ACP983068:ACS983068 AML983068:AMO983068 AWH983068:AWK983068 BGD983068:BGG983068 BPZ983068:BQC983068 BZV983068:BZY983068 CJR983068:CJU983068 CTN983068:CTQ983068 DDJ983068:DDM983068 DNF983068:DNI983068 DXB983068:DXE983068 EGX983068:EHA983068 EQT983068:EQW983068 FAP983068:FAS983068 FKL983068:FKO983068 FUH983068:FUK983068 GED983068:GEG983068 GNZ983068:GOC983068 GXV983068:GXY983068 HHR983068:HHU983068 HRN983068:HRQ983068 IBJ983068:IBM983068 ILF983068:ILI983068 IVB983068:IVE983068 JEX983068:JFA983068 JOT983068:JOW983068 JYP983068:JYS983068 KIL983068:KIO983068 KSH983068:KSK983068 LCD983068:LCG983068 LLZ983068:LMC983068 LVV983068:LVY983068 MFR983068:MFU983068 MPN983068:MPQ983068 MZJ983068:MZM983068 NJF983068:NJI983068 NTB983068:NTE983068 OCX983068:ODA983068 OMT983068:OMW983068 OWP983068:OWS983068 PGL983068:PGO983068 PQH983068:PQK983068 QAD983068:QAG983068 QJZ983068:QKC983068 QTV983068:QTY983068 RDR983068:RDU983068 RNN983068:RNQ983068 RXJ983068:RXM983068 SHF983068:SHI983068 SRB983068:SRE983068 TAX983068:TBA983068 TKT983068:TKW983068 TUP983068:TUS983068 UEL983068:UEO983068 UOH983068:UOK983068 UYD983068:UYG983068 VHZ983068:VIC983068 VRV983068:VRY983068 WBR983068:WBU983068 WLN983068:WLQ983068 WVJ983068:WVM983068" xr:uid="{00000000-0002-0000-0400-000003000000}"/>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contribuable" error="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" promptTitle="N° de contribuable" prompt="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="WUS983068:WUT983068 IG3:IH3 SC3:SD3 ABY3:ABZ3 ALU3:ALV3 AVQ3:AVR3 BFM3:BFN3 BPI3:BPJ3 BZE3:BZF3 CJA3:CJB3 CSW3:CSX3 DCS3:DCT3 DMO3:DMP3 DWK3:DWL3 EGG3:EGH3 EQC3:EQD3 EZY3:EZZ3 FJU3:FJV3 FTQ3:FTR3 GDM3:GDN3 GNI3:GNJ3 GXE3:GXF3 HHA3:HHB3 HQW3:HQX3 IAS3:IAT3 IKO3:IKP3 IUK3:IUL3 JEG3:JEH3 JOC3:JOD3 JXY3:JXZ3 KHU3:KHV3 KRQ3:KRR3 LBM3:LBN3 LLI3:LLJ3 LVE3:LVF3 MFA3:MFB3 MOW3:MOX3 MYS3:MYT3 NIO3:NIP3 NSK3:NSL3 OCG3:OCH3 OMC3:OMD3 OVY3:OVZ3 PFU3:PFV3 PPQ3:PPR3 PZM3:PZN3 QJI3:QJJ3 QTE3:QTF3 RDA3:RDB3 RMW3:RMX3 RWS3:RWT3 SGO3:SGP3 SQK3:SQL3 TAG3:TAH3 TKC3:TKD3 TTY3:TTZ3 UDU3:UDV3 UNQ3:UNR3 UXM3:UXN3 VHI3:VHJ3 VRE3:VRF3 WBA3:WBB3 WKW3:WKX3 WUS3:WUT3 E65564:F65564 IG65564:IH65564 SC65564:SD65564 ABY65564:ABZ65564 ALU65564:ALV65564 AVQ65564:AVR65564 BFM65564:BFN65564 BPI65564:BPJ65564 BZE65564:BZF65564 CJA65564:CJB65564 CSW65564:CSX65564 DCS65564:DCT65564 DMO65564:DMP65564 DWK65564:DWL65564 EGG65564:EGH65564 EQC65564:EQD65564 EZY65564:EZZ65564 FJU65564:FJV65564 FTQ65564:FTR65564 GDM65564:GDN65564 GNI65564:GNJ65564 GXE65564:GXF65564 HHA65564:HHB65564 HQW65564:HQX65564 IAS65564:IAT65564 IKO65564:IKP65564 IUK65564:IUL65564 JEG65564:JEH65564 JOC65564:JOD65564 JXY65564:JXZ65564 KHU65564:KHV65564 KRQ65564:KRR65564 LBM65564:LBN65564 LLI65564:LLJ65564 LVE65564:LVF65564 MFA65564:MFB65564 MOW65564:MOX65564 MYS65564:MYT65564 NIO65564:NIP65564 NSK65564:NSL65564 OCG65564:OCH65564 OMC65564:OMD65564 OVY65564:OVZ65564 PFU65564:PFV65564 PPQ65564:PPR65564 PZM65564:PZN65564 QJI65564:QJJ65564 QTE65564:QTF65564 RDA65564:RDB65564 RMW65564:RMX65564 RWS65564:RWT65564 SGO65564:SGP65564 SQK65564:SQL65564 TAG65564:TAH65564 TKC65564:TKD65564 TTY65564:TTZ65564 UDU65564:UDV65564 UNQ65564:UNR65564 UXM65564:UXN65564 VHI65564:VHJ65564 VRE65564:VRF65564 WBA65564:WBB65564 WKW65564:WKX65564 WUS65564:WUT65564 E131100:F131100 IG131100:IH131100 SC131100:SD131100 ABY131100:ABZ131100 ALU131100:ALV131100 AVQ131100:AVR131100 BFM131100:BFN131100 BPI131100:BPJ131100 BZE131100:BZF131100 CJA131100:CJB131100 CSW131100:CSX131100 DCS131100:DCT131100 DMO131100:DMP131100 DWK131100:DWL131100 EGG131100:EGH131100 EQC131100:EQD131100 EZY131100:EZZ131100 FJU131100:FJV131100 FTQ131100:FTR131100 GDM131100:GDN131100 GNI131100:GNJ131100 GXE131100:GXF131100 HHA131100:HHB131100 HQW131100:HQX131100 IAS131100:IAT131100 IKO131100:IKP131100 IUK131100:IUL131100 JEG131100:JEH131100 JOC131100:JOD131100 JXY131100:JXZ131100 KHU131100:KHV131100 KRQ131100:KRR131100 LBM131100:LBN131100 LLI131100:LLJ131100 LVE131100:LVF131100 MFA131100:MFB131100 MOW131100:MOX131100 MYS131100:MYT131100 NIO131100:NIP131100 NSK131100:NSL131100 OCG131100:OCH131100 OMC131100:OMD131100 OVY131100:OVZ131100 PFU131100:PFV131100 PPQ131100:PPR131100 PZM131100:PZN131100 QJI131100:QJJ131100 QTE131100:QTF131100 RDA131100:RDB131100 RMW131100:RMX131100 RWS131100:RWT131100 SGO131100:SGP131100 SQK131100:SQL131100 TAG131100:TAH131100 TKC131100:TKD131100 TTY131100:TTZ131100 UDU131100:UDV131100 UNQ131100:UNR131100 UXM131100:UXN131100 VHI131100:VHJ131100 VRE131100:VRF131100 WBA131100:WBB131100 WKW131100:WKX131100 WUS131100:WUT131100 E196636:F196636 IG196636:IH196636 SC196636:SD196636 ABY196636:ABZ196636 ALU196636:ALV196636 AVQ196636:AVR196636 BFM196636:BFN196636 BPI196636:BPJ196636 BZE196636:BZF196636 CJA196636:CJB196636 CSW196636:CSX196636 DCS196636:DCT196636 DMO196636:DMP196636 DWK196636:DWL196636 EGG196636:EGH196636 EQC196636:EQD196636 EZY196636:EZZ196636 FJU196636:FJV196636 FTQ196636:FTR196636 GDM196636:GDN196636 GNI196636:GNJ196636 GXE196636:GXF196636 HHA196636:HHB196636 HQW196636:HQX196636 IAS196636:IAT196636 IKO196636:IKP196636 IUK196636:IUL196636 JEG196636:JEH196636 JOC196636:JOD196636 JXY196636:JXZ196636 KHU196636:KHV196636 KRQ196636:KRR196636 LBM196636:LBN196636 LLI196636:LLJ196636 LVE196636:LVF196636 MFA196636:MFB196636 MOW196636:MOX196636 MYS196636:MYT196636 NIO196636:NIP196636 NSK196636:NSL196636 OCG196636:OCH196636 OMC196636:OMD196636 OVY196636:OVZ196636 PFU196636:PFV196636 PPQ196636:PPR196636 PZM196636:PZN196636 QJI196636:QJJ196636 QTE196636:QTF196636 RDA196636:RDB196636 RMW196636:RMX196636 RWS196636:RWT196636 SGO196636:SGP196636 SQK196636:SQL196636 TAG196636:TAH196636 TKC196636:TKD196636 TTY196636:TTZ196636 UDU196636:UDV196636 UNQ196636:UNR196636 UXM196636:UXN196636 VHI196636:VHJ196636 VRE196636:VRF196636 WBA196636:WBB196636 WKW196636:WKX196636 WUS196636:WUT196636 E262172:F262172 IG262172:IH262172 SC262172:SD262172 ABY262172:ABZ262172 ALU262172:ALV262172 AVQ262172:AVR262172 BFM262172:BFN262172 BPI262172:BPJ262172 BZE262172:BZF262172 CJA262172:CJB262172 CSW262172:CSX262172 DCS262172:DCT262172 DMO262172:DMP262172 DWK262172:DWL262172 EGG262172:EGH262172 EQC262172:EQD262172 EZY262172:EZZ262172 FJU262172:FJV262172 FTQ262172:FTR262172 GDM262172:GDN262172 GNI262172:GNJ262172 GXE262172:GXF262172 HHA262172:HHB262172 HQW262172:HQX262172 IAS262172:IAT262172 IKO262172:IKP262172 IUK262172:IUL262172 JEG262172:JEH262172 JOC262172:JOD262172 JXY262172:JXZ262172 KHU262172:KHV262172 KRQ262172:KRR262172 LBM262172:LBN262172 LLI262172:LLJ262172 LVE262172:LVF262172 MFA262172:MFB262172 MOW262172:MOX262172 MYS262172:MYT262172 NIO262172:NIP262172 NSK262172:NSL262172 OCG262172:OCH262172 OMC262172:OMD262172 OVY262172:OVZ262172 PFU262172:PFV262172 PPQ262172:PPR262172 PZM262172:PZN262172 QJI262172:QJJ262172 QTE262172:QTF262172 RDA262172:RDB262172 RMW262172:RMX262172 RWS262172:RWT262172 SGO262172:SGP262172 SQK262172:SQL262172 TAG262172:TAH262172 TKC262172:TKD262172 TTY262172:TTZ262172 UDU262172:UDV262172 UNQ262172:UNR262172 UXM262172:UXN262172 VHI262172:VHJ262172 VRE262172:VRF262172 WBA262172:WBB262172 WKW262172:WKX262172 WUS262172:WUT262172 E327708:F327708 IG327708:IH327708 SC327708:SD327708 ABY327708:ABZ327708 ALU327708:ALV327708 AVQ327708:AVR327708 BFM327708:BFN327708 BPI327708:BPJ327708 BZE327708:BZF327708 CJA327708:CJB327708 CSW327708:CSX327708 DCS327708:DCT327708 DMO327708:DMP327708 DWK327708:DWL327708 EGG327708:EGH327708 EQC327708:EQD327708 EZY327708:EZZ327708 FJU327708:FJV327708 FTQ327708:FTR327708 GDM327708:GDN327708 GNI327708:GNJ327708 GXE327708:GXF327708 HHA327708:HHB327708 HQW327708:HQX327708 IAS327708:IAT327708 IKO327708:IKP327708 IUK327708:IUL327708 JEG327708:JEH327708 JOC327708:JOD327708 JXY327708:JXZ327708 KHU327708:KHV327708 KRQ327708:KRR327708 LBM327708:LBN327708 LLI327708:LLJ327708 LVE327708:LVF327708 MFA327708:MFB327708 MOW327708:MOX327708 MYS327708:MYT327708 NIO327708:NIP327708 NSK327708:NSL327708 OCG327708:OCH327708 OMC327708:OMD327708 OVY327708:OVZ327708 PFU327708:PFV327708 PPQ327708:PPR327708 PZM327708:PZN327708 QJI327708:QJJ327708 QTE327708:QTF327708 RDA327708:RDB327708 RMW327708:RMX327708 RWS327708:RWT327708 SGO327708:SGP327708 SQK327708:SQL327708 TAG327708:TAH327708 TKC327708:TKD327708 TTY327708:TTZ327708 UDU327708:UDV327708 UNQ327708:UNR327708 UXM327708:UXN327708 VHI327708:VHJ327708 VRE327708:VRF327708 WBA327708:WBB327708 WKW327708:WKX327708 WUS327708:WUT327708 E393244:F393244 IG393244:IH393244 SC393244:SD393244 ABY393244:ABZ393244 ALU393244:ALV393244 AVQ393244:AVR393244 BFM393244:BFN393244 BPI393244:BPJ393244 BZE393244:BZF393244 CJA393244:CJB393244 CSW393244:CSX393244 DCS393244:DCT393244 DMO393244:DMP393244 DWK393244:DWL393244 EGG393244:EGH393244 EQC393244:EQD393244 EZY393244:EZZ393244 FJU393244:FJV393244 FTQ393244:FTR393244 GDM393244:GDN393244 GNI393244:GNJ393244 GXE393244:GXF393244 HHA393244:HHB393244 HQW393244:HQX393244 IAS393244:IAT393244 IKO393244:IKP393244 IUK393244:IUL393244 JEG393244:JEH393244 JOC393244:JOD393244 JXY393244:JXZ393244 KHU393244:KHV393244 KRQ393244:KRR393244 LBM393244:LBN393244 LLI393244:LLJ393244 LVE393244:LVF393244 MFA393244:MFB393244 MOW393244:MOX393244 MYS393244:MYT393244 NIO393244:NIP393244 NSK393244:NSL393244 OCG393244:OCH393244 OMC393244:OMD393244 OVY393244:OVZ393244 PFU393244:PFV393244 PPQ393244:PPR393244 PZM393244:PZN393244 QJI393244:QJJ393244 QTE393244:QTF393244 RDA393244:RDB393244 RMW393244:RMX393244 RWS393244:RWT393244 SGO393244:SGP393244 SQK393244:SQL393244 TAG393244:TAH393244 TKC393244:TKD393244 TTY393244:TTZ393244 UDU393244:UDV393244 UNQ393244:UNR393244 UXM393244:UXN393244 VHI393244:VHJ393244 VRE393244:VRF393244 WBA393244:WBB393244 WKW393244:WKX393244 WUS393244:WUT393244 E458780:F458780 IG458780:IH458780 SC458780:SD458780 ABY458780:ABZ458780 ALU458780:ALV458780 AVQ458780:AVR458780 BFM458780:BFN458780 BPI458780:BPJ458780 BZE458780:BZF458780 CJA458780:CJB458780 CSW458780:CSX458780 DCS458780:DCT458780 DMO458780:DMP458780 DWK458780:DWL458780 EGG458780:EGH458780 EQC458780:EQD458780 EZY458780:EZZ458780 FJU458780:FJV458780 FTQ458780:FTR458780 GDM458780:GDN458780 GNI458780:GNJ458780 GXE458780:GXF458780 HHA458780:HHB458780 HQW458780:HQX458780 IAS458780:IAT458780 IKO458780:IKP458780 IUK458780:IUL458780 JEG458780:JEH458780 JOC458780:JOD458780 JXY458780:JXZ458780 KHU458780:KHV458780 KRQ458780:KRR458780 LBM458780:LBN458780 LLI458780:LLJ458780 LVE458780:LVF458780 MFA458780:MFB458780 MOW458780:MOX458780 MYS458780:MYT458780 NIO458780:NIP458780 NSK458780:NSL458780 OCG458780:OCH458780 OMC458780:OMD458780 OVY458780:OVZ458780 PFU458780:PFV458780 PPQ458780:PPR458780 PZM458780:PZN458780 QJI458780:QJJ458780 QTE458780:QTF458780 RDA458780:RDB458780 RMW458780:RMX458780 RWS458780:RWT458780 SGO458780:SGP458780 SQK458780:SQL458780 TAG458780:TAH458780 TKC458780:TKD458780 TTY458780:TTZ458780 UDU458780:UDV458780 UNQ458780:UNR458780 UXM458780:UXN458780 VHI458780:VHJ458780 VRE458780:VRF458780 WBA458780:WBB458780 WKW458780:WKX458780 WUS458780:WUT458780 E524316:F524316 IG524316:IH524316 SC524316:SD524316 ABY524316:ABZ524316 ALU524316:ALV524316 AVQ524316:AVR524316 BFM524316:BFN524316 BPI524316:BPJ524316 BZE524316:BZF524316 CJA524316:CJB524316 CSW524316:CSX524316 DCS524316:DCT524316 DMO524316:DMP524316 DWK524316:DWL524316 EGG524316:EGH524316 EQC524316:EQD524316 EZY524316:EZZ524316 FJU524316:FJV524316 FTQ524316:FTR524316 GDM524316:GDN524316 GNI524316:GNJ524316 GXE524316:GXF524316 HHA524316:HHB524316 HQW524316:HQX524316 IAS524316:IAT524316 IKO524316:IKP524316 IUK524316:IUL524316 JEG524316:JEH524316 JOC524316:JOD524316 JXY524316:JXZ524316 KHU524316:KHV524316 KRQ524316:KRR524316 LBM524316:LBN524316 LLI524316:LLJ524316 LVE524316:LVF524316 MFA524316:MFB524316 MOW524316:MOX524316 MYS524316:MYT524316 NIO524316:NIP524316 NSK524316:NSL524316 OCG524316:OCH524316 OMC524316:OMD524316 OVY524316:OVZ524316 PFU524316:PFV524316 PPQ524316:PPR524316 PZM524316:PZN524316 QJI524316:QJJ524316 QTE524316:QTF524316 RDA524316:RDB524316 RMW524316:RMX524316 RWS524316:RWT524316 SGO524316:SGP524316 SQK524316:SQL524316 TAG524316:TAH524316 TKC524316:TKD524316 TTY524316:TTZ524316 UDU524316:UDV524316 UNQ524316:UNR524316 UXM524316:UXN524316 VHI524316:VHJ524316 VRE524316:VRF524316 WBA524316:WBB524316 WKW524316:WKX524316 WUS524316:WUT524316 E589852:F589852 IG589852:IH589852 SC589852:SD589852 ABY589852:ABZ589852 ALU589852:ALV589852 AVQ589852:AVR589852 BFM589852:BFN589852 BPI589852:BPJ589852 BZE589852:BZF589852 CJA589852:CJB589852 CSW589852:CSX589852 DCS589852:DCT589852 DMO589852:DMP589852 DWK589852:DWL589852 EGG589852:EGH589852 EQC589852:EQD589852 EZY589852:EZZ589852 FJU589852:FJV589852 FTQ589852:FTR589852 GDM589852:GDN589852 GNI589852:GNJ589852 GXE589852:GXF589852 HHA589852:HHB589852 HQW589852:HQX589852 IAS589852:IAT589852 IKO589852:IKP589852 IUK589852:IUL589852 JEG589852:JEH589852 JOC589852:JOD589852 JXY589852:JXZ589852 KHU589852:KHV589852 KRQ589852:KRR589852 LBM589852:LBN589852 LLI589852:LLJ589852 LVE589852:LVF589852 MFA589852:MFB589852 MOW589852:MOX589852 MYS589852:MYT589852 NIO589852:NIP589852 NSK589852:NSL589852 OCG589852:OCH589852 OMC589852:OMD589852 OVY589852:OVZ589852 PFU589852:PFV589852 PPQ589852:PPR589852 PZM589852:PZN589852 QJI589852:QJJ589852 QTE589852:QTF589852 RDA589852:RDB589852 RMW589852:RMX589852 RWS589852:RWT589852 SGO589852:SGP589852 SQK589852:SQL589852 TAG589852:TAH589852 TKC589852:TKD589852 TTY589852:TTZ589852 UDU589852:UDV589852 UNQ589852:UNR589852 UXM589852:UXN589852 VHI589852:VHJ589852 VRE589852:VRF589852 WBA589852:WBB589852 WKW589852:WKX589852 WUS589852:WUT589852 E655388:F655388 IG655388:IH655388 SC655388:SD655388 ABY655388:ABZ655388 ALU655388:ALV655388 AVQ655388:AVR655388 BFM655388:BFN655388 BPI655388:BPJ655388 BZE655388:BZF655388 CJA655388:CJB655388 CSW655388:CSX655388 DCS655388:DCT655388 DMO655388:DMP655388 DWK655388:DWL655388 EGG655388:EGH655388 EQC655388:EQD655388 EZY655388:EZZ655388 FJU655388:FJV655388 FTQ655388:FTR655388 GDM655388:GDN655388 GNI655388:GNJ655388 GXE655388:GXF655388 HHA655388:HHB655388 HQW655388:HQX655388 IAS655388:IAT655388 IKO655388:IKP655388 IUK655388:IUL655388 JEG655388:JEH655388 JOC655388:JOD655388 JXY655388:JXZ655388 KHU655388:KHV655388 KRQ655388:KRR655388 LBM655388:LBN655388 LLI655388:LLJ655388 LVE655388:LVF655388 MFA655388:MFB655388 MOW655388:MOX655388 MYS655388:MYT655388 NIO655388:NIP655388 NSK655388:NSL655388 OCG655388:OCH655388 OMC655388:OMD655388 OVY655388:OVZ655388 PFU655388:PFV655388 PPQ655388:PPR655388 PZM655388:PZN655388 QJI655388:QJJ655388 QTE655388:QTF655388 RDA655388:RDB655388 RMW655388:RMX655388 RWS655388:RWT655388 SGO655388:SGP655388 SQK655388:SQL655388 TAG655388:TAH655388 TKC655388:TKD655388 TTY655388:TTZ655388 UDU655388:UDV655388 UNQ655388:UNR655388 UXM655388:UXN655388 VHI655388:VHJ655388 VRE655388:VRF655388 WBA655388:WBB655388 WKW655388:WKX655388 WUS655388:WUT655388 E720924:F720924 IG720924:IH720924 SC720924:SD720924 ABY720924:ABZ720924 ALU720924:ALV720924 AVQ720924:AVR720924 BFM720924:BFN720924 BPI720924:BPJ720924 BZE720924:BZF720924 CJA720924:CJB720924 CSW720924:CSX720924 DCS720924:DCT720924 DMO720924:DMP720924 DWK720924:DWL720924 EGG720924:EGH720924 EQC720924:EQD720924 EZY720924:EZZ720924 FJU720924:FJV720924 FTQ720924:FTR720924 GDM720924:GDN720924 GNI720924:GNJ720924 GXE720924:GXF720924 HHA720924:HHB720924 HQW720924:HQX720924 IAS720924:IAT720924 IKO720924:IKP720924 IUK720924:IUL720924 JEG720924:JEH720924 JOC720924:JOD720924 JXY720924:JXZ720924 KHU720924:KHV720924 KRQ720924:KRR720924 LBM720924:LBN720924 LLI720924:LLJ720924 LVE720924:LVF720924 MFA720924:MFB720924 MOW720924:MOX720924 MYS720924:MYT720924 NIO720924:NIP720924 NSK720924:NSL720924 OCG720924:OCH720924 OMC720924:OMD720924 OVY720924:OVZ720924 PFU720924:PFV720924 PPQ720924:PPR720924 PZM720924:PZN720924 QJI720924:QJJ720924 QTE720924:QTF720924 RDA720924:RDB720924 RMW720924:RMX720924 RWS720924:RWT720924 SGO720924:SGP720924 SQK720924:SQL720924 TAG720924:TAH720924 TKC720924:TKD720924 TTY720924:TTZ720924 UDU720924:UDV720924 UNQ720924:UNR720924 UXM720924:UXN720924 VHI720924:VHJ720924 VRE720924:VRF720924 WBA720924:WBB720924 WKW720924:WKX720924 WUS720924:WUT720924 E786460:F786460 IG786460:IH786460 SC786460:SD786460 ABY786460:ABZ786460 ALU786460:ALV786460 AVQ786460:AVR786460 BFM786460:BFN786460 BPI786460:BPJ786460 BZE786460:BZF786460 CJA786460:CJB786460 CSW786460:CSX786460 DCS786460:DCT786460 DMO786460:DMP786460 DWK786460:DWL786460 EGG786460:EGH786460 EQC786460:EQD786460 EZY786460:EZZ786460 FJU786460:FJV786460 FTQ786460:FTR786460 GDM786460:GDN786460 GNI786460:GNJ786460 GXE786460:GXF786460 HHA786460:HHB786460 HQW786460:HQX786460 IAS786460:IAT786460 IKO786460:IKP786460 IUK786460:IUL786460 JEG786460:JEH786460 JOC786460:JOD786460 JXY786460:JXZ786460 KHU786460:KHV786460 KRQ786460:KRR786460 LBM786460:LBN786460 LLI786460:LLJ786460 LVE786460:LVF786460 MFA786460:MFB786460 MOW786460:MOX786460 MYS786460:MYT786460 NIO786460:NIP786460 NSK786460:NSL786460 OCG786460:OCH786460 OMC786460:OMD786460 OVY786460:OVZ786460 PFU786460:PFV786460 PPQ786460:PPR786460 PZM786460:PZN786460 QJI786460:QJJ786460 QTE786460:QTF786460 RDA786460:RDB786460 RMW786460:RMX786460 RWS786460:RWT786460 SGO786460:SGP786460 SQK786460:SQL786460 TAG786460:TAH786460 TKC786460:TKD786460 TTY786460:TTZ786460 UDU786460:UDV786460 UNQ786460:UNR786460 UXM786460:UXN786460 VHI786460:VHJ786460 VRE786460:VRF786460 WBA786460:WBB786460 WKW786460:WKX786460 WUS786460:WUT786460 E851996:F851996 IG851996:IH851996 SC851996:SD851996 ABY851996:ABZ851996 ALU851996:ALV851996 AVQ851996:AVR851996 BFM851996:BFN851996 BPI851996:BPJ851996 BZE851996:BZF851996 CJA851996:CJB851996 CSW851996:CSX851996 DCS851996:DCT851996 DMO851996:DMP851996 DWK851996:DWL851996 EGG851996:EGH851996 EQC851996:EQD851996 EZY851996:EZZ851996 FJU851996:FJV851996 FTQ851996:FTR851996 GDM851996:GDN851996 GNI851996:GNJ851996 GXE851996:GXF851996 HHA851996:HHB851996 HQW851996:HQX851996 IAS851996:IAT851996 IKO851996:IKP851996 IUK851996:IUL851996 JEG851996:JEH851996 JOC851996:JOD851996 JXY851996:JXZ851996 KHU851996:KHV851996 KRQ851996:KRR851996 LBM851996:LBN851996 LLI851996:LLJ851996 LVE851996:LVF851996 MFA851996:MFB851996 MOW851996:MOX851996 MYS851996:MYT851996 NIO851996:NIP851996 NSK851996:NSL851996 OCG851996:OCH851996 OMC851996:OMD851996 OVY851996:OVZ851996 PFU851996:PFV851996 PPQ851996:PPR851996 PZM851996:PZN851996 QJI851996:QJJ851996 QTE851996:QTF851996 RDA851996:RDB851996 RMW851996:RMX851996 RWS851996:RWT851996 SGO851996:SGP851996 SQK851996:SQL851996 TAG851996:TAH851996 TKC851996:TKD851996 TTY851996:TTZ851996 UDU851996:UDV851996 UNQ851996:UNR851996 UXM851996:UXN851996 VHI851996:VHJ851996 VRE851996:VRF851996 WBA851996:WBB851996 WKW851996:WKX851996 WUS851996:WUT851996 E917532:F917532 IG917532:IH917532 SC917532:SD917532 ABY917532:ABZ917532 ALU917532:ALV917532 AVQ917532:AVR917532 BFM917532:BFN917532 BPI917532:BPJ917532 BZE917532:BZF917532 CJA917532:CJB917532 CSW917532:CSX917532 DCS917532:DCT917532 DMO917532:DMP917532 DWK917532:DWL917532 EGG917532:EGH917532 EQC917532:EQD917532 EZY917532:EZZ917532 FJU917532:FJV917532 FTQ917532:FTR917532 GDM917532:GDN917532 GNI917532:GNJ917532 GXE917532:GXF917532 HHA917532:HHB917532 HQW917532:HQX917532 IAS917532:IAT917532 IKO917532:IKP917532 IUK917532:IUL917532 JEG917532:JEH917532 JOC917532:JOD917532 JXY917532:JXZ917532 KHU917532:KHV917532 KRQ917532:KRR917532 LBM917532:LBN917532 LLI917532:LLJ917532 LVE917532:LVF917532 MFA917532:MFB917532 MOW917532:MOX917532 MYS917532:MYT917532 NIO917532:NIP917532 NSK917532:NSL917532 OCG917532:OCH917532 OMC917532:OMD917532 OVY917532:OVZ917532 PFU917532:PFV917532 PPQ917532:PPR917532 PZM917532:PZN917532 QJI917532:QJJ917532 QTE917532:QTF917532 RDA917532:RDB917532 RMW917532:RMX917532 RWS917532:RWT917532 SGO917532:SGP917532 SQK917532:SQL917532 TAG917532:TAH917532 TKC917532:TKD917532 TTY917532:TTZ917532 UDU917532:UDV917532 UNQ917532:UNR917532 UXM917532:UXN917532 VHI917532:VHJ917532 VRE917532:VRF917532 WBA917532:WBB917532 WKW917532:WKX917532 WUS917532:WUT917532 E983068:F983068 IG983068:IH983068 SC983068:SD983068 ABY983068:ABZ983068 ALU983068:ALV983068 AVQ983068:AVR983068 BFM983068:BFN983068 BPI983068:BPJ983068 BZE983068:BZF983068 CJA983068:CJB983068 CSW983068:CSX983068 DCS983068:DCT983068 DMO983068:DMP983068 DWK983068:DWL983068 EGG983068:EGH983068 EQC983068:EQD983068 EZY983068:EZZ983068 FJU983068:FJV983068 FTQ983068:FTR983068 GDM983068:GDN983068 GNI983068:GNJ983068 GXE983068:GXF983068 HHA983068:HHB983068 HQW983068:HQX983068 IAS983068:IAT983068 IKO983068:IKP983068 IUK983068:IUL983068 JEG983068:JEH983068 JOC983068:JOD983068 JXY983068:JXZ983068 KHU983068:KHV983068 KRQ983068:KRR983068 LBM983068:LBN983068 LLI983068:LLJ983068 LVE983068:LVF983068 MFA983068:MFB983068 MOW983068:MOX983068 MYS983068:MYT983068 NIO983068:NIP983068 NSK983068:NSL983068 OCG983068:OCH983068 OMC983068:OMD983068 OVY983068:OVZ983068 PFU983068:PFV983068 PPQ983068:PPR983068 PZM983068:PZN983068 QJI983068:QJJ983068 QTE983068:QTF983068 RDA983068:RDB983068 RMW983068:RMX983068 RWS983068:RWT983068 SGO983068:SGP983068 SQK983068:SQL983068 TAG983068:TAH983068 TKC983068:TKD983068 TTY983068:TTZ983068 UDU983068:UDV983068 UNQ983068:UNR983068 UXM983068:UXN983068 VHI983068:VHJ983068 VRE983068:VRF983068 WBA983068:WBB983068 WKW983068:WKX983068" xr:uid="{00000000-0002-0000-0400-000002000000}">
       <formula1>12</formula1>
       <formula2>12</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" errorTitle="N° de contribuable" error="Veuillez saisir les 15 chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012345" promptTitle="N° de contribuable" prompt="Veuillez saisir les 15 chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="Z3:AA3 JV3:JW3 TR3:TS3 ADN3:ADO3 ANJ3:ANK3 AXF3:AXG3 BHB3:BHC3 BQX3:BQY3 CAT3:CAU3 CKP3:CKQ3 CUL3:CUM3 DEH3:DEI3 DOD3:DOE3 DXZ3:DYA3 EHV3:EHW3 ERR3:ERS3 FBN3:FBO3 FLJ3:FLK3 FVF3:FVG3 GFB3:GFC3 GOX3:GOY3 GYT3:GYU3 HIP3:HIQ3 HSL3:HSM3 ICH3:ICI3 IMD3:IME3 IVZ3:IWA3 JFV3:JFW3 JPR3:JPS3 JZN3:JZO3 KJJ3:KJK3 KTF3:KTG3 LDB3:LDC3 LMX3:LMY3 LWT3:LWU3 MGP3:MGQ3 MQL3:MQM3 NAH3:NAI3 NKD3:NKE3 NTZ3:NUA3 ODV3:ODW3 ONR3:ONS3 OXN3:OXO3 PHJ3:PHK3 PRF3:PRG3 QBB3:QBC3 QKX3:QKY3 QUT3:QUU3 REP3:REQ3 ROL3:ROM3 RYH3:RYI3 SID3:SIE3 SRZ3:SSA3 TBV3:TBW3 TLR3:TLS3 TVN3:TVO3 UFJ3:UFK3 UPF3:UPG3 UZB3:UZC3 VIX3:VIY3 VST3:VSU3 WCP3:WCQ3 WML3:WMM3 WWH3:WWI3 Z65564:AA65564 JV65564:JW65564 TR65564:TS65564 ADN65564:ADO65564 ANJ65564:ANK65564 AXF65564:AXG65564 BHB65564:BHC65564 BQX65564:BQY65564 CAT65564:CAU65564 CKP65564:CKQ65564 CUL65564:CUM65564 DEH65564:DEI65564 DOD65564:DOE65564 DXZ65564:DYA65564 EHV65564:EHW65564 ERR65564:ERS65564 FBN65564:FBO65564 FLJ65564:FLK65564 FVF65564:FVG65564 GFB65564:GFC65564 GOX65564:GOY65564 GYT65564:GYU65564 HIP65564:HIQ65564 HSL65564:HSM65564 ICH65564:ICI65564 IMD65564:IME65564 IVZ65564:IWA65564 JFV65564:JFW65564 JPR65564:JPS65564 JZN65564:JZO65564 KJJ65564:KJK65564 KTF65564:KTG65564 LDB65564:LDC65564 LMX65564:LMY65564 LWT65564:LWU65564 MGP65564:MGQ65564 MQL65564:MQM65564 NAH65564:NAI65564 NKD65564:NKE65564 NTZ65564:NUA65564 ODV65564:ODW65564 ONR65564:ONS65564 OXN65564:OXO65564 PHJ65564:PHK65564 PRF65564:PRG65564 QBB65564:QBC65564 QKX65564:QKY65564 QUT65564:QUU65564 REP65564:REQ65564 ROL65564:ROM65564 RYH65564:RYI65564 SID65564:SIE65564 SRZ65564:SSA65564 TBV65564:TBW65564 TLR65564:TLS65564 TVN65564:TVO65564 UFJ65564:UFK65564 UPF65564:UPG65564 UZB65564:UZC65564 VIX65564:VIY65564 VST65564:VSU65564 WCP65564:WCQ65564 WML65564:WMM65564 WWH65564:WWI65564 Z131100:AA131100 JV131100:JW131100 TR131100:TS131100 ADN131100:ADO131100 ANJ131100:ANK131100 AXF131100:AXG131100 BHB131100:BHC131100 BQX131100:BQY131100 CAT131100:CAU131100 CKP131100:CKQ131100 CUL131100:CUM131100 DEH131100:DEI131100 DOD131100:DOE131100 DXZ131100:DYA131100 EHV131100:EHW131100 ERR131100:ERS131100 FBN131100:FBO131100 FLJ131100:FLK131100 FVF131100:FVG131100 GFB131100:GFC131100 GOX131100:GOY131100 GYT131100:GYU131100 HIP131100:HIQ131100 HSL131100:HSM131100 ICH131100:ICI131100 IMD131100:IME131100 IVZ131100:IWA131100 JFV131100:JFW131100 JPR131100:JPS131100 JZN131100:JZO131100 KJJ131100:KJK131100 KTF131100:KTG131100 LDB131100:LDC131100 LMX131100:LMY131100 LWT131100:LWU131100 MGP131100:MGQ131100 MQL131100:MQM131100 NAH131100:NAI131100 NKD131100:NKE131100 NTZ131100:NUA131100 ODV131100:ODW131100 ONR131100:ONS131100 OXN131100:OXO131100 PHJ131100:PHK131100 PRF131100:PRG131100 QBB131100:QBC131100 QKX131100:QKY131100 QUT131100:QUU131100 REP131100:REQ131100 ROL131100:ROM131100 RYH131100:RYI131100 SID131100:SIE131100 SRZ131100:SSA131100 TBV131100:TBW131100 TLR131100:TLS131100 TVN131100:TVO131100 UFJ131100:UFK131100 UPF131100:UPG131100 UZB131100:UZC131100 VIX131100:VIY131100 VST131100:VSU131100 WCP131100:WCQ131100 WML131100:WMM131100 WWH131100:WWI131100 Z196636:AA196636 JV196636:JW196636 TR196636:TS196636 ADN196636:ADO196636 ANJ196636:ANK196636 AXF196636:AXG196636 BHB196636:BHC196636 BQX196636:BQY196636 CAT196636:CAU196636 CKP196636:CKQ196636 CUL196636:CUM196636 DEH196636:DEI196636 DOD196636:DOE196636 DXZ196636:DYA196636 EHV196636:EHW196636 ERR196636:ERS196636 FBN196636:FBO196636 FLJ196636:FLK196636 FVF196636:FVG196636 GFB196636:GFC196636 GOX196636:GOY196636 GYT196636:GYU196636 HIP196636:HIQ196636 HSL196636:HSM196636 ICH196636:ICI196636 IMD196636:IME196636 IVZ196636:IWA196636 JFV196636:JFW196636 JPR196636:JPS196636 JZN196636:JZO196636 KJJ196636:KJK196636 KTF196636:KTG196636 LDB196636:LDC196636 LMX196636:LMY196636 LWT196636:LWU196636 MGP196636:MGQ196636 MQL196636:MQM196636 NAH196636:NAI196636 NKD196636:NKE196636 NTZ196636:NUA196636 ODV196636:ODW196636 ONR196636:ONS196636 OXN196636:OXO196636 PHJ196636:PHK196636 PRF196636:PRG196636 QBB196636:QBC196636 QKX196636:QKY196636 QUT196636:QUU196636 REP196636:REQ196636 ROL196636:ROM196636 RYH196636:RYI196636 SID196636:SIE196636 SRZ196636:SSA196636 TBV196636:TBW196636 TLR196636:TLS196636 TVN196636:TVO196636 UFJ196636:UFK196636 UPF196636:UPG196636 UZB196636:UZC196636 VIX196636:VIY196636 VST196636:VSU196636 WCP196636:WCQ196636 WML196636:WMM196636 WWH196636:WWI196636 Z262172:AA262172 JV262172:JW262172 TR262172:TS262172 ADN262172:ADO262172 ANJ262172:ANK262172 AXF262172:AXG262172 BHB262172:BHC262172 BQX262172:BQY262172 CAT262172:CAU262172 CKP262172:CKQ262172 CUL262172:CUM262172 DEH262172:DEI262172 DOD262172:DOE262172 DXZ262172:DYA262172 EHV262172:EHW262172 ERR262172:ERS262172 FBN262172:FBO262172 FLJ262172:FLK262172 FVF262172:FVG262172 GFB262172:GFC262172 GOX262172:GOY262172 GYT262172:GYU262172 HIP262172:HIQ262172 HSL262172:HSM262172 ICH262172:ICI262172 IMD262172:IME262172 IVZ262172:IWA262172 JFV262172:JFW262172 JPR262172:JPS262172 JZN262172:JZO262172 KJJ262172:KJK262172 KTF262172:KTG262172 LDB262172:LDC262172 LMX262172:LMY262172 LWT262172:LWU262172 MGP262172:MGQ262172 MQL262172:MQM262172 NAH262172:NAI262172 NKD262172:NKE262172 NTZ262172:NUA262172 ODV262172:ODW262172 ONR262172:ONS262172 OXN262172:OXO262172 PHJ262172:PHK262172 PRF262172:PRG262172 QBB262172:QBC262172 QKX262172:QKY262172 QUT262172:QUU262172 REP262172:REQ262172 ROL262172:ROM262172 RYH262172:RYI262172 SID262172:SIE262172 SRZ262172:SSA262172 TBV262172:TBW262172 TLR262172:TLS262172 TVN262172:TVO262172 UFJ262172:UFK262172 UPF262172:UPG262172 UZB262172:UZC262172 VIX262172:VIY262172 VST262172:VSU262172 WCP262172:WCQ262172 WML262172:WMM262172 WWH262172:WWI262172 Z327708:AA327708 JV327708:JW327708 TR327708:TS327708 ADN327708:ADO327708 ANJ327708:ANK327708 AXF327708:AXG327708 BHB327708:BHC327708 BQX327708:BQY327708 CAT327708:CAU327708 CKP327708:CKQ327708 CUL327708:CUM327708 DEH327708:DEI327708 DOD327708:DOE327708 DXZ327708:DYA327708 EHV327708:EHW327708 ERR327708:ERS327708 FBN327708:FBO327708 FLJ327708:FLK327708 FVF327708:FVG327708 GFB327708:GFC327708 GOX327708:GOY327708 GYT327708:GYU327708 HIP327708:HIQ327708 HSL327708:HSM327708 ICH327708:ICI327708 IMD327708:IME327708 IVZ327708:IWA327708 JFV327708:JFW327708 JPR327708:JPS327708 JZN327708:JZO327708 KJJ327708:KJK327708 KTF327708:KTG327708 LDB327708:LDC327708 LMX327708:LMY327708 LWT327708:LWU327708 MGP327708:MGQ327708 MQL327708:MQM327708 NAH327708:NAI327708 NKD327708:NKE327708 NTZ327708:NUA327708 ODV327708:ODW327708 ONR327708:ONS327708 OXN327708:OXO327708 PHJ327708:PHK327708 PRF327708:PRG327708 QBB327708:QBC327708 QKX327708:QKY327708 QUT327708:QUU327708 REP327708:REQ327708 ROL327708:ROM327708 RYH327708:RYI327708 SID327708:SIE327708 SRZ327708:SSA327708 TBV327708:TBW327708 TLR327708:TLS327708 TVN327708:TVO327708 UFJ327708:UFK327708 UPF327708:UPG327708 UZB327708:UZC327708 VIX327708:VIY327708 VST327708:VSU327708 WCP327708:WCQ327708 WML327708:WMM327708 WWH327708:WWI327708 Z393244:AA393244 JV393244:JW393244 TR393244:TS393244 ADN393244:ADO393244 ANJ393244:ANK393244 AXF393244:AXG393244 BHB393244:BHC393244 BQX393244:BQY393244 CAT393244:CAU393244 CKP393244:CKQ393244 CUL393244:CUM393244 DEH393244:DEI393244 DOD393244:DOE393244 DXZ393244:DYA393244 EHV393244:EHW393244 ERR393244:ERS393244 FBN393244:FBO393244 FLJ393244:FLK393244 FVF393244:FVG393244 GFB393244:GFC393244 GOX393244:GOY393244 GYT393244:GYU393244 HIP393244:HIQ393244 HSL393244:HSM393244 ICH393244:ICI393244 IMD393244:IME393244 IVZ393244:IWA393244 JFV393244:JFW393244 JPR393244:JPS393244 JZN393244:JZO393244 KJJ393244:KJK393244 KTF393244:KTG393244 LDB393244:LDC393244 LMX393244:LMY393244 LWT393244:LWU393244 MGP393244:MGQ393244 MQL393244:MQM393244 NAH393244:NAI393244 NKD393244:NKE393244 NTZ393244:NUA393244 ODV393244:ODW393244 ONR393244:ONS393244 OXN393244:OXO393244 PHJ393244:PHK393244 PRF393244:PRG393244 QBB393244:QBC393244 QKX393244:QKY393244 QUT393244:QUU393244 REP393244:REQ393244 ROL393244:ROM393244 RYH393244:RYI393244 SID393244:SIE393244 SRZ393244:SSA393244 TBV393244:TBW393244 TLR393244:TLS393244 TVN393244:TVO393244 UFJ393244:UFK393244 UPF393244:UPG393244 UZB393244:UZC393244 VIX393244:VIY393244 VST393244:VSU393244 WCP393244:WCQ393244 WML393244:WMM393244 WWH393244:WWI393244 Z458780:AA458780 JV458780:JW458780 TR458780:TS458780 ADN458780:ADO458780 ANJ458780:ANK458780 AXF458780:AXG458780 BHB458780:BHC458780 BQX458780:BQY458780 CAT458780:CAU458780 CKP458780:CKQ458780 CUL458780:CUM458780 DEH458780:DEI458780 DOD458780:DOE458780 DXZ458780:DYA458780 EHV458780:EHW458780 ERR458780:ERS458780 FBN458780:FBO458780 FLJ458780:FLK458780 FVF458780:FVG458780 GFB458780:GFC458780 GOX458780:GOY458780 GYT458780:GYU458780 HIP458780:HIQ458780 HSL458780:HSM458780 ICH458780:ICI458780 IMD458780:IME458780 IVZ458780:IWA458780 JFV458780:JFW458780 JPR458780:JPS458780 JZN458780:JZO458780 KJJ458780:KJK458780 KTF458780:KTG458780 LDB458780:LDC458780 LMX458780:LMY458780 LWT458780:LWU458780 MGP458780:MGQ458780 MQL458780:MQM458780 NAH458780:NAI458780 NKD458780:NKE458780 NTZ458780:NUA458780 ODV458780:ODW458780 ONR458780:ONS458780 OXN458780:OXO458780 PHJ458780:PHK458780 PRF458780:PRG458780 QBB458780:QBC458780 QKX458780:QKY458780 QUT458780:QUU458780 REP458780:REQ458780 ROL458780:ROM458780 RYH458780:RYI458780 SID458780:SIE458780 SRZ458780:SSA458780 TBV458780:TBW458780 TLR458780:TLS458780 TVN458780:TVO458780 UFJ458780:UFK458780 UPF458780:UPG458780 UZB458780:UZC458780 VIX458780:VIY458780 VST458780:VSU458780 WCP458780:WCQ458780 WML458780:WMM458780 WWH458780:WWI458780 Z524316:AA524316 JV524316:JW524316 TR524316:TS524316 ADN524316:ADO524316 ANJ524316:ANK524316 AXF524316:AXG524316 BHB524316:BHC524316 BQX524316:BQY524316 CAT524316:CAU524316 CKP524316:CKQ524316 CUL524316:CUM524316 DEH524316:DEI524316 DOD524316:DOE524316 DXZ524316:DYA524316 EHV524316:EHW524316 ERR524316:ERS524316 FBN524316:FBO524316 FLJ524316:FLK524316 FVF524316:FVG524316 GFB524316:GFC524316 GOX524316:GOY524316 GYT524316:GYU524316 HIP524316:HIQ524316 HSL524316:HSM524316 ICH524316:ICI524316 IMD524316:IME524316 IVZ524316:IWA524316 JFV524316:JFW524316 JPR524316:JPS524316 JZN524316:JZO524316 KJJ524316:KJK524316 KTF524316:KTG524316 LDB524316:LDC524316 LMX524316:LMY524316 LWT524316:LWU524316 MGP524316:MGQ524316 MQL524316:MQM524316 NAH524316:NAI524316 NKD524316:NKE524316 NTZ524316:NUA524316 ODV524316:ODW524316 ONR524316:ONS524316 OXN524316:OXO524316 PHJ524316:PHK524316 PRF524316:PRG524316 QBB524316:QBC524316 QKX524316:QKY524316 QUT524316:QUU524316 REP524316:REQ524316 ROL524316:ROM524316 RYH524316:RYI524316 SID524316:SIE524316 SRZ524316:SSA524316 TBV524316:TBW524316 TLR524316:TLS524316 TVN524316:TVO524316 UFJ524316:UFK524316 UPF524316:UPG524316 UZB524316:UZC524316 VIX524316:VIY524316 VST524316:VSU524316 WCP524316:WCQ524316 WML524316:WMM524316 WWH524316:WWI524316 Z589852:AA589852 JV589852:JW589852 TR589852:TS589852 ADN589852:ADO589852 ANJ589852:ANK589852 AXF589852:AXG589852 BHB589852:BHC589852 BQX589852:BQY589852 CAT589852:CAU589852 CKP589852:CKQ589852 CUL589852:CUM589852 DEH589852:DEI589852 DOD589852:DOE589852 DXZ589852:DYA589852 EHV589852:EHW589852 ERR589852:ERS589852 FBN589852:FBO589852 FLJ589852:FLK589852 FVF589852:FVG589852 GFB589852:GFC589852 GOX589852:GOY589852 GYT589852:GYU589852 HIP589852:HIQ589852 HSL589852:HSM589852 ICH589852:ICI589852 IMD589852:IME589852 IVZ589852:IWA589852 JFV589852:JFW589852 JPR589852:JPS589852 JZN589852:JZO589852 KJJ589852:KJK589852 KTF589852:KTG589852 LDB589852:LDC589852 LMX589852:LMY589852 LWT589852:LWU589852 MGP589852:MGQ589852 MQL589852:MQM589852 NAH589852:NAI589852 NKD589852:NKE589852 NTZ589852:NUA589852 ODV589852:ODW589852 ONR589852:ONS589852 OXN589852:OXO589852 PHJ589852:PHK589852 PRF589852:PRG589852 QBB589852:QBC589852 QKX589852:QKY589852 QUT589852:QUU589852 REP589852:REQ589852 ROL589852:ROM589852 RYH589852:RYI589852 SID589852:SIE589852 SRZ589852:SSA589852 TBV589852:TBW589852 TLR589852:TLS589852 TVN589852:TVO589852 UFJ589852:UFK589852 UPF589852:UPG589852 UZB589852:UZC589852 VIX589852:VIY589852 VST589852:VSU589852 WCP589852:WCQ589852 WML589852:WMM589852 WWH589852:WWI589852 Z655388:AA655388 JV655388:JW655388 TR655388:TS655388 ADN655388:ADO655388 ANJ655388:ANK655388 AXF655388:AXG655388 BHB655388:BHC655388 BQX655388:BQY655388 CAT655388:CAU655388 CKP655388:CKQ655388 CUL655388:CUM655388 DEH655388:DEI655388 DOD655388:DOE655388 DXZ655388:DYA655388 EHV655388:EHW655388 ERR655388:ERS655388 FBN655388:FBO655388 FLJ655388:FLK655388 FVF655388:FVG655388 GFB655388:GFC655388 GOX655388:GOY655388 GYT655388:GYU655388 HIP655388:HIQ655388 HSL655388:HSM655388 ICH655388:ICI655388 IMD655388:IME655388 IVZ655388:IWA655388 JFV655388:JFW655388 JPR655388:JPS655388 JZN655388:JZO655388 KJJ655388:KJK655388 KTF655388:KTG655388 LDB655388:LDC655388 LMX655388:LMY655388 LWT655388:LWU655388 MGP655388:MGQ655388 MQL655388:MQM655388 NAH655388:NAI655388 NKD655388:NKE655388 NTZ655388:NUA655388 ODV655388:ODW655388 ONR655388:ONS655388 OXN655388:OXO655388 PHJ655388:PHK655388 PRF655388:PRG655388 QBB655388:QBC655388 QKX655388:QKY655388 QUT655388:QUU655388 REP655388:REQ655388 ROL655388:ROM655388 RYH655388:RYI655388 SID655388:SIE655388 SRZ655388:SSA655388 TBV655388:TBW655388 TLR655388:TLS655388 TVN655388:TVO655388 UFJ655388:UFK655388 UPF655388:UPG655388 UZB655388:UZC655388 VIX655388:VIY655388 VST655388:VSU655388 WCP655388:WCQ655388 WML655388:WMM655388 WWH655388:WWI655388 Z720924:AA720924 JV720924:JW720924 TR720924:TS720924 ADN720924:ADO720924 ANJ720924:ANK720924 AXF720924:AXG720924 BHB720924:BHC720924 BQX720924:BQY720924 CAT720924:CAU720924 CKP720924:CKQ720924 CUL720924:CUM720924 DEH720924:DEI720924 DOD720924:DOE720924 DXZ720924:DYA720924 EHV720924:EHW720924 ERR720924:ERS720924 FBN720924:FBO720924 FLJ720924:FLK720924 FVF720924:FVG720924 GFB720924:GFC720924 GOX720924:GOY720924 GYT720924:GYU720924 HIP720924:HIQ720924 HSL720924:HSM720924 ICH720924:ICI720924 IMD720924:IME720924 IVZ720924:IWA720924 JFV720924:JFW720924 JPR720924:JPS720924 JZN720924:JZO720924 KJJ720924:KJK720924 KTF720924:KTG720924 LDB720924:LDC720924 LMX720924:LMY720924 LWT720924:LWU720924 MGP720924:MGQ720924 MQL720924:MQM720924 NAH720924:NAI720924 NKD720924:NKE720924 NTZ720924:NUA720924 ODV720924:ODW720924 ONR720924:ONS720924 OXN720924:OXO720924 PHJ720924:PHK720924 PRF720924:PRG720924 QBB720924:QBC720924 QKX720924:QKY720924 QUT720924:QUU720924 REP720924:REQ720924 ROL720924:ROM720924 RYH720924:RYI720924 SID720924:SIE720924 SRZ720924:SSA720924 TBV720924:TBW720924 TLR720924:TLS720924 TVN720924:TVO720924 UFJ720924:UFK720924 UPF720924:UPG720924 UZB720924:UZC720924 VIX720924:VIY720924 VST720924:VSU720924 WCP720924:WCQ720924 WML720924:WMM720924 WWH720924:WWI720924 Z786460:AA786460 JV786460:JW786460 TR786460:TS786460 ADN786460:ADO786460 ANJ786460:ANK786460 AXF786460:AXG786460 BHB786460:BHC786460 BQX786460:BQY786460 CAT786460:CAU786460 CKP786460:CKQ786460 CUL786460:CUM786460 DEH786460:DEI786460 DOD786460:DOE786460 DXZ786460:DYA786460 EHV786460:EHW786460 ERR786460:ERS786460 FBN786460:FBO786460 FLJ786460:FLK786460 FVF786460:FVG786460 GFB786460:GFC786460 GOX786460:GOY786460 GYT786460:GYU786460 HIP786460:HIQ786460 HSL786460:HSM786460 ICH786460:ICI786460 IMD786460:IME786460 IVZ786460:IWA786460 JFV786460:JFW786460 JPR786460:JPS786460 JZN786460:JZO786460 KJJ786460:KJK786460 KTF786460:KTG786460 LDB786460:LDC786460 LMX786460:LMY786460 LWT786460:LWU786460 MGP786460:MGQ786460 MQL786460:MQM786460 NAH786460:NAI786460 NKD786460:NKE786460 NTZ786460:NUA786460 ODV786460:ODW786460 ONR786460:ONS786460 OXN786460:OXO786460 PHJ786460:PHK786460 PRF786460:PRG786460 QBB786460:QBC786460 QKX786460:QKY786460 QUT786460:QUU786460 REP786460:REQ786460 ROL786460:ROM786460 RYH786460:RYI786460 SID786460:SIE786460 SRZ786460:SSA786460 TBV786460:TBW786460 TLR786460:TLS786460 TVN786460:TVO786460 UFJ786460:UFK786460 UPF786460:UPG786460 UZB786460:UZC786460 VIX786460:VIY786460 VST786460:VSU786460 WCP786460:WCQ786460 WML786460:WMM786460 WWH786460:WWI786460 Z851996:AA851996 JV851996:JW851996 TR851996:TS851996 ADN851996:ADO851996 ANJ851996:ANK851996 AXF851996:AXG851996 BHB851996:BHC851996 BQX851996:BQY851996 CAT851996:CAU851996 CKP851996:CKQ851996 CUL851996:CUM851996 DEH851996:DEI851996 DOD851996:DOE851996 DXZ851996:DYA851996 EHV851996:EHW851996 ERR851996:ERS851996 FBN851996:FBO851996 FLJ851996:FLK851996 FVF851996:FVG851996 GFB851996:GFC851996 GOX851996:GOY851996 GYT851996:GYU851996 HIP851996:HIQ851996 HSL851996:HSM851996 ICH851996:ICI851996 IMD851996:IME851996 IVZ851996:IWA851996 JFV851996:JFW851996 JPR851996:JPS851996 JZN851996:JZO851996 KJJ851996:KJK851996 KTF851996:KTG851996 LDB851996:LDC851996 LMX851996:LMY851996 LWT851996:LWU851996 MGP851996:MGQ851996 MQL851996:MQM851996 NAH851996:NAI851996 NKD851996:NKE851996 NTZ851996:NUA851996 ODV851996:ODW851996 ONR851996:ONS851996 OXN851996:OXO851996 PHJ851996:PHK851996 PRF851996:PRG851996 QBB851996:QBC851996 QKX851996:QKY851996 QUT851996:QUU851996 REP851996:REQ851996 ROL851996:ROM851996 RYH851996:RYI851996 SID851996:SIE851996 SRZ851996:SSA851996 TBV851996:TBW851996 TLR851996:TLS851996 TVN851996:TVO851996 UFJ851996:UFK851996 UPF851996:UPG851996 UZB851996:UZC851996 VIX851996:VIY851996 VST851996:VSU851996 WCP851996:WCQ851996 WML851996:WMM851996 WWH851996:WWI851996 Z917532:AA917532 JV917532:JW917532 TR917532:TS917532 ADN917532:ADO917532 ANJ917532:ANK917532 AXF917532:AXG917532 BHB917532:BHC917532 BQX917532:BQY917532 CAT917532:CAU917532 CKP917532:CKQ917532 CUL917532:CUM917532 DEH917532:DEI917532 DOD917532:DOE917532 DXZ917532:DYA917532 EHV917532:EHW917532 ERR917532:ERS917532 FBN917532:FBO917532 FLJ917532:FLK917532 FVF917532:FVG917532 GFB917532:GFC917532 GOX917532:GOY917532 GYT917532:GYU917532 HIP917532:HIQ917532 HSL917532:HSM917532 ICH917532:ICI917532 IMD917532:IME917532 IVZ917532:IWA917532 JFV917532:JFW917532 JPR917532:JPS917532 JZN917532:JZO917532 KJJ917532:KJK917532 KTF917532:KTG917532 LDB917532:LDC917532 LMX917532:LMY917532 LWT917532:LWU917532 MGP917532:MGQ917532 MQL917532:MQM917532 NAH917532:NAI917532 NKD917532:NKE917532 NTZ917532:NUA917532 ODV917532:ODW917532 ONR917532:ONS917532 OXN917532:OXO917532 PHJ917532:PHK917532 PRF917532:PRG917532 QBB917532:QBC917532 QKX917532:QKY917532 QUT917532:QUU917532 REP917532:REQ917532 ROL917532:ROM917532 RYH917532:RYI917532 SID917532:SIE917532 SRZ917532:SSA917532 TBV917532:TBW917532 TLR917532:TLS917532 TVN917532:TVO917532 UFJ917532:UFK917532 UPF917532:UPG917532 UZB917532:UZC917532 VIX917532:VIY917532 VST917532:VSU917532 WCP917532:WCQ917532 WML917532:WMM917532 WWH917532:WWI917532 Z983068:AA983068 JV983068:JW983068 TR983068:TS983068 ADN983068:ADO983068 ANJ983068:ANK983068 AXF983068:AXG983068 BHB983068:BHC983068 BQX983068:BQY983068 CAT983068:CAU983068 CKP983068:CKQ983068 CUL983068:CUM983068 DEH983068:DEI983068 DOD983068:DOE983068 DXZ983068:DYA983068 EHV983068:EHW983068 ERR983068:ERS983068 FBN983068:FBO983068 FLJ983068:FLK983068 FVF983068:FVG983068 GFB983068:GFC983068 GOX983068:GOY983068 GYT983068:GYU983068 HIP983068:HIQ983068 HSL983068:HSM983068 ICH983068:ICI983068 IMD983068:IME983068 IVZ983068:IWA983068 JFV983068:JFW983068 JPR983068:JPS983068 JZN983068:JZO983068 KJJ983068:KJK983068 KTF983068:KTG983068 LDB983068:LDC983068 LMX983068:LMY983068 LWT983068:LWU983068 MGP983068:MGQ983068 MQL983068:MQM983068 NAH983068:NAI983068 NKD983068:NKE983068 NTZ983068:NUA983068 ODV983068:ODW983068 ONR983068:ONS983068 OXN983068:OXO983068 PHJ983068:PHK983068 PRF983068:PRG983068 QBB983068:QBC983068 QKX983068:QKY983068 QUT983068:QUU983068 REP983068:REQ983068 ROL983068:ROM983068 RYH983068:RYI983068 SID983068:SIE983068 SRZ983068:SSA983068 TBV983068:TBW983068 TLR983068:TLS983068 TVN983068:TVO983068 UFJ983068:UFK983068 UPF983068:UPG983068 UZB983068:UZC983068 VIX983068:VIY983068 VST983068:VSU983068 WCP983068:WCQ983068 WML983068:WMM983068 WWH983068:WWI983068 AR3:AS3 KN3:KO3 UJ3:UK3 AEF3:AEG3 AOB3:AOC3 AXX3:AXY3 BHT3:BHU3 BRP3:BRQ3 CBL3:CBM3 CLH3:CLI3 CVD3:CVE3 DEZ3:DFA3 DOV3:DOW3 DYR3:DYS3 EIN3:EIO3 ESJ3:ESK3 FCF3:FCG3 FMB3:FMC3 FVX3:FVY3 GFT3:GFU3 GPP3:GPQ3 GZL3:GZM3 HJH3:HJI3 HTD3:HTE3 ICZ3:IDA3 IMV3:IMW3 IWR3:IWS3 JGN3:JGO3 JQJ3:JQK3 KAF3:KAG3 KKB3:KKC3 KTX3:KTY3 LDT3:LDU3 LNP3:LNQ3 LXL3:LXM3 MHH3:MHI3 MRD3:MRE3 NAZ3:NBA3 NKV3:NKW3 NUR3:NUS3 OEN3:OEO3 OOJ3:OOK3 OYF3:OYG3 PIB3:PIC3 PRX3:PRY3 QBT3:QBU3 QLP3:QLQ3 QVL3:QVM3 RFH3:RFI3 RPD3:RPE3 RYZ3:RZA3 SIV3:SIW3 SSR3:SSS3 TCN3:TCO3 TMJ3:TMK3 TWF3:TWG3 UGB3:UGC3 UPX3:UPY3 UZT3:UZU3 VJP3:VJQ3 VTL3:VTM3 WDH3:WDI3 WND3:WNE3 WWZ3:WXA3 AR65564:AS65564 KN65564:KO65564 UJ65564:UK65564 AEF65564:AEG65564 AOB65564:AOC65564 AXX65564:AXY65564 BHT65564:BHU65564 BRP65564:BRQ65564 CBL65564:CBM65564 CLH65564:CLI65564 CVD65564:CVE65564 DEZ65564:DFA65564 DOV65564:DOW65564 DYR65564:DYS65564 EIN65564:EIO65564 ESJ65564:ESK65564 FCF65564:FCG65564 FMB65564:FMC65564 FVX65564:FVY65564 GFT65564:GFU65564 GPP65564:GPQ65564 GZL65564:GZM65564 HJH65564:HJI65564 HTD65564:HTE65564 ICZ65564:IDA65564 IMV65564:IMW65564 IWR65564:IWS65564 JGN65564:JGO65564 JQJ65564:JQK65564 KAF65564:KAG65564 KKB65564:KKC65564 KTX65564:KTY65564 LDT65564:LDU65564 LNP65564:LNQ65564 LXL65564:LXM65564 MHH65564:MHI65564 MRD65564:MRE65564 NAZ65564:NBA65564 NKV65564:NKW65564 NUR65564:NUS65564 OEN65564:OEO65564 OOJ65564:OOK65564 OYF65564:OYG65564 PIB65564:PIC65564 PRX65564:PRY65564 QBT65564:QBU65564 QLP65564:QLQ65564 QVL65564:QVM65564 RFH65564:RFI65564 RPD65564:RPE65564 RYZ65564:RZA65564 SIV65564:SIW65564 SSR65564:SSS65564 TCN65564:TCO65564 TMJ65564:TMK65564 TWF65564:TWG65564 UGB65564:UGC65564 UPX65564:UPY65564 UZT65564:UZU65564 VJP65564:VJQ65564 VTL65564:VTM65564 WDH65564:WDI65564 WND65564:WNE65564 WWZ65564:WXA65564 AR131100:AS131100 KN131100:KO131100 UJ131100:UK131100 AEF131100:AEG131100 AOB131100:AOC131100 AXX131100:AXY131100 BHT131100:BHU131100 BRP131100:BRQ131100 CBL131100:CBM131100 CLH131100:CLI131100 CVD131100:CVE131100 DEZ131100:DFA131100 DOV131100:DOW131100 DYR131100:DYS131100 EIN131100:EIO131100 ESJ131100:ESK131100 FCF131100:FCG131100 FMB131100:FMC131100 FVX131100:FVY131100 GFT131100:GFU131100 GPP131100:GPQ131100 GZL131100:GZM131100 HJH131100:HJI131100 HTD131100:HTE131100 ICZ131100:IDA131100 IMV131100:IMW131100 IWR131100:IWS131100 JGN131100:JGO131100 JQJ131100:JQK131100 KAF131100:KAG131100 KKB131100:KKC131100 KTX131100:KTY131100 LDT131100:LDU131100 LNP131100:LNQ131100 LXL131100:LXM131100 MHH131100:MHI131100 MRD131100:MRE131100 NAZ131100:NBA131100 NKV131100:NKW131100 NUR131100:NUS131100 OEN131100:OEO131100 OOJ131100:OOK131100 OYF131100:OYG131100 PIB131100:PIC131100 PRX131100:PRY131100 QBT131100:QBU131100 QLP131100:QLQ131100 QVL131100:QVM131100 RFH131100:RFI131100 RPD131100:RPE131100 RYZ131100:RZA131100 SIV131100:SIW131100 SSR131100:SSS131100 TCN131100:TCO131100 TMJ131100:TMK131100 TWF131100:TWG131100 UGB131100:UGC131100 UPX131100:UPY131100 UZT131100:UZU131100 VJP131100:VJQ131100 VTL131100:VTM131100 WDH131100:WDI131100 WND131100:WNE131100 WWZ131100:WXA131100 AR196636:AS196636 KN196636:KO196636 UJ196636:UK196636 AEF196636:AEG196636 AOB196636:AOC196636 AXX196636:AXY196636 BHT196636:BHU196636 BRP196636:BRQ196636 CBL196636:CBM196636 CLH196636:CLI196636 CVD196636:CVE196636 DEZ196636:DFA196636 DOV196636:DOW196636 DYR196636:DYS196636 EIN196636:EIO196636 ESJ196636:ESK196636 FCF196636:FCG196636 FMB196636:FMC196636 FVX196636:FVY196636 GFT196636:GFU196636 GPP196636:GPQ196636 GZL196636:GZM196636 HJH196636:HJI196636 HTD196636:HTE196636 ICZ196636:IDA196636 IMV196636:IMW196636 IWR196636:IWS196636 JGN196636:JGO196636 JQJ196636:JQK196636 KAF196636:KAG196636 KKB196636:KKC196636 KTX196636:KTY196636 LDT196636:LDU196636 LNP196636:LNQ196636 LXL196636:LXM196636 MHH196636:MHI196636 MRD196636:MRE196636 NAZ196636:NBA196636 NKV196636:NKW196636 NUR196636:NUS196636 OEN196636:OEO196636 OOJ196636:OOK196636 OYF196636:OYG196636 PIB196636:PIC196636 PRX196636:PRY196636 QBT196636:QBU196636 QLP196636:QLQ196636 QVL196636:QVM196636 RFH196636:RFI196636 RPD196636:RPE196636 RYZ196636:RZA196636 SIV196636:SIW196636 SSR196636:SSS196636 TCN196636:TCO196636 TMJ196636:TMK196636 TWF196636:TWG196636 UGB196636:UGC196636 UPX196636:UPY196636 UZT196636:UZU196636 VJP196636:VJQ196636 VTL196636:VTM196636 WDH196636:WDI196636 WND196636:WNE196636 WWZ196636:WXA196636 AR262172:AS262172 KN262172:KO262172 UJ262172:UK262172 AEF262172:AEG262172 AOB262172:AOC262172 AXX262172:AXY262172 BHT262172:BHU262172 BRP262172:BRQ262172 CBL262172:CBM262172 CLH262172:CLI262172 CVD262172:CVE262172 DEZ262172:DFA262172 DOV262172:DOW262172 DYR262172:DYS262172 EIN262172:EIO262172 ESJ262172:ESK262172 FCF262172:FCG262172 FMB262172:FMC262172 FVX262172:FVY262172 GFT262172:GFU262172 GPP262172:GPQ262172 GZL262172:GZM262172 HJH262172:HJI262172 HTD262172:HTE262172 ICZ262172:IDA262172 IMV262172:IMW262172 IWR262172:IWS262172 JGN262172:JGO262172 JQJ262172:JQK262172 KAF262172:KAG262172 KKB262172:KKC262172 KTX262172:KTY262172 LDT262172:LDU262172 LNP262172:LNQ262172 LXL262172:LXM262172 MHH262172:MHI262172 MRD262172:MRE262172 NAZ262172:NBA262172 NKV262172:NKW262172 NUR262172:NUS262172 OEN262172:OEO262172 OOJ262172:OOK262172 OYF262172:OYG262172 PIB262172:PIC262172 PRX262172:PRY262172 QBT262172:QBU262172 QLP262172:QLQ262172 QVL262172:QVM262172 RFH262172:RFI262172 RPD262172:RPE262172 RYZ262172:RZA262172 SIV262172:SIW262172 SSR262172:SSS262172 TCN262172:TCO262172 TMJ262172:TMK262172 TWF262172:TWG262172 UGB262172:UGC262172 UPX262172:UPY262172 UZT262172:UZU262172 VJP262172:VJQ262172 VTL262172:VTM262172 WDH262172:WDI262172 WND262172:WNE262172 WWZ262172:WXA262172 AR327708:AS327708 KN327708:KO327708 UJ327708:UK327708 AEF327708:AEG327708 AOB327708:AOC327708 AXX327708:AXY327708 BHT327708:BHU327708 BRP327708:BRQ327708 CBL327708:CBM327708 CLH327708:CLI327708 CVD327708:CVE327708 DEZ327708:DFA327708 DOV327708:DOW327708 DYR327708:DYS327708 EIN327708:EIO327708 ESJ327708:ESK327708 FCF327708:FCG327708 FMB327708:FMC327708 FVX327708:FVY327708 GFT327708:GFU327708 GPP327708:GPQ327708 GZL327708:GZM327708 HJH327708:HJI327708 HTD327708:HTE327708 ICZ327708:IDA327708 IMV327708:IMW327708 IWR327708:IWS327708 JGN327708:JGO327708 JQJ327708:JQK327708 KAF327708:KAG327708 KKB327708:KKC327708 KTX327708:KTY327708 LDT327708:LDU327708 LNP327708:LNQ327708 LXL327708:LXM327708 MHH327708:MHI327708 MRD327708:MRE327708 NAZ327708:NBA327708 NKV327708:NKW327708 NUR327708:NUS327708 OEN327708:OEO327708 OOJ327708:OOK327708 OYF327708:OYG327708 PIB327708:PIC327708 PRX327708:PRY327708 QBT327708:QBU327708 QLP327708:QLQ327708 QVL327708:QVM327708 RFH327708:RFI327708 RPD327708:RPE327708 RYZ327708:RZA327708 SIV327708:SIW327708 SSR327708:SSS327708 TCN327708:TCO327708 TMJ327708:TMK327708 TWF327708:TWG327708 UGB327708:UGC327708 UPX327708:UPY327708 UZT327708:UZU327708 VJP327708:VJQ327708 VTL327708:VTM327708 WDH327708:WDI327708 WND327708:WNE327708 WWZ327708:WXA327708 AR393244:AS393244 KN393244:KO393244 UJ393244:UK393244 AEF393244:AEG393244 AOB393244:AOC393244 AXX393244:AXY393244 BHT393244:BHU393244 BRP393244:BRQ393244 CBL393244:CBM393244 CLH393244:CLI393244 CVD393244:CVE393244 DEZ393244:DFA393244 DOV393244:DOW393244 DYR393244:DYS393244 EIN393244:EIO393244 ESJ393244:ESK393244 FCF393244:FCG393244 FMB393244:FMC393244 FVX393244:FVY393244 GFT393244:GFU393244 GPP393244:GPQ393244 GZL393244:GZM393244 HJH393244:HJI393244 HTD393244:HTE393244 ICZ393244:IDA393244 IMV393244:IMW393244 IWR393244:IWS393244 JGN393244:JGO393244 JQJ393244:JQK393244 KAF393244:KAG393244 KKB393244:KKC393244 KTX393244:KTY393244 LDT393244:LDU393244 LNP393244:LNQ393244 LXL393244:LXM393244 MHH393244:MHI393244 MRD393244:MRE393244 NAZ393244:NBA393244 NKV393244:NKW393244 NUR393244:NUS393244 OEN393244:OEO393244 OOJ393244:OOK393244 OYF393244:OYG393244 PIB393244:PIC393244 PRX393244:PRY393244 QBT393244:QBU393244 QLP393244:QLQ393244 QVL393244:QVM393244 RFH393244:RFI393244 RPD393244:RPE393244 RYZ393244:RZA393244 SIV393244:SIW393244 SSR393244:SSS393244 TCN393244:TCO393244 TMJ393244:TMK393244 TWF393244:TWG393244 UGB393244:UGC393244 UPX393244:UPY393244 UZT393244:UZU393244 VJP393244:VJQ393244 VTL393244:VTM393244 WDH393244:WDI393244 WND393244:WNE393244 WWZ393244:WXA393244 AR458780:AS458780 KN458780:KO458780 UJ458780:UK458780 AEF458780:AEG458780 AOB458780:AOC458780 AXX458780:AXY458780 BHT458780:BHU458780 BRP458780:BRQ458780 CBL458780:CBM458780 CLH458780:CLI458780 CVD458780:CVE458780 DEZ458780:DFA458780 DOV458780:DOW458780 DYR458780:DYS458780 EIN458780:EIO458780 ESJ458780:ESK458780 FCF458780:FCG458780 FMB458780:FMC458780 FVX458780:FVY458780 GFT458780:GFU458780 GPP458780:GPQ458780 GZL458780:GZM458780 HJH458780:HJI458780 HTD458780:HTE458780 ICZ458780:IDA458780 IMV458780:IMW458780 IWR458780:IWS458780 JGN458780:JGO458780 JQJ458780:JQK458780 KAF458780:KAG458780 KKB458780:KKC458780 KTX458780:KTY458780 LDT458780:LDU458780 LNP458780:LNQ458780 LXL458780:LXM458780 MHH458780:MHI458780 MRD458780:MRE458780 NAZ458780:NBA458780 NKV458780:NKW458780 NUR458780:NUS458780 OEN458780:OEO458780 OOJ458780:OOK458780 OYF458780:OYG458780 PIB458780:PIC458780 PRX458780:PRY458780 QBT458780:QBU458780 QLP458780:QLQ458780 QVL458780:QVM458780 RFH458780:RFI458780 RPD458780:RPE458780 RYZ458780:RZA458780 SIV458780:SIW458780 SSR458780:SSS458780 TCN458780:TCO458780 TMJ458780:TMK458780 TWF458780:TWG458780 UGB458780:UGC458780 UPX458780:UPY458780 UZT458780:UZU458780 VJP458780:VJQ458780 VTL458780:VTM458780 WDH458780:WDI458780 WND458780:WNE458780 WWZ458780:WXA458780 AR524316:AS524316 KN524316:KO524316 UJ524316:UK524316 AEF524316:AEG524316 AOB524316:AOC524316 AXX524316:AXY524316 BHT524316:BHU524316 BRP524316:BRQ524316 CBL524316:CBM524316 CLH524316:CLI524316 CVD524316:CVE524316 DEZ524316:DFA524316 DOV524316:DOW524316 DYR524316:DYS524316 EIN524316:EIO524316 ESJ524316:ESK524316 FCF524316:FCG524316 FMB524316:FMC524316 FVX524316:FVY524316 GFT524316:GFU524316 GPP524316:GPQ524316 GZL524316:GZM524316 HJH524316:HJI524316 HTD524316:HTE524316 ICZ524316:IDA524316 IMV524316:IMW524316 IWR524316:IWS524316 JGN524316:JGO524316 JQJ524316:JQK524316 KAF524316:KAG524316 KKB524316:KKC524316 KTX524316:KTY524316 LDT524316:LDU524316 LNP524316:LNQ524316 LXL524316:LXM524316 MHH524316:MHI524316 MRD524316:MRE524316 NAZ524316:NBA524316 NKV524316:NKW524316 NUR524316:NUS524316 OEN524316:OEO524316 OOJ524316:OOK524316 OYF524316:OYG524316 PIB524316:PIC524316 PRX524316:PRY524316 QBT524316:QBU524316 QLP524316:QLQ524316 QVL524316:QVM524316 RFH524316:RFI524316 RPD524316:RPE524316 RYZ524316:RZA524316 SIV524316:SIW524316 SSR524316:SSS524316 TCN524316:TCO524316 TMJ524316:TMK524316 TWF524316:TWG524316 UGB524316:UGC524316 UPX524316:UPY524316 UZT524316:UZU524316 VJP524316:VJQ524316 VTL524316:VTM524316 WDH524316:WDI524316 WND524316:WNE524316 WWZ524316:WXA524316 AR589852:AS589852 KN589852:KO589852 UJ589852:UK589852 AEF589852:AEG589852 AOB589852:AOC589852 AXX589852:AXY589852 BHT589852:BHU589852 BRP589852:BRQ589852 CBL589852:CBM589852 CLH589852:CLI589852 CVD589852:CVE589852 DEZ589852:DFA589852 DOV589852:DOW589852 DYR589852:DYS589852 EIN589852:EIO589852 ESJ589852:ESK589852 FCF589852:FCG589852 FMB589852:FMC589852 FVX589852:FVY589852 GFT589852:GFU589852 GPP589852:GPQ589852 GZL589852:GZM589852 HJH589852:HJI589852 HTD589852:HTE589852 ICZ589852:IDA589852 IMV589852:IMW589852 IWR589852:IWS589852 JGN589852:JGO589852 JQJ589852:JQK589852 KAF589852:KAG589852 KKB589852:KKC589852 KTX589852:KTY589852 LDT589852:LDU589852 LNP589852:LNQ589852 LXL589852:LXM589852 MHH589852:MHI589852 MRD589852:MRE589852 NAZ589852:NBA589852 NKV589852:NKW589852 NUR589852:NUS589852 OEN589852:OEO589852 OOJ589852:OOK589852 OYF589852:OYG589852 PIB589852:PIC589852 PRX589852:PRY589852 QBT589852:QBU589852 QLP589852:QLQ589852 QVL589852:QVM589852 RFH589852:RFI589852 RPD589852:RPE589852 RYZ589852:RZA589852 SIV589852:SIW589852 SSR589852:SSS589852 TCN589852:TCO589852 TMJ589852:TMK589852 TWF589852:TWG589852 UGB589852:UGC589852 UPX589852:UPY589852 UZT589852:UZU589852 VJP589852:VJQ589852 VTL589852:VTM589852 WDH589852:WDI589852 WND589852:WNE589852 WWZ589852:WXA589852 AR655388:AS655388 KN655388:KO655388 UJ655388:UK655388 AEF655388:AEG655388 AOB655388:AOC655388 AXX655388:AXY655388 BHT655388:BHU655388 BRP655388:BRQ655388 CBL655388:CBM655388 CLH655388:CLI655388 CVD655388:CVE655388 DEZ655388:DFA655388 DOV655388:DOW655388 DYR655388:DYS655388 EIN655388:EIO655388 ESJ655388:ESK655388 FCF655388:FCG655388 FMB655388:FMC655388 FVX655388:FVY655388 GFT655388:GFU655388 GPP655388:GPQ655388 GZL655388:GZM655388 HJH655388:HJI655388 HTD655388:HTE655388 ICZ655388:IDA655388 IMV655388:IMW655388 IWR655388:IWS655388 JGN655388:JGO655388 JQJ655388:JQK655388 KAF655388:KAG655388 KKB655388:KKC655388 KTX655388:KTY655388 LDT655388:LDU655388 LNP655388:LNQ655388 LXL655388:LXM655388 MHH655388:MHI655388 MRD655388:MRE655388 NAZ655388:NBA655388 NKV655388:NKW655388 NUR655388:NUS655388 OEN655388:OEO655388 OOJ655388:OOK655388 OYF655388:OYG655388 PIB655388:PIC655388 PRX655388:PRY655388 QBT655388:QBU655388 QLP655388:QLQ655388 QVL655388:QVM655388 RFH655388:RFI655388 RPD655388:RPE655388 RYZ655388:RZA655388 SIV655388:SIW655388 SSR655388:SSS655388 TCN655388:TCO655388 TMJ655388:TMK655388 TWF655388:TWG655388 UGB655388:UGC655388 UPX655388:UPY655388 UZT655388:UZU655388 VJP655388:VJQ655388 VTL655388:VTM655388 WDH655388:WDI655388 WND655388:WNE655388 WWZ655388:WXA655388 AR720924:AS720924 KN720924:KO720924 UJ720924:UK720924 AEF720924:AEG720924 AOB720924:AOC720924 AXX720924:AXY720924 BHT720924:BHU720924 BRP720924:BRQ720924 CBL720924:CBM720924 CLH720924:CLI720924 CVD720924:CVE720924 DEZ720924:DFA720924 DOV720924:DOW720924 DYR720924:DYS720924 EIN720924:EIO720924 ESJ720924:ESK720924 FCF720924:FCG720924 FMB720924:FMC720924 FVX720924:FVY720924 GFT720924:GFU720924 GPP720924:GPQ720924 GZL720924:GZM720924 HJH720924:HJI720924 HTD720924:HTE720924 ICZ720924:IDA720924 IMV720924:IMW720924 IWR720924:IWS720924 JGN720924:JGO720924 JQJ720924:JQK720924 KAF720924:KAG720924 KKB720924:KKC720924 KTX720924:KTY720924 LDT720924:LDU720924 LNP720924:LNQ720924 LXL720924:LXM720924 MHH720924:MHI720924 MRD720924:MRE720924 NAZ720924:NBA720924 NKV720924:NKW720924 NUR720924:NUS720924 OEN720924:OEO720924 OOJ720924:OOK720924 OYF720924:OYG720924 PIB720924:PIC720924 PRX720924:PRY720924 QBT720924:QBU720924 QLP720924:QLQ720924 QVL720924:QVM720924 RFH720924:RFI720924 RPD720924:RPE720924 RYZ720924:RZA720924 SIV720924:SIW720924 SSR720924:SSS720924 TCN720924:TCO720924 TMJ720924:TMK720924 TWF720924:TWG720924 UGB720924:UGC720924 UPX720924:UPY720924 UZT720924:UZU720924 VJP720924:VJQ720924 VTL720924:VTM720924 WDH720924:WDI720924 WND720924:WNE720924 WWZ720924:WXA720924 AR786460:AS786460 KN786460:KO786460 UJ786460:UK786460 AEF786460:AEG786460 AOB786460:AOC786460 AXX786460:AXY786460 BHT786460:BHU786460 BRP786460:BRQ786460 CBL786460:CBM786460 CLH786460:CLI786460 CVD786460:CVE786460 DEZ786460:DFA786460 DOV786460:DOW786460 DYR786460:DYS786460 EIN786460:EIO786460 ESJ786460:ESK786460 FCF786460:FCG786460 FMB786460:FMC786460 FVX786460:FVY786460 GFT786460:GFU786460 GPP786460:GPQ786460 GZL786460:GZM786460 HJH786460:HJI786460 HTD786460:HTE786460 ICZ786460:IDA786460 IMV786460:IMW786460 IWR786460:IWS786460 JGN786460:JGO786460 JQJ786460:JQK786460 KAF786460:KAG786460 KKB786460:KKC786460 KTX786460:KTY786460 LDT786460:LDU786460 LNP786460:LNQ786460 LXL786460:LXM786460 MHH786460:MHI786460 MRD786460:MRE786460 NAZ786460:NBA786460 NKV786460:NKW786460 NUR786460:NUS786460 OEN786460:OEO786460 OOJ786460:OOK786460 OYF786460:OYG786460 PIB786460:PIC786460 PRX786460:PRY786460 QBT786460:QBU786460 QLP786460:QLQ786460 QVL786460:QVM786460 RFH786460:RFI786460 RPD786460:RPE786460 RYZ786460:RZA786460 SIV786460:SIW786460 SSR786460:SSS786460 TCN786460:TCO786460 TMJ786460:TMK786460 TWF786460:TWG786460 UGB786460:UGC786460 UPX786460:UPY786460 UZT786460:UZU786460 VJP786460:VJQ786460 VTL786460:VTM786460 WDH786460:WDI786460 WND786460:WNE786460 WWZ786460:WXA786460 AR851996:AS851996 KN851996:KO851996 UJ851996:UK851996 AEF851996:AEG851996 AOB851996:AOC851996 AXX851996:AXY851996 BHT851996:BHU851996 BRP851996:BRQ851996 CBL851996:CBM851996 CLH851996:CLI851996 CVD851996:CVE851996 DEZ851996:DFA851996 DOV851996:DOW851996 DYR851996:DYS851996 EIN851996:EIO851996 ESJ851996:ESK851996 FCF851996:FCG851996 FMB851996:FMC851996 FVX851996:FVY851996 GFT851996:GFU851996 GPP851996:GPQ851996 GZL851996:GZM851996 HJH851996:HJI851996 HTD851996:HTE851996 ICZ851996:IDA851996 IMV851996:IMW851996 IWR851996:IWS851996 JGN851996:JGO851996 JQJ851996:JQK851996 KAF851996:KAG851996 KKB851996:KKC851996 KTX851996:KTY851996 LDT851996:LDU851996 LNP851996:LNQ851996 LXL851996:LXM851996 MHH851996:MHI851996 MRD851996:MRE851996 NAZ851996:NBA851996 NKV851996:NKW851996 NUR851996:NUS851996 OEN851996:OEO851996 OOJ851996:OOK851996 OYF851996:OYG851996 PIB851996:PIC851996 PRX851996:PRY851996 QBT851996:QBU851996 QLP851996:QLQ851996 QVL851996:QVM851996 RFH851996:RFI851996 RPD851996:RPE851996 RYZ851996:RZA851996 SIV851996:SIW851996 SSR851996:SSS851996 TCN851996:TCO851996 TMJ851996:TMK851996 TWF851996:TWG851996 UGB851996:UGC851996 UPX851996:UPY851996 UZT851996:UZU851996 VJP851996:VJQ851996 VTL851996:VTM851996 WDH851996:WDI851996 WND851996:WNE851996 WWZ851996:WXA851996 AR917532:AS917532 KN917532:KO917532 UJ917532:UK917532 AEF917532:AEG917532 AOB917532:AOC917532 AXX917532:AXY917532 BHT917532:BHU917532 BRP917532:BRQ917532 CBL917532:CBM917532 CLH917532:CLI917532 CVD917532:CVE917532 DEZ917532:DFA917532 DOV917532:DOW917532 DYR917532:DYS917532 EIN917532:EIO917532 ESJ917532:ESK917532 FCF917532:FCG917532 FMB917532:FMC917532 FVX917532:FVY917532 GFT917532:GFU917532 GPP917532:GPQ917532 GZL917532:GZM917532 HJH917532:HJI917532 HTD917532:HTE917532 ICZ917532:IDA917532 IMV917532:IMW917532 IWR917532:IWS917532 JGN917532:JGO917532 JQJ917532:JQK917532 KAF917532:KAG917532 KKB917532:KKC917532 KTX917532:KTY917532 LDT917532:LDU917532 LNP917532:LNQ917532 LXL917532:LXM917532 MHH917532:MHI917532 MRD917532:MRE917532 NAZ917532:NBA917532 NKV917532:NKW917532 NUR917532:NUS917532 OEN917532:OEO917532 OOJ917532:OOK917532 OYF917532:OYG917532 PIB917532:PIC917532 PRX917532:PRY917532 QBT917532:QBU917532 QLP917532:QLQ917532 QVL917532:QVM917532 RFH917532:RFI917532 RPD917532:RPE917532 RYZ917532:RZA917532 SIV917532:SIW917532 SSR917532:SSS917532 TCN917532:TCO917532 TMJ917532:TMK917532 TWF917532:TWG917532 UGB917532:UGC917532 UPX917532:UPY917532 UZT917532:UZU917532 VJP917532:VJQ917532 VTL917532:VTM917532 WDH917532:WDI917532 WND917532:WNE917532 WWZ917532:WXA917532 AR983068:AS983068 KN983068:KO983068 UJ983068:UK983068 AEF983068:AEG983068 AOB983068:AOC983068 AXX983068:AXY983068 BHT983068:BHU983068 BRP983068:BRQ983068 CBL983068:CBM983068 CLH983068:CLI983068 CVD983068:CVE983068 DEZ983068:DFA983068 DOV983068:DOW983068 DYR983068:DYS983068 EIN983068:EIO983068 ESJ983068:ESK983068 FCF983068:FCG983068 FMB983068:FMC983068 FVX983068:FVY983068 GFT983068:GFU983068 GPP983068:GPQ983068 GZL983068:GZM983068 HJH983068:HJI983068 HTD983068:HTE983068 ICZ983068:IDA983068 IMV983068:IMW983068 IWR983068:IWS983068 JGN983068:JGO983068 JQJ983068:JQK983068 KAF983068:KAG983068 KKB983068:KKC983068 KTX983068:KTY983068 LDT983068:LDU983068 LNP983068:LNQ983068 LXL983068:LXM983068 MHH983068:MHI983068 MRD983068:MRE983068 NAZ983068:NBA983068 NKV983068:NKW983068 NUR983068:NUS983068 OEN983068:OEO983068 OOJ983068:OOK983068 OYF983068:OYG983068 PIB983068:PIC983068 PRX983068:PRY983068 QBT983068:QBU983068 QLP983068:QLQ983068 QVL983068:QVM983068 RFH983068:RFI983068 RPD983068:RPE983068 RYZ983068:RZA983068 SIV983068:SIW983068 SSR983068:SSS983068 TCN983068:TCO983068 TMJ983068:TMK983068 TWF983068:TWG983068 UGB983068:UGC983068 UPX983068:UPY983068 UZT983068:UZU983068 VJP983068:VJQ983068 VTL983068:VTM983068 WDH983068:WDI983068 WND983068:WNE983068 WWZ983068:WXA983068" xr:uid="{00000000-0002-0000-0400-000001000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contribuable" error="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" promptTitle="N° de contribuable" prompt="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" sqref="AU3:AV3 KQ3:KR3 UM3:UN3 AEI3:AEJ3 AOE3:AOF3 AYA3:AYB3 BHW3:BHX3 BRS3:BRT3 CBO3:CBP3 CLK3:CLL3 CVG3:CVH3 DFC3:DFD3 DOY3:DOZ3 DYU3:DYV3 EIQ3:EIR3 ESM3:ESN3 FCI3:FCJ3 FME3:FMF3 FWA3:FWB3 GFW3:GFX3 GPS3:GPT3 GZO3:GZP3 HJK3:HJL3 HTG3:HTH3 IDC3:IDD3 IMY3:IMZ3 IWU3:IWV3 JGQ3:JGR3 JQM3:JQN3 KAI3:KAJ3 KKE3:KKF3 KUA3:KUB3 LDW3:LDX3 LNS3:LNT3 LXO3:LXP3 MHK3:MHL3 MRG3:MRH3 NBC3:NBD3 NKY3:NKZ3 NUU3:NUV3 OEQ3:OER3 OOM3:OON3 OYI3:OYJ3 PIE3:PIF3 PSA3:PSB3 QBW3:QBX3 QLS3:QLT3 QVO3:QVP3 RFK3:RFL3 RPG3:RPH3 RZC3:RZD3 SIY3:SIZ3 SSU3:SSV3 TCQ3:TCR3 TMM3:TMN3 TWI3:TWJ3 UGE3:UGF3 UQA3:UQB3 UZW3:UZX3 VJS3:VJT3 VTO3:VTP3 WDK3:WDL3 WNG3:WNH3 WXC3:WXD3 AU65564:AV65564 KQ65564:KR65564 UM65564:UN65564 AEI65564:AEJ65564 AOE65564:AOF65564 AYA65564:AYB65564 BHW65564:BHX65564 BRS65564:BRT65564 CBO65564:CBP65564 CLK65564:CLL65564 CVG65564:CVH65564 DFC65564:DFD65564 DOY65564:DOZ65564 DYU65564:DYV65564 EIQ65564:EIR65564 ESM65564:ESN65564 FCI65564:FCJ65564 FME65564:FMF65564 FWA65564:FWB65564 GFW65564:GFX65564 GPS65564:GPT65564 GZO65564:GZP65564 HJK65564:HJL65564 HTG65564:HTH65564 IDC65564:IDD65564 IMY65564:IMZ65564 IWU65564:IWV65564 JGQ65564:JGR65564 JQM65564:JQN65564 KAI65564:KAJ65564 KKE65564:KKF65564 KUA65564:KUB65564 LDW65564:LDX65564 LNS65564:LNT65564 LXO65564:LXP65564 MHK65564:MHL65564 MRG65564:MRH65564 NBC65564:NBD65564 NKY65564:NKZ65564 NUU65564:NUV65564 OEQ65564:OER65564 OOM65564:OON65564 OYI65564:OYJ65564 PIE65564:PIF65564 PSA65564:PSB65564 QBW65564:QBX65564 QLS65564:QLT65564 QVO65564:QVP65564 RFK65564:RFL65564 RPG65564:RPH65564 RZC65564:RZD65564 SIY65564:SIZ65564 SSU65564:SSV65564 TCQ65564:TCR65564 TMM65564:TMN65564 TWI65564:TWJ65564 UGE65564:UGF65564 UQA65564:UQB65564 UZW65564:UZX65564 VJS65564:VJT65564 VTO65564:VTP65564 WDK65564:WDL65564 WNG65564:WNH65564 WXC65564:WXD65564 AU131100:AV131100 KQ131100:KR131100 UM131100:UN131100 AEI131100:AEJ131100 AOE131100:AOF131100 AYA131100:AYB131100 BHW131100:BHX131100 BRS131100:BRT131100 CBO131100:CBP131100 CLK131100:CLL131100 CVG131100:CVH131100 DFC131100:DFD131100 DOY131100:DOZ131100 DYU131100:DYV131100 EIQ131100:EIR131100 ESM131100:ESN131100 FCI131100:FCJ131100 FME131100:FMF131100 FWA131100:FWB131100 GFW131100:GFX131100 GPS131100:GPT131100 GZO131100:GZP131100 HJK131100:HJL131100 HTG131100:HTH131100 IDC131100:IDD131100 IMY131100:IMZ131100 IWU131100:IWV131100 JGQ131100:JGR131100 JQM131100:JQN131100 KAI131100:KAJ131100 KKE131100:KKF131100 KUA131100:KUB131100 LDW131100:LDX131100 LNS131100:LNT131100 LXO131100:LXP131100 MHK131100:MHL131100 MRG131100:MRH131100 NBC131100:NBD131100 NKY131100:NKZ131100 NUU131100:NUV131100 OEQ131100:OER131100 OOM131100:OON131100 OYI131100:OYJ131100 PIE131100:PIF131100 PSA131100:PSB131100 QBW131100:QBX131100 QLS131100:QLT131100 QVO131100:QVP131100 RFK131100:RFL131100 RPG131100:RPH131100 RZC131100:RZD131100 SIY131100:SIZ131100 SSU131100:SSV131100 TCQ131100:TCR131100 TMM131100:TMN131100 TWI131100:TWJ131100 UGE131100:UGF131100 UQA131100:UQB131100 UZW131100:UZX131100 VJS131100:VJT131100 VTO131100:VTP131100 WDK131100:WDL131100 WNG131100:WNH131100 WXC131100:WXD131100 AU196636:AV196636 KQ196636:KR196636 UM196636:UN196636 AEI196636:AEJ196636 AOE196636:AOF196636 AYA196636:AYB196636 BHW196636:BHX196636 BRS196636:BRT196636 CBO196636:CBP196636 CLK196636:CLL196636 CVG196636:CVH196636 DFC196636:DFD196636 DOY196636:DOZ196636 DYU196636:DYV196636 EIQ196636:EIR196636 ESM196636:ESN196636 FCI196636:FCJ196636 FME196636:FMF196636 FWA196636:FWB196636 GFW196636:GFX196636 GPS196636:GPT196636 GZO196636:GZP196636 HJK196636:HJL196636 HTG196636:HTH196636 IDC196636:IDD196636 IMY196636:IMZ196636 IWU196636:IWV196636 JGQ196636:JGR196636 JQM196636:JQN196636 KAI196636:KAJ196636 KKE196636:KKF196636 KUA196636:KUB196636 LDW196636:LDX196636 LNS196636:LNT196636 LXO196636:LXP196636 MHK196636:MHL196636 MRG196636:MRH196636 NBC196636:NBD196636 NKY196636:NKZ196636 NUU196636:NUV196636 OEQ196636:OER196636 OOM196636:OON196636 OYI196636:OYJ196636 PIE196636:PIF196636 PSA196636:PSB196636 QBW196636:QBX196636 QLS196636:QLT196636 QVO196636:QVP196636 RFK196636:RFL196636 RPG196636:RPH196636 RZC196636:RZD196636 SIY196636:SIZ196636 SSU196636:SSV196636 TCQ196636:TCR196636 TMM196636:TMN196636 TWI196636:TWJ196636 UGE196636:UGF196636 UQA196636:UQB196636 UZW196636:UZX196636 VJS196636:VJT196636 VTO196636:VTP196636 WDK196636:WDL196636 WNG196636:WNH196636 WXC196636:WXD196636 AU262172:AV262172 KQ262172:KR262172 UM262172:UN262172 AEI262172:AEJ262172 AOE262172:AOF262172 AYA262172:AYB262172 BHW262172:BHX262172 BRS262172:BRT262172 CBO262172:CBP262172 CLK262172:CLL262172 CVG262172:CVH262172 DFC262172:DFD262172 DOY262172:DOZ262172 DYU262172:DYV262172 EIQ262172:EIR262172 ESM262172:ESN262172 FCI262172:FCJ262172 FME262172:FMF262172 FWA262172:FWB262172 GFW262172:GFX262172 GPS262172:GPT262172 GZO262172:GZP262172 HJK262172:HJL262172 HTG262172:HTH262172 IDC262172:IDD262172 IMY262172:IMZ262172 IWU262172:IWV262172 JGQ262172:JGR262172 JQM262172:JQN262172 KAI262172:KAJ262172 KKE262172:KKF262172 KUA262172:KUB262172 LDW262172:LDX262172 LNS262172:LNT262172 LXO262172:LXP262172 MHK262172:MHL262172 MRG262172:MRH262172 NBC262172:NBD262172 NKY262172:NKZ262172 NUU262172:NUV262172 OEQ262172:OER262172 OOM262172:OON262172 OYI262172:OYJ262172 PIE262172:PIF262172 PSA262172:PSB262172 QBW262172:QBX262172 QLS262172:QLT262172 QVO262172:QVP262172 RFK262172:RFL262172 RPG262172:RPH262172 RZC262172:RZD262172 SIY262172:SIZ262172 SSU262172:SSV262172 TCQ262172:TCR262172 TMM262172:TMN262172 TWI262172:TWJ262172 UGE262172:UGF262172 UQA262172:UQB262172 UZW262172:UZX262172 VJS262172:VJT262172 VTO262172:VTP262172 WDK262172:WDL262172 WNG262172:WNH262172 WXC262172:WXD262172 AU327708:AV327708 KQ327708:KR327708 UM327708:UN327708 AEI327708:AEJ327708 AOE327708:AOF327708 AYA327708:AYB327708 BHW327708:BHX327708 BRS327708:BRT327708 CBO327708:CBP327708 CLK327708:CLL327708 CVG327708:CVH327708 DFC327708:DFD327708 DOY327708:DOZ327708 DYU327708:DYV327708 EIQ327708:EIR327708 ESM327708:ESN327708 FCI327708:FCJ327708 FME327708:FMF327708 FWA327708:FWB327708 GFW327708:GFX327708 GPS327708:GPT327708 GZO327708:GZP327708 HJK327708:HJL327708 HTG327708:HTH327708 IDC327708:IDD327708 IMY327708:IMZ327708 IWU327708:IWV327708 JGQ327708:JGR327708 JQM327708:JQN327708 KAI327708:KAJ327708 KKE327708:KKF327708 KUA327708:KUB327708 LDW327708:LDX327708 LNS327708:LNT327708 LXO327708:LXP327708 MHK327708:MHL327708 MRG327708:MRH327708 NBC327708:NBD327708 NKY327708:NKZ327708 NUU327708:NUV327708 OEQ327708:OER327708 OOM327708:OON327708 OYI327708:OYJ327708 PIE327708:PIF327708 PSA327708:PSB327708 QBW327708:QBX327708 QLS327708:QLT327708 QVO327708:QVP327708 RFK327708:RFL327708 RPG327708:RPH327708 RZC327708:RZD327708 SIY327708:SIZ327708 SSU327708:SSV327708 TCQ327708:TCR327708 TMM327708:TMN327708 TWI327708:TWJ327708 UGE327708:UGF327708 UQA327708:UQB327708 UZW327708:UZX327708 VJS327708:VJT327708 VTO327708:VTP327708 WDK327708:WDL327708 WNG327708:WNH327708 WXC327708:WXD327708 AU393244:AV393244 KQ393244:KR393244 UM393244:UN393244 AEI393244:AEJ393244 AOE393244:AOF393244 AYA393244:AYB393244 BHW393244:BHX393244 BRS393244:BRT393244 CBO393244:CBP393244 CLK393244:CLL393244 CVG393244:CVH393244 DFC393244:DFD393244 DOY393244:DOZ393244 DYU393244:DYV393244 EIQ393244:EIR393244 ESM393244:ESN393244 FCI393244:FCJ393244 FME393244:FMF393244 FWA393244:FWB393244 GFW393244:GFX393244 GPS393244:GPT393244 GZO393244:GZP393244 HJK393244:HJL393244 HTG393244:HTH393244 IDC393244:IDD393244 IMY393244:IMZ393244 IWU393244:IWV393244 JGQ393244:JGR393244 JQM393244:JQN393244 KAI393244:KAJ393244 KKE393244:KKF393244 KUA393244:KUB393244 LDW393244:LDX393244 LNS393244:LNT393244 LXO393244:LXP393244 MHK393244:MHL393244 MRG393244:MRH393244 NBC393244:NBD393244 NKY393244:NKZ393244 NUU393244:NUV393244 OEQ393244:OER393244 OOM393244:OON393244 OYI393244:OYJ393244 PIE393244:PIF393244 PSA393244:PSB393244 QBW393244:QBX393244 QLS393244:QLT393244 QVO393244:QVP393244 RFK393244:RFL393244 RPG393244:RPH393244 RZC393244:RZD393244 SIY393244:SIZ393244 SSU393244:SSV393244 TCQ393244:TCR393244 TMM393244:TMN393244 TWI393244:TWJ393244 UGE393244:UGF393244 UQA393244:UQB393244 UZW393244:UZX393244 VJS393244:VJT393244 VTO393244:VTP393244 WDK393244:WDL393244 WNG393244:WNH393244 WXC393244:WXD393244 AU458780:AV458780 KQ458780:KR458780 UM458780:UN458780 AEI458780:AEJ458780 AOE458780:AOF458780 AYA458780:AYB458780 BHW458780:BHX458780 BRS458780:BRT458780 CBO458780:CBP458780 CLK458780:CLL458780 CVG458780:CVH458780 DFC458780:DFD458780 DOY458780:DOZ458780 DYU458780:DYV458780 EIQ458780:EIR458780 ESM458780:ESN458780 FCI458780:FCJ458780 FME458780:FMF458780 FWA458780:FWB458780 GFW458780:GFX458780 GPS458780:GPT458780 GZO458780:GZP458780 HJK458780:HJL458780 HTG458780:HTH458780 IDC458780:IDD458780 IMY458780:IMZ458780 IWU458780:IWV458780 JGQ458780:JGR458780 JQM458780:JQN458780 KAI458780:KAJ458780 KKE458780:KKF458780 KUA458780:KUB458780 LDW458780:LDX458780 LNS458780:LNT458780 LXO458780:LXP458780 MHK458780:MHL458780 MRG458780:MRH458780 NBC458780:NBD458780 NKY458780:NKZ458780 NUU458780:NUV458780 OEQ458780:OER458780 OOM458780:OON458780 OYI458780:OYJ458780 PIE458780:PIF458780 PSA458780:PSB458780 QBW458780:QBX458780 QLS458780:QLT458780 QVO458780:QVP458780 RFK458780:RFL458780 RPG458780:RPH458780 RZC458780:RZD458780 SIY458780:SIZ458780 SSU458780:SSV458780 TCQ458780:TCR458780 TMM458780:TMN458780 TWI458780:TWJ458780 UGE458780:UGF458780 UQA458780:UQB458780 UZW458780:UZX458780 VJS458780:VJT458780 VTO458780:VTP458780 WDK458780:WDL458780 WNG458780:WNH458780 WXC458780:WXD458780 AU524316:AV524316 KQ524316:KR524316 UM524316:UN524316 AEI524316:AEJ524316 AOE524316:AOF524316 AYA524316:AYB524316 BHW524316:BHX524316 BRS524316:BRT524316 CBO524316:CBP524316 CLK524316:CLL524316 CVG524316:CVH524316 DFC524316:DFD524316 DOY524316:DOZ524316 DYU524316:DYV524316 EIQ524316:EIR524316 ESM524316:ESN524316 FCI524316:FCJ524316 FME524316:FMF524316 FWA524316:FWB524316 GFW524316:GFX524316 GPS524316:GPT524316 GZO524316:GZP524316 HJK524316:HJL524316 HTG524316:HTH524316 IDC524316:IDD524316 IMY524316:IMZ524316 IWU524316:IWV524316 JGQ524316:JGR524316 JQM524316:JQN524316 KAI524316:KAJ524316 KKE524316:KKF524316 KUA524316:KUB524316 LDW524316:LDX524316 LNS524316:LNT524316 LXO524316:LXP524316 MHK524316:MHL524316 MRG524316:MRH524316 NBC524316:NBD524316 NKY524316:NKZ524316 NUU524316:NUV524316 OEQ524316:OER524316 OOM524316:OON524316 OYI524316:OYJ524316 PIE524316:PIF524316 PSA524316:PSB524316 QBW524316:QBX524316 QLS524316:QLT524316 QVO524316:QVP524316 RFK524316:RFL524316 RPG524316:RPH524316 RZC524316:RZD524316 SIY524316:SIZ524316 SSU524316:SSV524316 TCQ524316:TCR524316 TMM524316:TMN524316 TWI524316:TWJ524316 UGE524316:UGF524316 UQA524316:UQB524316 UZW524316:UZX524316 VJS524316:VJT524316 VTO524316:VTP524316 WDK524316:WDL524316 WNG524316:WNH524316 WXC524316:WXD524316 AU589852:AV589852 KQ589852:KR589852 UM589852:UN589852 AEI589852:AEJ589852 AOE589852:AOF589852 AYA589852:AYB589852 BHW589852:BHX589852 BRS589852:BRT589852 CBO589852:CBP589852 CLK589852:CLL589852 CVG589852:CVH589852 DFC589852:DFD589852 DOY589852:DOZ589852 DYU589852:DYV589852 EIQ589852:EIR589852 ESM589852:ESN589852 FCI589852:FCJ589852 FME589852:FMF589852 FWA589852:FWB589852 GFW589852:GFX589852 GPS589852:GPT589852 GZO589852:GZP589852 HJK589852:HJL589852 HTG589852:HTH589852 IDC589852:IDD589852 IMY589852:IMZ589852 IWU589852:IWV589852 JGQ589852:JGR589852 JQM589852:JQN589852 KAI589852:KAJ589852 KKE589852:KKF589852 KUA589852:KUB589852 LDW589852:LDX589852 LNS589852:LNT589852 LXO589852:LXP589852 MHK589852:MHL589852 MRG589852:MRH589852 NBC589852:NBD589852 NKY589852:NKZ589852 NUU589852:NUV589852 OEQ589852:OER589852 OOM589852:OON589852 OYI589852:OYJ589852 PIE589852:PIF589852 PSA589852:PSB589852 QBW589852:QBX589852 QLS589852:QLT589852 QVO589852:QVP589852 RFK589852:RFL589852 RPG589852:RPH589852 RZC589852:RZD589852 SIY589852:SIZ589852 SSU589852:SSV589852 TCQ589852:TCR589852 TMM589852:TMN589852 TWI589852:TWJ589852 UGE589852:UGF589852 UQA589852:UQB589852 UZW589852:UZX589852 VJS589852:VJT589852 VTO589852:VTP589852 WDK589852:WDL589852 WNG589852:WNH589852 WXC589852:WXD589852 AU655388:AV655388 KQ655388:KR655388 UM655388:UN655388 AEI655388:AEJ655388 AOE655388:AOF655388 AYA655388:AYB655388 BHW655388:BHX655388 BRS655388:BRT655388 CBO655388:CBP655388 CLK655388:CLL655388 CVG655388:CVH655388 DFC655388:DFD655388 DOY655388:DOZ655388 DYU655388:DYV655388 EIQ655388:EIR655388 ESM655388:ESN655388 FCI655388:FCJ655388 FME655388:FMF655388 FWA655388:FWB655388 GFW655388:GFX655388 GPS655388:GPT655388 GZO655388:GZP655388 HJK655388:HJL655388 HTG655388:HTH655388 IDC655388:IDD655388 IMY655388:IMZ655388 IWU655388:IWV655388 JGQ655388:JGR655388 JQM655388:JQN655388 KAI655388:KAJ655388 KKE655388:KKF655388 KUA655388:KUB655388 LDW655388:LDX655388 LNS655388:LNT655388 LXO655388:LXP655388 MHK655388:MHL655388 MRG655388:MRH655388 NBC655388:NBD655388 NKY655388:NKZ655388 NUU655388:NUV655388 OEQ655388:OER655388 OOM655388:OON655388 OYI655388:OYJ655388 PIE655388:PIF655388 PSA655388:PSB655388 QBW655388:QBX655388 QLS655388:QLT655388 QVO655388:QVP655388 RFK655388:RFL655388 RPG655388:RPH655388 RZC655388:RZD655388 SIY655388:SIZ655388 SSU655388:SSV655388 TCQ655388:TCR655388 TMM655388:TMN655388 TWI655388:TWJ655388 UGE655388:UGF655388 UQA655388:UQB655388 UZW655388:UZX655388 VJS655388:VJT655388 VTO655388:VTP655388 WDK655388:WDL655388 WNG655388:WNH655388 WXC655388:WXD655388 AU720924:AV720924 KQ720924:KR720924 UM720924:UN720924 AEI720924:AEJ720924 AOE720924:AOF720924 AYA720924:AYB720924 BHW720924:BHX720924 BRS720924:BRT720924 CBO720924:CBP720924 CLK720924:CLL720924 CVG720924:CVH720924 DFC720924:DFD720924 DOY720924:DOZ720924 DYU720924:DYV720924 EIQ720924:EIR720924 ESM720924:ESN720924 FCI720924:FCJ720924 FME720924:FMF720924 FWA720924:FWB720924 GFW720924:GFX720924 GPS720924:GPT720924 GZO720924:GZP720924 HJK720924:HJL720924 HTG720924:HTH720924 IDC720924:IDD720924 IMY720924:IMZ720924 IWU720924:IWV720924 JGQ720924:JGR720924 JQM720924:JQN720924 KAI720924:KAJ720924 KKE720924:KKF720924 KUA720924:KUB720924 LDW720924:LDX720924 LNS720924:LNT720924 LXO720924:LXP720924 MHK720924:MHL720924 MRG720924:MRH720924 NBC720924:NBD720924 NKY720924:NKZ720924 NUU720924:NUV720924 OEQ720924:OER720924 OOM720924:OON720924 OYI720924:OYJ720924 PIE720924:PIF720924 PSA720924:PSB720924 QBW720924:QBX720924 QLS720924:QLT720924 QVO720924:QVP720924 RFK720924:RFL720924 RPG720924:RPH720924 RZC720924:RZD720924 SIY720924:SIZ720924 SSU720924:SSV720924 TCQ720924:TCR720924 TMM720924:TMN720924 TWI720924:TWJ720924 UGE720924:UGF720924 UQA720924:UQB720924 UZW720924:UZX720924 VJS720924:VJT720924 VTO720924:VTP720924 WDK720924:WDL720924 WNG720924:WNH720924 WXC720924:WXD720924 AU786460:AV786460 KQ786460:KR786460 UM786460:UN786460 AEI786460:AEJ786460 AOE786460:AOF786460 AYA786460:AYB786460 BHW786460:BHX786460 BRS786460:BRT786460 CBO786460:CBP786460 CLK786460:CLL786460 CVG786460:CVH786460 DFC786460:DFD786460 DOY786460:DOZ786460 DYU786460:DYV786460 EIQ786460:EIR786460 ESM786460:ESN786460 FCI786460:FCJ786460 FME786460:FMF786460 FWA786460:FWB786460 GFW786460:GFX786460 GPS786460:GPT786460 GZO786460:GZP786460 HJK786460:HJL786460 HTG786460:HTH786460 IDC786460:IDD786460 IMY786460:IMZ786460 IWU786460:IWV786460 JGQ786460:JGR786460 JQM786460:JQN786460 KAI786460:KAJ786460 KKE786460:KKF786460 KUA786460:KUB786460 LDW786460:LDX786460 LNS786460:LNT786460 LXO786460:LXP786460 MHK786460:MHL786460 MRG786460:MRH786460 NBC786460:NBD786460 NKY786460:NKZ786460 NUU786460:NUV786460 OEQ786460:OER786460 OOM786460:OON786460 OYI786460:OYJ786460 PIE786460:PIF786460 PSA786460:PSB786460 QBW786460:QBX786460 QLS786460:QLT786460 QVO786460:QVP786460 RFK786460:RFL786460 RPG786460:RPH786460 RZC786460:RZD786460 SIY786460:SIZ786460 SSU786460:SSV786460 TCQ786460:TCR786460 TMM786460:TMN786460 TWI786460:TWJ786460 UGE786460:UGF786460 UQA786460:UQB786460 UZW786460:UZX786460 VJS786460:VJT786460 VTO786460:VTP786460 WDK786460:WDL786460 WNG786460:WNH786460 WXC786460:WXD786460 AU851996:AV851996 KQ851996:KR851996 UM851996:UN851996 AEI851996:AEJ851996 AOE851996:AOF851996 AYA851996:AYB851996 BHW851996:BHX851996 BRS851996:BRT851996 CBO851996:CBP851996 CLK851996:CLL851996 CVG851996:CVH851996 DFC851996:DFD851996 DOY851996:DOZ851996 DYU851996:DYV851996 EIQ851996:EIR851996 ESM851996:ESN851996 FCI851996:FCJ851996 FME851996:FMF851996 FWA851996:FWB851996 GFW851996:GFX851996 GPS851996:GPT851996 GZO851996:GZP851996 HJK851996:HJL851996 HTG851996:HTH851996 IDC851996:IDD851996 IMY851996:IMZ851996 IWU851996:IWV851996 JGQ851996:JGR851996 JQM851996:JQN851996 KAI851996:KAJ851996 KKE851996:KKF851996 KUA851996:KUB851996 LDW851996:LDX851996 LNS851996:LNT851996 LXO851996:LXP851996 MHK851996:MHL851996 MRG851996:MRH851996 NBC851996:NBD851996 NKY851996:NKZ851996 NUU851996:NUV851996 OEQ851996:OER851996 OOM851996:OON851996 OYI851996:OYJ851996 PIE851996:PIF851996 PSA851996:PSB851996 QBW851996:QBX851996 QLS851996:QLT851996 QVO851996:QVP851996 RFK851996:RFL851996 RPG851996:RPH851996 RZC851996:RZD851996 SIY851996:SIZ851996 SSU851996:SSV851996 TCQ851996:TCR851996 TMM851996:TMN851996 TWI851996:TWJ851996 UGE851996:UGF851996 UQA851996:UQB851996 UZW851996:UZX851996 VJS851996:VJT851996 VTO851996:VTP851996 WDK851996:WDL851996 WNG851996:WNH851996 WXC851996:WXD851996 AU917532:AV917532 KQ917532:KR917532 UM917532:UN917532 AEI917532:AEJ917532 AOE917532:AOF917532 AYA917532:AYB917532 BHW917532:BHX917532 BRS917532:BRT917532 CBO917532:CBP917532 CLK917532:CLL917532 CVG917532:CVH917532 DFC917532:DFD917532 DOY917532:DOZ917532 DYU917532:DYV917532 EIQ917532:EIR917532 ESM917532:ESN917532 FCI917532:FCJ917532 FME917532:FMF917532 FWA917532:FWB917532 GFW917532:GFX917532 GPS917532:GPT917532 GZO917532:GZP917532 HJK917532:HJL917532 HTG917532:HTH917532 IDC917532:IDD917532 IMY917532:IMZ917532 IWU917532:IWV917532 JGQ917532:JGR917532 JQM917532:JQN917532 KAI917532:KAJ917532 KKE917532:KKF917532 KUA917532:KUB917532 LDW917532:LDX917532 LNS917532:LNT917532 LXO917532:LXP917532 MHK917532:MHL917532 MRG917532:MRH917532 NBC917532:NBD917532 NKY917532:NKZ917532 NUU917532:NUV917532 OEQ917532:OER917532 OOM917532:OON917532 OYI917532:OYJ917532 PIE917532:PIF917532 PSA917532:PSB917532 QBW917532:QBX917532 QLS917532:QLT917532 QVO917532:QVP917532 RFK917532:RFL917532 RPG917532:RPH917532 RZC917532:RZD917532 SIY917532:SIZ917532 SSU917532:SSV917532 TCQ917532:TCR917532 TMM917532:TMN917532 TWI917532:TWJ917532 UGE917532:UGF917532 UQA917532:UQB917532 UZW917532:UZX917532 VJS917532:VJT917532 VTO917532:VTP917532 WDK917532:WDL917532 WNG917532:WNH917532 WXC917532:WXD917532 AU983068:AV983068 KQ983068:KR983068 UM983068:UN983068 AEI983068:AEJ983068 AOE983068:AOF983068 AYA983068:AYB983068 BHW983068:BHX983068 BRS983068:BRT983068 CBO983068:CBP983068 CLK983068:CLL983068 CVG983068:CVH983068 DFC983068:DFD983068 DOY983068:DOZ983068 DYU983068:DYV983068 EIQ983068:EIR983068 ESM983068:ESN983068 FCI983068:FCJ983068 FME983068:FMF983068 FWA983068:FWB983068 GFW983068:GFX983068 GPS983068:GPT983068 GZO983068:GZP983068 HJK983068:HJL983068 HTG983068:HTH983068 IDC983068:IDD983068 IMY983068:IMZ983068 IWU983068:IWV983068 JGQ983068:JGR983068 JQM983068:JQN983068 KAI983068:KAJ983068 KKE983068:KKF983068 KUA983068:KUB983068 LDW983068:LDX983068 LNS983068:LNT983068 LXO983068:LXP983068 MHK983068:MHL983068 MRG983068:MRH983068 NBC983068:NBD983068 NKY983068:NKZ983068 NUU983068:NUV983068 OEQ983068:OER983068 OOM983068:OON983068 OYI983068:OYJ983068 PIE983068:PIF983068 PSA983068:PSB983068 QBW983068:QBX983068 QLS983068:QLT983068 QVO983068:QVP983068 RFK983068:RFL983068 RPG983068:RPH983068 RZC983068:RZD983068 SIY983068:SIZ983068 SSU983068:SSV983068 TCQ983068:TCR983068 TMM983068:TMN983068 TWI983068:TWJ983068 UGE983068:UGF983068 UQA983068:UQB983068 UZW983068:UZX983068 VJS983068:VJT983068 VTO983068:VTP983068 WDK983068:WDL983068 WNG983068:WNH983068 WXC983068:WXD983068 AC3 JY3 TU3 ADQ3 ANM3 AXI3 BHE3 BRA3 CAW3 CKS3 CUO3 DEK3 DOG3 DYC3 EHY3 ERU3 FBQ3 FLM3 FVI3 GFE3 GPA3 GYW3 HIS3 HSO3 ICK3 IMG3 IWC3 JFY3 JPU3 JZQ3 KJM3 KTI3 LDE3 LNA3 LWW3 MGS3 MQO3 NAK3 NKG3 NUC3 ODY3 ONU3 OXQ3 PHM3 PRI3 QBE3 QLA3 QUW3 RES3 ROO3 RYK3 SIG3 SSC3 TBY3 TLU3 TVQ3 UFM3 UPI3 UZE3 VJA3 VSW3 WCS3 WMO3 WWK3 AC65564 JY65564 TU65564 ADQ65564 ANM65564 AXI65564 BHE65564 BRA65564 CAW65564 CKS65564 CUO65564 DEK65564 DOG65564 DYC65564 EHY65564 ERU65564 FBQ65564 FLM65564 FVI65564 GFE65564 GPA65564 GYW65564 HIS65564 HSO65564 ICK65564 IMG65564 IWC65564 JFY65564 JPU65564 JZQ65564 KJM65564 KTI65564 LDE65564 LNA65564 LWW65564 MGS65564 MQO65564 NAK65564 NKG65564 NUC65564 ODY65564 ONU65564 OXQ65564 PHM65564 PRI65564 QBE65564 QLA65564 QUW65564 RES65564 ROO65564 RYK65564 SIG65564 SSC65564 TBY65564 TLU65564 TVQ65564 UFM65564 UPI65564 UZE65564 VJA65564 VSW65564 WCS65564 WMO65564 WWK65564 AC131100 JY131100 TU131100 ADQ131100 ANM131100 AXI131100 BHE131100 BRA131100 CAW131100 CKS131100 CUO131100 DEK131100 DOG131100 DYC131100 EHY131100 ERU131100 FBQ131100 FLM131100 FVI131100 GFE131100 GPA131100 GYW131100 HIS131100 HSO131100 ICK131100 IMG131100 IWC131100 JFY131100 JPU131100 JZQ131100 KJM131100 KTI131100 LDE131100 LNA131100 LWW131100 MGS131100 MQO131100 NAK131100 NKG131100 NUC131100 ODY131100 ONU131100 OXQ131100 PHM131100 PRI131100 QBE131100 QLA131100 QUW131100 RES131100 ROO131100 RYK131100 SIG131100 SSC131100 TBY131100 TLU131100 TVQ131100 UFM131100 UPI131100 UZE131100 VJA131100 VSW131100 WCS131100 WMO131100 WWK131100 AC196636 JY196636 TU196636 ADQ196636 ANM196636 AXI196636 BHE196636 BRA196636 CAW196636 CKS196636 CUO196636 DEK196636 DOG196636 DYC196636 EHY196636 ERU196636 FBQ196636 FLM196636 FVI196636 GFE196636 GPA196636 GYW196636 HIS196636 HSO196636 ICK196636 IMG196636 IWC196636 JFY196636 JPU196636 JZQ196636 KJM196636 KTI196636 LDE196636 LNA196636 LWW196636 MGS196636 MQO196636 NAK196636 NKG196636 NUC196636 ODY196636 ONU196636 OXQ196636 PHM196636 PRI196636 QBE196636 QLA196636 QUW196636 RES196636 ROO196636 RYK196636 SIG196636 SSC196636 TBY196636 TLU196636 TVQ196636 UFM196636 UPI196636 UZE196636 VJA196636 VSW196636 WCS196636 WMO196636 WWK196636 AC262172 JY262172 TU262172 ADQ262172 ANM262172 AXI262172 BHE262172 BRA262172 CAW262172 CKS262172 CUO262172 DEK262172 DOG262172 DYC262172 EHY262172 ERU262172 FBQ262172 FLM262172 FVI262172 GFE262172 GPA262172 GYW262172 HIS262172 HSO262172 ICK262172 IMG262172 IWC262172 JFY262172 JPU262172 JZQ262172 KJM262172 KTI262172 LDE262172 LNA262172 LWW262172 MGS262172 MQO262172 NAK262172 NKG262172 NUC262172 ODY262172 ONU262172 OXQ262172 PHM262172 PRI262172 QBE262172 QLA262172 QUW262172 RES262172 ROO262172 RYK262172 SIG262172 SSC262172 TBY262172 TLU262172 TVQ262172 UFM262172 UPI262172 UZE262172 VJA262172 VSW262172 WCS262172 WMO262172 WWK262172 AC327708 JY327708 TU327708 ADQ327708 ANM327708 AXI327708 BHE327708 BRA327708 CAW327708 CKS327708 CUO327708 DEK327708 DOG327708 DYC327708 EHY327708 ERU327708 FBQ327708 FLM327708 FVI327708 GFE327708 GPA327708 GYW327708 HIS327708 HSO327708 ICK327708 IMG327708 IWC327708 JFY327708 JPU327708 JZQ327708 KJM327708 KTI327708 LDE327708 LNA327708 LWW327708 MGS327708 MQO327708 NAK327708 NKG327708 NUC327708 ODY327708 ONU327708 OXQ327708 PHM327708 PRI327708 QBE327708 QLA327708 QUW327708 RES327708 ROO327708 RYK327708 SIG327708 SSC327708 TBY327708 TLU327708 TVQ327708 UFM327708 UPI327708 UZE327708 VJA327708 VSW327708 WCS327708 WMO327708 WWK327708 AC393244 JY393244 TU393244 ADQ393244 ANM393244 AXI393244 BHE393244 BRA393244 CAW393244 CKS393244 CUO393244 DEK393244 DOG393244 DYC393244 EHY393244 ERU393244 FBQ393244 FLM393244 FVI393244 GFE393244 GPA393244 GYW393244 HIS393244 HSO393244 ICK393244 IMG393244 IWC393244 JFY393244 JPU393244 JZQ393244 KJM393244 KTI393244 LDE393244 LNA393244 LWW393244 MGS393244 MQO393244 NAK393244 NKG393244 NUC393244 ODY393244 ONU393244 OXQ393244 PHM393244 PRI393244 QBE393244 QLA393244 QUW393244 RES393244 ROO393244 RYK393244 SIG393244 SSC393244 TBY393244 TLU393244 TVQ393244 UFM393244 UPI393244 UZE393244 VJA393244 VSW393244 WCS393244 WMO393244 WWK393244 AC458780 JY458780 TU458780 ADQ458780 ANM458780 AXI458780 BHE458780 BRA458780 CAW458780 CKS458780 CUO458780 DEK458780 DOG458780 DYC458780 EHY458780 ERU458780 FBQ458780 FLM458780 FVI458780 GFE458780 GPA458780 GYW458780 HIS458780 HSO458780 ICK458780 IMG458780 IWC458780 JFY458780 JPU458780 JZQ458780 KJM458780 KTI458780 LDE458780 LNA458780 LWW458780 MGS458780 MQO458780 NAK458780 NKG458780 NUC458780 ODY458780 ONU458780 OXQ458780 PHM458780 PRI458780 QBE458780 QLA458780 QUW458780 RES458780 ROO458780 RYK458780 SIG458780 SSC458780 TBY458780 TLU458780 TVQ458780 UFM458780 UPI458780 UZE458780 VJA458780 VSW458780 WCS458780 WMO458780 WWK458780 AC524316 JY524316 TU524316 ADQ524316 ANM524316 AXI524316 BHE524316 BRA524316 CAW524316 CKS524316 CUO524316 DEK524316 DOG524316 DYC524316 EHY524316 ERU524316 FBQ524316 FLM524316 FVI524316 GFE524316 GPA524316 GYW524316 HIS524316 HSO524316 ICK524316 IMG524316 IWC524316 JFY524316 JPU524316 JZQ524316 KJM524316 KTI524316 LDE524316 LNA524316 LWW524316 MGS524316 MQO524316 NAK524316 NKG524316 NUC524316 ODY524316 ONU524316 OXQ524316 PHM524316 PRI524316 QBE524316 QLA524316 QUW524316 RES524316 ROO524316 RYK524316 SIG524316 SSC524316 TBY524316 TLU524316 TVQ524316 UFM524316 UPI524316 UZE524316 VJA524316 VSW524316 WCS524316 WMO524316 WWK524316 AC589852 JY589852 TU589852 ADQ589852 ANM589852 AXI589852 BHE589852 BRA589852 CAW589852 CKS589852 CUO589852 DEK589852 DOG589852 DYC589852 EHY589852 ERU589852 FBQ589852 FLM589852 FVI589852 GFE589852 GPA589852 GYW589852 HIS589852 HSO589852 ICK589852 IMG589852 IWC589852 JFY589852 JPU589852 JZQ589852 KJM589852 KTI589852 LDE589852 LNA589852 LWW589852 MGS589852 MQO589852 NAK589852 NKG589852 NUC589852 ODY589852 ONU589852 OXQ589852 PHM589852 PRI589852 QBE589852 QLA589852 QUW589852 RES589852 ROO589852 RYK589852 SIG589852 SSC589852 TBY589852 TLU589852 TVQ589852 UFM589852 UPI589852 UZE589852 VJA589852 VSW589852 WCS589852 WMO589852 WWK589852 AC655388 JY655388 TU655388 ADQ655388 ANM655388 AXI655388 BHE655388 BRA655388 CAW655388 CKS655388 CUO655388 DEK655388 DOG655388 DYC655388 EHY655388 ERU655388 FBQ655388 FLM655388 FVI655388 GFE655388 GPA655388 GYW655388 HIS655388 HSO655388 ICK655388 IMG655388 IWC655388 JFY655388 JPU655388 JZQ655388 KJM655388 KTI655388 LDE655388 LNA655388 LWW655388 MGS655388 MQO655388 NAK655388 NKG655388 NUC655388 ODY655388 ONU655388 OXQ655388 PHM655388 PRI655388 QBE655388 QLA655388 QUW655388 RES655388 ROO655388 RYK655388 SIG655388 SSC655388 TBY655388 TLU655388 TVQ655388 UFM655388 UPI655388 UZE655388 VJA655388 VSW655388 WCS655388 WMO655388 WWK655388 AC720924 JY720924 TU720924 ADQ720924 ANM720924 AXI720924 BHE720924 BRA720924 CAW720924 CKS720924 CUO720924 DEK720924 DOG720924 DYC720924 EHY720924 ERU720924 FBQ720924 FLM720924 FVI720924 GFE720924 GPA720924 GYW720924 HIS720924 HSO720924 ICK720924 IMG720924 IWC720924 JFY720924 JPU720924 JZQ720924 KJM720924 KTI720924 LDE720924 LNA720924 LWW720924 MGS720924 MQO720924 NAK720924 NKG720924 NUC720924 ODY720924 ONU720924 OXQ720924 PHM720924 PRI720924 QBE720924 QLA720924 QUW720924 RES720924 ROO720924 RYK720924 SIG720924 SSC720924 TBY720924 TLU720924 TVQ720924 UFM720924 UPI720924 UZE720924 VJA720924 VSW720924 WCS720924 WMO720924 WWK720924 AC786460 JY786460 TU786460 ADQ786460 ANM786460 AXI786460 BHE786460 BRA786460 CAW786460 CKS786460 CUO786460 DEK786460 DOG786460 DYC786460 EHY786460 ERU786460 FBQ786460 FLM786460 FVI786460 GFE786460 GPA786460 GYW786460 HIS786460 HSO786460 ICK786460 IMG786460 IWC786460 JFY786460 JPU786460 JZQ786460 KJM786460 KTI786460 LDE786460 LNA786460 LWW786460 MGS786460 MQO786460 NAK786460 NKG786460 NUC786460 ODY786460 ONU786460 OXQ786460 PHM786460 PRI786460 QBE786460 QLA786460 QUW786460 RES786460 ROO786460 RYK786460 SIG786460 SSC786460 TBY786460 TLU786460 TVQ786460 UFM786460 UPI786460 UZE786460 VJA786460 VSW786460 WCS786460 WMO786460 WWK786460 AC851996 JY851996 TU851996 ADQ851996 ANM851996 AXI851996 BHE851996 BRA851996 CAW851996 CKS851996 CUO851996 DEK851996 DOG851996 DYC851996 EHY851996 ERU851996 FBQ851996 FLM851996 FVI851996 GFE851996 GPA851996 GYW851996 HIS851996 HSO851996 ICK851996 IMG851996 IWC851996 JFY851996 JPU851996 JZQ851996 KJM851996 KTI851996 LDE851996 LNA851996 LWW851996 MGS851996 MQO851996 NAK851996 NKG851996 NUC851996 ODY851996 ONU851996 OXQ851996 PHM851996 PRI851996 QBE851996 QLA851996 QUW851996 RES851996 ROO851996 RYK851996 SIG851996 SSC851996 TBY851996 TLU851996 TVQ851996 UFM851996 UPI851996 UZE851996 VJA851996 VSW851996 WCS851996 WMO851996 WWK851996 AC917532 JY917532 TU917532 ADQ917532 ANM917532 AXI917532 BHE917532 BRA917532 CAW917532 CKS917532 CUO917532 DEK917532 DOG917532 DYC917532 EHY917532 ERU917532 FBQ917532 FLM917532 FVI917532 GFE917532 GPA917532 GYW917532 HIS917532 HSO917532 ICK917532 IMG917532 IWC917532 JFY917532 JPU917532 JZQ917532 KJM917532 KTI917532 LDE917532 LNA917532 LWW917532 MGS917532 MQO917532 NAK917532 NKG917532 NUC917532 ODY917532 ONU917532 OXQ917532 PHM917532 PRI917532 QBE917532 QLA917532 QUW917532 RES917532 ROO917532 RYK917532 SIG917532 SSC917532 TBY917532 TLU917532 TVQ917532 UFM917532 UPI917532 UZE917532 VJA917532 VSW917532 WCS917532 WMO917532 WWK917532 AC983068 JY983068 TU983068 ADQ983068 ANM983068 AXI983068 BHE983068 BRA983068 CAW983068 CKS983068 CUO983068 DEK983068 DOG983068 DYC983068 EHY983068 ERU983068 FBQ983068 FLM983068 FVI983068 GFE983068 GPA983068 GYW983068 HIS983068 HSO983068 ICK983068 IMG983068 IWC983068 JFY983068 JPU983068 JZQ983068 KJM983068 KTI983068 LDE983068 LNA983068 LWW983068 MGS983068 MQO983068 NAK983068 NKG983068 NUC983068 ODY983068 ONU983068 OXQ983068 PHM983068 PRI983068 QBE983068 QLA983068 QUW983068 RES983068 ROO983068 RYK983068 SIG983068 SSC983068 TBY983068 TLU983068 TVQ983068 UFM983068 UPI983068 UZE983068 VJA983068 VSW983068 WCS983068 WMO983068 WWK983068 IJ3 SF3 ACB3 ALX3 AVT3 BFP3 BPL3 BZH3 CJD3 CSZ3 DCV3 DMR3 DWN3 EGJ3 EQF3 FAB3 FJX3 FTT3 GDP3 GNL3 GXH3 HHD3 HQZ3 IAV3 IKR3 IUN3 JEJ3 JOF3 JYB3 KHX3 KRT3 LBP3 LLL3 LVH3 MFD3 MOZ3 MYV3 NIR3 NSN3 OCJ3 OMF3 OWB3 PFX3 PPT3 PZP3 QJL3 QTH3 RDD3 RMZ3 RWV3 SGR3 SQN3 TAJ3 TKF3 TUB3 UDX3 UNT3 UXP3 VHL3 VRH3 WBD3 WKZ3 WUV3 IJ65564 SF65564 ACB65564 ALX65564 AVT65564 BFP65564 BPL65564 BZH65564 CJD65564 CSZ65564 DCV65564 DMR65564 DWN65564 EGJ65564 EQF65564 FAB65564 FJX65564 FTT65564 GDP65564 GNL65564 GXH65564 HHD65564 HQZ65564 IAV65564 IKR65564 IUN65564 JEJ65564 JOF65564 JYB65564 KHX65564 KRT65564 LBP65564 LLL65564 LVH65564 MFD65564 MOZ65564 MYV65564 NIR65564 NSN65564 OCJ65564 OMF65564 OWB65564 PFX65564 PPT65564 PZP65564 QJL65564 QTH65564 RDD65564 RMZ65564 RWV65564 SGR65564 SQN65564 TAJ65564 TKF65564 TUB65564 UDX65564 UNT65564 UXP65564 VHL65564 VRH65564 WBD65564 WKZ65564 WUV65564 IJ131100 SF131100 ACB131100 ALX131100 AVT131100 BFP131100 BPL131100 BZH131100 CJD131100 CSZ131100 DCV131100 DMR131100 DWN131100 EGJ131100 EQF131100 FAB131100 FJX131100 FTT131100 GDP131100 GNL131100 GXH131100 HHD131100 HQZ131100 IAV131100 IKR131100 IUN131100 JEJ131100 JOF131100 JYB131100 KHX131100 KRT131100 LBP131100 LLL131100 LVH131100 MFD131100 MOZ131100 MYV131100 NIR131100 NSN131100 OCJ131100 OMF131100 OWB131100 PFX131100 PPT131100 PZP131100 QJL131100 QTH131100 RDD131100 RMZ131100 RWV131100 SGR131100 SQN131100 TAJ131100 TKF131100 TUB131100 UDX131100 UNT131100 UXP131100 VHL131100 VRH131100 WBD131100 WKZ131100 WUV131100 IJ196636 SF196636 ACB196636 ALX196636 AVT196636 BFP196636 BPL196636 BZH196636 CJD196636 CSZ196636 DCV196636 DMR196636 DWN196636 EGJ196636 EQF196636 FAB196636 FJX196636 FTT196636 GDP196636 GNL196636 GXH196636 HHD196636 HQZ196636 IAV196636 IKR196636 IUN196636 JEJ196636 JOF196636 JYB196636 KHX196636 KRT196636 LBP196636 LLL196636 LVH196636 MFD196636 MOZ196636 MYV196636 NIR196636 NSN196636 OCJ196636 OMF196636 OWB196636 PFX196636 PPT196636 PZP196636 QJL196636 QTH196636 RDD196636 RMZ196636 RWV196636 SGR196636 SQN196636 TAJ196636 TKF196636 TUB196636 UDX196636 UNT196636 UXP196636 VHL196636 VRH196636 WBD196636 WKZ196636 WUV196636 IJ262172 SF262172 ACB262172 ALX262172 AVT262172 BFP262172 BPL262172 BZH262172 CJD262172 CSZ262172 DCV262172 DMR262172 DWN262172 EGJ262172 EQF262172 FAB262172 FJX262172 FTT262172 GDP262172 GNL262172 GXH262172 HHD262172 HQZ262172 IAV262172 IKR262172 IUN262172 JEJ262172 JOF262172 JYB262172 KHX262172 KRT262172 LBP262172 LLL262172 LVH262172 MFD262172 MOZ262172 MYV262172 NIR262172 NSN262172 OCJ262172 OMF262172 OWB262172 PFX262172 PPT262172 PZP262172 QJL262172 QTH262172 RDD262172 RMZ262172 RWV262172 SGR262172 SQN262172 TAJ262172 TKF262172 TUB262172 UDX262172 UNT262172 UXP262172 VHL262172 VRH262172 WBD262172 WKZ262172 WUV262172 IJ327708 SF327708 ACB327708 ALX327708 AVT327708 BFP327708 BPL327708 BZH327708 CJD327708 CSZ327708 DCV327708 DMR327708 DWN327708 EGJ327708 EQF327708 FAB327708 FJX327708 FTT327708 GDP327708 GNL327708 GXH327708 HHD327708 HQZ327708 IAV327708 IKR327708 IUN327708 JEJ327708 JOF327708 JYB327708 KHX327708 KRT327708 LBP327708 LLL327708 LVH327708 MFD327708 MOZ327708 MYV327708 NIR327708 NSN327708 OCJ327708 OMF327708 OWB327708 PFX327708 PPT327708 PZP327708 QJL327708 QTH327708 RDD327708 RMZ327708 RWV327708 SGR327708 SQN327708 TAJ327708 TKF327708 TUB327708 UDX327708 UNT327708 UXP327708 VHL327708 VRH327708 WBD327708 WKZ327708 WUV327708 IJ393244 SF393244 ACB393244 ALX393244 AVT393244 BFP393244 BPL393244 BZH393244 CJD393244 CSZ393244 DCV393244 DMR393244 DWN393244 EGJ393244 EQF393244 FAB393244 FJX393244 FTT393244 GDP393244 GNL393244 GXH393244 HHD393244 HQZ393244 IAV393244 IKR393244 IUN393244 JEJ393244 JOF393244 JYB393244 KHX393244 KRT393244 LBP393244 LLL393244 LVH393244 MFD393244 MOZ393244 MYV393244 NIR393244 NSN393244 OCJ393244 OMF393244 OWB393244 PFX393244 PPT393244 PZP393244 QJL393244 QTH393244 RDD393244 RMZ393244 RWV393244 SGR393244 SQN393244 TAJ393244 TKF393244 TUB393244 UDX393244 UNT393244 UXP393244 VHL393244 VRH393244 WBD393244 WKZ393244 WUV393244 IJ458780 SF458780 ACB458780 ALX458780 AVT458780 BFP458780 BPL458780 BZH458780 CJD458780 CSZ458780 DCV458780 DMR458780 DWN458780 EGJ458780 EQF458780 FAB458780 FJX458780 FTT458780 GDP458780 GNL458780 GXH458780 HHD458780 HQZ458780 IAV458780 IKR458780 IUN458780 JEJ458780 JOF458780 JYB458780 KHX458780 KRT458780 LBP458780 LLL458780 LVH458780 MFD458780 MOZ458780 MYV458780 NIR458780 NSN458780 OCJ458780 OMF458780 OWB458780 PFX458780 PPT458780 PZP458780 QJL458780 QTH458780 RDD458780 RMZ458780 RWV458780 SGR458780 SQN458780 TAJ458780 TKF458780 TUB458780 UDX458780 UNT458780 UXP458780 VHL458780 VRH458780 WBD458780 WKZ458780 WUV458780 IJ524316 SF524316 ACB524316 ALX524316 AVT524316 BFP524316 BPL524316 BZH524316 CJD524316 CSZ524316 DCV524316 DMR524316 DWN524316 EGJ524316 EQF524316 FAB524316 FJX524316 FTT524316 GDP524316 GNL524316 GXH524316 HHD524316 HQZ524316 IAV524316 IKR524316 IUN524316 JEJ524316 JOF524316 JYB524316 KHX524316 KRT524316 LBP524316 LLL524316 LVH524316 MFD524316 MOZ524316 MYV524316 NIR524316 NSN524316 OCJ524316 OMF524316 OWB524316 PFX524316 PPT524316 PZP524316 QJL524316 QTH524316 RDD524316 RMZ524316 RWV524316 SGR524316 SQN524316 TAJ524316 TKF524316 TUB524316 UDX524316 UNT524316 UXP524316 VHL524316 VRH524316 WBD524316 WKZ524316 WUV524316 IJ589852 SF589852 ACB589852 ALX589852 AVT589852 BFP589852 BPL589852 BZH589852 CJD589852 CSZ589852 DCV589852 DMR589852 DWN589852 EGJ589852 EQF589852 FAB589852 FJX589852 FTT589852 GDP589852 GNL589852 GXH589852 HHD589852 HQZ589852 IAV589852 IKR589852 IUN589852 JEJ589852 JOF589852 JYB589852 KHX589852 KRT589852 LBP589852 LLL589852 LVH589852 MFD589852 MOZ589852 MYV589852 NIR589852 NSN589852 OCJ589852 OMF589852 OWB589852 PFX589852 PPT589852 PZP589852 QJL589852 QTH589852 RDD589852 RMZ589852 RWV589852 SGR589852 SQN589852 TAJ589852 TKF589852 TUB589852 UDX589852 UNT589852 UXP589852 VHL589852 VRH589852 WBD589852 WKZ589852 WUV589852 IJ655388 SF655388 ACB655388 ALX655388 AVT655388 BFP655388 BPL655388 BZH655388 CJD655388 CSZ655388 DCV655388 DMR655388 DWN655388 EGJ655388 EQF655388 FAB655388 FJX655388 FTT655388 GDP655388 GNL655388 GXH655388 HHD655388 HQZ655388 IAV655388 IKR655388 IUN655388 JEJ655388 JOF655388 JYB655388 KHX655388 KRT655388 LBP655388 LLL655388 LVH655388 MFD655388 MOZ655388 MYV655388 NIR655388 NSN655388 OCJ655388 OMF655388 OWB655388 PFX655388 PPT655388 PZP655388 QJL655388 QTH655388 RDD655388 RMZ655388 RWV655388 SGR655388 SQN655388 TAJ655388 TKF655388 TUB655388 UDX655388 UNT655388 UXP655388 VHL655388 VRH655388 WBD655388 WKZ655388 WUV655388 IJ720924 SF720924 ACB720924 ALX720924 AVT720924 BFP720924 BPL720924 BZH720924 CJD720924 CSZ720924 DCV720924 DMR720924 DWN720924 EGJ720924 EQF720924 FAB720924 FJX720924 FTT720924 GDP720924 GNL720924 GXH720924 HHD720924 HQZ720924 IAV720924 IKR720924 IUN720924 JEJ720924 JOF720924 JYB720924 KHX720924 KRT720924 LBP720924 LLL720924 LVH720924 MFD720924 MOZ720924 MYV720924 NIR720924 NSN720924 OCJ720924 OMF720924 OWB720924 PFX720924 PPT720924 PZP720924 QJL720924 QTH720924 RDD720924 RMZ720924 RWV720924 SGR720924 SQN720924 TAJ720924 TKF720924 TUB720924 UDX720924 UNT720924 UXP720924 VHL720924 VRH720924 WBD720924 WKZ720924 WUV720924 IJ786460 SF786460 ACB786460 ALX786460 AVT786460 BFP786460 BPL786460 BZH786460 CJD786460 CSZ786460 DCV786460 DMR786460 DWN786460 EGJ786460 EQF786460 FAB786460 FJX786460 FTT786460 GDP786460 GNL786460 GXH786460 HHD786460 HQZ786460 IAV786460 IKR786460 IUN786460 JEJ786460 JOF786460 JYB786460 KHX786460 KRT786460 LBP786460 LLL786460 LVH786460 MFD786460 MOZ786460 MYV786460 NIR786460 NSN786460 OCJ786460 OMF786460 OWB786460 PFX786460 PPT786460 PZP786460 QJL786460 QTH786460 RDD786460 RMZ786460 RWV786460 SGR786460 SQN786460 TAJ786460 TKF786460 TUB786460 UDX786460 UNT786460 UXP786460 VHL786460 VRH786460 WBD786460 WKZ786460 WUV786460 IJ851996 SF851996 ACB851996 ALX851996 AVT851996 BFP851996 BPL851996 BZH851996 CJD851996 CSZ851996 DCV851996 DMR851996 DWN851996 EGJ851996 EQF851996 FAB851996 FJX851996 FTT851996 GDP851996 GNL851996 GXH851996 HHD851996 HQZ851996 IAV851996 IKR851996 IUN851996 JEJ851996 JOF851996 JYB851996 KHX851996 KRT851996 LBP851996 LLL851996 LVH851996 MFD851996 MOZ851996 MYV851996 NIR851996 NSN851996 OCJ851996 OMF851996 OWB851996 PFX851996 PPT851996 PZP851996 QJL851996 QTH851996 RDD851996 RMZ851996 RWV851996 SGR851996 SQN851996 TAJ851996 TKF851996 TUB851996 UDX851996 UNT851996 UXP851996 VHL851996 VRH851996 WBD851996 WKZ851996 WUV851996 IJ917532 SF917532 ACB917532 ALX917532 AVT917532 BFP917532 BPL917532 BZH917532 CJD917532 CSZ917532 DCV917532 DMR917532 DWN917532 EGJ917532 EQF917532 FAB917532 FJX917532 FTT917532 GDP917532 GNL917532 GXH917532 HHD917532 HQZ917532 IAV917532 IKR917532 IUN917532 JEJ917532 JOF917532 JYB917532 KHX917532 KRT917532 LBP917532 LLL917532 LVH917532 MFD917532 MOZ917532 MYV917532 NIR917532 NSN917532 OCJ917532 OMF917532 OWB917532 PFX917532 PPT917532 PZP917532 QJL917532 QTH917532 RDD917532 RMZ917532 RWV917532 SGR917532 SQN917532 TAJ917532 TKF917532 TUB917532 UDX917532 UNT917532 UXP917532 VHL917532 VRH917532 WBD917532 WKZ917532 WUV917532 IJ983068 SF983068 ACB983068 ALX983068 AVT983068 BFP983068 BPL983068 BZH983068 CJD983068 CSZ983068 DCV983068 DMR983068 DWN983068 EGJ983068 EQF983068 FAB983068 FJX983068 FTT983068 GDP983068 GNL983068 GXH983068 HHD983068 HQZ983068 IAV983068 IKR983068 IUN983068 JEJ983068 JOF983068 JYB983068 KHX983068 KRT983068 LBP983068 LLL983068 LVH983068 MFD983068 MOZ983068 MYV983068 NIR983068 NSN983068 OCJ983068 OMF983068 OWB983068 PFX983068 PPT983068 PZP983068 QJL983068 QTH983068 RDD983068 RMZ983068 RWV983068 SGR983068 SQN983068 TAJ983068 TKF983068 TUB983068 UDX983068 UNT983068 UXP983068 VHL983068 VRH983068 WBD983068 WKZ983068 WUV983068 JB3 SX3 ACT3 AMP3 AWL3 BGH3 BQD3 BZZ3 CJV3 CTR3 DDN3 DNJ3 DXF3 EHB3 EQX3 FAT3 FKP3 FUL3 GEH3 GOD3 GXZ3 HHV3 HRR3 IBN3 ILJ3 IVF3 JFB3 JOX3 JYT3 KIP3 KSL3 LCH3 LMD3 LVZ3 MFV3 MPR3 MZN3 NJJ3 NTF3 ODB3 OMX3 OWT3 PGP3 PQL3 QAH3 QKD3 QTZ3 RDV3 RNR3 RXN3 SHJ3 SRF3 TBB3 TKX3 TUT3 UEP3 UOL3 UYH3 VID3 VRZ3 WBV3 WLR3 WVN3 JB65564 SX65564 ACT65564 AMP65564 AWL65564 BGH65564 BQD65564 BZZ65564 CJV65564 CTR65564 DDN65564 DNJ65564 DXF65564 EHB65564 EQX65564 FAT65564 FKP65564 FUL65564 GEH65564 GOD65564 GXZ65564 HHV65564 HRR65564 IBN65564 ILJ65564 IVF65564 JFB65564 JOX65564 JYT65564 KIP65564 KSL65564 LCH65564 LMD65564 LVZ65564 MFV65564 MPR65564 MZN65564 NJJ65564 NTF65564 ODB65564 OMX65564 OWT65564 PGP65564 PQL65564 QAH65564 QKD65564 QTZ65564 RDV65564 RNR65564 RXN65564 SHJ65564 SRF65564 TBB65564 TKX65564 TUT65564 UEP65564 UOL65564 UYH65564 VID65564 VRZ65564 WBV65564 WLR65564 WVN65564 JB131100 SX131100 ACT131100 AMP131100 AWL131100 BGH131100 BQD131100 BZZ131100 CJV131100 CTR131100 DDN131100 DNJ131100 DXF131100 EHB131100 EQX131100 FAT131100 FKP131100 FUL131100 GEH131100 GOD131100 GXZ131100 HHV131100 HRR131100 IBN131100 ILJ131100 IVF131100 JFB131100 JOX131100 JYT131100 KIP131100 KSL131100 LCH131100 LMD131100 LVZ131100 MFV131100 MPR131100 MZN131100 NJJ131100 NTF131100 ODB131100 OMX131100 OWT131100 PGP131100 PQL131100 QAH131100 QKD131100 QTZ131100 RDV131100 RNR131100 RXN131100 SHJ131100 SRF131100 TBB131100 TKX131100 TUT131100 UEP131100 UOL131100 UYH131100 VID131100 VRZ131100 WBV131100 WLR131100 WVN131100 JB196636 SX196636 ACT196636 AMP196636 AWL196636 BGH196636 BQD196636 BZZ196636 CJV196636 CTR196636 DDN196636 DNJ196636 DXF196636 EHB196636 EQX196636 FAT196636 FKP196636 FUL196636 GEH196636 GOD196636 GXZ196636 HHV196636 HRR196636 IBN196636 ILJ196636 IVF196636 JFB196636 JOX196636 JYT196636 KIP196636 KSL196636 LCH196636 LMD196636 LVZ196636 MFV196636 MPR196636 MZN196636 NJJ196636 NTF196636 ODB196636 OMX196636 OWT196636 PGP196636 PQL196636 QAH196636 QKD196636 QTZ196636 RDV196636 RNR196636 RXN196636 SHJ196636 SRF196636 TBB196636 TKX196636 TUT196636 UEP196636 UOL196636 UYH196636 VID196636 VRZ196636 WBV196636 WLR196636 WVN196636 JB262172 SX262172 ACT262172 AMP262172 AWL262172 BGH262172 BQD262172 BZZ262172 CJV262172 CTR262172 DDN262172 DNJ262172 DXF262172 EHB262172 EQX262172 FAT262172 FKP262172 FUL262172 GEH262172 GOD262172 GXZ262172 HHV262172 HRR262172 IBN262172 ILJ262172 IVF262172 JFB262172 JOX262172 JYT262172 KIP262172 KSL262172 LCH262172 LMD262172 LVZ262172 MFV262172 MPR262172 MZN262172 NJJ262172 NTF262172 ODB262172 OMX262172 OWT262172 PGP262172 PQL262172 QAH262172 QKD262172 QTZ262172 RDV262172 RNR262172 RXN262172 SHJ262172 SRF262172 TBB262172 TKX262172 TUT262172 UEP262172 UOL262172 UYH262172 VID262172 VRZ262172 WBV262172 WLR262172 WVN262172 JB327708 SX327708 ACT327708 AMP327708 AWL327708 BGH327708 BQD327708 BZZ327708 CJV327708 CTR327708 DDN327708 DNJ327708 DXF327708 EHB327708 EQX327708 FAT327708 FKP327708 FUL327708 GEH327708 GOD327708 GXZ327708 HHV327708 HRR327708 IBN327708 ILJ327708 IVF327708 JFB327708 JOX327708 JYT327708 KIP327708 KSL327708 LCH327708 LMD327708 LVZ327708 MFV327708 MPR327708 MZN327708 NJJ327708 NTF327708 ODB327708 OMX327708 OWT327708 PGP327708 PQL327708 QAH327708 QKD327708 QTZ327708 RDV327708 RNR327708 RXN327708 SHJ327708 SRF327708 TBB327708 TKX327708 TUT327708 UEP327708 UOL327708 UYH327708 VID327708 VRZ327708 WBV327708 WLR327708 WVN327708 JB393244 SX393244 ACT393244 AMP393244 AWL393244 BGH393244 BQD393244 BZZ393244 CJV393244 CTR393244 DDN393244 DNJ393244 DXF393244 EHB393244 EQX393244 FAT393244 FKP393244 FUL393244 GEH393244 GOD393244 GXZ393244 HHV393244 HRR393244 IBN393244 ILJ393244 IVF393244 JFB393244 JOX393244 JYT393244 KIP393244 KSL393244 LCH393244 LMD393244 LVZ393244 MFV393244 MPR393244 MZN393244 NJJ393244 NTF393244 ODB393244 OMX393244 OWT393244 PGP393244 PQL393244 QAH393244 QKD393244 QTZ393244 RDV393244 RNR393244 RXN393244 SHJ393244 SRF393244 TBB393244 TKX393244 TUT393244 UEP393244 UOL393244 UYH393244 VID393244 VRZ393244 WBV393244 WLR393244 WVN393244 JB458780 SX458780 ACT458780 AMP458780 AWL458780 BGH458780 BQD458780 BZZ458780 CJV458780 CTR458780 DDN458780 DNJ458780 DXF458780 EHB458780 EQX458780 FAT458780 FKP458780 FUL458780 GEH458780 GOD458780 GXZ458780 HHV458780 HRR458780 IBN458780 ILJ458780 IVF458780 JFB458780 JOX458780 JYT458780 KIP458780 KSL458780 LCH458780 LMD458780 LVZ458780 MFV458780 MPR458780 MZN458780 NJJ458780 NTF458780 ODB458780 OMX458780 OWT458780 PGP458780 PQL458780 QAH458780 QKD458780 QTZ458780 RDV458780 RNR458780 RXN458780 SHJ458780 SRF458780 TBB458780 TKX458780 TUT458780 UEP458780 UOL458780 UYH458780 VID458780 VRZ458780 WBV458780 WLR458780 WVN458780 JB524316 SX524316 ACT524316 AMP524316 AWL524316 BGH524316 BQD524316 BZZ524316 CJV524316 CTR524316 DDN524316 DNJ524316 DXF524316 EHB524316 EQX524316 FAT524316 FKP524316 FUL524316 GEH524316 GOD524316 GXZ524316 HHV524316 HRR524316 IBN524316 ILJ524316 IVF524316 JFB524316 JOX524316 JYT524316 KIP524316 KSL524316 LCH524316 LMD524316 LVZ524316 MFV524316 MPR524316 MZN524316 NJJ524316 NTF524316 ODB524316 OMX524316 OWT524316 PGP524316 PQL524316 QAH524316 QKD524316 QTZ524316 RDV524316 RNR524316 RXN524316 SHJ524316 SRF524316 TBB524316 TKX524316 TUT524316 UEP524316 UOL524316 UYH524316 VID524316 VRZ524316 WBV524316 WLR524316 WVN524316 JB589852 SX589852 ACT589852 AMP589852 AWL589852 BGH589852 BQD589852 BZZ589852 CJV589852 CTR589852 DDN589852 DNJ589852 DXF589852 EHB589852 EQX589852 FAT589852 FKP589852 FUL589852 GEH589852 GOD589852 GXZ589852 HHV589852 HRR589852 IBN589852 ILJ589852 IVF589852 JFB589852 JOX589852 JYT589852 KIP589852 KSL589852 LCH589852 LMD589852 LVZ589852 MFV589852 MPR589852 MZN589852 NJJ589852 NTF589852 ODB589852 OMX589852 OWT589852 PGP589852 PQL589852 QAH589852 QKD589852 QTZ589852 RDV589852 RNR589852 RXN589852 SHJ589852 SRF589852 TBB589852 TKX589852 TUT589852 UEP589852 UOL589852 UYH589852 VID589852 VRZ589852 WBV589852 WLR589852 WVN589852 JB655388 SX655388 ACT655388 AMP655388 AWL655388 BGH655388 BQD655388 BZZ655388 CJV655388 CTR655388 DDN655388 DNJ655388 DXF655388 EHB655388 EQX655388 FAT655388 FKP655388 FUL655388 GEH655388 GOD655388 GXZ655388 HHV655388 HRR655388 IBN655388 ILJ655388 IVF655388 JFB655388 JOX655388 JYT655388 KIP655388 KSL655388 LCH655388 LMD655388 LVZ655388 MFV655388 MPR655388 MZN655388 NJJ655388 NTF655388 ODB655388 OMX655388 OWT655388 PGP655388 PQL655388 QAH655388 QKD655388 QTZ655388 RDV655388 RNR655388 RXN655388 SHJ655388 SRF655388 TBB655388 TKX655388 TUT655388 UEP655388 UOL655388 UYH655388 VID655388 VRZ655388 WBV655388 WLR655388 WVN655388 JB720924 SX720924 ACT720924 AMP720924 AWL720924 BGH720924 BQD720924 BZZ720924 CJV720924 CTR720924 DDN720924 DNJ720924 DXF720924 EHB720924 EQX720924 FAT720924 FKP720924 FUL720924 GEH720924 GOD720924 GXZ720924 HHV720924 HRR720924 IBN720924 ILJ720924 IVF720924 JFB720924 JOX720924 JYT720924 KIP720924 KSL720924 LCH720924 LMD720924 LVZ720924 MFV720924 MPR720924 MZN720924 NJJ720924 NTF720924 ODB720924 OMX720924 OWT720924 PGP720924 PQL720924 QAH720924 QKD720924 QTZ720924 RDV720924 RNR720924 RXN720924 SHJ720924 SRF720924 TBB720924 TKX720924 TUT720924 UEP720924 UOL720924 UYH720924 VID720924 VRZ720924 WBV720924 WLR720924 WVN720924 JB786460 SX786460 ACT786460 AMP786460 AWL786460 BGH786460 BQD786460 BZZ786460 CJV786460 CTR786460 DDN786460 DNJ786460 DXF786460 EHB786460 EQX786460 FAT786460 FKP786460 FUL786460 GEH786460 GOD786460 GXZ786460 HHV786460 HRR786460 IBN786460 ILJ786460 IVF786460 JFB786460 JOX786460 JYT786460 KIP786460 KSL786460 LCH786460 LMD786460 LVZ786460 MFV786460 MPR786460 MZN786460 NJJ786460 NTF786460 ODB786460 OMX786460 OWT786460 PGP786460 PQL786460 QAH786460 QKD786460 QTZ786460 RDV786460 RNR786460 RXN786460 SHJ786460 SRF786460 TBB786460 TKX786460 TUT786460 UEP786460 UOL786460 UYH786460 VID786460 VRZ786460 WBV786460 WLR786460 WVN786460 JB851996 SX851996 ACT851996 AMP851996 AWL851996 BGH851996 BQD851996 BZZ851996 CJV851996 CTR851996 DDN851996 DNJ851996 DXF851996 EHB851996 EQX851996 FAT851996 FKP851996 FUL851996 GEH851996 GOD851996 GXZ851996 HHV851996 HRR851996 IBN851996 ILJ851996 IVF851996 JFB851996 JOX851996 JYT851996 KIP851996 KSL851996 LCH851996 LMD851996 LVZ851996 MFV851996 MPR851996 MZN851996 NJJ851996 NTF851996 ODB851996 OMX851996 OWT851996 PGP851996 PQL851996 QAH851996 QKD851996 QTZ851996 RDV851996 RNR851996 RXN851996 SHJ851996 SRF851996 TBB851996 TKX851996 TUT851996 UEP851996 UOL851996 UYH851996 VID851996 VRZ851996 WBV851996 WLR851996 WVN851996 JB917532 SX917532 ACT917532 AMP917532 AWL917532 BGH917532 BQD917532 BZZ917532 CJV917532 CTR917532 DDN917532 DNJ917532 DXF917532 EHB917532 EQX917532 FAT917532 FKP917532 FUL917532 GEH917532 GOD917532 GXZ917532 HHV917532 HRR917532 IBN917532 ILJ917532 IVF917532 JFB917532 JOX917532 JYT917532 KIP917532 KSL917532 LCH917532 LMD917532 LVZ917532 MFV917532 MPR917532 MZN917532 NJJ917532 NTF917532 ODB917532 OMX917532 OWT917532 PGP917532 PQL917532 QAH917532 QKD917532 QTZ917532 RDV917532 RNR917532 RXN917532 SHJ917532 SRF917532 TBB917532 TKX917532 TUT917532 UEP917532 UOL917532 UYH917532 VID917532 VRZ917532 WBV917532 WLR917532 WVN917532 JB983068 SX983068 ACT983068 AMP983068 AWL983068 BGH983068 BQD983068 BZZ983068 CJV983068 CTR983068 DDN983068 DNJ983068 DXF983068 EHB983068 EQX983068 FAT983068 FKP983068 FUL983068 GEH983068 GOD983068 GXZ983068 HHV983068 HRR983068 IBN983068 ILJ983068 IVF983068 JFB983068 JOX983068 JYT983068 KIP983068 KSL983068 LCH983068 LMD983068 LVZ983068 MFV983068 MPR983068 MZN983068 NJJ983068 NTF983068 ODB983068 OMX983068 OWT983068 PGP983068 PQL983068 QAH983068 QKD983068 QTZ983068 RDV983068 RNR983068 RXN983068 SHJ983068 SRF983068 TBB983068 TKX983068 TUT983068 UEP983068 UOL983068 UYH983068 VID983068 VRZ983068 WBV983068 WLR983068 WVN983068" xr:uid="{00000000-0002-0000-0400-000000000000}"/>
   </dataValidations>
   <pageMargins left="0.51181102362204722" right="0" top="0.43307086614173229" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
@@ -10713,285 +11859,286 @@
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>219075</xdr:colOff>
                     <xdr:row>9</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>742950</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M15"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="3" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" customWidth="1"/>
     <col min="6" max="7" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="21.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="166" t="s">
+    <row r="1" spans="1:13" ht="21.75">
+      <c r="A1" s="164" t="s">
+        <v>211</v>
+      </c>
+      <c r="B1" s="165"/>
+      <c r="C1" s="164"/>
+      <c r="D1" s="166"/>
+      <c r="E1" s="166"/>
+      <c r="F1" s="166"/>
+      <c r="G1" s="166"/>
+    </row>
+    <row r="2" spans="1:13" ht="11.25" hidden="1" customHeight="1">
+      <c r="A2" s="177" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" s="178"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="178"/>
+      <c r="E2" s="178"/>
+      <c r="F2" s="179"/>
+      <c r="G2" s="98"/>
+    </row>
+    <row r="3" spans="1:13">
+      <c r="A3" s="143"/>
+      <c r="B3" s="141"/>
+      <c r="C3" s="141"/>
+      <c r="D3" s="141"/>
+      <c r="E3" s="141"/>
+      <c r="F3" s="142"/>
+      <c r="G3" s="142"/>
+    </row>
+    <row r="4" spans="1:13" ht="24">
+      <c r="A4" s="157"/>
+      <c r="B4" s="173"/>
+      <c r="C4" s="173"/>
+      <c r="D4" s="174"/>
+      <c r="E4" s="175"/>
+      <c r="F4" s="176" t="s">
+        <v>120</v>
+      </c>
+      <c r="G4" s="176" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A5" s="150" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" s="167"/>
+      <c r="C5" s="167"/>
+      <c r="D5" s="167"/>
+      <c r="E5" s="167"/>
+      <c r="F5" s="168"/>
+      <c r="G5" s="168"/>
+    </row>
+    <row r="6" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A6" s="154" t="s">
+        <v>112</v>
+      </c>
+      <c r="B6" s="169"/>
+      <c r="C6" s="169"/>
+      <c r="D6" s="169"/>
+      <c r="E6" s="169"/>
+      <c r="F6" s="168"/>
+      <c r="G6" s="168"/>
+    </row>
+    <row r="7" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A7" s="154" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="169"/>
+      <c r="C7" s="169"/>
+      <c r="D7" s="169"/>
+      <c r="E7" s="169"/>
+      <c r="F7" s="168"/>
+      <c r="G7" s="168"/>
+      <c r="M7" s="98"/>
+    </row>
+    <row r="8" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A8" s="154" t="s">
+        <v>126</v>
+      </c>
+      <c r="B8" s="169"/>
+      <c r="C8" s="169"/>
+      <c r="D8" s="169"/>
+      <c r="E8" s="169"/>
+      <c r="F8" s="168"/>
+      <c r="G8" s="168"/>
+    </row>
+    <row r="9" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A9" s="154" t="s">
+        <v>127</v>
+      </c>
+      <c r="B9" s="169"/>
+      <c r="C9" s="169"/>
+      <c r="D9" s="169"/>
+      <c r="E9" s="169"/>
+      <c r="F9" s="168"/>
+      <c r="G9" s="168"/>
+    </row>
+    <row r="10" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A10" s="154" t="s">
         <v>128</v>
       </c>
-      <c r="B1" s="167"/>
-[...62 lines deleted...]
-      <c r="A7" s="156" t="s">
+      <c r="B10" s="169"/>
+      <c r="C10" s="169"/>
+      <c r="D10" s="169"/>
+      <c r="E10" s="169"/>
+      <c r="F10" s="168"/>
+      <c r="G10" s="168"/>
+    </row>
+    <row r="11" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A11" s="154" t="s">
         <v>132</v>
       </c>
-      <c r="B7" s="171"/>
-[...59 lines deleted...]
-      <c r="F12" s="173">
+      <c r="B11" s="169"/>
+      <c r="C11" s="169"/>
+      <c r="D11" s="169"/>
+      <c r="E11" s="169"/>
+      <c r="F11" s="168"/>
+      <c r="G11" s="168"/>
+    </row>
+    <row r="12" spans="1:13" ht="15" hidden="1" customHeight="1">
+      <c r="A12" s="170" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" s="169"/>
+      <c r="C12" s="169"/>
+      <c r="D12" s="169"/>
+      <c r="E12" s="169"/>
+      <c r="F12" s="171">
         <f>SUM(F4:F11)</f>
         <v>0</v>
       </c>
-      <c r="G12" s="173">
+      <c r="G12" s="171">
         <f>SUM(G4:G11)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="F15" s="174">
+    <row r="13" spans="1:13" ht="15" hidden="1" customHeight="1">
+      <c r="A13" s="154" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" s="169"/>
+      <c r="C13" s="169"/>
+      <c r="D13" s="169"/>
+      <c r="E13" s="169"/>
+      <c r="F13" s="340"/>
+      <c r="G13" s="340"/>
+    </row>
+    <row r="14" spans="1:13" ht="15" hidden="1" customHeight="1">
+      <c r="A14" s="154" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" s="169"/>
+      <c r="C14" s="169"/>
+      <c r="D14" s="169"/>
+      <c r="E14" s="169"/>
+      <c r="F14" s="341"/>
+      <c r="G14" s="341"/>
+    </row>
+    <row r="15" spans="1:13" ht="14.25" customHeight="1">
+      <c r="A15" s="170" t="s">
+        <v>133</v>
+      </c>
+      <c r="B15" s="169"/>
+      <c r="C15" s="169"/>
+      <c r="D15" s="169"/>
+      <c r="E15" s="169"/>
+      <c r="F15" s="172">
         <f>SUM(F5:F11)</f>
         <v>0</v>
       </c>
-      <c r="G15" s="174">
+      <c r="G15" s="172">
         <f>SUM(G5:G11)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Ovy3s5ypGlcdHo211t7HhXk2V6Apx6Pmgnjv36i8vQ6bAX4xwBi0zFSV38YtBboiRcDgQMaFPHjKQuLSPaitQQ==" saltValue="1D0ggQIEtuZRdnGNdkg9Wg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YpRebyA90cPvqmhYtNi9RSN6T6OASyt1JlGiqLq8j/AtFp+RP2PAyhwTBamKq5zXUkz2cH7UZHHz9Uttane3Xg==" saltValue="xzuSBM0OWnq5VXBY+v3P3A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="G13:G14"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0" top="0.43307086614173229" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Données</vt:lpstr>
       <vt:lpstr>Comptes</vt:lpstr>
-      <vt:lpstr>Annexe</vt:lpstr>
+      <vt:lpstr>Prestations</vt:lpstr>
+      <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>Répartition</vt:lpstr>
       <vt:lpstr>Pertes</vt:lpstr>
       <vt:lpstr>Comptes!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Pertes!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Répartition!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat du Valais / Staat Wallis</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SCI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>