--- v1 (2025-11-20)
+++ v2 (2026-01-13)
@@ -30,60 +30,61 @@
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JERFOI\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0028DC6-433F-4A8F-82A3-47A61DDE6E69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7988E230-C49F-4EE2-A9D4-B0F35C6847AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="CuHiLABJR3HD8dmDMUzgN3yl5pY4Cp8CyQ5Q7CulQ4d7s1Izsv4dipOopGt7iTywzD5c1ZflGizcKHZSRCpg0Q==" workbookSaltValue="tgrD9/vM+h5XJpgWMvTwXQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="3390" yWindow="810" windowWidth="21540" windowHeight="19690" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="380" yWindow="380" windowWidth="28800" windowHeight="15370" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Formulaire-Formular" sheetId="1" r:id="rId1"/>
     <sheet name="Aide" sheetId="6" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="7" r:id="rId3"/>
     <sheet name="Textes FR-DE" sheetId="8" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="Etat_DE">'Textes FR-DE'!$C$92:$C$93</definedName>
     <definedName name="Etat_FR">'Textes FR-DE'!$B$92:$B$93</definedName>
     <definedName name="langue">'Textes FR-DE'!#REF!</definedName>
     <definedName name="Liste">'Textes FR-DE'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Aide!$A$1:$T$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Formulaire-Formular'!$A$1:$BJ$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -168,137 +169,137 @@
   <c r="A43" i="8"/>
   <c r="A44" i="8"/>
   <c r="A45" i="8"/>
   <c r="A46" i="8"/>
   <c r="A47" i="8"/>
   <c r="A48" i="8"/>
   <c r="A49" i="8"/>
   <c r="A50" i="8"/>
   <c r="A51" i="8"/>
   <c r="A52" i="8"/>
   <c r="A53" i="8"/>
   <c r="A54" i="8"/>
   <c r="A55" i="8"/>
   <c r="A56" i="8"/>
   <c r="A57" i="8"/>
   <c r="A58" i="8"/>
   <c r="A59" i="8"/>
   <c r="A60" i="8"/>
   <c r="A61" i="8"/>
   <c r="A62" i="8"/>
   <c r="A63" i="8"/>
   <c r="N38" i="1" l="1"/>
   <c r="AL36" i="1"/>
   <c r="B6" i="8"/>
   <c r="B4" i="8"/>
+  <c r="B68" i="1"/>
+  <c r="B56" i="1"/>
+  <c r="AP42" i="1"/>
+  <c r="AL21" i="1"/>
+  <c r="B99" i="1"/>
+  <c r="C81" i="1"/>
+  <c r="AK92" i="1"/>
+  <c r="Z42" i="1"/>
+  <c r="B52" i="1"/>
+  <c r="AD42" i="1"/>
+  <c r="AN7" i="1"/>
+  <c r="B64" i="1"/>
+  <c r="B94" i="1"/>
+  <c r="AK62" i="1"/>
+  <c r="D31" i="1"/>
+  <c r="P16" i="1"/>
+  <c r="V42" i="1"/>
+  <c r="P17" i="1"/>
+  <c r="W52" i="1"/>
+  <c r="AK90" i="1"/>
+  <c r="C73" i="1"/>
+  <c r="AH42" i="1"/>
+  <c r="C83" i="1"/>
+  <c r="B71" i="1"/>
+  <c r="C75" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="W27" i="1"/>
+  <c r="AX7" i="1"/>
+  <c r="B38" i="1"/>
   <c r="D47" i="1"/>
   <c r="D48" i="1"/>
   <c r="D45" i="1"/>
+  <c r="C85" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="AK36" i="1"/>
+  <c r="AL42" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="B60" i="1"/>
+  <c r="B40" i="1"/>
+  <c r="AA7" i="1"/>
+  <c r="B58" i="1"/>
+  <c r="K90" i="1"/>
+  <c r="B34" i="1"/>
+  <c r="B27" i="1"/>
+  <c r="R60" i="1"/>
   <c r="R25" i="1"/>
+  <c r="B50" i="1"/>
+  <c r="AT42" i="1"/>
+  <c r="B90" i="1"/>
+  <c r="C79" i="1"/>
+  <c r="AK64" i="1"/>
+  <c r="D32" i="1"/>
+  <c r="B21" i="1"/>
+  <c r="Y36" i="1"/>
+  <c r="B66" i="1"/>
+  <c r="C87" i="1"/>
+  <c r="AL56" i="1"/>
   <c r="B95" i="1"/>
   <c r="B62" i="1"/>
   <c r="B25" i="1"/>
   <c r="AK29" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="B14" i="1"/>
+  <c r="U36" i="1"/>
+  <c r="B20" i="1"/>
+  <c r="C77" i="1"/>
   <c r="AK91" i="1"/>
+  <c r="BE103" i="1"/>
+  <c r="AQ36" i="1"/>
+  <c r="AB68" i="1"/>
+  <c r="B29" i="1"/>
+  <c r="B42" i="1"/>
   <c r="B100" i="1"/>
-  <c r="B68" i="1"/>
-[...11 lines deleted...]
-  <c r="BE103" i="1"/>
   <c r="B54" i="1"/>
-  <c r="B56" i="1"/>
-[...11 lines deleted...]
-  <c r="AQ36" i="1"/>
   <c r="B97" i="1"/>
-  <c r="AP42" i="1"/>
-[...11 lines deleted...]
-  <c r="AB68" i="1"/>
   <c r="AO38" i="1"/>
-  <c r="AL21" i="1"/>
-[...8 lines deleted...]
-  <c r="B34" i="1"/>
+  <c r="AK38" i="1"/>
+  <c r="B23" i="1"/>
+  <c r="Z52" i="1"/>
   <c r="B36" i="1"/>
-  <c r="B20" i="1"/>
-[...15 lines deleted...]
-  <c r="B23" i="1"/>
   <c r="AL38" i="1" l="1"/>
   <c r="AN63" i="1"/>
+  <c r="B9" i="1"/>
+  <c r="AM2" i="1"/>
   <c r="Y2" i="1"/>
-  <c r="B9" i="1"/>
+  <c r="B16" i="1"/>
   <c r="AM4" i="1"/>
-  <c r="AM2" i="1"/>
-  <c r="B16" i="1"/>
   <c r="B7" i="1"/>
   <c r="J2" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Jerome FOURNIER</author>
   </authors>
   <commentList>
     <comment ref="AY7" authorId="0" shapeId="0" xr:uid="{3D4A8F57-EC8F-4A8B-A697-0F6E8F04747D}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Le n° EGRID peut être trouvé sur :
 https://map.geo.admin.ch/
 1 - cocher "RegBL: statut du bâtiment
 2 - saisir l'adresse du bâtiment (ou le n° de parcelle) avec le nom de la commune
 3 - cliquer sur le point vert correspondant au bâtiment concerné
@@ -1354,66 +1355,66 @@
   <si>
     <t>en construction</t>
   </si>
   <si>
     <t>Date de mise en service prévue (indicatif)</t>
   </si>
   <si>
     <t>Aktueller Stand der Anlage</t>
   </si>
   <si>
     <t>im Bau</t>
   </si>
   <si>
     <t>Voraussichtliches Inbetriebnahmedatum (indikativ)</t>
   </si>
   <si>
     <t>la LcEne et de l'OcEne.</t>
   </si>
   <si>
     <t xml:space="preserve">Mit meiner Unterschrift bestätige ich, dass das Gebäude keiner Pflicht zur Eigenstromerzeugung im Sinne des kEnG und des </t>
   </si>
   <si>
     <t>kEnV unterliegt.</t>
   </si>
   <si>
-    <t>Version 11 novembre 2025 (valable jusqu'au 31.12.2025)</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Par ma signature, je certifie que le bâtiment n’est pas soumis à une obligation de production propre d'électricité au sens de </t>
   </si>
   <si>
     <t>in Planung</t>
   </si>
   <si>
     <t>Art. 59 kEnV</t>
   </si>
   <si>
     <t>Puissance unitaire</t>
+  </si>
+  <si>
+    <t>Version 5 janvier 2026 (valable jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>Version vom 5. Januar 2025 (gültig bis 31.12.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000\ 000\ 00\ 00\ "/>
   </numFmts>
   <fonts count="42" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2140,51 +2141,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="306">
+  <cellXfs count="305">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="17" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -2495,825 +2496,824 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="35" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="6" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="6" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="6" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="6" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="35" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...185 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...97 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="30" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="32" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="33" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...231 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <color theme="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
@@ -4705,51 +4705,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>45</xdr:row>
           <xdr:rowOff>44450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>47</xdr:row>
           <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1108" name="Check Box 84" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1108"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BD9D3AE-F956-969A-60FC-5683F0D65A22}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000054040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -6407,52 +6407,52 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/energieanforderungen-f&#252;r-geb&#228;ude" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BJ105"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="BG38" sqref="BG38"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I9" sqref="I9:BE9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.7265625" style="40" customWidth="1"/>
     <col min="2" max="57" width="2.1796875" style="40" customWidth="1"/>
     <col min="58" max="62" width="2.1796875" style="25" customWidth="1"/>
     <col min="63" max="16384" width="3" style="25" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:59" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="23"/>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="23"/>
       <c r="G1" s="23"/>
       <c r="H1" s="23"/>
       <c r="I1" s="23"/>
       <c r="J1" s="23"/>
       <c r="K1" s="23"/>
       <c r="L1" s="23"/>
       <c r="M1" s="23"/>
       <c r="N1" s="23"/>
@@ -6481,298 +6481,298 @@
       <c r="AK1" s="23"/>
       <c r="AL1" s="23"/>
       <c r="AM1" s="23"/>
       <c r="AN1" s="23"/>
       <c r="AO1" s="23"/>
       <c r="AP1" s="23"/>
       <c r="AQ1" s="23"/>
       <c r="AR1" s="23"/>
       <c r="AS1" s="23"/>
       <c r="AT1" s="23"/>
       <c r="AU1" s="23"/>
       <c r="AV1" s="23"/>
       <c r="AW1" s="23"/>
       <c r="AX1" s="23"/>
       <c r="AY1" s="23"/>
       <c r="AZ1" s="23"/>
       <c r="BA1" s="23"/>
       <c r="BB1" s="23"/>
       <c r="BC1" s="23"/>
       <c r="BD1" s="23"/>
       <c r="BE1" s="23"/>
       <c r="BF1" s="24"/>
     </row>
     <row r="2" spans="1:59" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="23"/>
-      <c r="B2" s="187"/>
-[...7 lines deleted...]
-      <c r="J2" s="196" t="str">
+      <c r="B2" s="154"/>
+      <c r="C2" s="155"/>
+      <c r="D2" s="155"/>
+      <c r="E2" s="155"/>
+      <c r="F2" s="155"/>
+      <c r="G2" s="155"/>
+      <c r="H2" s="155"/>
+      <c r="I2" s="156"/>
+      <c r="J2" s="163" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),1)</f>
         <v>Service de l'énergie et des forces hydrauliques</v>
       </c>
-      <c r="K2" s="197"/>
-[...13 lines deleted...]
-      <c r="Y2" s="205" t="str">
+      <c r="K2" s="164"/>
+      <c r="L2" s="164"/>
+      <c r="M2" s="164"/>
+      <c r="N2" s="164"/>
+      <c r="O2" s="164"/>
+      <c r="P2" s="164"/>
+      <c r="Q2" s="164"/>
+      <c r="R2" s="164"/>
+      <c r="S2" s="164"/>
+      <c r="T2" s="164"/>
+      <c r="U2" s="164"/>
+      <c r="V2" s="164"/>
+      <c r="W2" s="164"/>
+      <c r="X2" s="165"/>
+      <c r="Y2" s="172" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),2)</f>
         <v>Art. 59 OcEne</v>
       </c>
-      <c r="Z2" s="206"/>
-[...12 lines deleted...]
-      <c r="AM2" s="178" t="str">
+      <c r="Z2" s="173"/>
+      <c r="AA2" s="173"/>
+      <c r="AB2" s="173"/>
+      <c r="AC2" s="173"/>
+      <c r="AD2" s="173"/>
+      <c r="AE2" s="173"/>
+      <c r="AF2" s="173"/>
+      <c r="AG2" s="173"/>
+      <c r="AH2" s="173"/>
+      <c r="AI2" s="173"/>
+      <c r="AJ2" s="173"/>
+      <c r="AK2" s="173"/>
+      <c r="AL2" s="174"/>
+      <c r="AM2" s="145" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),3)</f>
         <v>Justificatif d'enregistrement</v>
       </c>
-      <c r="AN2" s="179"/>
-[...16 lines deleted...]
-      <c r="BE2" s="180"/>
+      <c r="AN2" s="146"/>
+      <c r="AO2" s="146"/>
+      <c r="AP2" s="146"/>
+      <c r="AQ2" s="146"/>
+      <c r="AR2" s="146"/>
+      <c r="AS2" s="146"/>
+      <c r="AT2" s="146"/>
+      <c r="AU2" s="146"/>
+      <c r="AV2" s="146"/>
+      <c r="AW2" s="146"/>
+      <c r="AX2" s="146"/>
+      <c r="AY2" s="146"/>
+      <c r="AZ2" s="146"/>
+      <c r="BA2" s="146"/>
+      <c r="BB2" s="146"/>
+      <c r="BC2" s="146"/>
+      <c r="BD2" s="146"/>
+      <c r="BE2" s="147"/>
       <c r="BF2" s="24"/>
     </row>
     <row r="3" spans="1:59" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="23"/>
-      <c r="B3" s="190"/>
-[...54 lines deleted...]
-      <c r="BE3" s="183"/>
+      <c r="B3" s="157"/>
+      <c r="C3" s="158"/>
+      <c r="D3" s="158"/>
+      <c r="E3" s="158"/>
+      <c r="F3" s="158"/>
+      <c r="G3" s="158"/>
+      <c r="H3" s="158"/>
+      <c r="I3" s="159"/>
+      <c r="J3" s="166"/>
+      <c r="K3" s="167"/>
+      <c r="L3" s="167"/>
+      <c r="M3" s="167"/>
+      <c r="N3" s="167"/>
+      <c r="O3" s="167"/>
+      <c r="P3" s="167"/>
+      <c r="Q3" s="167"/>
+      <c r="R3" s="167"/>
+      <c r="S3" s="167"/>
+      <c r="T3" s="167"/>
+      <c r="U3" s="167"/>
+      <c r="V3" s="167"/>
+      <c r="W3" s="167"/>
+      <c r="X3" s="168"/>
+      <c r="Y3" s="175"/>
+      <c r="Z3" s="176"/>
+      <c r="AA3" s="176"/>
+      <c r="AB3" s="176"/>
+      <c r="AC3" s="176"/>
+      <c r="AD3" s="176"/>
+      <c r="AE3" s="176"/>
+      <c r="AF3" s="176"/>
+      <c r="AG3" s="176"/>
+      <c r="AH3" s="176"/>
+      <c r="AI3" s="176"/>
+      <c r="AJ3" s="176"/>
+      <c r="AK3" s="176"/>
+      <c r="AL3" s="177"/>
+      <c r="AM3" s="148"/>
+      <c r="AN3" s="149"/>
+      <c r="AO3" s="149"/>
+      <c r="AP3" s="149"/>
+      <c r="AQ3" s="149"/>
+      <c r="AR3" s="149"/>
+      <c r="AS3" s="149"/>
+      <c r="AT3" s="149"/>
+      <c r="AU3" s="149"/>
+      <c r="AV3" s="149"/>
+      <c r="AW3" s="149"/>
+      <c r="AX3" s="149"/>
+      <c r="AY3" s="149"/>
+      <c r="AZ3" s="149"/>
+      <c r="BA3" s="149"/>
+      <c r="BB3" s="149"/>
+      <c r="BC3" s="149"/>
+      <c r="BD3" s="149"/>
+      <c r="BE3" s="150"/>
       <c r="BF3" s="24"/>
     </row>
     <row r="4" spans="1:59" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="23"/>
-      <c r="B4" s="190"/>
-[...36 lines deleted...]
-      <c r="AM4" s="220" t="str">
+      <c r="B4" s="157"/>
+      <c r="C4" s="158"/>
+      <c r="D4" s="158"/>
+      <c r="E4" s="158"/>
+      <c r="F4" s="158"/>
+      <c r="G4" s="158"/>
+      <c r="H4" s="158"/>
+      <c r="I4" s="159"/>
+      <c r="J4" s="166"/>
+      <c r="K4" s="167"/>
+      <c r="L4" s="167"/>
+      <c r="M4" s="167"/>
+      <c r="N4" s="167"/>
+      <c r="O4" s="167"/>
+      <c r="P4" s="167"/>
+      <c r="Q4" s="167"/>
+      <c r="R4" s="167"/>
+      <c r="S4" s="167"/>
+      <c r="T4" s="167"/>
+      <c r="U4" s="167"/>
+      <c r="V4" s="167"/>
+      <c r="W4" s="167"/>
+      <c r="X4" s="168"/>
+      <c r="Y4" s="175"/>
+      <c r="Z4" s="176"/>
+      <c r="AA4" s="176"/>
+      <c r="AB4" s="176"/>
+      <c r="AC4" s="176"/>
+      <c r="AD4" s="176"/>
+      <c r="AE4" s="176"/>
+      <c r="AF4" s="176"/>
+      <c r="AG4" s="176"/>
+      <c r="AH4" s="176"/>
+      <c r="AI4" s="176"/>
+      <c r="AJ4" s="176"/>
+      <c r="AK4" s="176"/>
+      <c r="AL4" s="177"/>
+      <c r="AM4" s="187" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),4)</f>
         <v>Installation PV participative</v>
       </c>
-      <c r="AN4" s="221"/>
-[...16 lines deleted...]
-      <c r="BE4" s="222"/>
+      <c r="AN4" s="188"/>
+      <c r="AO4" s="188"/>
+      <c r="AP4" s="188"/>
+      <c r="AQ4" s="188"/>
+      <c r="AR4" s="188"/>
+      <c r="AS4" s="188"/>
+      <c r="AT4" s="188"/>
+      <c r="AU4" s="188"/>
+      <c r="AV4" s="188"/>
+      <c r="AW4" s="188"/>
+      <c r="AX4" s="188"/>
+      <c r="AY4" s="188"/>
+      <c r="AZ4" s="188"/>
+      <c r="BA4" s="188"/>
+      <c r="BB4" s="188"/>
+      <c r="BC4" s="188"/>
+      <c r="BD4" s="188"/>
+      <c r="BE4" s="189"/>
       <c r="BF4" s="24"/>
     </row>
     <row r="5" spans="1:59" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="23"/>
-      <c r="B5" s="193"/>
-[...54 lines deleted...]
-      <c r="BE5" s="225"/>
+      <c r="B5" s="160"/>
+      <c r="C5" s="161"/>
+      <c r="D5" s="161"/>
+      <c r="E5" s="161"/>
+      <c r="F5" s="161"/>
+      <c r="G5" s="161"/>
+      <c r="H5" s="161"/>
+      <c r="I5" s="162"/>
+      <c r="J5" s="169"/>
+      <c r="K5" s="170"/>
+      <c r="L5" s="170"/>
+      <c r="M5" s="170"/>
+      <c r="N5" s="170"/>
+      <c r="O5" s="170"/>
+      <c r="P5" s="170"/>
+      <c r="Q5" s="170"/>
+      <c r="R5" s="170"/>
+      <c r="S5" s="170"/>
+      <c r="T5" s="170"/>
+      <c r="U5" s="170"/>
+      <c r="V5" s="170"/>
+      <c r="W5" s="170"/>
+      <c r="X5" s="171"/>
+      <c r="Y5" s="178"/>
+      <c r="Z5" s="179"/>
+      <c r="AA5" s="179"/>
+      <c r="AB5" s="179"/>
+      <c r="AC5" s="179"/>
+      <c r="AD5" s="179"/>
+      <c r="AE5" s="179"/>
+      <c r="AF5" s="179"/>
+      <c r="AG5" s="179"/>
+      <c r="AH5" s="179"/>
+      <c r="AI5" s="179"/>
+      <c r="AJ5" s="179"/>
+      <c r="AK5" s="179"/>
+      <c r="AL5" s="180"/>
+      <c r="AM5" s="190"/>
+      <c r="AN5" s="191"/>
+      <c r="AO5" s="191"/>
+      <c r="AP5" s="191"/>
+      <c r="AQ5" s="191"/>
+      <c r="AR5" s="191"/>
+      <c r="AS5" s="191"/>
+      <c r="AT5" s="191"/>
+      <c r="AU5" s="191"/>
+      <c r="AV5" s="191"/>
+      <c r="AW5" s="191"/>
+      <c r="AX5" s="191"/>
+      <c r="AY5" s="191"/>
+      <c r="AZ5" s="191"/>
+      <c r="BA5" s="191"/>
+      <c r="BB5" s="191"/>
+      <c r="BC5" s="191"/>
+      <c r="BD5" s="191"/>
+      <c r="BE5" s="192"/>
       <c r="BF5" s="24"/>
     </row>
     <row r="6" spans="1:59" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="23"/>
       <c r="B6" s="26"/>
       <c r="C6" s="26"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
       <c r="I6" s="27"/>
       <c r="J6" s="27"/>
       <c r="K6" s="27"/>
       <c r="L6" s="27"/>
       <c r="M6" s="27"/>
       <c r="N6" s="27"/>
       <c r="O6" s="27"/>
       <c r="P6" s="27"/>
       <c r="Q6" s="27"/>
       <c r="R6" s="27"/>
       <c r="S6" s="27"/>
       <c r="T6" s="27"/>
       <c r="U6" s="27"/>
       <c r="V6" s="27"/>
@@ -6803,103 +6803,103 @@
       <c r="AU6" s="29"/>
       <c r="AV6" s="29"/>
       <c r="AW6" s="29"/>
       <c r="AX6" s="29"/>
       <c r="AY6" s="29"/>
       <c r="AZ6" s="29"/>
       <c r="BA6" s="29"/>
       <c r="BB6" s="29"/>
       <c r="BC6" s="29"/>
       <c r="BD6" s="29"/>
       <c r="BE6" s="29"/>
       <c r="BF6" s="24"/>
     </row>
     <row r="7" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="23"/>
       <c r="B7" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),5)&amp;" :"</f>
         <v>Commune :</v>
       </c>
       <c r="C7" s="34"/>
       <c r="D7" s="34"/>
       <c r="E7" s="34"/>
       <c r="F7" s="34"/>
       <c r="G7" s="34"/>
       <c r="H7" s="86"/>
-      <c r="I7" s="184"/>
-[...15 lines deleted...]
-      <c r="Y7" s="186"/>
+      <c r="I7" s="151"/>
+      <c r="J7" s="152"/>
+      <c r="K7" s="152"/>
+      <c r="L7" s="152"/>
+      <c r="M7" s="152"/>
+      <c r="N7" s="152"/>
+      <c r="O7" s="152"/>
+      <c r="P7" s="152"/>
+      <c r="Q7" s="152"/>
+      <c r="R7" s="152"/>
+      <c r="S7" s="152"/>
+      <c r="T7" s="152"/>
+      <c r="U7" s="152"/>
+      <c r="V7" s="152"/>
+      <c r="W7" s="152"/>
+      <c r="X7" s="152"/>
+      <c r="Y7" s="153"/>
       <c r="AA7" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),75)&amp;" :"</f>
         <v>Canton :</v>
       </c>
       <c r="AB7" s="34"/>
       <c r="AC7" s="34"/>
       <c r="AD7" s="34"/>
-      <c r="AE7" s="217"/>
-[...3 lines deleted...]
-      <c r="AI7" s="219"/>
+      <c r="AE7" s="184"/>
+      <c r="AF7" s="185"/>
+      <c r="AG7" s="185"/>
+      <c r="AH7" s="185"/>
+      <c r="AI7" s="186"/>
       <c r="AN7" s="84" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),6)&amp;" :"</f>
         <v>N° parcelle :</v>
       </c>
-      <c r="AO7" s="214"/>
-[...4 lines deleted...]
-      <c r="AT7" s="216"/>
+      <c r="AO7" s="181"/>
+      <c r="AP7" s="182"/>
+      <c r="AQ7" s="182"/>
+      <c r="AR7" s="182"/>
+      <c r="AS7" s="182"/>
+      <c r="AT7" s="183"/>
       <c r="AU7" s="34"/>
       <c r="AV7" s="34"/>
       <c r="AW7" s="34"/>
       <c r="AX7" s="85" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),7)&amp;" :"</f>
         <v>EGRID :</v>
       </c>
-      <c r="AY7" s="226"/>
-[...5 lines deleted...]
-      <c r="BE7" s="227"/>
+      <c r="AY7" s="193"/>
+      <c r="AZ7" s="194"/>
+      <c r="BA7" s="194"/>
+      <c r="BB7" s="194"/>
+      <c r="BC7" s="194"/>
+      <c r="BD7" s="194"/>
+      <c r="BE7" s="194"/>
     </row>
     <row r="8" spans="1:59" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="23"/>
       <c r="B8" s="23"/>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23"/>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
       <c r="O8" s="23"/>
       <c r="P8" s="23"/>
       <c r="Q8" s="23"/>
       <c r="R8" s="23"/>
       <c r="S8" s="23"/>
       <c r="T8" s="23"/>
       <c r="U8" s="23"/>
       <c r="V8" s="23"/>
       <c r="W8" s="23"/>
@@ -6929,99 +6929,99 @@
       <c r="AU8" s="23"/>
       <c r="AV8" s="23"/>
       <c r="AW8" s="23"/>
       <c r="AX8" s="23"/>
       <c r="AY8" s="23"/>
       <c r="AZ8" s="23"/>
       <c r="BA8" s="23"/>
       <c r="BB8" s="23"/>
       <c r="BC8" s="23"/>
       <c r="BD8" s="23"/>
       <c r="BE8" s="23"/>
       <c r="BF8" s="24"/>
     </row>
     <row r="9" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="23"/>
       <c r="B9" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),8)&amp;" :"</f>
         <v>Objet :</v>
       </c>
       <c r="C9" s="34"/>
       <c r="D9" s="34"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="23"/>
-      <c r="I9" s="184"/>
-[...47 lines deleted...]
-      <c r="BE9" s="186"/>
+      <c r="I9" s="151"/>
+      <c r="J9" s="152"/>
+      <c r="K9" s="152"/>
+      <c r="L9" s="152"/>
+      <c r="M9" s="152"/>
+      <c r="N9" s="152"/>
+      <c r="O9" s="152"/>
+      <c r="P9" s="152"/>
+      <c r="Q9" s="152"/>
+      <c r="R9" s="152"/>
+      <c r="S9" s="152"/>
+      <c r="T9" s="152"/>
+      <c r="U9" s="152"/>
+      <c r="V9" s="152"/>
+      <c r="W9" s="152"/>
+      <c r="X9" s="152"/>
+      <c r="Y9" s="152"/>
+      <c r="Z9" s="152"/>
+      <c r="AA9" s="152"/>
+      <c r="AB9" s="152"/>
+      <c r="AC9" s="152"/>
+      <c r="AD9" s="152"/>
+      <c r="AE9" s="152"/>
+      <c r="AF9" s="152"/>
+      <c r="AG9" s="152"/>
+      <c r="AH9" s="152"/>
+      <c r="AI9" s="152"/>
+      <c r="AJ9" s="152"/>
+      <c r="AK9" s="152"/>
+      <c r="AL9" s="152"/>
+      <c r="AM9" s="152"/>
+      <c r="AN9" s="152"/>
+      <c r="AO9" s="152"/>
+      <c r="AP9" s="152"/>
+      <c r="AQ9" s="152"/>
+      <c r="AR9" s="152"/>
+      <c r="AS9" s="152"/>
+      <c r="AT9" s="152"/>
+      <c r="AU9" s="152"/>
+      <c r="AV9" s="152"/>
+      <c r="AW9" s="152"/>
+      <c r="AX9" s="152"/>
+      <c r="AY9" s="152"/>
+      <c r="AZ9" s="152"/>
+      <c r="BA9" s="152"/>
+      <c r="BB9" s="152"/>
+      <c r="BC9" s="152"/>
+      <c r="BD9" s="152"/>
+      <c r="BE9" s="153"/>
       <c r="BF9" s="24"/>
     </row>
     <row r="10" spans="1:59" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="23"/>
       <c r="B10" s="30"/>
       <c r="C10" s="30"/>
       <c r="D10" s="30"/>
       <c r="E10" s="30"/>
       <c r="F10" s="30"/>
       <c r="G10" s="30"/>
       <c r="H10" s="30"/>
       <c r="I10" s="30"/>
       <c r="J10" s="30"/>
       <c r="K10" s="30"/>
       <c r="L10" s="30"/>
       <c r="M10" s="30"/>
       <c r="N10" s="30"/>
       <c r="O10" s="30"/>
       <c r="P10" s="30"/>
       <c r="Q10" s="30"/>
       <c r="R10" s="30"/>
       <c r="S10" s="30"/>
       <c r="T10" s="30"/>
       <c r="U10" s="30"/>
       <c r="V10" s="30"/>
@@ -7264,53 +7264,53 @@
       <c r="N14" s="32"/>
       <c r="O14" s="32"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="32"/>
       <c r="R14" s="32"/>
       <c r="S14" s="32"/>
       <c r="T14" s="32"/>
       <c r="U14" s="23"/>
       <c r="V14" s="23"/>
       <c r="W14" s="23"/>
       <c r="X14" s="23"/>
       <c r="Y14" s="23"/>
       <c r="Z14" s="23"/>
       <c r="AA14" s="23"/>
       <c r="AB14" s="23"/>
       <c r="AC14" s="23"/>
       <c r="AD14" s="23"/>
       <c r="AE14" s="23"/>
       <c r="AF14" s="23"/>
       <c r="AG14" s="23"/>
       <c r="AH14" s="23"/>
       <c r="AI14" s="23"/>
       <c r="AJ14" s="23"/>
       <c r="AK14" s="23"/>
       <c r="AL14" s="23"/>
-      <c r="AM14" s="171"/>
-[...1 lines deleted...]
-      <c r="AO14" s="171"/>
+      <c r="AM14" s="195"/>
+      <c r="AN14" s="195"/>
+      <c r="AO14" s="195"/>
       <c r="AP14" s="23"/>
       <c r="AQ14" s="23"/>
       <c r="AR14" s="23"/>
       <c r="AS14" s="23"/>
       <c r="AT14" s="23"/>
       <c r="AU14" s="23"/>
       <c r="AV14" s="23"/>
       <c r="AW14" s="23"/>
       <c r="AX14" s="23"/>
       <c r="AY14" s="23"/>
       <c r="AZ14" s="23"/>
       <c r="BA14" s="23"/>
       <c r="BB14" s="23"/>
       <c r="BC14" s="23"/>
       <c r="BD14" s="23"/>
       <c r="BE14" s="23"/>
       <c r="BF14" s="24"/>
     </row>
     <row r="15" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="23"/>
       <c r="B15" s="32"/>
       <c r="C15" s="32"/>
       <c r="D15" s="32"/>
       <c r="E15" s="32"/>
       <c r="F15" s="32"/>
@@ -7428,62 +7428,62 @@
       <c r="AZ16" s="23"/>
       <c r="BA16" s="23"/>
       <c r="BB16" s="23"/>
       <c r="BC16" s="23"/>
       <c r="BD16" s="23"/>
       <c r="BE16" s="23"/>
       <c r="BF16" s="23"/>
       <c r="BG16" s="24"/>
     </row>
     <row r="17" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="23"/>
       <c r="B17" s="34"/>
       <c r="C17" s="34"/>
       <c r="D17" s="34"/>
       <c r="E17" s="34"/>
       <c r="F17" s="34"/>
       <c r="G17" s="34"/>
       <c r="H17" s="34"/>
       <c r="I17" s="34"/>
       <c r="J17" s="34"/>
       <c r="K17" s="34"/>
       <c r="L17" s="34"/>
       <c r="M17" s="34"/>
       <c r="N17" s="34"/>
       <c r="O17" s="34"/>
-      <c r="P17" s="174" t="str">
+      <c r="P17" s="200" t="str">
         <f ca="1">"  "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),12)</f>
         <v xml:space="preserve">  Personne morale</v>
       </c>
-      <c r="Q17" s="174"/>
-[...6 lines deleted...]
-      <c r="X17" s="174"/>
+      <c r="Q17" s="200"/>
+      <c r="R17" s="200"/>
+      <c r="S17" s="200"/>
+      <c r="T17" s="200"/>
+      <c r="U17" s="200"/>
+      <c r="V17" s="200"/>
+      <c r="W17" s="200"/>
+      <c r="X17" s="200"/>
       <c r="Y17" s="23"/>
       <c r="Z17" s="23"/>
       <c r="AA17" s="23"/>
       <c r="AB17" s="23"/>
       <c r="AC17" s="23"/>
       <c r="AD17" s="23"/>
       <c r="AE17" s="23"/>
       <c r="AF17" s="23"/>
       <c r="AG17" s="23"/>
       <c r="AH17" s="23"/>
       <c r="AI17" s="23"/>
       <c r="AJ17" s="23"/>
       <c r="AK17" s="23"/>
       <c r="AL17" s="23"/>
       <c r="AM17" s="23"/>
       <c r="AN17" s="23"/>
       <c r="AO17" s="23"/>
       <c r="AP17" s="23"/>
       <c r="AQ17" s="23"/>
       <c r="AR17" s="23"/>
       <c r="AS17" s="23"/>
       <c r="AT17" s="23"/>
       <c r="AU17" s="23"/>
       <c r="AV17" s="23"/>
       <c r="AW17" s="23"/>
@@ -7492,59 +7492,59 @@
       <c r="AZ17" s="23"/>
       <c r="BA17" s="23"/>
       <c r="BB17" s="23"/>
       <c r="BC17" s="23"/>
       <c r="BD17" s="23"/>
       <c r="BE17" s="23"/>
       <c r="BF17" s="23"/>
       <c r="BG17" s="24"/>
     </row>
     <row r="18" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="23"/>
       <c r="B18" s="34"/>
       <c r="C18" s="34"/>
       <c r="D18" s="34"/>
       <c r="E18" s="34"/>
       <c r="F18" s="34"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="34"/>
       <c r="K18" s="34"/>
       <c r="L18" s="34"/>
       <c r="M18" s="34"/>
       <c r="N18" s="34"/>
       <c r="O18" s="34"/>
-      <c r="P18" s="174"/>
-[...7 lines deleted...]
-      <c r="X18" s="174"/>
+      <c r="P18" s="200"/>
+      <c r="Q18" s="200"/>
+      <c r="R18" s="200"/>
+      <c r="S18" s="200"/>
+      <c r="T18" s="200"/>
+      <c r="U18" s="200"/>
+      <c r="V18" s="200"/>
+      <c r="W18" s="200"/>
+      <c r="X18" s="200"/>
       <c r="Y18" s="23"/>
       <c r="Z18" s="23"/>
       <c r="AA18" s="23"/>
       <c r="AB18" s="23"/>
       <c r="AC18" s="23"/>
       <c r="AD18" s="23"/>
       <c r="AE18" s="23"/>
       <c r="AF18" s="23"/>
       <c r="AG18" s="23"/>
       <c r="AH18" s="23"/>
       <c r="AI18" s="23"/>
       <c r="AJ18" s="23"/>
       <c r="AK18" s="23"/>
       <c r="AL18" s="23"/>
       <c r="AM18" s="23"/>
       <c r="AN18" s="23"/>
       <c r="AO18" s="23"/>
       <c r="AP18" s="23"/>
       <c r="AQ18" s="23"/>
       <c r="AR18" s="23"/>
       <c r="AS18" s="23"/>
       <c r="AT18" s="23"/>
       <c r="AU18" s="23"/>
       <c r="AV18" s="23"/>
       <c r="AW18" s="23"/>
@@ -7677,90 +7677,90 @@
       <c r="AX20" s="42"/>
       <c r="AY20" s="41"/>
       <c r="AZ20" s="39"/>
       <c r="BA20" s="39"/>
       <c r="BB20" s="39"/>
       <c r="BC20" s="39"/>
       <c r="BD20" s="39"/>
       <c r="BE20" s="39"/>
       <c r="BF20" s="24"/>
     </row>
     <row r="21" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="23"/>
       <c r="B21" s="34" t="str">
         <f ca="1">IF('Textes FR-DE'!$B$5=1,"",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),15)&amp;" :")</f>
         <v>Raison sociale :</v>
       </c>
       <c r="C21" s="38"/>
       <c r="D21" s="38"/>
       <c r="E21" s="38"/>
       <c r="F21" s="38"/>
       <c r="G21" s="38"/>
       <c r="H21" s="38"/>
       <c r="I21" s="38"/>
       <c r="J21" s="38"/>
       <c r="K21" s="38"/>
-      <c r="L21" s="172"/>
-[...23 lines deleted...]
-      <c r="AJ21" s="172"/>
+      <c r="L21" s="198"/>
+      <c r="M21" s="198"/>
+      <c r="N21" s="198"/>
+      <c r="O21" s="198"/>
+      <c r="P21" s="198"/>
+      <c r="Q21" s="198"/>
+      <c r="R21" s="198"/>
+      <c r="S21" s="198"/>
+      <c r="T21" s="198"/>
+      <c r="U21" s="198"/>
+      <c r="V21" s="198"/>
+      <c r="W21" s="198"/>
+      <c r="X21" s="198"/>
+      <c r="Y21" s="198"/>
+      <c r="Z21" s="198"/>
+      <c r="AA21" s="198"/>
+      <c r="AB21" s="198"/>
+      <c r="AC21" s="198"/>
+      <c r="AD21" s="198"/>
+      <c r="AE21" s="198"/>
+      <c r="AF21" s="198"/>
+      <c r="AG21" s="198"/>
+      <c r="AH21" s="198"/>
+      <c r="AI21" s="198"/>
+      <c r="AJ21" s="198"/>
       <c r="AK21" s="39"/>
       <c r="AL21" s="39" t="str">
         <f ca="1">IF('Textes FR-DE'!$B$5=1,"",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),19)&amp;" :")</f>
         <v>N°IDE :</v>
       </c>
       <c r="AM21" s="39"/>
       <c r="AN21" s="43"/>
       <c r="AO21" s="43"/>
-      <c r="AP21" s="173"/>
-[...5 lines deleted...]
-      <c r="AV21" s="173"/>
+      <c r="AP21" s="199"/>
+      <c r="AQ21" s="199"/>
+      <c r="AR21" s="199"/>
+      <c r="AS21" s="199"/>
+      <c r="AT21" s="199"/>
+      <c r="AU21" s="199"/>
+      <c r="AV21" s="199"/>
       <c r="AW21" s="44"/>
       <c r="AX21" s="44"/>
       <c r="AY21" s="44"/>
       <c r="AZ21" s="39"/>
       <c r="BA21" s="39"/>
       <c r="BB21" s="39"/>
       <c r="BC21" s="39"/>
       <c r="BD21" s="39"/>
       <c r="BE21" s="39"/>
       <c r="BF21" s="24"/>
     </row>
     <row r="22" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="45"/>
       <c r="C22" s="46"/>
       <c r="D22" s="46"/>
       <c r="E22" s="46"/>
       <c r="F22" s="46"/>
       <c r="G22" s="46"/>
       <c r="H22" s="46"/>
       <c r="I22" s="46"/>
       <c r="J22" s="46"/>
       <c r="K22" s="46"/>
       <c r="L22" s="44"/>
       <c r="M22" s="44"/>
       <c r="N22" s="44"/>
@@ -7801,75 +7801,75 @@
       <c r="AW22" s="44"/>
       <c r="AX22" s="44"/>
       <c r="AY22" s="44"/>
       <c r="AZ22" s="47"/>
       <c r="BA22" s="47"/>
       <c r="BB22" s="47"/>
       <c r="BC22" s="47"/>
       <c r="BD22" s="47"/>
       <c r="BE22" s="47"/>
     </row>
     <row r="23" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="23"/>
       <c r="B23" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),14)&amp;" :"</f>
         <v>Nom / Prénom :</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
       <c r="J23" s="38"/>
       <c r="K23" s="46"/>
-      <c r="L23" s="133"/>
-[...23 lines deleted...]
-      <c r="AJ23" s="126"/>
+      <c r="L23" s="128"/>
+      <c r="M23" s="129"/>
+      <c r="N23" s="129"/>
+      <c r="O23" s="129"/>
+      <c r="P23" s="129"/>
+      <c r="Q23" s="129"/>
+      <c r="R23" s="129"/>
+      <c r="S23" s="129"/>
+      <c r="T23" s="129"/>
+      <c r="U23" s="129"/>
+      <c r="V23" s="129"/>
+      <c r="W23" s="129"/>
+      <c r="X23" s="129"/>
+      <c r="Y23" s="129"/>
+      <c r="Z23" s="129"/>
+      <c r="AA23" s="129"/>
+      <c r="AB23" s="129"/>
+      <c r="AC23" s="129"/>
+      <c r="AD23" s="129"/>
+      <c r="AE23" s="129"/>
+      <c r="AF23" s="129"/>
+      <c r="AG23" s="129"/>
+      <c r="AH23" s="129"/>
+      <c r="AI23" s="129"/>
+      <c r="AJ23" s="130"/>
       <c r="AK23" s="39"/>
       <c r="AZ23" s="39"/>
       <c r="BA23" s="39"/>
       <c r="BB23" s="39"/>
       <c r="BC23" s="39"/>
       <c r="BD23" s="39"/>
       <c r="BE23" s="39"/>
       <c r="BF23" s="24"/>
     </row>
     <row r="24" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="23"/>
       <c r="B24" s="34"/>
       <c r="C24" s="38"/>
       <c r="D24" s="38"/>
       <c r="E24" s="38"/>
       <c r="F24" s="38"/>
       <c r="G24" s="38"/>
       <c r="H24" s="38"/>
       <c r="I24" s="38"/>
       <c r="J24" s="38"/>
       <c r="K24" s="46"/>
       <c r="L24" s="48"/>
       <c r="M24" s="48"/>
       <c r="N24" s="48"/>
       <c r="O24" s="48"/>
@@ -7896,78 +7896,78 @@
       <c r="AJ24" s="49"/>
       <c r="AK24" s="39"/>
       <c r="AZ24" s="39"/>
       <c r="BA24" s="39"/>
       <c r="BB24" s="39"/>
       <c r="BC24" s="39"/>
       <c r="BD24" s="39"/>
       <c r="BE24" s="39"/>
       <c r="BF24" s="24"/>
     </row>
     <row r="25" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="23"/>
       <c r="B25" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),17)&amp;" :"</f>
         <v>NPA :</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
       <c r="J25" s="38"/>
       <c r="K25" s="25"/>
-      <c r="L25" s="133"/>
-[...2 lines deleted...]
-      <c r="O25" s="126"/>
+      <c r="L25" s="128"/>
+      <c r="M25" s="129"/>
+      <c r="N25" s="129"/>
+      <c r="O25" s="130"/>
       <c r="P25" s="50"/>
       <c r="Q25" s="25"/>
       <c r="R25" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),18)&amp;" :"</f>
         <v>Lieu :</v>
       </c>
       <c r="S25" s="34"/>
       <c r="T25" s="47"/>
-      <c r="U25" s="133"/>
-[...14 lines deleted...]
-      <c r="AJ25" s="126"/>
+      <c r="U25" s="128"/>
+      <c r="V25" s="129"/>
+      <c r="W25" s="129"/>
+      <c r="X25" s="129"/>
+      <c r="Y25" s="129"/>
+      <c r="Z25" s="129"/>
+      <c r="AA25" s="129"/>
+      <c r="AB25" s="129"/>
+      <c r="AC25" s="129"/>
+      <c r="AD25" s="129"/>
+      <c r="AE25" s="129"/>
+      <c r="AF25" s="129"/>
+      <c r="AG25" s="129"/>
+      <c r="AH25" s="129"/>
+      <c r="AI25" s="129"/>
+      <c r="AJ25" s="130"/>
       <c r="AK25" s="39"/>
       <c r="AL25" s="39"/>
       <c r="AM25" s="39"/>
       <c r="AN25" s="39"/>
       <c r="AO25" s="39"/>
       <c r="AP25" s="39"/>
       <c r="AQ25" s="39"/>
       <c r="AR25" s="39"/>
       <c r="AS25" s="39"/>
       <c r="AT25" s="39"/>
       <c r="AU25" s="39"/>
       <c r="AV25" s="39"/>
       <c r="AW25" s="39"/>
       <c r="AX25" s="39"/>
       <c r="AY25" s="39"/>
       <c r="AZ25" s="39"/>
       <c r="BA25" s="39"/>
       <c r="BB25" s="24"/>
       <c r="BC25" s="25"/>
       <c r="BD25" s="25"/>
       <c r="BE25" s="25"/>
     </row>
     <row r="26" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="23"/>
       <c r="B26" s="34"/>
@@ -8020,61 +8020,61 @@
       <c r="AX26" s="39"/>
       <c r="AY26" s="39"/>
       <c r="AZ26" s="39"/>
       <c r="BA26" s="39"/>
       <c r="BB26" s="39"/>
       <c r="BC26" s="39"/>
       <c r="BD26" s="39"/>
       <c r="BE26" s="39"/>
       <c r="BF26" s="24"/>
     </row>
     <row r="27" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="23"/>
       <c r="B27" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),20)&amp;" :"</f>
         <v>Tél. :</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="38"/>
       <c r="E27" s="38"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="38"/>
       <c r="J27" s="38"/>
       <c r="K27" s="38"/>
-      <c r="L27" s="175"/>
-[...9 lines deleted...]
-      <c r="V27" s="177"/>
+      <c r="L27" s="201"/>
+      <c r="M27" s="202"/>
+      <c r="N27" s="202"/>
+      <c r="O27" s="202"/>
+      <c r="P27" s="202"/>
+      <c r="Q27" s="202"/>
+      <c r="R27" s="202"/>
+      <c r="S27" s="202"/>
+      <c r="T27" s="202"/>
+      <c r="U27" s="202"/>
+      <c r="V27" s="203"/>
       <c r="W27" s="53" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),22)</f>
         <v>* format de saisie 0271234567</v>
       </c>
       <c r="X27" s="39"/>
       <c r="Y27" s="39"/>
       <c r="Z27" s="39"/>
       <c r="AA27" s="39"/>
       <c r="AB27" s="39"/>
       <c r="AC27" s="39"/>
       <c r="AD27" s="39"/>
       <c r="AE27" s="39"/>
       <c r="AF27" s="39"/>
       <c r="AG27" s="39"/>
       <c r="AH27" s="39"/>
       <c r="AI27" s="39"/>
       <c r="AJ27" s="39"/>
       <c r="AK27" s="39"/>
       <c r="AL27" s="39"/>
       <c r="AM27" s="39"/>
       <c r="AN27" s="39"/>
       <c r="AO27" s="39"/>
       <c r="AP27" s="39"/>
       <c r="AQ27" s="39"/>
       <c r="AR27" s="39"/>
@@ -8148,112 +8148,112 @@
       <c r="AY28" s="39"/>
       <c r="AZ28" s="39"/>
       <c r="BA28" s="39"/>
       <c r="BB28" s="39"/>
       <c r="BC28" s="39"/>
       <c r="BD28" s="39"/>
       <c r="BE28" s="39"/>
       <c r="BF28" s="39"/>
       <c r="BG28" s="24"/>
     </row>
     <row r="29" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="23"/>
       <c r="B29" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),21)&amp;" :"</f>
         <v>E-mail :</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
       <c r="J29" s="38"/>
       <c r="K29" s="38"/>
-      <c r="L29" s="124"/>
-[...24 lines deleted...]
-      <c r="AK29" s="131" t="str">
+      <c r="L29" s="204"/>
+      <c r="M29" s="129"/>
+      <c r="N29" s="129"/>
+      <c r="O29" s="129"/>
+      <c r="P29" s="129"/>
+      <c r="Q29" s="129"/>
+      <c r="R29" s="129"/>
+      <c r="S29" s="129"/>
+      <c r="T29" s="129"/>
+      <c r="U29" s="129"/>
+      <c r="V29" s="129"/>
+      <c r="W29" s="129"/>
+      <c r="X29" s="129"/>
+      <c r="Y29" s="129"/>
+      <c r="Z29" s="129"/>
+      <c r="AA29" s="129"/>
+      <c r="AB29" s="129"/>
+      <c r="AC29" s="129"/>
+      <c r="AD29" s="129"/>
+      <c r="AE29" s="129"/>
+      <c r="AF29" s="129"/>
+      <c r="AG29" s="129"/>
+      <c r="AH29" s="129"/>
+      <c r="AI29" s="129"/>
+      <c r="AJ29" s="130"/>
+      <c r="AK29" s="196" t="str">
         <f ca="1">IF(L29="",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),24),IF(
   AND(
     (LEN(L29)-LEN(SUBSTITUTE(L29,"@","")))=1,
     IFERROR(FIND("@",L29),0)&gt;1,
     IFERROR(MID(L29,IFERROR(FIND("@",L29),0)-1,1)&lt;&gt;".",FALSE),
     IFERROR(MID(L29,IFERROR(FIND("@",L29),0)+1,1)&lt;&gt;".",FALSE),
     IFERROR(SEARCH(".",L29,IFERROR(FIND("@",L29),0)+2),0)&gt;0,
     IFERROR(LEN(L29)-FIND("#",SUBSTITUTE(L29,".","#",LEN(L29)-LEN(SUBSTITUTE(L29,".",""))))&gt;=2,FALSE),
     ISERROR(SEARCH(" ",L29))
   ),
   "",
   INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),23)
 ))</f>
         <v>* format de saisie xyz@abc.ch</v>
       </c>
-      <c r="AL29" s="132"/>
-[...19 lines deleted...]
-      <c r="BF29" s="132"/>
+      <c r="AL29" s="197"/>
+      <c r="AM29" s="197"/>
+      <c r="AN29" s="197"/>
+      <c r="AO29" s="197"/>
+      <c r="AP29" s="197"/>
+      <c r="AQ29" s="197"/>
+      <c r="AR29" s="197"/>
+      <c r="AS29" s="197"/>
+      <c r="AT29" s="197"/>
+      <c r="AU29" s="197"/>
+      <c r="AV29" s="197"/>
+      <c r="AW29" s="197"/>
+      <c r="AX29" s="197"/>
+      <c r="AY29" s="197"/>
+      <c r="AZ29" s="197"/>
+      <c r="BA29" s="197"/>
+      <c r="BB29" s="197"/>
+      <c r="BC29" s="197"/>
+      <c r="BD29" s="197"/>
+      <c r="BE29" s="197"/>
+      <c r="BF29" s="197"/>
       <c r="BG29" s="24"/>
     </row>
     <row r="30" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="23"/>
       <c r="B30" s="34"/>
       <c r="C30" s="38"/>
       <c r="D30" s="38"/>
       <c r="E30" s="38"/>
       <c r="F30" s="38"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="38"/>
       <c r="J30" s="38"/>
       <c r="K30" s="38"/>
       <c r="L30" s="88"/>
       <c r="M30" s="89"/>
       <c r="N30" s="89"/>
       <c r="O30" s="89"/>
       <c r="P30" s="89"/>
       <c r="Q30" s="89"/>
       <c r="R30" s="89"/>
       <c r="S30" s="89"/>
       <c r="T30" s="89"/>
       <c r="U30" s="89"/>
       <c r="V30" s="89"/>
@@ -8596,226 +8596,226 @@
       <c r="AV35" s="38"/>
       <c r="AW35" s="38"/>
       <c r="AX35" s="38"/>
       <c r="AY35" s="38"/>
       <c r="AZ35" s="58"/>
       <c r="BA35" s="38"/>
       <c r="BB35" s="38"/>
       <c r="BC35" s="38"/>
       <c r="BD35" s="38"/>
       <c r="BE35" s="38"/>
       <c r="BF35" s="24"/>
     </row>
     <row r="36" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="23"/>
       <c r="B36" s="46" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),28)&amp;" :"</f>
         <v>Nbre de modules :</v>
       </c>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="46"/>
       <c r="I36" s="46"/>
-      <c r="J36" s="128"/>
-[...1 lines deleted...]
-      <c r="L36" s="130"/>
+      <c r="J36" s="212"/>
+      <c r="K36" s="213"/>
+      <c r="L36" s="214"/>
       <c r="M36" s="60"/>
       <c r="N36" s="60"/>
       <c r="O36" s="60"/>
       <c r="P36" s="60"/>
       <c r="Q36" s="47"/>
       <c r="R36" s="47"/>
       <c r="S36" s="47"/>
       <c r="T36" s="47"/>
       <c r="U36" s="61" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),29)&amp;" :"</f>
         <v>Puissance unitaire :</v>
       </c>
-      <c r="V36" s="143"/>
-[...1 lines deleted...]
-      <c r="X36" s="145"/>
+      <c r="V36" s="221"/>
+      <c r="W36" s="222"/>
+      <c r="X36" s="223"/>
       <c r="Y36" s="47" t="str">
         <f ca="1">" "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),45)</f>
         <v xml:space="preserve"> [W]</v>
       </c>
       <c r="Z36" s="47"/>
       <c r="AA36" s="47"/>
       <c r="AB36" s="47"/>
       <c r="AC36" s="47"/>
       <c r="AD36" s="47"/>
       <c r="AE36" s="47"/>
       <c r="AF36" s="47"/>
       <c r="AG36" s="47"/>
       <c r="AH36" s="47"/>
       <c r="AI36" s="47"/>
       <c r="AJ36" s="47"/>
       <c r="AK36" s="61" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),30)&amp;" :"</f>
         <v>Puissance totale :</v>
       </c>
-      <c r="AL36" s="146">
+      <c r="AL36" s="224">
         <f>MROUND(J36*V36/1000,0.01)</f>
         <v>0</v>
       </c>
-      <c r="AM36" s="147"/>
-[...2 lines deleted...]
-      <c r="AP36" s="148"/>
+      <c r="AM36" s="225"/>
+      <c r="AN36" s="225"/>
+      <c r="AO36" s="225"/>
+      <c r="AP36" s="226"/>
       <c r="AQ36" s="39" t="str">
         <f ca="1">" "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),44)</f>
         <v xml:space="preserve"> [kWc]</v>
       </c>
       <c r="AR36" s="39"/>
       <c r="AS36" s="39"/>
       <c r="AT36" s="39"/>
       <c r="AU36" s="39"/>
       <c r="AV36" s="39"/>
       <c r="AW36" s="39"/>
       <c r="AX36" s="39"/>
       <c r="AY36" s="39"/>
       <c r="AZ36" s="39"/>
       <c r="BA36" s="39"/>
       <c r="BB36" s="39"/>
       <c r="BC36" s="39"/>
       <c r="BD36" s="24"/>
       <c r="BE36" s="25"/>
     </row>
     <row r="37" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="23"/>
       <c r="B37" s="46"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="47"/>
       <c r="H37" s="47"/>
       <c r="I37" s="47"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
       <c r="S37" s="46"/>
       <c r="T37" s="61"/>
-      <c r="U37" s="127"/>
-[...18 lines deleted...]
-      <c r="AN37" s="127"/>
+      <c r="U37" s="211"/>
+      <c r="V37" s="211"/>
+      <c r="W37" s="211"/>
+      <c r="X37" s="211"/>
+      <c r="Y37" s="211"/>
+      <c r="Z37" s="211"/>
+      <c r="AA37" s="211"/>
+      <c r="AB37" s="211"/>
+      <c r="AC37" s="211"/>
+      <c r="AD37" s="211"/>
+      <c r="AE37" s="211"/>
+      <c r="AF37" s="211"/>
+      <c r="AG37" s="211"/>
+      <c r="AH37" s="211"/>
+      <c r="AI37" s="211"/>
+      <c r="AJ37" s="211"/>
+      <c r="AK37" s="211"/>
+      <c r="AL37" s="211"/>
+      <c r="AM37" s="211"/>
+      <c r="AN37" s="211"/>
       <c r="AP37" s="23"/>
       <c r="AQ37" s="23"/>
       <c r="AR37" s="23"/>
       <c r="AS37" s="23"/>
       <c r="AT37" s="23"/>
       <c r="AU37" s="23"/>
       <c r="AV37" s="23"/>
       <c r="AW37" s="23"/>
       <c r="AX37" s="23"/>
       <c r="AY37" s="23"/>
       <c r="AZ37" s="23"/>
       <c r="BA37" s="23"/>
       <c r="BB37" s="23"/>
       <c r="BC37" s="23"/>
       <c r="BD37" s="23"/>
       <c r="BE37" s="23"/>
       <c r="BF37" s="24"/>
     </row>
     <row r="38" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="23"/>
       <c r="B38" s="46" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),31)&amp;" :"</f>
         <v>Production annuelle simulée :</v>
       </c>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
-      <c r="N38" s="153">
+      <c r="N38" s="205">
         <f>SUM(B43:AW43)</f>
         <v>0</v>
       </c>
-      <c r="O38" s="154"/>
-[...2 lines deleted...]
-      <c r="R38" s="155"/>
+      <c r="O38" s="206"/>
+      <c r="P38" s="206"/>
+      <c r="Q38" s="206"/>
+      <c r="R38" s="207"/>
       <c r="S38" s="47" t="s">
         <v>149</v>
       </c>
       <c r="T38" s="47"/>
       <c r="U38" s="47"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
       <c r="X38" s="47"/>
       <c r="Y38" s="47"/>
       <c r="Z38" s="47"/>
       <c r="AA38" s="47"/>
       <c r="AB38" s="47"/>
       <c r="AC38" s="47"/>
       <c r="AD38" s="47"/>
       <c r="AE38" s="47"/>
       <c r="AF38" s="47"/>
       <c r="AG38" s="47"/>
       <c r="AH38" s="47"/>
       <c r="AI38" s="47"/>
       <c r="AJ38" s="47"/>
       <c r="AK38" s="61" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),46)&amp;" :"</f>
         <v>Productivité spécifique annuelle :</v>
       </c>
-      <c r="AL38" s="153">
+      <c r="AL38" s="205">
         <f>IFERROR(N38/AL36,0)</f>
         <v>0</v>
       </c>
-      <c r="AM38" s="154"/>
-      <c r="AN38" s="155"/>
+      <c r="AM38" s="206"/>
+      <c r="AN38" s="207"/>
       <c r="AO38" s="39" t="str">
         <f ca="1">" "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),47)</f>
         <v xml:space="preserve"> [kWh/kWc]</v>
       </c>
       <c r="AP38" s="39"/>
       <c r="AQ38" s="39"/>
       <c r="AR38" s="39"/>
       <c r="AS38" s="39"/>
       <c r="AT38" s="39"/>
       <c r="AU38" s="39"/>
       <c r="AV38" s="39"/>
       <c r="AW38" s="39"/>
       <c r="AY38" s="39"/>
       <c r="AZ38" s="39"/>
       <c r="BA38" s="39"/>
       <c r="BB38" s="39"/>
       <c r="BC38" s="24"/>
       <c r="BD38" s="25"/>
       <c r="BE38" s="25"/>
     </row>
     <row r="39" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="23"/>
       <c r="B39" s="46"/>
       <c r="C39" s="47"/>
       <c r="D39" s="47"/>
@@ -8976,194 +8976,194 @@
       <c r="AK41" s="47"/>
       <c r="AL41" s="47"/>
       <c r="AM41" s="47"/>
       <c r="AN41" s="47"/>
       <c r="AO41" s="47"/>
       <c r="AP41" s="39"/>
       <c r="AQ41" s="39"/>
       <c r="AR41" s="39"/>
       <c r="AS41" s="39"/>
       <c r="AT41" s="39"/>
       <c r="AU41" s="39"/>
       <c r="AV41" s="39"/>
       <c r="AW41" s="39"/>
       <c r="AX41" s="39"/>
       <c r="AY41" s="39"/>
       <c r="AZ41" s="39"/>
       <c r="BA41" s="39"/>
       <c r="BB41" s="39"/>
       <c r="BC41" s="39"/>
       <c r="BD41" s="39"/>
       <c r="BE41" s="39"/>
       <c r="BF41" s="24"/>
     </row>
     <row r="42" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="23"/>
-      <c r="B42" s="110" t="str">
+      <c r="B42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),32)</f>
         <v>janv.</v>
       </c>
-      <c r="C42" s="110"/>
-[...2 lines deleted...]
-      <c r="F42" s="110" t="str">
+      <c r="C42" s="144"/>
+      <c r="D42" s="144"/>
+      <c r="E42" s="144"/>
+      <c r="F42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),33)</f>
         <v>févr.</v>
       </c>
-      <c r="G42" s="110"/>
-[...2 lines deleted...]
-      <c r="J42" s="110" t="str">
+      <c r="G42" s="144"/>
+      <c r="H42" s="144"/>
+      <c r="I42" s="144"/>
+      <c r="J42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),34)</f>
         <v>mars</v>
       </c>
-      <c r="K42" s="110"/>
-[...2 lines deleted...]
-      <c r="N42" s="110" t="str">
+      <c r="K42" s="144"/>
+      <c r="L42" s="144"/>
+      <c r="M42" s="144"/>
+      <c r="N42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),35)</f>
         <v>avr.</v>
       </c>
-      <c r="O42" s="110"/>
-[...2 lines deleted...]
-      <c r="R42" s="110" t="str">
+      <c r="O42" s="144"/>
+      <c r="P42" s="144"/>
+      <c r="Q42" s="144"/>
+      <c r="R42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),36)</f>
         <v>mai</v>
       </c>
-      <c r="S42" s="110"/>
-[...2 lines deleted...]
-      <c r="V42" s="110" t="str">
+      <c r="S42" s="144"/>
+      <c r="T42" s="144"/>
+      <c r="U42" s="144"/>
+      <c r="V42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),37)</f>
         <v>juin</v>
       </c>
-      <c r="W42" s="110"/>
-[...2 lines deleted...]
-      <c r="Z42" s="110" t="str">
+      <c r="W42" s="144"/>
+      <c r="X42" s="144"/>
+      <c r="Y42" s="144"/>
+      <c r="Z42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),38)</f>
         <v>juil.</v>
       </c>
-      <c r="AA42" s="110"/>
-[...2 lines deleted...]
-      <c r="AD42" s="110" t="str">
+      <c r="AA42" s="144"/>
+      <c r="AB42" s="144"/>
+      <c r="AC42" s="144"/>
+      <c r="AD42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),39)</f>
         <v>août</v>
       </c>
-      <c r="AE42" s="110"/>
-[...2 lines deleted...]
-      <c r="AH42" s="110" t="str">
+      <c r="AE42" s="144"/>
+      <c r="AF42" s="144"/>
+      <c r="AG42" s="144"/>
+      <c r="AH42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),40)</f>
         <v>sept.</v>
       </c>
-      <c r="AI42" s="110"/>
-[...2 lines deleted...]
-      <c r="AL42" s="110" t="str">
+      <c r="AI42" s="144"/>
+      <c r="AJ42" s="144"/>
+      <c r="AK42" s="144"/>
+      <c r="AL42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),41)</f>
         <v>oct.</v>
       </c>
-      <c r="AM42" s="110"/>
-[...2 lines deleted...]
-      <c r="AP42" s="110" t="str">
+      <c r="AM42" s="144"/>
+      <c r="AN42" s="144"/>
+      <c r="AO42" s="144"/>
+      <c r="AP42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),42)</f>
         <v>nov.</v>
       </c>
-      <c r="AQ42" s="110"/>
-[...2 lines deleted...]
-      <c r="AT42" s="110" t="str">
+      <c r="AQ42" s="144"/>
+      <c r="AR42" s="144"/>
+      <c r="AS42" s="144"/>
+      <c r="AT42" s="144" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),43)</f>
         <v>déc.</v>
       </c>
-      <c r="AU42" s="110"/>
-[...9 lines deleted...]
-      <c r="BE42" s="123"/>
+      <c r="AU42" s="144"/>
+      <c r="AV42" s="144"/>
+      <c r="AW42" s="144"/>
+      <c r="AX42" s="258"/>
+      <c r="AY42" s="258"/>
+      <c r="AZ42" s="258"/>
+      <c r="BA42" s="258"/>
+      <c r="BB42" s="258"/>
+      <c r="BC42" s="258"/>
+      <c r="BD42" s="258"/>
+      <c r="BE42" s="258"/>
       <c r="BF42" s="47"/>
     </row>
     <row r="43" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="23"/>
-      <c r="B43" s="149"/>
-[...46 lines deleted...]
-      <c r="AW43" s="149"/>
+      <c r="B43" s="143"/>
+      <c r="C43" s="143"/>
+      <c r="D43" s="143"/>
+      <c r="E43" s="143"/>
+      <c r="F43" s="143"/>
+      <c r="G43" s="143"/>
+      <c r="H43" s="143"/>
+      <c r="I43" s="143"/>
+      <c r="J43" s="143"/>
+      <c r="K43" s="143"/>
+      <c r="L43" s="143"/>
+      <c r="M43" s="143"/>
+      <c r="N43" s="143"/>
+      <c r="O43" s="143"/>
+      <c r="P43" s="143"/>
+      <c r="Q43" s="143"/>
+      <c r="R43" s="143"/>
+      <c r="S43" s="143"/>
+      <c r="T43" s="143"/>
+      <c r="U43" s="143"/>
+      <c r="V43" s="143"/>
+      <c r="W43" s="143"/>
+      <c r="X43" s="143"/>
+      <c r="Y43" s="143"/>
+      <c r="Z43" s="143"/>
+      <c r="AA43" s="143"/>
+      <c r="AB43" s="143"/>
+      <c r="AC43" s="143"/>
+      <c r="AD43" s="143"/>
+      <c r="AE43" s="143"/>
+      <c r="AF43" s="143"/>
+      <c r="AG43" s="143"/>
+      <c r="AH43" s="143"/>
+      <c r="AI43" s="143"/>
+      <c r="AJ43" s="143"/>
+      <c r="AK43" s="143"/>
+      <c r="AL43" s="143"/>
+      <c r="AM43" s="143"/>
+      <c r="AN43" s="143"/>
+      <c r="AO43" s="143"/>
+      <c r="AP43" s="143"/>
+      <c r="AQ43" s="143"/>
+      <c r="AR43" s="143"/>
+      <c r="AS43" s="143"/>
+      <c r="AT43" s="143"/>
+      <c r="AU43" s="143"/>
+      <c r="AV43" s="143"/>
+      <c r="AW43" s="143"/>
       <c r="AX43" s="39"/>
       <c r="AY43" s="39"/>
       <c r="AZ43" s="39"/>
       <c r="BA43" s="39"/>
       <c r="BB43" s="39"/>
       <c r="BC43" s="39"/>
       <c r="BD43" s="39"/>
       <c r="BE43" s="39"/>
       <c r="BF43" s="24"/>
     </row>
     <row r="44" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="95"/>
       <c r="C44" s="95"/>
       <c r="D44" s="95"/>
       <c r="E44" s="95"/>
       <c r="F44" s="95"/>
       <c r="G44" s="95"/>
       <c r="H44" s="95"/>
       <c r="I44" s="95"/>
       <c r="J44" s="95"/>
       <c r="K44" s="95"/>
       <c r="L44" s="95"/>
       <c r="M44" s="95"/>
       <c r="N44" s="95"/>
       <c r="O44" s="95"/>
@@ -9854,103 +9854,103 @@
       <c r="AK55" s="38"/>
       <c r="AL55" s="38"/>
       <c r="AM55" s="38"/>
       <c r="AN55" s="38"/>
       <c r="AO55" s="38"/>
       <c r="AP55" s="38"/>
       <c r="AQ55" s="38"/>
       <c r="AR55" s="38"/>
       <c r="AS55" s="38"/>
       <c r="AT55" s="38"/>
       <c r="AU55" s="38"/>
       <c r="AV55" s="38"/>
       <c r="AW55" s="38"/>
       <c r="AX55" s="38"/>
       <c r="AY55" s="38"/>
       <c r="AZ55" s="58"/>
       <c r="BA55" s="38"/>
       <c r="BB55" s="38"/>
       <c r="BC55" s="38"/>
       <c r="BD55" s="38"/>
       <c r="BE55" s="38"/>
       <c r="BF55" s="24"/>
     </row>
     <row r="56" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="23"/>
-      <c r="B56" s="108" t="str">
+      <c r="B56" s="100" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),15)&amp;" :"</f>
         <v>Raison sociale :</v>
       </c>
-      <c r="C56" s="108"/>
-[...6 lines deleted...]
-      <c r="J56" s="108"/>
+      <c r="C56" s="100"/>
+      <c r="D56" s="100"/>
+      <c r="E56" s="100"/>
+      <c r="F56" s="100"/>
+      <c r="G56" s="100"/>
+      <c r="H56" s="100"/>
+      <c r="I56" s="100"/>
+      <c r="J56" s="100"/>
       <c r="K56" s="38"/>
-      <c r="L56" s="168"/>
-[...23 lines deleted...]
-      <c r="AJ56" s="170"/>
+      <c r="L56" s="208"/>
+      <c r="M56" s="209"/>
+      <c r="N56" s="209"/>
+      <c r="O56" s="209"/>
+      <c r="P56" s="209"/>
+      <c r="Q56" s="209"/>
+      <c r="R56" s="209"/>
+      <c r="S56" s="209"/>
+      <c r="T56" s="209"/>
+      <c r="U56" s="209"/>
+      <c r="V56" s="209"/>
+      <c r="W56" s="209"/>
+      <c r="X56" s="209"/>
+      <c r="Y56" s="209"/>
+      <c r="Z56" s="209"/>
+      <c r="AA56" s="209"/>
+      <c r="AB56" s="209"/>
+      <c r="AC56" s="209"/>
+      <c r="AD56" s="209"/>
+      <c r="AE56" s="209"/>
+      <c r="AF56" s="209"/>
+      <c r="AG56" s="209"/>
+      <c r="AH56" s="209"/>
+      <c r="AI56" s="209"/>
+      <c r="AJ56" s="210"/>
       <c r="AK56" s="39"/>
       <c r="AL56" s="39" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),19)&amp;" :"</f>
         <v>N°IDE :</v>
       </c>
       <c r="AM56" s="39"/>
       <c r="AN56" s="43"/>
       <c r="AO56" s="43"/>
-      <c r="AP56" s="150"/>
-[...5 lines deleted...]
-      <c r="AV56" s="152"/>
+      <c r="AP56" s="227"/>
+      <c r="AQ56" s="228"/>
+      <c r="AR56" s="228"/>
+      <c r="AS56" s="228"/>
+      <c r="AT56" s="228"/>
+      <c r="AU56" s="228"/>
+      <c r="AV56" s="229"/>
       <c r="AW56" s="44"/>
       <c r="AX56" s="44"/>
       <c r="AY56" s="44"/>
       <c r="AZ56" s="39"/>
       <c r="BA56" s="39"/>
       <c r="BB56" s="39"/>
       <c r="BC56" s="39"/>
       <c r="BD56" s="39"/>
       <c r="BE56" s="39"/>
       <c r="BF56" s="24"/>
     </row>
     <row r="57" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="23"/>
       <c r="B57" s="45"/>
       <c r="C57" s="46"/>
       <c r="D57" s="46"/>
       <c r="E57" s="46"/>
       <c r="F57" s="46"/>
       <c r="G57" s="46"/>
       <c r="H57" s="46"/>
       <c r="I57" s="46"/>
       <c r="J57" s="46"/>
       <c r="K57" s="46"/>
       <c r="L57" s="44"/>
       <c r="M57" s="44"/>
@@ -9992,75 +9992,75 @@
       <c r="AW57" s="44"/>
       <c r="AX57" s="44"/>
       <c r="AY57" s="44"/>
       <c r="AZ57" s="47"/>
       <c r="BA57" s="47"/>
       <c r="BB57" s="47"/>
       <c r="BC57" s="47"/>
       <c r="BD57" s="47"/>
       <c r="BE57" s="47"/>
     </row>
     <row r="58" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="23"/>
       <c r="B58" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),14)&amp;" :"</f>
         <v>Nom / Prénom :</v>
       </c>
       <c r="C58" s="38"/>
       <c r="D58" s="38"/>
       <c r="E58" s="38"/>
       <c r="F58" s="38"/>
       <c r="G58" s="38"/>
       <c r="H58" s="38"/>
       <c r="I58" s="38"/>
       <c r="J58" s="38"/>
       <c r="K58" s="46"/>
-      <c r="L58" s="133"/>
-[...23 lines deleted...]
-      <c r="AJ58" s="126"/>
+      <c r="L58" s="128"/>
+      <c r="M58" s="129"/>
+      <c r="N58" s="129"/>
+      <c r="O58" s="129"/>
+      <c r="P58" s="129"/>
+      <c r="Q58" s="129"/>
+      <c r="R58" s="129"/>
+      <c r="S58" s="129"/>
+      <c r="T58" s="129"/>
+      <c r="U58" s="129"/>
+      <c r="V58" s="129"/>
+      <c r="W58" s="129"/>
+      <c r="X58" s="129"/>
+      <c r="Y58" s="129"/>
+      <c r="Z58" s="129"/>
+      <c r="AA58" s="129"/>
+      <c r="AB58" s="129"/>
+      <c r="AC58" s="129"/>
+      <c r="AD58" s="129"/>
+      <c r="AE58" s="129"/>
+      <c r="AF58" s="129"/>
+      <c r="AG58" s="129"/>
+      <c r="AH58" s="129"/>
+      <c r="AI58" s="129"/>
+      <c r="AJ58" s="130"/>
       <c r="AK58" s="39"/>
       <c r="AZ58" s="39"/>
       <c r="BA58" s="39"/>
       <c r="BB58" s="39"/>
       <c r="BC58" s="39"/>
       <c r="BD58" s="39"/>
       <c r="BE58" s="39"/>
       <c r="BF58" s="24"/>
     </row>
     <row r="59" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="23"/>
       <c r="B59" s="34"/>
       <c r="C59" s="38"/>
       <c r="D59" s="38"/>
       <c r="E59" s="38"/>
       <c r="F59" s="38"/>
       <c r="G59" s="38"/>
       <c r="H59" s="38"/>
       <c r="I59" s="38"/>
       <c r="J59" s="38"/>
       <c r="K59" s="46"/>
       <c r="L59" s="48"/>
       <c r="M59" s="48"/>
       <c r="N59" s="48"/>
       <c r="O59" s="48"/>
@@ -10087,78 +10087,78 @@
       <c r="AJ59" s="49"/>
       <c r="AK59" s="39"/>
       <c r="AZ59" s="39"/>
       <c r="BA59" s="39"/>
       <c r="BB59" s="39"/>
       <c r="BC59" s="39"/>
       <c r="BD59" s="39"/>
       <c r="BE59" s="39"/>
       <c r="BF59" s="24"/>
     </row>
     <row r="60" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="23"/>
       <c r="B60" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),17)&amp;" :"</f>
         <v>NPA :</v>
       </c>
       <c r="C60" s="38"/>
       <c r="D60" s="38"/>
       <c r="E60" s="38"/>
       <c r="F60" s="38"/>
       <c r="G60" s="38"/>
       <c r="H60" s="38"/>
       <c r="I60" s="38"/>
       <c r="J60" s="38"/>
       <c r="K60" s="25"/>
-      <c r="L60" s="133"/>
-[...2 lines deleted...]
-      <c r="O60" s="126"/>
+      <c r="L60" s="128"/>
+      <c r="M60" s="129"/>
+      <c r="N60" s="129"/>
+      <c r="O60" s="130"/>
       <c r="P60" s="50"/>
       <c r="Q60" s="25"/>
       <c r="R60" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),18)&amp;" :"</f>
         <v>Lieu :</v>
       </c>
       <c r="S60" s="34"/>
       <c r="T60" s="47"/>
-      <c r="U60" s="253"/>
-[...14 lines deleted...]
-      <c r="AJ60" s="255"/>
+      <c r="U60" s="131"/>
+      <c r="V60" s="132"/>
+      <c r="W60" s="132"/>
+      <c r="X60" s="132"/>
+      <c r="Y60" s="132"/>
+      <c r="Z60" s="132"/>
+      <c r="AA60" s="132"/>
+      <c r="AB60" s="132"/>
+      <c r="AC60" s="132"/>
+      <c r="AD60" s="132"/>
+      <c r="AE60" s="132"/>
+      <c r="AF60" s="132"/>
+      <c r="AG60" s="132"/>
+      <c r="AH60" s="132"/>
+      <c r="AI60" s="132"/>
+      <c r="AJ60" s="133"/>
       <c r="AK60" s="39"/>
       <c r="AL60" s="39"/>
       <c r="AM60" s="39"/>
       <c r="AN60" s="39"/>
       <c r="AO60" s="39"/>
       <c r="AP60" s="39"/>
       <c r="AQ60" s="39"/>
       <c r="AR60" s="39"/>
       <c r="AS60" s="39"/>
       <c r="AT60" s="39"/>
       <c r="AU60" s="39"/>
       <c r="AV60" s="39"/>
       <c r="AW60" s="39"/>
       <c r="AX60" s="39"/>
       <c r="AY60" s="39"/>
       <c r="AZ60" s="39"/>
       <c r="BA60" s="39"/>
       <c r="BB60" s="24"/>
       <c r="BC60" s="25"/>
       <c r="BD60" s="25"/>
       <c r="BE60" s="25"/>
     </row>
     <row r="61" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="23"/>
       <c r="B61" s="34"/>
@@ -10211,112 +10211,112 @@
       <c r="AX61" s="39"/>
       <c r="AY61" s="39"/>
       <c r="AZ61" s="39"/>
       <c r="BA61" s="39"/>
       <c r="BB61" s="39"/>
       <c r="BC61" s="39"/>
       <c r="BD61" s="39"/>
       <c r="BE61" s="39"/>
       <c r="BF61" s="24"/>
     </row>
     <row r="62" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="23"/>
       <c r="B62" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),21)&amp;" :"</f>
         <v>E-mail :</v>
       </c>
       <c r="C62" s="38"/>
       <c r="D62" s="38"/>
       <c r="E62" s="38"/>
       <c r="F62" s="38"/>
       <c r="G62" s="38"/>
       <c r="H62" s="38"/>
       <c r="I62" s="38"/>
       <c r="J62" s="38"/>
       <c r="K62" s="38"/>
-      <c r="L62" s="124"/>
-[...24 lines deleted...]
-      <c r="AK62" s="131" t="str">
+      <c r="L62" s="204"/>
+      <c r="M62" s="129"/>
+      <c r="N62" s="129"/>
+      <c r="O62" s="129"/>
+      <c r="P62" s="129"/>
+      <c r="Q62" s="129"/>
+      <c r="R62" s="129"/>
+      <c r="S62" s="129"/>
+      <c r="T62" s="129"/>
+      <c r="U62" s="129"/>
+      <c r="V62" s="129"/>
+      <c r="W62" s="129"/>
+      <c r="X62" s="129"/>
+      <c r="Y62" s="129"/>
+      <c r="Z62" s="129"/>
+      <c r="AA62" s="129"/>
+      <c r="AB62" s="129"/>
+      <c r="AC62" s="129"/>
+      <c r="AD62" s="129"/>
+      <c r="AE62" s="129"/>
+      <c r="AF62" s="129"/>
+      <c r="AG62" s="129"/>
+      <c r="AH62" s="129"/>
+      <c r="AI62" s="129"/>
+      <c r="AJ62" s="130"/>
+      <c r="AK62" s="196" t="str">
         <f ca="1">IF(L62="",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),24),IF(
   AND(
     (LEN(L62)-LEN(SUBSTITUTE(L62,"@","")))=1,
     IFERROR(FIND("@",L62),0)&gt;1,
     IFERROR(MID(L62,IFERROR(FIND("@",L62),0)-1,1)&lt;&gt;".",FALSE),
     IFERROR(MID(L62,IFERROR(FIND("@",L62),0)+1,1)&lt;&gt;".",FALSE),
     IFERROR(SEARCH(".",L62,IFERROR(FIND("@",L62),0)+2),0)&gt;0,
     IFERROR(LEN(L62)-FIND("#",SUBSTITUTE(L62,".","#",LEN(L62)-LEN(SUBSTITUTE(L62,".",""))))&gt;=2,FALSE),
     ISERROR(SEARCH(" ",L62))
   ),
   "",
   INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),23)
 ))</f>
         <v>* format de saisie xyz@abc.ch</v>
       </c>
-      <c r="AL62" s="132"/>
-[...19 lines deleted...]
-      <c r="BF62" s="132"/>
+      <c r="AL62" s="197"/>
+      <c r="AM62" s="197"/>
+      <c r="AN62" s="197"/>
+      <c r="AO62" s="197"/>
+      <c r="AP62" s="197"/>
+      <c r="AQ62" s="197"/>
+      <c r="AR62" s="197"/>
+      <c r="AS62" s="197"/>
+      <c r="AT62" s="197"/>
+      <c r="AU62" s="197"/>
+      <c r="AV62" s="197"/>
+      <c r="AW62" s="197"/>
+      <c r="AX62" s="197"/>
+      <c r="AY62" s="197"/>
+      <c r="AZ62" s="197"/>
+      <c r="BA62" s="197"/>
+      <c r="BB62" s="197"/>
+      <c r="BC62" s="197"/>
+      <c r="BD62" s="197"/>
+      <c r="BE62" s="197"/>
+      <c r="BF62" s="197"/>
     </row>
     <row r="63" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="23"/>
       <c r="B63" s="38"/>
       <c r="C63" s="23"/>
       <c r="D63" s="23"/>
       <c r="E63" s="23"/>
       <c r="F63" s="23"/>
       <c r="G63" s="23"/>
       <c r="H63" s="23"/>
       <c r="I63" s="23"/>
       <c r="J63" s="23"/>
       <c r="K63" s="23"/>
       <c r="L63" s="23"/>
       <c r="M63" s="23"/>
       <c r="N63" s="23"/>
       <c r="O63" s="23"/>
       <c r="P63" s="23"/>
       <c r="Q63" s="23"/>
       <c r="R63" s="23"/>
       <c r="S63" s="23"/>
       <c r="T63" s="23"/>
       <c r="U63" s="23"/>
       <c r="V63" s="23"/>
       <c r="W63" s="23"/>
@@ -10362,65 +10362,65 @@
     <row r="64" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="23"/>
       <c r="B64" s="38" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),54)&amp;" :"</f>
         <v>N° de dossier e-construction de l'installation PV :</v>
       </c>
       <c r="C64" s="23"/>
       <c r="D64" s="23"/>
       <c r="E64" s="23"/>
       <c r="F64" s="23"/>
       <c r="G64" s="23"/>
       <c r="H64" s="23"/>
       <c r="I64" s="23"/>
       <c r="J64" s="23"/>
       <c r="K64" s="23"/>
       <c r="L64" s="23"/>
       <c r="M64" s="23"/>
       <c r="N64" s="23"/>
       <c r="O64" s="23"/>
       <c r="P64" s="23"/>
       <c r="Q64" s="23"/>
       <c r="R64" s="23"/>
       <c r="S64" s="23"/>
       <c r="T64" s="23"/>
       <c r="U64" s="23"/>
-      <c r="V64" s="228"/>
-[...13 lines deleted...]
-      <c r="AJ64" s="230"/>
+      <c r="V64" s="103"/>
+      <c r="W64" s="104"/>
+      <c r="X64" s="104"/>
+      <c r="Y64" s="104"/>
+      <c r="Z64" s="104"/>
+      <c r="AA64" s="104"/>
+      <c r="AB64" s="104"/>
+      <c r="AC64" s="104"/>
+      <c r="AD64" s="104"/>
+      <c r="AE64" s="104"/>
+      <c r="AF64" s="104"/>
+      <c r="AG64" s="104"/>
+      <c r="AH64" s="104"/>
+      <c r="AI64" s="104"/>
+      <c r="AJ64" s="105"/>
       <c r="AK64" s="53" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),56)</f>
         <v>* format de saisie 2025-1234</v>
       </c>
       <c r="AM64" s="23"/>
       <c r="AN64" s="23"/>
       <c r="AO64" s="55"/>
       <c r="AP64" s="23"/>
       <c r="AQ64" s="23"/>
       <c r="AR64" s="23"/>
       <c r="AS64" s="23"/>
       <c r="AT64" s="23"/>
       <c r="AU64" s="23"/>
       <c r="AV64" s="23"/>
       <c r="AW64" s="23"/>
       <c r="AX64" s="23"/>
       <c r="AY64" s="23"/>
       <c r="AZ64" s="23"/>
       <c r="BA64" s="23"/>
       <c r="BB64" s="23"/>
       <c r="BC64" s="23"/>
       <c r="BD64" s="23"/>
       <c r="BE64" s="23"/>
       <c r="BF64" s="23"/>
       <c r="BG64" s="24"/>
@@ -10488,55 +10488,55 @@
     </row>
     <row r="66" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="23"/>
       <c r="B66" s="38" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),55)&amp;" :"</f>
         <v>Date de l'autorisation de construire :</v>
       </c>
       <c r="C66" s="23"/>
       <c r="D66" s="23"/>
       <c r="E66" s="23"/>
       <c r="F66" s="23"/>
       <c r="G66" s="23"/>
       <c r="H66" s="23"/>
       <c r="I66" s="23"/>
       <c r="J66" s="23"/>
       <c r="K66" s="23"/>
       <c r="L66" s="23"/>
       <c r="M66" s="23"/>
       <c r="N66" s="23"/>
       <c r="O66" s="23"/>
       <c r="Q66" s="74"/>
       <c r="R66" s="74"/>
       <c r="S66" s="74"/>
       <c r="T66" s="74"/>
       <c r="U66" s="75"/>
-      <c r="V66" s="250"/>
-[...3 lines deleted...]
-      <c r="Z66" s="252"/>
+      <c r="V66" s="125"/>
+      <c r="W66" s="126"/>
+      <c r="X66" s="126"/>
+      <c r="Y66" s="126"/>
+      <c r="Z66" s="127"/>
       <c r="AA66" s="23"/>
       <c r="AB66" s="23"/>
       <c r="AC66" s="23"/>
       <c r="AD66" s="23"/>
       <c r="AE66" s="23"/>
       <c r="AF66" s="23"/>
       <c r="AG66" s="23"/>
       <c r="AH66" s="23"/>
       <c r="AI66" s="23"/>
       <c r="AJ66" s="72"/>
       <c r="AK66" s="72"/>
       <c r="AL66" s="23"/>
       <c r="AM66" s="23"/>
       <c r="AN66" s="23"/>
       <c r="AO66" s="55"/>
       <c r="AP66" s="23"/>
       <c r="AQ66" s="23"/>
       <c r="AR66" s="23"/>
       <c r="AS66" s="23"/>
       <c r="AT66" s="23"/>
       <c r="AU66" s="23"/>
       <c r="AV66" s="23"/>
       <c r="AW66" s="23"/>
       <c r="AX66" s="23"/>
       <c r="AY66" s="23"/>
@@ -10604,93 +10604,93 @@
       <c r="BA67" s="23"/>
       <c r="BB67" s="23"/>
       <c r="BC67" s="23"/>
       <c r="BD67" s="23"/>
       <c r="BE67" s="23"/>
       <c r="BF67" s="23"/>
       <c r="BG67" s="24"/>
     </row>
     <row r="68" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="23"/>
       <c r="B68" s="38" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),81)&amp;" :"</f>
         <v>Etat actuel de l'installation :</v>
       </c>
       <c r="C68" s="23"/>
       <c r="D68" s="23"/>
       <c r="E68" s="23"/>
       <c r="F68" s="23"/>
       <c r="G68" s="23"/>
       <c r="H68" s="23"/>
       <c r="I68" s="23"/>
       <c r="J68" s="23"/>
       <c r="K68" s="23"/>
       <c r="L68" s="23"/>
       <c r="M68" s="23"/>
-      <c r="N68" s="165"/>
-[...6 lines deleted...]
-      <c r="U68" s="167"/>
+      <c r="N68" s="239"/>
+      <c r="O68" s="240"/>
+      <c r="P68" s="240"/>
+      <c r="Q68" s="240"/>
+      <c r="R68" s="240"/>
+      <c r="S68" s="240"/>
+      <c r="T68" s="240"/>
+      <c r="U68" s="241"/>
       <c r="V68" s="98"/>
       <c r="W68" s="98"/>
       <c r="X68" s="98"/>
       <c r="Y68" s="98"/>
       <c r="Z68" s="98"/>
       <c r="AA68" s="23"/>
       <c r="AB68" s="23" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),84)&amp;" :"</f>
         <v>Date de mise en service prévue (indicatif) :</v>
       </c>
       <c r="AC68" s="23"/>
       <c r="AD68" s="23"/>
       <c r="AE68" s="23"/>
       <c r="AF68" s="23"/>
       <c r="AG68" s="23"/>
       <c r="AH68" s="23"/>
       <c r="AI68" s="23"/>
       <c r="AJ68" s="72"/>
       <c r="AK68" s="72"/>
       <c r="AL68" s="23"/>
       <c r="AM68" s="23"/>
       <c r="AN68" s="23"/>
       <c r="AO68" s="55"/>
       <c r="AP68" s="23"/>
       <c r="AQ68" s="23"/>
       <c r="AR68" s="23"/>
       <c r="AS68" s="23"/>
       <c r="AT68" s="23"/>
       <c r="AU68" s="23"/>
       <c r="AV68" s="23"/>
-      <c r="AW68" s="250"/>
-[...3 lines deleted...]
-      <c r="BA68" s="252"/>
+      <c r="AW68" s="125"/>
+      <c r="AX68" s="126"/>
+      <c r="AY68" s="126"/>
+      <c r="AZ68" s="126"/>
+      <c r="BA68" s="127"/>
       <c r="BB68" s="23"/>
       <c r="BC68" s="23"/>
       <c r="BD68" s="23"/>
       <c r="BE68" s="23"/>
       <c r="BF68" s="23"/>
       <c r="BG68" s="24"/>
     </row>
     <row r="69" spans="1:59" ht="5.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="23"/>
       <c r="B69" s="56"/>
       <c r="C69" s="56"/>
       <c r="D69" s="56"/>
       <c r="E69" s="56"/>
       <c r="F69" s="56"/>
       <c r="G69" s="56"/>
       <c r="H69" s="56"/>
       <c r="I69" s="56"/>
       <c r="J69" s="56"/>
       <c r="K69" s="56"/>
       <c r="L69" s="56"/>
       <c r="M69" s="56"/>
       <c r="N69" s="56"/>
       <c r="O69" s="56"/>
       <c r="P69" s="56"/>
       <c r="Q69" s="56"/>
@@ -10776,109 +10776,109 @@
       <c r="AK70" s="38"/>
       <c r="AL70" s="38"/>
       <c r="AM70" s="38"/>
       <c r="AN70" s="38"/>
       <c r="AO70" s="38"/>
       <c r="AP70" s="38"/>
       <c r="AQ70" s="38"/>
       <c r="AR70" s="38"/>
       <c r="AS70" s="38"/>
       <c r="AT70" s="38"/>
       <c r="AU70" s="38"/>
       <c r="AV70" s="38"/>
       <c r="AW70" s="38"/>
       <c r="AX70" s="38"/>
       <c r="AY70" s="38"/>
       <c r="AZ70" s="38"/>
       <c r="BA70" s="38"/>
       <c r="BB70" s="38"/>
       <c r="BC70" s="38"/>
       <c r="BD70" s="38"/>
       <c r="BE70" s="38"/>
       <c r="BF70" s="24"/>
     </row>
     <row r="71" spans="1:59" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="23"/>
-      <c r="B71" s="249" t="str">
+      <c r="B71" s="124" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),57)&amp;" :"</f>
         <v>Annexes à fournir dans le cadre de ce formulaire selon les informations saisies :</v>
       </c>
-      <c r="C71" s="249"/>
-[...53 lines deleted...]
-      <c r="BE71" s="249"/>
+      <c r="C71" s="124"/>
+      <c r="D71" s="124"/>
+      <c r="E71" s="124"/>
+      <c r="F71" s="124"/>
+      <c r="G71" s="124"/>
+      <c r="H71" s="124"/>
+      <c r="I71" s="124"/>
+      <c r="J71" s="124"/>
+      <c r="K71" s="124"/>
+      <c r="L71" s="124"/>
+      <c r="M71" s="124"/>
+      <c r="N71" s="124"/>
+      <c r="O71" s="124"/>
+      <c r="P71" s="124"/>
+      <c r="Q71" s="124"/>
+      <c r="R71" s="124"/>
+      <c r="S71" s="124"/>
+      <c r="T71" s="124"/>
+      <c r="U71" s="124"/>
+      <c r="V71" s="124"/>
+      <c r="W71" s="124"/>
+      <c r="X71" s="124"/>
+      <c r="Y71" s="124"/>
+      <c r="Z71" s="124"/>
+      <c r="AA71" s="124"/>
+      <c r="AB71" s="124"/>
+      <c r="AC71" s="124"/>
+      <c r="AD71" s="124"/>
+      <c r="AE71" s="124"/>
+      <c r="AF71" s="124"/>
+      <c r="AG71" s="124"/>
+      <c r="AH71" s="124"/>
+      <c r="AI71" s="124"/>
+      <c r="AJ71" s="124"/>
+      <c r="AK71" s="124"/>
+      <c r="AL71" s="124"/>
+      <c r="AM71" s="124"/>
+      <c r="AN71" s="124"/>
+      <c r="AO71" s="124"/>
+      <c r="AP71" s="124"/>
+      <c r="AQ71" s="124"/>
+      <c r="AR71" s="124"/>
+      <c r="AS71" s="124"/>
+      <c r="AT71" s="124"/>
+      <c r="AU71" s="124"/>
+      <c r="AV71" s="124"/>
+      <c r="AW71" s="124"/>
+      <c r="AX71" s="124"/>
+      <c r="AY71" s="124"/>
+      <c r="AZ71" s="124"/>
+      <c r="BA71" s="124"/>
+      <c r="BB71" s="124"/>
+      <c r="BC71" s="124"/>
+      <c r="BD71" s="124"/>
+      <c r="BE71" s="124"/>
       <c r="BF71" s="24"/>
     </row>
     <row r="72" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="23"/>
       <c r="B72" s="91"/>
       <c r="C72" s="91"/>
       <c r="D72" s="91"/>
       <c r="E72" s="91"/>
       <c r="F72" s="91"/>
       <c r="G72" s="91"/>
       <c r="H72" s="91"/>
       <c r="I72" s="91"/>
       <c r="J72" s="91"/>
       <c r="K72" s="91"/>
       <c r="L72" s="91"/>
       <c r="M72" s="91"/>
       <c r="N72" s="91"/>
       <c r="O72" s="91"/>
       <c r="P72" s="91"/>
       <c r="Q72" s="91"/>
       <c r="R72" s="91"/>
       <c r="S72" s="91"/>
       <c r="T72" s="91"/>
       <c r="U72" s="91"/>
       <c r="V72" s="91"/>
@@ -11941,784 +11941,784 @@
       <c r="AV89" s="23"/>
       <c r="AW89" s="23"/>
       <c r="AX89" s="23"/>
       <c r="AY89" s="23"/>
       <c r="AZ89" s="23"/>
       <c r="BA89" s="23"/>
       <c r="BB89" s="23"/>
       <c r="BC89" s="23"/>
       <c r="BD89" s="23"/>
       <c r="BE89" s="23"/>
       <c r="BF89" s="24"/>
     </row>
     <row r="90" spans="1:58" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="23"/>
       <c r="B90" s="32" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),64)&amp;":"</f>
         <v>Signatures:</v>
       </c>
       <c r="C90" s="32"/>
       <c r="E90" s="32"/>
       <c r="F90" s="32"/>
       <c r="G90" s="32"/>
       <c r="H90" s="32"/>
       <c r="I90" s="32"/>
       <c r="J90" s="76"/>
-      <c r="K90" s="231" t="str">
+      <c r="K90" s="106" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),69)&amp;" :"</f>
         <v>Formulaire établi par :</v>
       </c>
-      <c r="L90" s="232"/>
-[...24 lines deleted...]
-      <c r="AK90" s="156" t="str">
+      <c r="L90" s="107"/>
+      <c r="M90" s="107"/>
+      <c r="N90" s="107"/>
+      <c r="O90" s="107"/>
+      <c r="P90" s="107"/>
+      <c r="Q90" s="107"/>
+      <c r="R90" s="107"/>
+      <c r="S90" s="107"/>
+      <c r="T90" s="107"/>
+      <c r="U90" s="107"/>
+      <c r="V90" s="107"/>
+      <c r="W90" s="107"/>
+      <c r="X90" s="107"/>
+      <c r="Y90" s="107"/>
+      <c r="Z90" s="107"/>
+      <c r="AA90" s="107"/>
+      <c r="AB90" s="107"/>
+      <c r="AC90" s="107"/>
+      <c r="AD90" s="107"/>
+      <c r="AE90" s="107"/>
+      <c r="AF90" s="107"/>
+      <c r="AG90" s="107"/>
+      <c r="AH90" s="107"/>
+      <c r="AI90" s="107"/>
+      <c r="AJ90" s="108"/>
+      <c r="AK90" s="230" t="str">
         <f ca="1">UPPER(INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),70))</f>
         <v>À REMPLIR PAR L'AUTORITÉ COMPÉTENTE</v>
       </c>
-      <c r="AL90" s="157"/>
-[...18 lines deleted...]
-      <c r="BE90" s="158"/>
+      <c r="AL90" s="231"/>
+      <c r="AM90" s="231"/>
+      <c r="AN90" s="231"/>
+      <c r="AO90" s="231"/>
+      <c r="AP90" s="231"/>
+      <c r="AQ90" s="231"/>
+      <c r="AR90" s="231"/>
+      <c r="AS90" s="231"/>
+      <c r="AT90" s="231"/>
+      <c r="AU90" s="231"/>
+      <c r="AV90" s="231"/>
+      <c r="AW90" s="231"/>
+      <c r="AX90" s="231"/>
+      <c r="AY90" s="231"/>
+      <c r="AZ90" s="231"/>
+      <c r="BA90" s="231"/>
+      <c r="BB90" s="231"/>
+      <c r="BC90" s="231"/>
+      <c r="BD90" s="231"/>
+      <c r="BE90" s="232"/>
       <c r="BF90" s="24"/>
     </row>
     <row r="91" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="23"/>
       <c r="B91" s="32"/>
       <c r="C91" s="32"/>
       <c r="D91" s="32"/>
       <c r="E91" s="32"/>
       <c r="F91" s="32"/>
       <c r="G91" s="32"/>
       <c r="H91" s="32"/>
       <c r="I91" s="32"/>
       <c r="J91" s="32"/>
-      <c r="K91" s="234"/>
-[...25 lines deleted...]
-      <c r="AK91" s="159" t="str">
+      <c r="K91" s="109"/>
+      <c r="L91" s="110"/>
+      <c r="M91" s="110"/>
+      <c r="N91" s="110"/>
+      <c r="O91" s="110"/>
+      <c r="P91" s="110"/>
+      <c r="Q91" s="110"/>
+      <c r="R91" s="110"/>
+      <c r="S91" s="110"/>
+      <c r="T91" s="110"/>
+      <c r="U91" s="110"/>
+      <c r="V91" s="110"/>
+      <c r="W91" s="110"/>
+      <c r="X91" s="110"/>
+      <c r="Y91" s="110"/>
+      <c r="Z91" s="110"/>
+      <c r="AA91" s="110"/>
+      <c r="AB91" s="110"/>
+      <c r="AC91" s="110"/>
+      <c r="AD91" s="110"/>
+      <c r="AE91" s="110"/>
+      <c r="AF91" s="110"/>
+      <c r="AG91" s="110"/>
+      <c r="AH91" s="110"/>
+      <c r="AI91" s="110"/>
+      <c r="AJ91" s="111"/>
+      <c r="AK91" s="233" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),71)</f>
         <v>(ou son délégué)</v>
       </c>
-      <c r="AL91" s="160"/>
-[...18 lines deleted...]
-      <c r="BE91" s="161"/>
+      <c r="AL91" s="234"/>
+      <c r="AM91" s="234"/>
+      <c r="AN91" s="234"/>
+      <c r="AO91" s="234"/>
+      <c r="AP91" s="234"/>
+      <c r="AQ91" s="234"/>
+      <c r="AR91" s="234"/>
+      <c r="AS91" s="234"/>
+      <c r="AT91" s="234"/>
+      <c r="AU91" s="234"/>
+      <c r="AV91" s="234"/>
+      <c r="AW91" s="234"/>
+      <c r="AX91" s="234"/>
+      <c r="AY91" s="234"/>
+      <c r="AZ91" s="234"/>
+      <c r="BA91" s="234"/>
+      <c r="BB91" s="234"/>
+      <c r="BC91" s="234"/>
+      <c r="BD91" s="234"/>
+      <c r="BE91" s="235"/>
       <c r="BF91" s="24"/>
     </row>
     <row r="92" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="23"/>
       <c r="B92" s="77"/>
       <c r="C92" s="77"/>
       <c r="D92" s="77"/>
       <c r="E92" s="77"/>
       <c r="F92" s="77"/>
       <c r="G92" s="77"/>
       <c r="H92" s="77"/>
       <c r="I92" s="77"/>
       <c r="J92" s="77"/>
-      <c r="K92" s="234"/>
-[...25 lines deleted...]
-      <c r="AK92" s="162" t="str">
+      <c r="K92" s="109"/>
+      <c r="L92" s="110"/>
+      <c r="M92" s="110"/>
+      <c r="N92" s="110"/>
+      <c r="O92" s="110"/>
+      <c r="P92" s="110"/>
+      <c r="Q92" s="110"/>
+      <c r="R92" s="110"/>
+      <c r="S92" s="110"/>
+      <c r="T92" s="110"/>
+      <c r="U92" s="110"/>
+      <c r="V92" s="110"/>
+      <c r="W92" s="110"/>
+      <c r="X92" s="110"/>
+      <c r="Y92" s="110"/>
+      <c r="Z92" s="110"/>
+      <c r="AA92" s="110"/>
+      <c r="AB92" s="110"/>
+      <c r="AC92" s="110"/>
+      <c r="AD92" s="110"/>
+      <c r="AE92" s="110"/>
+      <c r="AF92" s="110"/>
+      <c r="AG92" s="110"/>
+      <c r="AH92" s="110"/>
+      <c r="AI92" s="110"/>
+      <c r="AJ92" s="111"/>
+      <c r="AK92" s="236" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),72)</f>
         <v>Le formulaire est certifié complet et correct</v>
       </c>
-      <c r="AL92" s="163"/>
-[...18 lines deleted...]
-      <c r="BE92" s="164"/>
+      <c r="AL92" s="237"/>
+      <c r="AM92" s="237"/>
+      <c r="AN92" s="237"/>
+      <c r="AO92" s="237"/>
+      <c r="AP92" s="237"/>
+      <c r="AQ92" s="237"/>
+      <c r="AR92" s="237"/>
+      <c r="AS92" s="237"/>
+      <c r="AT92" s="237"/>
+      <c r="AU92" s="237"/>
+      <c r="AV92" s="237"/>
+      <c r="AW92" s="237"/>
+      <c r="AX92" s="237"/>
+      <c r="AY92" s="237"/>
+      <c r="AZ92" s="237"/>
+      <c r="BA92" s="237"/>
+      <c r="BB92" s="237"/>
+      <c r="BC92" s="237"/>
+      <c r="BD92" s="237"/>
+      <c r="BE92" s="238"/>
       <c r="BF92" s="24"/>
     </row>
     <row r="93" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="23"/>
       <c r="B93" s="77"/>
       <c r="C93" s="77"/>
       <c r="D93" s="77"/>
       <c r="E93" s="77"/>
       <c r="F93" s="77"/>
       <c r="G93" s="77"/>
       <c r="H93" s="77"/>
       <c r="I93" s="77"/>
       <c r="J93" s="77"/>
-      <c r="K93" s="237"/>
-[...24 lines deleted...]
-      <c r="AJ93" s="239"/>
+      <c r="K93" s="112"/>
+      <c r="L93" s="113"/>
+      <c r="M93" s="113"/>
+      <c r="N93" s="113"/>
+      <c r="O93" s="113"/>
+      <c r="P93" s="113"/>
+      <c r="Q93" s="113"/>
+      <c r="R93" s="113"/>
+      <c r="S93" s="113"/>
+      <c r="T93" s="113"/>
+      <c r="U93" s="113"/>
+      <c r="V93" s="113"/>
+      <c r="W93" s="113"/>
+      <c r="X93" s="113"/>
+      <c r="Y93" s="113"/>
+      <c r="Z93" s="113"/>
+      <c r="AA93" s="113"/>
+      <c r="AB93" s="113"/>
+      <c r="AC93" s="113"/>
+      <c r="AD93" s="113"/>
+      <c r="AE93" s="113"/>
+      <c r="AF93" s="113"/>
+      <c r="AG93" s="113"/>
+      <c r="AH93" s="113"/>
+      <c r="AI93" s="113"/>
+      <c r="AJ93" s="114"/>
       <c r="AK93" s="78"/>
       <c r="AL93" s="79"/>
       <c r="AM93" s="79"/>
       <c r="AN93" s="79"/>
       <c r="AO93" s="79"/>
       <c r="AP93" s="79"/>
       <c r="AQ93" s="79"/>
       <c r="AR93" s="79"/>
       <c r="AS93" s="79"/>
       <c r="AT93" s="79"/>
       <c r="AU93" s="79"/>
       <c r="AV93" s="79"/>
       <c r="AW93" s="79"/>
       <c r="AX93" s="79"/>
       <c r="AY93" s="79"/>
       <c r="AZ93" s="79"/>
       <c r="BA93" s="79"/>
       <c r="BB93" s="79"/>
       <c r="BC93" s="79"/>
       <c r="BD93" s="79"/>
       <c r="BE93" s="80"/>
       <c r="BF93" s="24"/>
     </row>
     <row r="94" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A94" s="23"/>
-      <c r="B94" s="106" t="str">
+      <c r="B94" s="101" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),65)</f>
         <v>Nom et adresse</v>
       </c>
-      <c r="C94" s="106"/>
-[...53 lines deleted...]
-      <c r="BE94" s="136"/>
+      <c r="C94" s="101"/>
+      <c r="D94" s="101"/>
+      <c r="E94" s="101"/>
+      <c r="F94" s="101"/>
+      <c r="G94" s="101"/>
+      <c r="H94" s="101"/>
+      <c r="I94" s="101"/>
+      <c r="J94" s="102"/>
+      <c r="K94" s="115"/>
+      <c r="L94" s="116"/>
+      <c r="M94" s="116"/>
+      <c r="N94" s="116"/>
+      <c r="O94" s="116"/>
+      <c r="P94" s="116"/>
+      <c r="Q94" s="116"/>
+      <c r="R94" s="116"/>
+      <c r="S94" s="116"/>
+      <c r="T94" s="116"/>
+      <c r="U94" s="116"/>
+      <c r="V94" s="116"/>
+      <c r="W94" s="116"/>
+      <c r="X94" s="116"/>
+      <c r="Y94" s="116"/>
+      <c r="Z94" s="116"/>
+      <c r="AA94" s="116"/>
+      <c r="AB94" s="116"/>
+      <c r="AC94" s="116"/>
+      <c r="AD94" s="116"/>
+      <c r="AE94" s="116"/>
+      <c r="AF94" s="116"/>
+      <c r="AG94" s="116"/>
+      <c r="AH94" s="116"/>
+      <c r="AI94" s="116"/>
+      <c r="AJ94" s="117"/>
+      <c r="AK94" s="215"/>
+      <c r="AL94" s="216"/>
+      <c r="AM94" s="216"/>
+      <c r="AN94" s="216"/>
+      <c r="AO94" s="216"/>
+      <c r="AP94" s="216"/>
+      <c r="AQ94" s="216"/>
+      <c r="AR94" s="216"/>
+      <c r="AS94" s="216"/>
+      <c r="AT94" s="216"/>
+      <c r="AU94" s="216"/>
+      <c r="AV94" s="216"/>
+      <c r="AW94" s="216"/>
+      <c r="AX94" s="216"/>
+      <c r="AY94" s="216"/>
+      <c r="AZ94" s="216"/>
+      <c r="BA94" s="216"/>
+      <c r="BB94" s="216"/>
+      <c r="BC94" s="216"/>
+      <c r="BD94" s="216"/>
+      <c r="BE94" s="217"/>
       <c r="BF94" s="24"/>
     </row>
     <row r="95" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A95" s="23"/>
-      <c r="B95" s="106" t="str">
+      <c r="B95" s="101" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),66)&amp;":"</f>
         <v>de l'entreprise:</v>
       </c>
-      <c r="C95" s="106"/>
-[...53 lines deleted...]
-      <c r="BE95" s="139"/>
+      <c r="C95" s="101"/>
+      <c r="D95" s="101"/>
+      <c r="E95" s="101"/>
+      <c r="F95" s="101"/>
+      <c r="G95" s="101"/>
+      <c r="H95" s="101"/>
+      <c r="I95" s="101"/>
+      <c r="J95" s="102"/>
+      <c r="K95" s="118"/>
+      <c r="L95" s="119"/>
+      <c r="M95" s="119"/>
+      <c r="N95" s="119"/>
+      <c r="O95" s="119"/>
+      <c r="P95" s="119"/>
+      <c r="Q95" s="119"/>
+      <c r="R95" s="119"/>
+      <c r="S95" s="119"/>
+      <c r="T95" s="119"/>
+      <c r="U95" s="119"/>
+      <c r="V95" s="119"/>
+      <c r="W95" s="119"/>
+      <c r="X95" s="119"/>
+      <c r="Y95" s="119"/>
+      <c r="Z95" s="119"/>
+      <c r="AA95" s="119"/>
+      <c r="AB95" s="119"/>
+      <c r="AC95" s="119"/>
+      <c r="AD95" s="119"/>
+      <c r="AE95" s="119"/>
+      <c r="AF95" s="119"/>
+      <c r="AG95" s="119"/>
+      <c r="AH95" s="119"/>
+      <c r="AI95" s="119"/>
+      <c r="AJ95" s="120"/>
+      <c r="AK95" s="218"/>
+      <c r="AL95" s="219"/>
+      <c r="AM95" s="219"/>
+      <c r="AN95" s="219"/>
+      <c r="AO95" s="219"/>
+      <c r="AP95" s="219"/>
+      <c r="AQ95" s="219"/>
+      <c r="AR95" s="219"/>
+      <c r="AS95" s="219"/>
+      <c r="AT95" s="219"/>
+      <c r="AU95" s="219"/>
+      <c r="AV95" s="219"/>
+      <c r="AW95" s="219"/>
+      <c r="AX95" s="219"/>
+      <c r="AY95" s="219"/>
+      <c r="AZ95" s="219"/>
+      <c r="BA95" s="219"/>
+      <c r="BB95" s="219"/>
+      <c r="BC95" s="219"/>
+      <c r="BD95" s="219"/>
+      <c r="BE95" s="220"/>
       <c r="BF95" s="24"/>
     </row>
     <row r="96" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A96" s="23"/>
       <c r="B96" s="81"/>
       <c r="C96" s="81"/>
       <c r="D96" s="81"/>
       <c r="E96" s="81"/>
       <c r="F96" s="81"/>
       <c r="G96" s="81"/>
       <c r="H96" s="81"/>
       <c r="I96" s="81"/>
       <c r="J96" s="82"/>
-      <c r="K96" s="246"/>
-[...45 lines deleted...]
-      <c r="BE96" s="142"/>
+      <c r="K96" s="121"/>
+      <c r="L96" s="122"/>
+      <c r="M96" s="122"/>
+      <c r="N96" s="122"/>
+      <c r="O96" s="122"/>
+      <c r="P96" s="122"/>
+      <c r="Q96" s="122"/>
+      <c r="R96" s="122"/>
+      <c r="S96" s="122"/>
+      <c r="T96" s="122"/>
+      <c r="U96" s="122"/>
+      <c r="V96" s="122"/>
+      <c r="W96" s="122"/>
+      <c r="X96" s="122"/>
+      <c r="Y96" s="122"/>
+      <c r="Z96" s="122"/>
+      <c r="AA96" s="122"/>
+      <c r="AB96" s="122"/>
+      <c r="AC96" s="122"/>
+      <c r="AD96" s="122"/>
+      <c r="AE96" s="122"/>
+      <c r="AF96" s="122"/>
+      <c r="AG96" s="122"/>
+      <c r="AH96" s="122"/>
+      <c r="AI96" s="122"/>
+      <c r="AJ96" s="123"/>
+      <c r="AK96" s="137"/>
+      <c r="AL96" s="138"/>
+      <c r="AM96" s="138"/>
+      <c r="AN96" s="138"/>
+      <c r="AO96" s="138"/>
+      <c r="AP96" s="138"/>
+      <c r="AQ96" s="138"/>
+      <c r="AR96" s="138"/>
+      <c r="AS96" s="138"/>
+      <c r="AT96" s="138"/>
+      <c r="AU96" s="138"/>
+      <c r="AV96" s="138"/>
+      <c r="AW96" s="138"/>
+      <c r="AX96" s="138"/>
+      <c r="AY96" s="138"/>
+      <c r="AZ96" s="138"/>
+      <c r="BA96" s="138"/>
+      <c r="BB96" s="138"/>
+      <c r="BC96" s="138"/>
+      <c r="BD96" s="138"/>
+      <c r="BE96" s="139"/>
       <c r="BF96" s="24"/>
     </row>
     <row r="97" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A97" s="23"/>
-      <c r="B97" s="106" t="str">
+      <c r="B97" s="101" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),73)&amp;":"</f>
         <v>Responsable:</v>
       </c>
-      <c r="C97" s="106"/>
-[...53 lines deleted...]
-      <c r="BE97" s="119"/>
+      <c r="C97" s="101"/>
+      <c r="D97" s="101"/>
+      <c r="E97" s="101"/>
+      <c r="F97" s="101"/>
+      <c r="G97" s="101"/>
+      <c r="H97" s="101"/>
+      <c r="I97" s="101"/>
+      <c r="J97" s="102"/>
+      <c r="K97" s="140"/>
+      <c r="L97" s="141"/>
+      <c r="M97" s="141"/>
+      <c r="N97" s="141"/>
+      <c r="O97" s="141"/>
+      <c r="P97" s="141"/>
+      <c r="Q97" s="141"/>
+      <c r="R97" s="141"/>
+      <c r="S97" s="141"/>
+      <c r="T97" s="141"/>
+      <c r="U97" s="141"/>
+      <c r="V97" s="141"/>
+      <c r="W97" s="141"/>
+      <c r="X97" s="141"/>
+      <c r="Y97" s="141"/>
+      <c r="Z97" s="141"/>
+      <c r="AA97" s="141"/>
+      <c r="AB97" s="141"/>
+      <c r="AC97" s="141"/>
+      <c r="AD97" s="141"/>
+      <c r="AE97" s="141"/>
+      <c r="AF97" s="141"/>
+      <c r="AG97" s="141"/>
+      <c r="AH97" s="141"/>
+      <c r="AI97" s="141"/>
+      <c r="AJ97" s="142"/>
+      <c r="AK97" s="134"/>
+      <c r="AL97" s="135"/>
+      <c r="AM97" s="135"/>
+      <c r="AN97" s="135"/>
+      <c r="AO97" s="135"/>
+      <c r="AP97" s="135"/>
+      <c r="AQ97" s="135"/>
+      <c r="AR97" s="135"/>
+      <c r="AS97" s="135"/>
+      <c r="AT97" s="135"/>
+      <c r="AU97" s="135"/>
+      <c r="AV97" s="135"/>
+      <c r="AW97" s="135"/>
+      <c r="AX97" s="135"/>
+      <c r="AY97" s="135"/>
+      <c r="AZ97" s="135"/>
+      <c r="BA97" s="135"/>
+      <c r="BB97" s="135"/>
+      <c r="BC97" s="135"/>
+      <c r="BD97" s="135"/>
+      <c r="BE97" s="136"/>
       <c r="BF97" s="24"/>
     </row>
     <row r="98" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A98" s="23"/>
       <c r="B98" s="81"/>
       <c r="C98" s="81"/>
       <c r="D98" s="81"/>
       <c r="E98" s="81"/>
       <c r="F98" s="81"/>
       <c r="G98" s="81"/>
       <c r="H98" s="81"/>
       <c r="I98" s="81"/>
       <c r="J98" s="82"/>
-      <c r="K98" s="246"/>
-[...45 lines deleted...]
-      <c r="BE98" s="142"/>
+      <c r="K98" s="121"/>
+      <c r="L98" s="122"/>
+      <c r="M98" s="122"/>
+      <c r="N98" s="122"/>
+      <c r="O98" s="122"/>
+      <c r="P98" s="122"/>
+      <c r="Q98" s="122"/>
+      <c r="R98" s="122"/>
+      <c r="S98" s="122"/>
+      <c r="T98" s="122"/>
+      <c r="U98" s="122"/>
+      <c r="V98" s="122"/>
+      <c r="W98" s="122"/>
+      <c r="X98" s="122"/>
+      <c r="Y98" s="122"/>
+      <c r="Z98" s="122"/>
+      <c r="AA98" s="122"/>
+      <c r="AB98" s="122"/>
+      <c r="AC98" s="122"/>
+      <c r="AD98" s="122"/>
+      <c r="AE98" s="122"/>
+      <c r="AF98" s="122"/>
+      <c r="AG98" s="122"/>
+      <c r="AH98" s="122"/>
+      <c r="AI98" s="122"/>
+      <c r="AJ98" s="123"/>
+      <c r="AK98" s="137"/>
+      <c r="AL98" s="138"/>
+      <c r="AM98" s="138"/>
+      <c r="AN98" s="138"/>
+      <c r="AO98" s="138"/>
+      <c r="AP98" s="138"/>
+      <c r="AQ98" s="138"/>
+      <c r="AR98" s="138"/>
+      <c r="AS98" s="138"/>
+      <c r="AT98" s="138"/>
+      <c r="AU98" s="138"/>
+      <c r="AV98" s="138"/>
+      <c r="AW98" s="138"/>
+      <c r="AX98" s="138"/>
+      <c r="AY98" s="138"/>
+      <c r="AZ98" s="138"/>
+      <c r="BA98" s="138"/>
+      <c r="BB98" s="138"/>
+      <c r="BC98" s="138"/>
+      <c r="BD98" s="138"/>
+      <c r="BE98" s="139"/>
       <c r="BF98" s="24"/>
     </row>
     <row r="99" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A99" s="23"/>
-      <c r="B99" s="108" t="str">
+      <c r="B99" s="100" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),67)&amp;":"</f>
         <v>tél / mail:</v>
       </c>
-      <c r="C99" s="108"/>
-[...53 lines deleted...]
-      <c r="BE99" s="105"/>
+      <c r="C99" s="100"/>
+      <c r="D99" s="100"/>
+      <c r="E99" s="100"/>
+      <c r="F99" s="100"/>
+      <c r="G99" s="100"/>
+      <c r="H99" s="100"/>
+      <c r="I99" s="100"/>
+      <c r="J99" s="248"/>
+      <c r="K99" s="242"/>
+      <c r="L99" s="243"/>
+      <c r="M99" s="243"/>
+      <c r="N99" s="243"/>
+      <c r="O99" s="243"/>
+      <c r="P99" s="243"/>
+      <c r="Q99" s="243"/>
+      <c r="R99" s="243"/>
+      <c r="S99" s="243"/>
+      <c r="T99" s="243"/>
+      <c r="U99" s="243"/>
+      <c r="V99" s="243"/>
+      <c r="W99" s="243"/>
+      <c r="X99" s="243"/>
+      <c r="Y99" s="243"/>
+      <c r="Z99" s="243"/>
+      <c r="AA99" s="243"/>
+      <c r="AB99" s="243"/>
+      <c r="AC99" s="243"/>
+      <c r="AD99" s="243"/>
+      <c r="AE99" s="243"/>
+      <c r="AF99" s="243"/>
+      <c r="AG99" s="243"/>
+      <c r="AH99" s="243"/>
+      <c r="AI99" s="243"/>
+      <c r="AJ99" s="244"/>
+      <c r="AK99" s="245"/>
+      <c r="AL99" s="246"/>
+      <c r="AM99" s="246"/>
+      <c r="AN99" s="246"/>
+      <c r="AO99" s="246"/>
+      <c r="AP99" s="246"/>
+      <c r="AQ99" s="246"/>
+      <c r="AR99" s="246"/>
+      <c r="AS99" s="246"/>
+      <c r="AT99" s="246"/>
+      <c r="AU99" s="246"/>
+      <c r="AV99" s="246"/>
+      <c r="AW99" s="246"/>
+      <c r="AX99" s="246"/>
+      <c r="AY99" s="246"/>
+      <c r="AZ99" s="246"/>
+      <c r="BA99" s="246"/>
+      <c r="BB99" s="246"/>
+      <c r="BC99" s="246"/>
+      <c r="BD99" s="246"/>
+      <c r="BE99" s="247"/>
       <c r="BF99" s="24"/>
     </row>
     <row r="100" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A100" s="23"/>
-      <c r="B100" s="106" t="str">
+      <c r="B100" s="101" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),68)&amp;":"</f>
         <v>Lieu et date:</v>
       </c>
-      <c r="C100" s="106"/>
-[...53 lines deleted...]
-      <c r="BE100" s="119"/>
+      <c r="C100" s="101"/>
+      <c r="D100" s="101"/>
+      <c r="E100" s="101"/>
+      <c r="F100" s="101"/>
+      <c r="G100" s="101"/>
+      <c r="H100" s="101"/>
+      <c r="I100" s="101"/>
+      <c r="J100" s="102"/>
+      <c r="K100" s="249"/>
+      <c r="L100" s="250"/>
+      <c r="M100" s="250"/>
+      <c r="N100" s="250"/>
+      <c r="O100" s="250"/>
+      <c r="P100" s="250"/>
+      <c r="Q100" s="250"/>
+      <c r="R100" s="250"/>
+      <c r="S100" s="250"/>
+      <c r="T100" s="250"/>
+      <c r="U100" s="250"/>
+      <c r="V100" s="250"/>
+      <c r="W100" s="250"/>
+      <c r="X100" s="250"/>
+      <c r="Y100" s="250"/>
+      <c r="Z100" s="250"/>
+      <c r="AA100" s="250"/>
+      <c r="AB100" s="250"/>
+      <c r="AC100" s="250"/>
+      <c r="AD100" s="250"/>
+      <c r="AE100" s="250"/>
+      <c r="AF100" s="250"/>
+      <c r="AG100" s="250"/>
+      <c r="AH100" s="250"/>
+      <c r="AI100" s="250"/>
+      <c r="AJ100" s="251"/>
+      <c r="AK100" s="134"/>
+      <c r="AL100" s="135"/>
+      <c r="AM100" s="135"/>
+      <c r="AN100" s="135"/>
+      <c r="AO100" s="135"/>
+      <c r="AP100" s="135"/>
+      <c r="AQ100" s="135"/>
+      <c r="AR100" s="135"/>
+      <c r="AS100" s="135"/>
+      <c r="AT100" s="135"/>
+      <c r="AU100" s="135"/>
+      <c r="AV100" s="135"/>
+      <c r="AW100" s="135"/>
+      <c r="AX100" s="135"/>
+      <c r="AY100" s="135"/>
+      <c r="AZ100" s="135"/>
+      <c r="BA100" s="135"/>
+      <c r="BB100" s="135"/>
+      <c r="BC100" s="135"/>
+      <c r="BD100" s="135"/>
+      <c r="BE100" s="136"/>
       <c r="BF100" s="24"/>
     </row>
     <row r="101" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="23"/>
-      <c r="B101" s="106"/>
-[...54 lines deleted...]
-      <c r="BE101" s="122"/>
+      <c r="B101" s="101"/>
+      <c r="C101" s="101"/>
+      <c r="D101" s="101"/>
+      <c r="E101" s="101"/>
+      <c r="F101" s="101"/>
+      <c r="G101" s="101"/>
+      <c r="H101" s="101"/>
+      <c r="I101" s="101"/>
+      <c r="J101" s="102"/>
+      <c r="K101" s="252"/>
+      <c r="L101" s="253"/>
+      <c r="M101" s="253"/>
+      <c r="N101" s="253"/>
+      <c r="O101" s="253"/>
+      <c r="P101" s="253"/>
+      <c r="Q101" s="253"/>
+      <c r="R101" s="253"/>
+      <c r="S101" s="253"/>
+      <c r="T101" s="253"/>
+      <c r="U101" s="253"/>
+      <c r="V101" s="253"/>
+      <c r="W101" s="253"/>
+      <c r="X101" s="253"/>
+      <c r="Y101" s="253"/>
+      <c r="Z101" s="253"/>
+      <c r="AA101" s="253"/>
+      <c r="AB101" s="253"/>
+      <c r="AC101" s="253"/>
+      <c r="AD101" s="253"/>
+      <c r="AE101" s="253"/>
+      <c r="AF101" s="253"/>
+      <c r="AG101" s="253"/>
+      <c r="AH101" s="253"/>
+      <c r="AI101" s="253"/>
+      <c r="AJ101" s="254"/>
+      <c r="AK101" s="255"/>
+      <c r="AL101" s="256"/>
+      <c r="AM101" s="256"/>
+      <c r="AN101" s="256"/>
+      <c r="AO101" s="256"/>
+      <c r="AP101" s="256"/>
+      <c r="AQ101" s="256"/>
+      <c r="AR101" s="256"/>
+      <c r="AS101" s="256"/>
+      <c r="AT101" s="256"/>
+      <c r="AU101" s="256"/>
+      <c r="AV101" s="256"/>
+      <c r="AW101" s="256"/>
+      <c r="AX101" s="256"/>
+      <c r="AY101" s="256"/>
+      <c r="AZ101" s="256"/>
+      <c r="BA101" s="256"/>
+      <c r="BB101" s="256"/>
+      <c r="BC101" s="256"/>
+      <c r="BD101" s="256"/>
+      <c r="BE101" s="257"/>
       <c r="BF101" s="24"/>
     </row>
     <row r="102" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A102" s="23"/>
       <c r="B102" s="83"/>
       <c r="C102" s="81"/>
       <c r="D102" s="81"/>
       <c r="E102" s="81"/>
       <c r="F102" s="81"/>
       <c r="G102" s="81"/>
       <c r="H102" s="81"/>
       <c r="I102" s="81"/>
       <c r="J102" s="81"/>
       <c r="K102" s="63"/>
       <c r="L102" s="63"/>
       <c r="M102" s="63"/>
       <c r="N102" s="63"/>
       <c r="O102" s="63"/>
       <c r="P102" s="63"/>
       <c r="Q102" s="63"/>
       <c r="R102" s="63"/>
       <c r="S102" s="63"/>
       <c r="T102" s="63"/>
       <c r="U102" s="63"/>
       <c r="V102" s="63"/>
@@ -12796,141 +12796,141 @@
       <c r="AH103" s="23"/>
       <c r="AI103" s="23"/>
       <c r="AJ103" s="23"/>
       <c r="AK103" s="23"/>
       <c r="AL103" s="23"/>
       <c r="AM103" s="23"/>
       <c r="AN103" s="23"/>
       <c r="AO103" s="23"/>
       <c r="AP103" s="23"/>
       <c r="AQ103" s="23"/>
       <c r="AR103" s="23"/>
       <c r="AS103" s="23"/>
       <c r="AT103" s="23"/>
       <c r="AU103" s="23"/>
       <c r="AV103" s="23"/>
       <c r="AW103" s="23"/>
       <c r="AX103" s="23"/>
       <c r="AY103" s="23"/>
       <c r="AZ103" s="23"/>
       <c r="BA103" s="23"/>
       <c r="BB103" s="23"/>
       <c r="BC103" s="23"/>
       <c r="BD103" s="23"/>
       <c r="BE103" s="72" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),74)</f>
-        <v>Version 11 novembre 2025 (valable jusqu'au 31.12.2025)</v>
+        <v>Version 5 janvier 2026 (valable jusqu'au 31.12.2026)</v>
       </c>
       <c r="BF103" s="24"/>
     </row>
     <row r="104" spans="1:58" x14ac:dyDescent="0.35"/>
     <row r="105" spans="1:58" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="5rxnz9eSl61MXMxrCPrx4QXBr86YqMD90f6lmDO7Kjqk7Pwp0D1Z9lrKQTq5nYye201UgVCpuYI4AONDNWodBA==" saltValue="HECai3oiO3OWPd9NEJH/mw==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="82">
-    <mergeCell ref="B56:J56"/>
-[...48 lines deleted...]
-    <mergeCell ref="R43:U43"/>
+    <mergeCell ref="K99:AJ99"/>
+    <mergeCell ref="AK99:BE99"/>
+    <mergeCell ref="B100:J101"/>
+    <mergeCell ref="B99:J99"/>
+    <mergeCell ref="AP42:AS42"/>
+    <mergeCell ref="K100:AJ101"/>
+    <mergeCell ref="AK100:BE101"/>
+    <mergeCell ref="AT42:AW42"/>
+    <mergeCell ref="AX42:BA42"/>
+    <mergeCell ref="BB42:BE42"/>
+    <mergeCell ref="V42:Y42"/>
+    <mergeCell ref="Z42:AC42"/>
+    <mergeCell ref="AD42:AG42"/>
+    <mergeCell ref="AH42:AK42"/>
+    <mergeCell ref="AL42:AO42"/>
+    <mergeCell ref="L62:AJ62"/>
     <mergeCell ref="U37:AN37"/>
     <mergeCell ref="J36:L36"/>
     <mergeCell ref="AK62:BF62"/>
     <mergeCell ref="L58:AJ58"/>
     <mergeCell ref="AK94:BE96"/>
     <mergeCell ref="V36:X36"/>
     <mergeCell ref="AL36:AP36"/>
     <mergeCell ref="AP43:AS43"/>
     <mergeCell ref="AT43:AW43"/>
     <mergeCell ref="AP56:AV56"/>
     <mergeCell ref="AL43:AO43"/>
     <mergeCell ref="AL38:AN38"/>
     <mergeCell ref="AK90:BE90"/>
     <mergeCell ref="AK91:BE91"/>
     <mergeCell ref="AK92:BE92"/>
     <mergeCell ref="N68:U68"/>
-    <mergeCell ref="K99:AJ99"/>
-[...14 lines deleted...]
-    <mergeCell ref="L62:AJ62"/>
+    <mergeCell ref="N38:R38"/>
+    <mergeCell ref="L56:AJ56"/>
+    <mergeCell ref="V43:Y43"/>
+    <mergeCell ref="Z43:AC43"/>
+    <mergeCell ref="AD43:AG43"/>
+    <mergeCell ref="AH43:AK43"/>
+    <mergeCell ref="R42:U42"/>
+    <mergeCell ref="R43:U43"/>
+    <mergeCell ref="AM14:AO14"/>
+    <mergeCell ref="AK29:BF29"/>
+    <mergeCell ref="L21:AJ21"/>
+    <mergeCell ref="L23:AJ23"/>
+    <mergeCell ref="AP21:AV21"/>
+    <mergeCell ref="P17:X18"/>
+    <mergeCell ref="L25:O25"/>
+    <mergeCell ref="U25:AJ25"/>
+    <mergeCell ref="L27:V27"/>
+    <mergeCell ref="L29:AJ29"/>
+    <mergeCell ref="AM2:BE3"/>
+    <mergeCell ref="I9:BE9"/>
+    <mergeCell ref="B2:I5"/>
+    <mergeCell ref="J2:X5"/>
+    <mergeCell ref="Y2:AL5"/>
+    <mergeCell ref="I7:Y7"/>
+    <mergeCell ref="AO7:AT7"/>
+    <mergeCell ref="AE7:AI7"/>
+    <mergeCell ref="AM4:BE5"/>
+    <mergeCell ref="AY7:BE7"/>
+    <mergeCell ref="B43:E43"/>
+    <mergeCell ref="B42:E42"/>
+    <mergeCell ref="F42:I42"/>
+    <mergeCell ref="J42:M42"/>
+    <mergeCell ref="N42:Q42"/>
+    <mergeCell ref="F43:I43"/>
+    <mergeCell ref="J43:M43"/>
+    <mergeCell ref="N43:Q43"/>
+    <mergeCell ref="B56:J56"/>
+    <mergeCell ref="B97:J97"/>
+    <mergeCell ref="V64:AJ64"/>
+    <mergeCell ref="K90:AJ93"/>
+    <mergeCell ref="K94:AJ96"/>
+    <mergeCell ref="B94:J94"/>
+    <mergeCell ref="B95:J95"/>
+    <mergeCell ref="B71:BE71"/>
+    <mergeCell ref="V66:Z66"/>
+    <mergeCell ref="L60:O60"/>
+    <mergeCell ref="U60:AJ60"/>
+    <mergeCell ref="AK97:BE98"/>
+    <mergeCell ref="K97:AJ98"/>
+    <mergeCell ref="AW68:BA68"/>
   </mergeCells>
   <conditionalFormatting sqref="T37:AN37">
     <cfRule type="expression" dxfId="4" priority="31">
       <formula>$BI$37=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T39:AN39">
     <cfRule type="expression" dxfId="3" priority="26">
       <formula>$BI$39=1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalide / Ungültig " error="Veuillez saisir un code postal suisse valide à 4 chiffres (p. ex. 1950)._x000a__x000a_Bitte geben Sie eine gültige Schweizer PLZ mit 4 Ziffern ein (z. B. 1950)." sqref="L25:L26 M26:T26 P25 L60:L61 M61:T61 P60" xr:uid="{5E15C802-3FF0-4465-B483-8B228CD22EDF}">
       <formula1>1000</formula1>
       <formula2>9999</formula2>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AN21:AN22 AW21:AY22 AO22:AV22 AN56:AN57 AW56:AY57 AO57:AV57" xr:uid="{CC5FE88C-0562-45C5-8739-DD8162A2EF14}">
       <formula1>15</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L27:V28" xr:uid="{F4023374-BD89-4A37-BB81-49C865FC6C9E}">
       <formula1>271000000</formula1>
       <formula2>799999999</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V36:X36" xr:uid="{994EA1C3-2E3F-4A5C-9408-41A72C1DE686}">
       <formula1>100</formula1>
@@ -13482,919 +13482,919 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E51" sqref="E51:G51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="4.1796875" style="2" customWidth="1"/>
     <col min="2" max="2" width="11.453125" style="2" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="2" customWidth="1"/>
     <col min="4" max="4" width="5.1796875" style="2" customWidth="1"/>
     <col min="5" max="5" width="5.1796875" style="3" customWidth="1"/>
     <col min="6" max="6" width="3.26953125" style="3" customWidth="1"/>
     <col min="7" max="8" width="4.81640625" style="3" customWidth="1"/>
     <col min="9" max="19" width="11.453125" style="3" customWidth="1"/>
     <col min="20" max="20" width="13.81640625" style="3" customWidth="1"/>
     <col min="21" max="24" width="0" style="2" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.453125" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.5"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="E2" s="294" t="s">
+      <c r="E2" s="266" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="294"/>
-[...12 lines deleted...]
-      <c r="S2" s="294"/>
+      <c r="F2" s="266"/>
+      <c r="G2" s="266"/>
+      <c r="H2" s="266"/>
+      <c r="I2" s="266"/>
+      <c r="J2" s="266"/>
+      <c r="K2" s="266"/>
+      <c r="L2" s="266"/>
+      <c r="M2" s="266"/>
+      <c r="N2" s="266"/>
+      <c r="O2" s="266"/>
+      <c r="P2" s="266"/>
+      <c r="Q2" s="266"/>
+      <c r="R2" s="266"/>
+      <c r="S2" s="266"/>
       <c r="T2" s="4"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="E3" s="294"/>
-[...13 lines deleted...]
-      <c r="S3" s="294"/>
+      <c r="E3" s="266"/>
+      <c r="F3" s="266"/>
+      <c r="G3" s="266"/>
+      <c r="H3" s="266"/>
+      <c r="I3" s="266"/>
+      <c r="J3" s="266"/>
+      <c r="K3" s="266"/>
+      <c r="L3" s="266"/>
+      <c r="M3" s="266"/>
+      <c r="N3" s="266"/>
+      <c r="O3" s="266"/>
+      <c r="P3" s="266"/>
+      <c r="Q3" s="266"/>
+      <c r="R3" s="266"/>
+      <c r="S3" s="266"/>
       <c r="T3" s="4"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="E4" s="294"/>
-[...13 lines deleted...]
-      <c r="S4" s="294"/>
+      <c r="E4" s="266"/>
+      <c r="F4" s="266"/>
+      <c r="G4" s="266"/>
+      <c r="H4" s="266"/>
+      <c r="I4" s="266"/>
+      <c r="J4" s="266"/>
+      <c r="K4" s="266"/>
+      <c r="L4" s="266"/>
+      <c r="M4" s="266"/>
+      <c r="N4" s="266"/>
+      <c r="O4" s="266"/>
+      <c r="P4" s="266"/>
+      <c r="Q4" s="266"/>
+      <c r="R4" s="266"/>
+      <c r="S4" s="266"/>
       <c r="T4" s="4"/>
     </row>
     <row r="5" spans="2:20" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="Q5" s="295" t="s">
+      <c r="Q5" s="267" t="s">
         <v>53</v>
       </c>
-      <c r="R5" s="295"/>
-      <c r="S5" s="295"/>
+      <c r="R5" s="267"/>
+      <c r="S5" s="267"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.5"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B7" s="296" t="s">
+      <c r="B7" s="268" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="297"/>
+      <c r="C7" s="269"/>
       <c r="E7" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B8" s="298"/>
-      <c r="C8" s="299"/>
+      <c r="B8" s="270"/>
+      <c r="C8" s="271"/>
       <c r="E8" s="8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B9" s="298"/>
-      <c r="C9" s="299"/>
+      <c r="B9" s="270"/>
+      <c r="C9" s="271"/>
       <c r="E9" s="8"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B10" s="298"/>
-      <c r="C10" s="299"/>
+      <c r="B10" s="270"/>
+      <c r="C10" s="271"/>
       <c r="E10" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="265" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="265"/>
       <c r="H10" s="265"/>
       <c r="I10" s="265"/>
       <c r="J10" s="265"/>
       <c r="K10" s="265"/>
       <c r="L10" s="265"/>
       <c r="M10" s="265"/>
       <c r="N10" s="265"/>
       <c r="O10" s="265"/>
       <c r="P10" s="265"/>
       <c r="Q10" s="265"/>
       <c r="R10" s="265"/>
       <c r="S10" s="265"/>
       <c r="T10" s="10"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B11" s="298"/>
-      <c r="C11" s="299"/>
+      <c r="B11" s="270"/>
+      <c r="C11" s="271"/>
       <c r="E11" s="9"/>
       <c r="F11" s="265"/>
       <c r="G11" s="265"/>
       <c r="H11" s="265"/>
       <c r="I11" s="265"/>
       <c r="J11" s="265"/>
       <c r="K11" s="265"/>
       <c r="L11" s="265"/>
       <c r="M11" s="265"/>
       <c r="N11" s="265"/>
       <c r="O11" s="265"/>
       <c r="P11" s="265"/>
       <c r="Q11" s="265"/>
       <c r="R11" s="265"/>
       <c r="S11" s="265"/>
       <c r="T11" s="10"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B12" s="298"/>
-      <c r="C12" s="299"/>
+      <c r="B12" s="270"/>
+      <c r="C12" s="271"/>
       <c r="E12" s="9"/>
       <c r="F12" s="265"/>
       <c r="G12" s="265"/>
       <c r="H12" s="265"/>
       <c r="I12" s="265"/>
       <c r="J12" s="265"/>
       <c r="K12" s="265"/>
       <c r="L12" s="265"/>
       <c r="M12" s="265"/>
       <c r="N12" s="265"/>
       <c r="O12" s="265"/>
       <c r="P12" s="265"/>
       <c r="Q12" s="265"/>
       <c r="R12" s="265"/>
       <c r="S12" s="265"/>
       <c r="T12" s="10"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B13" s="298"/>
-      <c r="C13" s="299"/>
+      <c r="B13" s="270"/>
+      <c r="C13" s="271"/>
       <c r="E13" s="11"/>
       <c r="F13" s="265"/>
       <c r="G13" s="265"/>
       <c r="H13" s="265"/>
       <c r="I13" s="265"/>
       <c r="J13" s="265"/>
       <c r="K13" s="265"/>
       <c r="L13" s="265"/>
       <c r="M13" s="265"/>
       <c r="N13" s="265"/>
       <c r="O13" s="265"/>
       <c r="P13" s="265"/>
       <c r="Q13" s="265"/>
       <c r="R13" s="265"/>
       <c r="S13" s="265"/>
       <c r="T13" s="10"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="298"/>
-      <c r="C14" s="299"/>
+      <c r="B14" s="270"/>
+      <c r="C14" s="271"/>
       <c r="E14" s="11"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B15" s="298"/>
-      <c r="C15" s="299"/>
+      <c r="B15" s="270"/>
+      <c r="C15" s="271"/>
       <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F15" s="265" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="265"/>
       <c r="H15" s="265"/>
       <c r="I15" s="265"/>
       <c r="J15" s="265"/>
       <c r="K15" s="265"/>
       <c r="L15" s="265"/>
       <c r="M15" s="265"/>
       <c r="N15" s="265"/>
       <c r="O15" s="265"/>
       <c r="P15" s="265"/>
       <c r="Q15" s="265"/>
       <c r="R15" s="265"/>
       <c r="S15" s="265"/>
       <c r="T15" s="10"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B16" s="298"/>
-      <c r="C16" s="299"/>
+      <c r="B16" s="270"/>
+      <c r="C16" s="271"/>
       <c r="E16" s="9"/>
       <c r="F16" s="265"/>
       <c r="G16" s="265"/>
       <c r="H16" s="265"/>
       <c r="I16" s="265"/>
       <c r="J16" s="265"/>
       <c r="K16" s="265"/>
       <c r="L16" s="265"/>
       <c r="M16" s="265"/>
       <c r="N16" s="265"/>
       <c r="O16" s="265"/>
       <c r="P16" s="265"/>
       <c r="Q16" s="265"/>
       <c r="R16" s="265"/>
       <c r="S16" s="265"/>
       <c r="T16" s="10"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B17" s="300"/>
-      <c r="C17" s="301"/>
+      <c r="B17" s="272"/>
+      <c r="C17" s="273"/>
       <c r="E17" s="11"/>
       <c r="F17" s="265"/>
       <c r="G17" s="265"/>
       <c r="H17" s="265"/>
       <c r="I17" s="265"/>
       <c r="J17" s="265"/>
       <c r="K17" s="265"/>
       <c r="L17" s="265"/>
       <c r="M17" s="265"/>
       <c r="N17" s="265"/>
       <c r="O17" s="265"/>
       <c r="P17" s="265"/>
       <c r="Q17" s="265"/>
       <c r="R17" s="265"/>
       <c r="S17" s="265"/>
       <c r="T17" s="10"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.5"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B19" s="272"/>
-      <c r="C19" s="273"/>
+      <c r="B19" s="259"/>
+      <c r="C19" s="260"/>
       <c r="E19" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B20" s="274"/>
-      <c r="C20" s="275"/>
+      <c r="B20" s="261"/>
+      <c r="C20" s="262"/>
       <c r="E20" s="8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B21" s="274"/>
-      <c r="C21" s="275"/>
+      <c r="B21" s="261"/>
+      <c r="C21" s="262"/>
       <c r="E21" s="8"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B22" s="274"/>
-      <c r="C22" s="275"/>
+      <c r="B22" s="261"/>
+      <c r="C22" s="262"/>
       <c r="F22" s="265" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="265"/>
       <c r="H22" s="265"/>
       <c r="I22" s="265"/>
       <c r="J22" s="265"/>
       <c r="K22" s="265"/>
       <c r="L22" s="265"/>
       <c r="M22" s="265"/>
       <c r="N22" s="265"/>
       <c r="O22" s="265"/>
       <c r="P22" s="265"/>
       <c r="Q22" s="265"/>
       <c r="R22" s="265"/>
       <c r="S22" s="265"/>
       <c r="T22" s="10"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B23" s="274"/>
-      <c r="C23" s="275"/>
+      <c r="B23" s="261"/>
+      <c r="C23" s="262"/>
       <c r="E23" s="10"/>
       <c r="F23" s="265"/>
       <c r="G23" s="265"/>
       <c r="H23" s="265"/>
       <c r="I23" s="265"/>
       <c r="J23" s="265"/>
       <c r="K23" s="265"/>
       <c r="L23" s="265"/>
       <c r="M23" s="265"/>
       <c r="N23" s="265"/>
       <c r="O23" s="265"/>
       <c r="P23" s="265"/>
       <c r="Q23" s="265"/>
       <c r="R23" s="265"/>
       <c r="S23" s="265"/>
       <c r="T23" s="10"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B24" s="274"/>
-      <c r="C24" s="275"/>
+      <c r="B24" s="261"/>
+      <c r="C24" s="262"/>
       <c r="E24" s="10"/>
       <c r="F24" s="265"/>
       <c r="G24" s="265"/>
       <c r="H24" s="265"/>
       <c r="I24" s="265"/>
       <c r="J24" s="265"/>
       <c r="K24" s="265"/>
       <c r="L24" s="265"/>
       <c r="M24" s="265"/>
       <c r="N24" s="265"/>
       <c r="O24" s="265"/>
       <c r="P24" s="265"/>
       <c r="Q24" s="265"/>
       <c r="R24" s="265"/>
       <c r="S24" s="265"/>
       <c r="T24" s="10"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B25" s="274"/>
-      <c r="C25" s="275"/>
+      <c r="B25" s="261"/>
+      <c r="C25" s="262"/>
       <c r="E25" s="10"/>
       <c r="F25" s="265"/>
       <c r="G25" s="265"/>
       <c r="H25" s="265"/>
       <c r="I25" s="265"/>
       <c r="J25" s="265"/>
       <c r="K25" s="265"/>
       <c r="L25" s="265"/>
       <c r="M25" s="265"/>
       <c r="N25" s="265"/>
       <c r="O25" s="265"/>
       <c r="P25" s="265"/>
       <c r="Q25" s="265"/>
       <c r="R25" s="265"/>
       <c r="S25" s="265"/>
       <c r="T25" s="10"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B26" s="274"/>
-      <c r="C26" s="275"/>
+      <c r="B26" s="261"/>
+      <c r="C26" s="262"/>
       <c r="E26" s="10"/>
       <c r="F26" s="265"/>
       <c r="G26" s="265"/>
       <c r="H26" s="265"/>
       <c r="I26" s="265"/>
       <c r="J26" s="265"/>
       <c r="K26" s="265"/>
       <c r="L26" s="265"/>
       <c r="M26" s="265"/>
       <c r="N26" s="265"/>
       <c r="O26" s="265"/>
       <c r="P26" s="265"/>
       <c r="Q26" s="265"/>
       <c r="R26" s="265"/>
       <c r="S26" s="265"/>
       <c r="T26" s="10"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B27" s="274"/>
-      <c r="C27" s="275"/>
+      <c r="B27" s="261"/>
+      <c r="C27" s="262"/>
       <c r="E27" s="10"/>
       <c r="F27" s="265"/>
       <c r="G27" s="265"/>
       <c r="H27" s="265"/>
       <c r="I27" s="265"/>
       <c r="J27" s="265"/>
       <c r="K27" s="265"/>
       <c r="L27" s="265"/>
       <c r="M27" s="265"/>
       <c r="N27" s="265"/>
       <c r="O27" s="265"/>
       <c r="P27" s="265"/>
       <c r="Q27" s="265"/>
       <c r="R27" s="265"/>
       <c r="S27" s="265"/>
       <c r="T27" s="10"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B28" s="274"/>
-      <c r="C28" s="275"/>
+      <c r="B28" s="261"/>
+      <c r="C28" s="262"/>
       <c r="E28" s="10"/>
       <c r="F28" s="265"/>
       <c r="G28" s="265"/>
       <c r="H28" s="265"/>
       <c r="I28" s="265"/>
       <c r="J28" s="265"/>
       <c r="K28" s="265"/>
       <c r="L28" s="265"/>
       <c r="M28" s="265"/>
       <c r="N28" s="265"/>
       <c r="O28" s="265"/>
       <c r="P28" s="265"/>
       <c r="Q28" s="265"/>
       <c r="R28" s="265"/>
       <c r="S28" s="265"/>
       <c r="T28" s="10"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B29" s="276"/>
-      <c r="C29" s="277"/>
+      <c r="B29" s="263"/>
+      <c r="C29" s="264"/>
       <c r="E29" s="10"/>
       <c r="F29" s="265"/>
       <c r="G29" s="265"/>
       <c r="H29" s="265"/>
       <c r="I29" s="265"/>
       <c r="J29" s="265"/>
       <c r="K29" s="265"/>
       <c r="L29" s="265"/>
       <c r="M29" s="265"/>
       <c r="N29" s="265"/>
       <c r="O29" s="265"/>
       <c r="P29" s="265"/>
       <c r="Q29" s="265"/>
       <c r="R29" s="265"/>
       <c r="S29" s="265"/>
       <c r="T29" s="10"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.45">
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
       <c r="I30" s="12"/>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="12"/>
       <c r="M30" s="12"/>
       <c r="N30" s="12"/>
       <c r="O30" s="12"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="12"/>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B31" s="272"/>
-      <c r="C31" s="273"/>
+      <c r="B31" s="259"/>
+      <c r="C31" s="260"/>
       <c r="E31" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B32" s="274"/>
-      <c r="C32" s="275"/>
+      <c r="B32" s="261"/>
+      <c r="C32" s="262"/>
       <c r="E32" s="7"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B33" s="274"/>
-      <c r="C33" s="275"/>
+      <c r="B33" s="261"/>
+      <c r="C33" s="262"/>
       <c r="E33" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B34" s="274"/>
-      <c r="C34" s="275"/>
+      <c r="B34" s="261"/>
+      <c r="C34" s="262"/>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B35" s="274"/>
-      <c r="C35" s="275"/>
+      <c r="B35" s="261"/>
+      <c r="C35" s="262"/>
       <c r="E35" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B36" s="274"/>
-      <c r="C36" s="275"/>
+      <c r="B36" s="261"/>
+      <c r="C36" s="262"/>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B37" s="274"/>
-      <c r="C37" s="275"/>
+      <c r="B37" s="261"/>
+      <c r="C37" s="262"/>
       <c r="E37" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="265" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="265"/>
       <c r="H37" s="265"/>
       <c r="I37" s="265"/>
       <c r="J37" s="265"/>
       <c r="K37" s="265"/>
       <c r="L37" s="265"/>
       <c r="M37" s="265"/>
       <c r="N37" s="265"/>
       <c r="O37" s="265"/>
       <c r="P37" s="265"/>
       <c r="Q37" s="265"/>
       <c r="R37" s="265"/>
       <c r="S37" s="265"/>
       <c r="T37" s="10"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B38" s="276"/>
-      <c r="C38" s="277"/>
+      <c r="B38" s="263"/>
+      <c r="C38" s="264"/>
       <c r="E38" s="13"/>
       <c r="F38" s="265"/>
       <c r="G38" s="265"/>
       <c r="H38" s="265"/>
       <c r="I38" s="265"/>
       <c r="J38" s="265"/>
       <c r="K38" s="265"/>
       <c r="L38" s="265"/>
       <c r="M38" s="265"/>
       <c r="N38" s="265"/>
       <c r="O38" s="265"/>
       <c r="P38" s="265"/>
       <c r="Q38" s="265"/>
       <c r="R38" s="265"/>
       <c r="S38" s="265"/>
       <c r="T38" s="10"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.5">
       <c r="F39" s="265"/>
       <c r="G39" s="265"/>
       <c r="H39" s="265"/>
       <c r="I39" s="265"/>
       <c r="J39" s="265"/>
       <c r="K39" s="265"/>
       <c r="L39" s="265"/>
       <c r="M39" s="265"/>
       <c r="N39" s="265"/>
       <c r="O39" s="265"/>
       <c r="P39" s="265"/>
       <c r="Q39" s="265"/>
       <c r="R39" s="265"/>
       <c r="S39" s="265"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B40" s="272"/>
-      <c r="C40" s="273"/>
+      <c r="B40" s="259"/>
+      <c r="C40" s="260"/>
       <c r="E40" s="7" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="7"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B41" s="274"/>
-      <c r="C41" s="275"/>
+      <c r="B41" s="261"/>
+      <c r="C41" s="262"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B42" s="274"/>
-[...3 lines deleted...]
-      <c r="G42" s="280"/>
+      <c r="B42" s="261"/>
+      <c r="C42" s="262"/>
+      <c r="E42" s="286"/>
+      <c r="F42" s="287"/>
+      <c r="G42" s="288"/>
       <c r="I42" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B43" s="274"/>
-      <c r="C43" s="275"/>
+      <c r="B43" s="261"/>
+      <c r="C43" s="262"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B44" s="274"/>
-      <c r="C44" s="275"/>
+      <c r="B44" s="261"/>
+      <c r="C44" s="262"/>
       <c r="G44" s="14"/>
       <c r="I44" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B45" s="274"/>
-      <c r="C45" s="275"/>
+      <c r="B45" s="261"/>
+      <c r="C45" s="262"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B46" s="274"/>
-      <c r="C46" s="275"/>
+      <c r="B46" s="261"/>
+      <c r="C46" s="262"/>
       <c r="G46" s="14"/>
       <c r="I46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B47" s="274"/>
-      <c r="C47" s="275"/>
+      <c r="B47" s="261"/>
+      <c r="C47" s="262"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.5">
-      <c r="B48" s="274"/>
-      <c r="C48" s="275"/>
+      <c r="B48" s="261"/>
+      <c r="C48" s="262"/>
       <c r="E48" s="14"/>
       <c r="F48" s="15" t="s">
         <v>19</v>
       </c>
       <c r="I48" s="265" t="s">
         <v>20</v>
       </c>
       <c r="J48" s="265"/>
       <c r="K48" s="265"/>
       <c r="L48" s="265"/>
       <c r="M48" s="265"/>
       <c r="N48" s="265"/>
       <c r="O48" s="265"/>
       <c r="P48" s="265"/>
       <c r="Q48" s="265"/>
       <c r="R48" s="265"/>
       <c r="S48" s="265"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B49" s="274"/>
-      <c r="C49" s="275"/>
+      <c r="B49" s="261"/>
+      <c r="C49" s="262"/>
       <c r="F49" s="15"/>
       <c r="I49" s="265"/>
       <c r="J49" s="265"/>
       <c r="K49" s="265"/>
       <c r="L49" s="265"/>
       <c r="M49" s="265"/>
       <c r="N49" s="265"/>
       <c r="O49" s="265"/>
       <c r="P49" s="265"/>
       <c r="Q49" s="265"/>
       <c r="R49" s="265"/>
       <c r="S49" s="265"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B50" s="274"/>
-      <c r="C50" s="275"/>
+      <c r="B50" s="261"/>
+      <c r="C50" s="262"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B51" s="274"/>
-[...3 lines deleted...]
-      <c r="G51" s="283"/>
+      <c r="B51" s="261"/>
+      <c r="C51" s="262"/>
+      <c r="E51" s="289"/>
+      <c r="F51" s="290"/>
+      <c r="G51" s="291"/>
       <c r="I51" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B52" s="274"/>
-      <c r="C52" s="275"/>
+      <c r="B52" s="261"/>
+      <c r="C52" s="262"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B53" s="274"/>
-[...2 lines deleted...]
-      <c r="G53" s="285"/>
+      <c r="B53" s="261"/>
+      <c r="C53" s="262"/>
+      <c r="F53" s="292"/>
+      <c r="G53" s="293"/>
       <c r="I53" s="265" t="s">
         <v>22</v>
       </c>
       <c r="J53" s="265"/>
       <c r="K53" s="265"/>
       <c r="L53" s="265"/>
       <c r="M53" s="265"/>
       <c r="N53" s="265"/>
       <c r="O53" s="265"/>
       <c r="P53" s="265"/>
       <c r="Q53" s="265"/>
       <c r="R53" s="265"/>
       <c r="S53" s="265"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B54" s="274"/>
-[...2 lines deleted...]
-      <c r="G54" s="287"/>
+      <c r="B54" s="261"/>
+      <c r="C54" s="262"/>
+      <c r="F54" s="294"/>
+      <c r="G54" s="295"/>
       <c r="I54" s="265"/>
       <c r="J54" s="265"/>
       <c r="K54" s="265"/>
       <c r="L54" s="265"/>
       <c r="M54" s="265"/>
       <c r="N54" s="265"/>
       <c r="O54" s="265"/>
       <c r="P54" s="265"/>
       <c r="Q54" s="265"/>
       <c r="R54" s="265"/>
       <c r="S54" s="265"/>
     </row>
     <row r="55" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B55" s="274"/>
-      <c r="C55" s="275"/>
+      <c r="B55" s="261"/>
+      <c r="C55" s="262"/>
       <c r="F55" s="16"/>
       <c r="G55" s="16"/>
       <c r="I55" s="265"/>
       <c r="J55" s="265"/>
       <c r="K55" s="265"/>
       <c r="L55" s="265"/>
       <c r="M55" s="265"/>
       <c r="N55" s="265"/>
       <c r="O55" s="265"/>
       <c r="P55" s="265"/>
       <c r="Q55" s="265"/>
       <c r="R55" s="265"/>
       <c r="S55" s="265"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B56" s="274"/>
-      <c r="C56" s="275"/>
+      <c r="B56" s="261"/>
+      <c r="C56" s="262"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B57" s="274"/>
-[...1 lines deleted...]
-      <c r="E57" s="288" t="s">
+      <c r="B57" s="261"/>
+      <c r="C57" s="262"/>
+      <c r="E57" s="296" t="s">
         <v>23</v>
       </c>
-      <c r="F57" s="289"/>
-      <c r="G57" s="290"/>
+      <c r="F57" s="297"/>
+      <c r="G57" s="298"/>
       <c r="I57" s="265" t="s">
         <v>24</v>
       </c>
       <c r="J57" s="265"/>
       <c r="K57" s="265"/>
       <c r="L57" s="265"/>
       <c r="M57" s="265"/>
       <c r="N57" s="265"/>
       <c r="O57" s="265"/>
       <c r="P57" s="265"/>
       <c r="Q57" s="265"/>
       <c r="R57" s="265"/>
       <c r="S57" s="265"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B58" s="274"/>
-[...3 lines deleted...]
-      <c r="G58" s="293"/>
+      <c r="B58" s="261"/>
+      <c r="C58" s="262"/>
+      <c r="E58" s="299"/>
+      <c r="F58" s="300"/>
+      <c r="G58" s="301"/>
       <c r="I58" s="265"/>
       <c r="J58" s="265"/>
       <c r="K58" s="265"/>
       <c r="L58" s="265"/>
       <c r="M58" s="265"/>
       <c r="N58" s="265"/>
       <c r="O58" s="265"/>
       <c r="P58" s="265"/>
       <c r="Q58" s="265"/>
       <c r="R58" s="265"/>
       <c r="S58" s="265"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B59" s="274"/>
-      <c r="C59" s="275"/>
+      <c r="B59" s="261"/>
+      <c r="C59" s="262"/>
       <c r="E59" s="7"/>
       <c r="F59" s="7"/>
       <c r="G59" s="7"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B60" s="274"/>
-[...1 lines deleted...]
-      <c r="E60" s="259" t="s">
+      <c r="B60" s="261"/>
+      <c r="C60" s="262"/>
+      <c r="E60" s="274" t="s">
         <v>25</v>
       </c>
-      <c r="F60" s="260"/>
-      <c r="G60" s="261"/>
+      <c r="F60" s="275"/>
+      <c r="G60" s="276"/>
       <c r="I60" s="265" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="265"/>
       <c r="K60" s="265"/>
       <c r="L60" s="265"/>
       <c r="M60" s="265"/>
       <c r="N60" s="265"/>
       <c r="O60" s="265"/>
       <c r="P60" s="265"/>
       <c r="Q60" s="265"/>
       <c r="R60" s="265"/>
       <c r="S60" s="265"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B61" s="274"/>
-[...3 lines deleted...]
-      <c r="G61" s="264"/>
+      <c r="B61" s="261"/>
+      <c r="C61" s="262"/>
+      <c r="E61" s="277"/>
+      <c r="F61" s="278"/>
+      <c r="G61" s="279"/>
       <c r="I61" s="265"/>
       <c r="J61" s="265"/>
       <c r="K61" s="265"/>
       <c r="L61" s="265"/>
       <c r="M61" s="265"/>
       <c r="N61" s="265"/>
       <c r="O61" s="265"/>
       <c r="P61" s="265"/>
       <c r="Q61" s="265"/>
       <c r="R61" s="265"/>
       <c r="S61" s="265"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B62" s="274"/>
-      <c r="C62" s="275"/>
+      <c r="B62" s="261"/>
+      <c r="C62" s="262"/>
       <c r="E62" s="7"/>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B63" s="274"/>
-[...1 lines deleted...]
-      <c r="E63" s="266" t="s">
+      <c r="B63" s="261"/>
+      <c r="C63" s="262"/>
+      <c r="E63" s="280" t="s">
         <v>25</v>
       </c>
-      <c r="F63" s="267"/>
-      <c r="G63" s="268"/>
+      <c r="F63" s="281"/>
+      <c r="G63" s="282"/>
       <c r="I63" s="17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.5">
-      <c r="B64" s="276"/>
-[...3 lines deleted...]
-      <c r="G64" s="271"/>
+      <c r="B64" s="263"/>
+      <c r="C64" s="264"/>
+      <c r="E64" s="283"/>
+      <c r="F64" s="284"/>
+      <c r="G64" s="285"/>
       <c r="I64" s="17"/>
     </row>
     <row r="65" x14ac:dyDescent="0.5"/>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="F53:G54"/>
     <mergeCell ref="I53:S55"/>
     <mergeCell ref="E57:G58"/>
     <mergeCell ref="I57:S58"/>
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="Q5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{E6FA40B7-B8B7-48F9-AB06-265276D0DAB5}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{7961CA29-CB8D-48AF-AAD0-5A25606E3392}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{5EE674F0-3C44-49CD-BD4C-46C60D902D11}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>12700</xdr:rowOff>
                   </from>
@@ -14465,955 +14465,955 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S18" sqref="S18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="4.1796875" style="2" customWidth="1"/>
     <col min="2" max="2" width="11.453125" style="2" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="2" customWidth="1"/>
     <col min="4" max="4" width="5.1796875" style="2" customWidth="1"/>
     <col min="5" max="5" width="5.1796875" style="3" customWidth="1"/>
     <col min="6" max="6" width="3.26953125" style="3" customWidth="1"/>
     <col min="7" max="8" width="4.81640625" style="3" customWidth="1"/>
     <col min="9" max="19" width="11.453125" style="3" customWidth="1"/>
     <col min="20" max="20" width="13.81640625" style="3" customWidth="1"/>
     <col min="21" max="24" width="0" style="2" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.453125" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.5"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="E2" s="294" t="s">
+      <c r="E2" s="266" t="s">
         <v>28</v>
       </c>
-      <c r="F2" s="294"/>
-[...12 lines deleted...]
-      <c r="S2" s="294"/>
+      <c r="F2" s="266"/>
+      <c r="G2" s="266"/>
+      <c r="H2" s="266"/>
+      <c r="I2" s="266"/>
+      <c r="J2" s="266"/>
+      <c r="K2" s="266"/>
+      <c r="L2" s="266"/>
+      <c r="M2" s="266"/>
+      <c r="N2" s="266"/>
+      <c r="O2" s="266"/>
+      <c r="P2" s="266"/>
+      <c r="Q2" s="266"/>
+      <c r="R2" s="266"/>
+      <c r="S2" s="266"/>
       <c r="T2" s="4"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="E3" s="294"/>
-[...13 lines deleted...]
-      <c r="S3" s="294"/>
+      <c r="E3" s="266"/>
+      <c r="F3" s="266"/>
+      <c r="G3" s="266"/>
+      <c r="H3" s="266"/>
+      <c r="I3" s="266"/>
+      <c r="J3" s="266"/>
+      <c r="K3" s="266"/>
+      <c r="L3" s="266"/>
+      <c r="M3" s="266"/>
+      <c r="N3" s="266"/>
+      <c r="O3" s="266"/>
+      <c r="P3" s="266"/>
+      <c r="Q3" s="266"/>
+      <c r="R3" s="266"/>
+      <c r="S3" s="266"/>
       <c r="T3" s="4"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="E4" s="294"/>
-[...13 lines deleted...]
-      <c r="S4" s="294"/>
+      <c r="E4" s="266"/>
+      <c r="F4" s="266"/>
+      <c r="G4" s="266"/>
+      <c r="H4" s="266"/>
+      <c r="I4" s="266"/>
+      <c r="J4" s="266"/>
+      <c r="K4" s="266"/>
+      <c r="L4" s="266"/>
+      <c r="M4" s="266"/>
+      <c r="N4" s="266"/>
+      <c r="O4" s="266"/>
+      <c r="P4" s="266"/>
+      <c r="Q4" s="266"/>
+      <c r="R4" s="266"/>
+      <c r="S4" s="266"/>
       <c r="T4" s="4"/>
     </row>
     <row r="5" spans="2:20" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="P5" s="295" t="s">
+      <c r="P5" s="267" t="s">
         <v>57</v>
       </c>
-      <c r="Q5" s="295"/>
-[...1 lines deleted...]
-      <c r="S5" s="295"/>
+      <c r="Q5" s="267"/>
+      <c r="R5" s="267"/>
+      <c r="S5" s="267"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.5"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B7" s="296" t="s">
+      <c r="B7" s="268" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="297"/>
+      <c r="C7" s="269"/>
       <c r="E7" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B8" s="298"/>
-      <c r="C8" s="299"/>
+      <c r="B8" s="270"/>
+      <c r="C8" s="271"/>
       <c r="E8" s="8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B9" s="298"/>
-      <c r="C9" s="299"/>
+      <c r="B9" s="270"/>
+      <c r="C9" s="271"/>
       <c r="E9" s="8"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B10" s="298"/>
-      <c r="C10" s="299"/>
+      <c r="B10" s="270"/>
+      <c r="C10" s="271"/>
       <c r="E10" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="265" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="265"/>
       <c r="H10" s="265"/>
       <c r="I10" s="265"/>
       <c r="J10" s="265"/>
       <c r="K10" s="265"/>
       <c r="L10" s="265"/>
       <c r="M10" s="265"/>
       <c r="N10" s="265"/>
       <c r="O10" s="265"/>
       <c r="P10" s="265"/>
       <c r="Q10" s="265"/>
       <c r="R10" s="265"/>
       <c r="S10" s="265"/>
       <c r="T10" s="10"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B11" s="298"/>
-      <c r="C11" s="299"/>
+      <c r="B11" s="270"/>
+      <c r="C11" s="271"/>
       <c r="E11" s="9"/>
       <c r="F11" s="265"/>
       <c r="G11" s="265"/>
       <c r="H11" s="265"/>
       <c r="I11" s="265"/>
       <c r="J11" s="265"/>
       <c r="K11" s="265"/>
       <c r="L11" s="265"/>
       <c r="M11" s="265"/>
       <c r="N11" s="265"/>
       <c r="O11" s="265"/>
       <c r="P11" s="265"/>
       <c r="Q11" s="265"/>
       <c r="R11" s="265"/>
       <c r="S11" s="265"/>
       <c r="T11" s="10"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B12" s="298"/>
-      <c r="C12" s="299"/>
+      <c r="B12" s="270"/>
+      <c r="C12" s="271"/>
       <c r="E12" s="9"/>
       <c r="F12" s="265"/>
       <c r="G12" s="265"/>
       <c r="H12" s="265"/>
       <c r="I12" s="265"/>
       <c r="J12" s="265"/>
       <c r="K12" s="265"/>
       <c r="L12" s="265"/>
       <c r="M12" s="265"/>
       <c r="N12" s="265"/>
       <c r="O12" s="265"/>
       <c r="P12" s="265"/>
       <c r="Q12" s="265"/>
       <c r="R12" s="265"/>
       <c r="S12" s="265"/>
       <c r="T12" s="10"/>
     </row>
     <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B13" s="298"/>
-      <c r="C13" s="299"/>
+      <c r="B13" s="270"/>
+      <c r="C13" s="271"/>
       <c r="E13" s="11"/>
       <c r="F13" s="265"/>
       <c r="G13" s="265"/>
       <c r="H13" s="265"/>
       <c r="I13" s="265"/>
       <c r="J13" s="265"/>
       <c r="K13" s="265"/>
       <c r="L13" s="265"/>
       <c r="M13" s="265"/>
       <c r="N13" s="265"/>
       <c r="O13" s="265"/>
       <c r="P13" s="265"/>
       <c r="Q13" s="265"/>
       <c r="R13" s="265"/>
       <c r="S13" s="265"/>
       <c r="T13" s="10"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="298"/>
-      <c r="C14" s="299"/>
+      <c r="B14" s="270"/>
+      <c r="C14" s="271"/>
       <c r="E14" s="11"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B15" s="298"/>
-      <c r="C15" s="299"/>
+      <c r="B15" s="270"/>
+      <c r="C15" s="271"/>
       <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F15" s="265" t="s">
         <v>33</v>
       </c>
       <c r="G15" s="265"/>
       <c r="H15" s="265"/>
       <c r="I15" s="265"/>
       <c r="J15" s="265"/>
       <c r="K15" s="265"/>
       <c r="L15" s="265"/>
       <c r="M15" s="265"/>
       <c r="N15" s="265"/>
       <c r="O15" s="265"/>
       <c r="P15" s="265"/>
       <c r="Q15" s="265"/>
       <c r="R15" s="265"/>
       <c r="S15" s="265"/>
       <c r="T15" s="10"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B16" s="298"/>
-      <c r="C16" s="299"/>
+      <c r="B16" s="270"/>
+      <c r="C16" s="271"/>
       <c r="E16" s="9"/>
       <c r="F16" s="265"/>
       <c r="G16" s="265"/>
       <c r="H16" s="265"/>
       <c r="I16" s="265"/>
       <c r="J16" s="265"/>
       <c r="K16" s="265"/>
       <c r="L16" s="265"/>
       <c r="M16" s="265"/>
       <c r="N16" s="265"/>
       <c r="O16" s="265"/>
       <c r="P16" s="265"/>
       <c r="Q16" s="265"/>
       <c r="R16" s="265"/>
       <c r="S16" s="265"/>
       <c r="T16" s="10"/>
     </row>
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B17" s="300"/>
-      <c r="C17" s="301"/>
+      <c r="B17" s="272"/>
+      <c r="C17" s="273"/>
       <c r="E17" s="11"/>
       <c r="F17" s="265"/>
       <c r="G17" s="265"/>
       <c r="H17" s="265"/>
       <c r="I17" s="265"/>
       <c r="J17" s="265"/>
       <c r="K17" s="265"/>
       <c r="L17" s="265"/>
       <c r="M17" s="265"/>
       <c r="N17" s="265"/>
       <c r="O17" s="265"/>
       <c r="P17" s="265"/>
       <c r="Q17" s="265"/>
       <c r="R17" s="265"/>
       <c r="S17" s="265"/>
       <c r="T17" s="10"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.5"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B19" s="272"/>
-      <c r="C19" s="273"/>
+      <c r="B19" s="259"/>
+      <c r="C19" s="260"/>
       <c r="E19" s="7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B20" s="274"/>
-      <c r="C20" s="275"/>
+      <c r="B20" s="261"/>
+      <c r="C20" s="262"/>
       <c r="E20" s="8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B21" s="274"/>
-      <c r="C21" s="275"/>
+      <c r="B21" s="261"/>
+      <c r="C21" s="262"/>
       <c r="E21" s="8"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B22" s="274"/>
-      <c r="C22" s="275"/>
+      <c r="B22" s="261"/>
+      <c r="C22" s="262"/>
       <c r="F22" s="265" t="s">
         <v>35</v>
       </c>
       <c r="G22" s="265"/>
       <c r="H22" s="265"/>
       <c r="I22" s="265"/>
       <c r="J22" s="265"/>
       <c r="K22" s="265"/>
       <c r="L22" s="265"/>
       <c r="M22" s="265"/>
       <c r="N22" s="265"/>
       <c r="O22" s="265"/>
       <c r="P22" s="265"/>
       <c r="Q22" s="265"/>
       <c r="R22" s="265"/>
       <c r="S22" s="265"/>
       <c r="T22" s="10"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B23" s="274"/>
-      <c r="C23" s="275"/>
+      <c r="B23" s="261"/>
+      <c r="C23" s="262"/>
       <c r="E23" s="10"/>
       <c r="F23" s="265"/>
       <c r="G23" s="265"/>
       <c r="H23" s="265"/>
       <c r="I23" s="265"/>
       <c r="J23" s="265"/>
       <c r="K23" s="265"/>
       <c r="L23" s="265"/>
       <c r="M23" s="265"/>
       <c r="N23" s="265"/>
       <c r="O23" s="265"/>
       <c r="P23" s="265"/>
       <c r="Q23" s="265"/>
       <c r="R23" s="265"/>
       <c r="S23" s="265"/>
       <c r="T23" s="10"/>
     </row>
     <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B24" s="274"/>
-      <c r="C24" s="275"/>
+      <c r="B24" s="261"/>
+      <c r="C24" s="262"/>
       <c r="E24" s="10"/>
       <c r="F24" s="265"/>
       <c r="G24" s="265"/>
       <c r="H24" s="265"/>
       <c r="I24" s="265"/>
       <c r="J24" s="265"/>
       <c r="K24" s="265"/>
       <c r="L24" s="265"/>
       <c r="M24" s="265"/>
       <c r="N24" s="265"/>
       <c r="O24" s="265"/>
       <c r="P24" s="265"/>
       <c r="Q24" s="265"/>
       <c r="R24" s="265"/>
       <c r="S24" s="265"/>
       <c r="T24" s="10"/>
     </row>
     <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B25" s="274"/>
-      <c r="C25" s="275"/>
+      <c r="B25" s="261"/>
+      <c r="C25" s="262"/>
       <c r="E25" s="10"/>
       <c r="F25" s="265"/>
       <c r="G25" s="265"/>
       <c r="H25" s="265"/>
       <c r="I25" s="265"/>
       <c r="J25" s="265"/>
       <c r="K25" s="265"/>
       <c r="L25" s="265"/>
       <c r="M25" s="265"/>
       <c r="N25" s="265"/>
       <c r="O25" s="265"/>
       <c r="P25" s="265"/>
       <c r="Q25" s="265"/>
       <c r="R25" s="265"/>
       <c r="S25" s="265"/>
       <c r="T25" s="10"/>
     </row>
     <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B26" s="274"/>
-      <c r="C26" s="275"/>
+      <c r="B26" s="261"/>
+      <c r="C26" s="262"/>
       <c r="E26" s="10"/>
       <c r="F26" s="265"/>
       <c r="G26" s="265"/>
       <c r="H26" s="265"/>
       <c r="I26" s="265"/>
       <c r="J26" s="265"/>
       <c r="K26" s="265"/>
       <c r="L26" s="265"/>
       <c r="M26" s="265"/>
       <c r="N26" s="265"/>
       <c r="O26" s="265"/>
       <c r="P26" s="265"/>
       <c r="Q26" s="265"/>
       <c r="R26" s="265"/>
       <c r="S26" s="265"/>
       <c r="T26" s="10"/>
     </row>
     <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B27" s="274"/>
-      <c r="C27" s="275"/>
+      <c r="B27" s="261"/>
+      <c r="C27" s="262"/>
       <c r="E27" s="10"/>
       <c r="F27" s="265"/>
       <c r="G27" s="265"/>
       <c r="H27" s="265"/>
       <c r="I27" s="265"/>
       <c r="J27" s="265"/>
       <c r="K27" s="265"/>
       <c r="L27" s="265"/>
       <c r="M27" s="265"/>
       <c r="N27" s="265"/>
       <c r="O27" s="265"/>
       <c r="P27" s="265"/>
       <c r="Q27" s="265"/>
       <c r="R27" s="265"/>
       <c r="S27" s="265"/>
       <c r="T27" s="10"/>
     </row>
     <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B28" s="274"/>
-      <c r="C28" s="275"/>
+      <c r="B28" s="261"/>
+      <c r="C28" s="262"/>
       <c r="E28" s="10"/>
       <c r="F28" s="265"/>
       <c r="G28" s="265"/>
       <c r="H28" s="265"/>
       <c r="I28" s="265"/>
       <c r="J28" s="265"/>
       <c r="K28" s="265"/>
       <c r="L28" s="265"/>
       <c r="M28" s="265"/>
       <c r="N28" s="265"/>
       <c r="O28" s="265"/>
       <c r="P28" s="265"/>
       <c r="Q28" s="265"/>
       <c r="R28" s="265"/>
       <c r="S28" s="265"/>
       <c r="T28" s="10"/>
     </row>
     <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.45">
-      <c r="B29" s="276"/>
-      <c r="C29" s="277"/>
+      <c r="B29" s="263"/>
+      <c r="C29" s="264"/>
       <c r="E29" s="10"/>
       <c r="F29" s="265"/>
       <c r="G29" s="265"/>
       <c r="H29" s="265"/>
       <c r="I29" s="265"/>
       <c r="J29" s="265"/>
       <c r="K29" s="265"/>
       <c r="L29" s="265"/>
       <c r="M29" s="265"/>
       <c r="N29" s="265"/>
       <c r="O29" s="265"/>
       <c r="P29" s="265"/>
       <c r="Q29" s="265"/>
       <c r="R29" s="265"/>
       <c r="S29" s="265"/>
       <c r="T29" s="10"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.45">
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
       <c r="I30" s="12"/>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="12"/>
       <c r="M30" s="12"/>
       <c r="N30" s="12"/>
       <c r="O30" s="12"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="12"/>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B31" s="272"/>
-      <c r="C31" s="273"/>
+      <c r="B31" s="259"/>
+      <c r="C31" s="260"/>
       <c r="E31" s="7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B32" s="274"/>
-      <c r="C32" s="275"/>
+      <c r="B32" s="261"/>
+      <c r="C32" s="262"/>
       <c r="E32" s="7"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B33" s="274"/>
-      <c r="C33" s="275"/>
+      <c r="B33" s="261"/>
+      <c r="C33" s="262"/>
       <c r="E33" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B34" s="274"/>
-      <c r="C34" s="275"/>
+      <c r="B34" s="261"/>
+      <c r="C34" s="262"/>
       <c r="E34" s="9"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B35" s="274"/>
-      <c r="C35" s="275"/>
+      <c r="B35" s="261"/>
+      <c r="C35" s="262"/>
       <c r="E35" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B36" s="274"/>
-      <c r="C36" s="275"/>
+      <c r="B36" s="261"/>
+      <c r="C36" s="262"/>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B37" s="274"/>
-      <c r="C37" s="275"/>
+      <c r="B37" s="261"/>
+      <c r="C37" s="262"/>
       <c r="E37" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="265" t="s">
         <v>37</v>
       </c>
       <c r="G37" s="265"/>
       <c r="H37" s="265"/>
       <c r="I37" s="265"/>
       <c r="J37" s="265"/>
       <c r="K37" s="265"/>
       <c r="L37" s="265"/>
       <c r="M37" s="265"/>
       <c r="N37" s="265"/>
       <c r="O37" s="265"/>
       <c r="P37" s="265"/>
       <c r="Q37" s="265"/>
       <c r="R37" s="265"/>
       <c r="S37" s="265"/>
       <c r="T37" s="10"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B38" s="276"/>
-      <c r="C38" s="277"/>
+      <c r="B38" s="263"/>
+      <c r="C38" s="264"/>
       <c r="E38" s="13"/>
       <c r="F38" s="265"/>
       <c r="G38" s="265"/>
       <c r="H38" s="265"/>
       <c r="I38" s="265"/>
       <c r="J38" s="265"/>
       <c r="K38" s="265"/>
       <c r="L38" s="265"/>
       <c r="M38" s="265"/>
       <c r="N38" s="265"/>
       <c r="O38" s="265"/>
       <c r="P38" s="265"/>
       <c r="Q38" s="265"/>
       <c r="R38" s="265"/>
       <c r="S38" s="265"/>
       <c r="T38" s="10"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.5">
       <c r="F39" s="265"/>
       <c r="G39" s="265"/>
       <c r="H39" s="265"/>
       <c r="I39" s="265"/>
       <c r="J39" s="265"/>
       <c r="K39" s="265"/>
       <c r="L39" s="265"/>
       <c r="M39" s="265"/>
       <c r="N39" s="265"/>
       <c r="O39" s="265"/>
       <c r="P39" s="265"/>
       <c r="Q39" s="265"/>
       <c r="R39" s="265"/>
       <c r="S39" s="265"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B40" s="272"/>
-      <c r="C40" s="273"/>
+      <c r="B40" s="259"/>
+      <c r="C40" s="260"/>
       <c r="E40" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F40" s="7"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B41" s="274"/>
-      <c r="C41" s="275"/>
+      <c r="B41" s="261"/>
+      <c r="C41" s="262"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B42" s="274"/>
-[...3 lines deleted...]
-      <c r="G42" s="280"/>
+      <c r="B42" s="261"/>
+      <c r="C42" s="262"/>
+      <c r="E42" s="286"/>
+      <c r="F42" s="287"/>
+      <c r="G42" s="288"/>
       <c r="I42" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B43" s="274"/>
-      <c r="C43" s="275"/>
+      <c r="B43" s="261"/>
+      <c r="C43" s="262"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B44" s="274"/>
-      <c r="C44" s="275"/>
+      <c r="B44" s="261"/>
+      <c r="C44" s="262"/>
       <c r="G44" s="14"/>
       <c r="I44" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B45" s="274"/>
-      <c r="C45" s="275"/>
+      <c r="B45" s="261"/>
+      <c r="C45" s="262"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B46" s="274"/>
-      <c r="C46" s="275"/>
+      <c r="B46" s="261"/>
+      <c r="C46" s="262"/>
       <c r="G46" s="14"/>
       <c r="I46" s="3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B47" s="274"/>
-      <c r="C47" s="275"/>
+      <c r="B47" s="261"/>
+      <c r="C47" s="262"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.5">
-      <c r="B48" s="274"/>
-      <c r="C48" s="275"/>
+      <c r="B48" s="261"/>
+      <c r="C48" s="262"/>
       <c r="E48" s="14"/>
       <c r="F48" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I48" s="265" t="s">
         <v>43</v>
       </c>
       <c r="J48" s="265"/>
       <c r="K48" s="265"/>
       <c r="L48" s="265"/>
       <c r="M48" s="265"/>
       <c r="N48" s="265"/>
       <c r="O48" s="265"/>
       <c r="P48" s="265"/>
       <c r="Q48" s="265"/>
       <c r="R48" s="265"/>
       <c r="S48" s="265"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B49" s="274"/>
-      <c r="C49" s="275"/>
+      <c r="B49" s="261"/>
+      <c r="C49" s="262"/>
       <c r="F49" s="15"/>
       <c r="I49" s="265"/>
       <c r="J49" s="265"/>
       <c r="K49" s="265"/>
       <c r="L49" s="265"/>
       <c r="M49" s="265"/>
       <c r="N49" s="265"/>
       <c r="O49" s="265"/>
       <c r="P49" s="265"/>
       <c r="Q49" s="265"/>
       <c r="R49" s="265"/>
       <c r="S49" s="265"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B50" s="274"/>
-      <c r="C50" s="275"/>
+      <c r="B50" s="261"/>
+      <c r="C50" s="262"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B51" s="274"/>
-      <c r="C51" s="275"/>
+      <c r="B51" s="261"/>
+      <c r="C51" s="262"/>
       <c r="E51" s="302"/>
       <c r="F51" s="303"/>
       <c r="G51" s="304"/>
       <c r="I51" s="265" t="s">
         <v>44</v>
       </c>
       <c r="J51" s="265"/>
       <c r="K51" s="265"/>
       <c r="L51" s="265"/>
       <c r="M51" s="265"/>
       <c r="N51" s="265"/>
       <c r="O51" s="265"/>
       <c r="P51" s="265"/>
       <c r="Q51" s="265"/>
       <c r="R51" s="265"/>
       <c r="S51" s="265"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B52" s="274"/>
-      <c r="C52" s="275"/>
+      <c r="B52" s="261"/>
+      <c r="C52" s="262"/>
       <c r="E52" s="16"/>
       <c r="F52" s="16"/>
       <c r="G52" s="16"/>
       <c r="I52" s="265"/>
       <c r="J52" s="265"/>
       <c r="K52" s="265"/>
       <c r="L52" s="265"/>
       <c r="M52" s="265"/>
       <c r="N52" s="265"/>
       <c r="O52" s="265"/>
       <c r="P52" s="265"/>
       <c r="Q52" s="265"/>
       <c r="R52" s="265"/>
       <c r="S52" s="265"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B53" s="274"/>
-      <c r="C53" s="275"/>
+      <c r="B53" s="261"/>
+      <c r="C53" s="262"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B54" s="274"/>
-[...2 lines deleted...]
-      <c r="G54" s="285"/>
+      <c r="B54" s="261"/>
+      <c r="C54" s="262"/>
+      <c r="F54" s="292"/>
+      <c r="G54" s="293"/>
       <c r="I54" s="265" t="s">
         <v>45</v>
       </c>
       <c r="J54" s="265"/>
       <c r="K54" s="265"/>
       <c r="L54" s="265"/>
       <c r="M54" s="265"/>
       <c r="N54" s="265"/>
       <c r="O54" s="265"/>
       <c r="P54" s="265"/>
       <c r="Q54" s="265"/>
       <c r="R54" s="265"/>
       <c r="S54" s="265"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B55" s="274"/>
-[...2 lines deleted...]
-      <c r="G55" s="287"/>
+      <c r="B55" s="261"/>
+      <c r="C55" s="262"/>
+      <c r="F55" s="294"/>
+      <c r="G55" s="295"/>
       <c r="I55" s="265"/>
       <c r="J55" s="265"/>
       <c r="K55" s="265"/>
       <c r="L55" s="265"/>
       <c r="M55" s="265"/>
       <c r="N55" s="265"/>
       <c r="O55" s="265"/>
       <c r="P55" s="265"/>
       <c r="Q55" s="265"/>
       <c r="R55" s="265"/>
       <c r="S55" s="265"/>
     </row>
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B56" s="274"/>
-      <c r="C56" s="275"/>
+      <c r="B56" s="261"/>
+      <c r="C56" s="262"/>
       <c r="F56" s="16"/>
       <c r="G56" s="16"/>
       <c r="I56" s="265"/>
       <c r="J56" s="265"/>
       <c r="K56" s="265"/>
       <c r="L56" s="265"/>
       <c r="M56" s="265"/>
       <c r="N56" s="265"/>
       <c r="O56" s="265"/>
       <c r="P56" s="265"/>
       <c r="Q56" s="265"/>
       <c r="R56" s="265"/>
       <c r="S56" s="265"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B57" s="274"/>
-      <c r="C57" s="275"/>
+      <c r="B57" s="261"/>
+      <c r="C57" s="262"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B58" s="274"/>
-[...1 lines deleted...]
-      <c r="E58" s="288" t="s">
+      <c r="B58" s="261"/>
+      <c r="C58" s="262"/>
+      <c r="E58" s="296" t="s">
         <v>46</v>
       </c>
-      <c r="F58" s="289"/>
-      <c r="G58" s="290"/>
+      <c r="F58" s="297"/>
+      <c r="G58" s="298"/>
       <c r="I58" s="265" t="s">
         <v>47</v>
       </c>
       <c r="J58" s="265"/>
       <c r="K58" s="265"/>
       <c r="L58" s="265"/>
       <c r="M58" s="265"/>
       <c r="N58" s="265"/>
       <c r="O58" s="265"/>
       <c r="P58" s="265"/>
       <c r="Q58" s="265"/>
       <c r="R58" s="265"/>
       <c r="S58" s="265"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B59" s="274"/>
-[...3 lines deleted...]
-      <c r="G59" s="293"/>
+      <c r="B59" s="261"/>
+      <c r="C59" s="262"/>
+      <c r="E59" s="299"/>
+      <c r="F59" s="300"/>
+      <c r="G59" s="301"/>
       <c r="I59" s="265"/>
       <c r="J59" s="265"/>
       <c r="K59" s="265"/>
       <c r="L59" s="265"/>
       <c r="M59" s="265"/>
       <c r="N59" s="265"/>
       <c r="O59" s="265"/>
       <c r="P59" s="265"/>
       <c r="Q59" s="265"/>
       <c r="R59" s="265"/>
       <c r="S59" s="265"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B60" s="274"/>
-      <c r="C60" s="275"/>
+      <c r="B60" s="261"/>
+      <c r="C60" s="262"/>
       <c r="E60" s="7"/>
       <c r="F60" s="7"/>
       <c r="G60" s="7"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B61" s="274"/>
-[...1 lines deleted...]
-      <c r="E61" s="259" t="s">
+      <c r="B61" s="261"/>
+      <c r="C61" s="262"/>
+      <c r="E61" s="274" t="s">
         <v>42</v>
       </c>
-      <c r="F61" s="260"/>
-      <c r="G61" s="261"/>
+      <c r="F61" s="275"/>
+      <c r="G61" s="276"/>
       <c r="I61" s="265" t="s">
         <v>48</v>
       </c>
       <c r="J61" s="265"/>
       <c r="K61" s="265"/>
       <c r="L61" s="265"/>
       <c r="M61" s="265"/>
       <c r="N61" s="265"/>
       <c r="O61" s="265"/>
       <c r="P61" s="265"/>
       <c r="Q61" s="265"/>
       <c r="R61" s="265"/>
       <c r="S61" s="265"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B62" s="274"/>
-[...3 lines deleted...]
-      <c r="G62" s="264"/>
+      <c r="B62" s="261"/>
+      <c r="C62" s="262"/>
+      <c r="E62" s="277"/>
+      <c r="F62" s="278"/>
+      <c r="G62" s="279"/>
       <c r="I62" s="265"/>
       <c r="J62" s="265"/>
       <c r="K62" s="265"/>
       <c r="L62" s="265"/>
       <c r="M62" s="265"/>
       <c r="N62" s="265"/>
       <c r="O62" s="265"/>
       <c r="P62" s="265"/>
       <c r="Q62" s="265"/>
       <c r="R62" s="265"/>
       <c r="S62" s="265"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B63" s="274"/>
-      <c r="C63" s="275"/>
+      <c r="B63" s="261"/>
+      <c r="C63" s="262"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.5">
-      <c r="B64" s="274"/>
-[...1 lines deleted...]
-      <c r="E64" s="266" t="s">
+      <c r="B64" s="261"/>
+      <c r="C64" s="262"/>
+      <c r="E64" s="280" t="s">
         <v>42</v>
       </c>
-      <c r="F64" s="267"/>
-      <c r="G64" s="268"/>
+      <c r="F64" s="281"/>
+      <c r="G64" s="282"/>
       <c r="I64" s="17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.5">
-      <c r="B65" s="276"/>
-[...3 lines deleted...]
-      <c r="G65" s="271"/>
+      <c r="B65" s="263"/>
+      <c r="C65" s="264"/>
+      <c r="E65" s="283"/>
+      <c r="F65" s="284"/>
+      <c r="G65" s="285"/>
       <c r="I65" s="17"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.5"/>
     <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
     <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
     <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="I51:S52"/>
     <mergeCell ref="F54:G55"/>
     <mergeCell ref="I54:S56"/>
     <mergeCell ref="E58:G59"/>
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="P5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{F00B55D1-3236-4CD0-9DFD-556C3482E2C9}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{2491E401-96A8-4A41-B19E-D1467F8E7A04}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{D7D8A681-ABE2-4805-A747-55FA7A112456}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="8193" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>12700</xdr:rowOff>
                   </from>
@@ -15461,52 +15461,52 @@
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>317500</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>241300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA97B8C4-47D9-46C7-B642-540648B6A026}">
   <sheetPr codeName="Feuil5"/>
   <dimension ref="A1:I96"/>
   <sheetViews>
-    <sheetView topLeftCell="A64" workbookViewId="0">
-      <selection activeCell="B95" sqref="B95"/>
+    <sheetView topLeftCell="A52" workbookViewId="0">
+      <selection activeCell="C84" sqref="C84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="30.7265625" customWidth="1"/>
     <col min="2" max="2" width="60.26953125" customWidth="1"/>
     <col min="3" max="3" width="81" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="21" t="s">
         <v>63</v>
       </c>
       <c r="B1" s="19"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B2" s="19"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="19">
         <v>1</v>
       </c>
@@ -15558,51 +15558,51 @@
       <c r="C10" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11">
         <f t="shared" ref="A11:A42" si="0">ROW()-10</f>
         <v>1</v>
       </c>
       <c r="B11" t="s">
         <v>0</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>210</v>
       </c>
       <c r="C13" s="20" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="20" t="s">
         <v>76</v>
       </c>
@@ -15879,51 +15879,51 @@
       <c r="B37" t="s">
         <v>112</v>
       </c>
       <c r="C37" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A38">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
       <c r="B38" t="s">
         <v>113</v>
       </c>
       <c r="C38" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A39">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="B39" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C39" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A40">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A41">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
@@ -16425,54 +16425,54 @@
       <c r="B82" s="20" t="s">
         <v>193</v>
       </c>
       <c r="C82" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A83">
         <f t="shared" si="3"/>
         <v>73</v>
       </c>
       <c r="B83" s="20" t="s">
         <v>198</v>
       </c>
       <c r="C83" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A84">
         <f t="shared" si="3"/>
         <v>74</v>
       </c>
       <c r="B84" s="20" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C84" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A85">
         <f t="shared" si="3"/>
         <v>75</v>
       </c>
       <c r="B85" s="20" t="s">
         <v>199</v>
       </c>
       <c r="C85" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A86">
         <f t="shared" ref="A86:A94" si="4">ROW()-10</f>
         <v>76</v>
       </c>
       <c r="B86" s="20" t="s">
         <v>208</v>
       </c>
       <c r="C86" s="20" t="s">
         <v>213</v>
       </c>
@@ -16524,91 +16524,91 @@
       <c r="C90" s="22" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A91">
         <f t="shared" si="4"/>
         <v>81</v>
       </c>
       <c r="B91" s="20" t="s">
         <v>221</v>
       </c>
       <c r="C91" s="22" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A92">
         <f t="shared" si="4"/>
         <v>82</v>
       </c>
       <c r="B92" s="20" t="s">
         <v>222</v>
       </c>
       <c r="C92" s="22" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A93">
         <f t="shared" si="4"/>
         <v>83</v>
       </c>
       <c r="B93" s="20" t="s">
         <v>223</v>
       </c>
       <c r="C93" s="22" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A94">
         <f t="shared" si="4"/>
         <v>84</v>
       </c>
       <c r="B94" t="s">
         <v>224</v>
       </c>
       <c r="C94" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="95" spans="1:3" ht="29" x14ac:dyDescent="0.35">
-      <c r="A95" s="305">
+      <c r="A95">
         <f>ROW()-10</f>
         <v>85</v>
       </c>
       <c r="B95" s="20" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C95" s="20" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A96" s="305">
+      <c r="A96">
         <f>ROW()-10</f>
         <v>86</v>
       </c>
       <c r="B96" t="s">
         <v>228</v>
       </c>
       <c r="C96" t="s">
         <v>230</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>