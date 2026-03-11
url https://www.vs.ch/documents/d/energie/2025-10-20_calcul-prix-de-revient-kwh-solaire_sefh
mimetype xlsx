--- v0 (2025-10-30)
+++ v1 (2026-03-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c122744794\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{009E9F66-5D52-4824-AC69-ADBE12D05AAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FFF804A7-FC45-4395-859C-92AF9135B293}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4144466E-6630-49FA-8245-5D21EBA34632}"/>
   </bookViews>
   <sheets>
     <sheet name="Formulaire  Formular" sheetId="1" r:id="rId1"/>
     <sheet name="traduction" sheetId="4" state="veryHidden" r:id="rId2"/>
     <sheet name="calculs" sheetId="2" state="veryHidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1440,57 +1440,57 @@
   <si>
     <t>Spezifische Kosten (Betrieb und Unterhalt)</t>
   </si>
   <si>
     <t>Investitionssumme mit abgezogenem Steuereffekt</t>
   </si>
   <si>
     <t>angenommener Grenzsteuersatz von 15%</t>
   </si>
   <si>
     <t>Drittsubvention (z.B. kommunal)</t>
   </si>
   <si>
     <t>Einmalvergütung Pronovo</t>
   </si>
   <si>
     <t>Berechnete Gestehungskosten</t>
   </si>
   <si>
     <t>Eine Anlage, deren Gestehungskosten für den obligatorischen Teil 25 Rp/kWh oder weniger betragen, wird grundsätzlich nicht für eine Ausnahme in Frage kommen. Bei Anlagen, deren Gestehungskosten über 25 Rp/kWh liegt, wird im Einzelfall geprüft, ob die Investition wirtschaftlich unverhältnismässig ist.</t>
   </si>
   <si>
     <t>in einem Tool (z.B. swissolar) zu simulieren und als Anhang bereitzustellen</t>
   </si>
   <si>
-    <t>SEFH - version octobre 2025</t>
+    <t>RECHNUNG DER GESTEHUNGKOSTEN PRO kWh</t>
   </si>
   <si>
-    <t>DEWK - Version Oktober 2025</t>
+    <t>SEFH - version mars 2026</t>
   </si>
   <si>
-    <t>RECHNUNG DER GESTEHUNGKOSTEN PRO kWh</t>
+    <t>DEWK - Version März 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.00000%"/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0.0000000000000_-;\-* #,##0.0000000000000_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2015,51 +2015,51 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F8316EA-8201-48B7-BE9A-D442B66776E2}">
   <sheetPr codeName="Feuil1"/>
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="20" customWidth="1"/>
     <col min="2" max="2" width="39.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="11.42578125" style="20" customWidth="1"/>
     <col min="5" max="5" width="67.7109375" style="20" customWidth="1"/>
     <col min="6" max="6" width="2" style="20" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="20" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B1" s="20" t="s">
         <v>51</v>
       </c>
       <c r="C1" s="28" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="2" spans="2:5" x14ac:dyDescent="0.25">
       <c r="C2" s="26">
         <f>IF(C1="français",1,2)</f>
         <v>1</v>
       </c>
@@ -2117,51 +2117,51 @@
         <v>à simuler sur un outil (p.ex. swissolar) et fournir la simulation en annexe</v>
       </c>
     </row>
     <row r="8" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B8" s="20" t="str">
         <f>traduction!A6</f>
         <v>Dégradation de la production</v>
       </c>
       <c r="C8" s="21">
         <v>80</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="20" t="str">
         <f>traduction!A21</f>
         <v>de la puissance de départ après 30 ans</v>
       </c>
     </row>
     <row r="9" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B9" s="20" t="str">
         <f>traduction!A7</f>
         <v>Coûts spécifiques (exploitation et entretien)</v>
       </c>
       <c r="C9" s="20">
-        <v>0.03</v>
+        <v>3</v>
       </c>
       <c r="D9" s="20" t="str">
         <f>traduction!A17</f>
         <v>ct/kWh</v>
       </c>
     </row>
     <row r="10" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="str">
         <f>traduction!A8</f>
         <v xml:space="preserve">Investissement avec effet fiscal déduit </v>
       </c>
       <c r="C10" s="29"/>
       <c r="D10" s="20" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="20" t="str">
         <f>traduction!A22</f>
         <v>taux marginal à considérer : 15%</v>
       </c>
     </row>
     <row r="11" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="str">
         <f>traduction!A9</f>
         <v>Subvention de tiers (p.ex. commune)</v>
       </c>
@@ -2214,93 +2214,93 @@
         <f>traduction!A25</f>
         <v>Prix de revient calculé</v>
       </c>
       <c r="C18" s="31" t="str">
         <f>IFERROR(calculs!C46*100,"")</f>
         <v/>
       </c>
       <c r="D18" s="24" t="str">
         <f>traduction!A16</f>
         <v>cts/kWh</v>
       </c>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.25"/>
     <row r="20" spans="2:5" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="33" t="str">
         <f>traduction!A23</f>
         <v xml:space="preserve">Une installation dont le prix de revient de la partie obligatoire est inférieur ou égal à 25 cts/kWh ne sera a priori pas mise au bénéfice d’une dérogation. Les installations dont le prix de revient serait supérieur à 25 cts/kWh feront l’objet d’un examen au cas par cas pour déterminer si l’investissement est économiquement disproportionné. </v>
       </c>
       <c r="C20" s="33"/>
       <c r="D20" s="33"/>
       <c r="E20" s="33"/>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.25">
       <c r="E21" s="30" t="str">
         <f>traduction!A26</f>
-        <v>SEFH - version octobre 2025</v>
+        <v>SEFH - version mars 2026</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="KaEJjCXulYk/QgbjSJs6KcyL3VKF40rCqzpQK5PXzC8vu0FnS1Xi4zYHdXZ0miWTvlSJ7II1H4npb2uVuTo3qQ==" saltValue="HRwbPMCjMR8/x190/aFciQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="lCzGfvyn6FA6ru5caEfXGsTJM2QOHvtkIDboK/4VcVdCeuWmsdYS5chXgSMgLcwXfdeoCAa4h7iDrb9wDtTDYQ==" saltValue="2VsOS8fWCCnuLCWBD5jBpA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="B20:E20"/>
   </mergeCells>
   <conditionalFormatting sqref="B20:E20">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>$C$18&lt;25</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C18:D18">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>$C$18&lt;25</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0BE5875A-FC5B-4965-88CD-EB942D532CB4}">
           <x14:formula1>
             <xm:f>traduction!$H$3:$H$4</xm:f>
           </x14:formula1>
           <xm:sqref>C1</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8A2D462-A4D8-486D-9FC5-64D558AD6569}">
   <sheetPr codeName="Feuil3"/>
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.7109375" style="27" customWidth="1"/>
     <col min="2" max="2" width="86.140625" customWidth="1"/>
     <col min="3" max="3" width="56" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>53</v>
       </c>
       <c r="B1" t="s">
         <v>49</v>
       </c>
       <c r="C1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
@@ -2554,90 +2554,90 @@
       </c>
     </row>
     <row r="23" spans="1:5" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="str">
         <f>IF('Formulaire  Formular'!$C$2=1,traduction!B23,C23)</f>
         <v xml:space="preserve">Une installation dont le prix de revient de la partie obligatoire est inférieur ou égal à 25 cts/kWh ne sera a priori pas mise au bénéfice d’une dérogation. Les installations dont le prix de revient serait supérieur à 25 cts/kWh feront l’objet d’un examen au cas par cas pour déterminer si l’investissement est économiquement disproportionné. </v>
       </c>
       <c r="B23" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="25"/>
       <c r="E23" s="25"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="27" t="str">
         <f>IF('Formulaire  Formular'!$C$2=1,traduction!B24,C24)</f>
         <v>CALCUL DE PRIX DE REVIENT DU kWh SOLAIRE</v>
       </c>
       <c r="B24" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C24" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="27" t="str">
         <f>IF('Formulaire  Formular'!$C$2=1,traduction!B25,C25)</f>
         <v>Prix de revient calculé</v>
       </c>
       <c r="B25" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="str">
         <f>IF('Formulaire  Formular'!$C$2=1,traduction!B26,C26)</f>
-        <v>SEFH - version octobre 2025</v>
+        <v>SEFH - version mars 2026</v>
       </c>
       <c r="B26" s="19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="P9hmfxRgkTuPbKZbo9KR8oHo2vyJguagnQy9fPeM4T2s8rUZFOiYNzby6cb3Ro7Uy3lq27R/KZKHqSf7YQ+P6w==" saltValue="oJGFqqSf7aKIu/LlISSb2w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="2MLRmvNA3FyA8l0QddW3ElQ0nw9hPI4cB2S+N7BpBBmsSyvsOXc3DLYdDx9n64XITL4MS/XJksJp+qLdUry01w==" saltValue="RibXRfy6WXY6JQ0iRSaEig==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFCF3CA7-9846-416D-BC07-EA43FED4C4BE}">
   <sheetPr codeName="Feuil2"/>
   <dimension ref="B3:Y309"/>
   <sheetViews>
     <sheetView topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="F12" sqref="F12"/>
+      <selection activeCell="E37" sqref="E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="17.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.140625" style="10" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" style="10" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="30.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="23" customWidth="1"/>
     <col min="24" max="24" width="19" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:25" x14ac:dyDescent="0.25">
       <c r="Q3" t="s">
         <v>21</v>
       </c>
       <c r="U3" t="s">
         <v>32</v>
       </c>
       <c r="V3">
         <f>VLOOKUP((V4*100),U9:V309,2,TRUE)</f>
@@ -2764,51 +2764,51 @@
       <c r="R9">
         <v>1</v>
       </c>
       <c r="U9">
         <v>0</v>
       </c>
       <c r="V9">
         <v>0</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
       <c r="X9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B10">
         <v>1</v>
       </c>
       <c r="C10" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S10</f>
         <v>0</v>
       </c>
       <c r="D10">
-        <f>C10*'Formulaire  Formular'!$C$9</f>
+        <f>C10*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E10" s="14" t="e">
         <f>'Formulaire  Formular'!C13*V3</f>
         <v>#VALUE!</v>
       </c>
       <c r="F10" s="14">
         <f>((('Formulaire  Formular'!C12+'Formulaire  Formular'!C11)*calculs!$Y$3))-('Formulaire  Formular'!C12+'Formulaire  Formular'!C11)</f>
         <v>0</v>
       </c>
       <c r="G10" s="13" t="e">
         <f>E10+F10</f>
         <v>#VALUE!</v>
       </c>
       <c r="Q10">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R10" s="3">
         <f>R9-($R$6*$R$9)</f>
         <v>0.99333333333333329</v>
       </c>
       <c r="S10" s="3">
         <f>(R10+R9)/2</f>
         <v>0.99666666666666659</v>
@@ -2816,1479 +2816,1479 @@
       <c r="U10" s="8">
         <v>0.01</v>
       </c>
       <c r="V10" s="9">
         <f>(((1+U10/100)^$R$4)*U10/100)/(((1+U10/100)^$R$4)-1)</f>
         <v>3.3385024970981197E-2</v>
       </c>
       <c r="W10">
         <f>ROUND(W9+0.01,2)</f>
         <v>0.01</v>
       </c>
       <c r="X10">
         <f>(((1+U10/100)^$Y$4)*U10/100)/(((1+U10/100)^$Y$4)-1)</f>
         <v>1.0001000000001101</v>
       </c>
     </row>
     <row r="11" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B11">
         <v>2</v>
       </c>
       <c r="C11" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S11</f>
         <v>0</v>
       </c>
       <c r="D11">
-        <f>C11*'Formulaire  Formular'!$C$9</f>
+        <f>C11*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E11" s="14" t="e">
         <f>E10</f>
         <v>#VALUE!</v>
       </c>
       <c r="F11" s="14">
         <v>0</v>
       </c>
       <c r="G11" s="13" t="e">
         <f t="shared" ref="G11:G39" si="1">E11+F11</f>
         <v>#VALUE!</v>
       </c>
       <c r="Q11">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="R11" s="3">
         <f t="shared" ref="R11:R42" si="2">R10-($R$6*$R$9)</f>
         <v>0.98666666666666658</v>
       </c>
       <c r="S11" s="3">
         <f t="shared" ref="S11:S42" si="3">(R11+R10)/2</f>
         <v>0.99</v>
       </c>
       <c r="U11">
         <v>0.02</v>
       </c>
       <c r="V11" s="9">
         <f t="shared" ref="V11:V74" si="4">(((1+U11/100)^$R$4)*U11/100)/(((1+U11/100)^$R$4)-1)</f>
         <v>3.3436766545512309E-2</v>
       </c>
       <c r="W11">
         <f t="shared" ref="W11:W74" si="5">ROUND(W10+0.01,2)</f>
         <v>0.02</v>
       </c>
       <c r="X11">
         <f t="shared" ref="X11:X74" si="6">(((1+U11/100)^$Y$4)*U11/100)/(((1+U11/100)^$Y$4)-1)</f>
         <v>1.0002000000001103</v>
       </c>
     </row>
     <row r="12" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B12">
         <v>3</v>
       </c>
       <c r="C12" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S12</f>
         <v>0</v>
       </c>
       <c r="D12">
-        <f>C12*'Formulaire  Formular'!$C$9</f>
+        <f>C12*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E12" s="14" t="e">
         <f t="shared" ref="E12:E39" si="7">E11</f>
         <v>#VALUE!</v>
       </c>
       <c r="F12" s="14">
         <v>0</v>
       </c>
       <c r="G12" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q12">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="R12" s="3">
         <f t="shared" si="2"/>
         <v>0.97999999999999987</v>
       </c>
       <c r="S12" s="3">
         <f t="shared" si="3"/>
         <v>0.98333333333333317</v>
       </c>
       <c r="U12">
         <v>0.03</v>
       </c>
       <c r="V12" s="9">
         <f t="shared" si="4"/>
         <v>3.3488558049332907E-2</v>
       </c>
       <c r="W12">
         <f t="shared" si="5"/>
         <v>0.03</v>
       </c>
       <c r="X12">
         <f t="shared" si="6"/>
         <v>1.0003000000001101</v>
       </c>
     </row>
     <row r="13" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B13">
         <v>4</v>
       </c>
       <c r="C13" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S13</f>
         <v>0</v>
       </c>
       <c r="D13">
-        <f>C13*'Formulaire  Formular'!$C$9</f>
+        <f>C13*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E13" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F13" s="14">
         <v>0</v>
       </c>
       <c r="G13" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q13">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="R13" s="3">
         <f t="shared" si="2"/>
         <v>0.97333333333333316</v>
       </c>
       <c r="S13" s="3">
         <f t="shared" si="3"/>
         <v>0.97666666666666657</v>
       </c>
       <c r="U13" s="8">
         <v>0.04</v>
       </c>
       <c r="V13" s="9">
         <f t="shared" si="4"/>
         <v>3.3540399474713885E-2</v>
       </c>
       <c r="W13">
         <f t="shared" si="5"/>
         <v>0.04</v>
       </c>
       <c r="X13">
         <f t="shared" si="6"/>
         <v>1.0004000000001101</v>
       </c>
     </row>
     <row r="14" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B14">
         <v>5</v>
       </c>
       <c r="C14" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S14</f>
         <v>0</v>
       </c>
       <c r="D14">
-        <f>C14*'Formulaire  Formular'!$C$9</f>
+        <f>C14*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E14" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q14">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="R14" s="3">
         <f t="shared" si="2"/>
         <v>0.96666666666666645</v>
       </c>
       <c r="S14" s="3">
         <f t="shared" si="3"/>
         <v>0.96999999999999975</v>
       </c>
       <c r="U14">
         <v>0.05</v>
       </c>
       <c r="V14" s="9">
         <f t="shared" si="4"/>
         <v>3.3592290813857999E-2</v>
       </c>
       <c r="W14">
         <f t="shared" si="5"/>
         <v>0.05</v>
       </c>
       <c r="X14">
         <f t="shared" si="6"/>
         <v>1.0005000000001103</v>
       </c>
     </row>
     <row r="15" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B15">
         <v>6</v>
       </c>
       <c r="C15" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S15</f>
         <v>0</v>
       </c>
       <c r="D15">
-        <f>C15*'Formulaire  Formular'!$C$9</f>
+        <f>C15*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E15" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F15" s="14">
         <v>0</v>
       </c>
       <c r="G15" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q15">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="R15" s="3">
         <f t="shared" si="2"/>
         <v>0.95999999999999974</v>
       </c>
       <c r="S15" s="3">
         <f t="shared" si="3"/>
         <v>0.96333333333333315</v>
       </c>
       <c r="U15">
         <v>0.06</v>
       </c>
       <c r="V15" s="9">
         <f t="shared" si="4"/>
         <v>3.36442320588883E-2</v>
       </c>
       <c r="W15">
         <f t="shared" si="5"/>
         <v>0.06</v>
       </c>
       <c r="X15">
         <f t="shared" si="6"/>
         <v>1.0006000000001101</v>
       </c>
     </row>
     <row r="16" spans="2:25" x14ac:dyDescent="0.25">
       <c r="B16">
         <v>7</v>
       </c>
       <c r="C16" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S16</f>
         <v>0</v>
       </c>
       <c r="D16">
-        <f>C16*'Formulaire  Formular'!$C$9</f>
+        <f>C16*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E16" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F16" s="14">
         <v>0</v>
       </c>
       <c r="G16" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q16">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="R16" s="3">
         <f t="shared" si="2"/>
         <v>0.95333333333333303</v>
       </c>
       <c r="S16" s="3">
         <f t="shared" si="3"/>
         <v>0.95666666666666633</v>
       </c>
       <c r="U16" s="8">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="V16" s="9">
         <f t="shared" si="4"/>
         <v>3.3696223201825366E-2</v>
       </c>
       <c r="W16">
         <f t="shared" si="5"/>
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="X16">
         <f t="shared" si="6"/>
         <v>1.0007000000001103</v>
       </c>
     </row>
     <row r="17" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B17">
         <v>8</v>
       </c>
       <c r="C17" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S17</f>
         <v>0</v>
       </c>
       <c r="D17">
-        <f>C17*'Formulaire  Formular'!$C$9</f>
+        <f>C17*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E17" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F17" s="14">
         <v>0</v>
       </c>
       <c r="G17" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q17">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="R17" s="3">
         <f t="shared" si="2"/>
         <v>0.94666666666666632</v>
       </c>
       <c r="S17" s="3">
         <f t="shared" si="3"/>
         <v>0.94999999999999973</v>
       </c>
       <c r="U17">
         <v>0.08</v>
       </c>
       <c r="V17" s="9">
         <f t="shared" si="4"/>
         <v>3.3748264234600318E-2</v>
       </c>
       <c r="W17">
         <f t="shared" si="5"/>
         <v>0.08</v>
       </c>
       <c r="X17">
         <f t="shared" si="6"/>
         <v>1.00080000000011</v>
       </c>
     </row>
     <row r="18" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B18">
         <v>9</v>
       </c>
       <c r="C18" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S18</f>
         <v>0</v>
       </c>
       <c r="D18">
-        <f>C18*'Formulaire  Formular'!$C$9</f>
+        <f>C18*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E18" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F18" s="14">
         <v>0</v>
       </c>
       <c r="G18" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q18">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="R18" s="3">
         <f t="shared" si="2"/>
         <v>0.93999999999999961</v>
       </c>
       <c r="S18" s="3">
         <f t="shared" si="3"/>
         <v>0.94333333333333291</v>
       </c>
       <c r="U18">
         <v>0.09</v>
       </c>
       <c r="V18" s="9">
         <f t="shared" si="4"/>
         <v>3.3800355149075943E-2</v>
       </c>
       <c r="W18">
         <f t="shared" si="5"/>
         <v>0.09</v>
       </c>
       <c r="X18">
         <f t="shared" si="6"/>
         <v>1.0009000000001103</v>
       </c>
     </row>
     <row r="19" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B19">
         <v>10</v>
       </c>
       <c r="C19" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S19</f>
         <v>0</v>
       </c>
       <c r="D19">
-        <f>C19*'Formulaire  Formular'!$C$9</f>
+        <f>C19*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E19" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F19" s="14">
         <v>0</v>
       </c>
       <c r="G19" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q19">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="R19" s="3">
         <f t="shared" si="2"/>
         <v>0.9333333333333329</v>
       </c>
       <c r="S19" s="3">
         <f t="shared" si="3"/>
         <v>0.93666666666666631</v>
       </c>
       <c r="U19" s="8">
         <v>0.1</v>
       </c>
       <c r="V19" s="9">
         <f t="shared" si="4"/>
         <v>3.385249593700454E-2</v>
       </c>
       <c r="W19">
         <f t="shared" si="5"/>
         <v>0.1</v>
       </c>
       <c r="X19">
         <f t="shared" si="6"/>
         <v>1.0010000000001102</v>
       </c>
     </row>
     <row r="20" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B20">
         <v>11</v>
       </c>
       <c r="C20" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S20</f>
         <v>0</v>
       </c>
       <c r="D20">
-        <f>C20*'Formulaire  Formular'!$C$9</f>
+        <f>C20*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E20" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F20" s="14">
         <v>0</v>
       </c>
       <c r="G20" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q20">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="R20" s="3">
         <f t="shared" si="2"/>
         <v>0.92666666666666619</v>
       </c>
       <c r="S20" s="3">
         <f t="shared" si="3"/>
         <v>0.92999999999999949</v>
       </c>
       <c r="U20">
         <v>0.11</v>
       </c>
       <c r="V20" s="9">
         <f t="shared" si="4"/>
         <v>3.3904686590057097E-2</v>
       </c>
       <c r="W20">
         <f t="shared" si="5"/>
         <v>0.11</v>
       </c>
       <c r="X20">
         <f t="shared" si="6"/>
         <v>1.0010999999999082</v>
       </c>
     </row>
     <row r="21" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B21">
         <v>12</v>
       </c>
       <c r="C21" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S21</f>
         <v>0</v>
       </c>
       <c r="D21">
-        <f>C21*'Formulaire  Formular'!$C$9</f>
+        <f>C21*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E21" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F21" s="14">
         <v>0</v>
       </c>
       <c r="G21" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q21">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="R21" s="3">
         <f t="shared" si="2"/>
         <v>0.91999999999999948</v>
       </c>
       <c r="S21" s="3">
         <f t="shared" si="3"/>
         <v>0.9233333333333329</v>
       </c>
       <c r="U21">
         <v>0.12</v>
       </c>
       <c r="V21" s="9">
         <f t="shared" si="4"/>
         <v>3.3956927099838975E-2</v>
       </c>
       <c r="W21">
         <f t="shared" si="5"/>
         <v>0.12</v>
       </c>
       <c r="X21">
         <f t="shared" si="6"/>
         <v>1.001199999999925</v>
       </c>
     </row>
     <row r="22" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B22">
         <v>13</v>
       </c>
       <c r="C22" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S22</f>
         <v>0</v>
       </c>
       <c r="D22">
-        <f>C22*'Formulaire  Formular'!$C$9</f>
+        <f>C22*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E22" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q22">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="R22" s="3">
         <f t="shared" si="2"/>
         <v>0.91333333333333278</v>
       </c>
       <c r="S22" s="3">
         <f t="shared" si="3"/>
         <v>0.91666666666666607</v>
       </c>
       <c r="U22" s="8">
         <v>0.13</v>
       </c>
       <c r="V22" s="9">
         <f t="shared" si="4"/>
         <v>3.4009217457840059E-2</v>
       </c>
       <c r="W22">
         <f t="shared" si="5"/>
         <v>0.13</v>
       </c>
       <c r="X22">
         <f t="shared" si="6"/>
         <v>1.0012999999999392</v>
       </c>
     </row>
     <row r="23" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B23">
         <v>14</v>
       </c>
       <c r="C23" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S23</f>
         <v>0</v>
       </c>
       <c r="D23">
-        <f>C23*'Formulaire  Formular'!$C$9</f>
+        <f>C23*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E23" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q23">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="R23" s="3">
         <f t="shared" si="2"/>
         <v>0.90666666666666607</v>
       </c>
       <c r="S23" s="3">
         <f t="shared" si="3"/>
         <v>0.90999999999999948</v>
       </c>
       <c r="U23">
         <v>0.14000000000000001</v>
       </c>
       <c r="V23" s="9">
         <f t="shared" si="4"/>
         <v>3.4061557655473529E-2</v>
       </c>
       <c r="W23">
         <f t="shared" si="5"/>
         <v>0.14000000000000001</v>
       </c>
       <c r="X23">
         <f t="shared" si="6"/>
         <v>1.0013999999999514</v>
       </c>
     </row>
     <row r="24" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B24">
         <v>15</v>
       </c>
       <c r="C24" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S24</f>
         <v>0</v>
       </c>
       <c r="D24">
-        <f>C24*'Formulaire  Formular'!$C$9</f>
+        <f>C24*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E24" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q24">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
       <c r="R24" s="3">
         <f t="shared" si="2"/>
         <v>0.89999999999999936</v>
       </c>
       <c r="S24" s="3">
         <f t="shared" si="3"/>
         <v>0.90333333333333266</v>
       </c>
       <c r="U24">
         <v>0.15</v>
       </c>
       <c r="V24" s="9">
         <f t="shared" si="4"/>
         <v>3.4113947684069452E-2</v>
       </c>
       <c r="W24">
         <f t="shared" si="5"/>
         <v>0.15</v>
       </c>
       <c r="X24">
         <f t="shared" si="6"/>
         <v>1.0014999999999621</v>
       </c>
     </row>
     <row r="25" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B25">
         <v>16</v>
       </c>
       <c r="C25" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S25</f>
         <v>0</v>
       </c>
       <c r="D25">
-        <f>C25*'Formulaire  Formular'!$C$9</f>
+        <f>C25*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E25" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F25" s="14">
         <v>0</v>
       </c>
       <c r="G25" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q25">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="R25" s="3">
         <f t="shared" si="2"/>
         <v>0.89333333333333265</v>
       </c>
       <c r="S25" s="3">
         <f t="shared" si="3"/>
         <v>0.89666666666666606</v>
       </c>
       <c r="U25" s="8">
         <v>0.16</v>
       </c>
       <c r="V25" s="9">
         <f t="shared" si="4"/>
         <v>3.4166387534868552E-2</v>
       </c>
       <c r="W25">
         <f t="shared" si="5"/>
         <v>0.16</v>
       </c>
       <c r="X25">
         <f t="shared" si="6"/>
         <v>1.0015999999999714</v>
       </c>
     </row>
     <row r="26" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B26">
         <v>17</v>
       </c>
       <c r="C26" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S26</f>
         <v>0</v>
       </c>
       <c r="D26">
-        <f>C26*'Formulaire  Formular'!$C$9</f>
+        <f>C26*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E26" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F26" s="14">
         <v>0</v>
       </c>
       <c r="G26" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q26">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="R26" s="3">
         <f t="shared" si="2"/>
         <v>0.88666666666666594</v>
       </c>
       <c r="S26" s="3">
         <f t="shared" si="3"/>
         <v>0.88999999999999924</v>
       </c>
       <c r="U26">
         <v>0.17</v>
       </c>
       <c r="V26" s="9">
         <f t="shared" si="4"/>
         <v>3.4218877199018422E-2</v>
       </c>
       <c r="W26">
         <f t="shared" si="5"/>
         <v>0.17</v>
       </c>
       <c r="X26">
         <f t="shared" si="6"/>
         <v>1.0016999999999796</v>
       </c>
     </row>
     <row r="27" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B27">
         <v>18</v>
       </c>
       <c r="C27" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S27</f>
         <v>0</v>
       </c>
       <c r="D27">
-        <f>C27*'Formulaire  Formular'!$C$9</f>
+        <f>C27*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E27" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F27" s="14">
         <v>0</v>
       </c>
       <c r="G27" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q27">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="R27" s="3">
         <f t="shared" si="2"/>
         <v>0.87999999999999923</v>
       </c>
       <c r="S27" s="3">
         <f t="shared" si="3"/>
         <v>0.88333333333333264</v>
       </c>
       <c r="U27">
         <v>0.18</v>
       </c>
       <c r="V27" s="9">
         <f t="shared" si="4"/>
         <v>3.4271416667586971E-2</v>
       </c>
       <c r="W27">
         <f t="shared" si="5"/>
         <v>0.18</v>
       </c>
       <c r="X27">
         <f t="shared" si="6"/>
         <v>1.0017999999999867</v>
       </c>
     </row>
     <row r="28" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B28">
         <v>19</v>
       </c>
       <c r="C28" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S28</f>
         <v>0</v>
       </c>
       <c r="D28">
-        <f>C28*'Formulaire  Formular'!$C$9</f>
+        <f>C28*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E28" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F28" s="14">
         <v>0</v>
       </c>
       <c r="G28" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q28">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="R28" s="3">
         <f t="shared" si="2"/>
         <v>0.87333333333333252</v>
       </c>
       <c r="S28" s="3">
         <f t="shared" si="3"/>
         <v>0.87666666666666582</v>
       </c>
       <c r="U28" s="8">
         <v>0.19</v>
       </c>
       <c r="V28" s="9">
         <f t="shared" si="4"/>
         <v>3.4324005931554699E-2</v>
       </c>
       <c r="W28">
         <f t="shared" si="5"/>
         <v>0.19</v>
       </c>
       <c r="X28">
         <f t="shared" si="6"/>
         <v>1.0018999999999934</v>
       </c>
     </row>
     <row r="29" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B29">
         <v>20</v>
       </c>
       <c r="C29" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S29</f>
         <v>0</v>
       </c>
       <c r="D29">
-        <f>C29*'Formulaire  Formular'!$C$9</f>
+        <f>C29*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E29" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F29" s="14">
         <v>0</v>
       </c>
       <c r="G29" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q29">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="R29" s="3">
         <f t="shared" si="2"/>
         <v>0.86666666666666581</v>
       </c>
       <c r="S29" s="3">
         <f t="shared" si="3"/>
         <v>0.86999999999999922</v>
       </c>
       <c r="U29">
         <v>0.2</v>
       </c>
       <c r="V29" s="9">
         <f t="shared" si="4"/>
         <v>3.4376644981813462E-2</v>
       </c>
       <c r="W29">
         <f t="shared" si="5"/>
         <v>0.2</v>
       </c>
       <c r="X29">
         <f t="shared" si="6"/>
         <v>1.0019999999999991</v>
       </c>
     </row>
     <row r="30" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B30">
         <v>21</v>
       </c>
       <c r="C30" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S30</f>
         <v>0</v>
       </c>
       <c r="D30">
-        <f>C30*'Formulaire  Formular'!$C$9</f>
+        <f>C30*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E30" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F30" s="14">
         <v>0</v>
       </c>
       <c r="G30" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q30">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="R30" s="3">
         <f t="shared" si="2"/>
         <v>0.8599999999999991</v>
       </c>
       <c r="S30" s="3">
         <f t="shared" si="3"/>
         <v>0.8633333333333324</v>
       </c>
       <c r="U30">
         <v>0.21</v>
       </c>
       <c r="V30" s="9">
         <f t="shared" si="4"/>
         <v>3.4429333809166303E-2</v>
       </c>
       <c r="W30">
         <f t="shared" si="5"/>
         <v>0.21</v>
       </c>
       <c r="X30">
         <f t="shared" si="6"/>
         <v>1.0021000000000042</v>
       </c>
     </row>
     <row r="31" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B31">
         <v>22</v>
       </c>
       <c r="C31" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S31</f>
         <v>0</v>
       </c>
       <c r="D31">
-        <f>C31*'Formulaire  Formular'!$C$9</f>
+        <f>C31*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E31" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F31" s="14">
         <v>0</v>
       </c>
       <c r="G31" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q31">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="R31" s="3">
         <f t="shared" si="2"/>
         <v>0.85333333333333239</v>
       </c>
       <c r="S31" s="3">
         <f t="shared" si="3"/>
         <v>0.8566666666666658</v>
       </c>
       <c r="U31" s="8">
         <v>0.22</v>
       </c>
       <c r="V31" s="9">
         <f t="shared" si="4"/>
         <v>3.448207240433597E-2</v>
       </c>
       <c r="W31">
         <f t="shared" si="5"/>
         <v>0.22</v>
       </c>
       <c r="X31">
         <f t="shared" si="6"/>
         <v>1.0022000000000093</v>
       </c>
     </row>
     <row r="32" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B32">
         <v>23</v>
       </c>
       <c r="C32" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S32</f>
         <v>0</v>
       </c>
       <c r="D32">
-        <f>C32*'Formulaire  Formular'!$C$9</f>
+        <f>C32*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E32" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F32" s="14">
         <v>0</v>
       </c>
       <c r="G32" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q32">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
       <c r="R32" s="3">
         <f t="shared" si="2"/>
         <v>0.84666666666666568</v>
       </c>
       <c r="S32" s="3">
         <f t="shared" si="3"/>
         <v>0.84999999999999898</v>
       </c>
       <c r="U32">
         <v>0.23</v>
       </c>
       <c r="V32" s="9">
         <f t="shared" si="4"/>
         <v>3.4534860757951667E-2</v>
       </c>
       <c r="W32">
         <f t="shared" si="5"/>
         <v>0.23</v>
       </c>
       <c r="X32">
         <f t="shared" si="6"/>
         <v>1.0023000000000137</v>
       </c>
     </row>
     <row r="33" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B33">
         <v>24</v>
       </c>
       <c r="C33" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S33</f>
         <v>0</v>
       </c>
       <c r="D33">
-        <f>C33*'Formulaire  Formular'!$C$9</f>
+        <f>C33*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E33" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F33" s="14">
         <v>0</v>
       </c>
       <c r="G33" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q33">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="R33" s="3">
         <f t="shared" si="2"/>
         <v>0.83999999999999897</v>
       </c>
       <c r="S33" s="3">
         <f t="shared" si="3"/>
         <v>0.84333333333333238</v>
       </c>
       <c r="U33">
         <v>0.24</v>
       </c>
       <c r="V33" s="9">
         <f t="shared" si="4"/>
         <v>3.4587698860561872E-2</v>
       </c>
       <c r="W33">
         <f t="shared" si="5"/>
         <v>0.24</v>
       </c>
       <c r="X33">
         <f t="shared" si="6"/>
         <v>1.0024000000000175</v>
       </c>
     </row>
     <row r="34" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B34">
         <v>25</v>
       </c>
       <c r="C34" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S34</f>
         <v>0</v>
       </c>
       <c r="D34">
-        <f>C34*'Formulaire  Formular'!$C$9</f>
+        <f>C34*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E34" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F34" s="14">
         <v>0</v>
       </c>
       <c r="G34" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q34">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
       <c r="R34" s="3">
         <f t="shared" si="2"/>
         <v>0.83333333333333226</v>
       </c>
       <c r="S34" s="3">
         <f t="shared" si="3"/>
         <v>0.83666666666666556</v>
       </c>
       <c r="U34" s="8">
         <v>0.25</v>
       </c>
       <c r="V34" s="9">
         <f t="shared" si="4"/>
         <v>3.4640586702626167E-2</v>
       </c>
       <c r="W34">
         <f t="shared" si="5"/>
         <v>0.25</v>
       </c>
       <c r="X34">
         <f t="shared" si="6"/>
         <v>1.0025000000000213</v>
       </c>
     </row>
     <row r="35" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B35">
         <v>26</v>
       </c>
       <c r="C35" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S35</f>
         <v>0</v>
       </c>
       <c r="D35">
-        <f>C35*'Formulaire  Formular'!$C$9</f>
+        <f>C35*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E35" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F35" s="14">
         <v>0</v>
       </c>
       <c r="G35" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q35">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
       <c r="R35" s="3">
         <f t="shared" si="2"/>
         <v>0.82666666666666555</v>
       </c>
       <c r="S35" s="3">
         <f t="shared" si="3"/>
         <v>0.82999999999999896</v>
       </c>
       <c r="U35">
         <v>0.26</v>
       </c>
       <c r="V35" s="9">
         <f t="shared" si="4"/>
         <v>3.4693524274517565E-2</v>
       </c>
       <c r="W35">
         <f t="shared" si="5"/>
         <v>0.26</v>
       </c>
       <c r="X35">
         <f t="shared" si="6"/>
         <v>1.0026000000000248</v>
       </c>
     </row>
     <row r="36" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B36">
         <v>27</v>
       </c>
       <c r="C36" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S36</f>
         <v>0</v>
       </c>
       <c r="D36">
-        <f>C36*'Formulaire  Formular'!$C$9</f>
+        <f>C36*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E36" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F36" s="14">
         <v>0</v>
       </c>
       <c r="G36" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q36">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
       <c r="R36" s="3">
         <f t="shared" si="2"/>
         <v>0.81999999999999884</v>
       </c>
       <c r="S36" s="3">
         <f t="shared" si="3"/>
         <v>0.82333333333333214</v>
       </c>
       <c r="U36">
         <v>0.27</v>
       </c>
       <c r="V36" s="9">
         <f t="shared" si="4"/>
         <v>3.4746511566522885E-2</v>
       </c>
       <c r="W36">
         <f t="shared" si="5"/>
         <v>0.27</v>
       </c>
       <c r="X36">
         <f t="shared" si="6"/>
         <v>1.0027000000000279</v>
       </c>
     </row>
     <row r="37" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B37">
         <v>28</v>
       </c>
       <c r="C37" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S37</f>
         <v>0</v>
       </c>
       <c r="D37">
-        <f>C37*'Formulaire  Formular'!$C$9</f>
+        <f>C37*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E37" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F37" s="14">
         <v>0</v>
       </c>
       <c r="G37" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q37">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
       <c r="R37" s="3">
         <f t="shared" si="2"/>
         <v>0.81333333333333213</v>
       </c>
       <c r="S37" s="3">
         <f t="shared" si="3"/>
         <v>0.81666666666666554</v>
       </c>
       <c r="U37" s="8">
         <v>0.28000000000000003</v>
       </c>
       <c r="V37" s="9">
         <f t="shared" si="4"/>
         <v>3.4799548568845276E-2</v>
       </c>
       <c r="W37">
         <f t="shared" si="5"/>
         <v>0.28000000000000003</v>
       </c>
       <c r="X37">
         <f t="shared" si="6"/>
         <v>1.0028000000000308</v>
       </c>
     </row>
     <row r="38" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B38">
         <v>29</v>
       </c>
       <c r="C38" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S38</f>
         <v>0</v>
       </c>
       <c r="D38">
-        <f>C38*'Formulaire  Formular'!$C$9</f>
+        <f>C38*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E38" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F38" s="14">
         <v>0</v>
       </c>
       <c r="G38" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q38">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="R38" s="3">
         <f t="shared" si="2"/>
         <v>0.80666666666666542</v>
       </c>
       <c r="S38" s="3">
         <f t="shared" si="3"/>
         <v>0.80999999999999872</v>
       </c>
       <c r="U38">
         <v>0.28999999999999998</v>
       </c>
       <c r="V38" s="9">
         <f t="shared" si="4"/>
         <v>3.4852635271600062E-2</v>
       </c>
       <c r="W38">
         <f t="shared" si="5"/>
         <v>0.28999999999999998</v>
       </c>
       <c r="X38">
         <f t="shared" si="6"/>
         <v>1.0029000000000337</v>
       </c>
     </row>
     <row r="39" spans="2:24" x14ac:dyDescent="0.25">
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" s="4">
         <f>'Formulaire  Formular'!$C$5*'Formulaire  Formular'!$C$7*S39</f>
         <v>0</v>
       </c>
       <c r="D39">
-        <f>C39*'Formulaire  Formular'!$C$9</f>
+        <f>C39*'Formulaire  Formular'!$C$9/100</f>
         <v>0</v>
       </c>
       <c r="E39" s="14" t="e">
         <f t="shared" si="7"/>
         <v>#VALUE!</v>
       </c>
       <c r="F39" s="14">
         <v>0</v>
       </c>
       <c r="G39" s="13" t="e">
         <f t="shared" si="1"/>
         <v>#VALUE!</v>
       </c>
       <c r="Q39">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="R39" s="3">
         <f t="shared" si="2"/>
         <v>0.79999999999999871</v>
       </c>
       <c r="S39" s="3">
         <f t="shared" si="3"/>
         <v>0.80333333333333212</v>
       </c>