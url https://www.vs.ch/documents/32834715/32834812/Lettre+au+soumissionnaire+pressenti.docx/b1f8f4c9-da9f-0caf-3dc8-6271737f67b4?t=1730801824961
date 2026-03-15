--- v0 (2025-11-21)
+++ v1 (2026-03-15)
@@ -7,65 +7,64 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D6F30A1" w14:textId="77777777" w:rsidR="00694B87" w:rsidRPr="00260ED6" w:rsidRDefault="00694B87" w:rsidP="00694B87">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
     <w:p w14:paraId="686611C9" w14:textId="2EC53346" w:rsidR="00694B87" w:rsidRPr="00260ED6" w:rsidRDefault="00694B87" w:rsidP="00694B87">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02782CC9" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRPr="00260ED6" w:rsidRDefault="00BA229E" w:rsidP="00BA229E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -380,132 +379,172 @@
       </w:pPr>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Conformément à l’article 8 alinéa 3 de la loi du 15 mars 2023 concernant l’adhésion du canton du Valais à l’accord intercantonal sur les marchés publics du 15 novembre 2019 (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LcAIMP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">) ainsi qu’à l’article 3 de l’ordonnance sur les marchés publics du 29 novembre 2023 (OcMP), vous voudrez bien nous transmettre pour vous-même ainsi que pour tous les sous-traitants annoncés dans votre offre, à savoir </w:t>
+        <w:t>) ainsi qu’à l’article 3 de l’ordonnance sur les marchés publics du 29 novembre 2023 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>OcMP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00260ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), vous voudrez bien nous transmettre pour vous-même ainsi que pour tous les sous-traitants annoncés dans votre offre, à savoir </w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[indiquer les noms des entreprises sous-traitantes annoncées]</w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> les attestations suivantes :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A27D98" w14:textId="77777777" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EB8DB73" w14:textId="1D77F3B1" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
+    <w:p w14:paraId="7EB8DB73" w14:textId="5C9C79EE" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour les entreprises suivantes </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <m:t>[</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">indiquer le nom des entreprises </w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>inscrites sur une liste permanente tenue par le Canton</w:t>
+        <w:t xml:space="preserve">inscrites sur une liste </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51D9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>de participation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tenue par le Canton</w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C7C391" w14:textId="77777777" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -590,132 +629,162 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) ainsi que sa vérification par un organe de contrôle agréé datant de quatre ans au plus </w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[uniquement pour les entreprises occupant plus que 100 personnes. Pour les entreprises occupant moins que 100 personnes il n’est pas nécessaire de dépose cette analyse].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F06466E" w14:textId="77777777" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EC8B916" w14:textId="77777777" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
+    <w:p w14:paraId="4EC8B916" w14:textId="79FE8CA1" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour les entreprises suivantes </w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">[indiquer le nom des entreprises </w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>qui ne sont pas inscrites sur une liste permanente tenue par le Canton</w:t>
+        <w:t xml:space="preserve">qui ne sont pas inscrites sur une liste </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51D9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>de participation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tenue par le Canton</w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057153A4" w14:textId="77777777" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Attestation de la commission paritaire professionnelle compétente concernant le respect des conditions collectives de travail [uniquement pour les domaines régis par une CCT],</w:t>
+        <w:t xml:space="preserve">Attestation de la commission paritaire professionnelle compétente concernant le respect des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conditions collectives de travail [uniquement pour les domaines régis par une CCT],</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A27B77" w14:textId="77777777" w:rsidR="00211FB1" w:rsidRPr="00260ED6" w:rsidRDefault="00211FB1" w:rsidP="00211FB1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Attestation de la caisse de compensation AVS relative au paiement des cotisations AVS, AI, APG, AC et AF exigibles,</w:t>
       </w:r>
     </w:p>
@@ -1058,106 +1127,105 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nom et prén</w:t>
       </w:r>
       <w:r w:rsidR="00211FB1" w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">om de la personne en charge du </w:t>
       </w:r>
       <w:r w:rsidRPr="00260ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dossier</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="210848EB" w14:textId="77777777" w:rsidR="00386E7C" w:rsidRPr="00260ED6" w:rsidRDefault="00386E7C" w:rsidP="00694B87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00386E7C" w:rsidRPr="00260ED6" w:rsidSect="00BA229E">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59F3E0A9" w14:textId="77777777" w:rsidR="003152E1" w:rsidRDefault="003152E1" w:rsidP="00C209AA">
+    <w:p w14:paraId="6C8549A0" w14:textId="77777777" w:rsidR="00984E0A" w:rsidRDefault="00984E0A" w:rsidP="00C209AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7120B596" w14:textId="77777777" w:rsidR="003152E1" w:rsidRDefault="003152E1" w:rsidP="00C209AA">
+    <w:p w14:paraId="05AE5C99" w14:textId="77777777" w:rsidR="00984E0A" w:rsidRDefault="00984E0A" w:rsidP="00C209AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1188,126 +1256,126 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E75C95F" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRDefault="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="020F069C" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRDefault="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01D8380D" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRDefault="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49FC5026" w14:textId="77777777" w:rsidR="003152E1" w:rsidRDefault="003152E1" w:rsidP="00C209AA">
+    <w:p w14:paraId="11292A25" w14:textId="77777777" w:rsidR="00984E0A" w:rsidRDefault="00984E0A" w:rsidP="00C209AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42833A06" w14:textId="77777777" w:rsidR="003152E1" w:rsidRDefault="003152E1" w:rsidP="00C209AA">
+    <w:p w14:paraId="5A4FBDEB" w14:textId="77777777" w:rsidR="00984E0A" w:rsidRDefault="00984E0A" w:rsidP="00C209AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CF33C03" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRDefault="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76350670" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRDefault="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18105221" w14:textId="5EEB011E" w:rsidR="00BA229E" w:rsidRPr="00A84640" w:rsidRDefault="00BA229E" w:rsidP="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="1890"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA229E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="fr-CH"/>
       </w:rPr>
       <w:t>En-tête adjudicateur</w:t>
@@ -1375,51 +1443,51 @@
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="56463D8B" w14:textId="77777777" w:rsidR="00BA229E" w:rsidRDefault="00BA229E" w:rsidP="00BA229E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="1890"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F03A0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE1E5D5C"/>
     <w:lvl w:ilvl="0" w:tplc="773EF4B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1488,187 +1556,194 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="344021428">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B2603"/>
     <w:rsid w:val="00011AEF"/>
     <w:rsid w:val="00047649"/>
     <w:rsid w:val="00075D16"/>
     <w:rsid w:val="000D5114"/>
     <w:rsid w:val="000D7ED3"/>
     <w:rsid w:val="0018235C"/>
     <w:rsid w:val="00211FB1"/>
     <w:rsid w:val="00260ED6"/>
     <w:rsid w:val="0029754E"/>
     <w:rsid w:val="002E1A25"/>
     <w:rsid w:val="003152E1"/>
     <w:rsid w:val="003324B6"/>
     <w:rsid w:val="00386E7C"/>
     <w:rsid w:val="003A2E04"/>
     <w:rsid w:val="003D08DD"/>
     <w:rsid w:val="003D2B1B"/>
     <w:rsid w:val="00400006"/>
     <w:rsid w:val="0042423A"/>
     <w:rsid w:val="00465DDC"/>
     <w:rsid w:val="004B2603"/>
+    <w:rsid w:val="004B7CFC"/>
     <w:rsid w:val="0057236A"/>
     <w:rsid w:val="00694B87"/>
     <w:rsid w:val="00790700"/>
     <w:rsid w:val="007A22DC"/>
     <w:rsid w:val="00890E60"/>
+    <w:rsid w:val="00893C2A"/>
     <w:rsid w:val="00931A6B"/>
+    <w:rsid w:val="00984E0A"/>
     <w:rsid w:val="009E4A25"/>
     <w:rsid w:val="009F1077"/>
     <w:rsid w:val="009F446E"/>
     <w:rsid w:val="00A117DC"/>
     <w:rsid w:val="00A56675"/>
+    <w:rsid w:val="00A8664F"/>
     <w:rsid w:val="00AD7A91"/>
     <w:rsid w:val="00AF614F"/>
     <w:rsid w:val="00B05E60"/>
     <w:rsid w:val="00B15903"/>
     <w:rsid w:val="00B53033"/>
     <w:rsid w:val="00BA229E"/>
     <w:rsid w:val="00BB6241"/>
     <w:rsid w:val="00BC337D"/>
     <w:rsid w:val="00BE0F20"/>
     <w:rsid w:val="00C209AA"/>
     <w:rsid w:val="00C3351B"/>
+    <w:rsid w:val="00D205EC"/>
     <w:rsid w:val="00D91B6F"/>
     <w:rsid w:val="00DE0EC0"/>
     <w:rsid w:val="00DE687C"/>
     <w:rsid w:val="00DF623D"/>
     <w:rsid w:val="00E17238"/>
+    <w:rsid w:val="00E51D9F"/>
     <w:rsid w:val="00E56034"/>
     <w:rsid w:val="00E5643D"/>
     <w:rsid w:val="00F12A05"/>
     <w:rsid w:val="00F15E18"/>
     <w:rsid w:val="00F22CB3"/>
     <w:rsid w:val="00F654D6"/>
     <w:rsid w:val="00F76FF5"/>
     <w:rsid w:val="00F91E10"/>
     <w:rsid w:val="00FA66D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B786A52"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{529BB016-4F82-498B-9E8D-869BDFB23E4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1996,50 +2071,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2230,55 +2310,65 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A117DC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A117DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="berarbeitung">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E51D9F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2526,69 +2616,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76AE594F-465E-42EB-8CAF-5D0D79809BCE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>503</Words>
-  <Characters>3171</Characters>
+  <Words>504</Words>
+  <Characters>3182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat du Valais - Staat Wallis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3667</CharactersWithSpaces>
+  <CharactersWithSpaces>3679</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gisele FAUCHERE</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>