--- v0 (2026-01-09)
+++ v1 (2026-03-18)
@@ -7,85 +7,85 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sharepoint-portal.vs.ch/sites/econstruction/Outil Cantonal/1.3 Réalisation/1.3.01 Configuration fonctionnelle/05 Modèles et signets/01_Brouillon/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sharepoint-portal.vs.ch/sites/econstruction/Outil Cantonal/1.5 Exploitation/Documentation plateforme eC/_Vérifiés/Configuration/Modèles et signets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4D3A939-B8FC-41B9-B13B-A6DA14803D25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{F0C4D5DC-5EE4-477F-8ED4-7885643CB2B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C28" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="421" uniqueCount="240">
   <si>
     <t>Signets pour les modèles de documents dans eConstruction</t>
   </si>
   <si>
     <t xml:space="preserve">Description </t>
   </si>
   <si>
     <t>Exemple de contenu eConstruction</t>
   </si>
   <si>
     <t>Signet eConstruction</t>
   </si>
   <si>
     <t>Technicien-ne communal-e</t>
   </si>
   <si>
     <t>Service</t>
   </si>
   <si>
     <t>Emplacement</t>
   </si>
   <si>
     <t>Remarque</t>
   </si>
   <si>
@@ -786,56 +786,131 @@
       </rPr>
       <t>SeCCC</t>
     </r>
   </si>
   <si>
     <t>Date invitation GIAC - dossier compétence communale</t>
   </si>
   <si>
     <t>Date réponse GIAC - dossier compétence communale</t>
   </si>
   <si>
     <t>Aperçu de la circulation &gt; *Ligne du GIAC* &gt; Date d'invitation</t>
   </si>
   <si>
     <t>Aperçu de la circulation &gt; *Ligne du GIAC* &gt; Date de réponse</t>
   </si>
   <si>
     <t>retourne la dernière date d'invitation du GIAC de la part de la commune</t>
   </si>
   <si>
     <t>retourne la dernière date de réponse du GIAC envers la commune</t>
   </si>
   <si>
     <t>Retourne toujours et seulement la dernière version de l'activation des services activés par le Technicien communale + tous les services activés par le GIAC (seulement premier niveau), mais pas la synthèse des péavis du GIAC</t>
   </si>
+  <si>
+    <t>Numéro pour consultation eConstruction</t>
+  </si>
+  <si>
+    <t>ad77742f</t>
+  </si>
+  <si>
+    <t xml:space="preserve">${numero_consultation_econstruction} </t>
+  </si>
+  <si>
+    <t>120.-</t>
+  </si>
+  <si>
+    <t>${emoluments_secc}</t>
+  </si>
+  <si>
+    <t>Facturation &gt; Total [CHF]</t>
+  </si>
+  <si>
+    <t>Montant des émoluments du GIAC</t>
+  </si>
+  <si>
+    <r>
+      <t>Reprise du montant total</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>des émoluments du GIAC dans le cadre d'un dossier de compétence communale ayant transité par le GIAC.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Publication à l’enquête publique et opposition &gt; </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>*Enquête*</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>&gt; Publication &gt; Informations générales &gt; Numéro pour consultation eConstruction</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -872,50 +947,56 @@
     </font>
     <font>
       <sz val="10"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1283,51 +1364,51 @@
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1520,76 +1601,140 @@
     <xf numFmtId="3" fontId="1" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="8">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -1904,80 +2049,80 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B3:I79"/>
+  <dimension ref="B3:I81"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A12" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B38" sqref="B38"/>
+    <sheetView tabSelected="1" topLeftCell="A56" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="B71" sqref="B71:I71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="1"/>
     <col min="2" max="2" width="55.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="60.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="44.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="15.42578125" style="3" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" style="3" customWidth="1"/>
     <col min="8" max="8" width="107.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="72.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="10.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:9" ht="23.25" x14ac:dyDescent="0.25">
-      <c r="B3" s="82" t="s">
+      <c r="B3" s="88" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="82"/>
-[...5 lines deleted...]
-      <c r="I3" s="82"/>
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
+      <c r="F3" s="88"/>
+      <c r="G3" s="88"/>
+      <c r="H3" s="88"/>
+      <c r="I3" s="88"/>
     </row>
     <row r="4" spans="2:9" ht="14.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="18"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="19"/>
       <c r="I4" s="4"/>
     </row>
     <row r="5" spans="2:9" s="17" customFormat="1" ht="35.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="57" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="58" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="58" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="59" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="59" t="s">
@@ -2442,51 +2587,51 @@
         <v>73</v>
       </c>
       <c r="I25" s="80" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="2:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="27" spans="2:9" ht="18" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="41" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="42"/>
       <c r="D27" s="42"/>
       <c r="E27" s="43"/>
       <c r="F27" s="43"/>
       <c r="G27" s="43"/>
       <c r="H27" s="44"/>
       <c r="I27" s="45"/>
     </row>
     <row r="28" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B28" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C28" s="8">
         <f ca="1">TODAY()</f>
-        <v>46009</v>
+        <v>46051</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="15" t="s">
         <v>12</v>
       </c>
       <c r="H28" s="22" t="s">
         <v>79</v>
       </c>
       <c r="I28" s="10"/>
     </row>
     <row r="29" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B29" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C29" s="8">
         <v>45284</v>
       </c>
@@ -2664,90 +2809,90 @@
       </c>
     </row>
     <row r="37" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B37" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C37" s="8">
         <v>45385</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>107</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="15"/>
       <c r="H37" s="20" t="s">
         <v>108</v>
       </c>
       <c r="I37" s="10"/>
     </row>
     <row r="38" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B38" s="83" t="s">
+      <c r="B38" s="82" t="s">
         <v>224</v>
       </c>
       <c r="C38" s="8">
         <v>45335</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="15"/>
-      <c r="H38" s="85" t="s">
+      <c r="H38" s="84" t="s">
         <v>226</v>
       </c>
-      <c r="I38" s="87" t="s">
+      <c r="I38" s="86" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="39" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="84" t="s">
+      <c r="B39" s="83" t="s">
         <v>225</v>
       </c>
       <c r="C39" s="47">
         <v>45364</v>
       </c>
       <c r="D39" s="48" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="49" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="49"/>
       <c r="G39" s="50"/>
-      <c r="H39" s="86" t="s">
+      <c r="H39" s="85" t="s">
         <v>227</v>
       </c>
-      <c r="I39" s="88" t="s">
+      <c r="I39" s="87" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="40" spans="2:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="41" spans="2:9" ht="18" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B41" s="41" t="s">
         <v>111</v>
       </c>
       <c r="C41" s="42"/>
       <c r="D41" s="42"/>
       <c r="E41" s="43"/>
       <c r="F41" s="43"/>
       <c r="G41" s="43"/>
       <c r="H41" s="44"/>
       <c r="I41" s="45"/>
     </row>
     <row r="42" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B42" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>114</v>
@@ -3153,416 +3298,474 @@
     </row>
     <row r="61" spans="2:9" ht="51" x14ac:dyDescent="0.25">
       <c r="B61" s="9" t="s">
         <v>170</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>171</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>172</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="15"/>
       <c r="H61" s="20" t="s">
         <v>173</v>
       </c>
       <c r="I61" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="62" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B62" s="31" t="s">
+    <row r="62" spans="2:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="B62" s="89" t="s">
+        <v>231</v>
+      </c>
+      <c r="C62" s="90" t="s">
+        <v>232</v>
+      </c>
+      <c r="D62" s="90" t="s">
+        <v>233</v>
+      </c>
+      <c r="E62" s="91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" s="91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="92"/>
+      <c r="H62" s="93" t="s">
+        <v>239</v>
+      </c>
+      <c r="I62" s="94" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="63" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B63" s="31" t="s">
         <v>174</v>
       </c>
-      <c r="C62" s="8" t="s">
+      <c r="C63" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="D62" s="32" t="s">
+      <c r="D63" s="32" t="s">
         <v>175</v>
       </c>
-      <c r="E62" s="33" t="s">
-[...6 lines deleted...]
-      <c r="H62" s="20" t="s">
+      <c r="E63" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="39"/>
+      <c r="H63" s="20" t="s">
         <v>176</v>
       </c>
-      <c r="I62" s="10"/>
-[...2 lines deleted...]
-      <c r="B63" s="34" t="s">
+      <c r="I63" s="10"/>
+    </row>
+    <row r="64" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="34" t="s">
         <v>177</v>
       </c>
-      <c r="C63" s="35"/>
-[...27 lines deleted...]
-      </c>
+      <c r="C64" s="35"/>
+      <c r="D64" s="35"/>
+      <c r="E64" s="36"/>
+      <c r="F64" s="36"/>
+      <c r="G64" s="36"/>
+      <c r="H64" s="37"/>
+      <c r="I64" s="38"/>
     </row>
     <row r="65" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="B65" s="9" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>179</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F65" s="6"/>
       <c r="G65" s="15"/>
       <c r="H65" s="40" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I65" s="87" t="s">
+        <v>181</v>
+      </c>
+      <c r="I65" s="86" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="66" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="B66" s="9" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>179</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F66" s="6"/>
       <c r="G66" s="15"/>
       <c r="H66" s="40" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="I66" s="87" t="s">
+        <v>184</v>
+      </c>
+      <c r="I66" s="86" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="67" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="B67" s="9" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>179</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>189</v>
-[...4 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" s="6"/>
       <c r="G67" s="15"/>
       <c r="H67" s="40" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>187</v>
+      </c>
+      <c r="I67" s="86" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="B68" s="9" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>179</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E68" s="6"/>
       <c r="F68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="15"/>
       <c r="H68" s="40" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="I68" s="10" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="69" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="B69" s="9" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>179</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E69" s="6"/>
       <c r="F69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="15"/>
       <c r="H69" s="40" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="I69" s="10" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="70" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B70" s="34" t="s">
+    <row r="70" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="B70" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E70" s="6"/>
+      <c r="F70" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="15"/>
+      <c r="H70" s="40" t="s">
+        <v>197</v>
+      </c>
+      <c r="I70" s="10" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="71" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B71" s="95" t="s">
+        <v>237</v>
+      </c>
+      <c r="C71" s="90" t="s">
+        <v>234</v>
+      </c>
+      <c r="D71" s="90" t="s">
+        <v>235</v>
+      </c>
+      <c r="E71" s="91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" s="91"/>
+      <c r="G71" s="92"/>
+      <c r="H71" s="96" t="s">
+        <v>236</v>
+      </c>
+      <c r="I71" s="94" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="72" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="34" t="s">
         <v>198</v>
       </c>
-      <c r="C70" s="35"/>
-[...8 lines deleted...]
-      <c r="B71" s="9" t="s">
+      <c r="C72" s="35"/>
+      <c r="D72" s="35"/>
+      <c r="E72" s="36"/>
+      <c r="F72" s="36"/>
+      <c r="G72" s="36"/>
+      <c r="H72" s="37"/>
+      <c r="I72" s="38"/>
+    </row>
+    <row r="73" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B73" s="9" t="s">
         <v>199</v>
       </c>
-      <c r="C71" s="8" t="s">
+      <c r="C73" s="8" t="s">
         <v>200</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="D73" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="E71" s="6"/>
-[...4 lines deleted...]
-      <c r="H71" s="22" t="s">
+      <c r="E73" s="6"/>
+      <c r="F73" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="15"/>
+      <c r="H73" s="22" t="s">
         <v>202</v>
       </c>
-      <c r="I71" s="10"/>
-[...2 lines deleted...]
-      <c r="B72" s="9" t="s">
+      <c r="I73" s="10"/>
+    </row>
+    <row r="74" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B74" s="9" t="s">
         <v>203</v>
       </c>
-      <c r="C72" s="8" t="s">
+      <c r="C74" s="8" t="s">
         <v>204</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="D74" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="E72" s="6"/>
-[...4 lines deleted...]
-      <c r="H72" s="22" t="s">
+      <c r="E74" s="6"/>
+      <c r="F74" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="15"/>
+      <c r="H74" s="22" t="s">
         <v>202</v>
       </c>
-      <c r="I72" s="10"/>
-[...2 lines deleted...]
-      <c r="B73" s="46" t="s">
+      <c r="I74" s="10"/>
+    </row>
+    <row r="75" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="46" t="s">
         <v>206</v>
       </c>
-      <c r="C73" s="52" t="s">
+      <c r="C75" s="52" t="s">
         <v>207</v>
       </c>
-      <c r="D73" s="48" t="s">
+      <c r="D75" s="48" t="s">
         <v>208</v>
       </c>
-      <c r="E73" s="49"/>
-[...4 lines deleted...]
-      <c r="H73" s="53" t="s">
+      <c r="E75" s="49"/>
+      <c r="F75" s="49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="50"/>
+      <c r="H75" s="53" t="s">
         <v>202</v>
       </c>
-      <c r="I73" s="51"/>
-[...3 lines deleted...]
-      <c r="B75" s="41" t="s">
+      <c r="I75" s="51"/>
+    </row>
+    <row r="76" spans="2:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="77" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="41" t="s">
         <v>209</v>
       </c>
-      <c r="C75" s="42"/>
-[...8 lines deleted...]
-      <c r="B76" s="9" t="s">
+      <c r="C77" s="42"/>
+      <c r="D77" s="42"/>
+      <c r="E77" s="43"/>
+      <c r="F77" s="43"/>
+      <c r="G77" s="43"/>
+      <c r="H77" s="44"/>
+      <c r="I77" s="45"/>
+    </row>
+    <row r="78" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B78" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="C76" s="5" t="s">
+      <c r="C78" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="D76" s="5" t="s">
+      <c r="D78" s="5" t="s">
         <v>212</v>
-      </c>
-[...50 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G78" s="15" t="s">
         <v>12</v>
       </c>
       <c r="H78" s="63" t="s">
         <v>213</v>
       </c>
-      <c r="I78" s="10"/>
-[...2 lines deleted...]
-      <c r="B79" s="46" t="s">
+      <c r="I78" s="10" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="79" spans="2:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="B79" s="9" t="s">
+        <v>214</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H79" s="63" t="s">
+        <v>213</v>
+      </c>
+      <c r="I79" s="10" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="80" spans="2:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B80" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H80" s="63" t="s">
+        <v>213</v>
+      </c>
+      <c r="I80" s="10"/>
+    </row>
+    <row r="81" spans="2:9" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="B81" s="46" t="s">
         <v>220</v>
       </c>
-      <c r="C79" s="62" t="s">
+      <c r="C81" s="62" t="s">
         <v>221</v>
       </c>
-      <c r="D79" s="48" t="s">
+      <c r="D81" s="48" t="s">
         <v>222</v>
       </c>
-      <c r="E79" s="49" t="s">
-[...8 lines deleted...]
-      <c r="H79" s="64" t="s">
+      <c r="E81" s="49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" s="49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="H81" s="64" t="s">
         <v>213</v>
       </c>
-      <c r="I79" s="51"/>
+      <c r="I81" s="51"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:I3"/>
   </mergeCells>
+  <conditionalFormatting sqref="C62">
+    <cfRule type="duplicateValues" dxfId="7" priority="3"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C71">
+    <cfRule type="duplicateValues" dxfId="6" priority="1"/>
+  </conditionalFormatting>
   <conditionalFormatting sqref="D22 L22">
-    <cfRule type="duplicateValues" dxfId="3" priority="3"/>
+    <cfRule type="duplicateValues" dxfId="5" priority="7"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="D25 L25">
-    <cfRule type="duplicateValues" dxfId="2" priority="2"/>
+    <cfRule type="duplicateValues" dxfId="4" priority="6"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L23 L1:L21 D1:D21 D23 D26:D1048576 L26:L1048576">
+  <conditionalFormatting sqref="L23 L1:L21 D1:D21 D23 D26:D61 L26:L61 L63:L70 D63:D70 D72:D1048576 L72:L1048576">
+    <cfRule type="duplicateValues" dxfId="3" priority="8"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L24 D24">
+    <cfRule type="duplicateValues" dxfId="2" priority="5"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L62 D62">
     <cfRule type="duplicateValues" dxfId="1" priority="4"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L24 D24">
-    <cfRule type="duplicateValues" dxfId="0" priority="1"/>
+  <conditionalFormatting sqref="L71 D71">
+    <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DEE55A84145BD347B1453FC402380897" ma:contentTypeVersion="2" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="4f9a88fd492e58b796e7d75e1cf94f2f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f44416bf-5011-4341-8f4b-67cca53ba015" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89c93feb100fc57ac4f4b012ff868591" ns2:_="">
     <xsd:import namespace="f44416bf-5011-4341-8f4b-67cca53ba015"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -3686,102 +3889,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2396583F-965F-4110-BCA3-643F3F221D26}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f44416bf-5011-4341-8f4b-67cca53ba015"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A4FA199-6675-4A5D-AEF6-E482691F3B55}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EB21C48-D6E8-4AB3-A32C-77FCE1AE0EAA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EB21C48-D6E8-4AB3-A32C-77FCE1AE0EAA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A4FA199-6675-4A5D-AEF6-E482691F3B55}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="f44416bf-5011-4341-8f4b-67cca53ba015"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>