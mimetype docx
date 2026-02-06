--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061E5645" w14:textId="77777777" w:rsidR="00903AAB" w:rsidRDefault="00903AAB" w:rsidP="1AB68EB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>procuration</w:t>
       </w:r>
     </w:p>
@@ -173,52 +173,63 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">/ET </w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Prénom nom</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>, date de naissance, adresse, code postal, localité, pays, adresse email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, date de naissance, adresse, code postal, localité, pays, adresse </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1AB68EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6405ABB7" w14:textId="77777777" w:rsidR="003A60A6" w:rsidRDefault="1AB68EB0" w:rsidP="1AB68EB0">
       <w:pPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Déclare/nt</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -245,51 +256,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>prénom</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> nom</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>, date de naissance, adresse, code postal, localité, pays, adresse email,</w:t>
+        <w:t xml:space="preserve">, date de naissance, adresse, code postal, localité, pays, adresse </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1AB68EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1AB68EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41AB171F" w14:textId="77777777" w:rsidR="005023B1" w:rsidRDefault="1AB68EB0" w:rsidP="00795738">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -605,69 +636,51 @@
         <w:t>. Le/la</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> représent</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>é/e</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> connaissance des risques existant et autorise le/la représen</w:t>
+        <w:t xml:space="preserve"> a connaissance des risques existant et autorise le/la représen</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>tant/</w:t>
       </w:r>
       <w:r w:rsidR="0088353A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -911,155 +924,173 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B1350E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BDE4828" w14:textId="77777777" w:rsidR="00795738" w:rsidRDefault="00795738" w:rsidP="00795738">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="49830D7C" w14:textId="77777777" w:rsidR="00CC7B47" w:rsidRDefault="00CC7B47" w:rsidP="00795738">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:before="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Représentant</w:t>
       </w:r>
       <w:r w:rsidR="00DB79A7" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/e</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB79A7" w:rsidRPr="00795738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="0000049A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0000049A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prénom </w:t>
       </w:r>
       <w:r w:rsidR="003B7183" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nom</w:t>
       </w:r>
       <w:r w:rsidR="0000049A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00795738" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A91DCC" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00565578" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: ………………</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00565578" w:rsidRPr="00795738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………</w:t>
       </w:r>
       <w:r w:rsidR="000002CE" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1081,188 +1112,187 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48FF1D12" w14:textId="77777777" w:rsidR="00664D8D" w:rsidRPr="00795738" w:rsidRDefault="1AB68EB0" w:rsidP="00795738">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Représenté/e</w:t>
+        <w:t>Représenté/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00795738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="0000049A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0000049A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prénom nom : ……</w:t>
       </w:r>
       <w:r w:rsidR="00795738" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………</w:t>
       </w:r>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A91DCC" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: …………………</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00795738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0B1CB8" w14:textId="77777777" w:rsidR="00493216" w:rsidRPr="00795738" w:rsidRDefault="00E01E59" w:rsidP="00795738">
+    <w:p w14:paraId="7E0B1CB8" w14:textId="651C43A2" w:rsidR="00493216" w:rsidRPr="00795738" w:rsidRDefault="00E01E59" w:rsidP="00795738">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Lors de l’envoi en format papier, p</w:t>
       </w:r>
       <w:r w:rsidR="1AB68EB0" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rière de joindre à la procuration </w:t>
       </w:r>
       <w:r w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dûment </w:t>
       </w:r>
       <w:r w:rsidR="006C0E60" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">signée </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> signataire</w:t>
+        <w:t>signée</w:t>
       </w:r>
       <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En cas </w:t>
       </w:r>
       <w:r w:rsidR="00703F89" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1276,144 +1306,172 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">’utilisation de </w:t>
       </w:r>
       <w:r w:rsidR="00703F89" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>la plateforme</w:t>
       </w:r>
       <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00703F89" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0009058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">déposer </w:t>
+      </w:r>
       <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ladite procuration dûment signée </w:t>
       </w:r>
+      <w:r w:rsidR="0009058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sur la plateforme et conserver l’original qui doit</w:t>
+      </w:r>
       <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>avec copie de la pièce d’identité doit également être</w:t>
+        <w:t xml:space="preserve"> être</w:t>
       </w:r>
       <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>transmise par voie postale à l’autorité compétente</w:t>
+        <w:t>transmise</w:t>
+      </w:r>
+      <w:r w:rsidR="0009058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur demande</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par voie postale à l’autorité compétente</w:t>
       </w:r>
       <w:r w:rsidR="00564610" w:rsidRPr="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00493216" w:rsidRPr="00795738" w:rsidSect="00795738">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="-567" w:right="1418" w:bottom="0" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6887AA9B" w14:textId="77777777" w:rsidR="0067318E" w:rsidRDefault="0067318E" w:rsidP="007C0FA1">
+    <w:p w14:paraId="33E75010" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65D2A2F4" w14:textId="77777777" w:rsidR="0067318E" w:rsidRDefault="0067318E" w:rsidP="007C0FA1">
+    <w:p w14:paraId="668FCFAE" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="HelveticaNeue LightCond">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -1424,136 +1482,136 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6052E260" w14:textId="77777777" w:rsidR="00822E8F" w:rsidRDefault="00822E8F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F77F56D" w14:textId="77777777" w:rsidR="00822E8F" w:rsidRDefault="00822E8F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E4FA172" w14:textId="77777777" w:rsidR="00822E8F" w:rsidRDefault="00822E8F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D4BC712" w14:textId="77777777" w:rsidR="0067318E" w:rsidRDefault="0067318E" w:rsidP="007C0FA1">
+    <w:p w14:paraId="11A0528E" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FB8F382" w14:textId="77777777" w:rsidR="0067318E" w:rsidRDefault="0067318E" w:rsidP="007C0FA1">
+    <w:p w14:paraId="64AEE17E" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27730A32" w14:textId="77777777" w:rsidR="007C0FA1" w:rsidRDefault="007C0FA1">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5407CC1A" w14:textId="77777777" w:rsidR="007C0FA1" w:rsidRDefault="007C0FA1">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C122FCB" w14:textId="77777777" w:rsidR="007C0FA1" w:rsidRDefault="007C0FA1">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029B2EE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B2633C0"/>
     <w:lvl w:ilvl="0" w:tplc="1C82FCFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaNeue LightCond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="HelveticaNeue LightCond" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1622,270 +1680,283 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="893272859">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00903AAB"/>
     <w:rsid w:val="000002CE"/>
     <w:rsid w:val="0000049A"/>
+    <w:rsid w:val="00043FB1"/>
+    <w:rsid w:val="0009058C"/>
     <w:rsid w:val="00093EBB"/>
     <w:rsid w:val="000B32A5"/>
     <w:rsid w:val="000F777A"/>
     <w:rsid w:val="00101432"/>
     <w:rsid w:val="00101B2F"/>
+    <w:rsid w:val="00117041"/>
     <w:rsid w:val="0013279E"/>
     <w:rsid w:val="0015220D"/>
     <w:rsid w:val="001652AF"/>
+    <w:rsid w:val="001969FE"/>
     <w:rsid w:val="001A585D"/>
     <w:rsid w:val="001B5BAF"/>
     <w:rsid w:val="001C55DF"/>
     <w:rsid w:val="001E7E44"/>
     <w:rsid w:val="00226008"/>
     <w:rsid w:val="00244E0F"/>
     <w:rsid w:val="002761F3"/>
+    <w:rsid w:val="002A19E0"/>
     <w:rsid w:val="002B2BAA"/>
     <w:rsid w:val="002C5927"/>
     <w:rsid w:val="002D6C20"/>
     <w:rsid w:val="0030488C"/>
     <w:rsid w:val="00336564"/>
     <w:rsid w:val="00390C1E"/>
     <w:rsid w:val="003A60A6"/>
     <w:rsid w:val="003B7183"/>
     <w:rsid w:val="003D0234"/>
     <w:rsid w:val="00403002"/>
     <w:rsid w:val="00426FC2"/>
+    <w:rsid w:val="00447F25"/>
     <w:rsid w:val="004717CC"/>
+    <w:rsid w:val="004923F7"/>
     <w:rsid w:val="00493216"/>
     <w:rsid w:val="004962D9"/>
     <w:rsid w:val="00496601"/>
     <w:rsid w:val="004B3C07"/>
     <w:rsid w:val="004B7702"/>
     <w:rsid w:val="004E6B9A"/>
     <w:rsid w:val="005023B1"/>
     <w:rsid w:val="00514B5A"/>
     <w:rsid w:val="00564610"/>
     <w:rsid w:val="00565578"/>
     <w:rsid w:val="00566DB6"/>
+    <w:rsid w:val="005725D1"/>
     <w:rsid w:val="005772BF"/>
     <w:rsid w:val="00582FDA"/>
     <w:rsid w:val="005A3E4B"/>
     <w:rsid w:val="005B0864"/>
     <w:rsid w:val="005D19BA"/>
     <w:rsid w:val="005D493B"/>
     <w:rsid w:val="005D7F5D"/>
     <w:rsid w:val="005E74BD"/>
     <w:rsid w:val="005F58D6"/>
     <w:rsid w:val="00601740"/>
     <w:rsid w:val="00610596"/>
     <w:rsid w:val="00645E34"/>
     <w:rsid w:val="006527C5"/>
     <w:rsid w:val="00655B4D"/>
     <w:rsid w:val="00664D8D"/>
     <w:rsid w:val="00672037"/>
     <w:rsid w:val="0067318E"/>
     <w:rsid w:val="0068510D"/>
     <w:rsid w:val="00687B34"/>
     <w:rsid w:val="00691137"/>
     <w:rsid w:val="0069199B"/>
     <w:rsid w:val="006A02AA"/>
     <w:rsid w:val="006C0E60"/>
     <w:rsid w:val="006D0774"/>
+    <w:rsid w:val="006D11FF"/>
     <w:rsid w:val="00701913"/>
     <w:rsid w:val="00703F89"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="00730398"/>
     <w:rsid w:val="00730540"/>
     <w:rsid w:val="00730C19"/>
     <w:rsid w:val="007359B3"/>
     <w:rsid w:val="00743A3E"/>
     <w:rsid w:val="00795738"/>
     <w:rsid w:val="007A4369"/>
     <w:rsid w:val="007C0FA1"/>
     <w:rsid w:val="007C7C2D"/>
     <w:rsid w:val="007D4FF3"/>
     <w:rsid w:val="00822E8F"/>
+    <w:rsid w:val="0084440C"/>
     <w:rsid w:val="00863280"/>
     <w:rsid w:val="0087238D"/>
     <w:rsid w:val="00874558"/>
     <w:rsid w:val="008757EE"/>
     <w:rsid w:val="008777DD"/>
     <w:rsid w:val="0088353A"/>
     <w:rsid w:val="00887D4A"/>
     <w:rsid w:val="008969AD"/>
     <w:rsid w:val="008D225E"/>
     <w:rsid w:val="008F0F2E"/>
     <w:rsid w:val="009028BF"/>
     <w:rsid w:val="00903AAB"/>
     <w:rsid w:val="00952DA6"/>
     <w:rsid w:val="00955181"/>
     <w:rsid w:val="00984309"/>
     <w:rsid w:val="009E107D"/>
     <w:rsid w:val="009F79B3"/>
     <w:rsid w:val="00A1361C"/>
     <w:rsid w:val="00A91DCC"/>
     <w:rsid w:val="00AA0FE6"/>
     <w:rsid w:val="00AC0D25"/>
     <w:rsid w:val="00AD13DE"/>
     <w:rsid w:val="00B0424A"/>
     <w:rsid w:val="00B1350E"/>
     <w:rsid w:val="00B8224E"/>
     <w:rsid w:val="00BD437F"/>
     <w:rsid w:val="00C02EE1"/>
     <w:rsid w:val="00C1276E"/>
     <w:rsid w:val="00C300D6"/>
     <w:rsid w:val="00C30873"/>
     <w:rsid w:val="00C331DF"/>
     <w:rsid w:val="00C74B62"/>
     <w:rsid w:val="00CB5913"/>
     <w:rsid w:val="00CC7B47"/>
     <w:rsid w:val="00CD62ED"/>
     <w:rsid w:val="00D35105"/>
+    <w:rsid w:val="00D50196"/>
     <w:rsid w:val="00D64EF4"/>
     <w:rsid w:val="00D65FD5"/>
     <w:rsid w:val="00D819FA"/>
     <w:rsid w:val="00D95AAD"/>
     <w:rsid w:val="00DB0E9E"/>
     <w:rsid w:val="00DB79A7"/>
     <w:rsid w:val="00DC293B"/>
     <w:rsid w:val="00DD7261"/>
     <w:rsid w:val="00DD7A82"/>
     <w:rsid w:val="00DE107F"/>
     <w:rsid w:val="00E01E59"/>
     <w:rsid w:val="00E05816"/>
     <w:rsid w:val="00E116CF"/>
     <w:rsid w:val="00E23E77"/>
     <w:rsid w:val="00E525E7"/>
     <w:rsid w:val="00E67269"/>
     <w:rsid w:val="00EB07B2"/>
     <w:rsid w:val="00ED13FE"/>
     <w:rsid w:val="00F2232F"/>
     <w:rsid w:val="00F31B2A"/>
     <w:rsid w:val="00F329C1"/>
     <w:rsid w:val="00F5666C"/>
     <w:rsid w:val="00FA14A5"/>
     <w:rsid w:val="00FC5CF9"/>
     <w:rsid w:val="1AB68EB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2CF4885A"/>
   <w15:docId w15:val="{44222757-9842-4F63-9552-442164B11E67}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaNeue LightCond" w:eastAsiaTheme="minorHAnsi" w:hAnsi="HelveticaNeue LightCond" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="80" w:after="80"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2213,50 +2284,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D493B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2385,55 +2461,66 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007C0FA1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C0FA1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007C0FA1"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0009058C"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2885,91 +2972,85 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f44416bf-5011-4341-8f4b-67cca53ba015"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D9062DE-6E19-497B-966F-933CE831AA03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30E88F3D-A36D-4CFB-90F8-74BAD6915AD9}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>325</Words>
-  <Characters>1792</Characters>
+  <Words>320</Words>
+  <Characters>1766</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2113</CharactersWithSpaces>
+  <CharactersWithSpaces>2082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>jbonvin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DEE55A84145BD347B1453FC402380897</vt:lpwstr>
   </property>
 </Properties>
 </file>