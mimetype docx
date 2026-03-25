--- v1 (2026-02-06)
+++ v2 (2026-03-25)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061E5645" w14:textId="77777777" w:rsidR="00903AAB" w:rsidRDefault="00903AAB" w:rsidP="1AB68EB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1AB68EB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="20"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
@@ -1209,241 +1210,262 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> …………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00795738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0B1CB8" w14:textId="651C43A2" w:rsidR="00493216" w:rsidRPr="00795738" w:rsidRDefault="00E01E59" w:rsidP="00795738">
+    <w:p w14:paraId="7E0B1CB8" w14:textId="651C43A2" w:rsidR="00493216" w:rsidRPr="00795738" w:rsidRDefault="00E01E59" w:rsidP="00A85242">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lors de l’envoi en format papier, p</w:t>
       </w:r>
-      <w:r w:rsidR="1AB68EB0" w:rsidRPr="00795738">
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="1AB68EB0" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rière de joindre la procuration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dûment </w:t>
       </w:r>
-      <w:r w:rsidR="006C0E60" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006C0E60" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>signée</w:t>
       </w:r>
-      <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00D64EF4" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00B0424A" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En cas </w:t>
       </w:r>
-      <w:r w:rsidR="00703F89" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00703F89" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00D64EF4" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">’utilisation de </w:t>
       </w:r>
-      <w:r w:rsidR="00703F89" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00703F89" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la plateforme</w:t>
       </w:r>
-      <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00D64EF4" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00703F89" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00703F89" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0009058C">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="0009058C" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">déposer </w:t>
       </w:r>
-      <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00D64EF4" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ladite procuration dûment signée </w:t>
       </w:r>
-      <w:r w:rsidR="0009058C">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="0009058C" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sur la plateforme et conserver l’original qui doit</w:t>
       </w:r>
-      <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00B0424A" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> être</w:t>
       </w:r>
-      <w:r w:rsidR="00D64EF4" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00D64EF4" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00B0424A" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>transmise</w:t>
       </w:r>
-      <w:r w:rsidR="0009058C">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="0009058C" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur demande</w:t>
       </w:r>
-      <w:r w:rsidR="00B0424A" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00B0424A" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par voie postale à l’autorité compétente</w:t>
       </w:r>
-      <w:r w:rsidR="00564610" w:rsidRPr="00795738">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00564610" w:rsidRPr="00A85242">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00493216" w:rsidRPr="00795738" w:rsidSect="00795738">
+    <w:sectPr w:rsidR="00493216" w:rsidRPr="00795738" w:rsidSect="00A85242">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="-567" w:right="1418" w:bottom="0" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33E75010" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
+    <w:p w14:paraId="1E1DBC95" w14:textId="77777777" w:rsidR="006518A0" w:rsidRDefault="006518A0" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="668FCFAE" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
+    <w:p w14:paraId="0A5C2CD5" w14:textId="77777777" w:rsidR="006518A0" w:rsidRDefault="006518A0" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="HelveticaNeue LightCond">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -1514,61 +1536,61 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F77F56D" w14:textId="77777777" w:rsidR="00822E8F" w:rsidRDefault="00822E8F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E4FA172" w14:textId="77777777" w:rsidR="00822E8F" w:rsidRDefault="00822E8F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11A0528E" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
+    <w:p w14:paraId="6F0C1369" w14:textId="77777777" w:rsidR="006518A0" w:rsidRDefault="006518A0" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64AEE17E" w14:textId="77777777" w:rsidR="00D50196" w:rsidRDefault="00D50196" w:rsidP="007C0FA1">
+    <w:p w14:paraId="7F84440B" w14:textId="77777777" w:rsidR="006518A0" w:rsidRDefault="006518A0" w:rsidP="007C0FA1">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27730A32" w14:textId="77777777" w:rsidR="007C0FA1" w:rsidRDefault="007C0FA1">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5407CC1A" w14:textId="77777777" w:rsidR="007C0FA1" w:rsidRDefault="007C0FA1">
     <w:pPr>
@@ -1688,56 +1710,57 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="893272859">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00903AAB"/>
     <w:rsid w:val="000002CE"/>
     <w:rsid w:val="0000049A"/>
     <w:rsid w:val="00043FB1"/>
     <w:rsid w:val="0009058C"/>
@@ -1775,140 +1798,144 @@
     <w:rsid w:val="004923F7"/>
     <w:rsid w:val="00493216"/>
     <w:rsid w:val="004962D9"/>
     <w:rsid w:val="00496601"/>
     <w:rsid w:val="004B3C07"/>
     <w:rsid w:val="004B7702"/>
     <w:rsid w:val="004E6B9A"/>
     <w:rsid w:val="005023B1"/>
     <w:rsid w:val="00514B5A"/>
     <w:rsid w:val="00564610"/>
     <w:rsid w:val="00565578"/>
     <w:rsid w:val="00566DB6"/>
     <w:rsid w:val="005725D1"/>
     <w:rsid w:val="005772BF"/>
     <w:rsid w:val="00582FDA"/>
     <w:rsid w:val="005A3E4B"/>
     <w:rsid w:val="005B0864"/>
     <w:rsid w:val="005D19BA"/>
     <w:rsid w:val="005D493B"/>
     <w:rsid w:val="005D7F5D"/>
     <w:rsid w:val="005E74BD"/>
     <w:rsid w:val="005F58D6"/>
     <w:rsid w:val="00601740"/>
     <w:rsid w:val="00610596"/>
     <w:rsid w:val="00645E34"/>
+    <w:rsid w:val="006518A0"/>
     <w:rsid w:val="006527C5"/>
     <w:rsid w:val="00655B4D"/>
     <w:rsid w:val="00664D8D"/>
     <w:rsid w:val="00672037"/>
     <w:rsid w:val="0067318E"/>
     <w:rsid w:val="0068510D"/>
     <w:rsid w:val="00687B34"/>
     <w:rsid w:val="00691137"/>
     <w:rsid w:val="0069199B"/>
     <w:rsid w:val="006A02AA"/>
     <w:rsid w:val="006C0E60"/>
     <w:rsid w:val="006D0774"/>
     <w:rsid w:val="006D11FF"/>
     <w:rsid w:val="00701913"/>
     <w:rsid w:val="00703F89"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="00730398"/>
     <w:rsid w:val="00730540"/>
     <w:rsid w:val="00730C19"/>
     <w:rsid w:val="007359B3"/>
     <w:rsid w:val="00743A3E"/>
     <w:rsid w:val="00795738"/>
     <w:rsid w:val="007A4369"/>
     <w:rsid w:val="007C0FA1"/>
     <w:rsid w:val="007C7C2D"/>
     <w:rsid w:val="007D4FF3"/>
     <w:rsid w:val="00822E8F"/>
     <w:rsid w:val="0084440C"/>
     <w:rsid w:val="00863280"/>
     <w:rsid w:val="0087238D"/>
     <w:rsid w:val="00874558"/>
     <w:rsid w:val="008757EE"/>
     <w:rsid w:val="008777DD"/>
     <w:rsid w:val="0088353A"/>
     <w:rsid w:val="00887D4A"/>
     <w:rsid w:val="008969AD"/>
     <w:rsid w:val="008D225E"/>
     <w:rsid w:val="008F0F2E"/>
     <w:rsid w:val="009028BF"/>
     <w:rsid w:val="00903AAB"/>
     <w:rsid w:val="00952DA6"/>
     <w:rsid w:val="00955181"/>
     <w:rsid w:val="00984309"/>
     <w:rsid w:val="009E107D"/>
     <w:rsid w:val="009F79B3"/>
     <w:rsid w:val="00A1361C"/>
+    <w:rsid w:val="00A85242"/>
     <w:rsid w:val="00A91DCC"/>
     <w:rsid w:val="00AA0FE6"/>
     <w:rsid w:val="00AC0D25"/>
     <w:rsid w:val="00AD13DE"/>
     <w:rsid w:val="00B0424A"/>
     <w:rsid w:val="00B1350E"/>
     <w:rsid w:val="00B8224E"/>
     <w:rsid w:val="00BD437F"/>
     <w:rsid w:val="00C02EE1"/>
     <w:rsid w:val="00C1276E"/>
     <w:rsid w:val="00C300D6"/>
     <w:rsid w:val="00C30873"/>
     <w:rsid w:val="00C331DF"/>
     <w:rsid w:val="00C74B62"/>
     <w:rsid w:val="00CB5913"/>
     <w:rsid w:val="00CC7B47"/>
     <w:rsid w:val="00CD62ED"/>
     <w:rsid w:val="00D35105"/>
     <w:rsid w:val="00D50196"/>
     <w:rsid w:val="00D64EF4"/>
     <w:rsid w:val="00D65FD5"/>
     <w:rsid w:val="00D819FA"/>
     <w:rsid w:val="00D95AAD"/>
     <w:rsid w:val="00DB0E9E"/>
     <w:rsid w:val="00DB79A7"/>
     <w:rsid w:val="00DC293B"/>
     <w:rsid w:val="00DD7261"/>
     <w:rsid w:val="00DD7A82"/>
     <w:rsid w:val="00DE107F"/>
     <w:rsid w:val="00E01E59"/>
     <w:rsid w:val="00E05816"/>
     <w:rsid w:val="00E116CF"/>
     <w:rsid w:val="00E23E77"/>
+    <w:rsid w:val="00E469EF"/>
     <w:rsid w:val="00E525E7"/>
     <w:rsid w:val="00E67269"/>
     <w:rsid w:val="00EB07B2"/>
     <w:rsid w:val="00ED13FE"/>
     <w:rsid w:val="00F2232F"/>
     <w:rsid w:val="00F31B2A"/>
     <w:rsid w:val="00F329C1"/>
     <w:rsid w:val="00F5666C"/>
     <w:rsid w:val="00FA14A5"/>
     <w:rsid w:val="00FC5CF9"/>
     <w:rsid w:val="1AB68EB0"/>
+    <w:rsid w:val="6CCCE3C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2CF4885A"/>
@@ -2781,52 +2808,67 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DEE55A84145BD347B1453FC402380897" ma:contentTypeVersion="2" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="ab5b7a36b831099e7f2f010b0fec30b4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f44416bf-5011-4341-8f4b-67cca53ba015" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="80cd894ad1c7d309d6216c10850d264f" ns2:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DEE55A84145BD347B1453FC402380897" ma:contentTypeVersion="2" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="4f9a88fd492e58b796e7d75e1cf94f2f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f44416bf-5011-4341-8f4b-67cca53ba015" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89c93feb100fc57ac4f4b012ff868591" ns2:_="">
     <xsd:import namespace="f44416bf-5011-4341-8f4b-67cca53ba015"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f44416bf-5011-4341-8f4b-67cca53ba015" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
@@ -2928,129 +2970,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30E88F3D-A36D-4CFB-90F8-74BAD6915AD9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D9062DE-6E19-497B-966F-933CE831AA03}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB63D631-588A-4672-A0BB-67040608A667}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F9746CE-B8B0-47B0-B47F-9BAE1D9E8F5F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f44416bf-5011-4341-8f4b-67cca53ba015"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>320</Words>
-  <Characters>1766</Characters>
+  <Characters>1764</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2082</CharactersWithSpaces>
+  <CharactersWithSpaces>2080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>jbonvin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DEE55A84145BD347B1453FC402380897</vt:lpwstr>
   </property>
 </Properties>
 </file>