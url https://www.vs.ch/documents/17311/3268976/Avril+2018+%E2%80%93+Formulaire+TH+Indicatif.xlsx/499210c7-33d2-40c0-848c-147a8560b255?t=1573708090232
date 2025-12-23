--- v0 (2025-11-12)
+++ v1 (2025-12-23)
@@ -1,128 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\valchv\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c56088604\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08A6BB7D-DD8E-4A10-BF34-E0426A2113CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2190" yWindow="-210" windowWidth="16125" windowHeight="11880" activeTab="1"/>
+    <workbookView xWindow="30750" yWindow="945" windowWidth="16755" windowHeight="13350" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Français" sheetId="17" r:id="rId1"/>
     <sheet name="Deutsch" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Deutsch!$A$1:$K$92</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Français!$A$1:$K$92</definedName>
     <definedName name="_xlnm.Print_Area">Français!$A$1:$K$79</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F15" i="17" l="1"/>
-  <c r="F30" i="1" l="1"/>
+  <c r="F27" i="1" l="1"/>
+  <c r="F28" i="1"/>
+  <c r="F29" i="1"/>
+  <c r="F30" i="1"/>
   <c r="F31" i="1"/>
-  <c r="F32" i="1"/>
   <c r="F33" i="1"/>
   <c r="F34" i="1"/>
+  <c r="F35" i="1"/>
   <c r="F36" i="1"/>
   <c r="F37" i="1"/>
   <c r="F38" i="1"/>
   <c r="F39" i="1"/>
-  <c r="F79" i="1" s="1"/>
-  <c r="K75" i="1" s="1"/>
   <c r="F40" i="1"/>
   <c r="F41" i="1"/>
-  <c r="F42" i="1"/>
   <c r="F43" i="1"/>
   <c r="F44" i="1"/>
+  <c r="F45" i="1"/>
   <c r="F46" i="1"/>
   <c r="F47" i="1"/>
   <c r="F48" i="1"/>
   <c r="F49" i="1"/>
   <c r="F50" i="1"/>
   <c r="F51" i="1"/>
-  <c r="F52" i="1"/>
   <c r="F53" i="1"/>
   <c r="F54" i="1"/>
-  <c r="F56" i="1"/>
   <c r="F57" i="1"/>
+  <c r="F58" i="1"/>
+  <c r="F59" i="1"/>
   <c r="F60" i="1"/>
   <c r="F61" i="1"/>
   <c r="F62" i="1"/>
   <c r="F63" i="1"/>
   <c r="F64" i="1"/>
   <c r="F65" i="1"/>
   <c r="F66" i="1"/>
-  <c r="F67" i="1"/>
   <c r="F68" i="1"/>
   <c r="F69" i="1"/>
+  <c r="F70" i="1"/>
   <c r="F71" i="1"/>
   <c r="F72" i="1"/>
   <c r="F73" i="1"/>
   <c r="F74" i="1"/>
   <c r="F75" i="1"/>
-  <c r="F76" i="1"/>
-[...1 lines deleted...]
-  <c r="F78" i="1"/>
   <c r="F15" i="1"/>
   <c r="F16" i="1"/>
   <c r="F17" i="1"/>
   <c r="F18" i="1"/>
   <c r="F19" i="1"/>
   <c r="F20" i="1"/>
   <c r="F21" i="1"/>
   <c r="F22" i="1"/>
   <c r="F23" i="1"/>
   <c r="F24" i="1"/>
-  <c r="F25" i="1"/>
-[...1 lines deleted...]
-  <c r="F27" i="1"/>
   <c r="K16" i="1"/>
   <c r="K17" i="1"/>
   <c r="K18" i="1"/>
   <c r="K19" i="1"/>
   <c r="K20" i="1"/>
   <c r="K21" i="1"/>
   <c r="K22" i="1"/>
   <c r="K23" i="1"/>
   <c r="K24" i="1"/>
   <c r="K25" i="1"/>
   <c r="K26" i="1"/>
   <c r="K28" i="1"/>
   <c r="K29" i="1"/>
   <c r="K30" i="1"/>
   <c r="K31" i="1"/>
   <c r="K32" i="1"/>
   <c r="K33" i="1"/>
   <c r="K34" i="1"/>
   <c r="K35" i="1"/>
   <c r="K36" i="1"/>
   <c r="K37" i="1"/>
   <c r="K38" i="1"/>
   <c r="K39" i="1"/>
   <c r="K40" i="1"/>
   <c r="K41" i="1"/>
@@ -175,164 +189,163 @@
   <c r="K40" i="17"/>
   <c r="K41" i="17"/>
   <c r="K42" i="17"/>
   <c r="K43" i="17"/>
   <c r="K44" i="17"/>
   <c r="K45" i="17"/>
   <c r="K46" i="17"/>
   <c r="K47" i="17"/>
   <c r="K49" i="17"/>
   <c r="K50" i="17"/>
   <c r="K51" i="17"/>
   <c r="K52" i="17"/>
   <c r="K53" i="17"/>
   <c r="K54" i="17"/>
   <c r="K55" i="17"/>
   <c r="K56" i="17"/>
   <c r="K57" i="17"/>
   <c r="K58" i="17"/>
   <c r="K59" i="17"/>
   <c r="K61" i="17"/>
   <c r="K62" i="17"/>
   <c r="K63" i="17"/>
   <c r="K65" i="17"/>
   <c r="K67" i="17"/>
   <c r="K71" i="17"/>
+  <c r="F79" i="1"/>
+  <c r="F80" i="1"/>
+  <c r="F81" i="1"/>
   <c r="F82" i="1"/>
   <c r="F83" i="1"/>
   <c r="F84" i="1"/>
   <c r="F85" i="1"/>
-  <c r="F91" i="1" s="1"/>
-  <c r="K87" i="1" s="1"/>
   <c r="F86" i="1"/>
   <c r="F87" i="1"/>
-  <c r="F88" i="1"/>
-[...1 lines deleted...]
-  <c r="F90" i="1"/>
   <c r="K71" i="1"/>
   <c r="I89" i="1"/>
-  <c r="F22" i="17"/>
+  <c r="F21" i="17"/>
   <c r="F16" i="17"/>
   <c r="F17" i="17"/>
   <c r="F18" i="17"/>
   <c r="F19" i="17"/>
   <c r="F20" i="17"/>
-  <c r="F21" i="17"/>
+  <c r="F22" i="17"/>
   <c r="F23" i="17"/>
   <c r="F24" i="17"/>
-  <c r="F25" i="17"/>
-  <c r="F26" i="17"/>
+  <c r="C77" i="17"/>
   <c r="F27" i="17"/>
-  <c r="C80" i="17"/>
+  <c r="F28" i="17"/>
+  <c r="F29" i="17"/>
   <c r="F30" i="17"/>
   <c r="F31" i="17"/>
-  <c r="F32" i="17"/>
   <c r="F33" i="17"/>
   <c r="F34" i="17"/>
+  <c r="F35" i="17"/>
   <c r="F36" i="17"/>
   <c r="F37" i="17"/>
   <c r="F38" i="17"/>
   <c r="F39" i="17"/>
   <c r="F40" i="17"/>
   <c r="F41" i="17"/>
-  <c r="F42" i="17"/>
   <c r="F43" i="17"/>
   <c r="F44" i="17"/>
+  <c r="F45" i="17"/>
   <c r="F46" i="17"/>
   <c r="F47" i="17"/>
   <c r="F48" i="17"/>
   <c r="F49" i="17"/>
   <c r="F50" i="17"/>
   <c r="F51" i="17"/>
-  <c r="F52" i="17"/>
   <c r="F53" i="17"/>
   <c r="F54" i="17"/>
-  <c r="F56" i="17"/>
   <c r="F57" i="17"/>
+  <c r="F58" i="17"/>
+  <c r="F59" i="17"/>
   <c r="F60" i="17"/>
   <c r="F61" i="17"/>
   <c r="F62" i="17"/>
   <c r="F63" i="17"/>
   <c r="F64" i="17"/>
   <c r="F65" i="17"/>
   <c r="F66" i="17"/>
-  <c r="F67" i="17"/>
   <c r="F68" i="17"/>
   <c r="F69" i="17"/>
+  <c r="F70" i="17"/>
   <c r="F71" i="17"/>
   <c r="F72" i="17"/>
   <c r="F73" i="17"/>
   <c r="F74" i="17"/>
   <c r="F75" i="17"/>
-  <c r="F76" i="17"/>
-[...1 lines deleted...]
-  <c r="F78" i="17"/>
+  <c r="F79" i="17"/>
+  <c r="F80" i="17"/>
+  <c r="F81" i="17"/>
   <c r="F82" i="17"/>
   <c r="F83" i="17"/>
   <c r="F84" i="17"/>
   <c r="F85" i="17"/>
   <c r="F86" i="17"/>
   <c r="F87" i="17"/>
-  <c r="F88" i="17"/>
-[...1 lines deleted...]
-  <c r="F90" i="17"/>
   <c r="I77" i="17"/>
-  <c r="C80" i="1"/>
+  <c r="C77" i="1"/>
   <c r="I89" i="17"/>
   <c r="H77" i="1"/>
   <c r="H77" i="17"/>
   <c r="K14" i="17"/>
   <c r="K15" i="17"/>
-  <c r="F80" i="1" l="1"/>
-  <c r="F91" i="17"/>
+  <c r="F88" i="1" l="1"/>
+  <c r="K87" i="1" s="1"/>
+  <c r="F76" i="1"/>
+  <c r="K75" i="1" s="1"/>
+  <c r="F88" i="17"/>
   <c r="K87" i="17" s="1"/>
   <c r="K73" i="1"/>
   <c r="K74" i="1"/>
   <c r="K73" i="17"/>
-  <c r="F79" i="17"/>
+  <c r="F76" i="17"/>
   <c r="K75" i="17" s="1"/>
   <c r="K74" i="17"/>
-  <c r="F80" i="17" l="1"/>
+  <c r="F77" i="1" l="1"/>
+  <c r="F77" i="17"/>
   <c r="K76" i="17"/>
   <c r="K77" i="17" s="1"/>
   <c r="K79" i="17" s="1"/>
   <c r="K83" i="17" s="1"/>
   <c r="K76" i="1"/>
   <c r="K77" i="1" s="1"/>
   <c r="K79" i="1" s="1"/>
   <c r="K83" i="1" s="1"/>
   <c r="K88" i="1" l="1"/>
   <c r="K89" i="1" s="1"/>
   <c r="K88" i="17" l="1"/>
   <c r="K89" i="17" s="1"/>
   <c r="K91" i="1"/>
   <c r="K91" i="17" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="575" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="563" uniqueCount="355">
   <si>
     <t>Preisb.</t>
   </si>
   <si>
     <t>Ansatz</t>
   </si>
   <si>
     <t>Anzahl</t>
   </si>
   <si>
     <t>Betrag</t>
   </si>
   <si>
     <t xml:space="preserve">                           Position                          </t>
   </si>
   <si>
     <t>Elem.</t>
   </si>
   <si>
     <t xml:space="preserve">1  AUFTRAG                </t>
   </si>
   <si>
     <t xml:space="preserve">4 BÜROARBEITEN                  </t>
   </si>
   <si>
@@ -593,56 +606,50 @@
   <si>
     <t xml:space="preserve">       Total Büroarbeiten + Dislokationsentschädigung</t>
   </si>
   <si>
     <t xml:space="preserve">     Total Feld- und Versicherungsarbeiten </t>
   </si>
   <si>
     <t xml:space="preserve">       Auftrag</t>
   </si>
   <si>
     <t xml:space="preserve">       Total Feld- und Versicherungsarbeiten</t>
   </si>
   <si>
     <t>.32  Gussschacht</t>
   </si>
   <si>
     <t>.33  Bolzen  D=4 cm</t>
   </si>
   <si>
     <t xml:space="preserve">.12  Aufsuchen mit Hilfsmittel/Signal.  </t>
   </si>
   <si>
     <t>.22 jede weitere Parzellen für Gebäude- und Kuturgrenzm.</t>
   </si>
   <si>
-    <t>.31 Situationsmutation (gemäss Erläuterungen)</t>
-[...4 lines deleted...]
-  <si>
     <t>.18 Kreuz spitzen (klein)</t>
   </si>
   <si>
     <t>.25 Entfernen Kunststoffmarkstein</t>
   </si>
   <si>
     <t>.26 Entfernen Granitstein</t>
   </si>
   <si>
     <t>.27 Entfernen Bolzen</t>
   </si>
   <si>
     <t>.36 Kunststoffmarkstein Attenberger/Schenkel</t>
   </si>
   <si>
     <t>.37 Kunststoffmarkstein Jollien</t>
   </si>
   <si>
     <t>.39 Rohr</t>
   </si>
   <si>
     <t>.191 Löschen LFP,Dateien</t>
   </si>
   <si>
     <t xml:space="preserve">.213 Nachführung der Pläne:neue GP </t>
@@ -746,83 +753,74 @@
   <si>
     <t>MANDAT</t>
   </si>
   <si>
     <t xml:space="preserve">4.1  Points fixes planimétriques                 </t>
   </si>
   <si>
     <t>.11  Calcul d'orientation de direction</t>
   </si>
   <si>
     <t>PFP</t>
   </si>
   <si>
     <t>.12 Réunion de parcelles</t>
   </si>
   <si>
     <t xml:space="preserve">.12  Calcul des altitudes              </t>
   </si>
   <si>
     <t xml:space="preserve">.13  Mise à jour fichiers/plans: PFP en vigueur </t>
   </si>
   <si>
     <t xml:space="preserve">.2  Mutation de bâtiment         </t>
   </si>
   <si>
-    <t>.21 Mutation de bâtiment (selon explications)</t>
-[...1 lines deleted...]
-  <si>
     <t>.131 Mise à jour dans fichier de PFP en vigueur</t>
   </si>
   <si>
     <t xml:space="preserve">.22 Mut. de bâtiment ou de nature pour chaque parc. suppl. </t>
   </si>
   <si>
     <t>.14  Mise à jour de fiche signalétique</t>
   </si>
   <si>
     <t xml:space="preserve">.3  Mutation d'élément de situation         </t>
   </si>
   <si>
     <t xml:space="preserve">.15  Détermination de nouveau PFP3 avec alt. </t>
   </si>
   <si>
-    <t>.31 Mutation d'élément de situation (selon explications)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">.16  Détermination de nouveau PFP3 sans alt.  </t>
   </si>
   <si>
     <t>.32 Pour chaque parcelle supplémentaire</t>
   </si>
   <si>
     <t xml:space="preserve">.4  Rétablissement         </t>
   </si>
   <si>
-    <t>.41 Rétablissement (selon explications)</t>
-[...1 lines deleted...]
-  <si>
     <t>.18  Etablissement de fiche signalétique</t>
   </si>
   <si>
     <t xml:space="preserve">.5  Travaux spéciaux   </t>
   </si>
   <si>
     <t>.19  Mise à jour des plans: PFP supprimés</t>
   </si>
   <si>
     <t>2 TRAVAUX DE TERRAIN</t>
   </si>
   <si>
     <t>2.1 Points fixes planimétriques</t>
   </si>
   <si>
     <t>.191 Suppression dans fichier de PFP</t>
   </si>
   <si>
     <t xml:space="preserve">.11  Recherche / Signalisation </t>
   </si>
   <si>
     <t xml:space="preserve">4.2  Points-limites     </t>
   </si>
   <si>
     <t>.12  Recherche avec moyens aux./Signalisation</t>
@@ -1131,53 +1129,50 @@
     <t>Genre de mutation</t>
   </si>
   <si>
     <t xml:space="preserve">2.3   Points de situation    </t>
   </si>
   <si>
     <t xml:space="preserve">4.3  Points de situation ( y.c. bâtiments )       </t>
   </si>
   <si>
     <t>Mutations Nr.</t>
   </si>
   <si>
     <t>Art der Mutation</t>
   </si>
   <si>
     <t>Auftraggeber:</t>
   </si>
   <si>
     <t xml:space="preserve">       GESAMTTOTAL  AUFTRAGGEBER</t>
   </si>
   <si>
     <t>Hier ein Kommentartext eingeben</t>
   </si>
   <si>
     <t>Position</t>
-  </si>
-[...1 lines deleted...]
-    <t>.21 Gebäudemutation (gemäss Erläuterungen)</t>
   </si>
   <si>
     <t>.36 Bornes artificielles Attenberger/Schenkel</t>
   </si>
   <si>
     <t>.37 Bornes Jollien</t>
   </si>
   <si>
     <t>.38 Piquets</t>
   </si>
   <si>
     <t>.39 Tuyaux</t>
   </si>
   <si>
     <t xml:space="preserve">.31  PFP3 - borne ronde  D=14 cm </t>
   </si>
   <si>
     <t xml:space="preserve">.34  Borne  12/12 cm </t>
   </si>
   <si>
     <t xml:space="preserve">.35  Borne  14/14 cm  </t>
   </si>
   <si>
     <t>.31  LFP3-Stein rund D=14 cm</t>
   </si>
@@ -1376,51 +1371,51 @@
   <si>
     <t xml:space="preserve">       Total ARBEITEN nach KOSTENTARIF</t>
   </si>
   <si>
     <t xml:space="preserve">Date de réalisation / terrain : </t>
   </si>
   <si>
     <t xml:space="preserve">Date de réalisation / bureau : </t>
   </si>
   <si>
     <t>TH Indicatif</t>
   </si>
   <si>
     <t xml:space="preserve">Ausführungsdatum / Feldarbeit: </t>
   </si>
   <si>
     <t xml:space="preserve">Ausführungsdatum / Büroarbeit: </t>
   </si>
   <si>
     <t>HO Indikativ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.00_)"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="0.0_)"/>
     <numFmt numFmtId="167" formatCode="0_)"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
@@ -2151,822 +2146,770 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="290">
+  <cellXfs count="264">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...46 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="15" fillId="2" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="10" fontId="15" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="15" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="166" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="18" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="18" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="19" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="18" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="23" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="16" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="10" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="49" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="49" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="51" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="51" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="52" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="52" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="53" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="53" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="12" fillId="4" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="12" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="12" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="12" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="13" fillId="4" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="4" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="165" fontId="6" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="12" fillId="4" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="12" fillId="4" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="165" fontId="6" fillId="4" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="13" fillId="4" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="6" fillId="5" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="14" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="5" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="13" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="12" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="13" fillId="4" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="4" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="12" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="5" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="14" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="2" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="14" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="3" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="42" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="43" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="1" fontId="9" fillId="2" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="9" fillId="2" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="9" fillId="2" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="9" fillId="2" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="33" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="34" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="20" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...49 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="164" fontId="9" fillId="2" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="48" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="48" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="37" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="37" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="2" borderId="40" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="40" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="2" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="5" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="18" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="5" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="41" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="42" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="43" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="41" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="44" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="45" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="46" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="38" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="2" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="2" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="9" fillId="2" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="9" fillId="2" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="9" fillId="2" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...45 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="47" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="36" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
-    <cellStyle name="Standard_Abrechnungsformular-fr" xfId="2"/>
+    <cellStyle name="Standard_Abrechnungsformular-fr" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="42"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="42"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -3013,100 +2956,103 @@
       <rgbColor rgb="00CC9CCC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00E3E3E3"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="00339933"/>
       <rgbColor rgb="00999933"/>
       <rgbColor rgb="00996633"/>
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -3134,51 +3080,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3315,5367 +3261,4875 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr transitionEvaluation="1" codeName="Feuil1"/>
-  <dimension ref="A1:S121"/>
+  <dimension ref="A1:R95"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection sqref="A1:A2"/>
+    <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="O5" sqref="O5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.77734375" defaultRowHeight="18" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.77734375" style="16" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="9.77734375" style="16"/>
+    <col min="1" max="1" width="19.77734375" style="15" customWidth="1"/>
+    <col min="2" max="2" width="34" style="15" customWidth="1"/>
+    <col min="3" max="3" width="10.77734375" style="15" customWidth="1"/>
+    <col min="4" max="4" width="9.77734375" style="15"/>
+    <col min="5" max="5" width="8.6640625" style="15" customWidth="1"/>
+    <col min="6" max="6" width="12" style="15" customWidth="1"/>
+    <col min="7" max="7" width="52" style="15" customWidth="1"/>
+    <col min="8" max="8" width="8.77734375" style="15" customWidth="1"/>
+    <col min="9" max="9" width="9.77734375" style="15"/>
+    <col min="10" max="10" width="8.6640625" style="15" customWidth="1"/>
+    <col min="11" max="11" width="12.77734375" style="15" customWidth="1"/>
+    <col min="12" max="16384" width="9.77734375" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="H1" s="275" t="s">
+    <row r="1" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="195" t="s">
+        <v>351</v>
+      </c>
+      <c r="B1" s="142" t="s">
+        <v>349</v>
+      </c>
+      <c r="C1" s="197"/>
+      <c r="D1" s="198"/>
+      <c r="E1" s="203" t="s">
+        <v>266</v>
+      </c>
+      <c r="F1" s="204" t="s">
+        <v>266</v>
+      </c>
+      <c r="G1" s="207"/>
+      <c r="H1" s="203" t="s">
+        <v>134</v>
+      </c>
+      <c r="I1" s="204"/>
+      <c r="J1" s="199"/>
+      <c r="K1" s="200"/>
+    </row>
+    <row r="2" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="196"/>
+      <c r="B2" s="143" t="s">
+        <v>350</v>
+      </c>
+      <c r="C2" s="209"/>
+      <c r="D2" s="210"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="208"/>
+      <c r="H2" s="205"/>
+      <c r="I2" s="206"/>
+      <c r="J2" s="201"/>
+      <c r="K2" s="202"/>
+    </row>
+    <row r="3" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="103"/>
+      <c r="B3" s="109"/>
+      <c r="C3" s="255"/>
+      <c r="D3" s="256"/>
+      <c r="E3" s="247" t="s">
+        <v>317</v>
+      </c>
+      <c r="F3" s="248"/>
+      <c r="G3" s="226"/>
+      <c r="H3" s="241" t="s">
+        <v>267</v>
+      </c>
+      <c r="I3" s="242"/>
+      <c r="J3" s="242"/>
+      <c r="K3" s="243"/>
+    </row>
+    <row r="4" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="230"/>
+      <c r="B4" s="231"/>
+      <c r="C4" s="213"/>
+      <c r="D4" s="214"/>
+      <c r="E4" s="220" t="s">
+        <v>337</v>
+      </c>
+      <c r="F4" s="221"/>
+      <c r="G4" s="219"/>
+      <c r="H4" s="244"/>
+      <c r="I4" s="245"/>
+      <c r="J4" s="245"/>
+      <c r="K4" s="246"/>
+    </row>
+    <row r="5" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="104"/>
+      <c r="B5" s="135"/>
+      <c r="C5" s="217"/>
+      <c r="D5" s="218"/>
+      <c r="E5" s="137"/>
+      <c r="F5" s="57">
+        <v>2026</v>
+      </c>
+      <c r="G5" s="219"/>
+      <c r="H5" s="249"/>
+      <c r="I5" s="250"/>
+      <c r="J5" s="250"/>
+      <c r="K5" s="251"/>
+    </row>
+    <row r="6" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="105"/>
+      <c r="B6" s="135"/>
+      <c r="C6" s="217"/>
+      <c r="D6" s="218"/>
+      <c r="E6" s="137" t="s">
+        <v>318</v>
+      </c>
+      <c r="F6" s="57">
+        <v>1.0760000000000001</v>
+      </c>
+      <c r="G6" s="219"/>
+      <c r="H6" s="249"/>
+      <c r="I6" s="250"/>
+      <c r="J6" s="250"/>
+      <c r="K6" s="251"/>
+    </row>
+    <row r="7" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="105"/>
+      <c r="B7" s="135"/>
+      <c r="C7" s="217"/>
+      <c r="D7" s="218"/>
+      <c r="E7" s="137" t="s">
+        <v>319</v>
+      </c>
+      <c r="F7" s="53">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="G7" s="219"/>
+      <c r="H7" s="249"/>
+      <c r="I7" s="250"/>
+      <c r="J7" s="250"/>
+      <c r="K7" s="251"/>
+    </row>
+    <row r="8" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="106"/>
+      <c r="B8" s="136"/>
+      <c r="C8" s="224"/>
+      <c r="D8" s="225"/>
+      <c r="E8" s="138"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="227"/>
+      <c r="H8" s="252"/>
+      <c r="I8" s="253"/>
+      <c r="J8" s="253"/>
+      <c r="K8" s="254"/>
+    </row>
+    <row r="9" spans="1:18" s="14" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="118" t="s">
+        <v>265</v>
+      </c>
+      <c r="B9" s="234" t="s">
+        <v>343</v>
+      </c>
+      <c r="C9" s="235"/>
+      <c r="D9" s="235"/>
+      <c r="E9" s="234"/>
+      <c r="F9" s="234"/>
+      <c r="G9" s="234"/>
+      <c r="H9" s="234"/>
+      <c r="I9" s="234"/>
+      <c r="J9" s="234"/>
+      <c r="K9" s="236"/>
+      <c r="M9" s="15"/>
+      <c r="N9" s="15"/>
+      <c r="O9" s="15"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="15"/>
+      <c r="R9" s="15"/>
+    </row>
+    <row r="10" spans="1:18" s="14" customFormat="1" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="119"/>
+      <c r="B10" s="237"/>
+      <c r="C10" s="237"/>
+      <c r="D10" s="237"/>
+      <c r="E10" s="237"/>
+      <c r="F10" s="237"/>
+      <c r="G10" s="237"/>
+      <c r="H10" s="237"/>
+      <c r="I10" s="237"/>
+      <c r="J10" s="237"/>
+      <c r="K10" s="238"/>
+      <c r="M10" s="15"/>
+      <c r="N10" s="15"/>
+      <c r="O10" s="15"/>
+      <c r="P10" s="15"/>
+      <c r="Q10" s="15"/>
+      <c r="R10" s="15"/>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A11" s="44"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="76"/>
+      <c r="D11" s="76"/>
+      <c r="E11" s="76"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="76"/>
+      <c r="H11" s="76"/>
+      <c r="I11" s="76"/>
+      <c r="J11" s="76"/>
+      <c r="K11" s="76"/>
+    </row>
+    <row r="12" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="228" t="s">
+        <v>260</v>
+      </c>
+      <c r="B12" s="239"/>
+      <c r="C12" s="215" t="s">
+        <v>135</v>
+      </c>
+      <c r="D12" s="107" t="s">
         <v>136</v>
       </c>
-      <c r="I1" s="276"/>
-[...76 lines deleted...]
-      <c r="F6" s="69">
+      <c r="E12" s="228" t="s">
+        <v>137</v>
+      </c>
+      <c r="F12" s="228" t="s">
+        <v>138</v>
+      </c>
+      <c r="G12" s="228" t="s">
+        <v>4</v>
+      </c>
+      <c r="H12" s="215" t="s">
+        <v>135</v>
+      </c>
+      <c r="I12" s="107" t="s">
+        <v>136</v>
+      </c>
+      <c r="J12" s="228" t="s">
+        <v>137</v>
+      </c>
+      <c r="K12" s="215" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="229"/>
+      <c r="B13" s="240"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="134">
+        <v>2017</v>
+      </c>
+      <c r="E13" s="229"/>
+      <c r="F13" s="229"/>
+      <c r="G13" s="229"/>
+      <c r="H13" s="216"/>
+      <c r="I13" s="134">
+        <v>2017</v>
+      </c>
+      <c r="J13" s="229"/>
+      <c r="K13" s="216"/>
+    </row>
+    <row r="14" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="145" t="s">
+        <v>139</v>
+      </c>
+      <c r="B14" s="146"/>
+      <c r="C14" s="147"/>
+      <c r="D14" s="146"/>
+      <c r="E14" s="148"/>
+      <c r="F14" s="149"/>
+      <c r="G14" s="150" t="s">
+        <v>140</v>
+      </c>
+      <c r="H14" s="146"/>
+      <c r="I14" s="146"/>
+      <c r="J14" s="146"/>
+      <c r="K14" s="151">
+        <f>I14*J14</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="B15" s="17"/>
+      <c r="C15" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D15" s="28">
+        <v>525</v>
+      </c>
+      <c r="E15" s="45"/>
+      <c r="F15" s="77">
+        <f>D15*E15</f>
+        <v>0</v>
+      </c>
+      <c r="G15" s="152" t="s">
+        <v>143</v>
+      </c>
+      <c r="H15" s="153"/>
+      <c r="I15" s="153"/>
+      <c r="J15" s="153"/>
+      <c r="K15" s="154">
+        <f>I15*J15</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="62" t="s">
+        <v>344</v>
+      </c>
+      <c r="B16" s="133"/>
+      <c r="C16" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D16" s="28">
+        <v>450</v>
+      </c>
+      <c r="E16" s="45"/>
+      <c r="F16" s="77">
+        <f t="shared" ref="F16:F24" si="0">D16*E16</f>
+        <v>0</v>
+      </c>
+      <c r="G16" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="H16" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I16" s="28">
+        <v>20</v>
+      </c>
+      <c r="J16" s="45"/>
+      <c r="K16" s="77">
+        <f>I16*J16</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="21" t="s">
+        <v>146</v>
+      </c>
+      <c r="B17" s="17"/>
+      <c r="C17" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D17" s="28">
+        <v>260</v>
+      </c>
+      <c r="E17" s="45"/>
+      <c r="F17" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G17" s="16" t="s">
+        <v>147</v>
+      </c>
+      <c r="H17" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I17" s="28">
+        <v>20</v>
+      </c>
+      <c r="J17" s="45"/>
+      <c r="K17" s="77">
+        <f t="shared" ref="K17:K26" si="1">I17*J17</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="B18" s="17"/>
+      <c r="C18" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="D18" s="28">
+        <v>10</v>
+      </c>
+      <c r="E18" s="45"/>
+      <c r="F18" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G18" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I18" s="28">
+        <v>25</v>
+      </c>
+      <c r="J18" s="45"/>
+      <c r="K18" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" s="17"/>
+      <c r="C19" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" s="28">
+        <v>210</v>
+      </c>
+      <c r="E19" s="45"/>
+      <c r="F19" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G19" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="H19" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I19" s="28">
+        <v>20</v>
+      </c>
+      <c r="J19" s="45"/>
+      <c r="K19" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" s="17"/>
+      <c r="C20" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="D20" s="28">
+        <v>20</v>
+      </c>
+      <c r="E20" s="45"/>
+      <c r="F20" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G20" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="H20" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I20" s="28">
+        <v>10</v>
+      </c>
+      <c r="J20" s="45"/>
+      <c r="K20" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="16" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" s="17"/>
+      <c r="C21" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" s="28">
+        <v>260</v>
+      </c>
+      <c r="E21" s="45"/>
+      <c r="F21" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G21" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="H21" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I21" s="28">
+        <v>80</v>
+      </c>
+      <c r="J21" s="45"/>
+      <c r="K21" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" s="17"/>
+      <c r="C22" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="D22" s="28">
+        <v>25</v>
+      </c>
+      <c r="E22" s="45"/>
+      <c r="F22" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G22" s="16" t="s">
+        <v>155</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I22" s="28">
+        <v>80</v>
+      </c>
+      <c r="J22" s="45"/>
+      <c r="K22" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="16" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D23" s="28">
+        <v>250</v>
+      </c>
+      <c r="E23" s="45"/>
+      <c r="F23" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G23" s="16" t="s">
+        <v>346</v>
+      </c>
+      <c r="H23" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I23" s="28">
+        <v>60</v>
+      </c>
+      <c r="J23" s="45"/>
+      <c r="K23" s="77">
+        <f>I23*J23</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" s="17"/>
+      <c r="C24" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D24" s="95"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="77">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G24" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="H24" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I24" s="28">
+        <v>85</v>
+      </c>
+      <c r="J24" s="45"/>
+      <c r="K24" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="157" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" s="158"/>
+      <c r="C25" s="158"/>
+      <c r="D25" s="158"/>
+      <c r="E25" s="159"/>
+      <c r="F25" s="160"/>
+      <c r="G25" s="16" t="s">
+        <v>160</v>
+      </c>
+      <c r="H25" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I25" s="28">
+        <v>30</v>
+      </c>
+      <c r="J25" s="45"/>
+      <c r="K25" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="161" t="s">
+        <v>162</v>
+      </c>
+      <c r="B26" s="146"/>
+      <c r="C26" s="146"/>
+      <c r="D26" s="146"/>
+      <c r="E26" s="156"/>
+      <c r="F26" s="146"/>
+      <c r="G26" s="91" t="s">
+        <v>163</v>
+      </c>
+      <c r="H26" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="I26" s="30">
+        <v>20</v>
+      </c>
+      <c r="J26" s="45"/>
+      <c r="K26" s="77">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" s="17"/>
+      <c r="C27" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D27" s="19">
+        <v>25</v>
+      </c>
+      <c r="E27" s="45"/>
+      <c r="F27" s="77">
+        <f>D27*E27</f>
+        <v>0</v>
+      </c>
+      <c r="G27" s="155" t="s">
+        <v>165</v>
+      </c>
+      <c r="H27" s="146"/>
+      <c r="I27" s="146"/>
+      <c r="J27" s="156"/>
+      <c r="K27" s="151"/>
+    </row>
+    <row r="28" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="16" t="s">
+        <v>166</v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" s="19">
+        <v>50</v>
+      </c>
+      <c r="E28" s="45"/>
+      <c r="F28" s="77">
+        <f>D28*E28</f>
+        <v>0</v>
+      </c>
+      <c r="G28" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="H28" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I28" s="20">
+        <v>5</v>
+      </c>
+      <c r="J28" s="45"/>
+      <c r="K28" s="77">
+        <f>I28*J28</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" s="17"/>
+      <c r="C29" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="19">
+        <v>95</v>
+      </c>
+      <c r="E29" s="45"/>
+      <c r="F29" s="77">
+        <f>D29*E29</f>
+        <v>0</v>
+      </c>
+      <c r="G29" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="H29" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I29" s="19">
+        <v>30</v>
+      </c>
+      <c r="J29" s="45"/>
+      <c r="K29" s="77">
+        <f t="shared" ref="K29:K47" si="2">I29*J29</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="17"/>
+      <c r="C30" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="19">
+        <v>75</v>
+      </c>
+      <c r="E30" s="45"/>
+      <c r="F30" s="77">
+        <f>D30*E30</f>
+        <v>0</v>
+      </c>
+      <c r="G30" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="H30" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I30" s="19">
+        <v>20</v>
+      </c>
+      <c r="J30" s="45"/>
+      <c r="K30" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D31" s="19">
+        <v>40</v>
+      </c>
+      <c r="E31" s="45"/>
+      <c r="F31" s="77">
+        <f>D31*E31</f>
+        <v>0</v>
+      </c>
+      <c r="G31" s="16" t="s">
+        <v>175</v>
+      </c>
+      <c r="H31" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I31" s="20">
+        <v>15</v>
+      </c>
+      <c r="J31" s="45"/>
+      <c r="K31" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="162" t="s">
+        <v>174</v>
+      </c>
+      <c r="B32" s="146"/>
+      <c r="C32" s="146"/>
+      <c r="D32" s="146"/>
+      <c r="E32" s="156"/>
+      <c r="F32" s="151"/>
+      <c r="G32" s="16" t="s">
+        <v>177</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I32" s="20">
+        <v>20</v>
+      </c>
+      <c r="J32" s="45"/>
+      <c r="K32" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="B33" s="17"/>
+      <c r="C33" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" s="19">
+        <v>45</v>
+      </c>
+      <c r="E33" s="45"/>
+      <c r="F33" s="77">
+        <f>D33*E33</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="H33" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I33" s="20">
+        <v>10</v>
+      </c>
+      <c r="J33" s="45"/>
+      <c r="K33" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="16" t="s">
+        <v>178</v>
+      </c>
+      <c r="B34" s="17"/>
+      <c r="C34" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" s="19">
+        <v>75</v>
+      </c>
+      <c r="E34" s="45"/>
+      <c r="F34" s="77">
+        <f t="shared" ref="F34:F41" si="3">D34*E34</f>
+        <v>0</v>
+      </c>
+      <c r="G34" s="16" t="s">
+        <v>181</v>
+      </c>
+      <c r="H34" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I34" s="19">
+        <v>15</v>
+      </c>
+      <c r="J34" s="45"/>
+      <c r="K34" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="16" t="s">
+        <v>180</v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" s="19">
+        <v>75</v>
+      </c>
+      <c r="E35" s="45"/>
+      <c r="F35" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G35" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="H35" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="I35" s="19">
+        <v>30</v>
+      </c>
+      <c r="J35" s="45"/>
+      <c r="K35" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" s="17"/>
+      <c r="C36" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" s="19">
+        <v>70</v>
+      </c>
+      <c r="E36" s="45"/>
+      <c r="F36" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G36" s="16" t="s">
+        <v>185</v>
+      </c>
+      <c r="H36" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I36" s="19">
+        <v>5</v>
+      </c>
+      <c r="J36" s="45"/>
+      <c r="K36" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="16" t="s">
+        <v>184</v>
+      </c>
+      <c r="B37" s="17"/>
+      <c r="C37" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" s="19">
+        <v>110</v>
+      </c>
+      <c r="E37" s="45"/>
+      <c r="F37" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G37" s="16" t="s">
+        <v>187</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I37" s="19">
+        <v>5</v>
+      </c>
+      <c r="J37" s="45"/>
+      <c r="K37" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="16" t="s">
+        <v>186</v>
+      </c>
+      <c r="B38" s="17"/>
+      <c r="C38" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D38" s="19">
+        <v>25</v>
+      </c>
+      <c r="E38" s="45"/>
+      <c r="F38" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G38" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I38" s="19">
+        <v>15</v>
+      </c>
+      <c r="J38" s="45"/>
+      <c r="K38" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="16" t="s">
+        <v>188</v>
+      </c>
+      <c r="B39" s="17"/>
+      <c r="C39" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D39" s="19">
+        <v>170</v>
+      </c>
+      <c r="E39" s="45"/>
+      <c r="F39" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="H39" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="I39" s="19">
+        <v>5</v>
+      </c>
+      <c r="J39" s="45"/>
+      <c r="K39" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="B40" s="17"/>
+      <c r="C40" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D40" s="19">
+        <v>95</v>
+      </c>
+      <c r="E40" s="45"/>
+      <c r="F40" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G40" s="16" t="s">
+        <v>194</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="I40" s="19">
+        <v>10</v>
+      </c>
+      <c r="J40" s="45"/>
+      <c r="K40" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="B41" s="17"/>
+      <c r="C41" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D41" s="19">
+        <v>70</v>
+      </c>
+      <c r="E41" s="45"/>
+      <c r="F41" s="77">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G41" s="16" t="s">
+        <v>196</v>
+      </c>
+      <c r="H41" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I41" s="19">
+        <v>45</v>
+      </c>
+      <c r="J41" s="45"/>
+      <c r="K41" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="161" t="s">
+        <v>195</v>
+      </c>
+      <c r="B42" s="146"/>
+      <c r="C42" s="146"/>
+      <c r="D42" s="146"/>
+      <c r="E42" s="156"/>
+      <c r="F42" s="151"/>
+      <c r="G42" s="62" t="s">
+        <v>322</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I42" s="28">
+        <v>30</v>
+      </c>
+      <c r="J42" s="45"/>
+      <c r="K42" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="B43" s="17"/>
+      <c r="C43" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D43" s="19">
+        <v>15</v>
+      </c>
+      <c r="E43" s="45"/>
+      <c r="F43" s="77">
+        <f>D43*E43</f>
+        <v>0</v>
+      </c>
+      <c r="G43" s="16" t="s">
+        <v>200</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I43" s="29">
+        <v>5</v>
+      </c>
+      <c r="J43" s="45"/>
+      <c r="K43" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="16" t="s">
+        <v>198</v>
+      </c>
+      <c r="B44" s="17"/>
+      <c r="C44" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D44" s="19">
+        <v>30</v>
+      </c>
+      <c r="E44" s="45"/>
+      <c r="F44" s="77">
+        <f t="shared" ref="F44:F51" si="4">D44*E44</f>
+        <v>0</v>
+      </c>
+      <c r="G44" s="16" t="s">
+        <v>202</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I44" s="28">
+        <v>30</v>
+      </c>
+      <c r="J44" s="45"/>
+      <c r="K44" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="16" t="s">
+        <v>199</v>
+      </c>
+      <c r="B45" s="17"/>
+      <c r="C45" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D45" s="19">
+        <v>45</v>
+      </c>
+      <c r="E45" s="45"/>
+      <c r="F45" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G45" s="21" t="s">
+        <v>205</v>
+      </c>
+      <c r="H45" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I45" s="28">
+        <v>15</v>
+      </c>
+      <c r="J45" s="45"/>
+      <c r="K45" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="16" t="s">
+        <v>201</v>
+      </c>
+      <c r="B46" s="17"/>
+      <c r="C46" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D46" s="19">
+        <v>20</v>
+      </c>
+      <c r="E46" s="45"/>
+      <c r="F46" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G46" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="H46" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I46" s="28">
+        <v>15</v>
+      </c>
+      <c r="J46" s="45"/>
+      <c r="K46" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="B47" s="17"/>
+      <c r="C47" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D47" s="19">
+        <v>25</v>
+      </c>
+      <c r="E47" s="45"/>
+      <c r="F47" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G47" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H47" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I47" s="28">
+        <v>15</v>
+      </c>
+      <c r="J47" s="45"/>
+      <c r="K47" s="77">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" s="17"/>
+      <c r="C48" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D48" s="19">
+        <v>60</v>
+      </c>
+      <c r="E48" s="45"/>
+      <c r="F48" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G48" s="155" t="s">
+        <v>269</v>
+      </c>
+      <c r="H48" s="146"/>
+      <c r="I48" s="146"/>
+      <c r="J48" s="156"/>
+      <c r="K48" s="151"/>
+    </row>
+    <row r="49" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="B49" s="17"/>
+      <c r="C49" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="D49" s="19">
+        <v>45</v>
+      </c>
+      <c r="E49" s="45"/>
+      <c r="F49" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G49" s="16" t="s">
+        <v>212</v>
+      </c>
+      <c r="H49" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I49" s="20">
+        <v>10</v>
+      </c>
+      <c r="J49" s="45"/>
+      <c r="K49" s="77">
+        <f>I49*J49</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="16" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" s="17"/>
+      <c r="C50" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="D50" s="19">
+        <v>100</v>
+      </c>
+      <c r="E50" s="45"/>
+      <c r="F50" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G50" s="16" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I50" s="20">
+        <v>15</v>
+      </c>
+      <c r="J50" s="45"/>
+      <c r="K50" s="77">
+        <f t="shared" ref="K50:K58" si="5">I50*J50</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="16" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" s="17"/>
+      <c r="C51" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="D51" s="19">
+        <v>25</v>
+      </c>
+      <c r="E51" s="45"/>
+      <c r="F51" s="77">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G51" s="16" t="s">
+        <v>216</v>
+      </c>
+      <c r="H51" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I51" s="20">
+        <v>10</v>
+      </c>
+      <c r="J51" s="45"/>
+      <c r="K51" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="161" t="s">
+        <v>268</v>
+      </c>
+      <c r="B52" s="146"/>
+      <c r="C52" s="146"/>
+      <c r="D52" s="146"/>
+      <c r="E52" s="156"/>
+      <c r="F52" s="151"/>
+      <c r="G52" s="16" t="s">
+        <v>218</v>
+      </c>
+      <c r="H52" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="I52" s="19">
+        <v>25</v>
+      </c>
+      <c r="J52" s="45"/>
+      <c r="K52" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="16" t="s">
+        <v>213</v>
+      </c>
+      <c r="B53" s="17"/>
+      <c r="C53" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D53" s="19">
+        <v>10</v>
+      </c>
+      <c r="E53" s="45"/>
+      <c r="F53" s="77">
+        <f>D53*E53</f>
+        <v>0</v>
+      </c>
+      <c r="G53" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="H53" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I53" s="19">
         <v>1</v>
       </c>
-      <c r="G6" s="258"/>
-[...220 lines deleted...]
-      <c r="I16" s="37">
+      <c r="J53" s="45"/>
+      <c r="K53" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="16" t="s">
+        <v>215</v>
+      </c>
+      <c r="B54" s="17"/>
+      <c r="C54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D54" s="19">
+        <v>15</v>
+      </c>
+      <c r="E54" s="45"/>
+      <c r="F54" s="77">
+        <f>D54*E54</f>
+        <v>0</v>
+      </c>
+      <c r="G54" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I54" s="19">
+        <v>5</v>
+      </c>
+      <c r="J54" s="45"/>
+      <c r="K54" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="145" t="s">
+        <v>217</v>
+      </c>
+      <c r="B55" s="163"/>
+      <c r="C55" s="146"/>
+      <c r="D55" s="146"/>
+      <c r="E55" s="156"/>
+      <c r="F55" s="151"/>
+      <c r="G55" s="21" t="s">
+        <v>226</v>
+      </c>
+      <c r="H55" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I55" s="28">
+        <v>5</v>
+      </c>
+      <c r="J55" s="45"/>
+      <c r="K55" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="161" t="s">
+        <v>219</v>
+      </c>
+      <c r="B56" s="146"/>
+      <c r="C56" s="146"/>
+      <c r="D56" s="146"/>
+      <c r="E56" s="156"/>
+      <c r="F56" s="151"/>
+      <c r="G56" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="H56" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I56" s="29">
+        <v>5</v>
+      </c>
+      <c r="J56" s="45"/>
+      <c r="K56" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="B57" s="17"/>
+      <c r="C57" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D57" s="19">
+        <v>100</v>
+      </c>
+      <c r="E57" s="45"/>
+      <c r="F57" s="77">
+        <f>D57*E57</f>
+        <v>0</v>
+      </c>
+      <c r="G57" s="16" t="s">
+        <v>230</v>
+      </c>
+      <c r="H57" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I57" s="28">
+        <v>10</v>
+      </c>
+      <c r="J57" s="45"/>
+      <c r="K57" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="B58" s="17"/>
+      <c r="C58" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D58" s="19">
+        <v>50</v>
+      </c>
+      <c r="E58" s="45"/>
+      <c r="F58" s="77">
+        <f t="shared" ref="F58:F66" si="6">D58*E58</f>
+        <v>0</v>
+      </c>
+      <c r="G58" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="H58" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I58" s="28">
+        <v>5</v>
+      </c>
+      <c r="J58" s="45"/>
+      <c r="K58" s="77">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="16" t="s">
+        <v>225</v>
+      </c>
+      <c r="B59" s="17"/>
+      <c r="C59" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D59" s="19">
+        <v>125</v>
+      </c>
+      <c r="E59" s="45"/>
+      <c r="F59" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G59" s="21" t="s">
+        <v>338</v>
+      </c>
+      <c r="H59" s="18" t="s">
+        <v>339</v>
+      </c>
+      <c r="I59" s="19">
         <v>20</v>
       </c>
-      <c r="J16" s="60"/>
-[...28 lines deleted...]
-      <c r="I17" s="37">
+      <c r="J59" s="45"/>
+      <c r="K59" s="77">
+        <f>I59*J59</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="B60" s="17"/>
+      <c r="C60" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D60" s="19">
+        <v>125</v>
+      </c>
+      <c r="E60" s="45"/>
+      <c r="F60" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G60" s="164" t="s">
+        <v>235</v>
+      </c>
+      <c r="H60" s="165"/>
+      <c r="I60" s="165"/>
+      <c r="J60" s="166"/>
+      <c r="K60" s="167"/>
+    </row>
+    <row r="61" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="B61" s="17"/>
+      <c r="C61" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D61" s="19">
+        <v>15</v>
+      </c>
+      <c r="E61" s="45"/>
+      <c r="F61" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G61" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="H61" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="I61" s="19">
+        <v>85</v>
+      </c>
+      <c r="J61" s="45"/>
+      <c r="K61" s="77">
+        <f>I61*J61</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="16" t="s">
+        <v>231</v>
+      </c>
+      <c r="B62" s="17"/>
+      <c r="C62" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D62" s="19">
         <v>20</v>
       </c>
-      <c r="J17" s="60"/>
-[...7 lines deleted...]
-      <c r="A18" s="29" t="s">
+      <c r="E62" s="45"/>
+      <c r="F62" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G62" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="H62" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="I62" s="19">
+        <v>20</v>
+      </c>
+      <c r="J62" s="45"/>
+      <c r="K62" s="77">
+        <f>I62*J62</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="B63" s="17"/>
+      <c r="C63" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D63" s="19">
+        <v>40</v>
+      </c>
+      <c r="E63" s="45"/>
+      <c r="F63" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G63" s="16" t="s">
+        <v>242</v>
+      </c>
+      <c r="H63" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="I63" s="19">
+        <v>50</v>
+      </c>
+      <c r="J63" s="46"/>
+      <c r="K63" s="77">
+        <f>I63*J63</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="26" t="s">
+        <v>234</v>
+      </c>
+      <c r="B64" s="17"/>
+      <c r="C64" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D64" s="28">
+        <v>40</v>
+      </c>
+      <c r="E64" s="45"/>
+      <c r="F64" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G64" s="164" t="s">
+        <v>246</v>
+      </c>
+      <c r="H64" s="165"/>
+      <c r="I64" s="165"/>
+      <c r="J64" s="166"/>
+      <c r="K64" s="167"/>
+    </row>
+    <row r="65" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="26" t="s">
+        <v>261</v>
+      </c>
+      <c r="B65" s="17"/>
+      <c r="C65" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D65" s="28">
+        <v>25</v>
+      </c>
+      <c r="E65" s="45"/>
+      <c r="F65" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G65" s="26" t="s">
+        <v>248</v>
+      </c>
+      <c r="H65" s="25"/>
+      <c r="I65" s="30">
+        <v>20</v>
+      </c>
+      <c r="J65" s="47"/>
+      <c r="K65" s="78">
+        <f>I65*J65</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="26" t="s">
+        <v>238</v>
+      </c>
+      <c r="B66" s="17"/>
+      <c r="C66" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D66" s="28">
+        <v>5</v>
+      </c>
+      <c r="E66" s="45"/>
+      <c r="F66" s="77">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G66" s="168" t="s">
+        <v>303</v>
+      </c>
+      <c r="H66" s="169"/>
+      <c r="I66" s="170"/>
+      <c r="J66" s="175" t="s">
+        <v>287</v>
+      </c>
+      <c r="K66" s="171"/>
+    </row>
+    <row r="67" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="161" t="s">
+        <v>241</v>
+      </c>
+      <c r="B67" s="146"/>
+      <c r="C67" s="146"/>
+      <c r="D67" s="146"/>
+      <c r="E67" s="156"/>
+      <c r="F67" s="151"/>
+      <c r="G67" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="H67" s="27"/>
+      <c r="I67" s="30">
+        <v>5</v>
+      </c>
+      <c r="J67" s="47"/>
+      <c r="K67" s="78">
+        <f>I67*J67</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="16" t="s">
+        <v>244</v>
+      </c>
+      <c r="B68" s="17"/>
+      <c r="C68" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D68" s="22">
+        <v>75</v>
+      </c>
+      <c r="E68" s="50"/>
+      <c r="F68" s="81">
+        <f>D68*E68</f>
+        <v>0</v>
+      </c>
+      <c r="G68" s="38" t="s">
         <v>295</v>
       </c>
-      <c r="B18" s="30"/>
-[...163 lines deleted...]
-      <c r="D23" s="38">
+      <c r="H68" s="36"/>
+      <c r="I68" s="37"/>
+      <c r="J68" s="79">
+        <v>0</v>
+      </c>
+      <c r="K68" s="56"/>
+    </row>
+    <row r="69" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="B69" s="17"/>
+      <c r="C69" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D69" s="22">
+        <v>60</v>
+      </c>
+      <c r="E69" s="50"/>
+      <c r="F69" s="81">
+        <f t="shared" ref="F69:F75" si="7">D69*E69</f>
+        <v>0</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="H69" s="39"/>
+      <c r="I69" s="40"/>
+      <c r="J69" s="48"/>
+      <c r="K69" s="71"/>
+    </row>
+    <row r="70" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="16" t="s">
+        <v>247</v>
+      </c>
+      <c r="B70" s="17"/>
+      <c r="C70" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D70" s="22">
         <v>130</v>
       </c>
-      <c r="E23" s="60"/>
-[...60 lines deleted...]
-      <c r="D25" s="38">
+      <c r="E70" s="50"/>
+      <c r="F70" s="81">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="G70" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="H70" s="41"/>
+      <c r="I70" s="40"/>
+      <c r="J70" s="49"/>
+      <c r="K70" s="71"/>
+    </row>
+    <row r="71" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="B71" s="17"/>
+      <c r="C71" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D71" s="22">
+        <v>75</v>
+      </c>
+      <c r="E71" s="50"/>
+      <c r="F71" s="81">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="H71" s="42"/>
+      <c r="I71" s="32">
+        <v>5</v>
+      </c>
+      <c r="J71" s="132"/>
+      <c r="K71" s="71">
+        <f>J71*I71</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="26" t="s">
         <v>250</v>
       </c>
-      <c r="E25" s="60"/>
-[...10 lines deleted...]
-      <c r="I25" s="38">
+      <c r="B72" s="17"/>
+      <c r="C72" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D72" s="31">
         <v>30</v>
       </c>
-      <c r="J25" s="60"/>
-[...101 lines deleted...]
-      <c r="I29" s="23">
+      <c r="E72" s="50"/>
+      <c r="F72" s="81">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="G72" s="172" t="s">
+        <v>309</v>
+      </c>
+      <c r="H72" s="147"/>
+      <c r="I72" s="147"/>
+      <c r="J72" s="147"/>
+      <c r="K72" s="173"/>
+    </row>
+    <row r="73" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="26" t="s">
+        <v>251</v>
+      </c>
+      <c r="B73" s="17"/>
+      <c r="C73" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D73" s="31">
         <v>30</v>
       </c>
-      <c r="J29" s="60"/>
-[...1251 lines deleted...]
-      <c r="F73" s="100">
+      <c r="E73" s="50"/>
+      <c r="F73" s="81">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="H73" s="9"/>
       <c r="I73" s="9"/>
       <c r="J73" s="10"/>
-      <c r="K73" s="99">
+      <c r="K73" s="71">
         <f>SUM(K16:K71)</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="20" t="s">
-[...10 lines deleted...]
-      <c r="F74" s="100">
+      <c r="A74" s="26" t="s">
+        <v>262</v>
+      </c>
+      <c r="B74" s="17"/>
+      <c r="C74" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D74" s="31">
+        <v>20</v>
+      </c>
+      <c r="E74" s="50"/>
+      <c r="F74" s="81">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="H74" s="9"/>
       <c r="I74" s="9"/>
       <c r="J74" s="9"/>
-      <c r="K74" s="99">
-        <f>SUM(F15:F27)</f>
+      <c r="K74" s="71">
+        <f>SUM(F15:F24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="35" t="s">
-[...10 lines deleted...]
-      <c r="F75" s="101">
+      <c r="A75" s="26" t="s">
+        <v>253</v>
+      </c>
+      <c r="B75" s="17"/>
+      <c r="C75" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D75" s="28">
+        <v>25</v>
+      </c>
+      <c r="E75" s="45"/>
+      <c r="F75" s="81">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="H75" s="9"/>
       <c r="I75" s="9"/>
       <c r="J75" s="9"/>
-      <c r="K75" s="99">
-        <f>F79</f>
+      <c r="K75" s="71">
+        <f>F76</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="35" t="s">
-[...15 lines deleted...]
-        <v>353</v>
+      <c r="A76" s="108" t="s">
+        <v>255</v>
+      </c>
+      <c r="B76" s="109"/>
+      <c r="C76" s="109"/>
+      <c r="D76" s="109"/>
+      <c r="E76" s="110"/>
+      <c r="F76" s="84">
+        <f>SUM(F27:F75)</f>
+        <v>0</v>
+      </c>
+      <c r="G76" s="43" t="s">
+        <v>347</v>
       </c>
       <c r="H76" s="13"/>
       <c r="I76" s="10"/>
       <c r="J76" s="11"/>
-      <c r="K76" s="99">
+      <c r="K76" s="71">
         <f>SUM(K73:K75)</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="35" t="s">
-[...17 lines deleted...]
-      <c r="H77" s="77">
+      <c r="A77" s="111"/>
+      <c r="B77" s="112" t="s">
+        <v>263</v>
+      </c>
+      <c r="C77" s="232">
+        <f>C8</f>
+        <v>0</v>
+      </c>
+      <c r="D77" s="232"/>
+      <c r="E77" s="233"/>
+      <c r="F77" s="84">
+        <f>C77*F76</f>
+        <v>0</v>
+      </c>
+      <c r="G77" s="59" t="s">
+        <v>320</v>
+      </c>
+      <c r="H77" s="60">
         <f>F5</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="I77" s="261">
+        <v>2026</v>
+      </c>
+      <c r="I77" s="222">
         <f>F6</f>
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="K77" s="99">
+        <v>1.0760000000000001</v>
+      </c>
+      <c r="J77" s="223"/>
+      <c r="K77" s="71">
         <f>K76*I77</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="35" t="s">
+      <c r="A78" s="174" t="s">
+        <v>256</v>
+      </c>
+      <c r="B78" s="158"/>
+      <c r="C78" s="158"/>
+      <c r="D78" s="158"/>
+      <c r="E78" s="158"/>
+      <c r="F78" s="160"/>
+      <c r="G78" s="80" t="s">
+        <v>331</v>
+      </c>
+      <c r="H78" s="96"/>
+      <c r="I78" s="82"/>
+      <c r="J78" s="83">
+        <v>0</v>
+      </c>
+      <c r="K78" s="51"/>
+    </row>
+    <row r="79" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="B79" s="17"/>
+      <c r="C79" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D79" s="99"/>
+      <c r="E79" s="50"/>
+      <c r="F79" s="81">
+        <f>D79*E79</f>
+        <v>0</v>
+      </c>
+      <c r="G79" s="65" t="s">
+        <v>332</v>
+      </c>
+      <c r="H79" s="60"/>
+      <c r="I79" s="63"/>
+      <c r="J79" s="64"/>
+      <c r="K79" s="85">
+        <f>K78+K77</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="B80" s="17"/>
+      <c r="C80" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D80" s="99"/>
+      <c r="E80" s="50"/>
+      <c r="F80" s="81">
+        <f t="shared" ref="F80:F87" si="8">D80*E80</f>
+        <v>0</v>
+      </c>
+      <c r="G80" s="24"/>
+      <c r="H80" s="61"/>
+      <c r="I80" s="211"/>
+      <c r="J80" s="212"/>
+      <c r="K80" s="85"/>
+    </row>
+    <row r="81" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="16" t="s">
         <v>258</v>
       </c>
-      <c r="B78" s="30"/>
-[...78 lines deleted...]
-      <c r="K81" s="105"/>
+      <c r="B81" s="17"/>
+      <c r="C81" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D81" s="99"/>
+      <c r="E81" s="50"/>
+      <c r="F81" s="81">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G81" s="24"/>
+      <c r="H81" s="68"/>
+      <c r="I81" s="211"/>
+      <c r="J81" s="212"/>
+      <c r="K81" s="85"/>
     </row>
     <row r="82" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="20" t="s">
-[...16 lines deleted...]
-      <c r="K82" s="105"/>
+      <c r="A82" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="B82" s="17"/>
+      <c r="C82" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D82" s="99"/>
+      <c r="E82" s="50"/>
+      <c r="F82" s="81">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G82" s="24"/>
+      <c r="H82" s="68"/>
+      <c r="I82" s="211"/>
+      <c r="J82" s="212"/>
+      <c r="K82" s="85"/>
     </row>
     <row r="83" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="20" t="s">
-[...18 lines deleted...]
-      <c r="K83" s="106">
+      <c r="A83" s="16" t="s">
+        <v>282</v>
+      </c>
+      <c r="B83" s="17"/>
+      <c r="C83" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D83" s="99"/>
+      <c r="E83" s="50"/>
+      <c r="F83" s="81">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G83" s="24"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="115"/>
+      <c r="J83" s="116" t="s">
+        <v>333</v>
+      </c>
+      <c r="K83" s="86">
         <f>ROUND((K79)/5,2)*5</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F84" s="100">
+      <c r="A84" s="26" t="s">
+        <v>276</v>
+      </c>
+      <c r="B84" s="17"/>
+      <c r="C84" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D84" s="99"/>
+      <c r="E84" s="50"/>
+      <c r="F84" s="81">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G84" s="119"/>
-[...3 lines deleted...]
-      <c r="K84" s="108"/>
+      <c r="G84" s="97"/>
+      <c r="H84" s="100"/>
+      <c r="I84" s="101"/>
+      <c r="J84" s="87"/>
+      <c r="K84" s="88"/>
     </row>
     <row r="85" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F85" s="100">
+      <c r="A85" s="26" t="s">
+        <v>277</v>
+      </c>
+      <c r="B85" s="17"/>
+      <c r="C85" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D85" s="99"/>
+      <c r="E85" s="50"/>
+      <c r="F85" s="81">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G85" s="119"/>
-[...3 lines deleted...]
-      <c r="K85" s="108"/>
+      <c r="G85" s="97"/>
+      <c r="H85" s="100"/>
+      <c r="I85" s="101"/>
+      <c r="J85" s="87"/>
+      <c r="K85" s="88"/>
     </row>
     <row r="86" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F86" s="100">
+      <c r="A86" s="26" t="s">
+        <v>278</v>
+      </c>
+      <c r="B86" s="17"/>
+      <c r="C86" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D86" s="99"/>
+      <c r="E86" s="50"/>
+      <c r="F86" s="81">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G86" s="198" t="s">
-[...7 lines deleted...]
-      <c r="K86" s="199"/>
+      <c r="G86" s="172" t="s">
+        <v>335</v>
+      </c>
+      <c r="H86" s="147"/>
+      <c r="I86" s="147"/>
+      <c r="J86" s="147">
+        <v>0</v>
+      </c>
+      <c r="K86" s="173"/>
     </row>
     <row r="87" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="35" t="s">
-[...8 lines deleted...]
-      <c r="F87" s="100">
+      <c r="A87" s="26" t="s">
+        <v>279</v>
+      </c>
+      <c r="B87" s="17"/>
+      <c r="C87" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="D87" s="102"/>
+      <c r="E87" s="45"/>
+      <c r="F87" s="81">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G87" s="27"/>
-[...10 lines deleted...]
-        <f>F91</f>
+      <c r="G87" s="23"/>
+      <c r="H87" s="70" t="s">
+        <v>327</v>
+      </c>
+      <c r="I87" s="33">
+        <v>0</v>
+      </c>
+      <c r="J87" s="34">
+        <v>0</v>
+      </c>
+      <c r="K87" s="71">
+        <f>F88</f>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="35" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="A88" s="113" t="s">
+        <v>310</v>
+      </c>
+      <c r="B88" s="114"/>
+      <c r="C88" s="114"/>
+      <c r="D88" s="114"/>
+      <c r="E88" s="114"/>
+      <c r="F88" s="77">
+        <f>SUM(F79:F87)</f>
         <v>0</v>
       </c>
       <c r="G88" s="4"/>
-      <c r="H88" s="87" t="s">
-[...4 lines deleted...]
-      <c r="K88" s="88">
+      <c r="H88" s="70" t="s">
+        <v>334</v>
+      </c>
+      <c r="I88" s="33"/>
+      <c r="J88" s="34"/>
+      <c r="K88" s="71">
         <f>K87+K83</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="35" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G89" s="4"/>
-      <c r="H89" s="87" t="s">
-[...2 lines deleted...]
-      <c r="I89" s="72">
+      <c r="H89" s="70" t="s">
+        <v>319</v>
+      </c>
+      <c r="I89" s="55">
         <f>F7</f>
-        <v>7.6999999999999999E-2</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="J89" s="5"/>
-      <c r="K89" s="99">
+      <c r="K89" s="71">
         <f>K88*I89</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="35" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G90" s="4" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="H90" s="6"/>
       <c r="I90" s="6"/>
       <c r="J90" s="5"/>
-      <c r="K90" s="66"/>
+      <c r="K90" s="51"/>
     </row>
     <row r="91" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="135" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G91" s="12" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="H91" s="6"/>
       <c r="I91" s="6"/>
       <c r="J91" s="5"/>
-      <c r="K91" s="109">
+      <c r="K91" s="89">
         <f>ROUND(SUM(K88+K89+K90)/5,2)*5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-    </row>
+    <row r="92" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A95" s="15"/>
-[...340 lines deleted...]
-      <c r="F121" s="15"/>
+      <c r="H95" s="44"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" selectLockedCells="1" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells count="35">
-    <mergeCell ref="A1:A2"/>
-[...5 lines deleted...]
-    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C77:E77"/>
+    <mergeCell ref="B9:K10"/>
+    <mergeCell ref="A12:B13"/>
+    <mergeCell ref="K12:K13"/>
+    <mergeCell ref="J12:J13"/>
+    <mergeCell ref="H12:H13"/>
+    <mergeCell ref="H3:K4"/>
+    <mergeCell ref="G12:G13"/>
+    <mergeCell ref="F12:F13"/>
+    <mergeCell ref="E3:F3"/>
+    <mergeCell ref="H5:K8"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C6:D6"/>
     <mergeCell ref="I81:J81"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="I82:J82"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="I77:J77"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="E12:E13"/>
-    <mergeCell ref="A4:B4"/>
-[...10 lines deleted...]
-    <mergeCell ref="H5:K8"/>
     <mergeCell ref="I80:J80"/>
-    <mergeCell ref="C5:D5"/>
-[...1 lines deleted...]
-    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="C1:D1"/>
+    <mergeCell ref="J1:K2"/>
+    <mergeCell ref="H1:I2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="E1:F2"/>
+    <mergeCell ref="C2:D2"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
-  <conditionalFormatting sqref="J86:J91 E82:E90 E14:E78 J14:J65 J67:J76">
+  <conditionalFormatting sqref="J14:J65 E14:E75 J67:J76 E79:E87 J86:J91">
     <cfRule type="cellIs" dxfId="1" priority="1" stopIfTrue="1" operator="greaterThanOrEqual">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="3.937007874015748E-2" bottom="3.937007874015748E-2" header="0.39370078740157483" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="36" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;14TH Indicatif
 MO93-MD.01&amp;R&amp;16 Annexe 1</oddHeader>
     <oddFooter>&amp;L&amp;9Version - avril 2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil2"/>
   <dimension ref="A1:O95"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScale="50" workbookViewId="0">
-      <selection sqref="A1:A2"/>
+    <sheetView showGridLines="0" showZeros="0" zoomScale="50" workbookViewId="0">
+      <selection activeCell="G1" sqref="G1:G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.77734375" customWidth="1"/>
     <col min="2" max="2" width="33.77734375" customWidth="1"/>
     <col min="3" max="5" width="9.77734375" customWidth="1"/>
     <col min="6" max="6" width="11.77734375" customWidth="1"/>
     <col min="7" max="7" width="51.77734375" customWidth="1"/>
     <col min="8" max="10" width="8.77734375" customWidth="1"/>
     <col min="11" max="11" width="12.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="267" t="s">
-[...10 lines deleted...]
-      <c r="F1" s="276" t="s">
+      <c r="A1" s="195" t="s">
+        <v>354</v>
+      </c>
+      <c r="B1" s="142" t="s">
+        <v>352</v>
+      </c>
+      <c r="C1" s="197"/>
+      <c r="D1" s="198"/>
+      <c r="E1" s="203" t="s">
+        <v>313</v>
+      </c>
+      <c r="F1" s="204" t="s">
+        <v>266</v>
+      </c>
+      <c r="G1" s="207"/>
+      <c r="H1" s="203" t="s">
+        <v>270</v>
+      </c>
+      <c r="I1" s="204"/>
+      <c r="J1" s="199"/>
+      <c r="K1" s="200"/>
+    </row>
+    <row r="2" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="196"/>
+      <c r="B2" s="144" t="s">
+        <v>353</v>
+      </c>
+      <c r="C2" s="261"/>
+      <c r="D2" s="262"/>
+      <c r="E2" s="205"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="208"/>
+      <c r="H2" s="205"/>
+      <c r="I2" s="206"/>
+      <c r="J2" s="201"/>
+      <c r="K2" s="202"/>
+    </row>
+    <row r="3" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="103"/>
+      <c r="B3" s="109"/>
+      <c r="C3" s="255"/>
+      <c r="D3" s="256"/>
+      <c r="E3" s="263" t="s">
+        <v>272</v>
+      </c>
+      <c r="F3" s="248"/>
+      <c r="G3" s="226"/>
+      <c r="H3" s="241" t="s">
         <v>271</v>
       </c>
-      <c r="G1" s="279"/>
-      <c r="H1" s="275" t="s">
+      <c r="I3" s="242"/>
+      <c r="J3" s="242"/>
+      <c r="K3" s="243"/>
+    </row>
+    <row r="4" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="104"/>
+      <c r="B4" s="139"/>
+      <c r="C4" s="213"/>
+      <c r="D4" s="214"/>
+      <c r="E4" s="120" t="s">
+        <v>314</v>
+      </c>
+      <c r="F4" s="121"/>
+      <c r="G4" s="219"/>
+      <c r="H4" s="244"/>
+      <c r="I4" s="245"/>
+      <c r="J4" s="245"/>
+      <c r="K4" s="246"/>
+    </row>
+    <row r="5" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="104"/>
+      <c r="B5" s="135"/>
+      <c r="C5" s="217"/>
+      <c r="D5" s="218"/>
+      <c r="E5" s="122"/>
+      <c r="F5" s="57">
+        <v>2026</v>
+      </c>
+      <c r="G5" s="219"/>
+      <c r="H5" s="249"/>
+      <c r="I5" s="250"/>
+      <c r="J5" s="250"/>
+      <c r="K5" s="251"/>
+    </row>
+    <row r="6" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="105"/>
+      <c r="B6" s="135"/>
+      <c r="C6" s="217"/>
+      <c r="D6" s="218"/>
+      <c r="E6" s="122" t="s">
+        <v>315</v>
+      </c>
+      <c r="F6" s="57">
+        <v>1.0760000000000001</v>
+      </c>
+      <c r="G6" s="219"/>
+      <c r="H6" s="249"/>
+      <c r="I6" s="250"/>
+      <c r="J6" s="250"/>
+      <c r="K6" s="251"/>
+    </row>
+    <row r="7" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="105"/>
+      <c r="B7" s="135"/>
+      <c r="C7" s="217"/>
+      <c r="D7" s="218"/>
+      <c r="E7" s="122" t="s">
+        <v>316</v>
+      </c>
+      <c r="F7" s="53">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="G7" s="219"/>
+      <c r="H7" s="249"/>
+      <c r="I7" s="250"/>
+      <c r="J7" s="250"/>
+      <c r="K7" s="251"/>
+    </row>
+    <row r="8" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="106"/>
+      <c r="B8" s="136"/>
+      <c r="C8" s="224"/>
+      <c r="D8" s="225"/>
+      <c r="E8" s="123"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="227"/>
+      <c r="H8" s="252"/>
+      <c r="I8" s="253"/>
+      <c r="J8" s="253"/>
+      <c r="K8" s="254"/>
+    </row>
+    <row r="9" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="118" t="s">
+        <v>292</v>
+      </c>
+      <c r="B9" s="234" t="s">
+        <v>274</v>
+      </c>
+      <c r="C9" s="235"/>
+      <c r="D9" s="235"/>
+      <c r="E9" s="234"/>
+      <c r="F9" s="234"/>
+      <c r="G9" s="234"/>
+      <c r="H9" s="234"/>
+      <c r="I9" s="234"/>
+      <c r="J9" s="234"/>
+      <c r="K9" s="236"/>
+    </row>
+    <row r="10" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="119"/>
+      <c r="B10" s="237"/>
+      <c r="C10" s="237"/>
+      <c r="D10" s="237"/>
+      <c r="E10" s="237"/>
+      <c r="F10" s="237"/>
+      <c r="G10" s="237"/>
+      <c r="H10" s="237"/>
+      <c r="I10" s="237"/>
+      <c r="J10" s="237"/>
+      <c r="K10" s="238"/>
+    </row>
+    <row r="11" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="44"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="76"/>
+      <c r="D11" s="76"/>
+      <c r="E11" s="76"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="76"/>
+      <c r="H11" s="76"/>
+      <c r="I11" s="76"/>
+      <c r="J11" s="76"/>
+      <c r="K11" s="76"/>
+    </row>
+    <row r="12" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="228" t="s">
+        <v>260</v>
+      </c>
+      <c r="B12" s="239"/>
+      <c r="C12" s="124" t="s">
+        <v>0</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="E12" s="259" t="s">
+        <v>2</v>
+      </c>
+      <c r="F12" s="259" t="s">
+        <v>3</v>
+      </c>
+      <c r="G12" s="259" t="s">
         <v>275</v>
       </c>
-      <c r="I1" s="276"/>
-[...71 lines deleted...]
-      <c r="F6" s="69">
+      <c r="H12" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="I12" s="124" t="s">
         <v>1</v>
       </c>
-      <c r="G6" s="258"/>
-[...89 lines deleted...]
-      <c r="E12" s="286" t="s">
+      <c r="J12" s="259" t="s">
         <v>2</v>
       </c>
-      <c r="F12" s="286" t="s">
+      <c r="K12" s="259" t="s">
         <v>3</v>
       </c>
-      <c r="G12" s="286" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="13" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="232"/>
-[...1 lines deleted...]
-      <c r="C13" s="146" t="s">
+      <c r="A13" s="229"/>
+      <c r="B13" s="240"/>
+      <c r="C13" s="124" t="s">
         <v>5</v>
       </c>
-      <c r="D13" s="165">
+      <c r="D13" s="140">
         <v>2017</v>
       </c>
-      <c r="E13" s="287"/>
-[...2 lines deleted...]
-      <c r="H13" s="147" t="s">
+      <c r="E13" s="260"/>
+      <c r="F13" s="260"/>
+      <c r="G13" s="260"/>
+      <c r="H13" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="I13" s="166">
+      <c r="I13" s="141">
         <v>2017</v>
       </c>
-      <c r="J13" s="287"/>
-      <c r="K13" s="287"/>
+      <c r="J13" s="260"/>
+      <c r="K13" s="260"/>
     </row>
     <row r="14" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="198" t="s">
+      <c r="A14" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="B14" s="172"/>
-[...4 lines deleted...]
-      <c r="G14" s="203" t="s">
+      <c r="B14" s="147"/>
+      <c r="C14" s="147"/>
+      <c r="D14" s="147"/>
+      <c r="E14" s="176"/>
+      <c r="F14" s="173"/>
+      <c r="G14" s="177" t="s">
         <v>7</v>
       </c>
-      <c r="H14" s="204"/>
-[...2 lines deleted...]
-      <c r="K14" s="205"/>
+      <c r="H14" s="178"/>
+      <c r="I14" s="178"/>
+      <c r="J14" s="178"/>
+      <c r="K14" s="179"/>
     </row>
     <row r="15" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="43" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="45" t="s">
+      <c r="A15" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="B15" s="5"/>
+      <c r="C15" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D15" s="37">
+      <c r="D15" s="28">
         <v>525</v>
       </c>
-      <c r="E15" s="89"/>
-      <c r="F15" s="99">
+      <c r="E15" s="72"/>
+      <c r="F15" s="71">
         <f>D15*E15</f>
         <v>0</v>
       </c>
-      <c r="G15" s="206" t="s">
+      <c r="G15" s="180" t="s">
         <v>9</v>
       </c>
-      <c r="H15" s="207"/>
-[...2 lines deleted...]
-      <c r="K15" s="208"/>
+      <c r="H15" s="181"/>
+      <c r="I15" s="181"/>
+      <c r="J15" s="181"/>
+      <c r="K15" s="182"/>
     </row>
     <row r="16" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="43" t="s">
-[...3 lines deleted...]
-      <c r="C16" s="45" t="s">
+      <c r="A16" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="B16" s="5"/>
+      <c r="C16" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D16" s="38">
+      <c r="D16" s="28">
         <v>450</v>
       </c>
-      <c r="E16" s="89"/>
-[...1 lines deleted...]
-        <f t="shared" ref="F16:F27" si="0">D16*E16</f>
+      <c r="E16" s="72"/>
+      <c r="F16" s="71">
+        <f t="shared" ref="F16:F24" si="0">D16*E16</f>
         <v>0</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I16" s="37">
+      <c r="I16" s="28">
         <v>20</v>
       </c>
-      <c r="J16" s="92"/>
-      <c r="K16" s="99">
+      <c r="J16" s="75"/>
+      <c r="K16" s="71">
         <f>I16*J16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="113" t="s">
-[...3 lines deleted...]
-      <c r="C17" s="45" t="s">
+      <c r="A17" s="92" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" s="93"/>
+      <c r="C17" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D17" s="38">
+      <c r="D17" s="28">
         <v>260</v>
       </c>
-      <c r="E17" s="89"/>
-      <c r="F17" s="99">
+      <c r="E17" s="72"/>
+      <c r="F17" s="71">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I17" s="37">
+      <c r="I17" s="28">
         <v>20</v>
       </c>
-      <c r="J17" s="92"/>
-      <c r="K17" s="99">
+      <c r="J17" s="75"/>
+      <c r="K17" s="71">
         <f t="shared" ref="K17:K26" si="1">I17*J17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="113" t="s">
-[...3 lines deleted...]
-      <c r="C18" s="45" t="s">
+      <c r="A18" s="92" t="s">
+        <v>290</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D18" s="38">
+      <c r="D18" s="28">
         <v>10</v>
       </c>
-      <c r="E18" s="89"/>
-      <c r="F18" s="99">
+      <c r="E18" s="72"/>
+      <c r="F18" s="71">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I18" s="37">
+      <c r="I18" s="28">
         <v>25</v>
       </c>
-      <c r="J18" s="92"/>
-      <c r="K18" s="99">
+      <c r="J18" s="75"/>
+      <c r="K18" s="71">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="113" t="s">
+      <c r="A19" s="92" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" s="94"/>
+      <c r="C19" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="28">
+        <v>210</v>
+      </c>
+      <c r="E19" s="72"/>
+      <c r="F19" s="71">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="28">
+        <v>20</v>
+      </c>
+      <c r="J19" s="75"/>
+      <c r="K19" s="71">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" s="5"/>
+      <c r="C20" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" s="28">
+        <v>20</v>
+      </c>
+      <c r="E20" s="72"/>
+      <c r="F20" s="71">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="28">
+        <v>10</v>
+      </c>
+      <c r="J20" s="75"/>
+      <c r="K20" s="71">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B21" s="5"/>
+      <c r="C21" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="28">
+        <v>260</v>
+      </c>
+      <c r="E21" s="72"/>
+      <c r="F21" s="71">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="28">
+        <v>80</v>
+      </c>
+      <c r="J21" s="75"/>
+      <c r="K21" s="71">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" s="5"/>
+      <c r="C22" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="28">
+        <v>25</v>
+      </c>
+      <c r="E22" s="72"/>
+      <c r="F22" s="71">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="28">
+        <v>80</v>
+      </c>
+      <c r="J22" s="75"/>
+      <c r="K22" s="71">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="O22" s="7"/>
+    </row>
+    <row r="23" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B23" s="5"/>
+      <c r="C23" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="28">
+        <v>250</v>
+      </c>
+      <c r="E23" s="72"/>
+      <c r="F23" s="71">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="28">
+        <v>60</v>
+      </c>
+      <c r="J23" s="75"/>
+      <c r="K23" s="71">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="B19" s="116"/>
-      <c r="C19" s="45" t="s">
+      <c r="B24" s="94"/>
+      <c r="C24" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D19" s="38">
-[...159 lines deleted...]
-      <c r="F24" s="99">
+      <c r="D24" s="95"/>
+      <c r="E24" s="72"/>
+      <c r="F24" s="71">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I24" s="38">
+      <c r="I24" s="28">
         <v>85</v>
       </c>
-      <c r="J24" s="92"/>
-      <c r="K24" s="99">
+      <c r="J24" s="75"/>
+      <c r="K24" s="71">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="43" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A25" s="177" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="184"/>
+      <c r="C25" s="185"/>
+      <c r="D25" s="158"/>
+      <c r="E25" s="186"/>
+      <c r="F25" s="187"/>
       <c r="G25" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I25" s="38">
+      <c r="I25" s="28">
         <v>30</v>
       </c>
-      <c r="J25" s="92"/>
-      <c r="K25" s="99">
+      <c r="J25" s="75"/>
+      <c r="K25" s="71">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="43" t="s">
-[...17 lines deleted...]
-      <c r="H26" s="45" t="s">
+      <c r="A26" s="180" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="181"/>
+      <c r="C26" s="181"/>
+      <c r="D26" s="146"/>
+      <c r="E26" s="188"/>
+      <c r="F26" s="182"/>
+      <c r="G26" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I26" s="112">
+      <c r="I26" s="30">
         <v>20</v>
       </c>
-      <c r="J26" s="92"/>
-      <c r="K26" s="99">
+      <c r="J26" s="75"/>
+      <c r="K26" s="71">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="43" t="s">
-[...12 lines deleted...]
-      <c r="G27" s="194" t="s">
+      <c r="A27" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B27" s="5"/>
+      <c r="C27" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="19">
+        <v>25</v>
+      </c>
+      <c r="E27" s="72"/>
+      <c r="F27" s="71">
+        <f>D27*E27</f>
+        <v>0</v>
+      </c>
+      <c r="G27" s="168" t="s">
         <v>27</v>
       </c>
-      <c r="H27" s="172"/>
-[...2 lines deleted...]
-      <c r="K27" s="199"/>
+      <c r="H27" s="147"/>
+      <c r="I27" s="146"/>
+      <c r="J27" s="183"/>
+      <c r="K27" s="173"/>
     </row>
     <row r="28" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="203" t="s">
-[...6 lines deleted...]
-      <c r="F28" s="213"/>
+      <c r="A28" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B28" s="5"/>
+      <c r="C28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" s="19">
+        <v>50</v>
+      </c>
+      <c r="E28" s="72"/>
+      <c r="F28" s="71">
+        <f>D28*E28</f>
+        <v>0</v>
+      </c>
       <c r="G28" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I28" s="24">
+      <c r="I28" s="20">
         <v>5</v>
       </c>
-      <c r="J28" s="92"/>
-      <c r="K28" s="99">
+      <c r="J28" s="75"/>
+      <c r="K28" s="71">
         <f>I28*J28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="206" t="s">
-[...6 lines deleted...]
-      <c r="F29" s="208"/>
+      <c r="A29" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" s="5"/>
+      <c r="C29" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="19">
+        <v>95</v>
+      </c>
+      <c r="E29" s="72"/>
+      <c r="F29" s="71">
+        <f>D29*E29</f>
+        <v>0</v>
+      </c>
       <c r="G29" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I29" s="23">
+      <c r="I29" s="19">
         <v>30</v>
       </c>
-      <c r="J29" s="92"/>
-      <c r="K29" s="99">
+      <c r="J29" s="75"/>
+      <c r="K29" s="71">
         <f t="shared" ref="K29:K47" si="2">I29*J29</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D30" s="23">
-[...3 lines deleted...]
-      <c r="F30" s="99">
+      <c r="D30" s="19">
+        <v>75</v>
+      </c>
+      <c r="E30" s="72"/>
+      <c r="F30" s="71">
         <f>D30*E30</f>
         <v>0</v>
       </c>
-      <c r="G30" s="47" t="s">
-[...2 lines deleted...]
-      <c r="H30" s="45" t="s">
+      <c r="G30" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I30" s="34">
+      <c r="I30" s="19">
         <v>20</v>
       </c>
-      <c r="J30" s="92"/>
-      <c r="K30" s="99">
+      <c r="J30" s="75"/>
+      <c r="K30" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D31" s="23">
-[...3 lines deleted...]
-      <c r="F31" s="99">
+      <c r="D31" s="19">
+        <v>40</v>
+      </c>
+      <c r="E31" s="72"/>
+      <c r="F31" s="71">
         <f>D31*E31</f>
         <v>0</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I31" s="24">
+      <c r="I31" s="20">
         <v>15</v>
       </c>
-      <c r="J31" s="92"/>
-      <c r="K31" s="99">
+      <c r="J31" s="75"/>
+      <c r="K31" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="4" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A32" s="189" t="s">
+        <v>25</v>
+      </c>
+      <c r="B32" s="147"/>
+      <c r="C32" s="147"/>
+      <c r="D32" s="146"/>
+      <c r="E32" s="176"/>
+      <c r="F32" s="173"/>
       <c r="G32" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I32" s="24">
+      <c r="I32" s="20">
         <v>20</v>
       </c>
-      <c r="J32" s="92"/>
-      <c r="K32" s="99">
+      <c r="J32" s="75"/>
+      <c r="K32" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D33" s="23">
-[...3 lines deleted...]
-      <c r="F33" s="99">
+      <c r="D33" s="19">
+        <v>45</v>
+      </c>
+      <c r="E33" s="72"/>
+      <c r="F33" s="71">
         <f>D33*E33</f>
         <v>0</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I33" s="24">
+      <c r="I33" s="20">
         <v>10</v>
       </c>
-      <c r="J33" s="92"/>
-      <c r="K33" s="99">
+      <c r="J33" s="75"/>
+      <c r="K33" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D34" s="23">
-[...4 lines deleted...]
-        <f>D34*E34</f>
+      <c r="D34" s="19">
+        <v>75</v>
+      </c>
+      <c r="E34" s="72"/>
+      <c r="F34" s="71">
+        <f t="shared" ref="F34:F41" si="3">D34*E34</f>
         <v>0</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I34" s="23">
+      <c r="I34" s="19">
         <v>15</v>
       </c>
-      <c r="J34" s="92"/>
-      <c r="K34" s="99">
+      <c r="J34" s="75"/>
+      <c r="K34" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="215" t="s">
-[...6 lines deleted...]
-      <c r="F35" s="199"/>
+      <c r="A35" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B35" s="5"/>
+      <c r="C35" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" s="19">
+        <v>75</v>
+      </c>
+      <c r="E35" s="72"/>
+      <c r="F35" s="71">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
       <c r="G35" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I35" s="23">
+      <c r="I35" s="19">
         <v>30</v>
       </c>
-      <c r="J35" s="92"/>
-      <c r="K35" s="99">
+      <c r="J35" s="75"/>
+      <c r="K35" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D36" s="23">
-[...4 lines deleted...]
-        <f>D36*E36</f>
+      <c r="D36" s="19">
+        <v>70</v>
+      </c>
+      <c r="E36" s="72"/>
+      <c r="F36" s="71">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I36" s="23">
+      <c r="I36" s="19">
         <v>5</v>
       </c>
-      <c r="J36" s="92"/>
-      <c r="K36" s="99">
+      <c r="J36" s="75"/>
+      <c r="K36" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D37" s="23">
-[...4 lines deleted...]
-        <f t="shared" ref="F37:F44" si="3">D37*E37</f>
+      <c r="D37" s="19">
+        <v>110</v>
+      </c>
+      <c r="E37" s="72"/>
+      <c r="F37" s="71">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I37" s="23">
+      <c r="I37" s="19">
         <v>5</v>
       </c>
-      <c r="J37" s="92"/>
-      <c r="K37" s="99">
+      <c r="J37" s="75"/>
+      <c r="K37" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B38" s="5"/>
       <c r="C38" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D38" s="23">
-[...3 lines deleted...]
-      <c r="F38" s="99">
+      <c r="D38" s="19">
+        <v>25</v>
+      </c>
+      <c r="E38" s="72"/>
+      <c r="F38" s="71">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I38" s="23">
+      <c r="I38" s="19">
         <v>15</v>
       </c>
-      <c r="J38" s="92"/>
-      <c r="K38" s="99">
+      <c r="J38" s="75"/>
+      <c r="K38" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B39" s="5"/>
       <c r="C39" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D39" s="23">
-[...3 lines deleted...]
-      <c r="F39" s="99">
+      <c r="D39" s="19">
+        <v>170</v>
+      </c>
+      <c r="E39" s="72"/>
+      <c r="F39" s="71">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="I39" s="23">
+      <c r="I39" s="19">
         <v>5</v>
       </c>
-      <c r="J39" s="92"/>
-      <c r="K39" s="99">
+      <c r="J39" s="75"/>
+      <c r="K39" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D40" s="23">
-[...3 lines deleted...]
-      <c r="F40" s="99">
+      <c r="D40" s="19">
+        <v>95</v>
+      </c>
+      <c r="E40" s="72"/>
+      <c r="F40" s="71">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="I40" s="23">
+      <c r="I40" s="19">
         <v>10</v>
       </c>
-      <c r="J40" s="92"/>
-      <c r="K40" s="99">
+      <c r="J40" s="75"/>
+      <c r="K40" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D41" s="23">
-[...3 lines deleted...]
-      <c r="F41" s="99">
+      <c r="D41" s="19">
+        <v>70</v>
+      </c>
+      <c r="E41" s="72"/>
+      <c r="F41" s="71">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I41" s="23">
+      <c r="I41" s="19">
         <v>45</v>
       </c>
-      <c r="J41" s="92"/>
-      <c r="K41" s="99">
+      <c r="J41" s="75"/>
+      <c r="K41" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="4" t="s">
-[...17 lines deleted...]
-      <c r="H42" s="45" t="s">
+      <c r="A42" s="168" t="s">
+        <v>45</v>
+      </c>
+      <c r="B42" s="147"/>
+      <c r="C42" s="147"/>
+      <c r="D42" s="146"/>
+      <c r="E42" s="176"/>
+      <c r="F42" s="173"/>
+      <c r="G42" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H42" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I42" s="38">
+      <c r="I42" s="28">
         <v>30</v>
       </c>
-      <c r="J42" s="92"/>
-      <c r="K42" s="99">
+      <c r="J42" s="75"/>
+      <c r="K42" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="2" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>30</v>
+      </c>
+      <c r="D43" s="19">
+        <v>15</v>
+      </c>
+      <c r="E43" s="72"/>
+      <c r="F43" s="71">
+        <f>D43*E43</f>
         <v>0</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I43" s="39">
+      <c r="I43" s="29">
         <v>5</v>
       </c>
-      <c r="J43" s="92"/>
-      <c r="K43" s="99">
+      <c r="J43" s="75"/>
+      <c r="K43" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B44" s="5"/>
       <c r="C44" s="2" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>30</v>
+      </c>
+      <c r="D44" s="19">
+        <v>30</v>
+      </c>
+      <c r="E44" s="72"/>
+      <c r="F44" s="71">
+        <f t="shared" ref="F44:F51" si="4">D44*E44</f>
         <v>0</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I44" s="38">
+      <c r="I44" s="28">
         <v>30</v>
       </c>
-      <c r="J44" s="92"/>
-      <c r="K44" s="99">
+      <c r="J44" s="75"/>
+      <c r="K44" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="194" t="s">
+      <c r="A45" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B45" s="5"/>
+      <c r="C45" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D45" s="19">
         <v>45</v>
       </c>
-      <c r="B45" s="172"/>
-[...7 lines deleted...]
-      <c r="H45" s="45" t="s">
+      <c r="E45" s="72"/>
+      <c r="F45" s="71">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H45" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I45" s="38">
+      <c r="I45" s="28">
         <v>15</v>
       </c>
-      <c r="J45" s="92"/>
-      <c r="K45" s="99">
+      <c r="J45" s="75"/>
+      <c r="K45" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D46" s="23">
+      <c r="D46" s="19">
+        <v>20</v>
+      </c>
+      <c r="E46" s="72"/>
+      <c r="F46" s="71">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I46" s="28">
         <v>15</v>
       </c>
-      <c r="E46" s="89"/>
-[...14 lines deleted...]
-      <c r="K46" s="99">
+      <c r="J46" s="75"/>
+      <c r="K46" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D47" s="23">
+      <c r="D47" s="19">
+        <v>25</v>
+      </c>
+      <c r="E47" s="72"/>
+      <c r="F47" s="71">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H47" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="E47" s="89"/>
-[...10 lines deleted...]
-      <c r="I47" s="38">
+      <c r="I47" s="28">
         <v>15</v>
       </c>
-      <c r="J47" s="92"/>
-      <c r="K47" s="99">
+      <c r="J47" s="75"/>
+      <c r="K47" s="71">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>129</v>
+        <v>56</v>
       </c>
       <c r="B48" s="5"/>
       <c r="C48" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D48" s="23">
-[...3 lines deleted...]
-      <c r="F48" s="99">
+      <c r="D48" s="19">
+        <v>60</v>
+      </c>
+      <c r="E48" s="72"/>
+      <c r="F48" s="71">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="G48" s="194" t="s">
-[...5 lines deleted...]
-      <c r="K48" s="199"/>
+      <c r="G48" s="168" t="s">
+        <v>117</v>
+      </c>
+      <c r="H48" s="169"/>
+      <c r="I48" s="146"/>
+      <c r="J48" s="183"/>
+      <c r="K48" s="173"/>
     </row>
     <row r="49" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B49" s="5"/>
       <c r="C49" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D49" s="23">
-[...3 lines deleted...]
-      <c r="F49" s="99">
+      <c r="D49" s="19">
+        <v>45</v>
+      </c>
+      <c r="E49" s="72"/>
+      <c r="F49" s="71">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I49" s="24">
+      <c r="I49" s="20">
         <v>10</v>
       </c>
-      <c r="J49" s="92"/>
-      <c r="K49" s="99">
+      <c r="J49" s="75"/>
+      <c r="K49" s="71">
         <f>I49*J49</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="2" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="F50" s="99">
+        <v>52</v>
+      </c>
+      <c r="D50" s="19">
+        <v>100</v>
+      </c>
+      <c r="E50" s="72"/>
+      <c r="F50" s="71">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I50" s="24">
+      <c r="I50" s="20">
         <v>15</v>
       </c>
-      <c r="J50" s="92"/>
-      <c r="K50" s="99">
+      <c r="J50" s="75"/>
+      <c r="K50" s="71">
         <f t="shared" ref="K50:K58" si="5">I50*J50</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B51" s="5"/>
       <c r="C51" s="2" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="F51" s="99">
+        <v>61</v>
+      </c>
+      <c r="D51" s="19">
+        <v>25</v>
+      </c>
+      <c r="E51" s="72"/>
+      <c r="F51" s="71">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I51" s="24">
+      <c r="I51" s="20">
         <v>10</v>
       </c>
-      <c r="J51" s="92"/>
-      <c r="K51" s="99">
+      <c r="J51" s="75"/>
+      <c r="K51" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="4" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A52" s="168" t="s">
+        <v>62</v>
+      </c>
+      <c r="B52" s="147"/>
+      <c r="C52" s="147"/>
+      <c r="D52" s="146"/>
+      <c r="E52" s="176"/>
+      <c r="F52" s="173"/>
       <c r="G52" s="1" t="s">
         <v>70</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I52" s="23">
+      <c r="I52" s="19">
         <v>25</v>
       </c>
-      <c r="J52" s="92"/>
-      <c r="K52" s="99">
+      <c r="J52" s="75"/>
+      <c r="K52" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B53" s="5"/>
       <c r="C53" s="2" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-        <f t="shared" si="4"/>
+        <v>64</v>
+      </c>
+      <c r="D53" s="19">
+        <v>10</v>
+      </c>
+      <c r="E53" s="72"/>
+      <c r="F53" s="71">
+        <f>D53*E53</f>
         <v>0</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I53" s="23">
+      <c r="I53" s="19">
         <v>1</v>
       </c>
-      <c r="J53" s="92"/>
-      <c r="K53" s="99">
+      <c r="J53" s="75"/>
+      <c r="K53" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B54" s="5"/>
       <c r="C54" s="2" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-        <f t="shared" si="4"/>
+        <v>64</v>
+      </c>
+      <c r="D54" s="19">
+        <v>15</v>
+      </c>
+      <c r="E54" s="72"/>
+      <c r="F54" s="71">
+        <f>D54*E54</f>
         <v>0</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I54" s="23">
+      <c r="I54" s="19">
         <v>5</v>
       </c>
-      <c r="J54" s="92"/>
-      <c r="K54" s="99">
+      <c r="J54" s="75"/>
+      <c r="K54" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="194" t="s">
-[...10 lines deleted...]
-      <c r="H55" s="45" t="s">
+      <c r="A55" s="177" t="s">
+        <v>68</v>
+      </c>
+      <c r="B55" s="178"/>
+      <c r="C55" s="178"/>
+      <c r="D55" s="146"/>
+      <c r="E55" s="190"/>
+      <c r="F55" s="179"/>
+      <c r="G55" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H55" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I55" s="38">
+      <c r="I55" s="28">
         <v>5</v>
       </c>
-      <c r="J55" s="92"/>
-      <c r="K55" s="99">
+      <c r="J55" s="75"/>
+      <c r="K55" s="71">
         <f>I55*J55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="4" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A56" s="180" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" s="181"/>
+      <c r="C56" s="181"/>
+      <c r="D56" s="146"/>
+      <c r="E56" s="188"/>
+      <c r="F56" s="182"/>
       <c r="G56" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I56" s="39">
+      <c r="I56" s="29">
         <v>5</v>
       </c>
-      <c r="J56" s="92"/>
-      <c r="K56" s="99">
+      <c r="J56" s="75"/>
+      <c r="K56" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B57" s="5"/>
       <c r="C57" s="2" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-      <c r="F57" s="99">
+        <v>72</v>
+      </c>
+      <c r="D57" s="19">
+        <v>100</v>
+      </c>
+      <c r="E57" s="72"/>
+      <c r="F57" s="71">
         <f>D57*E57</f>
         <v>0</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I57" s="38">
+      <c r="I57" s="28">
         <v>10</v>
       </c>
-      <c r="J57" s="92"/>
-      <c r="K57" s="99">
+      <c r="J57" s="75"/>
+      <c r="K57" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="203" t="s">
-[...10 lines deleted...]
-      <c r="H58" s="45" t="s">
+      <c r="A58" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="5"/>
+      <c r="C58" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D58" s="19">
+        <v>50</v>
+      </c>
+      <c r="E58" s="72"/>
+      <c r="F58" s="71">
+        <f t="shared" ref="F58:F66" si="6">D58*E58</f>
+        <v>0</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H58" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I58" s="38">
+      <c r="I58" s="28">
         <v>5</v>
       </c>
-      <c r="J58" s="92"/>
-      <c r="K58" s="99">
+      <c r="J58" s="75"/>
+      <c r="K58" s="71">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L58" s="3"/>
       <c r="M58" s="8"/>
       <c r="N58" s="9"/>
     </row>
     <row r="59" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="206" t="s">
-[...13 lines deleted...]
-      <c r="I59" s="34">
+      <c r="A59" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B59" s="5"/>
+      <c r="C59" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D59" s="19">
+        <v>125</v>
+      </c>
+      <c r="E59" s="72"/>
+      <c r="F59" s="71">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="I59" s="19">
         <v>20</v>
       </c>
-      <c r="J59" s="92"/>
-      <c r="K59" s="88">
+      <c r="J59" s="75"/>
+      <c r="K59" s="71">
         <f>I59*J59</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>71</v>
+        <v>328</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D60" s="23">
-[...7 lines deleted...]
-      <c r="G60" s="217" t="s">
+      <c r="D60" s="19">
+        <v>125</v>
+      </c>
+      <c r="E60" s="72"/>
+      <c r="F60" s="71">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G60" s="191" t="s">
         <v>79</v>
       </c>
-      <c r="H60" s="172"/>
-[...2 lines deleted...]
-      <c r="K60" s="199"/>
+      <c r="H60" s="147"/>
+      <c r="I60" s="165"/>
+      <c r="J60" s="183"/>
+      <c r="K60" s="173"/>
     </row>
     <row r="61" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>121</v>
+        <v>76</v>
       </c>
       <c r="B61" s="5"/>
       <c r="C61" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D61" s="23">
-[...4 lines deleted...]
-        <f t="shared" ref="F61:F69" si="6">D61*E61</f>
+      <c r="D61" s="19">
+        <v>15</v>
+      </c>
+      <c r="E61" s="72"/>
+      <c r="F61" s="71">
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="I61" s="23">
+      <c r="I61" s="19">
         <v>85</v>
       </c>
-      <c r="J61" s="92"/>
-      <c r="K61" s="99">
+      <c r="J61" s="75"/>
+      <c r="K61" s="71">
         <f>I61*J61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B62" s="5"/>
       <c r="C62" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D62" s="23">
-[...3 lines deleted...]
-      <c r="F62" s="99">
+      <c r="D62" s="19">
+        <v>20</v>
+      </c>
+      <c r="E62" s="72"/>
+      <c r="F62" s="71">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="I62" s="23">
+      <c r="I62" s="19">
         <v>20</v>
       </c>
-      <c r="J62" s="92"/>
-      <c r="K62" s="99">
+      <c r="J62" s="75"/>
+      <c r="K62" s="71">
         <f>I62*J62</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>334</v>
+        <v>78</v>
       </c>
       <c r="B63" s="5"/>
       <c r="C63" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D63" s="23">
-[...3 lines deleted...]
-      <c r="F63" s="99">
+      <c r="D63" s="19">
+        <v>40</v>
+      </c>
+      <c r="E63" s="72"/>
+      <c r="F63" s="71">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="I63" s="23">
+      <c r="I63" s="19">
         <v>50</v>
       </c>
-      <c r="J63" s="92"/>
-      <c r="K63" s="99">
+      <c r="J63" s="75"/>
+      <c r="K63" s="71">
         <f>I63*J63</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="B64" s="5"/>
       <c r="C64" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D64" s="23">
-[...3 lines deleted...]
-      <c r="F64" s="99">
+      <c r="D64" s="28">
+        <v>40</v>
+      </c>
+      <c r="E64" s="72"/>
+      <c r="F64" s="71">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G64" s="217" t="s">
+      <c r="G64" s="191" t="s">
         <v>88</v>
       </c>
-      <c r="H64" s="218"/>
-[...2 lines deleted...]
-      <c r="K64" s="197"/>
+      <c r="H64" s="192"/>
+      <c r="I64" s="165"/>
+      <c r="J64" s="193"/>
+      <c r="K64" s="171"/>
     </row>
     <row r="65" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>77</v>
+        <v>132</v>
       </c>
       <c r="B65" s="5"/>
       <c r="C65" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D65" s="23">
+      <c r="D65" s="28">
+        <v>25</v>
+      </c>
+      <c r="E65" s="72"/>
+      <c r="F65" s="71">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="I65" s="30">
         <v>20</v>
       </c>
-      <c r="E65" s="89"/>
-[...14 lines deleted...]
-      <c r="K65" s="99">
+      <c r="J65" s="75"/>
+      <c r="K65" s="71">
         <f>I65*J65</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B66" s="5"/>
+        <v>120</v>
+      </c>
+      <c r="B66" s="6"/>
       <c r="C66" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D66" s="23">
-[...3 lines deleted...]
-      <c r="F66" s="99">
+      <c r="D66" s="28">
+        <v>5</v>
+      </c>
+      <c r="E66" s="72"/>
+      <c r="F66" s="71">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="G66" s="194" t="s">
-[...7 lines deleted...]
-      <c r="K66" s="197"/>
+      <c r="G66" s="168" t="s">
+        <v>311</v>
+      </c>
+      <c r="H66" s="169"/>
+      <c r="I66" s="170"/>
+      <c r="J66" s="194" t="s">
+        <v>287</v>
+      </c>
+      <c r="K66" s="171"/>
     </row>
     <row r="67" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="43" t="s">
-[...3 lines deleted...]
-      <c r="C67" s="45" t="s">
+      <c r="A67" s="168" t="s">
+        <v>86</v>
+      </c>
+      <c r="B67" s="147"/>
+      <c r="C67" s="147"/>
+      <c r="D67" s="146"/>
+      <c r="E67" s="176"/>
+      <c r="F67" s="173"/>
+      <c r="G67" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="H67" s="35"/>
+      <c r="I67" s="30">
+        <v>5</v>
+      </c>
+      <c r="J67" s="75"/>
+      <c r="K67" s="71">
+        <f>I67*J67</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B68" s="5"/>
+      <c r="C68" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D67" s="38">
-[...25 lines deleted...]
-      <c r="C68" s="45" t="s">
+      <c r="D68" s="22">
+        <v>75</v>
+      </c>
+      <c r="E68" s="72"/>
+      <c r="F68" s="71">
+        <f>D68*E68</f>
+        <v>0</v>
+      </c>
+      <c r="G68" s="38" t="s">
+        <v>299</v>
+      </c>
+      <c r="H68" s="36"/>
+      <c r="I68" s="37"/>
+      <c r="J68" s="79"/>
+      <c r="K68" s="56"/>
+    </row>
+    <row r="69" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B69" s="5"/>
+      <c r="C69" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D68" s="38">
-[...20 lines deleted...]
-      <c r="C69" s="45" t="s">
+      <c r="D69" s="22">
+        <v>60</v>
+      </c>
+      <c r="E69" s="72"/>
+      <c r="F69" s="71">
+        <f t="shared" ref="F69:F75" si="7">D69*E69</f>
+        <v>0</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="H69" s="39"/>
+      <c r="I69" s="40"/>
+      <c r="J69" s="73"/>
+      <c r="K69" s="71"/>
+    </row>
+    <row r="70" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B70" s="5"/>
+      <c r="C70" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D69" s="38">
-[...23 lines deleted...]
-      <c r="F70" s="199"/>
+      <c r="D70" s="22">
+        <v>130</v>
+      </c>
+      <c r="E70" s="72"/>
+      <c r="F70" s="71">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
       <c r="G70" s="4" t="s">
-        <v>306</v>
-[...4 lines deleted...]
-      <c r="K70" s="99"/>
+        <v>300</v>
+      </c>
+      <c r="H70" s="41"/>
+      <c r="I70" s="40"/>
+      <c r="J70" s="74"/>
+      <c r="K70" s="71"/>
     </row>
     <row r="71" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B71" s="5"/>
       <c r="C71" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D71" s="26">
+      <c r="D71" s="22">
         <v>75</v>
       </c>
-      <c r="E71" s="89"/>
-[...1 lines deleted...]
-        <f>D71*E71</f>
+      <c r="E71" s="72"/>
+      <c r="F71" s="71">
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-      <c r="I71" s="42">
+        <v>302</v>
+      </c>
+      <c r="H71" s="42"/>
+      <c r="I71" s="32">
         <v>5</v>
       </c>
-      <c r="J71" s="156"/>
-      <c r="K71" s="99">
+      <c r="J71" s="132"/>
+      <c r="K71" s="71">
         <f>J71*I71</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="B72" s="5"/>
       <c r="C72" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D72" s="26">
-[...13 lines deleted...]
-      <c r="K72" s="199"/>
+      <c r="D72" s="31">
+        <v>30</v>
+      </c>
+      <c r="E72" s="72"/>
+      <c r="F72" s="71">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="G72" s="172" t="s">
+        <v>308</v>
+      </c>
+      <c r="H72" s="147"/>
+      <c r="I72" s="147"/>
+      <c r="J72" s="147"/>
+      <c r="K72" s="173"/>
     </row>
     <row r="73" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="B73" s="5"/>
       <c r="C73" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D73" s="26">
-[...3 lines deleted...]
-      <c r="F73" s="99">
+      <c r="D73" s="31">
+        <v>30</v>
+      </c>
+      <c r="E73" s="72"/>
+      <c r="F73" s="71">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>93</v>
       </c>
       <c r="H73" s="9"/>
       <c r="I73" s="9"/>
       <c r="J73" s="10"/>
-      <c r="K73" s="99">
+      <c r="K73" s="71">
         <f>SUM(K16:K71)</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="B74" s="5"/>
       <c r="C74" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D74" s="26">
-[...3 lines deleted...]
-      <c r="F74" s="99">
+      <c r="D74" s="31">
+        <v>20</v>
+      </c>
+      <c r="E74" s="72"/>
+      <c r="F74" s="71">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>95</v>
       </c>
       <c r="H74" s="9" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="9"/>
-      <c r="K74" s="99">
-        <f>SUM(F15:F27)</f>
+      <c r="K74" s="71">
+        <f>SUM(F15:F24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="43" t="s">
-[...3 lines deleted...]
-      <c r="C75" s="45" t="s">
+      <c r="A75" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B75" s="5"/>
+      <c r="C75" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D75" s="41">
-[...3 lines deleted...]
-      <c r="F75" s="99">
+      <c r="D75" s="28">
+        <v>25</v>
+      </c>
+      <c r="E75" s="72"/>
+      <c r="F75" s="71">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>96</v>
       </c>
       <c r="H75" s="9"/>
       <c r="I75" s="9"/>
       <c r="J75" s="9"/>
-      <c r="K75" s="99">
-        <f>F79</f>
+      <c r="K75" s="71">
+        <f>F76</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="43" t="s">
-[...15 lines deleted...]
-        <v>354</v>
+      <c r="A76" s="125" t="s">
+        <v>94</v>
+      </c>
+      <c r="B76" s="10"/>
+      <c r="C76" s="10"/>
+      <c r="D76" s="37"/>
+      <c r="E76" s="126"/>
+      <c r="F76" s="90">
+        <f>SUM(F27:F75)</f>
+        <v>0</v>
+      </c>
+      <c r="G76" s="43" t="s">
+        <v>348</v>
       </c>
       <c r="H76" s="13"/>
       <c r="I76" s="10"/>
       <c r="J76" s="11"/>
-      <c r="K76" s="99">
+      <c r="K76" s="71">
         <f>SUM(K73:K75)</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="43" t="s">
-[...3 lines deleted...]
-      <c r="C77" s="45" t="s">
+      <c r="A77" s="23"/>
+      <c r="B77" s="127" t="s">
+        <v>264</v>
+      </c>
+      <c r="C77" s="257">
+        <f>C8</f>
+        <v>0</v>
+      </c>
+      <c r="D77" s="257"/>
+      <c r="E77" s="258"/>
+      <c r="F77" s="90">
+        <f>F76*C77</f>
+        <v>0</v>
+      </c>
+      <c r="G77" s="58" t="s">
+        <v>321</v>
+      </c>
+      <c r="H77" s="60">
+        <f>F5</f>
+        <v>2026</v>
+      </c>
+      <c r="I77" s="222">
+        <f>F6</f>
+        <v>1.0760000000000001</v>
+      </c>
+      <c r="J77" s="223"/>
+      <c r="K77" s="71">
+        <f>K76*I77</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="168" t="s">
+        <v>126</v>
+      </c>
+      <c r="B78" s="170"/>
+      <c r="C78" s="181"/>
+      <c r="D78" s="181"/>
+      <c r="E78" s="181"/>
+      <c r="F78" s="171"/>
+      <c r="G78" s="80" t="s">
+        <v>329</v>
+      </c>
+      <c r="H78" s="96"/>
+      <c r="I78" s="82"/>
+      <c r="J78" s="83"/>
+      <c r="K78" s="51"/>
+    </row>
+    <row r="79" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="B79" s="5"/>
+      <c r="C79" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D77" s="41">
-[...29 lines deleted...]
-      <c r="C78" s="45" t="s">
+      <c r="D79" s="117"/>
+      <c r="E79" s="72"/>
+      <c r="F79" s="71">
+        <f>D79*E79</f>
+        <v>0</v>
+      </c>
+      <c r="G79" s="24"/>
+      <c r="H79" s="69" t="s">
+        <v>323</v>
+      </c>
+      <c r="I79" s="63"/>
+      <c r="J79" s="64"/>
+      <c r="K79" s="85">
+        <f>K77+K78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B80" s="5"/>
+      <c r="C80" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D78" s="38">
-[...57 lines deleted...]
-      <c r="K80" s="105"/>
+      <c r="D80" s="117"/>
+      <c r="E80" s="72"/>
+      <c r="F80" s="71">
+        <f>D80*E80</f>
+        <v>0</v>
+      </c>
+      <c r="G80" s="24"/>
+      <c r="H80" s="61"/>
+      <c r="I80" s="211"/>
+      <c r="J80" s="212"/>
+      <c r="K80" s="85"/>
     </row>
     <row r="81" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="194" t="s">
-[...11 lines deleted...]
-      <c r="K81" s="105"/>
+      <c r="A81" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B81" s="5"/>
+      <c r="C81" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D81" s="117"/>
+      <c r="E81" s="72"/>
+      <c r="F81" s="71">
+        <f t="shared" ref="F81:F87" si="8">D81*E81</f>
+        <v>0</v>
+      </c>
+      <c r="G81" s="24"/>
+      <c r="H81" s="68"/>
+      <c r="I81" s="211"/>
+      <c r="J81" s="212"/>
+      <c r="K81" s="85"/>
     </row>
     <row r="82" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D82" s="139"/>
-[...9 lines deleted...]
-      <c r="K82" s="105"/>
+      <c r="D82" s="117"/>
+      <c r="E82" s="72"/>
+      <c r="F82" s="71">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G82" s="24"/>
+      <c r="H82" s="68"/>
+      <c r="I82" s="211"/>
+      <c r="J82" s="212"/>
+      <c r="K82" s="85"/>
     </row>
     <row r="83" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>97</v>
+        <v>285</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D83" s="139"/>
-[...11 lines deleted...]
-      <c r="K83" s="99">
+      <c r="D83" s="117"/>
+      <c r="E83" s="72"/>
+      <c r="F83" s="71">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G83" s="24"/>
+      <c r="H83" s="66"/>
+      <c r="I83" s="67"/>
+      <c r="J83" s="68" t="s">
+        <v>324</v>
+      </c>
+      <c r="K83" s="71">
         <f>ROUND((K79)/5,2)*5</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D84" s="139"/>
-[...9 lines deleted...]
-      <c r="K84" s="105"/>
+      <c r="D84" s="117"/>
+      <c r="E84" s="72"/>
+      <c r="F84" s="71">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G84" s="97"/>
+      <c r="H84" s="100"/>
+      <c r="I84" s="101"/>
+      <c r="J84" s="98"/>
+      <c r="K84" s="85"/>
     </row>
     <row r="85" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>290</v>
+        <v>106</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D85" s="139"/>
-[...1 lines deleted...]
-      <c r="F85" s="99">
+      <c r="D85" s="117"/>
+      <c r="E85" s="72"/>
+      <c r="F85" s="71">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G85" s="119"/>
-[...3 lines deleted...]
-      <c r="K85" s="105"/>
+      <c r="G85" s="97"/>
+      <c r="H85" s="100"/>
+      <c r="I85" s="101"/>
+      <c r="J85" s="98"/>
+      <c r="K85" s="85"/>
     </row>
     <row r="86" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>291</v>
+        <v>122</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D86" s="139"/>
-[...1 lines deleted...]
-      <c r="F86" s="99">
+      <c r="D86" s="117"/>
+      <c r="E86" s="72"/>
+      <c r="F86" s="71">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G86" s="198" t="s">
-[...5 lines deleted...]
-      <c r="K86" s="199"/>
+      <c r="G86" s="172" t="s">
+        <v>330</v>
+      </c>
+      <c r="H86" s="147"/>
+      <c r="I86" s="147"/>
+      <c r="J86" s="147"/>
+      <c r="K86" s="173"/>
     </row>
     <row r="87" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="43" t="s">
+      <c r="A87" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="B87" s="44"/>
-      <c r="C87" s="45" t="s">
+      <c r="B87" s="5"/>
+      <c r="C87" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D87" s="139"/>
-[...1 lines deleted...]
-      <c r="F87" s="99">
+      <c r="D87" s="117"/>
+      <c r="E87" s="72"/>
+      <c r="F87" s="71">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="G87" s="27"/>
-[...10 lines deleted...]
-        <f>F91</f>
+      <c r="G87" s="23"/>
+      <c r="H87" s="70" t="s">
+        <v>326</v>
+      </c>
+      <c r="I87" s="33">
+        <v>0</v>
+      </c>
+      <c r="J87" s="34">
+        <v>0</v>
+      </c>
+      <c r="K87" s="71">
+        <f>F88</f>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="A88" s="128" t="s">
+        <v>286</v>
+      </c>
+      <c r="B88" s="129"/>
+      <c r="C88" s="129"/>
+      <c r="D88" s="129"/>
+      <c r="E88" s="129"/>
+      <c r="F88" s="131">
+        <f>SUM(F79:F87)</f>
         <v>0</v>
       </c>
       <c r="G88" s="4"/>
-      <c r="H88" s="87" t="s">
-[...4 lines deleted...]
-      <c r="K88" s="88">
+      <c r="H88" s="70" t="s">
+        <v>323</v>
+      </c>
+      <c r="I88" s="33"/>
+      <c r="J88" s="34"/>
+      <c r="K88" s="71">
         <f>K87+K83</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="43" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G89" s="4"/>
-      <c r="H89" s="87" t="s">
-[...2 lines deleted...]
-      <c r="I89" s="72">
+      <c r="H89" s="70" t="s">
+        <v>325</v>
+      </c>
+      <c r="I89" s="55">
         <f>F7</f>
-        <v>7.6999999999999999E-2</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="J89" s="5"/>
-      <c r="K89" s="99">
+      <c r="K89" s="71">
         <f>K88*I89</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="43" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G90" s="4" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="H90" s="6"/>
       <c r="I90" s="6"/>
       <c r="J90" s="5"/>
-      <c r="K90" s="66"/>
+      <c r="K90" s="51"/>
     </row>
     <row r="91" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="152" t="s">
-[...8 lines deleted...]
-        <v>0</v>
+      <c r="D91" t="s">
+        <v>304</v>
       </c>
       <c r="G91" s="12" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="H91" s="6"/>
       <c r="I91" s="6"/>
       <c r="J91" s="5"/>
-      <c r="K91" s="154">
+      <c r="K91" s="130">
         <f>ROUND(SUM(K88+K89+K90)/5,2)*5</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="94" spans="1:11" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-    </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="H95" s="67"/>
+      <c r="H95" s="52"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" selectLockedCells="1" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells count="31">
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C1:D1"/>
+    <mergeCell ref="E1:F2"/>
+    <mergeCell ref="E3:F3"/>
+    <mergeCell ref="I82:J82"/>
+    <mergeCell ref="I80:J80"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="H5:K8"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="I81:J81"/>
+    <mergeCell ref="H1:I2"/>
+    <mergeCell ref="H3:K4"/>
+    <mergeCell ref="J1:K2"/>
+    <mergeCell ref="G3:G4"/>
     <mergeCell ref="A1:A2"/>
-    <mergeCell ref="C80:E80"/>
+    <mergeCell ref="C77:E77"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="I77:J77"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="B9:K10"/>
     <mergeCell ref="A12:B13"/>
     <mergeCell ref="G12:G13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="C2:D2"/>
-    <mergeCell ref="I82:J82"/>
-[...13 lines deleted...]
-    <mergeCell ref="E3:F3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
-  <conditionalFormatting sqref="J86:J91 E81:E91 J67:J76 E15:E79 J16:J65">
+  <conditionalFormatting sqref="E15:E76 J16:J65 J67:J76 E78:E88 J86:J91">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="greaterThanOrEqual">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="3.937007874015748E-2" bottom="3.937007874015748E-2" header="0.39370078740157483" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="36" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;16HO Indikativ&amp;14 - VOLLNUMERISCH
 AV93-DM.01&amp;R&amp;16 Beilage 1</oddHeader>
     <oddFooter>&amp;L&amp;9Version - April 2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>