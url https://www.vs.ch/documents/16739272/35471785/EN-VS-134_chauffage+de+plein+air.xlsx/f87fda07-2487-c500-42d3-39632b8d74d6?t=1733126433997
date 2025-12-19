--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -36,58 +36,58 @@
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BEA5259-52B2-4B67-BE02-7E4AD447A08E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4C5F9F21-30A1-48F2-BD9D-2652878E36FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="5" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="6" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
@@ -977,68 +977,50 @@
     <t xml:space="preserve">Grund : </t>
   </si>
   <si>
     <t>Beilagen / Erläuterungen</t>
   </si>
   <si>
     <t>Unterschriften</t>
   </si>
   <si>
     <t>Name und Adresse
 bzw. Firmenstempel :</t>
   </si>
   <si>
     <t>Sachbearbeiter/-in :</t>
   </si>
   <si>
     <t>Tel / Mail :</t>
   </si>
   <si>
     <t>Ort, Datum, Unterschrift :</t>
   </si>
   <si>
     <t>Nachweis erarbeitet durch :</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>erneuerbare Energien:</t>
   </si>
   <si>
     <t>andere erneuerbare Energien :</t>
   </si>
   <si>
     <t>Abwärme von:</t>
   </si>
   <si>
     <t>Sicherheit/Schutz:</t>
   </si>
   <si>
     <t>Bauliche Massnahmen:</t>
   </si>
   <si>
     <t>und nach Feuchte:</t>
   </si>
   <si>
     <t>Warum sind bauliche und betriebliche Massnahmen nicht ausführbar oder unverhältnismässig?</t>
   </si>
   <si>
     <t>Warum erfordert die Sicherheit von Personen, Tieren und Sachen oder der Schutz von technischen Einrichtungen den Betrieb einer Heizung im Freien?</t>
   </si>
   <si>
     <t>Bei Erzeugung der Wärme für die Heizung im Freien mit nichterneuerbarer Energie</t>
@@ -1094,54 +1076,72 @@
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DEWK-Website</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Lesen Sie die Elemente unserer kommenden FAQ (Frequently Asked Questions) / </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DEWK-Website</t>
     </r>
   </si>
   <si>
-    <t>Version 30 avril 2025 (valable  jusqu'au 31.12.2025)</t>
+    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
   </si>
   <si>
-    <t>Version 30. April 2025 (gültig bis 31.12.2025)</t>
+    <r>
+      <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
+(oder sein Beauftragter)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Die Vollständigkeit und Richtigkeit wird bestätigt</t>
+    </r>
+  </si>
+  <si>
+    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1819,178 +1819,403 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="30" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="32" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="33" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="34" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...60 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2060,317 +2285,92 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...157 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
@@ -5654,920 +5654,920 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B7" sqref="B7:C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="22" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="22" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="22" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="23" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="23" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="23" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="23" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="23" customWidth="1"/>
     <col min="21" max="24" width="0" style="22" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="22" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="49" t="s">
+      <c r="E2" s="77" t="s">
         <v>30</v>
       </c>
-      <c r="F2" s="49"/>
-[...12 lines deleted...]
-      <c r="S2" s="49"/>
+      <c r="F2" s="77"/>
+      <c r="G2" s="77"/>
+      <c r="H2" s="77"/>
+      <c r="I2" s="77"/>
+      <c r="J2" s="77"/>
+      <c r="K2" s="77"/>
+      <c r="L2" s="77"/>
+      <c r="M2" s="77"/>
+      <c r="N2" s="77"/>
+      <c r="O2" s="77"/>
+      <c r="P2" s="77"/>
+      <c r="Q2" s="77"/>
+      <c r="R2" s="77"/>
+      <c r="S2" s="77"/>
       <c r="T2" s="24"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="49"/>
-[...13 lines deleted...]
-      <c r="S3" s="49"/>
+      <c r="E3" s="77"/>
+      <c r="F3" s="77"/>
+      <c r="G3" s="77"/>
+      <c r="H3" s="77"/>
+      <c r="I3" s="77"/>
+      <c r="J3" s="77"/>
+      <c r="K3" s="77"/>
+      <c r="L3" s="77"/>
+      <c r="M3" s="77"/>
+      <c r="N3" s="77"/>
+      <c r="O3" s="77"/>
+      <c r="P3" s="77"/>
+      <c r="Q3" s="77"/>
+      <c r="R3" s="77"/>
+      <c r="S3" s="77"/>
       <c r="T3" s="24"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="49"/>
-[...13 lines deleted...]
-      <c r="S4" s="49"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="77"/>
+      <c r="M4" s="77"/>
+      <c r="N4" s="77"/>
+      <c r="O4" s="77"/>
+      <c r="P4" s="77"/>
+      <c r="Q4" s="77"/>
+      <c r="R4" s="77"/>
+      <c r="S4" s="77"/>
       <c r="T4" s="24"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="25"/>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
       <c r="N5" s="26"/>
       <c r="O5" s="26"/>
       <c r="P5" s="41" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q5" s="78" t="s">
         <v>119</v>
       </c>
-      <c r="Q5" s="50" t="s">
-[...3 lines deleted...]
-      <c r="S5" s="50"/>
+      <c r="R5" s="78"/>
+      <c r="S5" s="78"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B7" s="51" t="s">
+      <c r="B7" s="79" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="52"/>
+      <c r="C7" s="80"/>
       <c r="E7" s="27" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B8" s="53"/>
-      <c r="C8" s="54"/>
+      <c r="B8" s="81"/>
+      <c r="C8" s="82"/>
       <c r="E8" s="28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="53"/>
-      <c r="C9" s="54"/>
+      <c r="B9" s="81"/>
+      <c r="C9" s="82"/>
       <c r="E9" s="28"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="53"/>
-      <c r="C10" s="54"/>
+      <c r="B10" s="81"/>
+      <c r="C10" s="82"/>
       <c r="E10" s="29" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="48" t="s">
         <v>35</v>
       </c>
       <c r="G10" s="48"/>
       <c r="H10" s="48"/>
       <c r="I10" s="48"/>
       <c r="J10" s="48"/>
       <c r="K10" s="48"/>
       <c r="L10" s="48"/>
       <c r="M10" s="48"/>
       <c r="N10" s="48"/>
       <c r="O10" s="48"/>
       <c r="P10" s="48"/>
       <c r="Q10" s="48"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="30"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="53"/>
-      <c r="C11" s="54"/>
+      <c r="B11" s="81"/>
+      <c r="C11" s="82"/>
       <c r="E11" s="29"/>
       <c r="F11" s="48"/>
       <c r="G11" s="48"/>
       <c r="H11" s="48"/>
       <c r="I11" s="48"/>
       <c r="J11" s="48"/>
       <c r="K11" s="48"/>
       <c r="L11" s="48"/>
       <c r="M11" s="48"/>
       <c r="N11" s="48"/>
       <c r="O11" s="48"/>
       <c r="P11" s="48"/>
       <c r="Q11" s="48"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="30"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="53"/>
-      <c r="C12" s="54"/>
+      <c r="B12" s="81"/>
+      <c r="C12" s="82"/>
       <c r="E12" s="29"/>
       <c r="F12" s="48"/>
       <c r="G12" s="48"/>
       <c r="H12" s="48"/>
       <c r="I12" s="48"/>
       <c r="J12" s="48"/>
       <c r="K12" s="48"/>
       <c r="L12" s="48"/>
       <c r="M12" s="48"/>
       <c r="N12" s="48"/>
       <c r="O12" s="48"/>
       <c r="P12" s="48"/>
       <c r="Q12" s="48"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="30"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B13" s="53"/>
-      <c r="C13" s="54"/>
+      <c r="B13" s="81"/>
+      <c r="C13" s="82"/>
       <c r="E13" s="31"/>
       <c r="F13" s="48"/>
       <c r="G13" s="48"/>
       <c r="H13" s="48"/>
       <c r="I13" s="48"/>
       <c r="J13" s="48"/>
       <c r="K13" s="48"/>
       <c r="L13" s="48"/>
       <c r="M13" s="48"/>
       <c r="N13" s="48"/>
       <c r="O13" s="48"/>
       <c r="P13" s="48"/>
       <c r="Q13" s="48"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="30"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="53"/>
-      <c r="C14" s="54"/>
+      <c r="B14" s="81"/>
+      <c r="C14" s="82"/>
       <c r="E14" s="31"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
       <c r="H14" s="32"/>
       <c r="I14" s="32"/>
       <c r="J14" s="32"/>
       <c r="K14" s="32"/>
       <c r="L14" s="32"/>
       <c r="M14" s="32"/>
       <c r="N14" s="32"/>
       <c r="O14" s="32"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="32"/>
       <c r="R14" s="32"/>
       <c r="S14" s="32"/>
       <c r="T14" s="32"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="53"/>
-      <c r="C15" s="54"/>
+      <c r="B15" s="81"/>
+      <c r="C15" s="82"/>
       <c r="E15" s="29" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="48" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="48"/>
       <c r="H15" s="48"/>
       <c r="I15" s="48"/>
       <c r="J15" s="48"/>
       <c r="K15" s="48"/>
       <c r="L15" s="48"/>
       <c r="M15" s="48"/>
       <c r="N15" s="48"/>
       <c r="O15" s="48"/>
       <c r="P15" s="48"/>
       <c r="Q15" s="48"/>
       <c r="R15" s="48"/>
       <c r="S15" s="48"/>
       <c r="T15" s="30"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="53"/>
-      <c r="C16" s="54"/>
+      <c r="B16" s="81"/>
+      <c r="C16" s="82"/>
       <c r="E16" s="29"/>
       <c r="F16" s="48"/>
       <c r="G16" s="48"/>
       <c r="H16" s="48"/>
       <c r="I16" s="48"/>
       <c r="J16" s="48"/>
       <c r="K16" s="48"/>
       <c r="L16" s="48"/>
       <c r="M16" s="48"/>
       <c r="N16" s="48"/>
       <c r="O16" s="48"/>
       <c r="P16" s="48"/>
       <c r="Q16" s="48"/>
       <c r="R16" s="48"/>
       <c r="S16" s="48"/>
       <c r="T16" s="30"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B17" s="55"/>
-      <c r="C17" s="56"/>
+      <c r="B17" s="83"/>
+      <c r="C17" s="84"/>
       <c r="E17" s="31"/>
       <c r="F17" s="48"/>
       <c r="G17" s="48"/>
       <c r="H17" s="48"/>
       <c r="I17" s="48"/>
       <c r="J17" s="48"/>
       <c r="K17" s="48"/>
       <c r="L17" s="48"/>
       <c r="M17" s="48"/>
       <c r="N17" s="48"/>
       <c r="O17" s="48"/>
       <c r="P17" s="48"/>
       <c r="Q17" s="48"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="30"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B19" s="42"/>
-      <c r="C19" s="43"/>
+      <c r="B19" s="55"/>
+      <c r="C19" s="56"/>
       <c r="E19" s="27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B20" s="44"/>
-      <c r="C20" s="45"/>
+      <c r="B20" s="57"/>
+      <c r="C20" s="58"/>
       <c r="E20" s="28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="44"/>
-      <c r="C21" s="45"/>
+      <c r="B21" s="57"/>
+      <c r="C21" s="58"/>
       <c r="E21" s="28"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="44"/>
-      <c r="C22" s="45"/>
+      <c r="B22" s="57"/>
+      <c r="C22" s="58"/>
       <c r="F22" s="48" t="s">
         <v>39</v>
       </c>
       <c r="G22" s="48"/>
       <c r="H22" s="48"/>
       <c r="I22" s="48"/>
       <c r="J22" s="48"/>
       <c r="K22" s="48"/>
       <c r="L22" s="48"/>
       <c r="M22" s="48"/>
       <c r="N22" s="48"/>
       <c r="O22" s="48"/>
       <c r="P22" s="48"/>
       <c r="Q22" s="48"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
       <c r="T22" s="30"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B23" s="44"/>
-      <c r="C23" s="45"/>
+      <c r="B23" s="57"/>
+      <c r="C23" s="58"/>
       <c r="E23" s="30"/>
       <c r="F23" s="48"/>
       <c r="G23" s="48"/>
       <c r="H23" s="48"/>
       <c r="I23" s="48"/>
       <c r="J23" s="48"/>
       <c r="K23" s="48"/>
       <c r="L23" s="48"/>
       <c r="M23" s="48"/>
       <c r="N23" s="48"/>
       <c r="O23" s="48"/>
       <c r="P23" s="48"/>
       <c r="Q23" s="48"/>
       <c r="R23" s="48"/>
       <c r="S23" s="48"/>
       <c r="T23" s="30"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B24" s="44"/>
-      <c r="C24" s="45"/>
+      <c r="B24" s="57"/>
+      <c r="C24" s="58"/>
       <c r="E24" s="30"/>
       <c r="F24" s="48"/>
       <c r="G24" s="48"/>
       <c r="H24" s="48"/>
       <c r="I24" s="48"/>
       <c r="J24" s="48"/>
       <c r="K24" s="48"/>
       <c r="L24" s="48"/>
       <c r="M24" s="48"/>
       <c r="N24" s="48"/>
       <c r="O24" s="48"/>
       <c r="P24" s="48"/>
       <c r="Q24" s="48"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="30"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B25" s="44"/>
-      <c r="C25" s="45"/>
+      <c r="B25" s="57"/>
+      <c r="C25" s="58"/>
       <c r="E25" s="30"/>
       <c r="F25" s="48"/>
       <c r="G25" s="48"/>
       <c r="H25" s="48"/>
       <c r="I25" s="48"/>
       <c r="J25" s="48"/>
       <c r="K25" s="48"/>
       <c r="L25" s="48"/>
       <c r="M25" s="48"/>
       <c r="N25" s="48"/>
       <c r="O25" s="48"/>
       <c r="P25" s="48"/>
       <c r="Q25" s="48"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="30"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B26" s="44"/>
-      <c r="C26" s="45"/>
+      <c r="B26" s="57"/>
+      <c r="C26" s="58"/>
       <c r="E26" s="30"/>
       <c r="F26" s="48"/>
       <c r="G26" s="48"/>
       <c r="H26" s="48"/>
       <c r="I26" s="48"/>
       <c r="J26" s="48"/>
       <c r="K26" s="48"/>
       <c r="L26" s="48"/>
       <c r="M26" s="48"/>
       <c r="N26" s="48"/>
       <c r="O26" s="48"/>
       <c r="P26" s="48"/>
       <c r="Q26" s="48"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="30"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B27" s="44"/>
-      <c r="C27" s="45"/>
+      <c r="B27" s="57"/>
+      <c r="C27" s="58"/>
       <c r="E27" s="30"/>
       <c r="F27" s="48"/>
       <c r="G27" s="48"/>
       <c r="H27" s="48"/>
       <c r="I27" s="48"/>
       <c r="J27" s="48"/>
       <c r="K27" s="48"/>
       <c r="L27" s="48"/>
       <c r="M27" s="48"/>
       <c r="N27" s="48"/>
       <c r="O27" s="48"/>
       <c r="P27" s="48"/>
       <c r="Q27" s="48"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
       <c r="T27" s="30"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B28" s="44"/>
-      <c r="C28" s="45"/>
+      <c r="B28" s="57"/>
+      <c r="C28" s="58"/>
       <c r="E28" s="30"/>
       <c r="F28" s="48"/>
       <c r="G28" s="48"/>
       <c r="H28" s="48"/>
       <c r="I28" s="48"/>
       <c r="J28" s="48"/>
       <c r="K28" s="48"/>
       <c r="L28" s="48"/>
       <c r="M28" s="48"/>
       <c r="N28" s="48"/>
       <c r="O28" s="48"/>
       <c r="P28" s="48"/>
       <c r="Q28" s="48"/>
       <c r="R28" s="48"/>
       <c r="S28" s="48"/>
       <c r="T28" s="30"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B29" s="46"/>
-      <c r="C29" s="47"/>
+      <c r="B29" s="59"/>
+      <c r="C29" s="60"/>
       <c r="E29" s="30"/>
       <c r="F29" s="48"/>
       <c r="G29" s="48"/>
       <c r="H29" s="48"/>
       <c r="I29" s="48"/>
       <c r="J29" s="48"/>
       <c r="K29" s="48"/>
       <c r="L29" s="48"/>
       <c r="M29" s="48"/>
       <c r="N29" s="48"/>
       <c r="O29" s="48"/>
       <c r="P29" s="48"/>
       <c r="Q29" s="48"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="30"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="32"/>
       <c r="F30" s="32"/>
       <c r="G30" s="32"/>
       <c r="H30" s="32"/>
       <c r="I30" s="32"/>
       <c r="J30" s="32"/>
       <c r="K30" s="32"/>
       <c r="L30" s="32"/>
       <c r="M30" s="32"/>
       <c r="N30" s="32"/>
       <c r="O30" s="32"/>
       <c r="P30" s="32"/>
       <c r="Q30" s="32"/>
       <c r="R30" s="32"/>
       <c r="S30" s="32"/>
       <c r="T30" s="32"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B31" s="42"/>
-      <c r="C31" s="43"/>
+      <c r="B31" s="55"/>
+      <c r="C31" s="56"/>
       <c r="E31" s="27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="44"/>
-      <c r="C32" s="45"/>
+      <c r="B32" s="57"/>
+      <c r="C32" s="58"/>
       <c r="E32" s="27"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B33" s="44"/>
-      <c r="C33" s="45"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="58"/>
       <c r="E33" s="29" t="s">
         <v>34</v>
       </c>
       <c r="F33" s="23" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="44"/>
-      <c r="C34" s="45"/>
+      <c r="B34" s="57"/>
+      <c r="C34" s="58"/>
       <c r="E34" s="29"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B35" s="44"/>
-      <c r="C35" s="45"/>
+      <c r="B35" s="57"/>
+      <c r="C35" s="58"/>
       <c r="E35" s="29" t="s">
         <v>36</v>
       </c>
       <c r="F35" s="23" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="44"/>
-      <c r="C36" s="45"/>
+      <c r="B36" s="57"/>
+      <c r="C36" s="58"/>
       <c r="E36" s="29"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="44"/>
-      <c r="C37" s="45"/>
+      <c r="B37" s="57"/>
+      <c r="C37" s="58"/>
       <c r="E37" s="29" t="s">
         <v>41</v>
       </c>
       <c r="F37" s="48" t="s">
         <v>42</v>
       </c>
       <c r="G37" s="48"/>
       <c r="H37" s="48"/>
       <c r="I37" s="48"/>
       <c r="J37" s="48"/>
       <c r="K37" s="48"/>
       <c r="L37" s="48"/>
       <c r="M37" s="48"/>
       <c r="N37" s="48"/>
       <c r="O37" s="48"/>
       <c r="P37" s="48"/>
       <c r="Q37" s="48"/>
       <c r="R37" s="48"/>
       <c r="S37" s="48"/>
       <c r="T37" s="30"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B38" s="46"/>
-      <c r="C38" s="47"/>
+      <c r="B38" s="59"/>
+      <c r="C38" s="60"/>
       <c r="E38" s="33"/>
       <c r="F38" s="48"/>
       <c r="G38" s="48"/>
       <c r="H38" s="48"/>
       <c r="I38" s="48"/>
       <c r="J38" s="48"/>
       <c r="K38" s="48"/>
       <c r="L38" s="48"/>
       <c r="M38" s="48"/>
       <c r="N38" s="48"/>
       <c r="O38" s="48"/>
       <c r="P38" s="48"/>
       <c r="Q38" s="48"/>
       <c r="R38" s="48"/>
       <c r="S38" s="48"/>
       <c r="T38" s="30"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.35">
       <c r="F39" s="48"/>
       <c r="G39" s="48"/>
       <c r="H39" s="48"/>
       <c r="I39" s="48"/>
       <c r="J39" s="48"/>
       <c r="K39" s="48"/>
       <c r="L39" s="48"/>
       <c r="M39" s="48"/>
       <c r="N39" s="48"/>
       <c r="O39" s="48"/>
       <c r="P39" s="48"/>
       <c r="Q39" s="48"/>
       <c r="R39" s="48"/>
       <c r="S39" s="48"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B40" s="42"/>
-      <c r="C40" s="43"/>
+      <c r="B40" s="55"/>
+      <c r="C40" s="56"/>
       <c r="E40" s="27" t="s">
         <v>43</v>
       </c>
       <c r="F40" s="27"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B41" s="44"/>
-      <c r="C41" s="45"/>
+      <c r="B41" s="57"/>
+      <c r="C41" s="58"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B42" s="44"/>
-[...3 lines deleted...]
-      <c r="G42" s="71"/>
+      <c r="B42" s="57"/>
+      <c r="C42" s="58"/>
+      <c r="E42" s="61"/>
+      <c r="F42" s="62"/>
+      <c r="G42" s="63"/>
       <c r="I42" s="23" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B43" s="44"/>
-      <c r="C43" s="45"/>
+      <c r="B43" s="57"/>
+      <c r="C43" s="58"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B44" s="44"/>
-      <c r="C44" s="45"/>
+      <c r="B44" s="57"/>
+      <c r="C44" s="58"/>
       <c r="G44" s="34"/>
       <c r="I44" s="23" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B45" s="44"/>
-      <c r="C45" s="45"/>
+      <c r="B45" s="57"/>
+      <c r="C45" s="58"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B46" s="44"/>
-      <c r="C46" s="45"/>
+      <c r="B46" s="57"/>
+      <c r="C46" s="58"/>
       <c r="G46" s="34"/>
       <c r="I46" s="23" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B47" s="44"/>
-      <c r="C47" s="45"/>
+      <c r="B47" s="57"/>
+      <c r="C47" s="58"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B48" s="44"/>
-      <c r="C48" s="45"/>
+      <c r="B48" s="57"/>
+      <c r="C48" s="58"/>
       <c r="E48" s="34"/>
       <c r="F48" s="35" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="48" t="s">
         <v>48</v>
       </c>
       <c r="J48" s="48"/>
       <c r="K48" s="48"/>
       <c r="L48" s="48"/>
       <c r="M48" s="48"/>
       <c r="N48" s="48"/>
       <c r="O48" s="48"/>
       <c r="P48" s="48"/>
       <c r="Q48" s="48"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B49" s="44"/>
-      <c r="C49" s="45"/>
+      <c r="B49" s="57"/>
+      <c r="C49" s="58"/>
       <c r="F49" s="35"/>
       <c r="I49" s="48"/>
       <c r="J49" s="48"/>
       <c r="K49" s="48"/>
       <c r="L49" s="48"/>
       <c r="M49" s="48"/>
       <c r="N49" s="48"/>
       <c r="O49" s="48"/>
       <c r="P49" s="48"/>
       <c r="Q49" s="48"/>
       <c r="R49" s="48"/>
       <c r="S49" s="48"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B50" s="44"/>
-      <c r="C50" s="45"/>
+      <c r="B50" s="57"/>
+      <c r="C50" s="58"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B51" s="44"/>
-[...3 lines deleted...]
-      <c r="G51" s="74"/>
+      <c r="B51" s="57"/>
+      <c r="C51" s="58"/>
+      <c r="E51" s="64"/>
+      <c r="F51" s="65"/>
+      <c r="G51" s="66"/>
       <c r="I51" s="23" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B52" s="44"/>
-      <c r="C52" s="45"/>
+      <c r="B52" s="57"/>
+      <c r="C52" s="58"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="44"/>
-[...2 lines deleted...]
-      <c r="G53" s="76"/>
+      <c r="B53" s="57"/>
+      <c r="C53" s="58"/>
+      <c r="F53" s="67"/>
+      <c r="G53" s="68"/>
       <c r="I53" s="48" t="s">
         <v>50</v>
       </c>
       <c r="J53" s="48"/>
       <c r="K53" s="48"/>
       <c r="L53" s="48"/>
       <c r="M53" s="48"/>
       <c r="N53" s="48"/>
       <c r="O53" s="48"/>
       <c r="P53" s="48"/>
       <c r="Q53" s="48"/>
       <c r="R53" s="48"/>
       <c r="S53" s="48"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B54" s="44"/>
-[...2 lines deleted...]
-      <c r="G54" s="78"/>
+      <c r="B54" s="57"/>
+      <c r="C54" s="58"/>
+      <c r="F54" s="69"/>
+      <c r="G54" s="70"/>
       <c r="I54" s="48"/>
       <c r="J54" s="48"/>
       <c r="K54" s="48"/>
       <c r="L54" s="48"/>
       <c r="M54" s="48"/>
       <c r="N54" s="48"/>
       <c r="O54" s="48"/>
       <c r="P54" s="48"/>
       <c r="Q54" s="48"/>
       <c r="R54" s="48"/>
       <c r="S54" s="48"/>
     </row>
     <row r="55" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B55" s="44"/>
-      <c r="C55" s="45"/>
+      <c r="B55" s="57"/>
+      <c r="C55" s="58"/>
       <c r="F55" s="36"/>
       <c r="G55" s="36"/>
       <c r="I55" s="48"/>
       <c r="J55" s="48"/>
       <c r="K55" s="48"/>
       <c r="L55" s="48"/>
       <c r="M55" s="48"/>
       <c r="N55" s="48"/>
       <c r="O55" s="48"/>
       <c r="P55" s="48"/>
       <c r="Q55" s="48"/>
       <c r="R55" s="48"/>
       <c r="S55" s="48"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B56" s="44"/>
-      <c r="C56" s="45"/>
+      <c r="B56" s="57"/>
+      <c r="C56" s="58"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="44"/>
-[...1 lines deleted...]
-      <c r="E57" s="79" t="s">
+      <c r="B57" s="57"/>
+      <c r="C57" s="58"/>
+      <c r="E57" s="71" t="s">
         <v>51</v>
       </c>
-      <c r="F57" s="80"/>
-      <c r="G57" s="81"/>
+      <c r="F57" s="72"/>
+      <c r="G57" s="73"/>
       <c r="I57" s="48" t="s">
         <v>52</v>
       </c>
       <c r="J57" s="48"/>
       <c r="K57" s="48"/>
       <c r="L57" s="48"/>
       <c r="M57" s="48"/>
       <c r="N57" s="48"/>
       <c r="O57" s="48"/>
       <c r="P57" s="48"/>
       <c r="Q57" s="48"/>
       <c r="R57" s="48"/>
       <c r="S57" s="48"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B58" s="44"/>
-[...3 lines deleted...]
-      <c r="G58" s="84"/>
+      <c r="B58" s="57"/>
+      <c r="C58" s="58"/>
+      <c r="E58" s="74"/>
+      <c r="F58" s="75"/>
+      <c r="G58" s="76"/>
       <c r="I58" s="48"/>
       <c r="J58" s="48"/>
       <c r="K58" s="48"/>
       <c r="L58" s="48"/>
       <c r="M58" s="48"/>
       <c r="N58" s="48"/>
       <c r="O58" s="48"/>
       <c r="P58" s="48"/>
       <c r="Q58" s="48"/>
       <c r="R58" s="48"/>
       <c r="S58" s="48"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B59" s="44"/>
-      <c r="C59" s="45"/>
+      <c r="B59" s="57"/>
+      <c r="C59" s="58"/>
       <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="44"/>
-[...1 lines deleted...]
-      <c r="E60" s="57" t="s">
+      <c r="B60" s="57"/>
+      <c r="C60" s="58"/>
+      <c r="E60" s="42" t="s">
         <v>53</v>
       </c>
-      <c r="F60" s="58"/>
-      <c r="G60" s="59"/>
+      <c r="F60" s="43"/>
+      <c r="G60" s="44"/>
       <c r="I60" s="48" t="s">
         <v>54</v>
       </c>
       <c r="J60" s="48"/>
       <c r="K60" s="48"/>
       <c r="L60" s="48"/>
       <c r="M60" s="48"/>
       <c r="N60" s="48"/>
       <c r="O60" s="48"/>
       <c r="P60" s="48"/>
       <c r="Q60" s="48"/>
       <c r="R60" s="48"/>
       <c r="S60" s="48"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B61" s="44"/>
-[...3 lines deleted...]
-      <c r="G61" s="62"/>
+      <c r="B61" s="57"/>
+      <c r="C61" s="58"/>
+      <c r="E61" s="45"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="47"/>
       <c r="I61" s="48"/>
       <c r="J61" s="48"/>
       <c r="K61" s="48"/>
       <c r="L61" s="48"/>
       <c r="M61" s="48"/>
       <c r="N61" s="48"/>
       <c r="O61" s="48"/>
       <c r="P61" s="48"/>
       <c r="Q61" s="48"/>
       <c r="R61" s="48"/>
       <c r="S61" s="48"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B62" s="44"/>
-      <c r="C62" s="45"/>
+      <c r="B62" s="57"/>
+      <c r="C62" s="58"/>
       <c r="E62" s="27"/>
       <c r="F62" s="27"/>
       <c r="G62" s="27"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B63" s="44"/>
-[...1 lines deleted...]
-      <c r="E63" s="63" t="s">
+      <c r="B63" s="57"/>
+      <c r="C63" s="58"/>
+      <c r="E63" s="49" t="s">
         <v>53</v>
       </c>
-      <c r="F63" s="64"/>
-      <c r="G63" s="65"/>
+      <c r="F63" s="50"/>
+      <c r="G63" s="51"/>
       <c r="I63" s="37" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B64" s="46"/>
-[...3 lines deleted...]
-      <c r="G64" s="68"/>
+      <c r="B64" s="59"/>
+      <c r="C64" s="60"/>
+      <c r="E64" s="52"/>
+      <c r="F64" s="53"/>
+      <c r="G64" s="54"/>
       <c r="I64" s="37"/>
     </row>
     <row r="65" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+X1alwyAteoxGtSnvBfAzKVaj66LMvOHhOkO/FqR22ky+zvjHhXmFgaS85iElCc4BSJ3YPtgr0Kw7fCAjngtcA==" saltValue="+Uej70OHJd+r9qh+Jqzk5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="20">
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="Q5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="F53:G54"/>
     <mergeCell ref="I53:S55"/>
     <mergeCell ref="E57:G58"/>
     <mergeCell ref="I57:S58"/>
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{1270FDE4-1BFC-482E-9767-52E9DE028624}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{EBA1288D-B20B-4132-8A9C-0FD4D1093CF6}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{3D616CB9-CD3A-4986-A1B8-044692662972}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="6145" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -6673,380 +6673,380 @@
       <c r="Q1" s="9"/>
       <c r="R1" s="9"/>
       <c r="S1" s="9"/>
       <c r="T1" s="9"/>
       <c r="U1" s="9"/>
       <c r="V1" s="9"/>
       <c r="W1" s="9"/>
       <c r="X1" s="9"/>
       <c r="Y1" s="9"/>
       <c r="Z1" s="9"/>
       <c r="AA1" s="9"/>
       <c r="AB1" s="9"/>
       <c r="AC1" s="9"/>
       <c r="AD1" s="9"/>
       <c r="AE1" s="9"/>
       <c r="AF1" s="9"/>
       <c r="AG1" s="9"/>
       <c r="AH1" s="9"/>
       <c r="AI1" s="9"/>
       <c r="AJ1" s="9"/>
       <c r="AK1" s="9"/>
       <c r="AL1" s="9"/>
     </row>
     <row r="2" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="9"/>
-      <c r="B2" s="86"/>
-[...4 lines deleted...]
-      <c r="G2" s="95" t="s">
+      <c r="B2" s="147"/>
+      <c r="C2" s="148"/>
+      <c r="D2" s="148"/>
+      <c r="E2" s="148"/>
+      <c r="F2" s="149"/>
+      <c r="G2" s="156" t="s">
         <v>0</v>
       </c>
-      <c r="H2" s="96"/>
-[...7 lines deleted...]
-      <c r="P2" s="104" t="s">
+      <c r="H2" s="157"/>
+      <c r="I2" s="157"/>
+      <c r="J2" s="157"/>
+      <c r="K2" s="157"/>
+      <c r="L2" s="157"/>
+      <c r="M2" s="157"/>
+      <c r="N2" s="157"/>
+      <c r="O2" s="158"/>
+      <c r="P2" s="165" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="105"/>
-[...7 lines deleted...]
-      <c r="Y2" s="113" t="s">
+      <c r="Q2" s="166"/>
+      <c r="R2" s="166"/>
+      <c r="S2" s="166"/>
+      <c r="T2" s="166"/>
+      <c r="U2" s="166"/>
+      <c r="V2" s="166"/>
+      <c r="W2" s="166"/>
+      <c r="X2" s="167"/>
+      <c r="Y2" s="174" t="s">
         <v>2</v>
       </c>
-      <c r="Z2" s="114"/>
-[...10 lines deleted...]
-      <c r="AK2" s="115"/>
+      <c r="Z2" s="175"/>
+      <c r="AA2" s="175"/>
+      <c r="AB2" s="175"/>
+      <c r="AC2" s="175"/>
+      <c r="AD2" s="175"/>
+      <c r="AE2" s="175"/>
+      <c r="AF2" s="175"/>
+      <c r="AG2" s="175"/>
+      <c r="AH2" s="175"/>
+      <c r="AI2" s="175"/>
+      <c r="AJ2" s="175"/>
+      <c r="AK2" s="176"/>
       <c r="AL2" s="9"/>
     </row>
     <row r="3" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9"/>
-      <c r="B3" s="89"/>
-[...34 lines deleted...]
-      <c r="AK3" s="118"/>
+      <c r="B3" s="150"/>
+      <c r="C3" s="151"/>
+      <c r="D3" s="151"/>
+      <c r="E3" s="151"/>
+      <c r="F3" s="152"/>
+      <c r="G3" s="159"/>
+      <c r="H3" s="160"/>
+      <c r="I3" s="160"/>
+      <c r="J3" s="160"/>
+      <c r="K3" s="160"/>
+      <c r="L3" s="160"/>
+      <c r="M3" s="160"/>
+      <c r="N3" s="160"/>
+      <c r="O3" s="161"/>
+      <c r="P3" s="168"/>
+      <c r="Q3" s="169"/>
+      <c r="R3" s="169"/>
+      <c r="S3" s="169"/>
+      <c r="T3" s="169"/>
+      <c r="U3" s="169"/>
+      <c r="V3" s="169"/>
+      <c r="W3" s="169"/>
+      <c r="X3" s="170"/>
+      <c r="Y3" s="177"/>
+      <c r="Z3" s="178"/>
+      <c r="AA3" s="178"/>
+      <c r="AB3" s="178"/>
+      <c r="AC3" s="178"/>
+      <c r="AD3" s="178"/>
+      <c r="AE3" s="178"/>
+      <c r="AF3" s="178"/>
+      <c r="AG3" s="178"/>
+      <c r="AH3" s="178"/>
+      <c r="AI3" s="178"/>
+      <c r="AJ3" s="178"/>
+      <c r="AK3" s="179"/>
       <c r="AL3" s="9"/>
     </row>
     <row r="4" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="9"/>
-      <c r="B4" s="89"/>
-[...34 lines deleted...]
-      <c r="AK4" s="118"/>
+      <c r="B4" s="150"/>
+      <c r="C4" s="151"/>
+      <c r="D4" s="151"/>
+      <c r="E4" s="151"/>
+      <c r="F4" s="152"/>
+      <c r="G4" s="159"/>
+      <c r="H4" s="160"/>
+      <c r="I4" s="160"/>
+      <c r="J4" s="160"/>
+      <c r="K4" s="160"/>
+      <c r="L4" s="160"/>
+      <c r="M4" s="160"/>
+      <c r="N4" s="160"/>
+      <c r="O4" s="161"/>
+      <c r="P4" s="168"/>
+      <c r="Q4" s="169"/>
+      <c r="R4" s="169"/>
+      <c r="S4" s="169"/>
+      <c r="T4" s="169"/>
+      <c r="U4" s="169"/>
+      <c r="V4" s="169"/>
+      <c r="W4" s="169"/>
+      <c r="X4" s="170"/>
+      <c r="Y4" s="177"/>
+      <c r="Z4" s="178"/>
+      <c r="AA4" s="178"/>
+      <c r="AB4" s="178"/>
+      <c r="AC4" s="178"/>
+      <c r="AD4" s="178"/>
+      <c r="AE4" s="178"/>
+      <c r="AF4" s="178"/>
+      <c r="AG4" s="178"/>
+      <c r="AH4" s="178"/>
+      <c r="AI4" s="178"/>
+      <c r="AJ4" s="178"/>
+      <c r="AK4" s="179"/>
       <c r="AL4" s="9"/>
     </row>
     <row r="5" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9"/>
-      <c r="B5" s="92"/>
-[...34 lines deleted...]
-      <c r="AK5" s="121"/>
+      <c r="B5" s="153"/>
+      <c r="C5" s="154"/>
+      <c r="D5" s="154"/>
+      <c r="E5" s="154"/>
+      <c r="F5" s="155"/>
+      <c r="G5" s="162"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+      <c r="J5" s="163"/>
+      <c r="K5" s="163"/>
+      <c r="L5" s="163"/>
+      <c r="M5" s="163"/>
+      <c r="N5" s="163"/>
+      <c r="O5" s="164"/>
+      <c r="P5" s="171"/>
+      <c r="Q5" s="172"/>
+      <c r="R5" s="172"/>
+      <c r="S5" s="172"/>
+      <c r="T5" s="172"/>
+      <c r="U5" s="172"/>
+      <c r="V5" s="172"/>
+      <c r="W5" s="172"/>
+      <c r="X5" s="173"/>
+      <c r="Y5" s="180"/>
+      <c r="Z5" s="181"/>
+      <c r="AA5" s="181"/>
+      <c r="AB5" s="181"/>
+      <c r="AC5" s="181"/>
+      <c r="AD5" s="181"/>
+      <c r="AE5" s="181"/>
+      <c r="AF5" s="181"/>
+      <c r="AG5" s="181"/>
+      <c r="AH5" s="181"/>
+      <c r="AI5" s="181"/>
+      <c r="AJ5" s="181"/>
+      <c r="AK5" s="182"/>
       <c r="AL5" s="9"/>
     </row>
     <row r="6" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="9"/>
     </row>
     <row r="7" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9"/>
-      <c r="B7" s="122" t="s">
+      <c r="B7" s="107" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="122"/>
-[...13 lines deleted...]
-      <c r="Q7" s="127" t="s">
+      <c r="C7" s="107"/>
+      <c r="D7" s="107"/>
+      <c r="E7" s="183"/>
+      <c r="F7" s="184"/>
+      <c r="G7" s="109"/>
+      <c r="H7" s="109"/>
+      <c r="I7" s="109"/>
+      <c r="J7" s="109"/>
+      <c r="K7" s="109"/>
+      <c r="L7" s="109"/>
+      <c r="M7" s="109"/>
+      <c r="N7" s="109"/>
+      <c r="O7" s="109"/>
+      <c r="P7" s="185"/>
+      <c r="Q7" s="186" t="s">
         <v>25</v>
       </c>
-      <c r="R7" s="128"/>
-[...7 lines deleted...]
-      <c r="Z7" s="132"/>
+      <c r="R7" s="187"/>
+      <c r="S7" s="187"/>
+      <c r="T7" s="188"/>
+      <c r="U7" s="189"/>
+      <c r="V7" s="190"/>
+      <c r="W7" s="190"/>
+      <c r="X7" s="190"/>
+      <c r="Y7" s="190"/>
+      <c r="Z7" s="191"/>
       <c r="AA7" s="9"/>
-      <c r="AB7" s="128" t="s">
+      <c r="AB7" s="187" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="128"/>
-[...7 lines deleted...]
-      <c r="AK7" s="132"/>
+      <c r="AC7" s="187"/>
+      <c r="AD7" s="187"/>
+      <c r="AE7" s="188"/>
+      <c r="AF7" s="189"/>
+      <c r="AG7" s="190"/>
+      <c r="AH7" s="190"/>
+      <c r="AI7" s="190"/>
+      <c r="AJ7" s="190"/>
+      <c r="AK7" s="191"/>
       <c r="AL7" s="9"/>
     </row>
     <row r="8" spans="1:38" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="9"/>
       <c r="AA8" s="9"/>
       <c r="AB8" s="9"/>
       <c r="AC8" s="9"/>
       <c r="AD8" s="9"/>
       <c r="AE8" s="9"/>
       <c r="AF8" s="9"/>
       <c r="AG8" s="9"/>
       <c r="AH8" s="9"/>
       <c r="AI8" s="9"/>
       <c r="AJ8" s="9"/>
       <c r="AK8" s="9"/>
       <c r="AL8" s="9"/>
     </row>
     <row r="9" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="9"/>
-      <c r="B9" s="122" t="s">
+      <c r="B9" s="107" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="122"/>
-      <c r="D9" s="122"/>
+      <c r="C9" s="107"/>
+      <c r="D9" s="107"/>
       <c r="E9" s="9"/>
-      <c r="F9" s="124"/>
-[...30 lines deleted...]
-      <c r="AK9" s="126"/>
+      <c r="F9" s="184"/>
+      <c r="G9" s="109"/>
+      <c r="H9" s="109"/>
+      <c r="I9" s="109"/>
+      <c r="J9" s="109"/>
+      <c r="K9" s="109"/>
+      <c r="L9" s="109"/>
+      <c r="M9" s="109"/>
+      <c r="N9" s="109"/>
+      <c r="O9" s="109"/>
+      <c r="P9" s="109"/>
+      <c r="Q9" s="109"/>
+      <c r="R9" s="109"/>
+      <c r="S9" s="109"/>
+      <c r="T9" s="109"/>
+      <c r="U9" s="109"/>
+      <c r="V9" s="109"/>
+      <c r="W9" s="109"/>
+      <c r="X9" s="109"/>
+      <c r="Y9" s="109"/>
+      <c r="Z9" s="109"/>
+      <c r="AA9" s="109"/>
+      <c r="AB9" s="109"/>
+      <c r="AC9" s="109"/>
+      <c r="AD9" s="109"/>
+      <c r="AE9" s="109"/>
+      <c r="AF9" s="109"/>
+      <c r="AG9" s="109"/>
+      <c r="AH9" s="109"/>
+      <c r="AI9" s="109"/>
+      <c r="AJ9" s="109"/>
+      <c r="AK9" s="185"/>
       <c r="AL9" s="9"/>
     </row>
     <row r="10" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -7099,94 +7099,94 @@
       <c r="AA11" s="9"/>
       <c r="AB11" s="9"/>
       <c r="AC11" s="9"/>
       <c r="AD11" s="9"/>
       <c r="AE11" s="9"/>
       <c r="AF11" s="9"/>
       <c r="AG11" s="9"/>
       <c r="AH11" s="9"/>
       <c r="AI11" s="9"/>
       <c r="AJ11" s="9"/>
       <c r="AK11" s="9"/>
       <c r="AL11" s="9"/>
     </row>
     <row r="12" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="9"/>
       <c r="B12" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="17"/>
       <c r="D12" s="17"/>
       <c r="E12" s="17"/>
       <c r="F12" s="17"/>
       <c r="G12" s="17"/>
       <c r="H12" s="17"/>
       <c r="I12" s="17"/>
-      <c r="J12" s="133"/>
-[...26 lines deleted...]
-      <c r="AK12" s="133"/>
+      <c r="J12" s="142"/>
+      <c r="K12" s="142"/>
+      <c r="L12" s="142"/>
+      <c r="M12" s="142"/>
+      <c r="N12" s="142"/>
+      <c r="O12" s="142"/>
+      <c r="P12" s="142"/>
+      <c r="Q12" s="142"/>
+      <c r="R12" s="142"/>
+      <c r="S12" s="142"/>
+      <c r="T12" s="142"/>
+      <c r="U12" s="142"/>
+      <c r="V12" s="142"/>
+      <c r="W12" s="142"/>
+      <c r="X12" s="142"/>
+      <c r="Y12" s="142"/>
+      <c r="Z12" s="142"/>
+      <c r="AA12" s="142"/>
+      <c r="AB12" s="142"/>
+      <c r="AC12" s="142"/>
+      <c r="AD12" s="142"/>
+      <c r="AE12" s="142"/>
+      <c r="AF12" s="142"/>
+      <c r="AG12" s="142"/>
+      <c r="AH12" s="142"/>
+      <c r="AI12" s="142"/>
+      <c r="AJ12" s="142"/>
+      <c r="AK12" s="142"/>
       <c r="AL12" s="9"/>
     </row>
     <row r="13" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9"/>
       <c r="B13" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17"/>
       <c r="E13" s="17"/>
       <c r="F13" s="17"/>
       <c r="G13" s="17"/>
       <c r="H13" s="17"/>
       <c r="I13" s="17"/>
-      <c r="J13" s="85"/>
-      <c r="K13" s="85"/>
+      <c r="J13" s="146"/>
+      <c r="K13" s="146"/>
       <c r="L13" s="17" t="s">
         <v>7</v>
       </c>
       <c r="M13" s="17"/>
       <c r="N13" s="17"/>
       <c r="O13" s="17"/>
       <c r="P13" s="17"/>
       <c r="Q13" s="17"/>
       <c r="R13" s="17"/>
       <c r="S13" s="17"/>
       <c r="T13" s="17"/>
       <c r="U13" s="17"/>
       <c r="V13" s="17"/>
       <c r="W13" s="17"/>
       <c r="X13" s="17"/>
       <c r="Y13" s="17"/>
       <c r="Z13" s="17"/>
       <c r="AA13" s="17"/>
       <c r="AB13" s="17"/>
       <c r="AC13" s="17"/>
       <c r="AD13" s="17"/>
       <c r="AE13" s="17"/>
       <c r="AF13" s="17"/>
       <c r="AG13" s="17"/>
       <c r="AH13" s="17"/>
@@ -7448,151 +7448,151 @@
       <c r="AL19" s="9"/>
     </row>
     <row r="20" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="9"/>
       <c r="B20" s="17"/>
       <c r="C20" s="17"/>
       <c r="D20" s="17"/>
       <c r="E20" s="17"/>
       <c r="F20" s="17"/>
       <c r="G20" s="17"/>
       <c r="H20" s="17"/>
       <c r="I20" s="17"/>
       <c r="J20" s="17"/>
       <c r="K20" s="17"/>
       <c r="L20" s="17" t="s">
         <v>82</v>
       </c>
       <c r="M20" s="17"/>
       <c r="N20" s="17"/>
       <c r="O20" s="17"/>
       <c r="P20" s="17"/>
       <c r="Q20" s="17"/>
       <c r="R20" s="17"/>
       <c r="S20" s="17"/>
       <c r="T20" s="17"/>
-      <c r="U20" s="135"/>
-[...15 lines deleted...]
-      <c r="AK20" s="135"/>
+      <c r="U20" s="141"/>
+      <c r="V20" s="141"/>
+      <c r="W20" s="141"/>
+      <c r="X20" s="141"/>
+      <c r="Y20" s="141"/>
+      <c r="Z20" s="141"/>
+      <c r="AA20" s="141"/>
+      <c r="AB20" s="141"/>
+      <c r="AC20" s="141"/>
+      <c r="AD20" s="141"/>
+      <c r="AE20" s="141"/>
+      <c r="AF20" s="141"/>
+      <c r="AG20" s="141"/>
+      <c r="AH20" s="141"/>
+      <c r="AI20" s="141"/>
+      <c r="AJ20" s="141"/>
+      <c r="AK20" s="141"/>
       <c r="AL20" s="9"/>
     </row>
     <row r="21" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="9"/>
       <c r="B21" s="17"/>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="17"/>
       <c r="J21" s="17"/>
       <c r="K21" s="17" t="s">
         <v>12</v>
       </c>
       <c r="L21" s="17"/>
       <c r="M21" s="17"/>
       <c r="N21" s="17"/>
       <c r="O21" s="17"/>
       <c r="P21" s="17"/>
       <c r="Q21" s="17"/>
       <c r="R21" s="17"/>
       <c r="S21" s="17"/>
       <c r="T21" s="17"/>
-      <c r="U21" s="135"/>
-[...15 lines deleted...]
-      <c r="AK21" s="135"/>
+      <c r="U21" s="141"/>
+      <c r="V21" s="141"/>
+      <c r="W21" s="141"/>
+      <c r="X21" s="141"/>
+      <c r="Y21" s="141"/>
+      <c r="Z21" s="141"/>
+      <c r="AA21" s="141"/>
+      <c r="AB21" s="141"/>
+      <c r="AC21" s="141"/>
+      <c r="AD21" s="141"/>
+      <c r="AE21" s="141"/>
+      <c r="AF21" s="141"/>
+      <c r="AG21" s="141"/>
+      <c r="AH21" s="141"/>
+      <c r="AI21" s="141"/>
+      <c r="AJ21" s="141"/>
+      <c r="AK21" s="141"/>
       <c r="AL21" s="9"/>
     </row>
     <row r="22" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="9"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="17"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17" t="s">
         <v>83</v>
       </c>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
-      <c r="T22" s="133"/>
-[...16 lines deleted...]
-      <c r="AK22" s="133"/>
+      <c r="T22" s="142"/>
+      <c r="U22" s="142"/>
+      <c r="V22" s="142"/>
+      <c r="W22" s="142"/>
+      <c r="X22" s="142"/>
+      <c r="Y22" s="142"/>
+      <c r="Z22" s="142"/>
+      <c r="AA22" s="142"/>
+      <c r="AB22" s="142"/>
+      <c r="AC22" s="142"/>
+      <c r="AD22" s="142"/>
+      <c r="AE22" s="142"/>
+      <c r="AF22" s="142"/>
+      <c r="AG22" s="142"/>
+      <c r="AH22" s="142"/>
+      <c r="AI22" s="142"/>
+      <c r="AJ22" s="142"/>
+      <c r="AK22" s="142"/>
       <c r="AL22" s="9"/>
     </row>
     <row r="23" spans="1:38" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
       <c r="O23" s="10"/>
       <c r="P23" s="10"/>
       <c r="Q23" s="10"/>
       <c r="R23" s="10"/>
       <c r="S23" s="10"/>
       <c r="T23" s="10"/>
       <c r="U23" s="10"/>
       <c r="V23" s="10"/>
@@ -7729,153 +7729,153 @@
       <c r="Y26" s="17"/>
       <c r="Z26" s="17"/>
       <c r="AA26" s="17"/>
       <c r="AB26" s="17"/>
       <c r="AC26" s="17"/>
       <c r="AD26" s="17"/>
       <c r="AE26" s="17"/>
       <c r="AF26" s="17"/>
       <c r="AG26" s="17"/>
       <c r="AH26" s="17"/>
       <c r="AI26" s="17"/>
       <c r="AJ26" s="17"/>
       <c r="AK26" s="17"/>
       <c r="AL26" s="9"/>
     </row>
     <row r="27" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="9"/>
       <c r="B27" s="17"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="17"/>
-      <c r="J27" s="133"/>
-[...26 lines deleted...]
-      <c r="AK27" s="133"/>
+      <c r="J27" s="142"/>
+      <c r="K27" s="142"/>
+      <c r="L27" s="142"/>
+      <c r="M27" s="142"/>
+      <c r="N27" s="142"/>
+      <c r="O27" s="142"/>
+      <c r="P27" s="142"/>
+      <c r="Q27" s="142"/>
+      <c r="R27" s="142"/>
+      <c r="S27" s="142"/>
+      <c r="T27" s="142"/>
+      <c r="U27" s="142"/>
+      <c r="V27" s="142"/>
+      <c r="W27" s="142"/>
+      <c r="X27" s="142"/>
+      <c r="Y27" s="142"/>
+      <c r="Z27" s="142"/>
+      <c r="AA27" s="142"/>
+      <c r="AB27" s="142"/>
+      <c r="AC27" s="142"/>
+      <c r="AD27" s="142"/>
+      <c r="AE27" s="142"/>
+      <c r="AF27" s="142"/>
+      <c r="AG27" s="142"/>
+      <c r="AH27" s="142"/>
+      <c r="AI27" s="142"/>
+      <c r="AJ27" s="142"/>
+      <c r="AK27" s="142"/>
       <c r="AL27" s="9"/>
     </row>
     <row r="28" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="9"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="17"/>
       <c r="I28" s="17"/>
-      <c r="J28" s="133"/>
-[...26 lines deleted...]
-      <c r="AK28" s="133"/>
+      <c r="J28" s="142"/>
+      <c r="K28" s="142"/>
+      <c r="L28" s="142"/>
+      <c r="M28" s="142"/>
+      <c r="N28" s="142"/>
+      <c r="O28" s="142"/>
+      <c r="P28" s="142"/>
+      <c r="Q28" s="142"/>
+      <c r="R28" s="142"/>
+      <c r="S28" s="142"/>
+      <c r="T28" s="142"/>
+      <c r="U28" s="142"/>
+      <c r="V28" s="142"/>
+      <c r="W28" s="142"/>
+      <c r="X28" s="142"/>
+      <c r="Y28" s="142"/>
+      <c r="Z28" s="142"/>
+      <c r="AA28" s="142"/>
+      <c r="AB28" s="142"/>
+      <c r="AC28" s="142"/>
+      <c r="AD28" s="142"/>
+      <c r="AE28" s="142"/>
+      <c r="AF28" s="142"/>
+      <c r="AG28" s="142"/>
+      <c r="AH28" s="142"/>
+      <c r="AI28" s="142"/>
+      <c r="AJ28" s="142"/>
+      <c r="AK28" s="142"/>
       <c r="AL28" s="9"/>
     </row>
     <row r="29" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="9"/>
       <c r="B29" s="17"/>
       <c r="C29" s="17"/>
       <c r="D29" s="17"/>
       <c r="E29" s="17"/>
       <c r="F29" s="17"/>
       <c r="G29" s="17"/>
       <c r="H29" s="17"/>
       <c r="I29" s="17"/>
       <c r="J29" s="17"/>
       <c r="K29" s="17"/>
       <c r="L29" s="17"/>
       <c r="M29" s="17"/>
       <c r="N29" s="17"/>
       <c r="O29" s="17"/>
       <c r="P29" s="17"/>
       <c r="Q29" s="17"/>
       <c r="R29" s="17"/>
-      <c r="S29" s="136"/>
-      <c r="T29" s="136"/>
+      <c r="S29" s="143"/>
+      <c r="T29" s="143"/>
       <c r="U29" s="11"/>
       <c r="V29" s="11"/>
       <c r="W29" s="11"/>
       <c r="X29" s="17"/>
       <c r="Y29" s="17"/>
       <c r="Z29" s="17"/>
       <c r="AA29" s="17"/>
       <c r="AB29" s="17"/>
       <c r="AC29" s="17"/>
       <c r="AD29" s="17"/>
-      <c r="AE29" s="137"/>
-      <c r="AF29" s="137"/>
+      <c r="AE29" s="144"/>
+      <c r="AF29" s="144"/>
       <c r="AG29" s="17"/>
       <c r="AH29" s="17"/>
       <c r="AI29" s="17"/>
       <c r="AJ29" s="17"/>
       <c r="AK29" s="17"/>
       <c r="AL29" s="9"/>
     </row>
     <row r="30" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="9"/>
       <c r="B30" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17"/>
       <c r="E30" s="17"/>
       <c r="F30" s="17"/>
       <c r="G30" s="17"/>
       <c r="H30" s="17"/>
       <c r="I30" s="17"/>
       <c r="J30" s="17" t="s">
         <v>16</v>
       </c>
       <c r="K30" s="17"/>
       <c r="L30" s="17"/>
       <c r="M30" s="17"/>
@@ -7910,143 +7910,143 @@
       <c r="B31" s="17"/>
       <c r="C31" s="17"/>
       <c r="D31" s="17"/>
       <c r="E31" s="17"/>
       <c r="F31" s="17"/>
       <c r="G31" s="17"/>
       <c r="H31" s="17"/>
       <c r="I31" s="17"/>
       <c r="J31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="17"/>
       <c r="L31" s="11"/>
       <c r="M31" s="11"/>
       <c r="N31" s="11"/>
       <c r="O31" s="17"/>
       <c r="P31" s="17"/>
       <c r="Q31" s="17"/>
       <c r="R31" s="17"/>
       <c r="S31" s="17"/>
       <c r="T31" s="17"/>
       <c r="U31" s="11"/>
       <c r="V31" s="11"/>
       <c r="W31" s="11"/>
       <c r="X31" s="17"/>
-      <c r="Y31" s="136"/>
-[...1 lines deleted...]
-      <c r="AA31" s="136"/>
+      <c r="Y31" s="143"/>
+      <c r="Z31" s="143"/>
+      <c r="AA31" s="143"/>
       <c r="AB31" s="17"/>
       <c r="AC31" s="17"/>
       <c r="AD31" s="17"/>
       <c r="AE31" s="17"/>
       <c r="AF31" s="17"/>
       <c r="AG31" s="17"/>
       <c r="AH31" s="17"/>
       <c r="AI31" s="17"/>
       <c r="AJ31" s="17"/>
       <c r="AK31" s="17"/>
       <c r="AL31" s="9"/>
     </row>
     <row r="32" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9"/>
       <c r="B32" s="17"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
-      <c r="J32" s="133"/>
-[...26 lines deleted...]
-      <c r="AK32" s="133"/>
+      <c r="J32" s="142"/>
+      <c r="K32" s="142"/>
+      <c r="L32" s="142"/>
+      <c r="M32" s="142"/>
+      <c r="N32" s="142"/>
+      <c r="O32" s="142"/>
+      <c r="P32" s="142"/>
+      <c r="Q32" s="142"/>
+      <c r="R32" s="142"/>
+      <c r="S32" s="142"/>
+      <c r="T32" s="142"/>
+      <c r="U32" s="142"/>
+      <c r="V32" s="142"/>
+      <c r="W32" s="142"/>
+      <c r="X32" s="142"/>
+      <c r="Y32" s="142"/>
+      <c r="Z32" s="142"/>
+      <c r="AA32" s="142"/>
+      <c r="AB32" s="142"/>
+      <c r="AC32" s="142"/>
+      <c r="AD32" s="142"/>
+      <c r="AE32" s="142"/>
+      <c r="AF32" s="142"/>
+      <c r="AG32" s="142"/>
+      <c r="AH32" s="142"/>
+      <c r="AI32" s="142"/>
+      <c r="AJ32" s="142"/>
+      <c r="AK32" s="142"/>
       <c r="AL32" s="9"/>
     </row>
     <row r="33" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9"/>
       <c r="B33" s="17"/>
       <c r="C33" s="17"/>
       <c r="D33" s="17"/>
       <c r="E33" s="17"/>
       <c r="F33" s="17"/>
       <c r="G33" s="17"/>
       <c r="H33" s="17"/>
       <c r="I33" s="17"/>
-      <c r="J33" s="133"/>
-[...26 lines deleted...]
-      <c r="AK33" s="133"/>
+      <c r="J33" s="142"/>
+      <c r="K33" s="142"/>
+      <c r="L33" s="142"/>
+      <c r="M33" s="142"/>
+      <c r="N33" s="142"/>
+      <c r="O33" s="142"/>
+      <c r="P33" s="142"/>
+      <c r="Q33" s="142"/>
+      <c r="R33" s="142"/>
+      <c r="S33" s="142"/>
+      <c r="T33" s="142"/>
+      <c r="U33" s="142"/>
+      <c r="V33" s="142"/>
+      <c r="W33" s="142"/>
+      <c r="X33" s="142"/>
+      <c r="Y33" s="142"/>
+      <c r="Z33" s="142"/>
+      <c r="AA33" s="142"/>
+      <c r="AB33" s="142"/>
+      <c r="AC33" s="142"/>
+      <c r="AD33" s="142"/>
+      <c r="AE33" s="142"/>
+      <c r="AF33" s="142"/>
+      <c r="AG33" s="142"/>
+      <c r="AH33" s="142"/>
+      <c r="AI33" s="142"/>
+      <c r="AJ33" s="142"/>
+      <c r="AK33" s="142"/>
       <c r="AL33" s="9"/>
     </row>
     <row r="34" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="9"/>
       <c r="B34" s="17"/>
       <c r="C34" s="17"/>
       <c r="D34" s="17"/>
       <c r="E34" s="17"/>
       <c r="F34" s="17"/>
       <c r="G34" s="17"/>
       <c r="H34" s="17"/>
       <c r="I34" s="17"/>
       <c r="J34" s="17"/>
       <c r="K34" s="17"/>
       <c r="L34" s="17"/>
       <c r="M34" s="17"/>
       <c r="N34" s="17"/>
       <c r="O34" s="17"/>
       <c r="P34" s="17"/>
       <c r="Q34" s="17"/>
       <c r="R34" s="17"/>
       <c r="S34" s="17"/>
       <c r="T34" s="17"/>
       <c r="U34" s="11"/>
       <c r="V34" s="11"/>
@@ -8111,393 +8111,393 @@
     <row r="36" spans="1:48" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="B36" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="17"/>
       <c r="D36" s="17"/>
       <c r="E36" s="17"/>
       <c r="F36" s="17"/>
       <c r="G36" s="17"/>
       <c r="H36" s="17"/>
       <c r="I36" s="17"/>
       <c r="J36" s="19"/>
       <c r="K36" s="19"/>
       <c r="L36" s="19"/>
       <c r="M36" s="19"/>
       <c r="N36" s="19"/>
       <c r="O36" s="19"/>
       <c r="P36" s="19"/>
       <c r="Q36" s="9"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="T36" s="11"/>
-      <c r="U36" s="138"/>
-[...15 lines deleted...]
-      <c r="AK36" s="138"/>
+      <c r="U36" s="145"/>
+      <c r="V36" s="145"/>
+      <c r="W36" s="145"/>
+      <c r="X36" s="145"/>
+      <c r="Y36" s="145"/>
+      <c r="Z36" s="145"/>
+      <c r="AA36" s="145"/>
+      <c r="AB36" s="145"/>
+      <c r="AC36" s="145"/>
+      <c r="AD36" s="145"/>
+      <c r="AE36" s="145"/>
+      <c r="AF36" s="145"/>
+      <c r="AG36" s="145"/>
+      <c r="AH36" s="145"/>
+      <c r="AI36" s="145"/>
+      <c r="AJ36" s="145"/>
+      <c r="AK36" s="145"/>
       <c r="AL36" s="9"/>
       <c r="AN36" s="20">
         <v>0</v>
       </c>
       <c r="AV36" s="20"/>
     </row>
     <row r="37" spans="1:48" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9"/>
       <c r="B37" s="10"/>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="10"/>
       <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="10"/>
       <c r="I37" s="10"/>
       <c r="J37" s="10"/>
       <c r="K37" s="10"/>
       <c r="L37" s="10"/>
       <c r="M37" s="10"/>
       <c r="N37" s="10"/>
       <c r="O37" s="10"/>
       <c r="P37" s="10"/>
       <c r="Q37" s="10"/>
       <c r="R37" s="10"/>
       <c r="S37" s="10"/>
       <c r="T37" s="10"/>
       <c r="U37" s="13"/>
       <c r="V37" s="13"/>
       <c r="W37" s="13"/>
       <c r="X37" s="10"/>
       <c r="Y37" s="10"/>
       <c r="Z37" s="10"/>
       <c r="AA37" s="10"/>
       <c r="AB37" s="14"/>
       <c r="AC37" s="10"/>
       <c r="AD37" s="10"/>
       <c r="AE37" s="10"/>
       <c r="AF37" s="10"/>
       <c r="AG37" s="10"/>
       <c r="AH37" s="10"/>
       <c r="AI37" s="10"/>
       <c r="AJ37" s="10"/>
       <c r="AK37" s="10"/>
       <c r="AL37" s="9"/>
     </row>
     <row r="38" spans="1:48" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="9"/>
-      <c r="B38" s="134" t="s">
+      <c r="B38" s="140" t="s">
         <v>78</v>
       </c>
-      <c r="C38" s="134"/>
-[...33 lines deleted...]
-      <c r="AK38" s="134"/>
+      <c r="C38" s="140"/>
+      <c r="D38" s="140"/>
+      <c r="E38" s="140"/>
+      <c r="F38" s="140"/>
+      <c r="G38" s="140"/>
+      <c r="H38" s="140"/>
+      <c r="I38" s="140"/>
+      <c r="J38" s="140"/>
+      <c r="K38" s="140"/>
+      <c r="L38" s="140"/>
+      <c r="M38" s="140"/>
+      <c r="N38" s="140"/>
+      <c r="O38" s="140"/>
+      <c r="P38" s="140"/>
+      <c r="Q38" s="140"/>
+      <c r="R38" s="140"/>
+      <c r="S38" s="140"/>
+      <c r="T38" s="140"/>
+      <c r="U38" s="140"/>
+      <c r="V38" s="140"/>
+      <c r="W38" s="140"/>
+      <c r="X38" s="140"/>
+      <c r="Y38" s="140"/>
+      <c r="Z38" s="140"/>
+      <c r="AA38" s="140"/>
+      <c r="AB38" s="140"/>
+      <c r="AC38" s="140"/>
+      <c r="AD38" s="140"/>
+      <c r="AE38" s="140"/>
+      <c r="AF38" s="140"/>
+      <c r="AG38" s="140"/>
+      <c r="AH38" s="140"/>
+      <c r="AI38" s="140"/>
+      <c r="AJ38" s="140"/>
+      <c r="AK38" s="140"/>
       <c r="AL38" s="9"/>
     </row>
     <row r="39" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="9"/>
-      <c r="B39" s="139"/>
-[...34 lines deleted...]
-      <c r="AK39" s="141"/>
+      <c r="B39" s="85"/>
+      <c r="C39" s="86"/>
+      <c r="D39" s="86"/>
+      <c r="E39" s="86"/>
+      <c r="F39" s="86"/>
+      <c r="G39" s="86"/>
+      <c r="H39" s="86"/>
+      <c r="I39" s="86"/>
+      <c r="J39" s="86"/>
+      <c r="K39" s="86"/>
+      <c r="L39" s="86"/>
+      <c r="M39" s="86"/>
+      <c r="N39" s="86"/>
+      <c r="O39" s="86"/>
+      <c r="P39" s="86"/>
+      <c r="Q39" s="86"/>
+      <c r="R39" s="86"/>
+      <c r="S39" s="86"/>
+      <c r="T39" s="86"/>
+      <c r="U39" s="86"/>
+      <c r="V39" s="86"/>
+      <c r="W39" s="86"/>
+      <c r="X39" s="86"/>
+      <c r="Y39" s="86"/>
+      <c r="Z39" s="86"/>
+      <c r="AA39" s="86"/>
+      <c r="AB39" s="86"/>
+      <c r="AC39" s="86"/>
+      <c r="AD39" s="86"/>
+      <c r="AE39" s="86"/>
+      <c r="AF39" s="86"/>
+      <c r="AG39" s="86"/>
+      <c r="AH39" s="86"/>
+      <c r="AI39" s="86"/>
+      <c r="AJ39" s="86"/>
+      <c r="AK39" s="87"/>
       <c r="AL39" s="9"/>
     </row>
     <row r="40" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="9"/>
-      <c r="B40" s="142"/>
-[...34 lines deleted...]
-      <c r="AK40" s="144"/>
+      <c r="B40" s="88"/>
+      <c r="C40" s="89"/>
+      <c r="D40" s="89"/>
+      <c r="E40" s="89"/>
+      <c r="F40" s="89"/>
+      <c r="G40" s="89"/>
+      <c r="H40" s="89"/>
+      <c r="I40" s="89"/>
+      <c r="J40" s="89"/>
+      <c r="K40" s="89"/>
+      <c r="L40" s="89"/>
+      <c r="M40" s="89"/>
+      <c r="N40" s="89"/>
+      <c r="O40" s="89"/>
+      <c r="P40" s="89"/>
+      <c r="Q40" s="89"/>
+      <c r="R40" s="89"/>
+      <c r="S40" s="89"/>
+      <c r="T40" s="89"/>
+      <c r="U40" s="89"/>
+      <c r="V40" s="89"/>
+      <c r="W40" s="89"/>
+      <c r="X40" s="89"/>
+      <c r="Y40" s="89"/>
+      <c r="Z40" s="89"/>
+      <c r="AA40" s="89"/>
+      <c r="AB40" s="89"/>
+      <c r="AC40" s="89"/>
+      <c r="AD40" s="89"/>
+      <c r="AE40" s="89"/>
+      <c r="AF40" s="89"/>
+      <c r="AG40" s="89"/>
+      <c r="AH40" s="89"/>
+      <c r="AI40" s="89"/>
+      <c r="AJ40" s="89"/>
+      <c r="AK40" s="90"/>
       <c r="AL40" s="9"/>
     </row>
     <row r="41" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="9"/>
-      <c r="B41" s="142"/>
-[...34 lines deleted...]
-      <c r="AK41" s="144"/>
+      <c r="B41" s="88"/>
+      <c r="C41" s="89"/>
+      <c r="D41" s="89"/>
+      <c r="E41" s="89"/>
+      <c r="F41" s="89"/>
+      <c r="G41" s="89"/>
+      <c r="H41" s="89"/>
+      <c r="I41" s="89"/>
+      <c r="J41" s="89"/>
+      <c r="K41" s="89"/>
+      <c r="L41" s="89"/>
+      <c r="M41" s="89"/>
+      <c r="N41" s="89"/>
+      <c r="O41" s="89"/>
+      <c r="P41" s="89"/>
+      <c r="Q41" s="89"/>
+      <c r="R41" s="89"/>
+      <c r="S41" s="89"/>
+      <c r="T41" s="89"/>
+      <c r="U41" s="89"/>
+      <c r="V41" s="89"/>
+      <c r="W41" s="89"/>
+      <c r="X41" s="89"/>
+      <c r="Y41" s="89"/>
+      <c r="Z41" s="89"/>
+      <c r="AA41" s="89"/>
+      <c r="AB41" s="89"/>
+      <c r="AC41" s="89"/>
+      <c r="AD41" s="89"/>
+      <c r="AE41" s="89"/>
+      <c r="AF41" s="89"/>
+      <c r="AG41" s="89"/>
+      <c r="AH41" s="89"/>
+      <c r="AI41" s="89"/>
+      <c r="AJ41" s="89"/>
+      <c r="AK41" s="90"/>
       <c r="AL41" s="9"/>
     </row>
     <row r="42" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="9"/>
-      <c r="B42" s="142"/>
-[...34 lines deleted...]
-      <c r="AK42" s="144"/>
+      <c r="B42" s="88"/>
+      <c r="C42" s="89"/>
+      <c r="D42" s="89"/>
+      <c r="E42" s="89"/>
+      <c r="F42" s="89"/>
+      <c r="G42" s="89"/>
+      <c r="H42" s="89"/>
+      <c r="I42" s="89"/>
+      <c r="J42" s="89"/>
+      <c r="K42" s="89"/>
+      <c r="L42" s="89"/>
+      <c r="M42" s="89"/>
+      <c r="N42" s="89"/>
+      <c r="O42" s="89"/>
+      <c r="P42" s="89"/>
+      <c r="Q42" s="89"/>
+      <c r="R42" s="89"/>
+      <c r="S42" s="89"/>
+      <c r="T42" s="89"/>
+      <c r="U42" s="89"/>
+      <c r="V42" s="89"/>
+      <c r="W42" s="89"/>
+      <c r="X42" s="89"/>
+      <c r="Y42" s="89"/>
+      <c r="Z42" s="89"/>
+      <c r="AA42" s="89"/>
+      <c r="AB42" s="89"/>
+      <c r="AC42" s="89"/>
+      <c r="AD42" s="89"/>
+      <c r="AE42" s="89"/>
+      <c r="AF42" s="89"/>
+      <c r="AG42" s="89"/>
+      <c r="AH42" s="89"/>
+      <c r="AI42" s="89"/>
+      <c r="AJ42" s="89"/>
+      <c r="AK42" s="90"/>
       <c r="AL42" s="9"/>
     </row>
     <row r="43" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="9"/>
-      <c r="B43" s="142"/>
-[...34 lines deleted...]
-      <c r="AK43" s="144"/>
+      <c r="B43" s="88"/>
+      <c r="C43" s="89"/>
+      <c r="D43" s="89"/>
+      <c r="E43" s="89"/>
+      <c r="F43" s="89"/>
+      <c r="G43" s="89"/>
+      <c r="H43" s="89"/>
+      <c r="I43" s="89"/>
+      <c r="J43" s="89"/>
+      <c r="K43" s="89"/>
+      <c r="L43" s="89"/>
+      <c r="M43" s="89"/>
+      <c r="N43" s="89"/>
+      <c r="O43" s="89"/>
+      <c r="P43" s="89"/>
+      <c r="Q43" s="89"/>
+      <c r="R43" s="89"/>
+      <c r="S43" s="89"/>
+      <c r="T43" s="89"/>
+      <c r="U43" s="89"/>
+      <c r="V43" s="89"/>
+      <c r="W43" s="89"/>
+      <c r="X43" s="89"/>
+      <c r="Y43" s="89"/>
+      <c r="Z43" s="89"/>
+      <c r="AA43" s="89"/>
+      <c r="AB43" s="89"/>
+      <c r="AC43" s="89"/>
+      <c r="AD43" s="89"/>
+      <c r="AE43" s="89"/>
+      <c r="AF43" s="89"/>
+      <c r="AG43" s="89"/>
+      <c r="AH43" s="89"/>
+      <c r="AI43" s="89"/>
+      <c r="AJ43" s="89"/>
+      <c r="AK43" s="90"/>
       <c r="AL43" s="9"/>
     </row>
     <row r="44" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="9"/>
-      <c r="B44" s="145"/>
-[...34 lines deleted...]
-      <c r="AK44" s="147"/>
+      <c r="B44" s="91"/>
+      <c r="C44" s="92"/>
+      <c r="D44" s="92"/>
+      <c r="E44" s="92"/>
+      <c r="F44" s="92"/>
+      <c r="G44" s="92"/>
+      <c r="H44" s="92"/>
+      <c r="I44" s="92"/>
+      <c r="J44" s="92"/>
+      <c r="K44" s="92"/>
+      <c r="L44" s="92"/>
+      <c r="M44" s="92"/>
+      <c r="N44" s="92"/>
+      <c r="O44" s="92"/>
+      <c r="P44" s="92"/>
+      <c r="Q44" s="92"/>
+      <c r="R44" s="92"/>
+      <c r="S44" s="92"/>
+      <c r="T44" s="92"/>
+      <c r="U44" s="92"/>
+      <c r="V44" s="92"/>
+      <c r="W44" s="92"/>
+      <c r="X44" s="92"/>
+      <c r="Y44" s="92"/>
+      <c r="Z44" s="92"/>
+      <c r="AA44" s="92"/>
+      <c r="AB44" s="92"/>
+      <c r="AC44" s="92"/>
+      <c r="AD44" s="92"/>
+      <c r="AE44" s="92"/>
+      <c r="AF44" s="92"/>
+      <c r="AG44" s="92"/>
+      <c r="AH44" s="92"/>
+      <c r="AI44" s="92"/>
+      <c r="AJ44" s="92"/>
+      <c r="AK44" s="93"/>
       <c r="AL44" s="9"/>
     </row>
     <row r="45" spans="1:48" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="9"/>
       <c r="B45" s="6"/>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
       <c r="G45" s="6"/>
       <c r="H45" s="6"/>
       <c r="I45" s="6"/>
       <c r="J45" s="6"/>
       <c r="K45" s="6"/>
       <c r="L45" s="6"/>
       <c r="M45" s="6"/>
       <c r="N45" s="6"/>
       <c r="O45" s="6"/>
       <c r="P45" s="6"/>
       <c r="Q45" s="6"/>
       <c r="R45" s="6"/>
       <c r="S45" s="6"/>
       <c r="T45" s="6"/>
       <c r="U45" s="6"/>
       <c r="V45" s="6"/>
@@ -8538,421 +8538,421 @@
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9"/>
       <c r="U46" s="9"/>
       <c r="V46" s="9"/>
       <c r="W46" s="9"/>
       <c r="X46" s="9"/>
       <c r="Y46" s="9"/>
       <c r="Z46" s="9"/>
       <c r="AA46" s="9"/>
       <c r="AB46" s="9"/>
       <c r="AC46" s="9"/>
       <c r="AD46" s="9"/>
       <c r="AE46" s="9"/>
       <c r="AF46" s="9"/>
       <c r="AG46" s="9"/>
       <c r="AH46" s="9"/>
       <c r="AI46" s="9"/>
       <c r="AJ46" s="9"/>
       <c r="AK46" s="9"/>
       <c r="AL46" s="9"/>
     </row>
     <row r="47" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="9"/>
-      <c r="B47" s="166" t="s">
+      <c r="B47" s="114" t="s">
         <v>19</v>
       </c>
-      <c r="C47" s="166"/>
-[...4 lines deleted...]
-      <c r="H47" s="168" t="s">
+      <c r="C47" s="114"/>
+      <c r="D47" s="114"/>
+      <c r="E47" s="114"/>
+      <c r="F47" s="114"/>
+      <c r="G47" s="115"/>
+      <c r="H47" s="116" t="s">
         <v>20</v>
       </c>
-      <c r="I47" s="169"/>
-[...13 lines deleted...]
-      <c r="W47" s="174" t="s">
+      <c r="I47" s="117"/>
+      <c r="J47" s="117"/>
+      <c r="K47" s="117"/>
+      <c r="L47" s="117"/>
+      <c r="M47" s="117"/>
+      <c r="N47" s="117"/>
+      <c r="O47" s="117"/>
+      <c r="P47" s="117"/>
+      <c r="Q47" s="117"/>
+      <c r="R47" s="117"/>
+      <c r="S47" s="117"/>
+      <c r="T47" s="117"/>
+      <c r="U47" s="117"/>
+      <c r="V47" s="118"/>
+      <c r="W47" s="122" t="s">
         <v>28</v>
       </c>
-      <c r="X47" s="175"/>
-[...12 lines deleted...]
-      <c r="AK47" s="176"/>
+      <c r="X47" s="123"/>
+      <c r="Y47" s="123"/>
+      <c r="Z47" s="123"/>
+      <c r="AA47" s="123"/>
+      <c r="AB47" s="123"/>
+      <c r="AC47" s="123"/>
+      <c r="AD47" s="123"/>
+      <c r="AE47" s="123"/>
+      <c r="AF47" s="123"/>
+      <c r="AG47" s="123"/>
+      <c r="AH47" s="123"/>
+      <c r="AI47" s="123"/>
+      <c r="AJ47" s="123"/>
+      <c r="AK47" s="124"/>
       <c r="AL47" s="9"/>
     </row>
     <row r="48" spans="1:48" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="9"/>
       <c r="B48" s="18"/>
       <c r="C48" s="18"/>
       <c r="D48" s="18"/>
       <c r="E48" s="18"/>
       <c r="F48" s="18"/>
       <c r="G48" s="18"/>
-      <c r="H48" s="171"/>
-[...28 lines deleted...]
-      <c r="AK48" s="179"/>
+      <c r="H48" s="119"/>
+      <c r="I48" s="120"/>
+      <c r="J48" s="120"/>
+      <c r="K48" s="120"/>
+      <c r="L48" s="120"/>
+      <c r="M48" s="120"/>
+      <c r="N48" s="120"/>
+      <c r="O48" s="120"/>
+      <c r="P48" s="120"/>
+      <c r="Q48" s="120"/>
+      <c r="R48" s="120"/>
+      <c r="S48" s="120"/>
+      <c r="T48" s="120"/>
+      <c r="U48" s="120"/>
+      <c r="V48" s="121"/>
+      <c r="W48" s="125"/>
+      <c r="X48" s="126"/>
+      <c r="Y48" s="126"/>
+      <c r="Z48" s="126"/>
+      <c r="AA48" s="126"/>
+      <c r="AB48" s="126"/>
+      <c r="AC48" s="126"/>
+      <c r="AD48" s="126"/>
+      <c r="AE48" s="126"/>
+      <c r="AF48" s="126"/>
+      <c r="AG48" s="126"/>
+      <c r="AH48" s="126"/>
+      <c r="AI48" s="126"/>
+      <c r="AJ48" s="126"/>
+      <c r="AK48" s="127"/>
       <c r="AL48" s="9"/>
     </row>
     <row r="49" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="9"/>
       <c r="B49" s="15"/>
-      <c r="C49" s="148" t="s">
+      <c r="C49" s="94" t="s">
         <v>21</v>
       </c>
-      <c r="D49" s="148"/>
-[...32 lines deleted...]
-      <c r="AK49" s="188"/>
+      <c r="D49" s="94"/>
+      <c r="E49" s="94"/>
+      <c r="F49" s="94"/>
+      <c r="G49" s="94"/>
+      <c r="H49" s="128"/>
+      <c r="I49" s="129"/>
+      <c r="J49" s="129"/>
+      <c r="K49" s="129"/>
+      <c r="L49" s="129"/>
+      <c r="M49" s="129"/>
+      <c r="N49" s="129"/>
+      <c r="O49" s="129"/>
+      <c r="P49" s="129"/>
+      <c r="Q49" s="129"/>
+      <c r="R49" s="129"/>
+      <c r="S49" s="129"/>
+      <c r="T49" s="129"/>
+      <c r="U49" s="129"/>
+      <c r="V49" s="130"/>
+      <c r="W49" s="134"/>
+      <c r="X49" s="135"/>
+      <c r="Y49" s="135"/>
+      <c r="Z49" s="135"/>
+      <c r="AA49" s="135"/>
+      <c r="AB49" s="135"/>
+      <c r="AC49" s="135"/>
+      <c r="AD49" s="135"/>
+      <c r="AE49" s="135"/>
+      <c r="AF49" s="135"/>
+      <c r="AG49" s="135"/>
+      <c r="AH49" s="135"/>
+      <c r="AI49" s="135"/>
+      <c r="AJ49" s="135"/>
+      <c r="AK49" s="136"/>
       <c r="AL49" s="9"/>
     </row>
     <row r="50" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="9"/>
       <c r="B50" s="15"/>
-      <c r="C50" s="148"/>
-[...33 lines deleted...]
-      <c r="AK50" s="191"/>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="131"/>
+      <c r="I50" s="132"/>
+      <c r="J50" s="132"/>
+      <c r="K50" s="132"/>
+      <c r="L50" s="132"/>
+      <c r="M50" s="132"/>
+      <c r="N50" s="132"/>
+      <c r="O50" s="132"/>
+      <c r="P50" s="132"/>
+      <c r="Q50" s="132"/>
+      <c r="R50" s="132"/>
+      <c r="S50" s="132"/>
+      <c r="T50" s="132"/>
+      <c r="U50" s="132"/>
+      <c r="V50" s="133"/>
+      <c r="W50" s="137"/>
+      <c r="X50" s="138"/>
+      <c r="Y50" s="138"/>
+      <c r="Z50" s="138"/>
+      <c r="AA50" s="138"/>
+      <c r="AB50" s="138"/>
+      <c r="AC50" s="138"/>
+      <c r="AD50" s="138"/>
+      <c r="AE50" s="138"/>
+      <c r="AF50" s="138"/>
+      <c r="AG50" s="138"/>
+      <c r="AH50" s="138"/>
+      <c r="AI50" s="138"/>
+      <c r="AJ50" s="138"/>
+      <c r="AK50" s="139"/>
       <c r="AL50" s="9"/>
     </row>
     <row r="51" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="9"/>
       <c r="B51" s="16"/>
-      <c r="C51" s="122" t="s">
+      <c r="C51" s="107" t="s">
         <v>22</v>
       </c>
-      <c r="D51" s="122"/>
-[...32 lines deleted...]
-      <c r="AK51" s="165"/>
+      <c r="D51" s="107"/>
+      <c r="E51" s="107"/>
+      <c r="F51" s="107"/>
+      <c r="G51" s="107"/>
+      <c r="H51" s="108"/>
+      <c r="I51" s="109"/>
+      <c r="J51" s="109"/>
+      <c r="K51" s="109"/>
+      <c r="L51" s="109"/>
+      <c r="M51" s="109"/>
+      <c r="N51" s="109"/>
+      <c r="O51" s="109"/>
+      <c r="P51" s="109"/>
+      <c r="Q51" s="109"/>
+      <c r="R51" s="109"/>
+      <c r="S51" s="109"/>
+      <c r="T51" s="109"/>
+      <c r="U51" s="109"/>
+      <c r="V51" s="110"/>
+      <c r="W51" s="111"/>
+      <c r="X51" s="112"/>
+      <c r="Y51" s="112"/>
+      <c r="Z51" s="112"/>
+      <c r="AA51" s="112"/>
+      <c r="AB51" s="112"/>
+      <c r="AC51" s="112"/>
+      <c r="AD51" s="112"/>
+      <c r="AE51" s="112"/>
+      <c r="AF51" s="112"/>
+      <c r="AG51" s="112"/>
+      <c r="AH51" s="112"/>
+      <c r="AI51" s="112"/>
+      <c r="AJ51" s="112"/>
+      <c r="AK51" s="113"/>
       <c r="AL51" s="9"/>
     </row>
     <row r="52" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="9"/>
       <c r="B52" s="16"/>
-      <c r="C52" s="122" t="s">
+      <c r="C52" s="107" t="s">
         <v>23</v>
       </c>
-      <c r="D52" s="122"/>
-[...32 lines deleted...]
-      <c r="AK52" s="165"/>
+      <c r="D52" s="107"/>
+      <c r="E52" s="107"/>
+      <c r="F52" s="107"/>
+      <c r="G52" s="107"/>
+      <c r="H52" s="108"/>
+      <c r="I52" s="109"/>
+      <c r="J52" s="109"/>
+      <c r="K52" s="109"/>
+      <c r="L52" s="109"/>
+      <c r="M52" s="109"/>
+      <c r="N52" s="109"/>
+      <c r="O52" s="109"/>
+      <c r="P52" s="109"/>
+      <c r="Q52" s="109"/>
+      <c r="R52" s="109"/>
+      <c r="S52" s="109"/>
+      <c r="T52" s="109"/>
+      <c r="U52" s="109"/>
+      <c r="V52" s="110"/>
+      <c r="W52" s="111"/>
+      <c r="X52" s="112"/>
+      <c r="Y52" s="112"/>
+      <c r="Z52" s="112"/>
+      <c r="AA52" s="112"/>
+      <c r="AB52" s="112"/>
+      <c r="AC52" s="112"/>
+      <c r="AD52" s="112"/>
+      <c r="AE52" s="112"/>
+      <c r="AF52" s="112"/>
+      <c r="AG52" s="112"/>
+      <c r="AH52" s="112"/>
+      <c r="AI52" s="112"/>
+      <c r="AJ52" s="112"/>
+      <c r="AK52" s="113"/>
       <c r="AL52" s="9"/>
     </row>
     <row r="53" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="9"/>
       <c r="B53" s="15"/>
-      <c r="C53" s="148" t="s">
+      <c r="C53" s="94" t="s">
         <v>24</v>
       </c>
-      <c r="D53" s="148"/>
-[...32 lines deleted...]
-      <c r="AK53" s="157"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="95"/>
+      <c r="I53" s="96"/>
+      <c r="J53" s="96"/>
+      <c r="K53" s="96"/>
+      <c r="L53" s="96"/>
+      <c r="M53" s="96"/>
+      <c r="N53" s="96"/>
+      <c r="O53" s="96"/>
+      <c r="P53" s="96"/>
+      <c r="Q53" s="96"/>
+      <c r="R53" s="96"/>
+      <c r="S53" s="96"/>
+      <c r="T53" s="96"/>
+      <c r="U53" s="96"/>
+      <c r="V53" s="97"/>
+      <c r="W53" s="101"/>
+      <c r="X53" s="102"/>
+      <c r="Y53" s="102"/>
+      <c r="Z53" s="102"/>
+      <c r="AA53" s="102"/>
+      <c r="AB53" s="102"/>
+      <c r="AC53" s="102"/>
+      <c r="AD53" s="102"/>
+      <c r="AE53" s="102"/>
+      <c r="AF53" s="102"/>
+      <c r="AG53" s="102"/>
+      <c r="AH53" s="102"/>
+      <c r="AI53" s="102"/>
+      <c r="AJ53" s="102"/>
+      <c r="AK53" s="103"/>
       <c r="AL53" s="9"/>
     </row>
     <row r="54" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="9"/>
       <c r="B54" s="15"/>
-      <c r="C54" s="148"/>
-[...33 lines deleted...]
-      <c r="AK54" s="160"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="98"/>
+      <c r="I54" s="99"/>
+      <c r="J54" s="99"/>
+      <c r="K54" s="99"/>
+      <c r="L54" s="99"/>
+      <c r="M54" s="99"/>
+      <c r="N54" s="99"/>
+      <c r="O54" s="99"/>
+      <c r="P54" s="99"/>
+      <c r="Q54" s="99"/>
+      <c r="R54" s="99"/>
+      <c r="S54" s="99"/>
+      <c r="T54" s="99"/>
+      <c r="U54" s="99"/>
+      <c r="V54" s="100"/>
+      <c r="W54" s="104"/>
+      <c r="X54" s="105"/>
+      <c r="Y54" s="105"/>
+      <c r="Z54" s="105"/>
+      <c r="AA54" s="105"/>
+      <c r="AB54" s="105"/>
+      <c r="AC54" s="105"/>
+      <c r="AD54" s="105"/>
+      <c r="AE54" s="105"/>
+      <c r="AF54" s="105"/>
+      <c r="AG54" s="105"/>
+      <c r="AH54" s="105"/>
+      <c r="AI54" s="105"/>
+      <c r="AJ54" s="105"/>
+      <c r="AK54" s="106"/>
       <c r="AL54" s="9"/>
     </row>
     <row r="55" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="9"/>
       <c r="B55" s="15"/>
       <c r="C55" s="39"/>
       <c r="D55" s="39"/>
       <c r="E55" s="39"/>
       <c r="F55" s="39"/>
       <c r="G55" s="39"/>
       <c r="H55" s="40"/>
       <c r="I55" s="40"/>
       <c r="J55" s="40"/>
       <c r="K55" s="40"/>
       <c r="L55" s="40"/>
       <c r="M55" s="40"/>
       <c r="N55" s="40"/>
       <c r="O55" s="40"/>
       <c r="P55" s="40"/>
       <c r="Q55" s="40"/>
       <c r="R55" s="40"/>
       <c r="S55" s="40"/>
       <c r="T55" s="40"/>
       <c r="U55" s="40"/>
       <c r="V55" s="40"/>
       <c r="W55" s="2"/>
       <c r="X55" s="2"/>
       <c r="Y55" s="2"/>
       <c r="Z55" s="2"/>
       <c r="AA55" s="2"/>
       <c r="AB55" s="2"/>
       <c r="AC55" s="2"/>
       <c r="AD55" s="2"/>
       <c r="AE55" s="2"/>
       <c r="AF55" s="2"/>
       <c r="AG55" s="2"/>
       <c r="AH55" s="2"/>
       <c r="AI55" s="2"/>
       <c r="AJ55" s="2"/>
       <c r="AK55" s="38" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AL55" s="9"/>
     </row>
     <row r="56" spans="1:38" hidden="1" x14ac:dyDescent="0.25">
       <c r="B56" s="9"/>
       <c r="C56" s="9"/>
       <c r="D56" s="9"/>
       <c r="E56" s="9"/>
       <c r="F56" s="9"/>
       <c r="G56" s="9"/>
       <c r="H56" s="9"/>
       <c r="I56" s="9"/>
       <c r="J56" s="9"/>
       <c r="K56" s="9"/>
       <c r="L56" s="9"/>
       <c r="M56" s="9"/>
       <c r="N56" s="9"/>
       <c r="O56" s="9"/>
       <c r="P56" s="9"/>
       <c r="Q56" s="9"/>
       <c r="R56" s="9"/>
       <c r="S56" s="9"/>
       <c r="T56" s="9"/>
       <c r="U56" s="9"/>
       <c r="V56" s="9"/>
@@ -9038,94 +9038,94 @@
     <row r="132" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="142" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="144" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="145" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="146" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="147" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="148" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="149" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="150" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="151" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="152" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="153" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="156" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="157" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="158" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="159" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="165" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="yuWXfLMiYk2HgO/ky08N9iu1KjCZwHRrATPxZCcSSvLSFGUXz6NYPRUXPGfUBBLGPfQNVsTQT0Ezt1763Z2sOQ==" saltValue="A72IQqGucdzVePBP+VO1LQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="OrwS9pCkmflFZdw5uoIEVtVileX3G3uPSWH7paCFOwz5Mo/g/zs+OcIaMfN4v19z6UnOY0L+ce/pxT2qB7p3vw==" saltValue="kEl9+S434CxUXdudqJTs4Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="42">
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="J12:AK12"/>
+    <mergeCell ref="B38:AK38"/>
+    <mergeCell ref="U20:AK20"/>
+    <mergeCell ref="T22:AK22"/>
+    <mergeCell ref="J27:AK27"/>
+    <mergeCell ref="J28:AK28"/>
+    <mergeCell ref="S29:T29"/>
+    <mergeCell ref="AE29:AF29"/>
+    <mergeCell ref="Y31:AA31"/>
+    <mergeCell ref="J32:AK32"/>
+    <mergeCell ref="J33:AK33"/>
+    <mergeCell ref="U21:AK21"/>
+    <mergeCell ref="U36:AK36"/>
     <mergeCell ref="B39:AK44"/>
     <mergeCell ref="C53:G54"/>
     <mergeCell ref="H53:V54"/>
     <mergeCell ref="W53:AK54"/>
     <mergeCell ref="C51:G51"/>
     <mergeCell ref="H51:V51"/>
     <mergeCell ref="W51:AK51"/>
     <mergeCell ref="C52:G52"/>
     <mergeCell ref="H52:V52"/>
     <mergeCell ref="W52:AK52"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="H47:V48"/>
     <mergeCell ref="W47:AK48"/>
     <mergeCell ref="C49:G50"/>
     <mergeCell ref="H49:V50"/>
     <mergeCell ref="W49:AK50"/>
-    <mergeCell ref="B38:AK38"/>
-[...24 lines deleted...]
-    <mergeCell ref="J12:AK12"/>
   </mergeCells>
   <conditionalFormatting sqref="S36:AK36">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>$AN$36=1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId4" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -9350,955 +9350,955 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15:S17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="22" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="22" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="22" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="23" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="23" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="23" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="23" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="23" customWidth="1"/>
     <col min="21" max="24" width="0" style="22" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="22" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="49" t="s">
+      <c r="E2" s="77" t="s">
         <v>56</v>
       </c>
-      <c r="F2" s="49"/>
-[...12 lines deleted...]
-      <c r="S2" s="49"/>
+      <c r="F2" s="77"/>
+      <c r="G2" s="77"/>
+      <c r="H2" s="77"/>
+      <c r="I2" s="77"/>
+      <c r="J2" s="77"/>
+      <c r="K2" s="77"/>
+      <c r="L2" s="77"/>
+      <c r="M2" s="77"/>
+      <c r="N2" s="77"/>
+      <c r="O2" s="77"/>
+      <c r="P2" s="77"/>
+      <c r="Q2" s="77"/>
+      <c r="R2" s="77"/>
+      <c r="S2" s="77"/>
       <c r="T2" s="24"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="49"/>
-[...13 lines deleted...]
-      <c r="S3" s="49"/>
+      <c r="E3" s="77"/>
+      <c r="F3" s="77"/>
+      <c r="G3" s="77"/>
+      <c r="H3" s="77"/>
+      <c r="I3" s="77"/>
+      <c r="J3" s="77"/>
+      <c r="K3" s="77"/>
+      <c r="L3" s="77"/>
+      <c r="M3" s="77"/>
+      <c r="N3" s="77"/>
+      <c r="O3" s="77"/>
+      <c r="P3" s="77"/>
+      <c r="Q3" s="77"/>
+      <c r="R3" s="77"/>
+      <c r="S3" s="77"/>
       <c r="T3" s="24"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="49"/>
-[...13 lines deleted...]
-      <c r="S4" s="49"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="77"/>
+      <c r="M4" s="77"/>
+      <c r="N4" s="77"/>
+      <c r="O4" s="77"/>
+      <c r="P4" s="77"/>
+      <c r="Q4" s="77"/>
+      <c r="R4" s="77"/>
+      <c r="S4" s="77"/>
       <c r="T4" s="24"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="25"/>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
       <c r="N5" s="26"/>
       <c r="O5" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="P5" s="78" t="s">
         <v>123</v>
       </c>
-      <c r="P5" s="50" t="s">
-[...4 lines deleted...]
-      <c r="S5" s="50"/>
+      <c r="Q5" s="78"/>
+      <c r="R5" s="78"/>
+      <c r="S5" s="78"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="51" t="s">
+      <c r="B7" s="79" t="s">
         <v>57</v>
       </c>
-      <c r="C7" s="52"/>
+      <c r="C7" s="80"/>
       <c r="E7" s="27" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B8" s="53"/>
-      <c r="C8" s="54"/>
+      <c r="B8" s="81"/>
+      <c r="C8" s="82"/>
       <c r="E8" s="28" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="53"/>
-      <c r="C9" s="54"/>
+      <c r="B9" s="81"/>
+      <c r="C9" s="82"/>
       <c r="E9" s="28"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="53"/>
-      <c r="C10" s="54"/>
+      <c r="B10" s="81"/>
+      <c r="C10" s="82"/>
       <c r="E10" s="29" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="48" t="s">
         <v>60</v>
       </c>
       <c r="G10" s="48"/>
       <c r="H10" s="48"/>
       <c r="I10" s="48"/>
       <c r="J10" s="48"/>
       <c r="K10" s="48"/>
       <c r="L10" s="48"/>
       <c r="M10" s="48"/>
       <c r="N10" s="48"/>
       <c r="O10" s="48"/>
       <c r="P10" s="48"/>
       <c r="Q10" s="48"/>
       <c r="R10" s="48"/>
       <c r="S10" s="48"/>
       <c r="T10" s="30"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="53"/>
-      <c r="C11" s="54"/>
+      <c r="B11" s="81"/>
+      <c r="C11" s="82"/>
       <c r="E11" s="29"/>
       <c r="F11" s="48"/>
       <c r="G11" s="48"/>
       <c r="H11" s="48"/>
       <c r="I11" s="48"/>
       <c r="J11" s="48"/>
       <c r="K11" s="48"/>
       <c r="L11" s="48"/>
       <c r="M11" s="48"/>
       <c r="N11" s="48"/>
       <c r="O11" s="48"/>
       <c r="P11" s="48"/>
       <c r="Q11" s="48"/>
       <c r="R11" s="48"/>
       <c r="S11" s="48"/>
       <c r="T11" s="30"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="53"/>
-      <c r="C12" s="54"/>
+      <c r="B12" s="81"/>
+      <c r="C12" s="82"/>
       <c r="E12" s="29"/>
       <c r="F12" s="48"/>
       <c r="G12" s="48"/>
       <c r="H12" s="48"/>
       <c r="I12" s="48"/>
       <c r="J12" s="48"/>
       <c r="K12" s="48"/>
       <c r="L12" s="48"/>
       <c r="M12" s="48"/>
       <c r="N12" s="48"/>
       <c r="O12" s="48"/>
       <c r="P12" s="48"/>
       <c r="Q12" s="48"/>
       <c r="R12" s="48"/>
       <c r="S12" s="48"/>
       <c r="T12" s="30"/>
     </row>
     <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B13" s="53"/>
-      <c r="C13" s="54"/>
+      <c r="B13" s="81"/>
+      <c r="C13" s="82"/>
       <c r="E13" s="31"/>
       <c r="F13" s="48"/>
       <c r="G13" s="48"/>
       <c r="H13" s="48"/>
       <c r="I13" s="48"/>
       <c r="J13" s="48"/>
       <c r="K13" s="48"/>
       <c r="L13" s="48"/>
       <c r="M13" s="48"/>
       <c r="N13" s="48"/>
       <c r="O13" s="48"/>
       <c r="P13" s="48"/>
       <c r="Q13" s="48"/>
       <c r="R13" s="48"/>
       <c r="S13" s="48"/>
       <c r="T13" s="30"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="53"/>
-      <c r="C14" s="54"/>
+      <c r="B14" s="81"/>
+      <c r="C14" s="82"/>
       <c r="E14" s="31"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
       <c r="H14" s="32"/>
       <c r="I14" s="32"/>
       <c r="J14" s="32"/>
       <c r="K14" s="32"/>
       <c r="L14" s="32"/>
       <c r="M14" s="32"/>
       <c r="N14" s="32"/>
       <c r="O14" s="32"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="32"/>
       <c r="R14" s="32"/>
       <c r="S14" s="32"/>
       <c r="T14" s="32"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="53"/>
-      <c r="C15" s="54"/>
+      <c r="B15" s="81"/>
+      <c r="C15" s="82"/>
       <c r="E15" s="29" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="48" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="48"/>
       <c r="H15" s="48"/>
       <c r="I15" s="48"/>
       <c r="J15" s="48"/>
       <c r="K15" s="48"/>
       <c r="L15" s="48"/>
       <c r="M15" s="48"/>
       <c r="N15" s="48"/>
       <c r="O15" s="48"/>
       <c r="P15" s="48"/>
       <c r="Q15" s="48"/>
       <c r="R15" s="48"/>
       <c r="S15" s="48"/>
       <c r="T15" s="30"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="53"/>
-      <c r="C16" s="54"/>
+      <c r="B16" s="81"/>
+      <c r="C16" s="82"/>
       <c r="E16" s="29"/>
       <c r="F16" s="48"/>
       <c r="G16" s="48"/>
       <c r="H16" s="48"/>
       <c r="I16" s="48"/>
       <c r="J16" s="48"/>
       <c r="K16" s="48"/>
       <c r="L16" s="48"/>
       <c r="M16" s="48"/>
       <c r="N16" s="48"/>
       <c r="O16" s="48"/>
       <c r="P16" s="48"/>
       <c r="Q16" s="48"/>
       <c r="R16" s="48"/>
       <c r="S16" s="48"/>
       <c r="T16" s="30"/>
     </row>
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B17" s="55"/>
-      <c r="C17" s="56"/>
+      <c r="B17" s="83"/>
+      <c r="C17" s="84"/>
       <c r="E17" s="31"/>
       <c r="F17" s="48"/>
       <c r="G17" s="48"/>
       <c r="H17" s="48"/>
       <c r="I17" s="48"/>
       <c r="J17" s="48"/>
       <c r="K17" s="48"/>
       <c r="L17" s="48"/>
       <c r="M17" s="48"/>
       <c r="N17" s="48"/>
       <c r="O17" s="48"/>
       <c r="P17" s="48"/>
       <c r="Q17" s="48"/>
       <c r="R17" s="48"/>
       <c r="S17" s="48"/>
       <c r="T17" s="30"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B19" s="42"/>
-      <c r="C19" s="43"/>
+      <c r="B19" s="55"/>
+      <c r="C19" s="56"/>
       <c r="E19" s="27" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B20" s="44"/>
-      <c r="C20" s="45"/>
+      <c r="B20" s="57"/>
+      <c r="C20" s="58"/>
       <c r="E20" s="28" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="44"/>
-      <c r="C21" s="45"/>
+      <c r="B21" s="57"/>
+      <c r="C21" s="58"/>
       <c r="E21" s="28"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="44"/>
-      <c r="C22" s="45"/>
+      <c r="B22" s="57"/>
+      <c r="C22" s="58"/>
       <c r="F22" s="48" t="s">
         <v>63</v>
       </c>
       <c r="G22" s="48"/>
       <c r="H22" s="48"/>
       <c r="I22" s="48"/>
       <c r="J22" s="48"/>
       <c r="K22" s="48"/>
       <c r="L22" s="48"/>
       <c r="M22" s="48"/>
       <c r="N22" s="48"/>
       <c r="O22" s="48"/>
       <c r="P22" s="48"/>
       <c r="Q22" s="48"/>
       <c r="R22" s="48"/>
       <c r="S22" s="48"/>
       <c r="T22" s="30"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B23" s="44"/>
-      <c r="C23" s="45"/>
+      <c r="B23" s="57"/>
+      <c r="C23" s="58"/>
       <c r="E23" s="30"/>
       <c r="F23" s="48"/>
       <c r="G23" s="48"/>
       <c r="H23" s="48"/>
       <c r="I23" s="48"/>
       <c r="J23" s="48"/>
       <c r="K23" s="48"/>
       <c r="L23" s="48"/>
       <c r="M23" s="48"/>
       <c r="N23" s="48"/>
       <c r="O23" s="48"/>
       <c r="P23" s="48"/>
       <c r="Q23" s="48"/>
       <c r="R23" s="48"/>
       <c r="S23" s="48"/>
       <c r="T23" s="30"/>
     </row>
     <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B24" s="44"/>
-      <c r="C24" s="45"/>
+      <c r="B24" s="57"/>
+      <c r="C24" s="58"/>
       <c r="E24" s="30"/>
       <c r="F24" s="48"/>
       <c r="G24" s="48"/>
       <c r="H24" s="48"/>
       <c r="I24" s="48"/>
       <c r="J24" s="48"/>
       <c r="K24" s="48"/>
       <c r="L24" s="48"/>
       <c r="M24" s="48"/>
       <c r="N24" s="48"/>
       <c r="O24" s="48"/>
       <c r="P24" s="48"/>
       <c r="Q24" s="48"/>
       <c r="R24" s="48"/>
       <c r="S24" s="48"/>
       <c r="T24" s="30"/>
     </row>
     <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B25" s="44"/>
-      <c r="C25" s="45"/>
+      <c r="B25" s="57"/>
+      <c r="C25" s="58"/>
       <c r="E25" s="30"/>
       <c r="F25" s="48"/>
       <c r="G25" s="48"/>
       <c r="H25" s="48"/>
       <c r="I25" s="48"/>
       <c r="J25" s="48"/>
       <c r="K25" s="48"/>
       <c r="L25" s="48"/>
       <c r="M25" s="48"/>
       <c r="N25" s="48"/>
       <c r="O25" s="48"/>
       <c r="P25" s="48"/>
       <c r="Q25" s="48"/>
       <c r="R25" s="48"/>
       <c r="S25" s="48"/>
       <c r="T25" s="30"/>
     </row>
     <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B26" s="44"/>
-      <c r="C26" s="45"/>
+      <c r="B26" s="57"/>
+      <c r="C26" s="58"/>
       <c r="E26" s="30"/>
       <c r="F26" s="48"/>
       <c r="G26" s="48"/>
       <c r="H26" s="48"/>
       <c r="I26" s="48"/>
       <c r="J26" s="48"/>
       <c r="K26" s="48"/>
       <c r="L26" s="48"/>
       <c r="M26" s="48"/>
       <c r="N26" s="48"/>
       <c r="O26" s="48"/>
       <c r="P26" s="48"/>
       <c r="Q26" s="48"/>
       <c r="R26" s="48"/>
       <c r="S26" s="48"/>
       <c r="T26" s="30"/>
     </row>
     <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B27" s="44"/>
-      <c r="C27" s="45"/>
+      <c r="B27" s="57"/>
+      <c r="C27" s="58"/>
       <c r="E27" s="30"/>
       <c r="F27" s="48"/>
       <c r="G27" s="48"/>
       <c r="H27" s="48"/>
       <c r="I27" s="48"/>
       <c r="J27" s="48"/>
       <c r="K27" s="48"/>
       <c r="L27" s="48"/>
       <c r="M27" s="48"/>
       <c r="N27" s="48"/>
       <c r="O27" s="48"/>
       <c r="P27" s="48"/>
       <c r="Q27" s="48"/>
       <c r="R27" s="48"/>
       <c r="S27" s="48"/>
       <c r="T27" s="30"/>
     </row>
     <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B28" s="44"/>
-      <c r="C28" s="45"/>
+      <c r="B28" s="57"/>
+      <c r="C28" s="58"/>
       <c r="E28" s="30"/>
       <c r="F28" s="48"/>
       <c r="G28" s="48"/>
       <c r="H28" s="48"/>
       <c r="I28" s="48"/>
       <c r="J28" s="48"/>
       <c r="K28" s="48"/>
       <c r="L28" s="48"/>
       <c r="M28" s="48"/>
       <c r="N28" s="48"/>
       <c r="O28" s="48"/>
       <c r="P28" s="48"/>
       <c r="Q28" s="48"/>
       <c r="R28" s="48"/>
       <c r="S28" s="48"/>
       <c r="T28" s="30"/>
     </row>
     <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B29" s="46"/>
-      <c r="C29" s="47"/>
+      <c r="B29" s="59"/>
+      <c r="C29" s="60"/>
       <c r="E29" s="30"/>
       <c r="F29" s="48"/>
       <c r="G29" s="48"/>
       <c r="H29" s="48"/>
       <c r="I29" s="48"/>
       <c r="J29" s="48"/>
       <c r="K29" s="48"/>
       <c r="L29" s="48"/>
       <c r="M29" s="48"/>
       <c r="N29" s="48"/>
       <c r="O29" s="48"/>
       <c r="P29" s="48"/>
       <c r="Q29" s="48"/>
       <c r="R29" s="48"/>
       <c r="S29" s="48"/>
       <c r="T29" s="30"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="32"/>
       <c r="F30" s="32"/>
       <c r="G30" s="32"/>
       <c r="H30" s="32"/>
       <c r="I30" s="32"/>
       <c r="J30" s="32"/>
       <c r="K30" s="32"/>
       <c r="L30" s="32"/>
       <c r="M30" s="32"/>
       <c r="N30" s="32"/>
       <c r="O30" s="32"/>
       <c r="P30" s="32"/>
       <c r="Q30" s="32"/>
       <c r="R30" s="32"/>
       <c r="S30" s="32"/>
       <c r="T30" s="32"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B31" s="42"/>
-      <c r="C31" s="43"/>
+      <c r="B31" s="55"/>
+      <c r="C31" s="56"/>
       <c r="E31" s="27" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="44"/>
-      <c r="C32" s="45"/>
+      <c r="B32" s="57"/>
+      <c r="C32" s="58"/>
       <c r="E32" s="27"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B33" s="44"/>
-      <c r="C33" s="45"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="58"/>
       <c r="E33" s="29" t="s">
         <v>34</v>
       </c>
       <c r="F33" s="23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="44"/>
-      <c r="C34" s="45"/>
+      <c r="B34" s="57"/>
+      <c r="C34" s="58"/>
       <c r="E34" s="29"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B35" s="44"/>
-      <c r="C35" s="45"/>
+      <c r="B35" s="57"/>
+      <c r="C35" s="58"/>
       <c r="E35" s="29" t="s">
         <v>36</v>
       </c>
       <c r="F35" s="23" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="44"/>
-      <c r="C36" s="45"/>
+      <c r="B36" s="57"/>
+      <c r="C36" s="58"/>
       <c r="E36" s="29"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="44"/>
-      <c r="C37" s="45"/>
+      <c r="B37" s="57"/>
+      <c r="C37" s="58"/>
       <c r="E37" s="29" t="s">
         <v>41</v>
       </c>
       <c r="F37" s="48" t="s">
         <v>65</v>
       </c>
       <c r="G37" s="48"/>
       <c r="H37" s="48"/>
       <c r="I37" s="48"/>
       <c r="J37" s="48"/>
       <c r="K37" s="48"/>
       <c r="L37" s="48"/>
       <c r="M37" s="48"/>
       <c r="N37" s="48"/>
       <c r="O37" s="48"/>
       <c r="P37" s="48"/>
       <c r="Q37" s="48"/>
       <c r="R37" s="48"/>
       <c r="S37" s="48"/>
       <c r="T37" s="30"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B38" s="46"/>
-      <c r="C38" s="47"/>
+      <c r="B38" s="59"/>
+      <c r="C38" s="60"/>
       <c r="E38" s="33"/>
       <c r="F38" s="48"/>
       <c r="G38" s="48"/>
       <c r="H38" s="48"/>
       <c r="I38" s="48"/>
       <c r="J38" s="48"/>
       <c r="K38" s="48"/>
       <c r="L38" s="48"/>
       <c r="M38" s="48"/>
       <c r="N38" s="48"/>
       <c r="O38" s="48"/>
       <c r="P38" s="48"/>
       <c r="Q38" s="48"/>
       <c r="R38" s="48"/>
       <c r="S38" s="48"/>
       <c r="T38" s="30"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="F39" s="48"/>
       <c r="G39" s="48"/>
       <c r="H39" s="48"/>
       <c r="I39" s="48"/>
       <c r="J39" s="48"/>
       <c r="K39" s="48"/>
       <c r="L39" s="48"/>
       <c r="M39" s="48"/>
       <c r="N39" s="48"/>
       <c r="O39" s="48"/>
       <c r="P39" s="48"/>
       <c r="Q39" s="48"/>
       <c r="R39" s="48"/>
       <c r="S39" s="48"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B40" s="42"/>
-      <c r="C40" s="43"/>
+      <c r="B40" s="55"/>
+      <c r="C40" s="56"/>
       <c r="E40" s="27" t="s">
         <v>66</v>
       </c>
       <c r="F40" s="27"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B41" s="44"/>
-      <c r="C41" s="45"/>
+      <c r="B41" s="57"/>
+      <c r="C41" s="58"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B42" s="44"/>
-[...3 lines deleted...]
-      <c r="G42" s="71"/>
+      <c r="B42" s="57"/>
+      <c r="C42" s="58"/>
+      <c r="E42" s="61"/>
+      <c r="F42" s="62"/>
+      <c r="G42" s="63"/>
       <c r="I42" s="23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B43" s="44"/>
-      <c r="C43" s="45"/>
+      <c r="B43" s="57"/>
+      <c r="C43" s="58"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B44" s="44"/>
-      <c r="C44" s="45"/>
+      <c r="B44" s="57"/>
+      <c r="C44" s="58"/>
       <c r="G44" s="34"/>
       <c r="I44" s="23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B45" s="44"/>
-      <c r="C45" s="45"/>
+      <c r="B45" s="57"/>
+      <c r="C45" s="58"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B46" s="44"/>
-      <c r="C46" s="45"/>
+      <c r="B46" s="57"/>
+      <c r="C46" s="58"/>
       <c r="G46" s="34"/>
       <c r="I46" s="23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B47" s="44"/>
-      <c r="C47" s="45"/>
+      <c r="B47" s="57"/>
+      <c r="C47" s="58"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B48" s="44"/>
-      <c r="C48" s="45"/>
+      <c r="B48" s="57"/>
+      <c r="C48" s="58"/>
       <c r="E48" s="34"/>
       <c r="F48" s="35" t="s">
         <v>70</v>
       </c>
       <c r="I48" s="48" t="s">
         <v>71</v>
       </c>
       <c r="J48" s="48"/>
       <c r="K48" s="48"/>
       <c r="L48" s="48"/>
       <c r="M48" s="48"/>
       <c r="N48" s="48"/>
       <c r="O48" s="48"/>
       <c r="P48" s="48"/>
       <c r="Q48" s="48"/>
       <c r="R48" s="48"/>
       <c r="S48" s="48"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B49" s="44"/>
-      <c r="C49" s="45"/>
+      <c r="B49" s="57"/>
+      <c r="C49" s="58"/>
       <c r="F49" s="35"/>
       <c r="I49" s="48"/>
       <c r="J49" s="48"/>
       <c r="K49" s="48"/>
       <c r="L49" s="48"/>
       <c r="M49" s="48"/>
       <c r="N49" s="48"/>
       <c r="O49" s="48"/>
       <c r="P49" s="48"/>
       <c r="Q49" s="48"/>
       <c r="R49" s="48"/>
       <c r="S49" s="48"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B50" s="44"/>
-      <c r="C50" s="45"/>
+      <c r="B50" s="57"/>
+      <c r="C50" s="58"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B51" s="44"/>
-[...3 lines deleted...]
-      <c r="G51" s="74"/>
+      <c r="B51" s="57"/>
+      <c r="C51" s="58"/>
+      <c r="E51" s="64"/>
+      <c r="F51" s="65"/>
+      <c r="G51" s="66"/>
       <c r="I51" s="48" t="s">
         <v>72</v>
       </c>
       <c r="J51" s="48"/>
       <c r="K51" s="48"/>
       <c r="L51" s="48"/>
       <c r="M51" s="48"/>
       <c r="N51" s="48"/>
       <c r="O51" s="48"/>
       <c r="P51" s="48"/>
       <c r="Q51" s="48"/>
       <c r="R51" s="48"/>
       <c r="S51" s="48"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B52" s="44"/>
-      <c r="C52" s="45"/>
+      <c r="B52" s="57"/>
+      <c r="C52" s="58"/>
       <c r="E52" s="36"/>
       <c r="F52" s="36"/>
       <c r="G52" s="36"/>
       <c r="I52" s="48"/>
       <c r="J52" s="48"/>
       <c r="K52" s="48"/>
       <c r="L52" s="48"/>
       <c r="M52" s="48"/>
       <c r="N52" s="48"/>
       <c r="O52" s="48"/>
       <c r="P52" s="48"/>
       <c r="Q52" s="48"/>
       <c r="R52" s="48"/>
       <c r="S52" s="48"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B53" s="44"/>
-      <c r="C53" s="45"/>
+      <c r="B53" s="57"/>
+      <c r="C53" s="58"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="44"/>
-[...2 lines deleted...]
-      <c r="G54" s="76"/>
+      <c r="B54" s="57"/>
+      <c r="C54" s="58"/>
+      <c r="F54" s="67"/>
+      <c r="G54" s="68"/>
       <c r="I54" s="48" t="s">
         <v>73</v>
       </c>
       <c r="J54" s="48"/>
       <c r="K54" s="48"/>
       <c r="L54" s="48"/>
       <c r="M54" s="48"/>
       <c r="N54" s="48"/>
       <c r="O54" s="48"/>
       <c r="P54" s="48"/>
       <c r="Q54" s="48"/>
       <c r="R54" s="48"/>
       <c r="S54" s="48"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B55" s="44"/>
-[...2 lines deleted...]
-      <c r="G55" s="78"/>
+      <c r="B55" s="57"/>
+      <c r="C55" s="58"/>
+      <c r="F55" s="69"/>
+      <c r="G55" s="70"/>
       <c r="I55" s="48"/>
       <c r="J55" s="48"/>
       <c r="K55" s="48"/>
       <c r="L55" s="48"/>
       <c r="M55" s="48"/>
       <c r="N55" s="48"/>
       <c r="O55" s="48"/>
       <c r="P55" s="48"/>
       <c r="Q55" s="48"/>
       <c r="R55" s="48"/>
       <c r="S55" s="48"/>
     </row>
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B56" s="44"/>
-      <c r="C56" s="45"/>
+      <c r="B56" s="57"/>
+      <c r="C56" s="58"/>
       <c r="F56" s="36"/>
       <c r="G56" s="36"/>
       <c r="I56" s="48"/>
       <c r="J56" s="48"/>
       <c r="K56" s="48"/>
       <c r="L56" s="48"/>
       <c r="M56" s="48"/>
       <c r="N56" s="48"/>
       <c r="O56" s="48"/>
       <c r="P56" s="48"/>
       <c r="Q56" s="48"/>
       <c r="R56" s="48"/>
       <c r="S56" s="48"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B57" s="44"/>
-      <c r="C57" s="45"/>
+      <c r="B57" s="57"/>
+      <c r="C57" s="58"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="44"/>
-[...1 lines deleted...]
-      <c r="E58" s="79" t="s">
+      <c r="B58" s="57"/>
+      <c r="C58" s="58"/>
+      <c r="E58" s="71" t="s">
         <v>74</v>
       </c>
-      <c r="F58" s="80"/>
-      <c r="G58" s="81"/>
+      <c r="F58" s="72"/>
+      <c r="G58" s="73"/>
       <c r="I58" s="48" t="s">
         <v>75</v>
       </c>
       <c r="J58" s="48"/>
       <c r="K58" s="48"/>
       <c r="L58" s="48"/>
       <c r="M58" s="48"/>
       <c r="N58" s="48"/>
       <c r="O58" s="48"/>
       <c r="P58" s="48"/>
       <c r="Q58" s="48"/>
       <c r="R58" s="48"/>
       <c r="S58" s="48"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B59" s="44"/>
-[...3 lines deleted...]
-      <c r="G59" s="84"/>
+      <c r="B59" s="57"/>
+      <c r="C59" s="58"/>
+      <c r="E59" s="74"/>
+      <c r="F59" s="75"/>
+      <c r="G59" s="76"/>
       <c r="I59" s="48"/>
       <c r="J59" s="48"/>
       <c r="K59" s="48"/>
       <c r="L59" s="48"/>
       <c r="M59" s="48"/>
       <c r="N59" s="48"/>
       <c r="O59" s="48"/>
       <c r="P59" s="48"/>
       <c r="Q59" s="48"/>
       <c r="R59" s="48"/>
       <c r="S59" s="48"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B60" s="44"/>
-      <c r="C60" s="45"/>
+      <c r="B60" s="57"/>
+      <c r="C60" s="58"/>
       <c r="E60" s="27"/>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="44"/>
-[...1 lines deleted...]
-      <c r="E61" s="57" t="s">
+      <c r="B61" s="57"/>
+      <c r="C61" s="58"/>
+      <c r="E61" s="42" t="s">
         <v>70</v>
       </c>
-      <c r="F61" s="58"/>
-      <c r="G61" s="59"/>
+      <c r="F61" s="43"/>
+      <c r="G61" s="44"/>
       <c r="I61" s="48" t="s">
         <v>76</v>
       </c>
       <c r="J61" s="48"/>
       <c r="K61" s="48"/>
       <c r="L61" s="48"/>
       <c r="M61" s="48"/>
       <c r="N61" s="48"/>
       <c r="O61" s="48"/>
       <c r="P61" s="48"/>
       <c r="Q61" s="48"/>
       <c r="R61" s="48"/>
       <c r="S61" s="48"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B62" s="44"/>
-[...3 lines deleted...]
-      <c r="G62" s="62"/>
+      <c r="B62" s="57"/>
+      <c r="C62" s="58"/>
+      <c r="E62" s="45"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="47"/>
       <c r="I62" s="48"/>
       <c r="J62" s="48"/>
       <c r="K62" s="48"/>
       <c r="L62" s="48"/>
       <c r="M62" s="48"/>
       <c r="N62" s="48"/>
       <c r="O62" s="48"/>
       <c r="P62" s="48"/>
       <c r="Q62" s="48"/>
       <c r="R62" s="48"/>
       <c r="S62" s="48"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B63" s="44"/>
-      <c r="C63" s="45"/>
+      <c r="B63" s="57"/>
+      <c r="C63" s="58"/>
       <c r="E63" s="27"/>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B64" s="44"/>
-[...1 lines deleted...]
-      <c r="E64" s="63" t="s">
+      <c r="B64" s="57"/>
+      <c r="C64" s="58"/>
+      <c r="E64" s="49" t="s">
         <v>70</v>
       </c>
-      <c r="F64" s="64"/>
-      <c r="G64" s="65"/>
+      <c r="F64" s="50"/>
+      <c r="G64" s="51"/>
       <c r="I64" s="37" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="B65" s="46"/>
-[...3 lines deleted...]
-      <c r="G65" s="68"/>
+      <c r="B65" s="59"/>
+      <c r="C65" s="60"/>
+      <c r="E65" s="52"/>
+      <c r="F65" s="53"/>
+      <c r="G65" s="54"/>
       <c r="I65" s="37"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
     <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="P5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="I51:S52"/>
     <mergeCell ref="F54:G55"/>
     <mergeCell ref="I54:S56"/>
     <mergeCell ref="E58:G59"/>
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{654930A8-D4C1-4914-8537-F028882FB7E7}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{17B59CBC-7FD5-469A-B946-57D483702502}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{81247427-31FC-49EB-8EA7-0A680E63C810}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -10407,380 +10407,380 @@
       <c r="Q1" s="9"/>
       <c r="R1" s="9"/>
       <c r="S1" s="9"/>
       <c r="T1" s="9"/>
       <c r="U1" s="9"/>
       <c r="V1" s="9"/>
       <c r="W1" s="9"/>
       <c r="X1" s="9"/>
       <c r="Y1" s="9"/>
       <c r="Z1" s="9"/>
       <c r="AA1" s="9"/>
       <c r="AB1" s="9"/>
       <c r="AC1" s="9"/>
       <c r="AD1" s="9"/>
       <c r="AE1" s="9"/>
       <c r="AF1" s="9"/>
       <c r="AG1" s="9"/>
       <c r="AH1" s="9"/>
       <c r="AI1" s="9"/>
       <c r="AJ1" s="9"/>
       <c r="AK1" s="9"/>
       <c r="AL1" s="9"/>
     </row>
     <row r="2" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="9"/>
-      <c r="B2" s="86"/>
-[...4 lines deleted...]
-      <c r="G2" s="95" t="s">
+      <c r="B2" s="147"/>
+      <c r="C2" s="148"/>
+      <c r="D2" s="148"/>
+      <c r="E2" s="148"/>
+      <c r="F2" s="149"/>
+      <c r="G2" s="156" t="s">
         <v>86</v>
       </c>
-      <c r="H2" s="96"/>
-[...7 lines deleted...]
-      <c r="P2" s="104" t="s">
+      <c r="H2" s="157"/>
+      <c r="I2" s="157"/>
+      <c r="J2" s="157"/>
+      <c r="K2" s="157"/>
+      <c r="L2" s="157"/>
+      <c r="M2" s="157"/>
+      <c r="N2" s="157"/>
+      <c r="O2" s="158"/>
+      <c r="P2" s="165" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="105"/>
-[...7 lines deleted...]
-      <c r="Y2" s="113" t="s">
+      <c r="Q2" s="166"/>
+      <c r="R2" s="166"/>
+      <c r="S2" s="166"/>
+      <c r="T2" s="166"/>
+      <c r="U2" s="166"/>
+      <c r="V2" s="166"/>
+      <c r="W2" s="166"/>
+      <c r="X2" s="167"/>
+      <c r="Y2" s="174" t="s">
         <v>87</v>
       </c>
-      <c r="Z2" s="114"/>
-[...10 lines deleted...]
-      <c r="AK2" s="115"/>
+      <c r="Z2" s="175"/>
+      <c r="AA2" s="175"/>
+      <c r="AB2" s="175"/>
+      <c r="AC2" s="175"/>
+      <c r="AD2" s="175"/>
+      <c r="AE2" s="175"/>
+      <c r="AF2" s="175"/>
+      <c r="AG2" s="175"/>
+      <c r="AH2" s="175"/>
+      <c r="AI2" s="175"/>
+      <c r="AJ2" s="175"/>
+      <c r="AK2" s="176"/>
       <c r="AL2" s="9"/>
     </row>
     <row r="3" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9"/>
-      <c r="B3" s="89"/>
-[...34 lines deleted...]
-      <c r="AK3" s="118"/>
+      <c r="B3" s="150"/>
+      <c r="C3" s="151"/>
+      <c r="D3" s="151"/>
+      <c r="E3" s="151"/>
+      <c r="F3" s="152"/>
+      <c r="G3" s="159"/>
+      <c r="H3" s="160"/>
+      <c r="I3" s="160"/>
+      <c r="J3" s="160"/>
+      <c r="K3" s="160"/>
+      <c r="L3" s="160"/>
+      <c r="M3" s="160"/>
+      <c r="N3" s="160"/>
+      <c r="O3" s="161"/>
+      <c r="P3" s="168"/>
+      <c r="Q3" s="169"/>
+      <c r="R3" s="169"/>
+      <c r="S3" s="169"/>
+      <c r="T3" s="169"/>
+      <c r="U3" s="169"/>
+      <c r="V3" s="169"/>
+      <c r="W3" s="169"/>
+      <c r="X3" s="170"/>
+      <c r="Y3" s="177"/>
+      <c r="Z3" s="178"/>
+      <c r="AA3" s="178"/>
+      <c r="AB3" s="178"/>
+      <c r="AC3" s="178"/>
+      <c r="AD3" s="178"/>
+      <c r="AE3" s="178"/>
+      <c r="AF3" s="178"/>
+      <c r="AG3" s="178"/>
+      <c r="AH3" s="178"/>
+      <c r="AI3" s="178"/>
+      <c r="AJ3" s="178"/>
+      <c r="AK3" s="179"/>
       <c r="AL3" s="9"/>
     </row>
     <row r="4" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="9"/>
-      <c r="B4" s="89"/>
-[...34 lines deleted...]
-      <c r="AK4" s="118"/>
+      <c r="B4" s="150"/>
+      <c r="C4" s="151"/>
+      <c r="D4" s="151"/>
+      <c r="E4" s="151"/>
+      <c r="F4" s="152"/>
+      <c r="G4" s="159"/>
+      <c r="H4" s="160"/>
+      <c r="I4" s="160"/>
+      <c r="J4" s="160"/>
+      <c r="K4" s="160"/>
+      <c r="L4" s="160"/>
+      <c r="M4" s="160"/>
+      <c r="N4" s="160"/>
+      <c r="O4" s="161"/>
+      <c r="P4" s="168"/>
+      <c r="Q4" s="169"/>
+      <c r="R4" s="169"/>
+      <c r="S4" s="169"/>
+      <c r="T4" s="169"/>
+      <c r="U4" s="169"/>
+      <c r="V4" s="169"/>
+      <c r="W4" s="169"/>
+      <c r="X4" s="170"/>
+      <c r="Y4" s="177"/>
+      <c r="Z4" s="178"/>
+      <c r="AA4" s="178"/>
+      <c r="AB4" s="178"/>
+      <c r="AC4" s="178"/>
+      <c r="AD4" s="178"/>
+      <c r="AE4" s="178"/>
+      <c r="AF4" s="178"/>
+      <c r="AG4" s="178"/>
+      <c r="AH4" s="178"/>
+      <c r="AI4" s="178"/>
+      <c r="AJ4" s="178"/>
+      <c r="AK4" s="179"/>
       <c r="AL4" s="9"/>
     </row>
     <row r="5" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9"/>
-      <c r="B5" s="92"/>
-[...34 lines deleted...]
-      <c r="AK5" s="121"/>
+      <c r="B5" s="153"/>
+      <c r="C5" s="154"/>
+      <c r="D5" s="154"/>
+      <c r="E5" s="154"/>
+      <c r="F5" s="155"/>
+      <c r="G5" s="162"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+      <c r="J5" s="163"/>
+      <c r="K5" s="163"/>
+      <c r="L5" s="163"/>
+      <c r="M5" s="163"/>
+      <c r="N5" s="163"/>
+      <c r="O5" s="164"/>
+      <c r="P5" s="171"/>
+      <c r="Q5" s="172"/>
+      <c r="R5" s="172"/>
+      <c r="S5" s="172"/>
+      <c r="T5" s="172"/>
+      <c r="U5" s="172"/>
+      <c r="V5" s="172"/>
+      <c r="W5" s="172"/>
+      <c r="X5" s="173"/>
+      <c r="Y5" s="180"/>
+      <c r="Z5" s="181"/>
+      <c r="AA5" s="181"/>
+      <c r="AB5" s="181"/>
+      <c r="AC5" s="181"/>
+      <c r="AD5" s="181"/>
+      <c r="AE5" s="181"/>
+      <c r="AF5" s="181"/>
+      <c r="AG5" s="181"/>
+      <c r="AH5" s="181"/>
+      <c r="AI5" s="181"/>
+      <c r="AJ5" s="181"/>
+      <c r="AK5" s="182"/>
       <c r="AL5" s="9"/>
     </row>
     <row r="6" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="9"/>
     </row>
     <row r="7" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9"/>
-      <c r="B7" s="122" t="s">
+      <c r="B7" s="107" t="s">
         <v>88</v>
       </c>
-      <c r="C7" s="122"/>
-[...13 lines deleted...]
-      <c r="Q7" s="127" t="s">
+      <c r="C7" s="107"/>
+      <c r="D7" s="107"/>
+      <c r="E7" s="183"/>
+      <c r="F7" s="184"/>
+      <c r="G7" s="109"/>
+      <c r="H7" s="109"/>
+      <c r="I7" s="109"/>
+      <c r="J7" s="109"/>
+      <c r="K7" s="109"/>
+      <c r="L7" s="109"/>
+      <c r="M7" s="109"/>
+      <c r="N7" s="109"/>
+      <c r="O7" s="109"/>
+      <c r="P7" s="185"/>
+      <c r="Q7" s="186" t="s">
         <v>90</v>
       </c>
-      <c r="R7" s="128"/>
-[...7 lines deleted...]
-      <c r="Z7" s="132"/>
+      <c r="R7" s="187"/>
+      <c r="S7" s="187"/>
+      <c r="T7" s="188"/>
+      <c r="U7" s="189"/>
+      <c r="V7" s="190"/>
+      <c r="W7" s="190"/>
+      <c r="X7" s="190"/>
+      <c r="Y7" s="190"/>
+      <c r="Z7" s="191"/>
       <c r="AA7" s="9"/>
-      <c r="AB7" s="128" t="s">
+      <c r="AB7" s="187" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="128"/>
-[...7 lines deleted...]
-      <c r="AK7" s="132"/>
+      <c r="AC7" s="187"/>
+      <c r="AD7" s="187"/>
+      <c r="AE7" s="188"/>
+      <c r="AF7" s="189"/>
+      <c r="AG7" s="190"/>
+      <c r="AH7" s="190"/>
+      <c r="AI7" s="190"/>
+      <c r="AJ7" s="190"/>
+      <c r="AK7" s="191"/>
       <c r="AL7" s="9"/>
     </row>
     <row r="8" spans="1:38" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="9"/>
       <c r="AA8" s="9"/>
       <c r="AB8" s="9"/>
       <c r="AC8" s="9"/>
       <c r="AD8" s="9"/>
       <c r="AE8" s="9"/>
       <c r="AF8" s="9"/>
       <c r="AG8" s="9"/>
       <c r="AH8" s="9"/>
       <c r="AI8" s="9"/>
       <c r="AJ8" s="9"/>
       <c r="AK8" s="9"/>
       <c r="AL8" s="9"/>
     </row>
     <row r="9" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="9"/>
       <c r="B9" s="16" t="s">
         <v>89</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="16"/>
       <c r="E9" s="9"/>
-      <c r="F9" s="124"/>
-[...30 lines deleted...]
-      <c r="AK9" s="126"/>
+      <c r="F9" s="184"/>
+      <c r="G9" s="109"/>
+      <c r="H9" s="109"/>
+      <c r="I9" s="109"/>
+      <c r="J9" s="109"/>
+      <c r="K9" s="109"/>
+      <c r="L9" s="109"/>
+      <c r="M9" s="109"/>
+      <c r="N9" s="109"/>
+      <c r="O9" s="109"/>
+      <c r="P9" s="109"/>
+      <c r="Q9" s="109"/>
+      <c r="R9" s="109"/>
+      <c r="S9" s="109"/>
+      <c r="T9" s="109"/>
+      <c r="U9" s="109"/>
+      <c r="V9" s="109"/>
+      <c r="W9" s="109"/>
+      <c r="X9" s="109"/>
+      <c r="Y9" s="109"/>
+      <c r="Z9" s="109"/>
+      <c r="AA9" s="109"/>
+      <c r="AB9" s="109"/>
+      <c r="AC9" s="109"/>
+      <c r="AD9" s="109"/>
+      <c r="AE9" s="109"/>
+      <c r="AF9" s="109"/>
+      <c r="AG9" s="109"/>
+      <c r="AH9" s="109"/>
+      <c r="AI9" s="109"/>
+      <c r="AJ9" s="109"/>
+      <c r="AK9" s="185"/>
       <c r="AL9" s="9"/>
     </row>
     <row r="10" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -10833,94 +10833,94 @@
       <c r="AA11" s="9"/>
       <c r="AB11" s="9"/>
       <c r="AC11" s="9"/>
       <c r="AD11" s="9"/>
       <c r="AE11" s="9"/>
       <c r="AF11" s="9"/>
       <c r="AG11" s="9"/>
       <c r="AH11" s="9"/>
       <c r="AI11" s="9"/>
       <c r="AJ11" s="9"/>
       <c r="AK11" s="9"/>
       <c r="AL11" s="9"/>
     </row>
     <row r="12" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="9"/>
       <c r="B12" s="17" t="s">
         <v>92</v>
       </c>
       <c r="C12" s="17"/>
       <c r="D12" s="17"/>
       <c r="E12" s="17"/>
       <c r="F12" s="17"/>
       <c r="G12" s="17"/>
       <c r="H12" s="17"/>
       <c r="I12" s="17"/>
-      <c r="J12" s="133"/>
-[...26 lines deleted...]
-      <c r="AK12" s="133"/>
+      <c r="J12" s="142"/>
+      <c r="K12" s="142"/>
+      <c r="L12" s="142"/>
+      <c r="M12" s="142"/>
+      <c r="N12" s="142"/>
+      <c r="O12" s="142"/>
+      <c r="P12" s="142"/>
+      <c r="Q12" s="142"/>
+      <c r="R12" s="142"/>
+      <c r="S12" s="142"/>
+      <c r="T12" s="142"/>
+      <c r="U12" s="142"/>
+      <c r="V12" s="142"/>
+      <c r="W12" s="142"/>
+      <c r="X12" s="142"/>
+      <c r="Y12" s="142"/>
+      <c r="Z12" s="142"/>
+      <c r="AA12" s="142"/>
+      <c r="AB12" s="142"/>
+      <c r="AC12" s="142"/>
+      <c r="AD12" s="142"/>
+      <c r="AE12" s="142"/>
+      <c r="AF12" s="142"/>
+      <c r="AG12" s="142"/>
+      <c r="AH12" s="142"/>
+      <c r="AI12" s="142"/>
+      <c r="AJ12" s="142"/>
+      <c r="AK12" s="142"/>
       <c r="AL12" s="9"/>
     </row>
     <row r="13" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9"/>
       <c r="B13" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17"/>
       <c r="E13" s="17"/>
       <c r="F13" s="17"/>
       <c r="G13" s="17"/>
       <c r="H13" s="17"/>
       <c r="I13" s="17"/>
-      <c r="J13" s="85"/>
-      <c r="K13" s="85"/>
+      <c r="J13" s="146"/>
+      <c r="K13" s="146"/>
       <c r="L13" s="17" t="s">
         <v>7</v>
       </c>
       <c r="M13" s="17"/>
       <c r="N13" s="17"/>
       <c r="O13" s="17"/>
       <c r="P13" s="17"/>
       <c r="Q13" s="17"/>
       <c r="R13" s="17"/>
       <c r="S13" s="17"/>
       <c r="T13" s="17"/>
       <c r="U13" s="17"/>
       <c r="V13" s="17"/>
       <c r="W13" s="17"/>
       <c r="X13" s="17"/>
       <c r="Y13" s="17"/>
       <c r="Z13" s="17"/>
       <c r="AA13" s="17"/>
       <c r="AB13" s="17"/>
       <c r="AC13" s="17"/>
       <c r="AD13" s="17"/>
       <c r="AE13" s="17"/>
       <c r="AF13" s="17"/>
       <c r="AG13" s="17"/>
       <c r="AH13" s="17"/>
@@ -11045,51 +11045,51 @@
       <c r="AA16" s="17"/>
       <c r="AB16" s="17"/>
       <c r="AC16" s="17"/>
       <c r="AD16" s="17"/>
       <c r="AE16" s="17"/>
       <c r="AF16" s="17"/>
       <c r="AG16" s="17"/>
       <c r="AH16" s="17"/>
       <c r="AI16" s="17"/>
       <c r="AJ16" s="17"/>
       <c r="AK16" s="17"/>
       <c r="AL16" s="9"/>
     </row>
     <row r="17" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="9"/>
       <c r="B17" s="17"/>
       <c r="C17" s="17"/>
       <c r="D17" s="17"/>
       <c r="E17" s="17"/>
       <c r="F17" s="17"/>
       <c r="G17" s="17"/>
       <c r="H17" s="17"/>
       <c r="I17" s="17"/>
       <c r="J17" s="17"/>
       <c r="K17" s="17" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L17" s="17"/>
       <c r="M17" s="17"/>
       <c r="N17" s="17"/>
       <c r="O17" s="17"/>
       <c r="P17" s="17"/>
       <c r="Q17" s="17"/>
       <c r="R17" s="17"/>
       <c r="S17" s="17"/>
       <c r="T17" s="17"/>
       <c r="U17" s="17"/>
       <c r="V17" s="17"/>
       <c r="W17" s="17"/>
       <c r="X17" s="17"/>
       <c r="Y17" s="17"/>
       <c r="Z17" s="17"/>
       <c r="AA17" s="17"/>
       <c r="AB17" s="17"/>
       <c r="AC17" s="17"/>
       <c r="AD17" s="17"/>
       <c r="AE17" s="17"/>
       <c r="AF17" s="17"/>
       <c r="AG17" s="17"/>
       <c r="AH17" s="17"/>
       <c r="AI17" s="17"/>
@@ -11172,571 +11172,571 @@
       <c r="AB19" s="11"/>
       <c r="AC19" s="17"/>
       <c r="AD19" s="17"/>
       <c r="AE19" s="17"/>
       <c r="AF19" s="17"/>
       <c r="AG19" s="17"/>
       <c r="AH19" s="17"/>
       <c r="AI19" s="17"/>
       <c r="AJ19" s="17"/>
       <c r="AK19" s="17"/>
       <c r="AL19" s="9"/>
     </row>
     <row r="20" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="9"/>
       <c r="B20" s="17"/>
       <c r="C20" s="17"/>
       <c r="D20" s="17"/>
       <c r="E20" s="17"/>
       <c r="F20" s="17"/>
       <c r="G20" s="17"/>
       <c r="H20" s="17"/>
       <c r="I20" s="17"/>
       <c r="J20" s="17"/>
       <c r="K20" s="17"/>
       <c r="L20" s="17" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="M20" s="17"/>
       <c r="N20" s="17"/>
       <c r="O20" s="17"/>
       <c r="P20" s="17"/>
       <c r="Q20" s="17"/>
       <c r="R20" s="17"/>
       <c r="S20" s="17"/>
       <c r="T20" s="17"/>
-      <c r="U20" s="135"/>
-[...15 lines deleted...]
-      <c r="AK20" s="135"/>
+      <c r="U20" s="141"/>
+      <c r="V20" s="141"/>
+      <c r="W20" s="141"/>
+      <c r="X20" s="141"/>
+      <c r="Y20" s="141"/>
+      <c r="Z20" s="141"/>
+      <c r="AA20" s="141"/>
+      <c r="AB20" s="141"/>
+      <c r="AC20" s="141"/>
+      <c r="AD20" s="141"/>
+      <c r="AE20" s="141"/>
+      <c r="AF20" s="141"/>
+      <c r="AG20" s="141"/>
+      <c r="AH20" s="141"/>
+      <c r="AI20" s="141"/>
+      <c r="AJ20" s="141"/>
+      <c r="AK20" s="141"/>
       <c r="AL20" s="9"/>
     </row>
     <row r="21" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="9"/>
       <c r="B21" s="17"/>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="17"/>
       <c r="J21" s="17"/>
       <c r="K21" s="17" t="s">
         <v>99</v>
       </c>
       <c r="L21" s="17"/>
       <c r="M21" s="17"/>
       <c r="N21" s="17"/>
       <c r="O21" s="17"/>
       <c r="P21" s="17"/>
       <c r="Q21" s="17"/>
       <c r="R21" s="17"/>
       <c r="S21" s="17"/>
       <c r="T21" s="17"/>
-      <c r="U21" s="135"/>
-[...15 lines deleted...]
-      <c r="AK21" s="135"/>
+      <c r="U21" s="141"/>
+      <c r="V21" s="141"/>
+      <c r="W21" s="141"/>
+      <c r="X21" s="141"/>
+      <c r="Y21" s="141"/>
+      <c r="Z21" s="141"/>
+      <c r="AA21" s="141"/>
+      <c r="AB21" s="141"/>
+      <c r="AC21" s="141"/>
+      <c r="AD21" s="141"/>
+      <c r="AE21" s="141"/>
+      <c r="AF21" s="141"/>
+      <c r="AG21" s="141"/>
+      <c r="AH21" s="141"/>
+      <c r="AI21" s="141"/>
+      <c r="AJ21" s="141"/>
+      <c r="AK21" s="141"/>
       <c r="AL21" s="9"/>
     </row>
     <row r="22" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="9"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="17"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
-      <c r="T22" s="133"/>
-[...16 lines deleted...]
-      <c r="AK22" s="133"/>
+      <c r="T22" s="142"/>
+      <c r="U22" s="142"/>
+      <c r="V22" s="142"/>
+      <c r="W22" s="142"/>
+      <c r="X22" s="142"/>
+      <c r="Y22" s="142"/>
+      <c r="Z22" s="142"/>
+      <c r="AA22" s="142"/>
+      <c r="AB22" s="142"/>
+      <c r="AC22" s="142"/>
+      <c r="AD22" s="142"/>
+      <c r="AE22" s="142"/>
+      <c r="AF22" s="142"/>
+      <c r="AG22" s="142"/>
+      <c r="AH22" s="142"/>
+      <c r="AI22" s="142"/>
+      <c r="AJ22" s="142"/>
+      <c r="AK22" s="142"/>
       <c r="AL22" s="9"/>
     </row>
     <row r="23" spans="1:38" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
       <c r="O23" s="10"/>
       <c r="P23" s="10"/>
       <c r="Q23" s="10"/>
       <c r="R23" s="10"/>
       <c r="S23" s="10"/>
       <c r="T23" s="10"/>
       <c r="U23" s="10"/>
       <c r="V23" s="10"/>
       <c r="W23" s="10"/>
       <c r="X23" s="10"/>
       <c r="Y23" s="10"/>
       <c r="Z23" s="10"/>
       <c r="AA23" s="10"/>
       <c r="AB23" s="10"/>
       <c r="AC23" s="10"/>
       <c r="AD23" s="10"/>
       <c r="AE23" s="10"/>
       <c r="AF23" s="10"/>
       <c r="AG23" s="10"/>
       <c r="AH23" s="10"/>
       <c r="AI23" s="10"/>
       <c r="AJ23" s="10"/>
       <c r="AK23" s="10"/>
       <c r="AL23" s="9"/>
     </row>
     <row r="24" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="9"/>
       <c r="B24" s="7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
       <c r="S24" s="17"/>
       <c r="T24" s="17"/>
       <c r="U24" s="17"/>
       <c r="V24" s="17"/>
       <c r="W24" s="17"/>
       <c r="X24" s="17"/>
       <c r="Y24" s="17"/>
       <c r="Z24" s="17"/>
       <c r="AA24" s="17"/>
       <c r="AB24" s="17"/>
       <c r="AC24" s="17"/>
       <c r="AD24" s="17"/>
       <c r="AE24" s="17"/>
       <c r="AF24" s="17"/>
       <c r="AG24" s="17"/>
       <c r="AH24" s="17"/>
       <c r="AI24" s="17"/>
       <c r="AJ24" s="17"/>
       <c r="AK24" s="17"/>
       <c r="AL24" s="9"/>
     </row>
     <row r="25" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="9"/>
       <c r="B25" s="17" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C25" s="17"/>
       <c r="D25" s="17"/>
       <c r="E25" s="17"/>
       <c r="F25" s="17"/>
       <c r="G25" s="17"/>
       <c r="H25" s="17"/>
       <c r="I25" s="17"/>
-      <c r="J25" s="194" t="s">
-[...28 lines deleted...]
-      <c r="AK25" s="194"/>
+      <c r="J25" s="192" t="s">
+        <v>116</v>
+      </c>
+      <c r="K25" s="192"/>
+      <c r="L25" s="192"/>
+      <c r="M25" s="192"/>
+      <c r="N25" s="192"/>
+      <c r="O25" s="192"/>
+      <c r="P25" s="192"/>
+      <c r="Q25" s="192"/>
+      <c r="R25" s="192"/>
+      <c r="S25" s="192"/>
+      <c r="T25" s="192"/>
+      <c r="U25" s="192"/>
+      <c r="V25" s="192"/>
+      <c r="W25" s="192"/>
+      <c r="X25" s="192"/>
+      <c r="Y25" s="192"/>
+      <c r="Z25" s="192"/>
+      <c r="AA25" s="192"/>
+      <c r="AB25" s="192"/>
+      <c r="AC25" s="192"/>
+      <c r="AD25" s="192"/>
+      <c r="AE25" s="192"/>
+      <c r="AF25" s="192"/>
+      <c r="AG25" s="192"/>
+      <c r="AH25" s="192"/>
+      <c r="AI25" s="192"/>
+      <c r="AJ25" s="192"/>
+      <c r="AK25" s="192"/>
       <c r="AL25" s="9"/>
     </row>
     <row r="26" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="9"/>
       <c r="B26" s="17"/>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
       <c r="E26" s="17"/>
       <c r="F26" s="17"/>
       <c r="G26" s="17"/>
       <c r="H26" s="17"/>
       <c r="I26" s="17"/>
-      <c r="J26" s="194"/>
-[...26 lines deleted...]
-      <c r="AK26" s="194"/>
+      <c r="J26" s="192"/>
+      <c r="K26" s="192"/>
+      <c r="L26" s="192"/>
+      <c r="M26" s="192"/>
+      <c r="N26" s="192"/>
+      <c r="O26" s="192"/>
+      <c r="P26" s="192"/>
+      <c r="Q26" s="192"/>
+      <c r="R26" s="192"/>
+      <c r="S26" s="192"/>
+      <c r="T26" s="192"/>
+      <c r="U26" s="192"/>
+      <c r="V26" s="192"/>
+      <c r="W26" s="192"/>
+      <c r="X26" s="192"/>
+      <c r="Y26" s="192"/>
+      <c r="Z26" s="192"/>
+      <c r="AA26" s="192"/>
+      <c r="AB26" s="192"/>
+      <c r="AC26" s="192"/>
+      <c r="AD26" s="192"/>
+      <c r="AE26" s="192"/>
+      <c r="AF26" s="192"/>
+      <c r="AG26" s="192"/>
+      <c r="AH26" s="192"/>
+      <c r="AI26" s="192"/>
+      <c r="AJ26" s="192"/>
+      <c r="AK26" s="192"/>
       <c r="AL26" s="9"/>
     </row>
     <row r="27" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="9"/>
       <c r="B27" s="17"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="17"/>
-      <c r="J27" s="133"/>
-[...26 lines deleted...]
-      <c r="AK27" s="133"/>
+      <c r="J27" s="142"/>
+      <c r="K27" s="142"/>
+      <c r="L27" s="142"/>
+      <c r="M27" s="142"/>
+      <c r="N27" s="142"/>
+      <c r="O27" s="142"/>
+      <c r="P27" s="142"/>
+      <c r="Q27" s="142"/>
+      <c r="R27" s="142"/>
+      <c r="S27" s="142"/>
+      <c r="T27" s="142"/>
+      <c r="U27" s="142"/>
+      <c r="V27" s="142"/>
+      <c r="W27" s="142"/>
+      <c r="X27" s="142"/>
+      <c r="Y27" s="142"/>
+      <c r="Z27" s="142"/>
+      <c r="AA27" s="142"/>
+      <c r="AB27" s="142"/>
+      <c r="AC27" s="142"/>
+      <c r="AD27" s="142"/>
+      <c r="AE27" s="142"/>
+      <c r="AF27" s="142"/>
+      <c r="AG27" s="142"/>
+      <c r="AH27" s="142"/>
+      <c r="AI27" s="142"/>
+      <c r="AJ27" s="142"/>
+      <c r="AK27" s="142"/>
       <c r="AL27" s="9"/>
     </row>
     <row r="28" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="9"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="17"/>
       <c r="I28" s="17"/>
-      <c r="J28" s="133"/>
-[...26 lines deleted...]
-      <c r="AK28" s="133"/>
+      <c r="J28" s="142"/>
+      <c r="K28" s="142"/>
+      <c r="L28" s="142"/>
+      <c r="M28" s="142"/>
+      <c r="N28" s="142"/>
+      <c r="O28" s="142"/>
+      <c r="P28" s="142"/>
+      <c r="Q28" s="142"/>
+      <c r="R28" s="142"/>
+      <c r="S28" s="142"/>
+      <c r="T28" s="142"/>
+      <c r="U28" s="142"/>
+      <c r="V28" s="142"/>
+      <c r="W28" s="142"/>
+      <c r="X28" s="142"/>
+      <c r="Y28" s="142"/>
+      <c r="Z28" s="142"/>
+      <c r="AA28" s="142"/>
+      <c r="AB28" s="142"/>
+      <c r="AC28" s="142"/>
+      <c r="AD28" s="142"/>
+      <c r="AE28" s="142"/>
+      <c r="AF28" s="142"/>
+      <c r="AG28" s="142"/>
+      <c r="AH28" s="142"/>
+      <c r="AI28" s="142"/>
+      <c r="AJ28" s="142"/>
+      <c r="AK28" s="142"/>
       <c r="AL28" s="9"/>
     </row>
     <row r="29" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="9"/>
       <c r="B29" s="17"/>
       <c r="C29" s="17"/>
       <c r="D29" s="17"/>
       <c r="E29" s="17"/>
       <c r="F29" s="17"/>
       <c r="G29" s="17"/>
       <c r="H29" s="17"/>
       <c r="I29" s="17"/>
       <c r="J29" s="17"/>
       <c r="K29" s="17"/>
       <c r="L29" s="17"/>
       <c r="M29" s="17"/>
       <c r="N29" s="17"/>
       <c r="O29" s="17"/>
       <c r="P29" s="17"/>
       <c r="Q29" s="17"/>
       <c r="R29" s="17"/>
-      <c r="S29" s="136"/>
-      <c r="T29" s="136"/>
+      <c r="S29" s="143"/>
+      <c r="T29" s="143"/>
       <c r="U29" s="11"/>
       <c r="V29" s="11"/>
       <c r="W29" s="11"/>
       <c r="X29" s="17"/>
       <c r="Y29" s="17"/>
       <c r="Z29" s="17"/>
       <c r="AA29" s="17"/>
       <c r="AB29" s="17"/>
       <c r="AC29" s="17"/>
       <c r="AD29" s="17"/>
-      <c r="AE29" s="137"/>
-      <c r="AF29" s="137"/>
+      <c r="AE29" s="144"/>
+      <c r="AF29" s="144"/>
       <c r="AG29" s="17"/>
       <c r="AH29" s="17"/>
       <c r="AI29" s="17"/>
       <c r="AJ29" s="17"/>
       <c r="AK29" s="17"/>
       <c r="AL29" s="9"/>
     </row>
     <row r="30" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="9"/>
       <c r="B30" s="17" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17"/>
       <c r="E30" s="17"/>
       <c r="F30" s="17"/>
       <c r="G30" s="17"/>
       <c r="H30" s="17"/>
       <c r="I30" s="17"/>
       <c r="J30" s="17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="K30" s="17"/>
       <c r="L30" s="17"/>
       <c r="M30" s="17"/>
       <c r="N30" s="17"/>
       <c r="O30" s="17"/>
       <c r="P30" s="17"/>
       <c r="Q30" s="17"/>
       <c r="R30" s="17"/>
       <c r="S30" s="17"/>
       <c r="T30" s="17"/>
       <c r="U30" s="11"/>
       <c r="V30" s="11"/>
       <c r="W30" s="11"/>
       <c r="X30" s="17"/>
       <c r="Y30" s="17"/>
       <c r="Z30" s="17"/>
       <c r="AA30" s="17"/>
       <c r="AB30" s="17"/>
       <c r="AC30" s="17"/>
       <c r="AD30" s="17"/>
       <c r="AE30" s="11"/>
       <c r="AF30" s="11"/>
       <c r="AG30" s="17"/>
       <c r="AH30" s="17"/>
       <c r="AI30" s="17"/>
       <c r="AJ30" s="17"/>
       <c r="AK30" s="17"/>
       <c r="AL30" s="9"/>
     </row>
     <row r="31" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="9"/>
       <c r="B31" s="17"/>
       <c r="C31" s="17"/>
       <c r="D31" s="17"/>
       <c r="E31" s="17"/>
       <c r="F31" s="17"/>
       <c r="G31" s="17"/>
       <c r="H31" s="17"/>
       <c r="I31" s="17"/>
-      <c r="J31" s="133"/>
-[...26 lines deleted...]
-      <c r="AK31" s="133"/>
+      <c r="J31" s="142"/>
+      <c r="K31" s="142"/>
+      <c r="L31" s="142"/>
+      <c r="M31" s="142"/>
+      <c r="N31" s="142"/>
+      <c r="O31" s="142"/>
+      <c r="P31" s="142"/>
+      <c r="Q31" s="142"/>
+      <c r="R31" s="142"/>
+      <c r="S31" s="142"/>
+      <c r="T31" s="142"/>
+      <c r="U31" s="142"/>
+      <c r="V31" s="142"/>
+      <c r="W31" s="142"/>
+      <c r="X31" s="142"/>
+      <c r="Y31" s="142"/>
+      <c r="Z31" s="142"/>
+      <c r="AA31" s="142"/>
+      <c r="AB31" s="142"/>
+      <c r="AC31" s="142"/>
+      <c r="AD31" s="142"/>
+      <c r="AE31" s="142"/>
+      <c r="AF31" s="142"/>
+      <c r="AG31" s="142"/>
+      <c r="AH31" s="142"/>
+      <c r="AI31" s="142"/>
+      <c r="AJ31" s="142"/>
+      <c r="AK31" s="142"/>
       <c r="AL31" s="9"/>
     </row>
     <row r="32" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9"/>
       <c r="B32" s="17"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
-      <c r="J32" s="133"/>
-[...26 lines deleted...]
-      <c r="AK32" s="133"/>
+      <c r="J32" s="142"/>
+      <c r="K32" s="142"/>
+      <c r="L32" s="142"/>
+      <c r="M32" s="142"/>
+      <c r="N32" s="142"/>
+      <c r="O32" s="142"/>
+      <c r="P32" s="142"/>
+      <c r="Q32" s="142"/>
+      <c r="R32" s="142"/>
+      <c r="S32" s="142"/>
+      <c r="T32" s="142"/>
+      <c r="U32" s="142"/>
+      <c r="V32" s="142"/>
+      <c r="W32" s="142"/>
+      <c r="X32" s="142"/>
+      <c r="Y32" s="142"/>
+      <c r="Z32" s="142"/>
+      <c r="AA32" s="142"/>
+      <c r="AB32" s="142"/>
+      <c r="AC32" s="142"/>
+      <c r="AD32" s="142"/>
+      <c r="AE32" s="142"/>
+      <c r="AF32" s="142"/>
+      <c r="AG32" s="142"/>
+      <c r="AH32" s="142"/>
+      <c r="AI32" s="142"/>
+      <c r="AJ32" s="142"/>
+      <c r="AK32" s="142"/>
       <c r="AL32" s="9"/>
     </row>
     <row r="33" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9"/>
       <c r="B33" s="17"/>
       <c r="C33" s="17"/>
       <c r="D33" s="17"/>
       <c r="E33" s="17"/>
       <c r="F33" s="17"/>
       <c r="G33" s="17"/>
       <c r="H33" s="17"/>
       <c r="I33" s="17"/>
       <c r="J33" s="17"/>
       <c r="K33" s="17"/>
       <c r="L33" s="17"/>
       <c r="M33" s="17"/>
       <c r="N33" s="17"/>
       <c r="O33" s="17"/>
       <c r="P33" s="17"/>
       <c r="Q33" s="17"/>
       <c r="R33" s="17"/>
       <c r="S33" s="17"/>
       <c r="T33" s="17"/>
       <c r="U33" s="11"/>
       <c r="V33" s="11"/>
@@ -11779,415 +11779,415 @@
       <c r="R34" s="11"/>
       <c r="S34" s="11"/>
       <c r="T34" s="11"/>
       <c r="U34" s="11"/>
       <c r="V34" s="11"/>
       <c r="W34" s="11"/>
       <c r="X34" s="11"/>
       <c r="Y34" s="11"/>
       <c r="Z34" s="11"/>
       <c r="AA34" s="11"/>
       <c r="AB34" s="11"/>
       <c r="AC34" s="11"/>
       <c r="AD34" s="11"/>
       <c r="AE34" s="11"/>
       <c r="AF34" s="11"/>
       <c r="AG34" s="11"/>
       <c r="AH34" s="11"/>
       <c r="AI34" s="11"/>
       <c r="AJ34" s="11"/>
       <c r="AK34" s="11"/>
       <c r="AL34" s="9"/>
     </row>
     <row r="35" spans="1:48" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="B35" s="17" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C35" s="17"/>
       <c r="D35" s="17"/>
       <c r="E35" s="17"/>
       <c r="F35" s="17"/>
       <c r="G35" s="17"/>
       <c r="H35" s="17"/>
       <c r="I35" s="17"/>
       <c r="J35" s="19"/>
       <c r="K35" s="19"/>
       <c r="L35" s="19"/>
       <c r="M35" s="19"/>
       <c r="N35" s="19"/>
       <c r="O35" s="19"/>
       <c r="P35" s="19"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="2"/>
       <c r="S35" s="2" t="s">
         <v>101</v>
       </c>
       <c r="T35" s="11"/>
-      <c r="U35" s="138"/>
-[...15 lines deleted...]
-      <c r="AK35" s="138"/>
+      <c r="U35" s="145"/>
+      <c r="V35" s="145"/>
+      <c r="W35" s="145"/>
+      <c r="X35" s="145"/>
+      <c r="Y35" s="145"/>
+      <c r="Z35" s="145"/>
+      <c r="AA35" s="145"/>
+      <c r="AB35" s="145"/>
+      <c r="AC35" s="145"/>
+      <c r="AD35" s="145"/>
+      <c r="AE35" s="145"/>
+      <c r="AF35" s="145"/>
+      <c r="AG35" s="145"/>
+      <c r="AH35" s="145"/>
+      <c r="AI35" s="145"/>
+      <c r="AJ35" s="145"/>
+      <c r="AK35" s="145"/>
       <c r="AL35" s="9"/>
       <c r="AN35" s="20">
         <v>0</v>
       </c>
       <c r="AV35" s="20"/>
     </row>
     <row r="36" spans="1:48" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="9"/>
       <c r="B36" s="10"/>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="10"/>
       <c r="F36" s="10"/>
       <c r="G36" s="10"/>
       <c r="H36" s="10"/>
       <c r="I36" s="10"/>
       <c r="J36" s="10"/>
       <c r="K36" s="10"/>
       <c r="L36" s="10"/>
       <c r="M36" s="10"/>
       <c r="N36" s="10"/>
       <c r="O36" s="10"/>
       <c r="P36" s="10"/>
       <c r="Q36" s="10"/>
       <c r="R36" s="10"/>
       <c r="S36" s="10"/>
       <c r="T36" s="10"/>
       <c r="U36" s="13"/>
       <c r="V36" s="13"/>
       <c r="W36" s="13"/>
       <c r="X36" s="10"/>
       <c r="Y36" s="10"/>
       <c r="Z36" s="10"/>
       <c r="AA36" s="10"/>
       <c r="AB36" s="14"/>
       <c r="AC36" s="10"/>
       <c r="AD36" s="10"/>
       <c r="AE36" s="10"/>
       <c r="AF36" s="10"/>
       <c r="AG36" s="10"/>
       <c r="AH36" s="10"/>
       <c r="AI36" s="10"/>
       <c r="AJ36" s="10"/>
       <c r="AK36" s="10"/>
       <c r="AL36" s="9"/>
     </row>
     <row r="37" spans="1:48" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="9"/>
-      <c r="B37" s="195" t="s">
+      <c r="B37" s="193" t="s">
         <v>102</v>
       </c>
-      <c r="C37" s="195"/>
-[...33 lines deleted...]
-      <c r="AK37" s="195"/>
+      <c r="C37" s="193"/>
+      <c r="D37" s="193"/>
+      <c r="E37" s="193"/>
+      <c r="F37" s="193"/>
+      <c r="G37" s="193"/>
+      <c r="H37" s="193"/>
+      <c r="I37" s="193"/>
+      <c r="J37" s="193"/>
+      <c r="K37" s="193"/>
+      <c r="L37" s="193"/>
+      <c r="M37" s="193"/>
+      <c r="N37" s="193"/>
+      <c r="O37" s="193"/>
+      <c r="P37" s="193"/>
+      <c r="Q37" s="193"/>
+      <c r="R37" s="193"/>
+      <c r="S37" s="193"/>
+      <c r="T37" s="193"/>
+      <c r="U37" s="193"/>
+      <c r="V37" s="193"/>
+      <c r="W37" s="193"/>
+      <c r="X37" s="193"/>
+      <c r="Y37" s="193"/>
+      <c r="Z37" s="193"/>
+      <c r="AA37" s="193"/>
+      <c r="AB37" s="193"/>
+      <c r="AC37" s="193"/>
+      <c r="AD37" s="193"/>
+      <c r="AE37" s="193"/>
+      <c r="AF37" s="193"/>
+      <c r="AG37" s="193"/>
+      <c r="AH37" s="193"/>
+      <c r="AI37" s="193"/>
+      <c r="AJ37" s="193"/>
+      <c r="AK37" s="193"/>
       <c r="AL37" s="9"/>
     </row>
     <row r="38" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="9"/>
-      <c r="B38" s="139"/>
-[...34 lines deleted...]
-      <c r="AK38" s="141"/>
+      <c r="B38" s="85"/>
+      <c r="C38" s="86"/>
+      <c r="D38" s="86"/>
+      <c r="E38" s="86"/>
+      <c r="F38" s="86"/>
+      <c r="G38" s="86"/>
+      <c r="H38" s="86"/>
+      <c r="I38" s="86"/>
+      <c r="J38" s="86"/>
+      <c r="K38" s="86"/>
+      <c r="L38" s="86"/>
+      <c r="M38" s="86"/>
+      <c r="N38" s="86"/>
+      <c r="O38" s="86"/>
+      <c r="P38" s="86"/>
+      <c r="Q38" s="86"/>
+      <c r="R38" s="86"/>
+      <c r="S38" s="86"/>
+      <c r="T38" s="86"/>
+      <c r="U38" s="86"/>
+      <c r="V38" s="86"/>
+      <c r="W38" s="86"/>
+      <c r="X38" s="86"/>
+      <c r="Y38" s="86"/>
+      <c r="Z38" s="86"/>
+      <c r="AA38" s="86"/>
+      <c r="AB38" s="86"/>
+      <c r="AC38" s="86"/>
+      <c r="AD38" s="86"/>
+      <c r="AE38" s="86"/>
+      <c r="AF38" s="86"/>
+      <c r="AG38" s="86"/>
+      <c r="AH38" s="86"/>
+      <c r="AI38" s="86"/>
+      <c r="AJ38" s="86"/>
+      <c r="AK38" s="87"/>
       <c r="AL38" s="9"/>
     </row>
     <row r="39" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="9"/>
-      <c r="B39" s="142"/>
-[...34 lines deleted...]
-      <c r="AK39" s="144"/>
+      <c r="B39" s="88"/>
+      <c r="C39" s="89"/>
+      <c r="D39" s="89"/>
+      <c r="E39" s="89"/>
+      <c r="F39" s="89"/>
+      <c r="G39" s="89"/>
+      <c r="H39" s="89"/>
+      <c r="I39" s="89"/>
+      <c r="J39" s="89"/>
+      <c r="K39" s="89"/>
+      <c r="L39" s="89"/>
+      <c r="M39" s="89"/>
+      <c r="N39" s="89"/>
+      <c r="O39" s="89"/>
+      <c r="P39" s="89"/>
+      <c r="Q39" s="89"/>
+      <c r="R39" s="89"/>
+      <c r="S39" s="89"/>
+      <c r="T39" s="89"/>
+      <c r="U39" s="89"/>
+      <c r="V39" s="89"/>
+      <c r="W39" s="89"/>
+      <c r="X39" s="89"/>
+      <c r="Y39" s="89"/>
+      <c r="Z39" s="89"/>
+      <c r="AA39" s="89"/>
+      <c r="AB39" s="89"/>
+      <c r="AC39" s="89"/>
+      <c r="AD39" s="89"/>
+      <c r="AE39" s="89"/>
+      <c r="AF39" s="89"/>
+      <c r="AG39" s="89"/>
+      <c r="AH39" s="89"/>
+      <c r="AI39" s="89"/>
+      <c r="AJ39" s="89"/>
+      <c r="AK39" s="90"/>
       <c r="AL39" s="9"/>
     </row>
     <row r="40" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="9"/>
-      <c r="B40" s="142"/>
-[...34 lines deleted...]
-      <c r="AK40" s="144"/>
+      <c r="B40" s="88"/>
+      <c r="C40" s="89"/>
+      <c r="D40" s="89"/>
+      <c r="E40" s="89"/>
+      <c r="F40" s="89"/>
+      <c r="G40" s="89"/>
+      <c r="H40" s="89"/>
+      <c r="I40" s="89"/>
+      <c r="J40" s="89"/>
+      <c r="K40" s="89"/>
+      <c r="L40" s="89"/>
+      <c r="M40" s="89"/>
+      <c r="N40" s="89"/>
+      <c r="O40" s="89"/>
+      <c r="P40" s="89"/>
+      <c r="Q40" s="89"/>
+      <c r="R40" s="89"/>
+      <c r="S40" s="89"/>
+      <c r="T40" s="89"/>
+      <c r="U40" s="89"/>
+      <c r="V40" s="89"/>
+      <c r="W40" s="89"/>
+      <c r="X40" s="89"/>
+      <c r="Y40" s="89"/>
+      <c r="Z40" s="89"/>
+      <c r="AA40" s="89"/>
+      <c r="AB40" s="89"/>
+      <c r="AC40" s="89"/>
+      <c r="AD40" s="89"/>
+      <c r="AE40" s="89"/>
+      <c r="AF40" s="89"/>
+      <c r="AG40" s="89"/>
+      <c r="AH40" s="89"/>
+      <c r="AI40" s="89"/>
+      <c r="AJ40" s="89"/>
+      <c r="AK40" s="90"/>
       <c r="AL40" s="9"/>
     </row>
     <row r="41" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="9"/>
-      <c r="B41" s="142"/>
-[...34 lines deleted...]
-      <c r="AK41" s="144"/>
+      <c r="B41" s="88"/>
+      <c r="C41" s="89"/>
+      <c r="D41" s="89"/>
+      <c r="E41" s="89"/>
+      <c r="F41" s="89"/>
+      <c r="G41" s="89"/>
+      <c r="H41" s="89"/>
+      <c r="I41" s="89"/>
+      <c r="J41" s="89"/>
+      <c r="K41" s="89"/>
+      <c r="L41" s="89"/>
+      <c r="M41" s="89"/>
+      <c r="N41" s="89"/>
+      <c r="O41" s="89"/>
+      <c r="P41" s="89"/>
+      <c r="Q41" s="89"/>
+      <c r="R41" s="89"/>
+      <c r="S41" s="89"/>
+      <c r="T41" s="89"/>
+      <c r="U41" s="89"/>
+      <c r="V41" s="89"/>
+      <c r="W41" s="89"/>
+      <c r="X41" s="89"/>
+      <c r="Y41" s="89"/>
+      <c r="Z41" s="89"/>
+      <c r="AA41" s="89"/>
+      <c r="AB41" s="89"/>
+      <c r="AC41" s="89"/>
+      <c r="AD41" s="89"/>
+      <c r="AE41" s="89"/>
+      <c r="AF41" s="89"/>
+      <c r="AG41" s="89"/>
+      <c r="AH41" s="89"/>
+      <c r="AI41" s="89"/>
+      <c r="AJ41" s="89"/>
+      <c r="AK41" s="90"/>
       <c r="AL41" s="9"/>
     </row>
     <row r="42" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="9"/>
-      <c r="B42" s="142"/>
-[...34 lines deleted...]
-      <c r="AK42" s="144"/>
+      <c r="B42" s="88"/>
+      <c r="C42" s="89"/>
+      <c r="D42" s="89"/>
+      <c r="E42" s="89"/>
+      <c r="F42" s="89"/>
+      <c r="G42" s="89"/>
+      <c r="H42" s="89"/>
+      <c r="I42" s="89"/>
+      <c r="J42" s="89"/>
+      <c r="K42" s="89"/>
+      <c r="L42" s="89"/>
+      <c r="M42" s="89"/>
+      <c r="N42" s="89"/>
+      <c r="O42" s="89"/>
+      <c r="P42" s="89"/>
+      <c r="Q42" s="89"/>
+      <c r="R42" s="89"/>
+      <c r="S42" s="89"/>
+      <c r="T42" s="89"/>
+      <c r="U42" s="89"/>
+      <c r="V42" s="89"/>
+      <c r="W42" s="89"/>
+      <c r="X42" s="89"/>
+      <c r="Y42" s="89"/>
+      <c r="Z42" s="89"/>
+      <c r="AA42" s="89"/>
+      <c r="AB42" s="89"/>
+      <c r="AC42" s="89"/>
+      <c r="AD42" s="89"/>
+      <c r="AE42" s="89"/>
+      <c r="AF42" s="89"/>
+      <c r="AG42" s="89"/>
+      <c r="AH42" s="89"/>
+      <c r="AI42" s="89"/>
+      <c r="AJ42" s="89"/>
+      <c r="AK42" s="90"/>
       <c r="AL42" s="9"/>
     </row>
     <row r="43" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="9"/>
-      <c r="B43" s="145"/>
-[...34 lines deleted...]
-      <c r="AK43" s="147"/>
+      <c r="B43" s="91"/>
+      <c r="C43" s="92"/>
+      <c r="D43" s="92"/>
+      <c r="E43" s="92"/>
+      <c r="F43" s="92"/>
+      <c r="G43" s="92"/>
+      <c r="H43" s="92"/>
+      <c r="I43" s="92"/>
+      <c r="J43" s="92"/>
+      <c r="K43" s="92"/>
+      <c r="L43" s="92"/>
+      <c r="M43" s="92"/>
+      <c r="N43" s="92"/>
+      <c r="O43" s="92"/>
+      <c r="P43" s="92"/>
+      <c r="Q43" s="92"/>
+      <c r="R43" s="92"/>
+      <c r="S43" s="92"/>
+      <c r="T43" s="92"/>
+      <c r="U43" s="92"/>
+      <c r="V43" s="92"/>
+      <c r="W43" s="92"/>
+      <c r="X43" s="92"/>
+      <c r="Y43" s="92"/>
+      <c r="Z43" s="92"/>
+      <c r="AA43" s="92"/>
+      <c r="AB43" s="92"/>
+      <c r="AC43" s="92"/>
+      <c r="AD43" s="92"/>
+      <c r="AE43" s="92"/>
+      <c r="AF43" s="92"/>
+      <c r="AG43" s="92"/>
+      <c r="AH43" s="92"/>
+      <c r="AI43" s="92"/>
+      <c r="AJ43" s="92"/>
+      <c r="AK43" s="93"/>
       <c r="AL43" s="9"/>
     </row>
     <row r="44" spans="1:48" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="9"/>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
       <c r="K44" s="6"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
       <c r="Q44" s="6"/>
       <c r="R44" s="6"/>
       <c r="S44" s="6"/>
       <c r="T44" s="6"/>
       <c r="U44" s="6"/>
       <c r="V44" s="6"/>
@@ -12228,380 +12228,380 @@
       <c r="Q45" s="9"/>
       <c r="R45" s="9"/>
       <c r="S45" s="9"/>
       <c r="T45" s="9"/>
       <c r="U45" s="9"/>
       <c r="V45" s="9"/>
       <c r="W45" s="9"/>
       <c r="X45" s="9"/>
       <c r="Y45" s="9"/>
       <c r="Z45" s="9"/>
       <c r="AA45" s="9"/>
       <c r="AB45" s="9"/>
       <c r="AC45" s="9"/>
       <c r="AD45" s="9"/>
       <c r="AE45" s="9"/>
       <c r="AF45" s="9"/>
       <c r="AG45" s="9"/>
       <c r="AH45" s="9"/>
       <c r="AI45" s="9"/>
       <c r="AJ45" s="9"/>
       <c r="AK45" s="9"/>
       <c r="AL45" s="9"/>
     </row>
     <row r="46" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="9"/>
-      <c r="B46" s="166" t="s">
+      <c r="B46" s="114" t="s">
         <v>103</v>
       </c>
-      <c r="C46" s="166"/>
-[...4 lines deleted...]
-      <c r="H46" s="168" t="s">
+      <c r="C46" s="114"/>
+      <c r="D46" s="114"/>
+      <c r="E46" s="114"/>
+      <c r="F46" s="114"/>
+      <c r="G46" s="115"/>
+      <c r="H46" s="116" t="s">
         <v>108</v>
       </c>
-      <c r="I46" s="169"/>
-[...29 lines deleted...]
-      <c r="AK46" s="176"/>
+      <c r="I46" s="117"/>
+      <c r="J46" s="117"/>
+      <c r="K46" s="117"/>
+      <c r="L46" s="117"/>
+      <c r="M46" s="117"/>
+      <c r="N46" s="117"/>
+      <c r="O46" s="117"/>
+      <c r="P46" s="117"/>
+      <c r="Q46" s="117"/>
+      <c r="R46" s="117"/>
+      <c r="S46" s="117"/>
+      <c r="T46" s="117"/>
+      <c r="U46" s="117"/>
+      <c r="V46" s="118"/>
+      <c r="W46" s="122" t="s">
+        <v>127</v>
+      </c>
+      <c r="X46" s="123"/>
+      <c r="Y46" s="123"/>
+      <c r="Z46" s="123"/>
+      <c r="AA46" s="123"/>
+      <c r="AB46" s="123"/>
+      <c r="AC46" s="123"/>
+      <c r="AD46" s="123"/>
+      <c r="AE46" s="123"/>
+      <c r="AF46" s="123"/>
+      <c r="AG46" s="123"/>
+      <c r="AH46" s="123"/>
+      <c r="AI46" s="123"/>
+      <c r="AJ46" s="123"/>
+      <c r="AK46" s="124"/>
       <c r="AL46" s="9"/>
     </row>
     <row r="47" spans="1:48" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="9"/>
       <c r="B47" s="18"/>
       <c r="C47" s="18"/>
       <c r="D47" s="18"/>
       <c r="E47" s="18"/>
       <c r="F47" s="18"/>
       <c r="G47" s="18"/>
-      <c r="H47" s="171"/>
-[...28 lines deleted...]
-      <c r="AK47" s="179"/>
+      <c r="H47" s="119"/>
+      <c r="I47" s="120"/>
+      <c r="J47" s="120"/>
+      <c r="K47" s="120"/>
+      <c r="L47" s="120"/>
+      <c r="M47" s="120"/>
+      <c r="N47" s="120"/>
+      <c r="O47" s="120"/>
+      <c r="P47" s="120"/>
+      <c r="Q47" s="120"/>
+      <c r="R47" s="120"/>
+      <c r="S47" s="120"/>
+      <c r="T47" s="120"/>
+      <c r="U47" s="120"/>
+      <c r="V47" s="121"/>
+      <c r="W47" s="125"/>
+      <c r="X47" s="126"/>
+      <c r="Y47" s="126"/>
+      <c r="Z47" s="126"/>
+      <c r="AA47" s="126"/>
+      <c r="AB47" s="126"/>
+      <c r="AC47" s="126"/>
+      <c r="AD47" s="126"/>
+      <c r="AE47" s="126"/>
+      <c r="AF47" s="126"/>
+      <c r="AG47" s="126"/>
+      <c r="AH47" s="126"/>
+      <c r="AI47" s="126"/>
+      <c r="AJ47" s="126"/>
+      <c r="AK47" s="127"/>
       <c r="AL47" s="9"/>
     </row>
     <row r="48" spans="1:48" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="9"/>
-      <c r="B48" s="148" t="s">
+      <c r="B48" s="94" t="s">
         <v>104</v>
       </c>
-      <c r="C48" s="148"/>
-[...33 lines deleted...]
-      <c r="AK48" s="188"/>
+      <c r="C48" s="94"/>
+      <c r="D48" s="94"/>
+      <c r="E48" s="94"/>
+      <c r="F48" s="94"/>
+      <c r="G48" s="194"/>
+      <c r="H48" s="128"/>
+      <c r="I48" s="129"/>
+      <c r="J48" s="129"/>
+      <c r="K48" s="129"/>
+      <c r="L48" s="129"/>
+      <c r="M48" s="129"/>
+      <c r="N48" s="129"/>
+      <c r="O48" s="129"/>
+      <c r="P48" s="129"/>
+      <c r="Q48" s="129"/>
+      <c r="R48" s="129"/>
+      <c r="S48" s="129"/>
+      <c r="T48" s="129"/>
+      <c r="U48" s="129"/>
+      <c r="V48" s="130"/>
+      <c r="W48" s="134"/>
+      <c r="X48" s="135"/>
+      <c r="Y48" s="135"/>
+      <c r="Z48" s="135"/>
+      <c r="AA48" s="135"/>
+      <c r="AB48" s="135"/>
+      <c r="AC48" s="135"/>
+      <c r="AD48" s="135"/>
+      <c r="AE48" s="135"/>
+      <c r="AF48" s="135"/>
+      <c r="AG48" s="135"/>
+      <c r="AH48" s="135"/>
+      <c r="AI48" s="135"/>
+      <c r="AJ48" s="135"/>
+      <c r="AK48" s="136"/>
       <c r="AL48" s="9"/>
     </row>
     <row r="49" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="9"/>
-      <c r="B49" s="148"/>
-[...34 lines deleted...]
-      <c r="AK49" s="191"/>
+      <c r="B49" s="94"/>
+      <c r="C49" s="94"/>
+      <c r="D49" s="94"/>
+      <c r="E49" s="94"/>
+      <c r="F49" s="94"/>
+      <c r="G49" s="194"/>
+      <c r="H49" s="131"/>
+      <c r="I49" s="132"/>
+      <c r="J49" s="132"/>
+      <c r="K49" s="132"/>
+      <c r="L49" s="132"/>
+      <c r="M49" s="132"/>
+      <c r="N49" s="132"/>
+      <c r="O49" s="132"/>
+      <c r="P49" s="132"/>
+      <c r="Q49" s="132"/>
+      <c r="R49" s="132"/>
+      <c r="S49" s="132"/>
+      <c r="T49" s="132"/>
+      <c r="U49" s="132"/>
+      <c r="V49" s="133"/>
+      <c r="W49" s="137"/>
+      <c r="X49" s="138"/>
+      <c r="Y49" s="138"/>
+      <c r="Z49" s="138"/>
+      <c r="AA49" s="138"/>
+      <c r="AB49" s="138"/>
+      <c r="AC49" s="138"/>
+      <c r="AD49" s="138"/>
+      <c r="AE49" s="138"/>
+      <c r="AF49" s="138"/>
+      <c r="AG49" s="138"/>
+      <c r="AH49" s="138"/>
+      <c r="AI49" s="138"/>
+      <c r="AJ49" s="138"/>
+      <c r="AK49" s="139"/>
       <c r="AL49" s="9"/>
     </row>
     <row r="50" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="9"/>
-      <c r="B50" s="122" t="s">
+      <c r="B50" s="107" t="s">
         <v>105</v>
       </c>
-      <c r="C50" s="122"/>
-[...33 lines deleted...]
-      <c r="AK50" s="165"/>
+      <c r="C50" s="107"/>
+      <c r="D50" s="107"/>
+      <c r="E50" s="107"/>
+      <c r="F50" s="107"/>
+      <c r="G50" s="195"/>
+      <c r="H50" s="108"/>
+      <c r="I50" s="109"/>
+      <c r="J50" s="109"/>
+      <c r="K50" s="109"/>
+      <c r="L50" s="109"/>
+      <c r="M50" s="109"/>
+      <c r="N50" s="109"/>
+      <c r="O50" s="109"/>
+      <c r="P50" s="109"/>
+      <c r="Q50" s="109"/>
+      <c r="R50" s="109"/>
+      <c r="S50" s="109"/>
+      <c r="T50" s="109"/>
+      <c r="U50" s="109"/>
+      <c r="V50" s="110"/>
+      <c r="W50" s="111"/>
+      <c r="X50" s="112"/>
+      <c r="Y50" s="112"/>
+      <c r="Z50" s="112"/>
+      <c r="AA50" s="112"/>
+      <c r="AB50" s="112"/>
+      <c r="AC50" s="112"/>
+      <c r="AD50" s="112"/>
+      <c r="AE50" s="112"/>
+      <c r="AF50" s="112"/>
+      <c r="AG50" s="112"/>
+      <c r="AH50" s="112"/>
+      <c r="AI50" s="112"/>
+      <c r="AJ50" s="112"/>
+      <c r="AK50" s="113"/>
       <c r="AL50" s="9"/>
     </row>
     <row r="51" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="9"/>
-      <c r="B51" s="122" t="s">
+      <c r="B51" s="107" t="s">
         <v>106</v>
       </c>
-      <c r="C51" s="122"/>
-[...33 lines deleted...]
-      <c r="AK51" s="165"/>
+      <c r="C51" s="107"/>
+      <c r="D51" s="107"/>
+      <c r="E51" s="107"/>
+      <c r="F51" s="107"/>
+      <c r="G51" s="195"/>
+      <c r="H51" s="108"/>
+      <c r="I51" s="109"/>
+      <c r="J51" s="109"/>
+      <c r="K51" s="109"/>
+      <c r="L51" s="109"/>
+      <c r="M51" s="109"/>
+      <c r="N51" s="109"/>
+      <c r="O51" s="109"/>
+      <c r="P51" s="109"/>
+      <c r="Q51" s="109"/>
+      <c r="R51" s="109"/>
+      <c r="S51" s="109"/>
+      <c r="T51" s="109"/>
+      <c r="U51" s="109"/>
+      <c r="V51" s="110"/>
+      <c r="W51" s="111"/>
+      <c r="X51" s="112"/>
+      <c r="Y51" s="112"/>
+      <c r="Z51" s="112"/>
+      <c r="AA51" s="112"/>
+      <c r="AB51" s="112"/>
+      <c r="AC51" s="112"/>
+      <c r="AD51" s="112"/>
+      <c r="AE51" s="112"/>
+      <c r="AF51" s="112"/>
+      <c r="AG51" s="112"/>
+      <c r="AH51" s="112"/>
+      <c r="AI51" s="112"/>
+      <c r="AJ51" s="112"/>
+      <c r="AK51" s="113"/>
       <c r="AL51" s="9"/>
     </row>
     <row r="52" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="9"/>
-      <c r="B52" s="148" t="s">
+      <c r="B52" s="94" t="s">
         <v>107</v>
       </c>
-      <c r="C52" s="148"/>
-[...33 lines deleted...]
-      <c r="AK52" s="157"/>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="194"/>
+      <c r="H52" s="95"/>
+      <c r="I52" s="96"/>
+      <c r="J52" s="96"/>
+      <c r="K52" s="96"/>
+      <c r="L52" s="96"/>
+      <c r="M52" s="96"/>
+      <c r="N52" s="96"/>
+      <c r="O52" s="96"/>
+      <c r="P52" s="96"/>
+      <c r="Q52" s="96"/>
+      <c r="R52" s="96"/>
+      <c r="S52" s="96"/>
+      <c r="T52" s="96"/>
+      <c r="U52" s="96"/>
+      <c r="V52" s="97"/>
+      <c r="W52" s="101"/>
+      <c r="X52" s="102"/>
+      <c r="Y52" s="102"/>
+      <c r="Z52" s="102"/>
+      <c r="AA52" s="102"/>
+      <c r="AB52" s="102"/>
+      <c r="AC52" s="102"/>
+      <c r="AD52" s="102"/>
+      <c r="AE52" s="102"/>
+      <c r="AF52" s="102"/>
+      <c r="AG52" s="102"/>
+      <c r="AH52" s="102"/>
+      <c r="AI52" s="102"/>
+      <c r="AJ52" s="102"/>
+      <c r="AK52" s="103"/>
       <c r="AL52" s="9"/>
     </row>
     <row r="53" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="9"/>
-      <c r="B53" s="148"/>
-[...34 lines deleted...]
-      <c r="AK53" s="160"/>
+      <c r="B53" s="94"/>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="194"/>
+      <c r="H53" s="98"/>
+      <c r="I53" s="99"/>
+      <c r="J53" s="99"/>
+      <c r="K53" s="99"/>
+      <c r="L53" s="99"/>
+      <c r="M53" s="99"/>
+      <c r="N53" s="99"/>
+      <c r="O53" s="99"/>
+      <c r="P53" s="99"/>
+      <c r="Q53" s="99"/>
+      <c r="R53" s="99"/>
+      <c r="S53" s="99"/>
+      <c r="T53" s="99"/>
+      <c r="U53" s="99"/>
+      <c r="V53" s="100"/>
+      <c r="W53" s="104"/>
+      <c r="X53" s="105"/>
+      <c r="Y53" s="105"/>
+      <c r="Z53" s="105"/>
+      <c r="AA53" s="105"/>
+      <c r="AB53" s="105"/>
+      <c r="AC53" s="105"/>
+      <c r="AD53" s="105"/>
+      <c r="AE53" s="105"/>
+      <c r="AF53" s="105"/>
+      <c r="AG53" s="105"/>
+      <c r="AH53" s="105"/>
+      <c r="AI53" s="105"/>
+      <c r="AJ53" s="105"/>
+      <c r="AK53" s="106"/>
       <c r="AL53" s="9"/>
     </row>
     <row r="54" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="9"/>
       <c r="B54" s="15"/>
       <c r="C54" s="39"/>
       <c r="D54" s="39"/>
       <c r="E54" s="39"/>
       <c r="F54" s="39"/>
       <c r="G54" s="39"/>
       <c r="H54" s="40"/>
       <c r="I54" s="40"/>
       <c r="J54" s="40"/>
       <c r="K54" s="40"/>
       <c r="L54" s="40"/>
       <c r="M54" s="40"/>
       <c r="N54" s="40"/>
       <c r="O54" s="40"/>
       <c r="P54" s="40"/>
       <c r="Q54" s="40"/>
       <c r="R54" s="40"/>
       <c r="S54" s="40"/>
       <c r="T54" s="40"/>
       <c r="U54" s="40"/>
       <c r="V54" s="40"/>
@@ -12728,93 +12728,93 @@
     <row r="131" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="141" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="143" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="144" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="145" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="146" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="147" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="148" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="149" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="150" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="151" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="152" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="155" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="156" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="157" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="158" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="164" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="165" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="cuaK6ZtiaMyacfjQ7fD1Rx+NJzgJ6b9+Z9vgZYlqE0eBfSpiJh96IofkkIarmuRckBBSo+yt9kPzGecUB1Z2fQ==" saltValue="eKzoETolSpKc3e5J6HXwOQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="tjbVgh1fO9Y3ghtP29qOou04bbKTZ9Or4OtwJiuHamXLaK9553GrJZO9ckOESnn4a2MoXWtdD1wZD0jWnwktHA==" saltValue="AMt3zyKvVq57f5BU1f/Acg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="41">
-    <mergeCell ref="B2:F5"/>
-[...13 lines deleted...]
-    <mergeCell ref="U21:AK21"/>
+    <mergeCell ref="H51:V51"/>
+    <mergeCell ref="W51:AK51"/>
+    <mergeCell ref="H52:V53"/>
+    <mergeCell ref="W52:AK53"/>
+    <mergeCell ref="B51:G51"/>
+    <mergeCell ref="B52:G53"/>
+    <mergeCell ref="H48:V49"/>
+    <mergeCell ref="W48:AK49"/>
+    <mergeCell ref="H50:V50"/>
+    <mergeCell ref="W50:AK50"/>
+    <mergeCell ref="B48:G49"/>
+    <mergeCell ref="B50:G50"/>
     <mergeCell ref="B46:G46"/>
     <mergeCell ref="H46:V47"/>
     <mergeCell ref="W46:AK47"/>
     <mergeCell ref="T22:AK22"/>
     <mergeCell ref="J27:AK27"/>
     <mergeCell ref="J28:AK28"/>
     <mergeCell ref="S29:T29"/>
     <mergeCell ref="AE29:AF29"/>
     <mergeCell ref="J25:AK26"/>
     <mergeCell ref="J31:AK31"/>
     <mergeCell ref="J32:AK32"/>
     <mergeCell ref="U35:AK35"/>
     <mergeCell ref="B37:AK37"/>
     <mergeCell ref="B38:AK43"/>
-    <mergeCell ref="H48:V49"/>
-[...10 lines deleted...]
-    <mergeCell ref="B52:G53"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="J12:AK12"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="U20:AK20"/>
+    <mergeCell ref="U21:AK21"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="AF7:AK7"/>
   </mergeCells>
   <conditionalFormatting sqref="S35:AK35">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$AN$35=1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4097" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>