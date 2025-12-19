--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -55,58 +55,58 @@
   <Override PartName="/xl/ctrlProps/ctrlProp33.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp34.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp35.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp36.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp37.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp38.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp39.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp40.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp41.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp42.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54DA2EC0-FB39-4660-A503-4702DAB9A718}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{948FE927-232A-4031-B2C7-D98375860AA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="5" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="6" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -965,68 +965,50 @@
     <t>Bemerkungen</t>
   </si>
   <si>
     <t>Nachweis erarbeitet durch :</t>
   </si>
   <si>
     <t>Unterschriften</t>
   </si>
   <si>
     <t>Name und Adresse
 bzw. Firmenstempel :</t>
   </si>
   <si>
     <t>Sachbearbeiter/-in :</t>
   </si>
   <si>
     <t>Tel / Mail :</t>
   </si>
   <si>
     <t>Ort, Datum, Unterschrift :</t>
   </si>
   <si>
     <t>Begründung :</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>Elektrische Widerstandsheizung dezentral</t>
   </si>
   <si>
     <t>Regulierung der Raumtemperatur mittels Fernbedienung auf mindestens zwei Niveaus (bei MFH pro Wohnung)</t>
   </si>
   <si>
     <t>Site web SEFH:</t>
   </si>
   <si>
     <t>https://www.vs.ch/web/energie/home</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prenez connaissance des aides à l'application, </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>site web du SEFH</t>
     </r>
@@ -1061,54 +1043,72 @@
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DEWK-Website</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Lesen Sie die Elemente unserer kommenden FAQ (Frequently Asked Questions) / </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DEWK-Website</t>
     </r>
   </si>
   <si>
-    <t>Version 30 avril 2025 (valable  jusqu'au 31.12.2025)</t>
+    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
   </si>
   <si>
-    <t>Version 30. April 2025 (gültig bis 31.12.2025)</t>
+    <r>
+      <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
+(oder sein Beauftragter)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Die Vollständigkeit und Richtigkeit wird bestätigt</t>
+    </r>
+  </si>
+  <si>
+    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1825,200 +1825,411 @@
     </xf>
     <xf numFmtId="49" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="30" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="32" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="33" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...21 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="1" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2105,286 +2316,75 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...153 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
@@ -7336,920 +7336,920 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15:S17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="28" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="28" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="28" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="28" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="29" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="29" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="29" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="29" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="29" customWidth="1"/>
     <col min="21" max="24" width="0" style="28" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="28" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="84" t="s">
+      <c r="E2" s="56" t="s">
         <v>38</v>
       </c>
-      <c r="F2" s="84"/>
-[...12 lines deleted...]
-      <c r="S2" s="84"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+      <c r="J2" s="56"/>
+      <c r="K2" s="56"/>
+      <c r="L2" s="56"/>
+      <c r="M2" s="56"/>
+      <c r="N2" s="56"/>
+      <c r="O2" s="56"/>
+      <c r="P2" s="56"/>
+      <c r="Q2" s="56"/>
+      <c r="R2" s="56"/>
+      <c r="S2" s="56"/>
       <c r="T2" s="30"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="84"/>
-[...13 lines deleted...]
-      <c r="S3" s="84"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+      <c r="J3" s="56"/>
+      <c r="K3" s="56"/>
+      <c r="L3" s="56"/>
+      <c r="M3" s="56"/>
+      <c r="N3" s="56"/>
+      <c r="O3" s="56"/>
+      <c r="P3" s="56"/>
+      <c r="Q3" s="56"/>
+      <c r="R3" s="56"/>
+      <c r="S3" s="56"/>
       <c r="T3" s="30"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="84"/>
-[...13 lines deleted...]
-      <c r="S4" s="84"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+      <c r="J4" s="56"/>
+      <c r="K4" s="56"/>
+      <c r="L4" s="56"/>
+      <c r="M4" s="56"/>
+      <c r="N4" s="56"/>
+      <c r="O4" s="56"/>
+      <c r="P4" s="56"/>
+      <c r="Q4" s="56"/>
+      <c r="R4" s="56"/>
+      <c r="S4" s="56"/>
       <c r="T4" s="30"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="31"/>
       <c r="C5" s="31"/>
       <c r="D5" s="31"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
       <c r="P5" s="48" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q5" s="57" t="s">
         <v>139</v>
       </c>
-      <c r="Q5" s="85" t="s">
-[...3 lines deleted...]
-      <c r="S5" s="85"/>
+      <c r="R5" s="57"/>
+      <c r="S5" s="57"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B7" s="86" t="s">
+      <c r="B7" s="58" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="87"/>
+      <c r="C7" s="59"/>
       <c r="E7" s="33" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B8" s="88"/>
-      <c r="C8" s="89"/>
+      <c r="B8" s="60"/>
+      <c r="C8" s="61"/>
       <c r="E8" s="34" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="88"/>
-      <c r="C9" s="89"/>
+      <c r="B9" s="60"/>
+      <c r="C9" s="61"/>
       <c r="E9" s="34"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="88"/>
-      <c r="C10" s="89"/>
+      <c r="B10" s="60"/>
+      <c r="C10" s="61"/>
       <c r="E10" s="35" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="55" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="55"/>
       <c r="H10" s="55"/>
       <c r="I10" s="55"/>
       <c r="J10" s="55"/>
       <c r="K10" s="55"/>
       <c r="L10" s="55"/>
       <c r="M10" s="55"/>
       <c r="N10" s="55"/>
       <c r="O10" s="55"/>
       <c r="P10" s="55"/>
       <c r="Q10" s="55"/>
       <c r="R10" s="55"/>
       <c r="S10" s="55"/>
       <c r="T10" s="36"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="88"/>
-      <c r="C11" s="89"/>
+      <c r="B11" s="60"/>
+      <c r="C11" s="61"/>
       <c r="E11" s="35"/>
       <c r="F11" s="55"/>
       <c r="G11" s="55"/>
       <c r="H11" s="55"/>
       <c r="I11" s="55"/>
       <c r="J11" s="55"/>
       <c r="K11" s="55"/>
       <c r="L11" s="55"/>
       <c r="M11" s="55"/>
       <c r="N11" s="55"/>
       <c r="O11" s="55"/>
       <c r="P11" s="55"/>
       <c r="Q11" s="55"/>
       <c r="R11" s="55"/>
       <c r="S11" s="55"/>
       <c r="T11" s="36"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="88"/>
-      <c r="C12" s="89"/>
+      <c r="B12" s="60"/>
+      <c r="C12" s="61"/>
       <c r="E12" s="35"/>
       <c r="F12" s="55"/>
       <c r="G12" s="55"/>
       <c r="H12" s="55"/>
       <c r="I12" s="55"/>
       <c r="J12" s="55"/>
       <c r="K12" s="55"/>
       <c r="L12" s="55"/>
       <c r="M12" s="55"/>
       <c r="N12" s="55"/>
       <c r="O12" s="55"/>
       <c r="P12" s="55"/>
       <c r="Q12" s="55"/>
       <c r="R12" s="55"/>
       <c r="S12" s="55"/>
       <c r="T12" s="36"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B13" s="88"/>
-      <c r="C13" s="89"/>
+      <c r="B13" s="60"/>
+      <c r="C13" s="61"/>
       <c r="E13" s="37"/>
       <c r="F13" s="55"/>
       <c r="G13" s="55"/>
       <c r="H13" s="55"/>
       <c r="I13" s="55"/>
       <c r="J13" s="55"/>
       <c r="K13" s="55"/>
       <c r="L13" s="55"/>
       <c r="M13" s="55"/>
       <c r="N13" s="55"/>
       <c r="O13" s="55"/>
       <c r="P13" s="55"/>
       <c r="Q13" s="55"/>
       <c r="R13" s="55"/>
       <c r="S13" s="55"/>
       <c r="T13" s="36"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="88"/>
-      <c r="C14" s="89"/>
+      <c r="B14" s="60"/>
+      <c r="C14" s="61"/>
       <c r="E14" s="37"/>
       <c r="F14" s="38"/>
       <c r="G14" s="38"/>
       <c r="H14" s="38"/>
       <c r="I14" s="38"/>
       <c r="J14" s="38"/>
       <c r="K14" s="38"/>
       <c r="L14" s="38"/>
       <c r="M14" s="38"/>
       <c r="N14" s="38"/>
       <c r="O14" s="38"/>
       <c r="P14" s="38"/>
       <c r="Q14" s="38"/>
       <c r="R14" s="38"/>
       <c r="S14" s="38"/>
       <c r="T14" s="38"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="88"/>
-      <c r="C15" s="89"/>
+      <c r="B15" s="60"/>
+      <c r="C15" s="61"/>
       <c r="E15" s="35" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="55" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="55"/>
       <c r="H15" s="55"/>
       <c r="I15" s="55"/>
       <c r="J15" s="55"/>
       <c r="K15" s="55"/>
       <c r="L15" s="55"/>
       <c r="M15" s="55"/>
       <c r="N15" s="55"/>
       <c r="O15" s="55"/>
       <c r="P15" s="55"/>
       <c r="Q15" s="55"/>
       <c r="R15" s="55"/>
       <c r="S15" s="55"/>
       <c r="T15" s="36"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="88"/>
-      <c r="C16" s="89"/>
+      <c r="B16" s="60"/>
+      <c r="C16" s="61"/>
       <c r="E16" s="35"/>
       <c r="F16" s="55"/>
       <c r="G16" s="55"/>
       <c r="H16" s="55"/>
       <c r="I16" s="55"/>
       <c r="J16" s="55"/>
       <c r="K16" s="55"/>
       <c r="L16" s="55"/>
       <c r="M16" s="55"/>
       <c r="N16" s="55"/>
       <c r="O16" s="55"/>
       <c r="P16" s="55"/>
       <c r="Q16" s="55"/>
       <c r="R16" s="55"/>
       <c r="S16" s="55"/>
       <c r="T16" s="36"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B17" s="90"/>
-      <c r="C17" s="91"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="63"/>
       <c r="E17" s="37"/>
       <c r="F17" s="55"/>
       <c r="G17" s="55"/>
       <c r="H17" s="55"/>
       <c r="I17" s="55"/>
       <c r="J17" s="55"/>
       <c r="K17" s="55"/>
       <c r="L17" s="55"/>
       <c r="M17" s="55"/>
       <c r="N17" s="55"/>
       <c r="O17" s="55"/>
       <c r="P17" s="55"/>
       <c r="Q17" s="55"/>
       <c r="R17" s="55"/>
       <c r="S17" s="55"/>
       <c r="T17" s="36"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B19" s="62"/>
-      <c r="C19" s="63"/>
+      <c r="B19" s="49"/>
+      <c r="C19" s="50"/>
       <c r="E19" s="33" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B20" s="64"/>
-      <c r="C20" s="65"/>
+      <c r="B20" s="51"/>
+      <c r="C20" s="52"/>
       <c r="E20" s="34" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="64"/>
-      <c r="C21" s="65"/>
+      <c r="B21" s="51"/>
+      <c r="C21" s="52"/>
       <c r="E21" s="34"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="64"/>
-      <c r="C22" s="65"/>
+      <c r="B22" s="51"/>
+      <c r="C22" s="52"/>
       <c r="F22" s="55" t="s">
         <v>47</v>
       </c>
       <c r="G22" s="55"/>
       <c r="H22" s="55"/>
       <c r="I22" s="55"/>
       <c r="J22" s="55"/>
       <c r="K22" s="55"/>
       <c r="L22" s="55"/>
       <c r="M22" s="55"/>
       <c r="N22" s="55"/>
       <c r="O22" s="55"/>
       <c r="P22" s="55"/>
       <c r="Q22" s="55"/>
       <c r="R22" s="55"/>
       <c r="S22" s="55"/>
       <c r="T22" s="36"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B23" s="64"/>
-      <c r="C23" s="65"/>
+      <c r="B23" s="51"/>
+      <c r="C23" s="52"/>
       <c r="E23" s="36"/>
       <c r="F23" s="55"/>
       <c r="G23" s="55"/>
       <c r="H23" s="55"/>
       <c r="I23" s="55"/>
       <c r="J23" s="55"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
       <c r="S23" s="55"/>
       <c r="T23" s="36"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B24" s="64"/>
-      <c r="C24" s="65"/>
+      <c r="B24" s="51"/>
+      <c r="C24" s="52"/>
       <c r="E24" s="36"/>
       <c r="F24" s="55"/>
       <c r="G24" s="55"/>
       <c r="H24" s="55"/>
       <c r="I24" s="55"/>
       <c r="J24" s="55"/>
       <c r="K24" s="55"/>
       <c r="L24" s="55"/>
       <c r="M24" s="55"/>
       <c r="N24" s="55"/>
       <c r="O24" s="55"/>
       <c r="P24" s="55"/>
       <c r="Q24" s="55"/>
       <c r="R24" s="55"/>
       <c r="S24" s="55"/>
       <c r="T24" s="36"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B25" s="64"/>
-      <c r="C25" s="65"/>
+      <c r="B25" s="51"/>
+      <c r="C25" s="52"/>
       <c r="E25" s="36"/>
       <c r="F25" s="55"/>
       <c r="G25" s="55"/>
       <c r="H25" s="55"/>
       <c r="I25" s="55"/>
       <c r="J25" s="55"/>
       <c r="K25" s="55"/>
       <c r="L25" s="55"/>
       <c r="M25" s="55"/>
       <c r="N25" s="55"/>
       <c r="O25" s="55"/>
       <c r="P25" s="55"/>
       <c r="Q25" s="55"/>
       <c r="R25" s="55"/>
       <c r="S25" s="55"/>
       <c r="T25" s="36"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B26" s="64"/>
-      <c r="C26" s="65"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="52"/>
       <c r="E26" s="36"/>
       <c r="F26" s="55"/>
       <c r="G26" s="55"/>
       <c r="H26" s="55"/>
       <c r="I26" s="55"/>
       <c r="J26" s="55"/>
       <c r="K26" s="55"/>
       <c r="L26" s="55"/>
       <c r="M26" s="55"/>
       <c r="N26" s="55"/>
       <c r="O26" s="55"/>
       <c r="P26" s="55"/>
       <c r="Q26" s="55"/>
       <c r="R26" s="55"/>
       <c r="S26" s="55"/>
       <c r="T26" s="36"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B27" s="64"/>
-      <c r="C27" s="65"/>
+      <c r="B27" s="51"/>
+      <c r="C27" s="52"/>
       <c r="E27" s="36"/>
       <c r="F27" s="55"/>
       <c r="G27" s="55"/>
       <c r="H27" s="55"/>
       <c r="I27" s="55"/>
       <c r="J27" s="55"/>
       <c r="K27" s="55"/>
       <c r="L27" s="55"/>
       <c r="M27" s="55"/>
       <c r="N27" s="55"/>
       <c r="O27" s="55"/>
       <c r="P27" s="55"/>
       <c r="Q27" s="55"/>
       <c r="R27" s="55"/>
       <c r="S27" s="55"/>
       <c r="T27" s="36"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B28" s="64"/>
-      <c r="C28" s="65"/>
+      <c r="B28" s="51"/>
+      <c r="C28" s="52"/>
       <c r="E28" s="36"/>
       <c r="F28" s="55"/>
       <c r="G28" s="55"/>
       <c r="H28" s="55"/>
       <c r="I28" s="55"/>
       <c r="J28" s="55"/>
       <c r="K28" s="55"/>
       <c r="L28" s="55"/>
       <c r="M28" s="55"/>
       <c r="N28" s="55"/>
       <c r="O28" s="55"/>
       <c r="P28" s="55"/>
       <c r="Q28" s="55"/>
       <c r="R28" s="55"/>
       <c r="S28" s="55"/>
       <c r="T28" s="36"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B29" s="66"/>
-      <c r="C29" s="67"/>
+      <c r="B29" s="53"/>
+      <c r="C29" s="54"/>
       <c r="E29" s="36"/>
       <c r="F29" s="55"/>
       <c r="G29" s="55"/>
       <c r="H29" s="55"/>
       <c r="I29" s="55"/>
       <c r="J29" s="55"/>
       <c r="K29" s="55"/>
       <c r="L29" s="55"/>
       <c r="M29" s="55"/>
       <c r="N29" s="55"/>
       <c r="O29" s="55"/>
       <c r="P29" s="55"/>
       <c r="Q29" s="55"/>
       <c r="R29" s="55"/>
       <c r="S29" s="55"/>
       <c r="T29" s="36"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="38"/>
       <c r="F30" s="38"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="38"/>
       <c r="J30" s="38"/>
       <c r="K30" s="38"/>
       <c r="L30" s="38"/>
       <c r="M30" s="38"/>
       <c r="N30" s="38"/>
       <c r="O30" s="38"/>
       <c r="P30" s="38"/>
       <c r="Q30" s="38"/>
       <c r="R30" s="38"/>
       <c r="S30" s="38"/>
       <c r="T30" s="38"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B31" s="62"/>
-      <c r="C31" s="63"/>
+      <c r="B31" s="49"/>
+      <c r="C31" s="50"/>
       <c r="E31" s="33" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="64"/>
-      <c r="C32" s="65"/>
+      <c r="B32" s="51"/>
+      <c r="C32" s="52"/>
       <c r="E32" s="33"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B33" s="64"/>
-      <c r="C33" s="65"/>
+      <c r="B33" s="51"/>
+      <c r="C33" s="52"/>
       <c r="E33" s="35" t="s">
         <v>42</v>
       </c>
       <c r="F33" s="29" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="64"/>
-      <c r="C34" s="65"/>
+      <c r="B34" s="51"/>
+      <c r="C34" s="52"/>
       <c r="E34" s="35"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B35" s="64"/>
-      <c r="C35" s="65"/>
+      <c r="B35" s="51"/>
+      <c r="C35" s="52"/>
       <c r="E35" s="35" t="s">
         <v>44</v>
       </c>
       <c r="F35" s="29" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="64"/>
-      <c r="C36" s="65"/>
+      <c r="B36" s="51"/>
+      <c r="C36" s="52"/>
       <c r="E36" s="35"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="64"/>
-      <c r="C37" s="65"/>
+      <c r="B37" s="51"/>
+      <c r="C37" s="52"/>
       <c r="E37" s="35" t="s">
         <v>49</v>
       </c>
       <c r="F37" s="55" t="s">
         <v>50</v>
       </c>
       <c r="G37" s="55"/>
       <c r="H37" s="55"/>
       <c r="I37" s="55"/>
       <c r="J37" s="55"/>
       <c r="K37" s="55"/>
       <c r="L37" s="55"/>
       <c r="M37" s="55"/>
       <c r="N37" s="55"/>
       <c r="O37" s="55"/>
       <c r="P37" s="55"/>
       <c r="Q37" s="55"/>
       <c r="R37" s="55"/>
       <c r="S37" s="55"/>
       <c r="T37" s="36"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B38" s="66"/>
-      <c r="C38" s="67"/>
+      <c r="B38" s="53"/>
+      <c r="C38" s="54"/>
       <c r="E38" s="39"/>
       <c r="F38" s="55"/>
       <c r="G38" s="55"/>
       <c r="H38" s="55"/>
       <c r="I38" s="55"/>
       <c r="J38" s="55"/>
       <c r="K38" s="55"/>
       <c r="L38" s="55"/>
       <c r="M38" s="55"/>
       <c r="N38" s="55"/>
       <c r="O38" s="55"/>
       <c r="P38" s="55"/>
       <c r="Q38" s="55"/>
       <c r="R38" s="55"/>
       <c r="S38" s="55"/>
       <c r="T38" s="36"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.35">
       <c r="F39" s="55"/>
       <c r="G39" s="55"/>
       <c r="H39" s="55"/>
       <c r="I39" s="55"/>
       <c r="J39" s="55"/>
       <c r="K39" s="55"/>
       <c r="L39" s="55"/>
       <c r="M39" s="55"/>
       <c r="N39" s="55"/>
       <c r="O39" s="55"/>
       <c r="P39" s="55"/>
       <c r="Q39" s="55"/>
       <c r="R39" s="55"/>
       <c r="S39" s="55"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B40" s="62"/>
-      <c r="C40" s="63"/>
+      <c r="B40" s="49"/>
+      <c r="C40" s="50"/>
       <c r="E40" s="33" t="s">
         <v>51</v>
       </c>
       <c r="F40" s="33"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B41" s="64"/>
-      <c r="C41" s="65"/>
+      <c r="B41" s="51"/>
+      <c r="C41" s="52"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B42" s="64"/>
-[...3 lines deleted...]
-      <c r="G42" s="70"/>
+      <c r="B42" s="51"/>
+      <c r="C42" s="52"/>
+      <c r="E42" s="76"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="78"/>
       <c r="I42" s="29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B43" s="64"/>
-      <c r="C43" s="65"/>
+      <c r="B43" s="51"/>
+      <c r="C43" s="52"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B44" s="64"/>
-      <c r="C44" s="65"/>
+      <c r="B44" s="51"/>
+      <c r="C44" s="52"/>
       <c r="G44" s="40"/>
       <c r="I44" s="29" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B45" s="64"/>
-      <c r="C45" s="65"/>
+      <c r="B45" s="51"/>
+      <c r="C45" s="52"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B46" s="64"/>
-      <c r="C46" s="65"/>
+      <c r="B46" s="51"/>
+      <c r="C46" s="52"/>
       <c r="G46" s="40"/>
       <c r="I46" s="29" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B47" s="64"/>
-      <c r="C47" s="65"/>
+      <c r="B47" s="51"/>
+      <c r="C47" s="52"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B48" s="64"/>
-      <c r="C48" s="65"/>
+      <c r="B48" s="51"/>
+      <c r="C48" s="52"/>
       <c r="E48" s="40"/>
       <c r="F48" s="41" t="s">
         <v>55</v>
       </c>
       <c r="I48" s="55" t="s">
         <v>56</v>
       </c>
       <c r="J48" s="55"/>
       <c r="K48" s="55"/>
       <c r="L48" s="55"/>
       <c r="M48" s="55"/>
       <c r="N48" s="55"/>
       <c r="O48" s="55"/>
       <c r="P48" s="55"/>
       <c r="Q48" s="55"/>
       <c r="R48" s="55"/>
       <c r="S48" s="55"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B49" s="64"/>
-      <c r="C49" s="65"/>
+      <c r="B49" s="51"/>
+      <c r="C49" s="52"/>
       <c r="F49" s="41"/>
       <c r="I49" s="55"/>
       <c r="J49" s="55"/>
       <c r="K49" s="55"/>
       <c r="L49" s="55"/>
       <c r="M49" s="55"/>
       <c r="N49" s="55"/>
       <c r="O49" s="55"/>
       <c r="P49" s="55"/>
       <c r="Q49" s="55"/>
       <c r="R49" s="55"/>
       <c r="S49" s="55"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B50" s="64"/>
-      <c r="C50" s="65"/>
+      <c r="B50" s="51"/>
+      <c r="C50" s="52"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B51" s="64"/>
-[...3 lines deleted...]
-      <c r="G51" s="73"/>
+      <c r="B51" s="51"/>
+      <c r="C51" s="52"/>
+      <c r="E51" s="79"/>
+      <c r="F51" s="80"/>
+      <c r="G51" s="81"/>
       <c r="I51" s="29" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B52" s="64"/>
-      <c r="C52" s="65"/>
+      <c r="B52" s="51"/>
+      <c r="C52" s="52"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="64"/>
-[...2 lines deleted...]
-      <c r="G53" s="75"/>
+      <c r="B53" s="51"/>
+      <c r="C53" s="52"/>
+      <c r="F53" s="82"/>
+      <c r="G53" s="83"/>
       <c r="I53" s="55" t="s">
         <v>58</v>
       </c>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
       <c r="L53" s="55"/>
       <c r="M53" s="55"/>
       <c r="N53" s="55"/>
       <c r="O53" s="55"/>
       <c r="P53" s="55"/>
       <c r="Q53" s="55"/>
       <c r="R53" s="55"/>
       <c r="S53" s="55"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B54" s="64"/>
-[...2 lines deleted...]
-      <c r="G54" s="77"/>
+      <c r="B54" s="51"/>
+      <c r="C54" s="52"/>
+      <c r="F54" s="84"/>
+      <c r="G54" s="85"/>
       <c r="I54" s="55"/>
       <c r="J54" s="55"/>
       <c r="K54" s="55"/>
       <c r="L54" s="55"/>
       <c r="M54" s="55"/>
       <c r="N54" s="55"/>
       <c r="O54" s="55"/>
       <c r="P54" s="55"/>
       <c r="Q54" s="55"/>
       <c r="R54" s="55"/>
       <c r="S54" s="55"/>
     </row>
     <row r="55" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B55" s="64"/>
-      <c r="C55" s="65"/>
+      <c r="B55" s="51"/>
+      <c r="C55" s="52"/>
       <c r="F55" s="42"/>
       <c r="G55" s="42"/>
       <c r="I55" s="55"/>
       <c r="J55" s="55"/>
       <c r="K55" s="55"/>
       <c r="L55" s="55"/>
       <c r="M55" s="55"/>
       <c r="N55" s="55"/>
       <c r="O55" s="55"/>
       <c r="P55" s="55"/>
       <c r="Q55" s="55"/>
       <c r="R55" s="55"/>
       <c r="S55" s="55"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B56" s="64"/>
-      <c r="C56" s="65"/>
+      <c r="B56" s="51"/>
+      <c r="C56" s="52"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="64"/>
-[...1 lines deleted...]
-      <c r="E57" s="78" t="s">
+      <c r="B57" s="51"/>
+      <c r="C57" s="52"/>
+      <c r="E57" s="86" t="s">
         <v>59</v>
       </c>
-      <c r="F57" s="79"/>
-      <c r="G57" s="80"/>
+      <c r="F57" s="87"/>
+      <c r="G57" s="88"/>
       <c r="I57" s="55" t="s">
         <v>60</v>
       </c>
       <c r="J57" s="55"/>
       <c r="K57" s="55"/>
       <c r="L57" s="55"/>
       <c r="M57" s="55"/>
       <c r="N57" s="55"/>
       <c r="O57" s="55"/>
       <c r="P57" s="55"/>
       <c r="Q57" s="55"/>
       <c r="R57" s="55"/>
       <c r="S57" s="55"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B58" s="64"/>
-[...3 lines deleted...]
-      <c r="G58" s="83"/>
+      <c r="B58" s="51"/>
+      <c r="C58" s="52"/>
+      <c r="E58" s="89"/>
+      <c r="F58" s="90"/>
+      <c r="G58" s="91"/>
       <c r="I58" s="55"/>
       <c r="J58" s="55"/>
       <c r="K58" s="55"/>
       <c r="L58" s="55"/>
       <c r="M58" s="55"/>
       <c r="N58" s="55"/>
       <c r="O58" s="55"/>
       <c r="P58" s="55"/>
       <c r="Q58" s="55"/>
       <c r="R58" s="55"/>
       <c r="S58" s="55"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B59" s="64"/>
-      <c r="C59" s="65"/>
+      <c r="B59" s="51"/>
+      <c r="C59" s="52"/>
       <c r="E59" s="33"/>
       <c r="F59" s="33"/>
       <c r="G59" s="33"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="64"/>
-[...1 lines deleted...]
-      <c r="E60" s="49" t="s">
+      <c r="B60" s="51"/>
+      <c r="C60" s="52"/>
+      <c r="E60" s="64" t="s">
         <v>61</v>
       </c>
-      <c r="F60" s="50"/>
-      <c r="G60" s="51"/>
+      <c r="F60" s="65"/>
+      <c r="G60" s="66"/>
       <c r="I60" s="55" t="s">
         <v>62</v>
       </c>
       <c r="J60" s="55"/>
       <c r="K60" s="55"/>
       <c r="L60" s="55"/>
       <c r="M60" s="55"/>
       <c r="N60" s="55"/>
       <c r="O60" s="55"/>
       <c r="P60" s="55"/>
       <c r="Q60" s="55"/>
       <c r="R60" s="55"/>
       <c r="S60" s="55"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B61" s="64"/>
-[...3 lines deleted...]
-      <c r="G61" s="54"/>
+      <c r="B61" s="51"/>
+      <c r="C61" s="52"/>
+      <c r="E61" s="67"/>
+      <c r="F61" s="68"/>
+      <c r="G61" s="69"/>
       <c r="I61" s="55"/>
       <c r="J61" s="55"/>
       <c r="K61" s="55"/>
       <c r="L61" s="55"/>
       <c r="M61" s="55"/>
       <c r="N61" s="55"/>
       <c r="O61" s="55"/>
       <c r="P61" s="55"/>
       <c r="Q61" s="55"/>
       <c r="R61" s="55"/>
       <c r="S61" s="55"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B62" s="64"/>
-      <c r="C62" s="65"/>
+      <c r="B62" s="51"/>
+      <c r="C62" s="52"/>
       <c r="E62" s="33"/>
       <c r="F62" s="33"/>
       <c r="G62" s="33"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B63" s="64"/>
-[...1 lines deleted...]
-      <c r="E63" s="56" t="s">
+      <c r="B63" s="51"/>
+      <c r="C63" s="52"/>
+      <c r="E63" s="70" t="s">
         <v>61</v>
       </c>
-      <c r="F63" s="57"/>
-      <c r="G63" s="58"/>
+      <c r="F63" s="71"/>
+      <c r="G63" s="72"/>
       <c r="I63" s="43" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B64" s="66"/>
-[...3 lines deleted...]
-      <c r="G64" s="61"/>
+      <c r="B64" s="53"/>
+      <c r="C64" s="54"/>
+      <c r="E64" s="73"/>
+      <c r="F64" s="74"/>
+      <c r="G64" s="75"/>
       <c r="I64" s="43"/>
     </row>
     <row r="65" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+X1alwyAteoxGtSnvBfAzKVaj66LMvOHhOkO/FqR22ky+zvjHhXmFgaS85iElCc4BSJ3YPtgr0Kw7fCAjngtcA==" saltValue="+Uej70OHJd+r9qh+Jqzk5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="20">
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="F53:G54"/>
     <mergeCell ref="I53:S55"/>
     <mergeCell ref="E57:G58"/>
     <mergeCell ref="I57:S58"/>
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="Q5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{C94A3B06-20D4-4624-95D4-DC7BD544C5B3}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{73232E96-7CA3-45AF-B17C-D3C3469ABECA}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{D7F68AFB-FCF8-4B9C-A0B5-273B7C422513}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="6145" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -8358,380 +8358,380 @@
       <c r="Q1" s="10"/>
       <c r="R1" s="10"/>
       <c r="S1" s="10"/>
       <c r="T1" s="10"/>
       <c r="U1" s="10"/>
       <c r="V1" s="10"/>
       <c r="W1" s="10"/>
       <c r="X1" s="10"/>
       <c r="Y1" s="10"/>
       <c r="Z1" s="10"/>
       <c r="AA1" s="10"/>
       <c r="AB1" s="10"/>
       <c r="AC1" s="10"/>
       <c r="AD1" s="10"/>
       <c r="AE1" s="10"/>
       <c r="AF1" s="10"/>
       <c r="AG1" s="10"/>
       <c r="AH1" s="10"/>
       <c r="AI1" s="10"/>
       <c r="AJ1" s="10"/>
       <c r="AK1" s="10"/>
       <c r="AL1" s="10"/>
     </row>
     <row r="2" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10"/>
-      <c r="B2" s="99"/>
-[...4 lines deleted...]
-      <c r="G2" s="108" t="s">
+      <c r="B2" s="156"/>
+      <c r="C2" s="157"/>
+      <c r="D2" s="157"/>
+      <c r="E2" s="157"/>
+      <c r="F2" s="158"/>
+      <c r="G2" s="165" t="s">
         <v>0</v>
       </c>
-      <c r="H2" s="109"/>
-[...7 lines deleted...]
-      <c r="P2" s="117" t="s">
+      <c r="H2" s="166"/>
+      <c r="I2" s="166"/>
+      <c r="J2" s="166"/>
+      <c r="K2" s="166"/>
+      <c r="L2" s="166"/>
+      <c r="M2" s="166"/>
+      <c r="N2" s="166"/>
+      <c r="O2" s="167"/>
+      <c r="P2" s="174" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="118"/>
-[...7 lines deleted...]
-      <c r="Y2" s="126" t="s">
+      <c r="Q2" s="175"/>
+      <c r="R2" s="175"/>
+      <c r="S2" s="175"/>
+      <c r="T2" s="175"/>
+      <c r="U2" s="175"/>
+      <c r="V2" s="175"/>
+      <c r="W2" s="175"/>
+      <c r="X2" s="176"/>
+      <c r="Y2" s="183" t="s">
         <v>2</v>
       </c>
-      <c r="Z2" s="127"/>
-[...10 lines deleted...]
-      <c r="AK2" s="128"/>
+      <c r="Z2" s="184"/>
+      <c r="AA2" s="184"/>
+      <c r="AB2" s="184"/>
+      <c r="AC2" s="184"/>
+      <c r="AD2" s="184"/>
+      <c r="AE2" s="184"/>
+      <c r="AF2" s="184"/>
+      <c r="AG2" s="184"/>
+      <c r="AH2" s="184"/>
+      <c r="AI2" s="184"/>
+      <c r="AJ2" s="184"/>
+      <c r="AK2" s="185"/>
       <c r="AL2" s="10"/>
     </row>
     <row r="3" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10"/>
-      <c r="B3" s="102"/>
-[...34 lines deleted...]
-      <c r="AK3" s="131"/>
+      <c r="B3" s="159"/>
+      <c r="C3" s="160"/>
+      <c r="D3" s="160"/>
+      <c r="E3" s="160"/>
+      <c r="F3" s="161"/>
+      <c r="G3" s="168"/>
+      <c r="H3" s="169"/>
+      <c r="I3" s="169"/>
+      <c r="J3" s="169"/>
+      <c r="K3" s="169"/>
+      <c r="L3" s="169"/>
+      <c r="M3" s="169"/>
+      <c r="N3" s="169"/>
+      <c r="O3" s="170"/>
+      <c r="P3" s="177"/>
+      <c r="Q3" s="178"/>
+      <c r="R3" s="178"/>
+      <c r="S3" s="178"/>
+      <c r="T3" s="178"/>
+      <c r="U3" s="178"/>
+      <c r="V3" s="178"/>
+      <c r="W3" s="178"/>
+      <c r="X3" s="179"/>
+      <c r="Y3" s="186"/>
+      <c r="Z3" s="187"/>
+      <c r="AA3" s="187"/>
+      <c r="AB3" s="187"/>
+      <c r="AC3" s="187"/>
+      <c r="AD3" s="187"/>
+      <c r="AE3" s="187"/>
+      <c r="AF3" s="187"/>
+      <c r="AG3" s="187"/>
+      <c r="AH3" s="187"/>
+      <c r="AI3" s="187"/>
+      <c r="AJ3" s="187"/>
+      <c r="AK3" s="188"/>
       <c r="AL3" s="10"/>
     </row>
     <row r="4" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10"/>
-      <c r="B4" s="102"/>
-[...34 lines deleted...]
-      <c r="AK4" s="131"/>
+      <c r="B4" s="159"/>
+      <c r="C4" s="160"/>
+      <c r="D4" s="160"/>
+      <c r="E4" s="160"/>
+      <c r="F4" s="161"/>
+      <c r="G4" s="168"/>
+      <c r="H4" s="169"/>
+      <c r="I4" s="169"/>
+      <c r="J4" s="169"/>
+      <c r="K4" s="169"/>
+      <c r="L4" s="169"/>
+      <c r="M4" s="169"/>
+      <c r="N4" s="169"/>
+      <c r="O4" s="170"/>
+      <c r="P4" s="177"/>
+      <c r="Q4" s="178"/>
+      <c r="R4" s="178"/>
+      <c r="S4" s="178"/>
+      <c r="T4" s="178"/>
+      <c r="U4" s="178"/>
+      <c r="V4" s="178"/>
+      <c r="W4" s="178"/>
+      <c r="X4" s="179"/>
+      <c r="Y4" s="186"/>
+      <c r="Z4" s="187"/>
+      <c r="AA4" s="187"/>
+      <c r="AB4" s="187"/>
+      <c r="AC4" s="187"/>
+      <c r="AD4" s="187"/>
+      <c r="AE4" s="187"/>
+      <c r="AF4" s="187"/>
+      <c r="AG4" s="187"/>
+      <c r="AH4" s="187"/>
+      <c r="AI4" s="187"/>
+      <c r="AJ4" s="187"/>
+      <c r="AK4" s="188"/>
       <c r="AL4" s="10"/>
     </row>
     <row r="5" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10"/>
-      <c r="B5" s="105"/>
-[...34 lines deleted...]
-      <c r="AK5" s="134"/>
+      <c r="B5" s="162"/>
+      <c r="C5" s="163"/>
+      <c r="D5" s="163"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="164"/>
+      <c r="G5" s="171"/>
+      <c r="H5" s="172"/>
+      <c r="I5" s="172"/>
+      <c r="J5" s="172"/>
+      <c r="K5" s="172"/>
+      <c r="L5" s="172"/>
+      <c r="M5" s="172"/>
+      <c r="N5" s="172"/>
+      <c r="O5" s="173"/>
+      <c r="P5" s="180"/>
+      <c r="Q5" s="181"/>
+      <c r="R5" s="181"/>
+      <c r="S5" s="181"/>
+      <c r="T5" s="181"/>
+      <c r="U5" s="181"/>
+      <c r="V5" s="181"/>
+      <c r="W5" s="181"/>
+      <c r="X5" s="182"/>
+      <c r="Y5" s="189"/>
+      <c r="Z5" s="190"/>
+      <c r="AA5" s="190"/>
+      <c r="AB5" s="190"/>
+      <c r="AC5" s="190"/>
+      <c r="AD5" s="190"/>
+      <c r="AE5" s="190"/>
+      <c r="AF5" s="190"/>
+      <c r="AG5" s="190"/>
+      <c r="AH5" s="190"/>
+      <c r="AI5" s="190"/>
+      <c r="AJ5" s="190"/>
+      <c r="AK5" s="191"/>
       <c r="AL5" s="10"/>
     </row>
     <row r="6" spans="1:49" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4"/>
       <c r="AJ6" s="4"/>
       <c r="AK6" s="4"/>
       <c r="AL6" s="10"/>
     </row>
     <row r="7" spans="1:49" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10"/>
-      <c r="B7" s="92" t="s">
+      <c r="B7" s="105" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="92"/>
-[...13 lines deleted...]
-      <c r="Q7" s="136" t="s">
+      <c r="C7" s="105"/>
+      <c r="D7" s="105"/>
+      <c r="E7" s="192"/>
+      <c r="F7" s="154"/>
+      <c r="G7" s="107"/>
+      <c r="H7" s="107"/>
+      <c r="I7" s="107"/>
+      <c r="J7" s="107"/>
+      <c r="K7" s="107"/>
+      <c r="L7" s="107"/>
+      <c r="M7" s="107"/>
+      <c r="N7" s="107"/>
+      <c r="O7" s="107"/>
+      <c r="P7" s="155"/>
+      <c r="Q7" s="193" t="s">
         <v>37</v>
       </c>
-      <c r="R7" s="93"/>
-[...7 lines deleted...]
-      <c r="Z7" s="139"/>
+      <c r="R7" s="152"/>
+      <c r="S7" s="152"/>
+      <c r="T7" s="153"/>
+      <c r="U7" s="194"/>
+      <c r="V7" s="195"/>
+      <c r="W7" s="195"/>
+      <c r="X7" s="195"/>
+      <c r="Y7" s="195"/>
+      <c r="Z7" s="196"/>
       <c r="AA7" s="10"/>
-      <c r="AB7" s="93" t="s">
+      <c r="AB7" s="152" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="93"/>
-[...7 lines deleted...]
-      <c r="AK7" s="139"/>
+      <c r="AC7" s="152"/>
+      <c r="AD7" s="152"/>
+      <c r="AE7" s="153"/>
+      <c r="AF7" s="194"/>
+      <c r="AG7" s="195"/>
+      <c r="AH7" s="195"/>
+      <c r="AI7" s="195"/>
+      <c r="AJ7" s="195"/>
+      <c r="AK7" s="196"/>
       <c r="AL7" s="10"/>
     </row>
     <row r="8" spans="1:49" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="10"/>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="10"/>
       <c r="J8" s="10"/>
       <c r="K8" s="10"/>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="10"/>
       <c r="Q8" s="10"/>
       <c r="R8" s="10"/>
       <c r="S8" s="10"/>
       <c r="T8" s="10"/>
       <c r="U8" s="10"/>
       <c r="V8" s="10"/>
       <c r="W8" s="10"/>
       <c r="X8" s="10"/>
       <c r="Y8" s="10"/>
       <c r="Z8" s="10"/>
       <c r="AA8" s="10"/>
       <c r="AB8" s="10"/>
       <c r="AC8" s="10"/>
       <c r="AD8" s="10"/>
       <c r="AE8" s="10"/>
       <c r="AF8" s="10"/>
       <c r="AG8" s="10"/>
       <c r="AH8" s="10"/>
       <c r="AI8" s="10"/>
       <c r="AJ8" s="10"/>
       <c r="AK8" s="10"/>
       <c r="AL8" s="10"/>
     </row>
     <row r="9" spans="1:49" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10"/>
-      <c r="B9" s="92" t="s">
+      <c r="B9" s="105" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="92"/>
-      <c r="D9" s="92"/>
+      <c r="C9" s="105"/>
+      <c r="D9" s="105"/>
       <c r="E9" s="10"/>
-      <c r="F9" s="96"/>
-[...30 lines deleted...]
-      <c r="AK9" s="98"/>
+      <c r="F9" s="154"/>
+      <c r="G9" s="107"/>
+      <c r="H9" s="107"/>
+      <c r="I9" s="107"/>
+      <c r="J9" s="107"/>
+      <c r="K9" s="107"/>
+      <c r="L9" s="107"/>
+      <c r="M9" s="107"/>
+      <c r="N9" s="107"/>
+      <c r="O9" s="107"/>
+      <c r="P9" s="107"/>
+      <c r="Q9" s="107"/>
+      <c r="R9" s="107"/>
+      <c r="S9" s="107"/>
+      <c r="T9" s="107"/>
+      <c r="U9" s="107"/>
+      <c r="V9" s="107"/>
+      <c r="W9" s="107"/>
+      <c r="X9" s="107"/>
+      <c r="Y9" s="107"/>
+      <c r="Z9" s="107"/>
+      <c r="AA9" s="107"/>
+      <c r="AB9" s="107"/>
+      <c r="AC9" s="107"/>
+      <c r="AD9" s="107"/>
+      <c r="AE9" s="107"/>
+      <c r="AF9" s="107"/>
+      <c r="AG9" s="107"/>
+      <c r="AH9" s="107"/>
+      <c r="AI9" s="107"/>
+      <c r="AJ9" s="107"/>
+      <c r="AK9" s="155"/>
       <c r="AL9" s="10"/>
     </row>
     <row r="10" spans="1:49" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -8994,52 +8994,52 @@
       <c r="H16" s="8"/>
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
       <c r="M16" s="20"/>
       <c r="N16" s="20"/>
       <c r="O16" s="20"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="9"/>
       <c r="V16" s="9"/>
       <c r="W16" s="9"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="8"/>
       <c r="Z16" s="8"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="11"/>
       <c r="AC16" s="44" t="s">
         <v>117</v>
       </c>
       <c r="AD16" s="8"/>
-      <c r="AE16" s="95"/>
-      <c r="AF16" s="95"/>
+      <c r="AE16" s="148"/>
+      <c r="AF16" s="148"/>
       <c r="AG16" s="8"/>
       <c r="AH16" s="8"/>
       <c r="AI16" s="8"/>
       <c r="AJ16" s="8"/>
       <c r="AK16" s="8"/>
       <c r="AL16" s="10"/>
       <c r="AW16" s="22" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="20"/>
       <c r="J17" s="20"/>
       <c r="K17" s="20"/>
       <c r="L17" s="20"/>
       <c r="M17" s="20"/>
       <c r="N17" s="20"/>
@@ -9220,52 +9220,52 @@
       <c r="H21" s="8"/>
       <c r="I21" s="20"/>
       <c r="J21" s="20"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="9"/>
       <c r="V21" s="9"/>
       <c r="W21" s="9"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
       <c r="AB21" s="11"/>
       <c r="AC21" s="44" t="s">
         <v>6</v>
       </c>
       <c r="AD21" s="8"/>
-      <c r="AE21" s="95"/>
-      <c r="AF21" s="95"/>
+      <c r="AE21" s="148"/>
+      <c r="AF21" s="148"/>
       <c r="AG21" s="8"/>
       <c r="AH21" s="8"/>
       <c r="AI21" s="8"/>
       <c r="AJ21" s="8"/>
       <c r="AK21" s="8"/>
       <c r="AL21" s="10"/>
       <c r="AW21" s="22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="20"/>
       <c r="J22" s="20"/>
       <c r="K22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="8"/>
@@ -9349,52 +9349,52 @@
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="8"/>
       <c r="U24" s="9"/>
       <c r="V24" s="9"/>
       <c r="W24" s="9"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="8"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="8"/>
       <c r="AB24" s="11"/>
       <c r="AC24" s="44" t="s">
         <v>117</v>
       </c>
       <c r="AD24" s="8"/>
-      <c r="AE24" s="140"/>
-      <c r="AF24" s="140"/>
+      <c r="AE24" s="149"/>
+      <c r="AF24" s="149"/>
       <c r="AG24" s="8"/>
       <c r="AH24" s="8"/>
       <c r="AI24" s="8"/>
       <c r="AJ24" s="8"/>
       <c r="AK24" s="8"/>
       <c r="AL24" s="10"/>
     </row>
     <row r="25" spans="1:49" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
       <c r="O25" s="12"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="12"/>
@@ -9496,63 +9496,63 @@
       <c r="AC27" s="10"/>
       <c r="AD27" s="10"/>
       <c r="AE27" s="10"/>
       <c r="AF27" s="10"/>
       <c r="AG27" s="10"/>
       <c r="AH27" s="10"/>
       <c r="AI27" s="10"/>
       <c r="AJ27" s="10"/>
       <c r="AK27" s="10"/>
       <c r="AL27" s="10"/>
     </row>
     <row r="28" spans="1:49" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="10"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="23"/>
       <c r="J28" s="16" t="s">
         <v>109</v>
       </c>
       <c r="K28" s="10"/>
-      <c r="M28" s="141"/>
-[...11 lines deleted...]
-      <c r="Y28" s="141"/>
+      <c r="M28" s="150"/>
+      <c r="N28" s="150"/>
+      <c r="O28" s="150"/>
+      <c r="P28" s="150"/>
+      <c r="Q28" s="150"/>
+      <c r="R28" s="150"/>
+      <c r="S28" s="150"/>
+      <c r="T28" s="150"/>
+      <c r="U28" s="150"/>
+      <c r="V28" s="150"/>
+      <c r="W28" s="150"/>
+      <c r="X28" s="150"/>
+      <c r="Y28" s="150"/>
       <c r="Z28" s="10"/>
       <c r="AA28" s="10"/>
       <c r="AB28" s="10"/>
       <c r="AC28" s="10"/>
       <c r="AD28" s="10"/>
       <c r="AE28" s="10"/>
       <c r="AF28" s="10"/>
       <c r="AG28" s="10"/>
       <c r="AH28" s="10"/>
       <c r="AI28" s="10"/>
       <c r="AJ28" s="10"/>
       <c r="AK28" s="10"/>
       <c r="AL28" s="10"/>
       <c r="AO28" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10"/>
       <c r="B29" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
@@ -9604,60 +9604,60 @@
       <c r="I30" s="10"/>
       <c r="J30" s="15"/>
       <c r="L30" s="10"/>
       <c r="M30" s="24"/>
       <c r="N30" s="15" t="s">
         <v>10</v>
       </c>
       <c r="O30" s="10"/>
       <c r="P30" s="10"/>
       <c r="R30" s="23"/>
       <c r="S30" s="10" t="s">
         <v>11</v>
       </c>
       <c r="T30" s="10"/>
       <c r="U30" s="10"/>
       <c r="V30" s="23"/>
       <c r="W30" s="10" t="s">
         <v>12</v>
       </c>
       <c r="X30" s="15"/>
       <c r="Y30" s="23"/>
       <c r="Z30" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AA30" s="15"/>
-      <c r="AB30" s="141"/>
-[...8 lines deleted...]
-      <c r="AK30" s="141"/>
+      <c r="AB30" s="150"/>
+      <c r="AC30" s="150"/>
+      <c r="AD30" s="150"/>
+      <c r="AE30" s="150"/>
+      <c r="AF30" s="150"/>
+      <c r="AG30" s="150"/>
+      <c r="AH30" s="150"/>
+      <c r="AI30" s="150"/>
+      <c r="AJ30" s="150"/>
+      <c r="AK30" s="150"/>
       <c r="AL30" s="10"/>
       <c r="AO30" s="25" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:49" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="10"/>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
       <c r="F31" s="10"/>
       <c r="G31" s="10"/>
       <c r="H31" s="10"/>
       <c r="I31" s="10"/>
       <c r="J31" s="15"/>
       <c r="K31" s="10"/>
       <c r="L31" s="10"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="10"/>
       <c r="P31" s="10"/>
       <c r="Q31" s="10"/>
       <c r="R31" s="10"/>
       <c r="S31" s="10"/>
@@ -9678,63 +9678,63 @@
       <c r="AH31" s="15"/>
       <c r="AI31" s="15"/>
       <c r="AJ31" s="15"/>
       <c r="AK31" s="15"/>
       <c r="AL31" s="10"/>
     </row>
     <row r="32" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="10"/>
       <c r="B32" s="10" t="s">
         <v>111</v>
       </c>
       <c r="C32" s="10"/>
       <c r="D32" s="10"/>
       <c r="E32" s="10"/>
       <c r="F32" s="10"/>
       <c r="G32" s="10"/>
       <c r="H32" s="10"/>
       <c r="I32" s="10"/>
       <c r="K32" s="10"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="27" t="s">
         <v>125</v>
       </c>
-      <c r="P32" s="142"/>
-      <c r="Q32" s="142"/>
+      <c r="P32" s="151"/>
+      <c r="Q32" s="151"/>
       <c r="R32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="S32" s="10"/>
       <c r="T32" s="10"/>
       <c r="U32" s="10"/>
       <c r="V32" s="27" t="s">
         <v>126</v>
       </c>
-      <c r="W32" s="142"/>
-      <c r="X32" s="142"/>
+      <c r="W32" s="151"/>
+      <c r="X32" s="151"/>
       <c r="Y32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="Z32" s="10"/>
       <c r="AA32" s="10"/>
       <c r="AB32" s="10"/>
       <c r="AC32" s="10"/>
       <c r="AD32" s="10"/>
       <c r="AE32" s="10"/>
       <c r="AF32" s="10"/>
       <c r="AG32" s="10"/>
       <c r="AH32" s="10"/>
       <c r="AI32" s="10"/>
       <c r="AJ32" s="10"/>
       <c r="AK32" s="10"/>
       <c r="AL32" s="10"/>
     </row>
     <row r="33" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="10"/>
       <c r="C33" s="15"/>
       <c r="D33" s="15"/>
       <c r="E33" s="15"/>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
@@ -9791,568 +9791,568 @@
       <c r="Q34" s="6"/>
       <c r="R34" s="6"/>
       <c r="S34" s="6"/>
       <c r="T34" s="6"/>
       <c r="U34" s="6"/>
       <c r="V34" s="6"/>
       <c r="W34" s="6"/>
       <c r="X34" s="6"/>
       <c r="Y34" s="6"/>
       <c r="Z34" s="6"/>
       <c r="AA34" s="6"/>
       <c r="AB34" s="6"/>
       <c r="AC34" s="6"/>
       <c r="AD34" s="6"/>
       <c r="AE34" s="6"/>
       <c r="AF34" s="6"/>
       <c r="AG34" s="6"/>
       <c r="AH34" s="6"/>
       <c r="AI34" s="6"/>
       <c r="AJ34" s="6"/>
       <c r="AK34" s="6"/>
       <c r="AL34" s="10"/>
     </row>
     <row r="35" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="10"/>
-      <c r="B35" s="143" t="s">
+      <c r="B35" s="112" t="s">
         <v>16</v>
       </c>
-      <c r="C35" s="143"/>
-[...33 lines deleted...]
-      <c r="AK35" s="143"/>
+      <c r="C35" s="112"/>
+      <c r="D35" s="112"/>
+      <c r="E35" s="112"/>
+      <c r="F35" s="112"/>
+      <c r="G35" s="112"/>
+      <c r="H35" s="112"/>
+      <c r="I35" s="112"/>
+      <c r="J35" s="112"/>
+      <c r="K35" s="112"/>
+      <c r="L35" s="112"/>
+      <c r="M35" s="112"/>
+      <c r="N35" s="112"/>
+      <c r="O35" s="112"/>
+      <c r="P35" s="112"/>
+      <c r="Q35" s="112"/>
+      <c r="R35" s="112"/>
+      <c r="S35" s="112"/>
+      <c r="T35" s="112"/>
+      <c r="U35" s="112"/>
+      <c r="V35" s="112"/>
+      <c r="W35" s="112"/>
+      <c r="X35" s="112"/>
+      <c r="Y35" s="112"/>
+      <c r="Z35" s="112"/>
+      <c r="AA35" s="112"/>
+      <c r="AB35" s="112"/>
+      <c r="AC35" s="112"/>
+      <c r="AD35" s="112"/>
+      <c r="AE35" s="112"/>
+      <c r="AF35" s="112"/>
+      <c r="AG35" s="112"/>
+      <c r="AH35" s="112"/>
+      <c r="AI35" s="112"/>
+      <c r="AJ35" s="112"/>
+      <c r="AK35" s="112"/>
       <c r="AL35" s="10"/>
     </row>
     <row r="36" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="10"/>
-      <c r="B36" s="171"/>
-[...34 lines deleted...]
-      <c r="AK36" s="173"/>
+      <c r="B36" s="139"/>
+      <c r="C36" s="140"/>
+      <c r="D36" s="140"/>
+      <c r="E36" s="140"/>
+      <c r="F36" s="140"/>
+      <c r="G36" s="140"/>
+      <c r="H36" s="140"/>
+      <c r="I36" s="140"/>
+      <c r="J36" s="140"/>
+      <c r="K36" s="140"/>
+      <c r="L36" s="140"/>
+      <c r="M36" s="140"/>
+      <c r="N36" s="140"/>
+      <c r="O36" s="140"/>
+      <c r="P36" s="140"/>
+      <c r="Q36" s="140"/>
+      <c r="R36" s="140"/>
+      <c r="S36" s="140"/>
+      <c r="T36" s="140"/>
+      <c r="U36" s="140"/>
+      <c r="V36" s="140"/>
+      <c r="W36" s="140"/>
+      <c r="X36" s="140"/>
+      <c r="Y36" s="140"/>
+      <c r="Z36" s="140"/>
+      <c r="AA36" s="140"/>
+      <c r="AB36" s="140"/>
+      <c r="AC36" s="140"/>
+      <c r="AD36" s="140"/>
+      <c r="AE36" s="140"/>
+      <c r="AF36" s="140"/>
+      <c r="AG36" s="140"/>
+      <c r="AH36" s="140"/>
+      <c r="AI36" s="140"/>
+      <c r="AJ36" s="140"/>
+      <c r="AK36" s="141"/>
       <c r="AL36" s="10"/>
     </row>
     <row r="37" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="10"/>
-      <c r="B37" s="174"/>
-[...34 lines deleted...]
-      <c r="AK37" s="176"/>
+      <c r="B37" s="142"/>
+      <c r="C37" s="143"/>
+      <c r="D37" s="143"/>
+      <c r="E37" s="143"/>
+      <c r="F37" s="143"/>
+      <c r="G37" s="143"/>
+      <c r="H37" s="143"/>
+      <c r="I37" s="143"/>
+      <c r="J37" s="143"/>
+      <c r="K37" s="143"/>
+      <c r="L37" s="143"/>
+      <c r="M37" s="143"/>
+      <c r="N37" s="143"/>
+      <c r="O37" s="143"/>
+      <c r="P37" s="143"/>
+      <c r="Q37" s="143"/>
+      <c r="R37" s="143"/>
+      <c r="S37" s="143"/>
+      <c r="T37" s="143"/>
+      <c r="U37" s="143"/>
+      <c r="V37" s="143"/>
+      <c r="W37" s="143"/>
+      <c r="X37" s="143"/>
+      <c r="Y37" s="143"/>
+      <c r="Z37" s="143"/>
+      <c r="AA37" s="143"/>
+      <c r="AB37" s="143"/>
+      <c r="AC37" s="143"/>
+      <c r="AD37" s="143"/>
+      <c r="AE37" s="143"/>
+      <c r="AF37" s="143"/>
+      <c r="AG37" s="143"/>
+      <c r="AH37" s="143"/>
+      <c r="AI37" s="143"/>
+      <c r="AJ37" s="143"/>
+      <c r="AK37" s="144"/>
       <c r="AL37" s="10"/>
     </row>
     <row r="38" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="10"/>
-      <c r="B38" s="174"/>
-[...34 lines deleted...]
-      <c r="AK38" s="176"/>
+      <c r="B38" s="142"/>
+      <c r="C38" s="143"/>
+      <c r="D38" s="143"/>
+      <c r="E38" s="143"/>
+      <c r="F38" s="143"/>
+      <c r="G38" s="143"/>
+      <c r="H38" s="143"/>
+      <c r="I38" s="143"/>
+      <c r="J38" s="143"/>
+      <c r="K38" s="143"/>
+      <c r="L38" s="143"/>
+      <c r="M38" s="143"/>
+      <c r="N38" s="143"/>
+      <c r="O38" s="143"/>
+      <c r="P38" s="143"/>
+      <c r="Q38" s="143"/>
+      <c r="R38" s="143"/>
+      <c r="S38" s="143"/>
+      <c r="T38" s="143"/>
+      <c r="U38" s="143"/>
+      <c r="V38" s="143"/>
+      <c r="W38" s="143"/>
+      <c r="X38" s="143"/>
+      <c r="Y38" s="143"/>
+      <c r="Z38" s="143"/>
+      <c r="AA38" s="143"/>
+      <c r="AB38" s="143"/>
+      <c r="AC38" s="143"/>
+      <c r="AD38" s="143"/>
+      <c r="AE38" s="143"/>
+      <c r="AF38" s="143"/>
+      <c r="AG38" s="143"/>
+      <c r="AH38" s="143"/>
+      <c r="AI38" s="143"/>
+      <c r="AJ38" s="143"/>
+      <c r="AK38" s="144"/>
       <c r="AL38" s="10"/>
     </row>
     <row r="39" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="10"/>
-      <c r="B39" s="174"/>
-[...34 lines deleted...]
-      <c r="AK39" s="176"/>
+      <c r="B39" s="142"/>
+      <c r="C39" s="143"/>
+      <c r="D39" s="143"/>
+      <c r="E39" s="143"/>
+      <c r="F39" s="143"/>
+      <c r="G39" s="143"/>
+      <c r="H39" s="143"/>
+      <c r="I39" s="143"/>
+      <c r="J39" s="143"/>
+      <c r="K39" s="143"/>
+      <c r="L39" s="143"/>
+      <c r="M39" s="143"/>
+      <c r="N39" s="143"/>
+      <c r="O39" s="143"/>
+      <c r="P39" s="143"/>
+      <c r="Q39" s="143"/>
+      <c r="R39" s="143"/>
+      <c r="S39" s="143"/>
+      <c r="T39" s="143"/>
+      <c r="U39" s="143"/>
+      <c r="V39" s="143"/>
+      <c r="W39" s="143"/>
+      <c r="X39" s="143"/>
+      <c r="Y39" s="143"/>
+      <c r="Z39" s="143"/>
+      <c r="AA39" s="143"/>
+      <c r="AB39" s="143"/>
+      <c r="AC39" s="143"/>
+      <c r="AD39" s="143"/>
+      <c r="AE39" s="143"/>
+      <c r="AF39" s="143"/>
+      <c r="AG39" s="143"/>
+      <c r="AH39" s="143"/>
+      <c r="AI39" s="143"/>
+      <c r="AJ39" s="143"/>
+      <c r="AK39" s="144"/>
       <c r="AL39" s="10"/>
     </row>
     <row r="40" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="10"/>
-      <c r="B40" s="174"/>
-[...34 lines deleted...]
-      <c r="AK40" s="176"/>
+      <c r="B40" s="142"/>
+      <c r="C40" s="143"/>
+      <c r="D40" s="143"/>
+      <c r="E40" s="143"/>
+      <c r="F40" s="143"/>
+      <c r="G40" s="143"/>
+      <c r="H40" s="143"/>
+      <c r="I40" s="143"/>
+      <c r="J40" s="143"/>
+      <c r="K40" s="143"/>
+      <c r="L40" s="143"/>
+      <c r="M40" s="143"/>
+      <c r="N40" s="143"/>
+      <c r="O40" s="143"/>
+      <c r="P40" s="143"/>
+      <c r="Q40" s="143"/>
+      <c r="R40" s="143"/>
+      <c r="S40" s="143"/>
+      <c r="T40" s="143"/>
+      <c r="U40" s="143"/>
+      <c r="V40" s="143"/>
+      <c r="W40" s="143"/>
+      <c r="X40" s="143"/>
+      <c r="Y40" s="143"/>
+      <c r="Z40" s="143"/>
+      <c r="AA40" s="143"/>
+      <c r="AB40" s="143"/>
+      <c r="AC40" s="143"/>
+      <c r="AD40" s="143"/>
+      <c r="AE40" s="143"/>
+      <c r="AF40" s="143"/>
+      <c r="AG40" s="143"/>
+      <c r="AH40" s="143"/>
+      <c r="AI40" s="143"/>
+      <c r="AJ40" s="143"/>
+      <c r="AK40" s="144"/>
       <c r="AL40" s="10"/>
     </row>
     <row r="41" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="10"/>
-      <c r="B41" s="174"/>
-[...34 lines deleted...]
-      <c r="AK41" s="176"/>
+      <c r="B41" s="142"/>
+      <c r="C41" s="143"/>
+      <c r="D41" s="143"/>
+      <c r="E41" s="143"/>
+      <c r="F41" s="143"/>
+      <c r="G41" s="143"/>
+      <c r="H41" s="143"/>
+      <c r="I41" s="143"/>
+      <c r="J41" s="143"/>
+      <c r="K41" s="143"/>
+      <c r="L41" s="143"/>
+      <c r="M41" s="143"/>
+      <c r="N41" s="143"/>
+      <c r="O41" s="143"/>
+      <c r="P41" s="143"/>
+      <c r="Q41" s="143"/>
+      <c r="R41" s="143"/>
+      <c r="S41" s="143"/>
+      <c r="T41" s="143"/>
+      <c r="U41" s="143"/>
+      <c r="V41" s="143"/>
+      <c r="W41" s="143"/>
+      <c r="X41" s="143"/>
+      <c r="Y41" s="143"/>
+      <c r="Z41" s="143"/>
+      <c r="AA41" s="143"/>
+      <c r="AB41" s="143"/>
+      <c r="AC41" s="143"/>
+      <c r="AD41" s="143"/>
+      <c r="AE41" s="143"/>
+      <c r="AF41" s="143"/>
+      <c r="AG41" s="143"/>
+      <c r="AH41" s="143"/>
+      <c r="AI41" s="143"/>
+      <c r="AJ41" s="143"/>
+      <c r="AK41" s="144"/>
       <c r="AL41" s="10"/>
     </row>
     <row r="42" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="10"/>
-      <c r="B42" s="174"/>
-[...34 lines deleted...]
-      <c r="AK42" s="176"/>
+      <c r="B42" s="142"/>
+      <c r="C42" s="143"/>
+      <c r="D42" s="143"/>
+      <c r="E42" s="143"/>
+      <c r="F42" s="143"/>
+      <c r="G42" s="143"/>
+      <c r="H42" s="143"/>
+      <c r="I42" s="143"/>
+      <c r="J42" s="143"/>
+      <c r="K42" s="143"/>
+      <c r="L42" s="143"/>
+      <c r="M42" s="143"/>
+      <c r="N42" s="143"/>
+      <c r="O42" s="143"/>
+      <c r="P42" s="143"/>
+      <c r="Q42" s="143"/>
+      <c r="R42" s="143"/>
+      <c r="S42" s="143"/>
+      <c r="T42" s="143"/>
+      <c r="U42" s="143"/>
+      <c r="V42" s="143"/>
+      <c r="W42" s="143"/>
+      <c r="X42" s="143"/>
+      <c r="Y42" s="143"/>
+      <c r="Z42" s="143"/>
+      <c r="AA42" s="143"/>
+      <c r="AB42" s="143"/>
+      <c r="AC42" s="143"/>
+      <c r="AD42" s="143"/>
+      <c r="AE42" s="143"/>
+      <c r="AF42" s="143"/>
+      <c r="AG42" s="143"/>
+      <c r="AH42" s="143"/>
+      <c r="AI42" s="143"/>
+      <c r="AJ42" s="143"/>
+      <c r="AK42" s="144"/>
       <c r="AL42" s="10"/>
     </row>
     <row r="43" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="10"/>
-      <c r="B43" s="174"/>
-[...34 lines deleted...]
-      <c r="AK43" s="176"/>
+      <c r="B43" s="142"/>
+      <c r="C43" s="143"/>
+      <c r="D43" s="143"/>
+      <c r="E43" s="143"/>
+      <c r="F43" s="143"/>
+      <c r="G43" s="143"/>
+      <c r="H43" s="143"/>
+      <c r="I43" s="143"/>
+      <c r="J43" s="143"/>
+      <c r="K43" s="143"/>
+      <c r="L43" s="143"/>
+      <c r="M43" s="143"/>
+      <c r="N43" s="143"/>
+      <c r="O43" s="143"/>
+      <c r="P43" s="143"/>
+      <c r="Q43" s="143"/>
+      <c r="R43" s="143"/>
+      <c r="S43" s="143"/>
+      <c r="T43" s="143"/>
+      <c r="U43" s="143"/>
+      <c r="V43" s="143"/>
+      <c r="W43" s="143"/>
+      <c r="X43" s="143"/>
+      <c r="Y43" s="143"/>
+      <c r="Z43" s="143"/>
+      <c r="AA43" s="143"/>
+      <c r="AB43" s="143"/>
+      <c r="AC43" s="143"/>
+      <c r="AD43" s="143"/>
+      <c r="AE43" s="143"/>
+      <c r="AF43" s="143"/>
+      <c r="AG43" s="143"/>
+      <c r="AH43" s="143"/>
+      <c r="AI43" s="143"/>
+      <c r="AJ43" s="143"/>
+      <c r="AK43" s="144"/>
       <c r="AL43" s="10"/>
     </row>
     <row r="44" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="10"/>
-      <c r="B44" s="174"/>
-[...34 lines deleted...]
-      <c r="AK44" s="176"/>
+      <c r="B44" s="142"/>
+      <c r="C44" s="143"/>
+      <c r="D44" s="143"/>
+      <c r="E44" s="143"/>
+      <c r="F44" s="143"/>
+      <c r="G44" s="143"/>
+      <c r="H44" s="143"/>
+      <c r="I44" s="143"/>
+      <c r="J44" s="143"/>
+      <c r="K44" s="143"/>
+      <c r="L44" s="143"/>
+      <c r="M44" s="143"/>
+      <c r="N44" s="143"/>
+      <c r="O44" s="143"/>
+      <c r="P44" s="143"/>
+      <c r="Q44" s="143"/>
+      <c r="R44" s="143"/>
+      <c r="S44" s="143"/>
+      <c r="T44" s="143"/>
+      <c r="U44" s="143"/>
+      <c r="V44" s="143"/>
+      <c r="W44" s="143"/>
+      <c r="X44" s="143"/>
+      <c r="Y44" s="143"/>
+      <c r="Z44" s="143"/>
+      <c r="AA44" s="143"/>
+      <c r="AB44" s="143"/>
+      <c r="AC44" s="143"/>
+      <c r="AD44" s="143"/>
+      <c r="AE44" s="143"/>
+      <c r="AF44" s="143"/>
+      <c r="AG44" s="143"/>
+      <c r="AH44" s="143"/>
+      <c r="AI44" s="143"/>
+      <c r="AJ44" s="143"/>
+      <c r="AK44" s="144"/>
       <c r="AL44" s="10"/>
     </row>
     <row r="45" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="10"/>
-      <c r="B45" s="174"/>
-[...34 lines deleted...]
-      <c r="AK45" s="176"/>
+      <c r="B45" s="142"/>
+      <c r="C45" s="143"/>
+      <c r="D45" s="143"/>
+      <c r="E45" s="143"/>
+      <c r="F45" s="143"/>
+      <c r="G45" s="143"/>
+      <c r="H45" s="143"/>
+      <c r="I45" s="143"/>
+      <c r="J45" s="143"/>
+      <c r="K45" s="143"/>
+      <c r="L45" s="143"/>
+      <c r="M45" s="143"/>
+      <c r="N45" s="143"/>
+      <c r="O45" s="143"/>
+      <c r="P45" s="143"/>
+      <c r="Q45" s="143"/>
+      <c r="R45" s="143"/>
+      <c r="S45" s="143"/>
+      <c r="T45" s="143"/>
+      <c r="U45" s="143"/>
+      <c r="V45" s="143"/>
+      <c r="W45" s="143"/>
+      <c r="X45" s="143"/>
+      <c r="Y45" s="143"/>
+      <c r="Z45" s="143"/>
+      <c r="AA45" s="143"/>
+      <c r="AB45" s="143"/>
+      <c r="AC45" s="143"/>
+      <c r="AD45" s="143"/>
+      <c r="AE45" s="143"/>
+      <c r="AF45" s="143"/>
+      <c r="AG45" s="143"/>
+      <c r="AH45" s="143"/>
+      <c r="AI45" s="143"/>
+      <c r="AJ45" s="143"/>
+      <c r="AK45" s="144"/>
       <c r="AL45" s="10"/>
     </row>
     <row r="46" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="10"/>
-      <c r="B46" s="174"/>
-[...34 lines deleted...]
-      <c r="AK46" s="176"/>
+      <c r="B46" s="142"/>
+      <c r="C46" s="143"/>
+      <c r="D46" s="143"/>
+      <c r="E46" s="143"/>
+      <c r="F46" s="143"/>
+      <c r="G46" s="143"/>
+      <c r="H46" s="143"/>
+      <c r="I46" s="143"/>
+      <c r="J46" s="143"/>
+      <c r="K46" s="143"/>
+      <c r="L46" s="143"/>
+      <c r="M46" s="143"/>
+      <c r="N46" s="143"/>
+      <c r="O46" s="143"/>
+      <c r="P46" s="143"/>
+      <c r="Q46" s="143"/>
+      <c r="R46" s="143"/>
+      <c r="S46" s="143"/>
+      <c r="T46" s="143"/>
+      <c r="U46" s="143"/>
+      <c r="V46" s="143"/>
+      <c r="W46" s="143"/>
+      <c r="X46" s="143"/>
+      <c r="Y46" s="143"/>
+      <c r="Z46" s="143"/>
+      <c r="AA46" s="143"/>
+      <c r="AB46" s="143"/>
+      <c r="AC46" s="143"/>
+      <c r="AD46" s="143"/>
+      <c r="AE46" s="143"/>
+      <c r="AF46" s="143"/>
+      <c r="AG46" s="143"/>
+      <c r="AH46" s="143"/>
+      <c r="AI46" s="143"/>
+      <c r="AJ46" s="143"/>
+      <c r="AK46" s="144"/>
       <c r="AL46" s="10"/>
     </row>
     <row r="47" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="10"/>
-      <c r="B47" s="177"/>
-[...34 lines deleted...]
-      <c r="AK47" s="179"/>
+      <c r="B47" s="145"/>
+      <c r="C47" s="146"/>
+      <c r="D47" s="146"/>
+      <c r="E47" s="146"/>
+      <c r="F47" s="146"/>
+      <c r="G47" s="146"/>
+      <c r="H47" s="146"/>
+      <c r="I47" s="146"/>
+      <c r="J47" s="146"/>
+      <c r="K47" s="146"/>
+      <c r="L47" s="146"/>
+      <c r="M47" s="146"/>
+      <c r="N47" s="146"/>
+      <c r="O47" s="146"/>
+      <c r="P47" s="146"/>
+      <c r="Q47" s="146"/>
+      <c r="R47" s="146"/>
+      <c r="S47" s="146"/>
+      <c r="T47" s="146"/>
+      <c r="U47" s="146"/>
+      <c r="V47" s="146"/>
+      <c r="W47" s="146"/>
+      <c r="X47" s="146"/>
+      <c r="Y47" s="146"/>
+      <c r="Z47" s="146"/>
+      <c r="AA47" s="146"/>
+      <c r="AB47" s="146"/>
+      <c r="AC47" s="146"/>
+      <c r="AD47" s="146"/>
+      <c r="AE47" s="146"/>
+      <c r="AF47" s="146"/>
+      <c r="AG47" s="146"/>
+      <c r="AH47" s="146"/>
+      <c r="AI47" s="146"/>
+      <c r="AJ47" s="146"/>
+      <c r="AK47" s="147"/>
       <c r="AL47" s="10"/>
     </row>
     <row r="48" spans="1:38" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="10"/>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
@@ -10393,421 +10393,421 @@
       <c r="Q49" s="10"/>
       <c r="R49" s="10"/>
       <c r="S49" s="10"/>
       <c r="T49" s="10"/>
       <c r="U49" s="10"/>
       <c r="V49" s="10"/>
       <c r="W49" s="10"/>
       <c r="X49" s="10"/>
       <c r="Y49" s="10"/>
       <c r="Z49" s="10"/>
       <c r="AA49" s="10"/>
       <c r="AB49" s="10"/>
       <c r="AC49" s="10"/>
       <c r="AD49" s="10"/>
       <c r="AE49" s="10"/>
       <c r="AF49" s="10"/>
       <c r="AG49" s="10"/>
       <c r="AH49" s="10"/>
       <c r="AI49" s="10"/>
       <c r="AJ49" s="10"/>
       <c r="AK49" s="10"/>
       <c r="AL49" s="10"/>
     </row>
     <row r="50" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="10"/>
-      <c r="B50" s="144" t="s">
+      <c r="B50" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="C50" s="144"/>
-[...4 lines deleted...]
-      <c r="H50" s="146" t="s">
+      <c r="C50" s="113"/>
+      <c r="D50" s="113"/>
+      <c r="E50" s="113"/>
+      <c r="F50" s="113"/>
+      <c r="G50" s="114"/>
+      <c r="H50" s="115" t="s">
         <v>18</v>
       </c>
-      <c r="I50" s="147"/>
-[...13 lines deleted...]
-      <c r="W50" s="152" t="s">
+      <c r="I50" s="116"/>
+      <c r="J50" s="116"/>
+      <c r="K50" s="116"/>
+      <c r="L50" s="116"/>
+      <c r="M50" s="116"/>
+      <c r="N50" s="116"/>
+      <c r="O50" s="116"/>
+      <c r="P50" s="116"/>
+      <c r="Q50" s="116"/>
+      <c r="R50" s="116"/>
+      <c r="S50" s="116"/>
+      <c r="T50" s="116"/>
+      <c r="U50" s="116"/>
+      <c r="V50" s="117"/>
+      <c r="W50" s="121" t="s">
         <v>36</v>
       </c>
-      <c r="X50" s="153"/>
-[...12 lines deleted...]
-      <c r="AK50" s="154"/>
+      <c r="X50" s="122"/>
+      <c r="Y50" s="122"/>
+      <c r="Z50" s="122"/>
+      <c r="AA50" s="122"/>
+      <c r="AB50" s="122"/>
+      <c r="AC50" s="122"/>
+      <c r="AD50" s="122"/>
+      <c r="AE50" s="122"/>
+      <c r="AF50" s="122"/>
+      <c r="AG50" s="122"/>
+      <c r="AH50" s="122"/>
+      <c r="AI50" s="122"/>
+      <c r="AJ50" s="122"/>
+      <c r="AK50" s="123"/>
       <c r="AL50" s="10"/>
     </row>
     <row r="51" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="10"/>
       <c r="B51" s="26"/>
       <c r="C51" s="26"/>
       <c r="D51" s="26"/>
       <c r="E51" s="26"/>
       <c r="F51" s="26"/>
       <c r="G51" s="26"/>
-      <c r="H51" s="149"/>
-[...28 lines deleted...]
-      <c r="AK51" s="157"/>
+      <c r="H51" s="118"/>
+      <c r="I51" s="119"/>
+      <c r="J51" s="119"/>
+      <c r="K51" s="119"/>
+      <c r="L51" s="119"/>
+      <c r="M51" s="119"/>
+      <c r="N51" s="119"/>
+      <c r="O51" s="119"/>
+      <c r="P51" s="119"/>
+      <c r="Q51" s="119"/>
+      <c r="R51" s="119"/>
+      <c r="S51" s="119"/>
+      <c r="T51" s="119"/>
+      <c r="U51" s="119"/>
+      <c r="V51" s="120"/>
+      <c r="W51" s="124"/>
+      <c r="X51" s="125"/>
+      <c r="Y51" s="125"/>
+      <c r="Z51" s="125"/>
+      <c r="AA51" s="125"/>
+      <c r="AB51" s="125"/>
+      <c r="AC51" s="125"/>
+      <c r="AD51" s="125"/>
+      <c r="AE51" s="125"/>
+      <c r="AF51" s="125"/>
+      <c r="AG51" s="125"/>
+      <c r="AH51" s="125"/>
+      <c r="AI51" s="125"/>
+      <c r="AJ51" s="125"/>
+      <c r="AK51" s="126"/>
       <c r="AL51" s="10"/>
     </row>
     <row r="52" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="10"/>
       <c r="B52" s="19"/>
-      <c r="C52" s="158" t="s">
+      <c r="C52" s="92" t="s">
         <v>19</v>
       </c>
-      <c r="D52" s="158"/>
-[...32 lines deleted...]
-      <c r="AK52" s="167"/>
+      <c r="D52" s="92"/>
+      <c r="E52" s="92"/>
+      <c r="F52" s="92"/>
+      <c r="G52" s="92"/>
+      <c r="H52" s="127"/>
+      <c r="I52" s="128"/>
+      <c r="J52" s="128"/>
+      <c r="K52" s="128"/>
+      <c r="L52" s="128"/>
+      <c r="M52" s="128"/>
+      <c r="N52" s="128"/>
+      <c r="O52" s="128"/>
+      <c r="P52" s="128"/>
+      <c r="Q52" s="128"/>
+      <c r="R52" s="128"/>
+      <c r="S52" s="128"/>
+      <c r="T52" s="128"/>
+      <c r="U52" s="128"/>
+      <c r="V52" s="129"/>
+      <c r="W52" s="133"/>
+      <c r="X52" s="134"/>
+      <c r="Y52" s="134"/>
+      <c r="Z52" s="134"/>
+      <c r="AA52" s="134"/>
+      <c r="AB52" s="134"/>
+      <c r="AC52" s="134"/>
+      <c r="AD52" s="134"/>
+      <c r="AE52" s="134"/>
+      <c r="AF52" s="134"/>
+      <c r="AG52" s="134"/>
+      <c r="AH52" s="134"/>
+      <c r="AI52" s="134"/>
+      <c r="AJ52" s="134"/>
+      <c r="AK52" s="135"/>
       <c r="AL52" s="10"/>
     </row>
     <row r="53" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="10"/>
       <c r="B53" s="19"/>
-      <c r="C53" s="158"/>
-[...33 lines deleted...]
-      <c r="AK53" s="170"/>
+      <c r="C53" s="92"/>
+      <c r="D53" s="92"/>
+      <c r="E53" s="92"/>
+      <c r="F53" s="92"/>
+      <c r="G53" s="92"/>
+      <c r="H53" s="130"/>
+      <c r="I53" s="131"/>
+      <c r="J53" s="131"/>
+      <c r="K53" s="131"/>
+      <c r="L53" s="131"/>
+      <c r="M53" s="131"/>
+      <c r="N53" s="131"/>
+      <c r="O53" s="131"/>
+      <c r="P53" s="131"/>
+      <c r="Q53" s="131"/>
+      <c r="R53" s="131"/>
+      <c r="S53" s="131"/>
+      <c r="T53" s="131"/>
+      <c r="U53" s="131"/>
+      <c r="V53" s="132"/>
+      <c r="W53" s="136"/>
+      <c r="X53" s="137"/>
+      <c r="Y53" s="137"/>
+      <c r="Z53" s="137"/>
+      <c r="AA53" s="137"/>
+      <c r="AB53" s="137"/>
+      <c r="AC53" s="137"/>
+      <c r="AD53" s="137"/>
+      <c r="AE53" s="137"/>
+      <c r="AF53" s="137"/>
+      <c r="AG53" s="137"/>
+      <c r="AH53" s="137"/>
+      <c r="AI53" s="137"/>
+      <c r="AJ53" s="137"/>
+      <c r="AK53" s="138"/>
       <c r="AL53" s="10"/>
     </row>
     <row r="54" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="10"/>
       <c r="B54" s="15"/>
-      <c r="C54" s="92" t="s">
+      <c r="C54" s="105" t="s">
         <v>20</v>
       </c>
-      <c r="D54" s="92"/>
-[...32 lines deleted...]
-      <c r="AK54" s="196"/>
+      <c r="D54" s="105"/>
+      <c r="E54" s="105"/>
+      <c r="F54" s="105"/>
+      <c r="G54" s="105"/>
+      <c r="H54" s="106"/>
+      <c r="I54" s="107"/>
+      <c r="J54" s="107"/>
+      <c r="K54" s="107"/>
+      <c r="L54" s="107"/>
+      <c r="M54" s="107"/>
+      <c r="N54" s="107"/>
+      <c r="O54" s="107"/>
+      <c r="P54" s="107"/>
+      <c r="Q54" s="107"/>
+      <c r="R54" s="107"/>
+      <c r="S54" s="107"/>
+      <c r="T54" s="107"/>
+      <c r="U54" s="107"/>
+      <c r="V54" s="108"/>
+      <c r="W54" s="109"/>
+      <c r="X54" s="110"/>
+      <c r="Y54" s="110"/>
+      <c r="Z54" s="110"/>
+      <c r="AA54" s="110"/>
+      <c r="AB54" s="110"/>
+      <c r="AC54" s="110"/>
+      <c r="AD54" s="110"/>
+      <c r="AE54" s="110"/>
+      <c r="AF54" s="110"/>
+      <c r="AG54" s="110"/>
+      <c r="AH54" s="110"/>
+      <c r="AI54" s="110"/>
+      <c r="AJ54" s="110"/>
+      <c r="AK54" s="111"/>
       <c r="AL54" s="10"/>
     </row>
     <row r="55" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="10"/>
       <c r="B55" s="15"/>
-      <c r="C55" s="92" t="s">
+      <c r="C55" s="105" t="s">
         <v>21</v>
       </c>
-      <c r="D55" s="92"/>
-[...32 lines deleted...]
-      <c r="AK55" s="196"/>
+      <c r="D55" s="105"/>
+      <c r="E55" s="105"/>
+      <c r="F55" s="105"/>
+      <c r="G55" s="105"/>
+      <c r="H55" s="106"/>
+      <c r="I55" s="107"/>
+      <c r="J55" s="107"/>
+      <c r="K55" s="107"/>
+      <c r="L55" s="107"/>
+      <c r="M55" s="107"/>
+      <c r="N55" s="107"/>
+      <c r="O55" s="107"/>
+      <c r="P55" s="107"/>
+      <c r="Q55" s="107"/>
+      <c r="R55" s="107"/>
+      <c r="S55" s="107"/>
+      <c r="T55" s="107"/>
+      <c r="U55" s="107"/>
+      <c r="V55" s="108"/>
+      <c r="W55" s="109"/>
+      <c r="X55" s="110"/>
+      <c r="Y55" s="110"/>
+      <c r="Z55" s="110"/>
+      <c r="AA55" s="110"/>
+      <c r="AB55" s="110"/>
+      <c r="AC55" s="110"/>
+      <c r="AD55" s="110"/>
+      <c r="AE55" s="110"/>
+      <c r="AF55" s="110"/>
+      <c r="AG55" s="110"/>
+      <c r="AH55" s="110"/>
+      <c r="AI55" s="110"/>
+      <c r="AJ55" s="110"/>
+      <c r="AK55" s="111"/>
       <c r="AL55" s="10"/>
     </row>
     <row r="56" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="10"/>
       <c r="B56" s="19"/>
-      <c r="C56" s="158" t="s">
+      <c r="C56" s="92" t="s">
         <v>22</v>
       </c>
-      <c r="D56" s="158"/>
-[...32 lines deleted...]
-      <c r="AK56" s="188"/>
+      <c r="D56" s="92"/>
+      <c r="E56" s="92"/>
+      <c r="F56" s="92"/>
+      <c r="G56" s="92"/>
+      <c r="H56" s="93"/>
+      <c r="I56" s="94"/>
+      <c r="J56" s="94"/>
+      <c r="K56" s="94"/>
+      <c r="L56" s="94"/>
+      <c r="M56" s="94"/>
+      <c r="N56" s="94"/>
+      <c r="O56" s="94"/>
+      <c r="P56" s="94"/>
+      <c r="Q56" s="94"/>
+      <c r="R56" s="94"/>
+      <c r="S56" s="94"/>
+      <c r="T56" s="94"/>
+      <c r="U56" s="94"/>
+      <c r="V56" s="95"/>
+      <c r="W56" s="99"/>
+      <c r="X56" s="100"/>
+      <c r="Y56" s="100"/>
+      <c r="Z56" s="100"/>
+      <c r="AA56" s="100"/>
+      <c r="AB56" s="100"/>
+      <c r="AC56" s="100"/>
+      <c r="AD56" s="100"/>
+      <c r="AE56" s="100"/>
+      <c r="AF56" s="100"/>
+      <c r="AG56" s="100"/>
+      <c r="AH56" s="100"/>
+      <c r="AI56" s="100"/>
+      <c r="AJ56" s="100"/>
+      <c r="AK56" s="101"/>
       <c r="AL56" s="10"/>
     </row>
     <row r="57" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="10"/>
       <c r="B57" s="19"/>
-      <c r="C57" s="158"/>
-[...33 lines deleted...]
-      <c r="AK57" s="191"/>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="96"/>
+      <c r="I57" s="97"/>
+      <c r="J57" s="97"/>
+      <c r="K57" s="97"/>
+      <c r="L57" s="97"/>
+      <c r="M57" s="97"/>
+      <c r="N57" s="97"/>
+      <c r="O57" s="97"/>
+      <c r="P57" s="97"/>
+      <c r="Q57" s="97"/>
+      <c r="R57" s="97"/>
+      <c r="S57" s="97"/>
+      <c r="T57" s="97"/>
+      <c r="U57" s="97"/>
+      <c r="V57" s="98"/>
+      <c r="W57" s="102"/>
+      <c r="X57" s="103"/>
+      <c r="Y57" s="103"/>
+      <c r="Z57" s="103"/>
+      <c r="AA57" s="103"/>
+      <c r="AB57" s="103"/>
+      <c r="AC57" s="103"/>
+      <c r="AD57" s="103"/>
+      <c r="AE57" s="103"/>
+      <c r="AF57" s="103"/>
+      <c r="AG57" s="103"/>
+      <c r="AH57" s="103"/>
+      <c r="AI57" s="103"/>
+      <c r="AJ57" s="103"/>
+      <c r="AK57" s="104"/>
       <c r="AL57" s="10"/>
     </row>
     <row r="58" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="10"/>
       <c r="B58" s="19"/>
       <c r="C58" s="46"/>
       <c r="D58" s="46"/>
       <c r="E58" s="46"/>
       <c r="F58" s="46"/>
       <c r="G58" s="46"/>
       <c r="H58" s="47"/>
       <c r="I58" s="47"/>
       <c r="J58" s="47"/>
       <c r="K58" s="47"/>
       <c r="L58" s="47"/>
       <c r="M58" s="47"/>
       <c r="N58" s="47"/>
       <c r="O58" s="47"/>
       <c r="P58" s="47"/>
       <c r="Q58" s="47"/>
       <c r="R58" s="47"/>
       <c r="S58" s="47"/>
       <c r="T58" s="47"/>
       <c r="U58" s="47"/>
       <c r="V58" s="47"/>
       <c r="W58" s="5"/>
       <c r="X58" s="5"/>
       <c r="Y58" s="5"/>
       <c r="Z58" s="5"/>
       <c r="AA58" s="5"/>
       <c r="AB58" s="5"/>
       <c r="AC58" s="5"/>
       <c r="AD58" s="5"/>
       <c r="AE58" s="5"/>
       <c r="AF58" s="5"/>
       <c r="AG58" s="5"/>
       <c r="AH58" s="5"/>
       <c r="AI58" s="5"/>
       <c r="AJ58" s="5"/>
       <c r="AK58" s="27" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AL58" s="10"/>
     </row>
     <row r="59" spans="1:38" ht="39.950000000000003" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="10"/>
       <c r="C59" s="10"/>
       <c r="D59" s="10"/>
       <c r="E59" s="10"/>
       <c r="F59" s="10"/>
       <c r="G59" s="10"/>
       <c r="H59" s="10"/>
       <c r="I59" s="10"/>
       <c r="J59" s="10"/>
       <c r="K59" s="10"/>
       <c r="L59" s="10"/>
       <c r="M59" s="10"/>
       <c r="N59" s="10"/>
       <c r="O59" s="10"/>
       <c r="P59" s="10"/>
       <c r="Q59" s="10"/>
       <c r="R59" s="10"/>
       <c r="S59" s="10"/>
       <c r="T59" s="10"/>
       <c r="U59" s="10"/>
       <c r="V59" s="10"/>
@@ -10919,88 +10919,88 @@
     <row r="149" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="150" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="151" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="152" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="153" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="154" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="155" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="156" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="157" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="158" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="159" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="160" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="161" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="162" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="163" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="164" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="165" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="170" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7fnSw04kAREUbV7UHd1kSaIQMJpvZx+Xpn4J7QyW4JEVgdWJX5h/7LwEJo0xMQelh/Y79r5n6ghbzCwGIb5HRg==" saltValue="OQfUx+xRbwm9dh6/TRfEEQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="yo/x6EHlfC6eqIfGJmj4aeX7DSR96/3Vy6nBmacrJc+qg5WYdskc51Bj82Sg1fQ21G1AQiVQUv+CeRmSAVzQFw==" saltValue="Hlge6qwlj21vE7SItCs6pg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="36">
-    <mergeCell ref="C56:G57"/>
-[...21 lines deleted...]
-    <mergeCell ref="AB30:AK30"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="AB7:AE7"/>
     <mergeCell ref="AE16:AF16"/>
     <mergeCell ref="F9:AK9"/>
     <mergeCell ref="B2:F5"/>
     <mergeCell ref="G2:O5"/>
     <mergeCell ref="P2:X5"/>
     <mergeCell ref="Y2:AK5"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="F7:P7"/>
     <mergeCell ref="Q7:T7"/>
     <mergeCell ref="U7:Z7"/>
     <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="AE21:AF21"/>
+    <mergeCell ref="AE24:AF24"/>
+    <mergeCell ref="M28:Y28"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="AB30:AK30"/>
+    <mergeCell ref="B35:AK35"/>
+    <mergeCell ref="B50:G50"/>
+    <mergeCell ref="H50:V51"/>
+    <mergeCell ref="W50:AK51"/>
+    <mergeCell ref="C52:G53"/>
+    <mergeCell ref="H52:V53"/>
+    <mergeCell ref="W52:AK53"/>
+    <mergeCell ref="B36:AK47"/>
+    <mergeCell ref="C56:G57"/>
+    <mergeCell ref="H56:V57"/>
+    <mergeCell ref="W56:AK57"/>
+    <mergeCell ref="C54:G54"/>
+    <mergeCell ref="H54:V54"/>
+    <mergeCell ref="W54:AK54"/>
+    <mergeCell ref="C55:G55"/>
+    <mergeCell ref="H55:V55"/>
+    <mergeCell ref="W55:AK55"/>
   </mergeCells>
   <conditionalFormatting sqref="J28:Y28">
     <cfRule type="expression" dxfId="12" priority="6">
       <formula>$AO$28=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q21:AB21">
     <cfRule type="expression" dxfId="11" priority="2">
       <formula>$AO$19&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R16:AF16">
     <cfRule type="expression" dxfId="10" priority="9">
       <formula>OR($AO$15=1,$AO$15=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R24:AF24">
     <cfRule type="expression" dxfId="9" priority="7">
       <formula>OR($AO$19=1,$AO$19=2,$AO$19=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AA30:AB30 AA31:AK31">
     <cfRule type="expression" dxfId="8" priority="5">
       <formula>$AO$30=FALSE</formula>
     </cfRule>
@@ -11447,955 +11447,955 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S18" sqref="S18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="28" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="28" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="28" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="28" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="29" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="29" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="29" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="29" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="29" customWidth="1"/>
     <col min="21" max="24" width="0" style="28" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="28" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="84" t="s">
+      <c r="E2" s="56" t="s">
         <v>64</v>
       </c>
-      <c r="F2" s="84"/>
-[...12 lines deleted...]
-      <c r="S2" s="84"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+      <c r="J2" s="56"/>
+      <c r="K2" s="56"/>
+      <c r="L2" s="56"/>
+      <c r="M2" s="56"/>
+      <c r="N2" s="56"/>
+      <c r="O2" s="56"/>
+      <c r="P2" s="56"/>
+      <c r="Q2" s="56"/>
+      <c r="R2" s="56"/>
+      <c r="S2" s="56"/>
       <c r="T2" s="30"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="84"/>
-[...13 lines deleted...]
-      <c r="S3" s="84"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+      <c r="J3" s="56"/>
+      <c r="K3" s="56"/>
+      <c r="L3" s="56"/>
+      <c r="M3" s="56"/>
+      <c r="N3" s="56"/>
+      <c r="O3" s="56"/>
+      <c r="P3" s="56"/>
+      <c r="Q3" s="56"/>
+      <c r="R3" s="56"/>
+      <c r="S3" s="56"/>
       <c r="T3" s="30"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="84"/>
-[...13 lines deleted...]
-      <c r="S4" s="84"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+      <c r="J4" s="56"/>
+      <c r="K4" s="56"/>
+      <c r="L4" s="56"/>
+      <c r="M4" s="56"/>
+      <c r="N4" s="56"/>
+      <c r="O4" s="56"/>
+      <c r="P4" s="56"/>
+      <c r="Q4" s="56"/>
+      <c r="R4" s="56"/>
+      <c r="S4" s="56"/>
       <c r="T4" s="30"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="31"/>
       <c r="C5" s="31"/>
       <c r="D5" s="31"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="48" t="s">
+        <v>142</v>
+      </c>
+      <c r="P5" s="57" t="s">
         <v>143</v>
       </c>
-      <c r="P5" s="85" t="s">
-[...4 lines deleted...]
-      <c r="S5" s="85"/>
+      <c r="Q5" s="57"/>
+      <c r="R5" s="57"/>
+      <c r="S5" s="57"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="86" t="s">
+      <c r="B7" s="58" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="87"/>
+      <c r="C7" s="59"/>
       <c r="E7" s="33" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B8" s="88"/>
-      <c r="C8" s="89"/>
+      <c r="B8" s="60"/>
+      <c r="C8" s="61"/>
       <c r="E8" s="34" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="88"/>
-      <c r="C9" s="89"/>
+      <c r="B9" s="60"/>
+      <c r="C9" s="61"/>
       <c r="E9" s="34"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="88"/>
-      <c r="C10" s="89"/>
+      <c r="B10" s="60"/>
+      <c r="C10" s="61"/>
       <c r="E10" s="35" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="55" t="s">
         <v>68</v>
       </c>
       <c r="G10" s="55"/>
       <c r="H10" s="55"/>
       <c r="I10" s="55"/>
       <c r="J10" s="55"/>
       <c r="K10" s="55"/>
       <c r="L10" s="55"/>
       <c r="M10" s="55"/>
       <c r="N10" s="55"/>
       <c r="O10" s="55"/>
       <c r="P10" s="55"/>
       <c r="Q10" s="55"/>
       <c r="R10" s="55"/>
       <c r="S10" s="55"/>
       <c r="T10" s="36"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="88"/>
-      <c r="C11" s="89"/>
+      <c r="B11" s="60"/>
+      <c r="C11" s="61"/>
       <c r="E11" s="35"/>
       <c r="F11" s="55"/>
       <c r="G11" s="55"/>
       <c r="H11" s="55"/>
       <c r="I11" s="55"/>
       <c r="J11" s="55"/>
       <c r="K11" s="55"/>
       <c r="L11" s="55"/>
       <c r="M11" s="55"/>
       <c r="N11" s="55"/>
       <c r="O11" s="55"/>
       <c r="P11" s="55"/>
       <c r="Q11" s="55"/>
       <c r="R11" s="55"/>
       <c r="S11" s="55"/>
       <c r="T11" s="36"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="88"/>
-      <c r="C12" s="89"/>
+      <c r="B12" s="60"/>
+      <c r="C12" s="61"/>
       <c r="E12" s="35"/>
       <c r="F12" s="55"/>
       <c r="G12" s="55"/>
       <c r="H12" s="55"/>
       <c r="I12" s="55"/>
       <c r="J12" s="55"/>
       <c r="K12" s="55"/>
       <c r="L12" s="55"/>
       <c r="M12" s="55"/>
       <c r="N12" s="55"/>
       <c r="O12" s="55"/>
       <c r="P12" s="55"/>
       <c r="Q12" s="55"/>
       <c r="R12" s="55"/>
       <c r="S12" s="55"/>
       <c r="T12" s="36"/>
     </row>
     <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B13" s="88"/>
-      <c r="C13" s="89"/>
+      <c r="B13" s="60"/>
+      <c r="C13" s="61"/>
       <c r="E13" s="37"/>
       <c r="F13" s="55"/>
       <c r="G13" s="55"/>
       <c r="H13" s="55"/>
       <c r="I13" s="55"/>
       <c r="J13" s="55"/>
       <c r="K13" s="55"/>
       <c r="L13" s="55"/>
       <c r="M13" s="55"/>
       <c r="N13" s="55"/>
       <c r="O13" s="55"/>
       <c r="P13" s="55"/>
       <c r="Q13" s="55"/>
       <c r="R13" s="55"/>
       <c r="S13" s="55"/>
       <c r="T13" s="36"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="88"/>
-      <c r="C14" s="89"/>
+      <c r="B14" s="60"/>
+      <c r="C14" s="61"/>
       <c r="E14" s="37"/>
       <c r="F14" s="38"/>
       <c r="G14" s="38"/>
       <c r="H14" s="38"/>
       <c r="I14" s="38"/>
       <c r="J14" s="38"/>
       <c r="K14" s="38"/>
       <c r="L14" s="38"/>
       <c r="M14" s="38"/>
       <c r="N14" s="38"/>
       <c r="O14" s="38"/>
       <c r="P14" s="38"/>
       <c r="Q14" s="38"/>
       <c r="R14" s="38"/>
       <c r="S14" s="38"/>
       <c r="T14" s="38"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="88"/>
-      <c r="C15" s="89"/>
+      <c r="B15" s="60"/>
+      <c r="C15" s="61"/>
       <c r="E15" s="35" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="55" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="55"/>
       <c r="H15" s="55"/>
       <c r="I15" s="55"/>
       <c r="J15" s="55"/>
       <c r="K15" s="55"/>
       <c r="L15" s="55"/>
       <c r="M15" s="55"/>
       <c r="N15" s="55"/>
       <c r="O15" s="55"/>
       <c r="P15" s="55"/>
       <c r="Q15" s="55"/>
       <c r="R15" s="55"/>
       <c r="S15" s="55"/>
       <c r="T15" s="36"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="88"/>
-      <c r="C16" s="89"/>
+      <c r="B16" s="60"/>
+      <c r="C16" s="61"/>
       <c r="E16" s="35"/>
       <c r="F16" s="55"/>
       <c r="G16" s="55"/>
       <c r="H16" s="55"/>
       <c r="I16" s="55"/>
       <c r="J16" s="55"/>
       <c r="K16" s="55"/>
       <c r="L16" s="55"/>
       <c r="M16" s="55"/>
       <c r="N16" s="55"/>
       <c r="O16" s="55"/>
       <c r="P16" s="55"/>
       <c r="Q16" s="55"/>
       <c r="R16" s="55"/>
       <c r="S16" s="55"/>
       <c r="T16" s="36"/>
     </row>
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B17" s="90"/>
-      <c r="C17" s="91"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="63"/>
       <c r="E17" s="37"/>
       <c r="F17" s="55"/>
       <c r="G17" s="55"/>
       <c r="H17" s="55"/>
       <c r="I17" s="55"/>
       <c r="J17" s="55"/>
       <c r="K17" s="55"/>
       <c r="L17" s="55"/>
       <c r="M17" s="55"/>
       <c r="N17" s="55"/>
       <c r="O17" s="55"/>
       <c r="P17" s="55"/>
       <c r="Q17" s="55"/>
       <c r="R17" s="55"/>
       <c r="S17" s="55"/>
       <c r="T17" s="36"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B19" s="62"/>
-      <c r="C19" s="63"/>
+      <c r="B19" s="49"/>
+      <c r="C19" s="50"/>
       <c r="E19" s="33" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B20" s="64"/>
-      <c r="C20" s="65"/>
+      <c r="B20" s="51"/>
+      <c r="C20" s="52"/>
       <c r="E20" s="34" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="64"/>
-      <c r="C21" s="65"/>
+      <c r="B21" s="51"/>
+      <c r="C21" s="52"/>
       <c r="E21" s="34"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="64"/>
-      <c r="C22" s="65"/>
+      <c r="B22" s="51"/>
+      <c r="C22" s="52"/>
       <c r="F22" s="55" t="s">
         <v>71</v>
       </c>
       <c r="G22" s="55"/>
       <c r="H22" s="55"/>
       <c r="I22" s="55"/>
       <c r="J22" s="55"/>
       <c r="K22" s="55"/>
       <c r="L22" s="55"/>
       <c r="M22" s="55"/>
       <c r="N22" s="55"/>
       <c r="O22" s="55"/>
       <c r="P22" s="55"/>
       <c r="Q22" s="55"/>
       <c r="R22" s="55"/>
       <c r="S22" s="55"/>
       <c r="T22" s="36"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B23" s="64"/>
-      <c r="C23" s="65"/>
+      <c r="B23" s="51"/>
+      <c r="C23" s="52"/>
       <c r="E23" s="36"/>
       <c r="F23" s="55"/>
       <c r="G23" s="55"/>
       <c r="H23" s="55"/>
       <c r="I23" s="55"/>
       <c r="J23" s="55"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
       <c r="S23" s="55"/>
       <c r="T23" s="36"/>
     </row>
     <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B24" s="64"/>
-      <c r="C24" s="65"/>
+      <c r="B24" s="51"/>
+      <c r="C24" s="52"/>
       <c r="E24" s="36"/>
       <c r="F24" s="55"/>
       <c r="G24" s="55"/>
       <c r="H24" s="55"/>
       <c r="I24" s="55"/>
       <c r="J24" s="55"/>
       <c r="K24" s="55"/>
       <c r="L24" s="55"/>
       <c r="M24" s="55"/>
       <c r="N24" s="55"/>
       <c r="O24" s="55"/>
       <c r="P24" s="55"/>
       <c r="Q24" s="55"/>
       <c r="R24" s="55"/>
       <c r="S24" s="55"/>
       <c r="T24" s="36"/>
     </row>
     <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B25" s="64"/>
-      <c r="C25" s="65"/>
+      <c r="B25" s="51"/>
+      <c r="C25" s="52"/>
       <c r="E25" s="36"/>
       <c r="F25" s="55"/>
       <c r="G25" s="55"/>
       <c r="H25" s="55"/>
       <c r="I25" s="55"/>
       <c r="J25" s="55"/>
       <c r="K25" s="55"/>
       <c r="L25" s="55"/>
       <c r="M25" s="55"/>
       <c r="N25" s="55"/>
       <c r="O25" s="55"/>
       <c r="P25" s="55"/>
       <c r="Q25" s="55"/>
       <c r="R25" s="55"/>
       <c r="S25" s="55"/>
       <c r="T25" s="36"/>
     </row>
     <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B26" s="64"/>
-      <c r="C26" s="65"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="52"/>
       <c r="E26" s="36"/>
       <c r="F26" s="55"/>
       <c r="G26" s="55"/>
       <c r="H26" s="55"/>
       <c r="I26" s="55"/>
       <c r="J26" s="55"/>
       <c r="K26" s="55"/>
       <c r="L26" s="55"/>
       <c r="M26" s="55"/>
       <c r="N26" s="55"/>
       <c r="O26" s="55"/>
       <c r="P26" s="55"/>
       <c r="Q26" s="55"/>
       <c r="R26" s="55"/>
       <c r="S26" s="55"/>
       <c r="T26" s="36"/>
     </row>
     <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B27" s="64"/>
-      <c r="C27" s="65"/>
+      <c r="B27" s="51"/>
+      <c r="C27" s="52"/>
       <c r="E27" s="36"/>
       <c r="F27" s="55"/>
       <c r="G27" s="55"/>
       <c r="H27" s="55"/>
       <c r="I27" s="55"/>
       <c r="J27" s="55"/>
       <c r="K27" s="55"/>
       <c r="L27" s="55"/>
       <c r="M27" s="55"/>
       <c r="N27" s="55"/>
       <c r="O27" s="55"/>
       <c r="P27" s="55"/>
       <c r="Q27" s="55"/>
       <c r="R27" s="55"/>
       <c r="S27" s="55"/>
       <c r="T27" s="36"/>
     </row>
     <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B28" s="64"/>
-      <c r="C28" s="65"/>
+      <c r="B28" s="51"/>
+      <c r="C28" s="52"/>
       <c r="E28" s="36"/>
       <c r="F28" s="55"/>
       <c r="G28" s="55"/>
       <c r="H28" s="55"/>
       <c r="I28" s="55"/>
       <c r="J28" s="55"/>
       <c r="K28" s="55"/>
       <c r="L28" s="55"/>
       <c r="M28" s="55"/>
       <c r="N28" s="55"/>
       <c r="O28" s="55"/>
       <c r="P28" s="55"/>
       <c r="Q28" s="55"/>
       <c r="R28" s="55"/>
       <c r="S28" s="55"/>
       <c r="T28" s="36"/>
     </row>
     <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B29" s="66"/>
-      <c r="C29" s="67"/>
+      <c r="B29" s="53"/>
+      <c r="C29" s="54"/>
       <c r="E29" s="36"/>
       <c r="F29" s="55"/>
       <c r="G29" s="55"/>
       <c r="H29" s="55"/>
       <c r="I29" s="55"/>
       <c r="J29" s="55"/>
       <c r="K29" s="55"/>
       <c r="L29" s="55"/>
       <c r="M29" s="55"/>
       <c r="N29" s="55"/>
       <c r="O29" s="55"/>
       <c r="P29" s="55"/>
       <c r="Q29" s="55"/>
       <c r="R29" s="55"/>
       <c r="S29" s="55"/>
       <c r="T29" s="36"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="38"/>
       <c r="F30" s="38"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="38"/>
       <c r="J30" s="38"/>
       <c r="K30" s="38"/>
       <c r="L30" s="38"/>
       <c r="M30" s="38"/>
       <c r="N30" s="38"/>
       <c r="O30" s="38"/>
       <c r="P30" s="38"/>
       <c r="Q30" s="38"/>
       <c r="R30" s="38"/>
       <c r="S30" s="38"/>
       <c r="T30" s="38"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B31" s="62"/>
-      <c r="C31" s="63"/>
+      <c r="B31" s="49"/>
+      <c r="C31" s="50"/>
       <c r="E31" s="33" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="64"/>
-      <c r="C32" s="65"/>
+      <c r="B32" s="51"/>
+      <c r="C32" s="52"/>
       <c r="E32" s="33"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B33" s="64"/>
-      <c r="C33" s="65"/>
+      <c r="B33" s="51"/>
+      <c r="C33" s="52"/>
       <c r="E33" s="35" t="s">
         <v>42</v>
       </c>
       <c r="F33" s="29" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="64"/>
-      <c r="C34" s="65"/>
+      <c r="B34" s="51"/>
+      <c r="C34" s="52"/>
       <c r="E34" s="35"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B35" s="64"/>
-      <c r="C35" s="65"/>
+      <c r="B35" s="51"/>
+      <c r="C35" s="52"/>
       <c r="E35" s="35" t="s">
         <v>44</v>
       </c>
       <c r="F35" s="29" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="64"/>
-      <c r="C36" s="65"/>
+      <c r="B36" s="51"/>
+      <c r="C36" s="52"/>
       <c r="E36" s="35"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="64"/>
-      <c r="C37" s="65"/>
+      <c r="B37" s="51"/>
+      <c r="C37" s="52"/>
       <c r="E37" s="35" t="s">
         <v>49</v>
       </c>
       <c r="F37" s="55" t="s">
         <v>73</v>
       </c>
       <c r="G37" s="55"/>
       <c r="H37" s="55"/>
       <c r="I37" s="55"/>
       <c r="J37" s="55"/>
       <c r="K37" s="55"/>
       <c r="L37" s="55"/>
       <c r="M37" s="55"/>
       <c r="N37" s="55"/>
       <c r="O37" s="55"/>
       <c r="P37" s="55"/>
       <c r="Q37" s="55"/>
       <c r="R37" s="55"/>
       <c r="S37" s="55"/>
       <c r="T37" s="36"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B38" s="66"/>
-      <c r="C38" s="67"/>
+      <c r="B38" s="53"/>
+      <c r="C38" s="54"/>
       <c r="E38" s="39"/>
       <c r="F38" s="55"/>
       <c r="G38" s="55"/>
       <c r="H38" s="55"/>
       <c r="I38" s="55"/>
       <c r="J38" s="55"/>
       <c r="K38" s="55"/>
       <c r="L38" s="55"/>
       <c r="M38" s="55"/>
       <c r="N38" s="55"/>
       <c r="O38" s="55"/>
       <c r="P38" s="55"/>
       <c r="Q38" s="55"/>
       <c r="R38" s="55"/>
       <c r="S38" s="55"/>
       <c r="T38" s="36"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="F39" s="55"/>
       <c r="G39" s="55"/>
       <c r="H39" s="55"/>
       <c r="I39" s="55"/>
       <c r="J39" s="55"/>
       <c r="K39" s="55"/>
       <c r="L39" s="55"/>
       <c r="M39" s="55"/>
       <c r="N39" s="55"/>
       <c r="O39" s="55"/>
       <c r="P39" s="55"/>
       <c r="Q39" s="55"/>
       <c r="R39" s="55"/>
       <c r="S39" s="55"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B40" s="62"/>
-      <c r="C40" s="63"/>
+      <c r="B40" s="49"/>
+      <c r="C40" s="50"/>
       <c r="E40" s="33" t="s">
         <v>74</v>
       </c>
       <c r="F40" s="33"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B41" s="64"/>
-      <c r="C41" s="65"/>
+      <c r="B41" s="51"/>
+      <c r="C41" s="52"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B42" s="64"/>
-[...3 lines deleted...]
-      <c r="G42" s="70"/>
+      <c r="B42" s="51"/>
+      <c r="C42" s="52"/>
+      <c r="E42" s="76"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="78"/>
       <c r="I42" s="29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B43" s="64"/>
-      <c r="C43" s="65"/>
+      <c r="B43" s="51"/>
+      <c r="C43" s="52"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B44" s="64"/>
-      <c r="C44" s="65"/>
+      <c r="B44" s="51"/>
+      <c r="C44" s="52"/>
       <c r="G44" s="40"/>
       <c r="I44" s="29" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B45" s="64"/>
-      <c r="C45" s="65"/>
+      <c r="B45" s="51"/>
+      <c r="C45" s="52"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B46" s="64"/>
-      <c r="C46" s="65"/>
+      <c r="B46" s="51"/>
+      <c r="C46" s="52"/>
       <c r="G46" s="40"/>
       <c r="I46" s="29" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B47" s="64"/>
-      <c r="C47" s="65"/>
+      <c r="B47" s="51"/>
+      <c r="C47" s="52"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B48" s="64"/>
-      <c r="C48" s="65"/>
+      <c r="B48" s="51"/>
+      <c r="C48" s="52"/>
       <c r="E48" s="40"/>
       <c r="F48" s="41" t="s">
         <v>78</v>
       </c>
       <c r="I48" s="55" t="s">
         <v>79</v>
       </c>
       <c r="J48" s="55"/>
       <c r="K48" s="55"/>
       <c r="L48" s="55"/>
       <c r="M48" s="55"/>
       <c r="N48" s="55"/>
       <c r="O48" s="55"/>
       <c r="P48" s="55"/>
       <c r="Q48" s="55"/>
       <c r="R48" s="55"/>
       <c r="S48" s="55"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B49" s="64"/>
-      <c r="C49" s="65"/>
+      <c r="B49" s="51"/>
+      <c r="C49" s="52"/>
       <c r="F49" s="41"/>
       <c r="I49" s="55"/>
       <c r="J49" s="55"/>
       <c r="K49" s="55"/>
       <c r="L49" s="55"/>
       <c r="M49" s="55"/>
       <c r="N49" s="55"/>
       <c r="O49" s="55"/>
       <c r="P49" s="55"/>
       <c r="Q49" s="55"/>
       <c r="R49" s="55"/>
       <c r="S49" s="55"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B50" s="64"/>
-      <c r="C50" s="65"/>
+      <c r="B50" s="51"/>
+      <c r="C50" s="52"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B51" s="64"/>
-[...3 lines deleted...]
-      <c r="G51" s="73"/>
+      <c r="B51" s="51"/>
+      <c r="C51" s="52"/>
+      <c r="E51" s="79"/>
+      <c r="F51" s="80"/>
+      <c r="G51" s="81"/>
       <c r="I51" s="55" t="s">
         <v>80</v>
       </c>
       <c r="J51" s="55"/>
       <c r="K51" s="55"/>
       <c r="L51" s="55"/>
       <c r="M51" s="55"/>
       <c r="N51" s="55"/>
       <c r="O51" s="55"/>
       <c r="P51" s="55"/>
       <c r="Q51" s="55"/>
       <c r="R51" s="55"/>
       <c r="S51" s="55"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B52" s="64"/>
-      <c r="C52" s="65"/>
+      <c r="B52" s="51"/>
+      <c r="C52" s="52"/>
       <c r="E52" s="42"/>
       <c r="F52" s="42"/>
       <c r="G52" s="42"/>
       <c r="I52" s="55"/>
       <c r="J52" s="55"/>
       <c r="K52" s="55"/>
       <c r="L52" s="55"/>
       <c r="M52" s="55"/>
       <c r="N52" s="55"/>
       <c r="O52" s="55"/>
       <c r="P52" s="55"/>
       <c r="Q52" s="55"/>
       <c r="R52" s="55"/>
       <c r="S52" s="55"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B53" s="64"/>
-      <c r="C53" s="65"/>
+      <c r="B53" s="51"/>
+      <c r="C53" s="52"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="64"/>
-[...2 lines deleted...]
-      <c r="G54" s="75"/>
+      <c r="B54" s="51"/>
+      <c r="C54" s="52"/>
+      <c r="F54" s="82"/>
+      <c r="G54" s="83"/>
       <c r="I54" s="55" t="s">
         <v>81</v>
       </c>
       <c r="J54" s="55"/>
       <c r="K54" s="55"/>
       <c r="L54" s="55"/>
       <c r="M54" s="55"/>
       <c r="N54" s="55"/>
       <c r="O54" s="55"/>
       <c r="P54" s="55"/>
       <c r="Q54" s="55"/>
       <c r="R54" s="55"/>
       <c r="S54" s="55"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B55" s="64"/>
-[...2 lines deleted...]
-      <c r="G55" s="77"/>
+      <c r="B55" s="51"/>
+      <c r="C55" s="52"/>
+      <c r="F55" s="84"/>
+      <c r="G55" s="85"/>
       <c r="I55" s="55"/>
       <c r="J55" s="55"/>
       <c r="K55" s="55"/>
       <c r="L55" s="55"/>
       <c r="M55" s="55"/>
       <c r="N55" s="55"/>
       <c r="O55" s="55"/>
       <c r="P55" s="55"/>
       <c r="Q55" s="55"/>
       <c r="R55" s="55"/>
       <c r="S55" s="55"/>
     </row>
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B56" s="64"/>
-      <c r="C56" s="65"/>
+      <c r="B56" s="51"/>
+      <c r="C56" s="52"/>
       <c r="F56" s="42"/>
       <c r="G56" s="42"/>
       <c r="I56" s="55"/>
       <c r="J56" s="55"/>
       <c r="K56" s="55"/>
       <c r="L56" s="55"/>
       <c r="M56" s="55"/>
       <c r="N56" s="55"/>
       <c r="O56" s="55"/>
       <c r="P56" s="55"/>
       <c r="Q56" s="55"/>
       <c r="R56" s="55"/>
       <c r="S56" s="55"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B57" s="64"/>
-      <c r="C57" s="65"/>
+      <c r="B57" s="51"/>
+      <c r="C57" s="52"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="64"/>
-[...1 lines deleted...]
-      <c r="E58" s="78" t="s">
+      <c r="B58" s="51"/>
+      <c r="C58" s="52"/>
+      <c r="E58" s="86" t="s">
         <v>82</v>
       </c>
-      <c r="F58" s="79"/>
-      <c r="G58" s="80"/>
+      <c r="F58" s="87"/>
+      <c r="G58" s="88"/>
       <c r="I58" s="55" t="s">
         <v>83</v>
       </c>
       <c r="J58" s="55"/>
       <c r="K58" s="55"/>
       <c r="L58" s="55"/>
       <c r="M58" s="55"/>
       <c r="N58" s="55"/>
       <c r="O58" s="55"/>
       <c r="P58" s="55"/>
       <c r="Q58" s="55"/>
       <c r="R58" s="55"/>
       <c r="S58" s="55"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B59" s="64"/>
-[...3 lines deleted...]
-      <c r="G59" s="83"/>
+      <c r="B59" s="51"/>
+      <c r="C59" s="52"/>
+      <c r="E59" s="89"/>
+      <c r="F59" s="90"/>
+      <c r="G59" s="91"/>
       <c r="I59" s="55"/>
       <c r="J59" s="55"/>
       <c r="K59" s="55"/>
       <c r="L59" s="55"/>
       <c r="M59" s="55"/>
       <c r="N59" s="55"/>
       <c r="O59" s="55"/>
       <c r="P59" s="55"/>
       <c r="Q59" s="55"/>
       <c r="R59" s="55"/>
       <c r="S59" s="55"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B60" s="64"/>
-      <c r="C60" s="65"/>
+      <c r="B60" s="51"/>
+      <c r="C60" s="52"/>
       <c r="E60" s="33"/>
       <c r="F60" s="33"/>
       <c r="G60" s="33"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="64"/>
-[...1 lines deleted...]
-      <c r="E61" s="49" t="s">
+      <c r="B61" s="51"/>
+      <c r="C61" s="52"/>
+      <c r="E61" s="64" t="s">
         <v>78</v>
       </c>
-      <c r="F61" s="50"/>
-      <c r="G61" s="51"/>
+      <c r="F61" s="65"/>
+      <c r="G61" s="66"/>
       <c r="I61" s="55" t="s">
         <v>84</v>
       </c>
       <c r="J61" s="55"/>
       <c r="K61" s="55"/>
       <c r="L61" s="55"/>
       <c r="M61" s="55"/>
       <c r="N61" s="55"/>
       <c r="O61" s="55"/>
       <c r="P61" s="55"/>
       <c r="Q61" s="55"/>
       <c r="R61" s="55"/>
       <c r="S61" s="55"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B62" s="64"/>
-[...3 lines deleted...]
-      <c r="G62" s="54"/>
+      <c r="B62" s="51"/>
+      <c r="C62" s="52"/>
+      <c r="E62" s="67"/>
+      <c r="F62" s="68"/>
+      <c r="G62" s="69"/>
       <c r="I62" s="55"/>
       <c r="J62" s="55"/>
       <c r="K62" s="55"/>
       <c r="L62" s="55"/>
       <c r="M62" s="55"/>
       <c r="N62" s="55"/>
       <c r="O62" s="55"/>
       <c r="P62" s="55"/>
       <c r="Q62" s="55"/>
       <c r="R62" s="55"/>
       <c r="S62" s="55"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B63" s="64"/>
-      <c r="C63" s="65"/>
+      <c r="B63" s="51"/>
+      <c r="C63" s="52"/>
       <c r="E63" s="33"/>
       <c r="F63" s="33"/>
       <c r="G63" s="33"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B64" s="64"/>
-[...1 lines deleted...]
-      <c r="E64" s="56" t="s">
+      <c r="B64" s="51"/>
+      <c r="C64" s="52"/>
+      <c r="E64" s="70" t="s">
         <v>78</v>
       </c>
-      <c r="F64" s="57"/>
-      <c r="G64" s="58"/>
+      <c r="F64" s="71"/>
+      <c r="G64" s="72"/>
       <c r="I64" s="43" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="B65" s="66"/>
-[...3 lines deleted...]
-      <c r="G65" s="61"/>
+      <c r="B65" s="53"/>
+      <c r="C65" s="54"/>
+      <c r="E65" s="73"/>
+      <c r="F65" s="74"/>
+      <c r="G65" s="75"/>
       <c r="I65" s="43"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
     <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="I51:S52"/>
     <mergeCell ref="F54:G55"/>
     <mergeCell ref="I54:S56"/>
     <mergeCell ref="E58:G59"/>
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="P5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{9D457E86-1819-4BF6-93E7-748AFEE5AC90}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{C71DD6D1-076E-422C-AA89-CADDCA5CF1F3}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{77FE3177-B753-4E17-B05A-0DEF20E657B1}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -12506,380 +12506,380 @@
       <c r="Q1" s="10"/>
       <c r="R1" s="10"/>
       <c r="S1" s="10"/>
       <c r="T1" s="10"/>
       <c r="U1" s="10"/>
       <c r="V1" s="10"/>
       <c r="W1" s="10"/>
       <c r="X1" s="10"/>
       <c r="Y1" s="10"/>
       <c r="Z1" s="10"/>
       <c r="AA1" s="10"/>
       <c r="AB1" s="10"/>
       <c r="AC1" s="10"/>
       <c r="AD1" s="10"/>
       <c r="AE1" s="10"/>
       <c r="AF1" s="10"/>
       <c r="AG1" s="10"/>
       <c r="AH1" s="10"/>
       <c r="AI1" s="10"/>
       <c r="AJ1" s="10"/>
       <c r="AK1" s="10"/>
       <c r="AL1" s="10"/>
     </row>
     <row r="2" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10"/>
-      <c r="B2" s="99"/>
-[...4 lines deleted...]
-      <c r="G2" s="108" t="s">
+      <c r="B2" s="156"/>
+      <c r="C2" s="157"/>
+      <c r="D2" s="157"/>
+      <c r="E2" s="157"/>
+      <c r="F2" s="158"/>
+      <c r="G2" s="165" t="s">
         <v>86</v>
       </c>
-      <c r="H2" s="109"/>
-[...7 lines deleted...]
-      <c r="P2" s="117" t="s">
+      <c r="H2" s="166"/>
+      <c r="I2" s="166"/>
+      <c r="J2" s="166"/>
+      <c r="K2" s="166"/>
+      <c r="L2" s="166"/>
+      <c r="M2" s="166"/>
+      <c r="N2" s="166"/>
+      <c r="O2" s="167"/>
+      <c r="P2" s="174" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="118"/>
-[...7 lines deleted...]
-      <c r="Y2" s="126" t="s">
+      <c r="Q2" s="175"/>
+      <c r="R2" s="175"/>
+      <c r="S2" s="175"/>
+      <c r="T2" s="175"/>
+      <c r="U2" s="175"/>
+      <c r="V2" s="175"/>
+      <c r="W2" s="175"/>
+      <c r="X2" s="176"/>
+      <c r="Y2" s="183" t="s">
         <v>90</v>
       </c>
-      <c r="Z2" s="127"/>
-[...10 lines deleted...]
-      <c r="AK2" s="128"/>
+      <c r="Z2" s="184"/>
+      <c r="AA2" s="184"/>
+      <c r="AB2" s="184"/>
+      <c r="AC2" s="184"/>
+      <c r="AD2" s="184"/>
+      <c r="AE2" s="184"/>
+      <c r="AF2" s="184"/>
+      <c r="AG2" s="184"/>
+      <c r="AH2" s="184"/>
+      <c r="AI2" s="184"/>
+      <c r="AJ2" s="184"/>
+      <c r="AK2" s="185"/>
       <c r="AL2" s="10"/>
     </row>
     <row r="3" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10"/>
-      <c r="B3" s="102"/>
-[...34 lines deleted...]
-      <c r="AK3" s="131"/>
+      <c r="B3" s="159"/>
+      <c r="C3" s="160"/>
+      <c r="D3" s="160"/>
+      <c r="E3" s="160"/>
+      <c r="F3" s="161"/>
+      <c r="G3" s="168"/>
+      <c r="H3" s="169"/>
+      <c r="I3" s="169"/>
+      <c r="J3" s="169"/>
+      <c r="K3" s="169"/>
+      <c r="L3" s="169"/>
+      <c r="M3" s="169"/>
+      <c r="N3" s="169"/>
+      <c r="O3" s="170"/>
+      <c r="P3" s="177"/>
+      <c r="Q3" s="178"/>
+      <c r="R3" s="178"/>
+      <c r="S3" s="178"/>
+      <c r="T3" s="178"/>
+      <c r="U3" s="178"/>
+      <c r="V3" s="178"/>
+      <c r="W3" s="178"/>
+      <c r="X3" s="179"/>
+      <c r="Y3" s="186"/>
+      <c r="Z3" s="187"/>
+      <c r="AA3" s="187"/>
+      <c r="AB3" s="187"/>
+      <c r="AC3" s="187"/>
+      <c r="AD3" s="187"/>
+      <c r="AE3" s="187"/>
+      <c r="AF3" s="187"/>
+      <c r="AG3" s="187"/>
+      <c r="AH3" s="187"/>
+      <c r="AI3" s="187"/>
+      <c r="AJ3" s="187"/>
+      <c r="AK3" s="188"/>
       <c r="AL3" s="10"/>
     </row>
     <row r="4" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10"/>
-      <c r="B4" s="102"/>
-[...34 lines deleted...]
-      <c r="AK4" s="131"/>
+      <c r="B4" s="159"/>
+      <c r="C4" s="160"/>
+      <c r="D4" s="160"/>
+      <c r="E4" s="160"/>
+      <c r="F4" s="161"/>
+      <c r="G4" s="168"/>
+      <c r="H4" s="169"/>
+      <c r="I4" s="169"/>
+      <c r="J4" s="169"/>
+      <c r="K4" s="169"/>
+      <c r="L4" s="169"/>
+      <c r="M4" s="169"/>
+      <c r="N4" s="169"/>
+      <c r="O4" s="170"/>
+      <c r="P4" s="177"/>
+      <c r="Q4" s="178"/>
+      <c r="R4" s="178"/>
+      <c r="S4" s="178"/>
+      <c r="T4" s="178"/>
+      <c r="U4" s="178"/>
+      <c r="V4" s="178"/>
+      <c r="W4" s="178"/>
+      <c r="X4" s="179"/>
+      <c r="Y4" s="186"/>
+      <c r="Z4" s="187"/>
+      <c r="AA4" s="187"/>
+      <c r="AB4" s="187"/>
+      <c r="AC4" s="187"/>
+      <c r="AD4" s="187"/>
+      <c r="AE4" s="187"/>
+      <c r="AF4" s="187"/>
+      <c r="AG4" s="187"/>
+      <c r="AH4" s="187"/>
+      <c r="AI4" s="187"/>
+      <c r="AJ4" s="187"/>
+      <c r="AK4" s="188"/>
       <c r="AL4" s="10"/>
     </row>
     <row r="5" spans="1:49" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10"/>
-      <c r="B5" s="105"/>
-[...34 lines deleted...]
-      <c r="AK5" s="134"/>
+      <c r="B5" s="162"/>
+      <c r="C5" s="163"/>
+      <c r="D5" s="163"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="164"/>
+      <c r="G5" s="171"/>
+      <c r="H5" s="172"/>
+      <c r="I5" s="172"/>
+      <c r="J5" s="172"/>
+      <c r="K5" s="172"/>
+      <c r="L5" s="172"/>
+      <c r="M5" s="172"/>
+      <c r="N5" s="172"/>
+      <c r="O5" s="173"/>
+      <c r="P5" s="180"/>
+      <c r="Q5" s="181"/>
+      <c r="R5" s="181"/>
+      <c r="S5" s="181"/>
+      <c r="T5" s="181"/>
+      <c r="U5" s="181"/>
+      <c r="V5" s="181"/>
+      <c r="W5" s="181"/>
+      <c r="X5" s="182"/>
+      <c r="Y5" s="189"/>
+      <c r="Z5" s="190"/>
+      <c r="AA5" s="190"/>
+      <c r="AB5" s="190"/>
+      <c r="AC5" s="190"/>
+      <c r="AD5" s="190"/>
+      <c r="AE5" s="190"/>
+      <c r="AF5" s="190"/>
+      <c r="AG5" s="190"/>
+      <c r="AH5" s="190"/>
+      <c r="AI5" s="190"/>
+      <c r="AJ5" s="190"/>
+      <c r="AK5" s="191"/>
       <c r="AL5" s="10"/>
     </row>
     <row r="6" spans="1:49" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
       <c r="AB6" s="4"/>
       <c r="AC6" s="4"/>
       <c r="AD6" s="4"/>
       <c r="AE6" s="4"/>
       <c r="AF6" s="4"/>
       <c r="AG6" s="4"/>
       <c r="AH6" s="4"/>
       <c r="AI6" s="4"/>
       <c r="AJ6" s="4"/>
       <c r="AK6" s="4"/>
       <c r="AL6" s="10"/>
     </row>
     <row r="7" spans="1:49" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10"/>
-      <c r="B7" s="92" t="s">
+      <c r="B7" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="C7" s="92"/>
-[...13 lines deleted...]
-      <c r="Q7" s="136" t="s">
+      <c r="C7" s="105"/>
+      <c r="D7" s="105"/>
+      <c r="E7" s="192"/>
+      <c r="F7" s="154"/>
+      <c r="G7" s="107"/>
+      <c r="H7" s="107"/>
+      <c r="I7" s="107"/>
+      <c r="J7" s="107"/>
+      <c r="K7" s="107"/>
+      <c r="L7" s="107"/>
+      <c r="M7" s="107"/>
+      <c r="N7" s="107"/>
+      <c r="O7" s="107"/>
+      <c r="P7" s="155"/>
+      <c r="Q7" s="193" t="s">
         <v>89</v>
       </c>
-      <c r="R7" s="93"/>
-[...7 lines deleted...]
-      <c r="Z7" s="139"/>
+      <c r="R7" s="152"/>
+      <c r="S7" s="152"/>
+      <c r="T7" s="153"/>
+      <c r="U7" s="194"/>
+      <c r="V7" s="195"/>
+      <c r="W7" s="195"/>
+      <c r="X7" s="195"/>
+      <c r="Y7" s="195"/>
+      <c r="Z7" s="196"/>
       <c r="AA7" s="10"/>
-      <c r="AB7" s="93" t="s">
+      <c r="AB7" s="152" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="93"/>
-[...7 lines deleted...]
-      <c r="AK7" s="139"/>
+      <c r="AC7" s="152"/>
+      <c r="AD7" s="152"/>
+      <c r="AE7" s="153"/>
+      <c r="AF7" s="194"/>
+      <c r="AG7" s="195"/>
+      <c r="AH7" s="195"/>
+      <c r="AI7" s="195"/>
+      <c r="AJ7" s="195"/>
+      <c r="AK7" s="196"/>
       <c r="AL7" s="10"/>
     </row>
     <row r="8" spans="1:49" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="10"/>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="10"/>
       <c r="J8" s="10"/>
       <c r="K8" s="10"/>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="10"/>
       <c r="Q8" s="10"/>
       <c r="R8" s="10"/>
       <c r="S8" s="10"/>
       <c r="T8" s="10"/>
       <c r="U8" s="10"/>
       <c r="V8" s="10"/>
       <c r="W8" s="10"/>
       <c r="X8" s="10"/>
       <c r="Y8" s="10"/>
       <c r="Z8" s="10"/>
       <c r="AA8" s="10"/>
       <c r="AB8" s="10"/>
       <c r="AC8" s="10"/>
       <c r="AD8" s="10"/>
       <c r="AE8" s="10"/>
       <c r="AF8" s="10"/>
       <c r="AG8" s="10"/>
       <c r="AH8" s="10"/>
       <c r="AI8" s="10"/>
       <c r="AJ8" s="10"/>
       <c r="AK8" s="10"/>
       <c r="AL8" s="10"/>
     </row>
     <row r="9" spans="1:49" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10"/>
-      <c r="B9" s="92" t="s">
+      <c r="B9" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="C9" s="92"/>
-      <c r="D9" s="92"/>
+      <c r="C9" s="105"/>
+      <c r="D9" s="105"/>
       <c r="E9" s="10"/>
-      <c r="F9" s="96"/>
-[...30 lines deleted...]
-      <c r="AK9" s="98"/>
+      <c r="F9" s="154"/>
+      <c r="G9" s="107"/>
+      <c r="H9" s="107"/>
+      <c r="I9" s="107"/>
+      <c r="J9" s="107"/>
+      <c r="K9" s="107"/>
+      <c r="L9" s="107"/>
+      <c r="M9" s="107"/>
+      <c r="N9" s="107"/>
+      <c r="O9" s="107"/>
+      <c r="P9" s="107"/>
+      <c r="Q9" s="107"/>
+      <c r="R9" s="107"/>
+      <c r="S9" s="107"/>
+      <c r="T9" s="107"/>
+      <c r="U9" s="107"/>
+      <c r="V9" s="107"/>
+      <c r="W9" s="107"/>
+      <c r="X9" s="107"/>
+      <c r="Y9" s="107"/>
+      <c r="Z9" s="107"/>
+      <c r="AA9" s="107"/>
+      <c r="AB9" s="107"/>
+      <c r="AC9" s="107"/>
+      <c r="AD9" s="107"/>
+      <c r="AE9" s="107"/>
+      <c r="AF9" s="107"/>
+      <c r="AG9" s="107"/>
+      <c r="AH9" s="107"/>
+      <c r="AI9" s="107"/>
+      <c r="AJ9" s="107"/>
+      <c r="AK9" s="155"/>
       <c r="AL9" s="10"/>
     </row>
     <row r="10" spans="1:49" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -13144,52 +13144,52 @@
       <c r="H16" s="8"/>
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
       <c r="M16" s="20"/>
       <c r="N16" s="20"/>
       <c r="O16" s="20"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="9"/>
       <c r="V16" s="9"/>
       <c r="W16" s="9"/>
       <c r="X16" s="8"/>
       <c r="Y16" s="8"/>
       <c r="Z16" s="8"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="11"/>
       <c r="AC16" s="44" t="s">
         <v>113</v>
       </c>
       <c r="AD16" s="8"/>
-      <c r="AE16" s="95"/>
-      <c r="AF16" s="95"/>
+      <c r="AE16" s="148"/>
+      <c r="AF16" s="148"/>
       <c r="AG16" s="8"/>
       <c r="AH16" s="8"/>
       <c r="AI16" s="8"/>
       <c r="AJ16" s="8"/>
       <c r="AK16" s="8"/>
       <c r="AL16" s="10"/>
       <c r="AW16" s="25" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="20"/>
       <c r="J17" s="20"/>
       <c r="K17" s="20"/>
       <c r="L17" s="20"/>
       <c r="M17" s="20"/>
       <c r="N17" s="20"/>
@@ -13370,75 +13370,75 @@
       <c r="H21" s="8"/>
       <c r="I21" s="20"/>
       <c r="J21" s="20"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
       <c r="U21" s="9"/>
       <c r="V21" s="9"/>
       <c r="W21" s="9"/>
       <c r="X21" s="8"/>
       <c r="Y21" s="8"/>
       <c r="Z21" s="8"/>
       <c r="AA21" s="8"/>
       <c r="AB21" s="11"/>
       <c r="AC21" s="44" t="s">
         <v>113</v>
       </c>
       <c r="AD21" s="8"/>
-      <c r="AE21" s="95"/>
-      <c r="AF21" s="95"/>
+      <c r="AE21" s="148"/>
+      <c r="AF21" s="148"/>
       <c r="AG21" s="8"/>
       <c r="AH21" s="8"/>
       <c r="AI21" s="8"/>
       <c r="AJ21" s="8"/>
       <c r="AK21" s="8"/>
       <c r="AL21" s="10"/>
       <c r="AW21" s="25" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="20"/>
       <c r="J22" s="20"/>
       <c r="K22" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="8"/>
       <c r="U22" s="9"/>
       <c r="V22" s="9"/>
       <c r="W22" s="9"/>
       <c r="X22" s="8"/>
       <c r="Y22" s="8"/>
       <c r="Z22" s="8"/>
       <c r="AA22" s="8"/>
       <c r="AB22" s="11"/>
       <c r="AC22" s="8"/>
       <c r="AD22" s="8"/>
       <c r="AE22" s="8"/>
       <c r="AF22" s="8"/>
       <c r="AG22" s="8"/>
       <c r="AH22" s="8"/>
       <c r="AI22" s="8"/>
@@ -13502,52 +13502,52 @@
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="8"/>
       <c r="U24" s="9"/>
       <c r="V24" s="9"/>
       <c r="W24" s="9"/>
       <c r="X24" s="8"/>
       <c r="Y24" s="8"/>
       <c r="Z24" s="8"/>
       <c r="AA24" s="8"/>
       <c r="AB24" s="11"/>
       <c r="AC24" s="44" t="s">
         <v>113</v>
       </c>
       <c r="AD24" s="8"/>
-      <c r="AE24" s="95"/>
-      <c r="AF24" s="95"/>
+      <c r="AE24" s="148"/>
+      <c r="AF24" s="148"/>
       <c r="AG24" s="8"/>
       <c r="AH24" s="8"/>
       <c r="AI24" s="8"/>
       <c r="AJ24" s="8"/>
       <c r="AK24" s="8"/>
       <c r="AL24" s="10"/>
     </row>
     <row r="25" spans="1:49" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
       <c r="O25" s="12"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="12"/>
@@ -13596,51 +13596,51 @@
       <c r="R26" s="10"/>
       <c r="S26" s="10"/>
       <c r="T26" s="10"/>
       <c r="U26" s="10"/>
       <c r="V26" s="10"/>
       <c r="W26" s="10"/>
       <c r="X26" s="10"/>
       <c r="Y26" s="10"/>
       <c r="Z26" s="10"/>
       <c r="AA26" s="10"/>
       <c r="AB26" s="10"/>
       <c r="AC26" s="10"/>
       <c r="AD26" s="10"/>
       <c r="AE26" s="10"/>
       <c r="AF26" s="10"/>
       <c r="AG26" s="10"/>
       <c r="AH26" s="10"/>
       <c r="AI26" s="10"/>
       <c r="AJ26" s="10"/>
       <c r="AK26" s="10"/>
       <c r="AL26" s="10"/>
     </row>
     <row r="27" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="10"/>
       <c r="B27" s="10" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="10"/>
       <c r="F27" s="10"/>
       <c r="G27" s="10"/>
       <c r="H27" s="10"/>
       <c r="I27" s="10"/>
       <c r="J27" s="10"/>
       <c r="K27" s="10"/>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
       <c r="N27" s="10"/>
       <c r="O27" s="10"/>
       <c r="P27" s="10"/>
       <c r="Q27" s="10"/>
       <c r="R27" s="10"/>
       <c r="S27" s="15"/>
       <c r="T27" s="15"/>
       <c r="U27" s="15"/>
       <c r="V27" s="10"/>
       <c r="W27" s="10"/>
       <c r="X27" s="10"/>
       <c r="Y27" s="10"/>
       <c r="Z27" s="10"/>
@@ -13651,63 +13651,63 @@
       <c r="AE27" s="10"/>
       <c r="AF27" s="10"/>
       <c r="AG27" s="10"/>
       <c r="AH27" s="10"/>
       <c r="AI27" s="10"/>
       <c r="AJ27" s="10"/>
       <c r="AK27" s="10"/>
       <c r="AL27" s="10"/>
     </row>
     <row r="28" spans="1:49" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="10"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="23"/>
       <c r="J28" s="16"/>
       <c r="K28" s="10"/>
       <c r="L28" s="45"/>
       <c r="O28" s="45" t="s">
         <v>135</v>
       </c>
-      <c r="P28" s="141"/>
-[...11 lines deleted...]
-      <c r="AB28" s="141"/>
+      <c r="P28" s="150"/>
+      <c r="Q28" s="150"/>
+      <c r="R28" s="150"/>
+      <c r="S28" s="150"/>
+      <c r="T28" s="150"/>
+      <c r="U28" s="150"/>
+      <c r="V28" s="150"/>
+      <c r="W28" s="150"/>
+      <c r="X28" s="150"/>
+      <c r="Y28" s="150"/>
+      <c r="Z28" s="150"/>
+      <c r="AA28" s="150"/>
+      <c r="AB28" s="150"/>
       <c r="AC28" s="10"/>
       <c r="AD28" s="10"/>
       <c r="AE28" s="10"/>
       <c r="AF28" s="10"/>
       <c r="AG28" s="10"/>
       <c r="AH28" s="10"/>
       <c r="AI28" s="10"/>
       <c r="AJ28" s="10"/>
       <c r="AK28" s="10"/>
       <c r="AL28" s="10"/>
       <c r="AO28" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10"/>
       <c r="B29" s="17" t="s">
         <v>120</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
@@ -13755,62 +13755,62 @@
       <c r="H30" s="10"/>
       <c r="I30" s="10"/>
       <c r="J30" s="24"/>
       <c r="K30" s="15" t="s">
         <v>122</v>
       </c>
       <c r="L30" s="10"/>
       <c r="M30" s="24"/>
       <c r="N30" s="10" t="s">
         <v>11</v>
       </c>
       <c r="O30" s="10"/>
       <c r="P30" s="10"/>
       <c r="R30" s="23"/>
       <c r="S30" s="10" t="s">
         <v>12</v>
       </c>
       <c r="T30" s="10"/>
       <c r="U30" s="10"/>
       <c r="V30" s="23"/>
       <c r="W30" s="10" t="s">
         <v>123</v>
       </c>
       <c r="X30" s="15"/>
       <c r="Y30" s="10"/>
-      <c r="Z30" s="197"/>
-[...10 lines deleted...]
-      <c r="AK30" s="197"/>
+      <c r="Z30" s="205"/>
+      <c r="AA30" s="205"/>
+      <c r="AB30" s="205"/>
+      <c r="AC30" s="205"/>
+      <c r="AD30" s="205"/>
+      <c r="AE30" s="205"/>
+      <c r="AF30" s="205"/>
+      <c r="AG30" s="205"/>
+      <c r="AH30" s="205"/>
+      <c r="AI30" s="205"/>
+      <c r="AJ30" s="205"/>
+      <c r="AK30" s="205"/>
       <c r="AL30" s="10"/>
       <c r="AO30" s="25" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:49" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="10"/>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
       <c r="F31" s="10"/>
       <c r="G31" s="10"/>
       <c r="H31" s="10"/>
       <c r="I31" s="10"/>
       <c r="J31" s="15"/>
       <c r="K31" s="10"/>
       <c r="L31" s="10"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="10"/>
       <c r="P31" s="10"/>
       <c r="Q31" s="10"/>
       <c r="R31" s="10"/>
       <c r="S31" s="10"/>
@@ -13831,63 +13831,63 @@
       <c r="AH31" s="15"/>
       <c r="AI31" s="15"/>
       <c r="AJ31" s="15"/>
       <c r="AK31" s="15"/>
       <c r="AL31" s="10"/>
     </row>
     <row r="32" spans="1:49" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="10"/>
       <c r="B32" s="10" t="s">
         <v>124</v>
       </c>
       <c r="C32" s="10"/>
       <c r="D32" s="10"/>
       <c r="E32" s="10"/>
       <c r="F32" s="10"/>
       <c r="G32" s="10"/>
       <c r="H32" s="10"/>
       <c r="I32" s="10"/>
       <c r="K32" s="10"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="27" t="s">
         <v>125</v>
       </c>
-      <c r="P32" s="142"/>
-      <c r="Q32" s="142"/>
+      <c r="P32" s="151"/>
+      <c r="Q32" s="151"/>
       <c r="R32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="S32" s="10"/>
       <c r="T32" s="10"/>
       <c r="U32" s="10"/>
       <c r="V32" s="27" t="s">
         <v>126</v>
       </c>
-      <c r="W32" s="142"/>
-      <c r="X32" s="142"/>
+      <c r="W32" s="151"/>
+      <c r="X32" s="151"/>
       <c r="Y32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="Z32" s="10"/>
       <c r="AA32" s="10"/>
       <c r="AB32" s="10"/>
       <c r="AC32" s="10"/>
       <c r="AD32" s="10"/>
       <c r="AE32" s="10"/>
       <c r="AF32" s="10"/>
       <c r="AG32" s="10"/>
       <c r="AH32" s="10"/>
       <c r="AI32" s="10"/>
       <c r="AJ32" s="10"/>
       <c r="AK32" s="10"/>
       <c r="AL32" s="10"/>
     </row>
     <row r="33" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="10"/>
       <c r="C33" s="15"/>
       <c r="D33" s="15"/>
       <c r="E33" s="15"/>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
@@ -13944,568 +13944,568 @@
       <c r="Q34" s="6"/>
       <c r="R34" s="6"/>
       <c r="S34" s="6"/>
       <c r="T34" s="6"/>
       <c r="U34" s="6"/>
       <c r="V34" s="6"/>
       <c r="W34" s="6"/>
       <c r="X34" s="6"/>
       <c r="Y34" s="6"/>
       <c r="Z34" s="6"/>
       <c r="AA34" s="6"/>
       <c r="AB34" s="6"/>
       <c r="AC34" s="6"/>
       <c r="AD34" s="6"/>
       <c r="AE34" s="6"/>
       <c r="AF34" s="6"/>
       <c r="AG34" s="6"/>
       <c r="AH34" s="6"/>
       <c r="AI34" s="6"/>
       <c r="AJ34" s="6"/>
       <c r="AK34" s="6"/>
       <c r="AL34" s="10"/>
     </row>
     <row r="35" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="10"/>
-      <c r="B35" s="143" t="s">
+      <c r="B35" s="112" t="s">
         <v>128</v>
       </c>
-      <c r="C35" s="143"/>
-[...33 lines deleted...]
-      <c r="AK35" s="143"/>
+      <c r="C35" s="112"/>
+      <c r="D35" s="112"/>
+      <c r="E35" s="112"/>
+      <c r="F35" s="112"/>
+      <c r="G35" s="112"/>
+      <c r="H35" s="112"/>
+      <c r="I35" s="112"/>
+      <c r="J35" s="112"/>
+      <c r="K35" s="112"/>
+      <c r="L35" s="112"/>
+      <c r="M35" s="112"/>
+      <c r="N35" s="112"/>
+      <c r="O35" s="112"/>
+      <c r="P35" s="112"/>
+      <c r="Q35" s="112"/>
+      <c r="R35" s="112"/>
+      <c r="S35" s="112"/>
+      <c r="T35" s="112"/>
+      <c r="U35" s="112"/>
+      <c r="V35" s="112"/>
+      <c r="W35" s="112"/>
+      <c r="X35" s="112"/>
+      <c r="Y35" s="112"/>
+      <c r="Z35" s="112"/>
+      <c r="AA35" s="112"/>
+      <c r="AB35" s="112"/>
+      <c r="AC35" s="112"/>
+      <c r="AD35" s="112"/>
+      <c r="AE35" s="112"/>
+      <c r="AF35" s="112"/>
+      <c r="AG35" s="112"/>
+      <c r="AH35" s="112"/>
+      <c r="AI35" s="112"/>
+      <c r="AJ35" s="112"/>
+      <c r="AK35" s="112"/>
       <c r="AL35" s="10"/>
     </row>
     <row r="36" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="10"/>
-      <c r="B36" s="171"/>
-[...34 lines deleted...]
-      <c r="AK36" s="173"/>
+      <c r="B36" s="139"/>
+      <c r="C36" s="140"/>
+      <c r="D36" s="140"/>
+      <c r="E36" s="140"/>
+      <c r="F36" s="140"/>
+      <c r="G36" s="140"/>
+      <c r="H36" s="140"/>
+      <c r="I36" s="140"/>
+      <c r="J36" s="140"/>
+      <c r="K36" s="140"/>
+      <c r="L36" s="140"/>
+      <c r="M36" s="140"/>
+      <c r="N36" s="140"/>
+      <c r="O36" s="140"/>
+      <c r="P36" s="140"/>
+      <c r="Q36" s="140"/>
+      <c r="R36" s="140"/>
+      <c r="S36" s="140"/>
+      <c r="T36" s="140"/>
+      <c r="U36" s="140"/>
+      <c r="V36" s="140"/>
+      <c r="W36" s="140"/>
+      <c r="X36" s="140"/>
+      <c r="Y36" s="140"/>
+      <c r="Z36" s="140"/>
+      <c r="AA36" s="140"/>
+      <c r="AB36" s="140"/>
+      <c r="AC36" s="140"/>
+      <c r="AD36" s="140"/>
+      <c r="AE36" s="140"/>
+      <c r="AF36" s="140"/>
+      <c r="AG36" s="140"/>
+      <c r="AH36" s="140"/>
+      <c r="AI36" s="140"/>
+      <c r="AJ36" s="140"/>
+      <c r="AK36" s="141"/>
       <c r="AL36" s="10"/>
     </row>
     <row r="37" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="10"/>
-      <c r="B37" s="174"/>
-[...34 lines deleted...]
-      <c r="AK37" s="176"/>
+      <c r="B37" s="142"/>
+      <c r="C37" s="143"/>
+      <c r="D37" s="143"/>
+      <c r="E37" s="143"/>
+      <c r="F37" s="143"/>
+      <c r="G37" s="143"/>
+      <c r="H37" s="143"/>
+      <c r="I37" s="143"/>
+      <c r="J37" s="143"/>
+      <c r="K37" s="143"/>
+      <c r="L37" s="143"/>
+      <c r="M37" s="143"/>
+      <c r="N37" s="143"/>
+      <c r="O37" s="143"/>
+      <c r="P37" s="143"/>
+      <c r="Q37" s="143"/>
+      <c r="R37" s="143"/>
+      <c r="S37" s="143"/>
+      <c r="T37" s="143"/>
+      <c r="U37" s="143"/>
+      <c r="V37" s="143"/>
+      <c r="W37" s="143"/>
+      <c r="X37" s="143"/>
+      <c r="Y37" s="143"/>
+      <c r="Z37" s="143"/>
+      <c r="AA37" s="143"/>
+      <c r="AB37" s="143"/>
+      <c r="AC37" s="143"/>
+      <c r="AD37" s="143"/>
+      <c r="AE37" s="143"/>
+      <c r="AF37" s="143"/>
+      <c r="AG37" s="143"/>
+      <c r="AH37" s="143"/>
+      <c r="AI37" s="143"/>
+      <c r="AJ37" s="143"/>
+      <c r="AK37" s="144"/>
       <c r="AL37" s="10"/>
     </row>
     <row r="38" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="10"/>
-      <c r="B38" s="174"/>
-[...34 lines deleted...]
-      <c r="AK38" s="176"/>
+      <c r="B38" s="142"/>
+      <c r="C38" s="143"/>
+      <c r="D38" s="143"/>
+      <c r="E38" s="143"/>
+      <c r="F38" s="143"/>
+      <c r="G38" s="143"/>
+      <c r="H38" s="143"/>
+      <c r="I38" s="143"/>
+      <c r="J38" s="143"/>
+      <c r="K38" s="143"/>
+      <c r="L38" s="143"/>
+      <c r="M38" s="143"/>
+      <c r="N38" s="143"/>
+      <c r="O38" s="143"/>
+      <c r="P38" s="143"/>
+      <c r="Q38" s="143"/>
+      <c r="R38" s="143"/>
+      <c r="S38" s="143"/>
+      <c r="T38" s="143"/>
+      <c r="U38" s="143"/>
+      <c r="V38" s="143"/>
+      <c r="W38" s="143"/>
+      <c r="X38" s="143"/>
+      <c r="Y38" s="143"/>
+      <c r="Z38" s="143"/>
+      <c r="AA38" s="143"/>
+      <c r="AB38" s="143"/>
+      <c r="AC38" s="143"/>
+      <c r="AD38" s="143"/>
+      <c r="AE38" s="143"/>
+      <c r="AF38" s="143"/>
+      <c r="AG38" s="143"/>
+      <c r="AH38" s="143"/>
+      <c r="AI38" s="143"/>
+      <c r="AJ38" s="143"/>
+      <c r="AK38" s="144"/>
       <c r="AL38" s="10"/>
     </row>
     <row r="39" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="10"/>
-      <c r="B39" s="174"/>
-[...34 lines deleted...]
-      <c r="AK39" s="176"/>
+      <c r="B39" s="142"/>
+      <c r="C39" s="143"/>
+      <c r="D39" s="143"/>
+      <c r="E39" s="143"/>
+      <c r="F39" s="143"/>
+      <c r="G39" s="143"/>
+      <c r="H39" s="143"/>
+      <c r="I39" s="143"/>
+      <c r="J39" s="143"/>
+      <c r="K39" s="143"/>
+      <c r="L39" s="143"/>
+      <c r="M39" s="143"/>
+      <c r="N39" s="143"/>
+      <c r="O39" s="143"/>
+      <c r="P39" s="143"/>
+      <c r="Q39" s="143"/>
+      <c r="R39" s="143"/>
+      <c r="S39" s="143"/>
+      <c r="T39" s="143"/>
+      <c r="U39" s="143"/>
+      <c r="V39" s="143"/>
+      <c r="W39" s="143"/>
+      <c r="X39" s="143"/>
+      <c r="Y39" s="143"/>
+      <c r="Z39" s="143"/>
+      <c r="AA39" s="143"/>
+      <c r="AB39" s="143"/>
+      <c r="AC39" s="143"/>
+      <c r="AD39" s="143"/>
+      <c r="AE39" s="143"/>
+      <c r="AF39" s="143"/>
+      <c r="AG39" s="143"/>
+      <c r="AH39" s="143"/>
+      <c r="AI39" s="143"/>
+      <c r="AJ39" s="143"/>
+      <c r="AK39" s="144"/>
       <c r="AL39" s="10"/>
     </row>
     <row r="40" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="10"/>
-      <c r="B40" s="174"/>
-[...34 lines deleted...]
-      <c r="AK40" s="176"/>
+      <c r="B40" s="142"/>
+      <c r="C40" s="143"/>
+      <c r="D40" s="143"/>
+      <c r="E40" s="143"/>
+      <c r="F40" s="143"/>
+      <c r="G40" s="143"/>
+      <c r="H40" s="143"/>
+      <c r="I40" s="143"/>
+      <c r="J40" s="143"/>
+      <c r="K40" s="143"/>
+      <c r="L40" s="143"/>
+      <c r="M40" s="143"/>
+      <c r="N40" s="143"/>
+      <c r="O40" s="143"/>
+      <c r="P40" s="143"/>
+      <c r="Q40" s="143"/>
+      <c r="R40" s="143"/>
+      <c r="S40" s="143"/>
+      <c r="T40" s="143"/>
+      <c r="U40" s="143"/>
+      <c r="V40" s="143"/>
+      <c r="W40" s="143"/>
+      <c r="X40" s="143"/>
+      <c r="Y40" s="143"/>
+      <c r="Z40" s="143"/>
+      <c r="AA40" s="143"/>
+      <c r="AB40" s="143"/>
+      <c r="AC40" s="143"/>
+      <c r="AD40" s="143"/>
+      <c r="AE40" s="143"/>
+      <c r="AF40" s="143"/>
+      <c r="AG40" s="143"/>
+      <c r="AH40" s="143"/>
+      <c r="AI40" s="143"/>
+      <c r="AJ40" s="143"/>
+      <c r="AK40" s="144"/>
       <c r="AL40" s="10"/>
     </row>
     <row r="41" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="10"/>
-      <c r="B41" s="174"/>
-[...34 lines deleted...]
-      <c r="AK41" s="176"/>
+      <c r="B41" s="142"/>
+      <c r="C41" s="143"/>
+      <c r="D41" s="143"/>
+      <c r="E41" s="143"/>
+      <c r="F41" s="143"/>
+      <c r="G41" s="143"/>
+      <c r="H41" s="143"/>
+      <c r="I41" s="143"/>
+      <c r="J41" s="143"/>
+      <c r="K41" s="143"/>
+      <c r="L41" s="143"/>
+      <c r="M41" s="143"/>
+      <c r="N41" s="143"/>
+      <c r="O41" s="143"/>
+      <c r="P41" s="143"/>
+      <c r="Q41" s="143"/>
+      <c r="R41" s="143"/>
+      <c r="S41" s="143"/>
+      <c r="T41" s="143"/>
+      <c r="U41" s="143"/>
+      <c r="V41" s="143"/>
+      <c r="W41" s="143"/>
+      <c r="X41" s="143"/>
+      <c r="Y41" s="143"/>
+      <c r="Z41" s="143"/>
+      <c r="AA41" s="143"/>
+      <c r="AB41" s="143"/>
+      <c r="AC41" s="143"/>
+      <c r="AD41" s="143"/>
+      <c r="AE41" s="143"/>
+      <c r="AF41" s="143"/>
+      <c r="AG41" s="143"/>
+      <c r="AH41" s="143"/>
+      <c r="AI41" s="143"/>
+      <c r="AJ41" s="143"/>
+      <c r="AK41" s="144"/>
       <c r="AL41" s="10"/>
     </row>
     <row r="42" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="10"/>
-      <c r="B42" s="174"/>
-[...34 lines deleted...]
-      <c r="AK42" s="176"/>
+      <c r="B42" s="142"/>
+      <c r="C42" s="143"/>
+      <c r="D42" s="143"/>
+      <c r="E42" s="143"/>
+      <c r="F42" s="143"/>
+      <c r="G42" s="143"/>
+      <c r="H42" s="143"/>
+      <c r="I42" s="143"/>
+      <c r="J42" s="143"/>
+      <c r="K42" s="143"/>
+      <c r="L42" s="143"/>
+      <c r="M42" s="143"/>
+      <c r="N42" s="143"/>
+      <c r="O42" s="143"/>
+      <c r="P42" s="143"/>
+      <c r="Q42" s="143"/>
+      <c r="R42" s="143"/>
+      <c r="S42" s="143"/>
+      <c r="T42" s="143"/>
+      <c r="U42" s="143"/>
+      <c r="V42" s="143"/>
+      <c r="W42" s="143"/>
+      <c r="X42" s="143"/>
+      <c r="Y42" s="143"/>
+      <c r="Z42" s="143"/>
+      <c r="AA42" s="143"/>
+      <c r="AB42" s="143"/>
+      <c r="AC42" s="143"/>
+      <c r="AD42" s="143"/>
+      <c r="AE42" s="143"/>
+      <c r="AF42" s="143"/>
+      <c r="AG42" s="143"/>
+      <c r="AH42" s="143"/>
+      <c r="AI42" s="143"/>
+      <c r="AJ42" s="143"/>
+      <c r="AK42" s="144"/>
       <c r="AL42" s="10"/>
     </row>
     <row r="43" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="10"/>
-      <c r="B43" s="174"/>
-[...34 lines deleted...]
-      <c r="AK43" s="176"/>
+      <c r="B43" s="142"/>
+      <c r="C43" s="143"/>
+      <c r="D43" s="143"/>
+      <c r="E43" s="143"/>
+      <c r="F43" s="143"/>
+      <c r="G43" s="143"/>
+      <c r="H43" s="143"/>
+      <c r="I43" s="143"/>
+      <c r="J43" s="143"/>
+      <c r="K43" s="143"/>
+      <c r="L43" s="143"/>
+      <c r="M43" s="143"/>
+      <c r="N43" s="143"/>
+      <c r="O43" s="143"/>
+      <c r="P43" s="143"/>
+      <c r="Q43" s="143"/>
+      <c r="R43" s="143"/>
+      <c r="S43" s="143"/>
+      <c r="T43" s="143"/>
+      <c r="U43" s="143"/>
+      <c r="V43" s="143"/>
+      <c r="W43" s="143"/>
+      <c r="X43" s="143"/>
+      <c r="Y43" s="143"/>
+      <c r="Z43" s="143"/>
+      <c r="AA43" s="143"/>
+      <c r="AB43" s="143"/>
+      <c r="AC43" s="143"/>
+      <c r="AD43" s="143"/>
+      <c r="AE43" s="143"/>
+      <c r="AF43" s="143"/>
+      <c r="AG43" s="143"/>
+      <c r="AH43" s="143"/>
+      <c r="AI43" s="143"/>
+      <c r="AJ43" s="143"/>
+      <c r="AK43" s="144"/>
       <c r="AL43" s="10"/>
     </row>
     <row r="44" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="10"/>
-      <c r="B44" s="174"/>
-[...34 lines deleted...]
-      <c r="AK44" s="176"/>
+      <c r="B44" s="142"/>
+      <c r="C44" s="143"/>
+      <c r="D44" s="143"/>
+      <c r="E44" s="143"/>
+      <c r="F44" s="143"/>
+      <c r="G44" s="143"/>
+      <c r="H44" s="143"/>
+      <c r="I44" s="143"/>
+      <c r="J44" s="143"/>
+      <c r="K44" s="143"/>
+      <c r="L44" s="143"/>
+      <c r="M44" s="143"/>
+      <c r="N44" s="143"/>
+      <c r="O44" s="143"/>
+      <c r="P44" s="143"/>
+      <c r="Q44" s="143"/>
+      <c r="R44" s="143"/>
+      <c r="S44" s="143"/>
+      <c r="T44" s="143"/>
+      <c r="U44" s="143"/>
+      <c r="V44" s="143"/>
+      <c r="W44" s="143"/>
+      <c r="X44" s="143"/>
+      <c r="Y44" s="143"/>
+      <c r="Z44" s="143"/>
+      <c r="AA44" s="143"/>
+      <c r="AB44" s="143"/>
+      <c r="AC44" s="143"/>
+      <c r="AD44" s="143"/>
+      <c r="AE44" s="143"/>
+      <c r="AF44" s="143"/>
+      <c r="AG44" s="143"/>
+      <c r="AH44" s="143"/>
+      <c r="AI44" s="143"/>
+      <c r="AJ44" s="143"/>
+      <c r="AK44" s="144"/>
       <c r="AL44" s="10"/>
     </row>
     <row r="45" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="10"/>
-      <c r="B45" s="174"/>
-[...34 lines deleted...]
-      <c r="AK45" s="176"/>
+      <c r="B45" s="142"/>
+      <c r="C45" s="143"/>
+      <c r="D45" s="143"/>
+      <c r="E45" s="143"/>
+      <c r="F45" s="143"/>
+      <c r="G45" s="143"/>
+      <c r="H45" s="143"/>
+      <c r="I45" s="143"/>
+      <c r="J45" s="143"/>
+      <c r="K45" s="143"/>
+      <c r="L45" s="143"/>
+      <c r="M45" s="143"/>
+      <c r="N45" s="143"/>
+      <c r="O45" s="143"/>
+      <c r="P45" s="143"/>
+      <c r="Q45" s="143"/>
+      <c r="R45" s="143"/>
+      <c r="S45" s="143"/>
+      <c r="T45" s="143"/>
+      <c r="U45" s="143"/>
+      <c r="V45" s="143"/>
+      <c r="W45" s="143"/>
+      <c r="X45" s="143"/>
+      <c r="Y45" s="143"/>
+      <c r="Z45" s="143"/>
+      <c r="AA45" s="143"/>
+      <c r="AB45" s="143"/>
+      <c r="AC45" s="143"/>
+      <c r="AD45" s="143"/>
+      <c r="AE45" s="143"/>
+      <c r="AF45" s="143"/>
+      <c r="AG45" s="143"/>
+      <c r="AH45" s="143"/>
+      <c r="AI45" s="143"/>
+      <c r="AJ45" s="143"/>
+      <c r="AK45" s="144"/>
       <c r="AL45" s="10"/>
     </row>
     <row r="46" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="10"/>
-      <c r="B46" s="174"/>
-[...34 lines deleted...]
-      <c r="AK46" s="176"/>
+      <c r="B46" s="142"/>
+      <c r="C46" s="143"/>
+      <c r="D46" s="143"/>
+      <c r="E46" s="143"/>
+      <c r="F46" s="143"/>
+      <c r="G46" s="143"/>
+      <c r="H46" s="143"/>
+      <c r="I46" s="143"/>
+      <c r="J46" s="143"/>
+      <c r="K46" s="143"/>
+      <c r="L46" s="143"/>
+      <c r="M46" s="143"/>
+      <c r="N46" s="143"/>
+      <c r="O46" s="143"/>
+      <c r="P46" s="143"/>
+      <c r="Q46" s="143"/>
+      <c r="R46" s="143"/>
+      <c r="S46" s="143"/>
+      <c r="T46" s="143"/>
+      <c r="U46" s="143"/>
+      <c r="V46" s="143"/>
+      <c r="W46" s="143"/>
+      <c r="X46" s="143"/>
+      <c r="Y46" s="143"/>
+      <c r="Z46" s="143"/>
+      <c r="AA46" s="143"/>
+      <c r="AB46" s="143"/>
+      <c r="AC46" s="143"/>
+      <c r="AD46" s="143"/>
+      <c r="AE46" s="143"/>
+      <c r="AF46" s="143"/>
+      <c r="AG46" s="143"/>
+      <c r="AH46" s="143"/>
+      <c r="AI46" s="143"/>
+      <c r="AJ46" s="143"/>
+      <c r="AK46" s="144"/>
       <c r="AL46" s="10"/>
     </row>
     <row r="47" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="10"/>
-      <c r="B47" s="177"/>
-[...34 lines deleted...]
-      <c r="AK47" s="179"/>
+      <c r="B47" s="145"/>
+      <c r="C47" s="146"/>
+      <c r="D47" s="146"/>
+      <c r="E47" s="146"/>
+      <c r="F47" s="146"/>
+      <c r="G47" s="146"/>
+      <c r="H47" s="146"/>
+      <c r="I47" s="146"/>
+      <c r="J47" s="146"/>
+      <c r="K47" s="146"/>
+      <c r="L47" s="146"/>
+      <c r="M47" s="146"/>
+      <c r="N47" s="146"/>
+      <c r="O47" s="146"/>
+      <c r="P47" s="146"/>
+      <c r="Q47" s="146"/>
+      <c r="R47" s="146"/>
+      <c r="S47" s="146"/>
+      <c r="T47" s="146"/>
+      <c r="U47" s="146"/>
+      <c r="V47" s="146"/>
+      <c r="W47" s="146"/>
+      <c r="X47" s="146"/>
+      <c r="Y47" s="146"/>
+      <c r="Z47" s="146"/>
+      <c r="AA47" s="146"/>
+      <c r="AB47" s="146"/>
+      <c r="AC47" s="146"/>
+      <c r="AD47" s="146"/>
+      <c r="AE47" s="146"/>
+      <c r="AF47" s="146"/>
+      <c r="AG47" s="146"/>
+      <c r="AH47" s="146"/>
+      <c r="AI47" s="146"/>
+      <c r="AJ47" s="146"/>
+      <c r="AK47" s="147"/>
       <c r="AL47" s="10"/>
     </row>
     <row r="48" spans="1:38" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="10"/>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
@@ -14546,380 +14546,380 @@
       <c r="Q49" s="10"/>
       <c r="R49" s="10"/>
       <c r="S49" s="10"/>
       <c r="T49" s="10"/>
       <c r="U49" s="10"/>
       <c r="V49" s="10"/>
       <c r="W49" s="10"/>
       <c r="X49" s="10"/>
       <c r="Y49" s="10"/>
       <c r="Z49" s="10"/>
       <c r="AA49" s="10"/>
       <c r="AB49" s="10"/>
       <c r="AC49" s="10"/>
       <c r="AD49" s="10"/>
       <c r="AE49" s="10"/>
       <c r="AF49" s="10"/>
       <c r="AG49" s="10"/>
       <c r="AH49" s="10"/>
       <c r="AI49" s="10"/>
       <c r="AJ49" s="10"/>
       <c r="AK49" s="10"/>
       <c r="AL49" s="10"/>
     </row>
     <row r="50" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="10"/>
-      <c r="B50" s="144" t="s">
+      <c r="B50" s="113" t="s">
         <v>130</v>
       </c>
-      <c r="C50" s="144"/>
-[...4 lines deleted...]
-      <c r="H50" s="146" t="s">
+      <c r="C50" s="113"/>
+      <c r="D50" s="113"/>
+      <c r="E50" s="113"/>
+      <c r="F50" s="113"/>
+      <c r="G50" s="114"/>
+      <c r="H50" s="115" t="s">
         <v>129</v>
       </c>
-      <c r="I50" s="147"/>
-[...29 lines deleted...]
-      <c r="AK50" s="200"/>
+      <c r="I50" s="116"/>
+      <c r="J50" s="116"/>
+      <c r="K50" s="116"/>
+      <c r="L50" s="116"/>
+      <c r="M50" s="116"/>
+      <c r="N50" s="116"/>
+      <c r="O50" s="116"/>
+      <c r="P50" s="116"/>
+      <c r="Q50" s="116"/>
+      <c r="R50" s="116"/>
+      <c r="S50" s="116"/>
+      <c r="T50" s="116"/>
+      <c r="U50" s="116"/>
+      <c r="V50" s="117"/>
+      <c r="W50" s="199" t="s">
+        <v>147</v>
+      </c>
+      <c r="X50" s="200"/>
+      <c r="Y50" s="200"/>
+      <c r="Z50" s="200"/>
+      <c r="AA50" s="200"/>
+      <c r="AB50" s="200"/>
+      <c r="AC50" s="200"/>
+      <c r="AD50" s="200"/>
+      <c r="AE50" s="200"/>
+      <c r="AF50" s="200"/>
+      <c r="AG50" s="200"/>
+      <c r="AH50" s="200"/>
+      <c r="AI50" s="200"/>
+      <c r="AJ50" s="200"/>
+      <c r="AK50" s="201"/>
       <c r="AL50" s="10"/>
     </row>
     <row r="51" spans="1:38" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="10"/>
       <c r="B51" s="26"/>
       <c r="C51" s="26"/>
       <c r="D51" s="26"/>
       <c r="E51" s="26"/>
       <c r="F51" s="26"/>
       <c r="G51" s="26"/>
-      <c r="H51" s="149"/>
-[...28 lines deleted...]
-      <c r="AK51" s="203"/>
+      <c r="H51" s="118"/>
+      <c r="I51" s="119"/>
+      <c r="J51" s="119"/>
+      <c r="K51" s="119"/>
+      <c r="L51" s="119"/>
+      <c r="M51" s="119"/>
+      <c r="N51" s="119"/>
+      <c r="O51" s="119"/>
+      <c r="P51" s="119"/>
+      <c r="Q51" s="119"/>
+      <c r="R51" s="119"/>
+      <c r="S51" s="119"/>
+      <c r="T51" s="119"/>
+      <c r="U51" s="119"/>
+      <c r="V51" s="120"/>
+      <c r="W51" s="202"/>
+      <c r="X51" s="203"/>
+      <c r="Y51" s="203"/>
+      <c r="Z51" s="203"/>
+      <c r="AA51" s="203"/>
+      <c r="AB51" s="203"/>
+      <c r="AC51" s="203"/>
+      <c r="AD51" s="203"/>
+      <c r="AE51" s="203"/>
+      <c r="AF51" s="203"/>
+      <c r="AG51" s="203"/>
+      <c r="AH51" s="203"/>
+      <c r="AI51" s="203"/>
+      <c r="AJ51" s="203"/>
+      <c r="AK51" s="204"/>
       <c r="AL51" s="10"/>
     </row>
     <row r="52" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="10"/>
-      <c r="B52" s="158" t="s">
+      <c r="B52" s="92" t="s">
         <v>131</v>
       </c>
-      <c r="C52" s="158"/>
-[...33 lines deleted...]
-      <c r="AK52" s="167"/>
+      <c r="C52" s="92"/>
+      <c r="D52" s="92"/>
+      <c r="E52" s="92"/>
+      <c r="F52" s="92"/>
+      <c r="G52" s="198"/>
+      <c r="H52" s="127"/>
+      <c r="I52" s="128"/>
+      <c r="J52" s="128"/>
+      <c r="K52" s="128"/>
+      <c r="L52" s="128"/>
+      <c r="M52" s="128"/>
+      <c r="N52" s="128"/>
+      <c r="O52" s="128"/>
+      <c r="P52" s="128"/>
+      <c r="Q52" s="128"/>
+      <c r="R52" s="128"/>
+      <c r="S52" s="128"/>
+      <c r="T52" s="128"/>
+      <c r="U52" s="128"/>
+      <c r="V52" s="129"/>
+      <c r="W52" s="133"/>
+      <c r="X52" s="134"/>
+      <c r="Y52" s="134"/>
+      <c r="Z52" s="134"/>
+      <c r="AA52" s="134"/>
+      <c r="AB52" s="134"/>
+      <c r="AC52" s="134"/>
+      <c r="AD52" s="134"/>
+      <c r="AE52" s="134"/>
+      <c r="AF52" s="134"/>
+      <c r="AG52" s="134"/>
+      <c r="AH52" s="134"/>
+      <c r="AI52" s="134"/>
+      <c r="AJ52" s="134"/>
+      <c r="AK52" s="135"/>
       <c r="AL52" s="10"/>
     </row>
     <row r="53" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="10"/>
-      <c r="B53" s="158"/>
-[...34 lines deleted...]
-      <c r="AK53" s="170"/>
+      <c r="B53" s="92"/>
+      <c r="C53" s="92"/>
+      <c r="D53" s="92"/>
+      <c r="E53" s="92"/>
+      <c r="F53" s="92"/>
+      <c r="G53" s="198"/>
+      <c r="H53" s="130"/>
+      <c r="I53" s="131"/>
+      <c r="J53" s="131"/>
+      <c r="K53" s="131"/>
+      <c r="L53" s="131"/>
+      <c r="M53" s="131"/>
+      <c r="N53" s="131"/>
+      <c r="O53" s="131"/>
+      <c r="P53" s="131"/>
+      <c r="Q53" s="131"/>
+      <c r="R53" s="131"/>
+      <c r="S53" s="131"/>
+      <c r="T53" s="131"/>
+      <c r="U53" s="131"/>
+      <c r="V53" s="132"/>
+      <c r="W53" s="136"/>
+      <c r="X53" s="137"/>
+      <c r="Y53" s="137"/>
+      <c r="Z53" s="137"/>
+      <c r="AA53" s="137"/>
+      <c r="AB53" s="137"/>
+      <c r="AC53" s="137"/>
+      <c r="AD53" s="137"/>
+      <c r="AE53" s="137"/>
+      <c r="AF53" s="137"/>
+      <c r="AG53" s="137"/>
+      <c r="AH53" s="137"/>
+      <c r="AI53" s="137"/>
+      <c r="AJ53" s="137"/>
+      <c r="AK53" s="138"/>
       <c r="AL53" s="10"/>
     </row>
     <row r="54" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="10"/>
-      <c r="B54" s="92" t="s">
+      <c r="B54" s="105" t="s">
         <v>132</v>
       </c>
-      <c r="C54" s="92"/>
-[...33 lines deleted...]
-      <c r="AK54" s="196"/>
+      <c r="C54" s="105"/>
+      <c r="D54" s="105"/>
+      <c r="E54" s="105"/>
+      <c r="F54" s="105"/>
+      <c r="G54" s="197"/>
+      <c r="H54" s="106"/>
+      <c r="I54" s="107"/>
+      <c r="J54" s="107"/>
+      <c r="K54" s="107"/>
+      <c r="L54" s="107"/>
+      <c r="M54" s="107"/>
+      <c r="N54" s="107"/>
+      <c r="O54" s="107"/>
+      <c r="P54" s="107"/>
+      <c r="Q54" s="107"/>
+      <c r="R54" s="107"/>
+      <c r="S54" s="107"/>
+      <c r="T54" s="107"/>
+      <c r="U54" s="107"/>
+      <c r="V54" s="108"/>
+      <c r="W54" s="109"/>
+      <c r="X54" s="110"/>
+      <c r="Y54" s="110"/>
+      <c r="Z54" s="110"/>
+      <c r="AA54" s="110"/>
+      <c r="AB54" s="110"/>
+      <c r="AC54" s="110"/>
+      <c r="AD54" s="110"/>
+      <c r="AE54" s="110"/>
+      <c r="AF54" s="110"/>
+      <c r="AG54" s="110"/>
+      <c r="AH54" s="110"/>
+      <c r="AI54" s="110"/>
+      <c r="AJ54" s="110"/>
+      <c r="AK54" s="111"/>
       <c r="AL54" s="10"/>
     </row>
     <row r="55" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="10"/>
-      <c r="B55" s="92" t="s">
+      <c r="B55" s="105" t="s">
         <v>133</v>
       </c>
-      <c r="C55" s="92"/>
-[...33 lines deleted...]
-      <c r="AK55" s="196"/>
+      <c r="C55" s="105"/>
+      <c r="D55" s="105"/>
+      <c r="E55" s="105"/>
+      <c r="F55" s="105"/>
+      <c r="G55" s="197"/>
+      <c r="H55" s="106"/>
+      <c r="I55" s="107"/>
+      <c r="J55" s="107"/>
+      <c r="K55" s="107"/>
+      <c r="L55" s="107"/>
+      <c r="M55" s="107"/>
+      <c r="N55" s="107"/>
+      <c r="O55" s="107"/>
+      <c r="P55" s="107"/>
+      <c r="Q55" s="107"/>
+      <c r="R55" s="107"/>
+      <c r="S55" s="107"/>
+      <c r="T55" s="107"/>
+      <c r="U55" s="107"/>
+      <c r="V55" s="108"/>
+      <c r="W55" s="109"/>
+      <c r="X55" s="110"/>
+      <c r="Y55" s="110"/>
+      <c r="Z55" s="110"/>
+      <c r="AA55" s="110"/>
+      <c r="AB55" s="110"/>
+      <c r="AC55" s="110"/>
+      <c r="AD55" s="110"/>
+      <c r="AE55" s="110"/>
+      <c r="AF55" s="110"/>
+      <c r="AG55" s="110"/>
+      <c r="AH55" s="110"/>
+      <c r="AI55" s="110"/>
+      <c r="AJ55" s="110"/>
+      <c r="AK55" s="111"/>
       <c r="AL55" s="10"/>
     </row>
     <row r="56" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="10"/>
-      <c r="B56" s="158" t="s">
+      <c r="B56" s="92" t="s">
         <v>134</v>
       </c>
-      <c r="C56" s="158"/>
-[...33 lines deleted...]
-      <c r="AK56" s="188"/>
+      <c r="C56" s="92"/>
+      <c r="D56" s="92"/>
+      <c r="E56" s="92"/>
+      <c r="F56" s="92"/>
+      <c r="G56" s="198"/>
+      <c r="H56" s="93"/>
+      <c r="I56" s="94"/>
+      <c r="J56" s="94"/>
+      <c r="K56" s="94"/>
+      <c r="L56" s="94"/>
+      <c r="M56" s="94"/>
+      <c r="N56" s="94"/>
+      <c r="O56" s="94"/>
+      <c r="P56" s="94"/>
+      <c r="Q56" s="94"/>
+      <c r="R56" s="94"/>
+      <c r="S56" s="94"/>
+      <c r="T56" s="94"/>
+      <c r="U56" s="94"/>
+      <c r="V56" s="95"/>
+      <c r="W56" s="99"/>
+      <c r="X56" s="100"/>
+      <c r="Y56" s="100"/>
+      <c r="Z56" s="100"/>
+      <c r="AA56" s="100"/>
+      <c r="AB56" s="100"/>
+      <c r="AC56" s="100"/>
+      <c r="AD56" s="100"/>
+      <c r="AE56" s="100"/>
+      <c r="AF56" s="100"/>
+      <c r="AG56" s="100"/>
+      <c r="AH56" s="100"/>
+      <c r="AI56" s="100"/>
+      <c r="AJ56" s="100"/>
+      <c r="AK56" s="101"/>
       <c r="AL56" s="10"/>
     </row>
     <row r="57" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="10"/>
-      <c r="B57" s="158"/>
-[...34 lines deleted...]
-      <c r="AK57" s="191"/>
+      <c r="B57" s="92"/>
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="198"/>
+      <c r="H57" s="96"/>
+      <c r="I57" s="97"/>
+      <c r="J57" s="97"/>
+      <c r="K57" s="97"/>
+      <c r="L57" s="97"/>
+      <c r="M57" s="97"/>
+      <c r="N57" s="97"/>
+      <c r="O57" s="97"/>
+      <c r="P57" s="97"/>
+      <c r="Q57" s="97"/>
+      <c r="R57" s="97"/>
+      <c r="S57" s="97"/>
+      <c r="T57" s="97"/>
+      <c r="U57" s="97"/>
+      <c r="V57" s="98"/>
+      <c r="W57" s="102"/>
+      <c r="X57" s="103"/>
+      <c r="Y57" s="103"/>
+      <c r="Z57" s="103"/>
+      <c r="AA57" s="103"/>
+      <c r="AB57" s="103"/>
+      <c r="AC57" s="103"/>
+      <c r="AD57" s="103"/>
+      <c r="AE57" s="103"/>
+      <c r="AF57" s="103"/>
+      <c r="AG57" s="103"/>
+      <c r="AH57" s="103"/>
+      <c r="AI57" s="103"/>
+      <c r="AJ57" s="103"/>
+      <c r="AK57" s="104"/>
       <c r="AL57" s="10"/>
     </row>
     <row r="58" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="10"/>
       <c r="B58" s="19"/>
       <c r="C58" s="46"/>
       <c r="D58" s="46"/>
       <c r="E58" s="46"/>
       <c r="F58" s="46"/>
       <c r="G58" s="46"/>
       <c r="H58" s="47"/>
       <c r="I58" s="47"/>
       <c r="J58" s="47"/>
       <c r="K58" s="47"/>
       <c r="L58" s="47"/>
       <c r="M58" s="47"/>
       <c r="N58" s="47"/>
       <c r="O58" s="47"/>
       <c r="P58" s="47"/>
       <c r="Q58" s="47"/>
       <c r="R58" s="47"/>
       <c r="S58" s="47"/>
       <c r="T58" s="47"/>
       <c r="U58" s="47"/>
       <c r="V58" s="47"/>
@@ -15075,88 +15075,88 @@
     <row r="152" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="153" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="154" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="155" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="156" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="157" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="158" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="159" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="160" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="161" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="162" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="163" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="164" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="165" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="170" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="173" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="174" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="175" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZJNj4A17OItLFRC0dk2vXm5lOjgvYffpwvjHxWg1Ko3+NeJqEen+JED1x0ewWQAh50xafBknpjAnyyMoYitclA==" saltValue="FOoO7tpbtEz92y40rR7nlA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="jqTvbS/642FiAjzrSe6WEfZys2mwTCfY4RBjMEF3NnSsaUUCDnF1T0Qpr/KTBrwDA14jGo/+EQrc5l+e9n46vA==" saltValue="F0x+EU5+k6TLtvimB4899g==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="36">
-    <mergeCell ref="H55:V55"/>
-[...24 lines deleted...]
-    <mergeCell ref="AE24:AF24"/>
     <mergeCell ref="B2:F5"/>
     <mergeCell ref="G2:O5"/>
     <mergeCell ref="P2:X5"/>
     <mergeCell ref="Y2:AK5"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="F7:P7"/>
     <mergeCell ref="Q7:T7"/>
     <mergeCell ref="U7:Z7"/>
     <mergeCell ref="AB7:AE7"/>
     <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="Z30:AK30"/>
+    <mergeCell ref="P28:AB28"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="AE16:AF16"/>
+    <mergeCell ref="AE21:AF21"/>
+    <mergeCell ref="AE24:AF24"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="B35:AK35"/>
+    <mergeCell ref="B36:AK47"/>
+    <mergeCell ref="B50:G50"/>
+    <mergeCell ref="H50:V51"/>
+    <mergeCell ref="W50:AK51"/>
+    <mergeCell ref="H52:V53"/>
+    <mergeCell ref="W52:AK53"/>
+    <mergeCell ref="H54:V54"/>
+    <mergeCell ref="W54:AK54"/>
+    <mergeCell ref="B52:G53"/>
+    <mergeCell ref="B54:G54"/>
+    <mergeCell ref="H55:V55"/>
+    <mergeCell ref="W55:AK55"/>
+    <mergeCell ref="H56:V57"/>
+    <mergeCell ref="W56:AK57"/>
+    <mergeCell ref="B55:G55"/>
+    <mergeCell ref="B56:G57"/>
   </mergeCells>
   <conditionalFormatting sqref="J28:L28">
     <cfRule type="expression" dxfId="6" priority="5">
       <formula>$AO$28=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O28:P28">
     <cfRule type="expression" dxfId="5" priority="1">
       <formula>$AO$28=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R16:AF16">
     <cfRule type="expression" dxfId="4" priority="8">
       <formula>OR($AO$15=1,$AO$15=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R21:AF21">
     <cfRule type="expression" dxfId="3" priority="7">
       <formula>OR($AO$19=1,$AO$19=3,$AO$19=4)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R24:AF24">
     <cfRule type="expression" dxfId="2" priority="6">
       <formula>OR($AO$19=1,$AO$19=2,$AO$19=3)</formula>
     </cfRule>