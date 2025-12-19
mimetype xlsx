--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -97,161 +97,165 @@
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp77.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp78.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp79.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp80.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp81.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp82.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp83.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp84.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp85.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp86.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4A4EC41-5482-4BEA-98F8-FF76D20BC8AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A29233F-345D-4404-9E18-29D3103EE1E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="5" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="6" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Formulaire_Fr!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Formular_De!$1:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$74</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$A$1:$AL$111</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$A$1:$AL$111</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$74</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K88" i="4" l="1"/>
-  <c r="X45" i="4"/>
+  <c r="AU91" i="4" l="1"/>
+  <c r="AK88" i="4" s="1"/>
+  <c r="AU91" i="1"/>
+  <c r="AK88" i="1" s="1"/>
+  <c r="AS107" i="4"/>
+  <c r="K88" i="4"/>
+  <c r="AS107" i="1"/>
+  <c r="K88" i="1"/>
+  <c r="X45" i="4" l="1"/>
   <c r="AN80" i="4"/>
   <c r="S85" i="4"/>
   <c r="S82" i="4"/>
   <c r="AN86" i="4" l="1"/>
   <c r="AN83" i="4"/>
   <c r="AN80" i="1"/>
   <c r="AN86" i="1"/>
   <c r="AN83" i="1"/>
-  <c r="K88" i="1" l="1"/>
   <c r="AC80" i="4" l="1"/>
   <c r="Z33" i="4"/>
   <c r="AD33" i="4" s="1"/>
   <c r="Z35" i="4" s="1"/>
   <c r="Q33" i="4"/>
   <c r="U33" i="4" s="1"/>
   <c r="B38" i="4" s="1"/>
   <c r="AD31" i="4"/>
   <c r="U31" i="4"/>
   <c r="AD30" i="4"/>
   <c r="U30" i="4"/>
   <c r="AD29" i="4"/>
   <c r="U29" i="4"/>
   <c r="AD28" i="4"/>
   <c r="U28" i="4"/>
   <c r="AD27" i="4"/>
   <c r="U27" i="4"/>
   <c r="AD26" i="4"/>
   <c r="U26" i="4"/>
   <c r="AD23" i="4"/>
   <c r="U23" i="4"/>
   <c r="Z22" i="4"/>
   <c r="Q22" i="4"/>
-  <c r="AS107" i="4" l="1"/>
-  <c r="Q38" i="4"/>
+  <c r="Q38" i="4" l="1"/>
   <c r="Q34" i="4"/>
   <c r="AD34" i="4"/>
   <c r="S85" i="1" l="1"/>
   <c r="S82" i="1"/>
   <c r="AC80" i="1"/>
   <c r="X45" i="1" l="1"/>
   <c r="Z33" i="1" l="1"/>
   <c r="AD33" i="1" s="1"/>
   <c r="Q33" i="1"/>
   <c r="U33" i="1" s="1"/>
   <c r="AD31" i="1"/>
   <c r="U31" i="1"/>
   <c r="AD30" i="1"/>
   <c r="U30" i="1"/>
   <c r="AD29" i="1"/>
   <c r="U29" i="1"/>
   <c r="AD28" i="1"/>
   <c r="U28" i="1"/>
   <c r="AD27" i="1"/>
   <c r="U27" i="1"/>
   <c r="AD26" i="1"/>
   <c r="U26" i="1"/>
   <c r="AD23" i="1"/>
   <c r="U23" i="1"/>
   <c r="Z22" i="1"/>
   <c r="Q22" i="1"/>
-  <c r="AS107" i="1" l="1"/>
-  <c r="B38" i="1"/>
+  <c r="B38" i="1" l="1"/>
   <c r="Z35" i="1"/>
   <c r="Q34" i="1"/>
   <c r="Q38" i="1"/>
   <c r="AD34" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tanina Menoud</author>
   </authors>
   <commentList>
     <comment ref="AB7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Le n° EGID peut être trouvé sur :
 https://map.geo.admin.ch/</t>
@@ -404,50 +408,125 @@
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Si plusieurs locaux avec des conditions différentes sont présents, utiliser plusieurs formulaires</t>
         </r>
       </text>
     </comment>
     <comment ref="G79" authorId="0" shapeId="0" xr:uid="{C8B978BD-25F2-483F-AB68-8D5F8461A6A9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Selon exigences des normes
 SIA 382/1 chap. 2
 et
 SIA 180 chap.5</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H86" authorId="0" shapeId="0" xr:uid="{E8CD90C7-C562-4BEA-B89F-8958AEB8E0DA}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Aide à l'application EN-102a chap.8.1</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Une dispense de respect des exigences en matière de protection thermique en été est possible pour : 
+a. des constructions dont le permis de construire est limité à trois ans au maximum (constructions provisoires)2, 
+b. des changements d'affectation, pour autant qu'aucun local concerné par une telle opération ne tombe sous le coup des exigences en matière de protection thermique en été 
+c. des projets pour lesquels il est établi, sur la base d'une procédure de calcul reconnue, qu'il n'y aura pas de consommation accrue d'énergie 
+d. les bâtiments de catégorie XII et les locaux qui ne sont pas destinés à un séjour prolongé des personnes (moins d’une heure par jour) 
+e. les éléments de construction qui, pour des raisons d’exploitation, ne peuvent pas être équipés en conséquence.
+Pour un système de rafraichissement passif, par exemple du free cooling à partir de sondes géothermiques, la commande automatique n’est pas exigée. La seule utilisation de pompes de circulation n’est pas considéré comme du rafraichissement actif.
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Selon MoPEC 2025 adopté par ENDK le 29.08.2025 : </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Art. 1.9 Exigences et justification concernant le confort thermique en été 
+1 Le confort thermique des bâtiments en été doit être justifié.
+2 Pour des locaux rafraîchis ou des locaux pour lesquels un rafraîchissement est nécessaire ou souhaité, les exigences concernant la valeur g et la résistance au vent de la protection solaire sont celles fixées par l’état de la technique. </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Les exigences relatives à la commande de la protection solaire sont celles fixées par l'état de la technique, sauf pour les pompes à chaleur réversibles dans les  bâtiments d’habitation sans éléments actifs supplémentaires d’émission de froid.</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+3 Pour les autres locaux, les exigences relatives à la valeur g de la protection solaire sont celles fixées par l'état de la technique.
+</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tanina Menoud</author>
   </authors>
   <commentList>
     <comment ref="AB7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Die EGID-Nr. ist zu finden unter :
 https://map.geo.admin.ch/</t>
@@ -605,56 +684,132 @@
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Wenn mehrere Räume mit unterschiedlichen Bedingungen vorhanden sind, mehrere Formulare verwenden</t>
         </r>
       </text>
     </comment>
     <comment ref="F79" authorId="0" shapeId="0" xr:uid="{74200C99-914E-4D34-B8C5-9E0BE43CF6A9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Gemäss
 SIA 382/1 Kap. 2
 und
 SIA 180 Kap. 5</t>
         </r>
       </text>
     </comment>
+    <comment ref="H86" authorId="0" shapeId="0" xr:uid="{6114A471-8A05-476C-9416-3371572BE104}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Vollzugshilfe EN-102 Kap.8.1
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Bei gekühlten Räumen oder bei Räumen, bei welchen eine Kühlung notwendig oder erwünscht ist, sind Anforderungen an den g-Wert, die Steuerung und die Windfestigkeit des Sonnenschutzes nach dem Stand der Technik einzuhalten. Bei den anderen Räumen sind die Anforderungen an den g-Wert des Sonnenschutzes nach dem Stand der Technik einzuhalten. Von den Anforderungen an den sommerlichen Wärmeschutz der Gebäudehülle sind befreit: 
+a. Gebäude, deren Baubewilligung auf maximal 3 Jahre befristet ist (pro-visorische Gebäude);
+b. Umnutzungen, wenn damit keine Räume neu unter die Anforderungen des sommerlichen Wärmeschutzes fallen; 
+c. Vorhaben, für die mit einem anerkannten Rechenverfahren nachgewiesen wird, dass kein erhöhter Energieverbrauch auftreten wird; 
+d. Gebäude der Kategorie XII und Räume, welche nicht dem längeren Aufenthalt von Personen dienen (unter einer Stunde pro Tag); 
+e. Bauteile, die aus betrieblichen Gründen nicht ausgerüstet werden können.
+Automatische Steuerung des Sonnenschutzes ist nötig, wenn eine Kältemaschine für die Kühlung eingebaut wird. Das heisst bei einer Anlage ohne Kältemaschine z.B. Free-Cooling via Erdsonde oder Grundwasser, ist die Automatisierung des Sonnenschutzes keine Pflicht. Das alleinige Betreiben von Umwälz- und Förderpumpen gilt nicht als aktive Kühlung.
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Gemäss dem am 29.08.2025 von ENDK verabschiedeten Mopec 2025 :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Art. 1.9 Anforderungen und Nachweis sommerlicher Wärmeschutz
+1 Der sommerliche Wärmeschutz von Gebäuden ist nachzuweisen.
+2 Bei gekühlten Räumen oder bei Räumen, bei welchen eine Kühlung notwendig oder erwünscht ist,sind die Anforderungen an den g-Wert und an die Windfestigkeit des Sonnenschutzes nach dem
+Stand der Technik einzuhalten. </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Die Anforderungen an die Steuerung des Sonnenschutzes nach dem Stand der Technik sind einzuhalten, ausgenommen bei reversibel betriebenen Wärmepumpen für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>.
+3 Bei den anderen Räumen sind die Anforderungen an den g-Wert des Sonnenschutzes nach dem
+Stand der Technik einzuhalten.</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="462" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="464" uniqueCount="316">
   <si>
     <t>Service de l'énergie et des forces hydrauliques</t>
   </si>
   <si>
     <t>EN-VS-110</t>
   </si>
   <si>
     <t>Commune :</t>
   </si>
   <si>
     <t>Objet :</t>
   </si>
   <si>
     <t>EGID :</t>
   </si>
   <si>
     <t>Puissance pour rafraîchissement/humidification (ensemble du bâtiment)</t>
   </si>
   <si>
     <t>Surface nette de plancher rafraîchi, (dés)humidifié :</t>
   </si>
   <si>
     <t xml:space="preserve">m² </t>
   </si>
   <si>
@@ -2200,68 +2355,50 @@
   <si>
     <t>Tel / Mail :</t>
   </si>
   <si>
     <t>Ort, Datum, Unterschrift :</t>
   </si>
   <si>
     <t>EN-VS-104</t>
   </si>
   <si>
     <t>Justification du non-respect des exigences constructives pour les bases pour rafraîchissement/humidification, déshumidification</t>
   </si>
   <si>
     <t>Begründung für die Nichteinhaltung der baulichen Anforderungen an die Basis für Kühlung/Befeuchtung, Entfeuchtung</t>
   </si>
   <si>
     <t>Joindre calcul des valeur g calculée en fonction des valeurs fg des façades</t>
   </si>
   <si>
     <t>keine gerechtfertigte Erleichterung nach kEnV Art.28</t>
   </si>
   <si>
     <t>Berechnung des g-Werts bei, der anhand der fg-Werte der Fassaden berechnet</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>Leistungen für Kühlung/Befeuchtung (ganzes Gebäude)</t>
   </si>
   <si>
     <t>Technique:</t>
   </si>
   <si>
     <t>Informationen über das Kühlsystem; Prinzipskizze, Beschreibungen, Erklärungen, Raumplan, Konzept, etc.</t>
   </si>
   <si>
     <t>Site web SEFH:</t>
   </si>
   <si>
     <t>https://www.vs.ch/web/energie/home</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prenez connaissance des aides à l'application, </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -2503,54 +2640,78 @@
       <rPr>
         <sz val="10"/>
         <color theme="0" tint="-0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">12 kW =&gt; EER&gt;2.90, ESEER&gt;3.80, Eurovent-Klasse </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0" tint="-0.34998626667073579"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>≥B</t>
     </r>
   </si>
   <si>
     <t>EN-VS-101a ou b</t>
   </si>
   <si>
     <t>EN-VS-101a oder b</t>
   </si>
   <si>
-    <t>Version 30 avril 2025 (valable  jusqu'au 31.12.2025)</t>
-[...2 lines deleted...]
-    <t>Version 30. April 2025 (gültig bis 31.12.2025)</t>
+    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
+(oder sein Beauftragter)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Die Vollständigkeit und Richtigkeit wird bestätigt</t>
+    </r>
+  </si>
+  <si>
+    <t>PAC rév. dans habitat sans éléments actifs supplémentaires d’émission de froid</t>
+  </si>
+  <si>
+    <t>Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -3308,51 +3469,51 @@
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="274">
+  <cellXfs count="275">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -3533,88 +3694,127 @@
     </xf>
     <xf numFmtId="0" fontId="44" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="14" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="32" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="33" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="34" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="35" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="36" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="37" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3653,408 +3853,110 @@
     </xf>
     <xf numFmtId="0" fontId="38" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="33" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...176 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center"/>
-[...53 lines deleted...]
-    <xf numFmtId="2" fontId="1" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
-[...51 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4122,103 +4024,365 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="28">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="5"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i/>
         <color theme="0" tint="-0.24994659260841701"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
@@ -12309,957 +12473,957 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X69"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15:S17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="51" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="51" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="51" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="51" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="52" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="52" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="52" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="52" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="52" customWidth="1"/>
     <col min="21" max="24" width="0" style="51" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="51" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="93" t="s">
+      <c r="E2" s="106" t="s">
         <v>123</v>
       </c>
-      <c r="F2" s="93"/>
-[...12 lines deleted...]
-      <c r="S2" s="93"/>
+      <c r="F2" s="106"/>
+      <c r="G2" s="106"/>
+      <c r="H2" s="106"/>
+      <c r="I2" s="106"/>
+      <c r="J2" s="106"/>
+      <c r="K2" s="106"/>
+      <c r="L2" s="106"/>
+      <c r="M2" s="106"/>
+      <c r="N2" s="106"/>
+      <c r="O2" s="106"/>
+      <c r="P2" s="106"/>
+      <c r="Q2" s="106"/>
+      <c r="R2" s="106"/>
+      <c r="S2" s="106"/>
       <c r="T2" s="53"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="93"/>
-[...13 lines deleted...]
-      <c r="S3" s="93"/>
+      <c r="E3" s="106"/>
+      <c r="F3" s="106"/>
+      <c r="G3" s="106"/>
+      <c r="H3" s="106"/>
+      <c r="I3" s="106"/>
+      <c r="J3" s="106"/>
+      <c r="K3" s="106"/>
+      <c r="L3" s="106"/>
+      <c r="M3" s="106"/>
+      <c r="N3" s="106"/>
+      <c r="O3" s="106"/>
+      <c r="P3" s="106"/>
+      <c r="Q3" s="106"/>
+      <c r="R3" s="106"/>
+      <c r="S3" s="106"/>
       <c r="T3" s="53"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="93"/>
-[...13 lines deleted...]
-      <c r="S4" s="93"/>
+      <c r="E4" s="106"/>
+      <c r="F4" s="106"/>
+      <c r="G4" s="106"/>
+      <c r="H4" s="106"/>
+      <c r="I4" s="106"/>
+      <c r="J4" s="106"/>
+      <c r="K4" s="106"/>
+      <c r="L4" s="106"/>
+      <c r="M4" s="106"/>
+      <c r="N4" s="106"/>
+      <c r="O4" s="106"/>
+      <c r="P4" s="106"/>
+      <c r="Q4" s="106"/>
+      <c r="R4" s="106"/>
+      <c r="S4" s="106"/>
       <c r="T4" s="53"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="54"/>
       <c r="C5" s="54"/>
       <c r="D5" s="54"/>
       <c r="E5" s="55"/>
       <c r="F5" s="55"/>
       <c r="G5" s="55"/>
       <c r="H5" s="55"/>
       <c r="I5" s="55"/>
       <c r="J5" s="55"/>
       <c r="K5" s="55"/>
       <c r="L5" s="55"/>
       <c r="M5" s="55"/>
       <c r="N5" s="55"/>
       <c r="O5" s="55"/>
       <c r="P5" s="71" t="s">
+        <v>288</v>
+      </c>
+      <c r="Q5" s="107" t="s">
         <v>289</v>
       </c>
-      <c r="Q5" s="94" t="s">
-[...3 lines deleted...]
-      <c r="S5" s="94"/>
+      <c r="R5" s="107"/>
+      <c r="S5" s="107"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B7" s="95" t="s">
+      <c r="B7" s="108" t="s">
         <v>124</v>
       </c>
-      <c r="C7" s="96"/>
+      <c r="C7" s="109"/>
       <c r="E7" s="56" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B8" s="97"/>
-      <c r="C8" s="98"/>
+      <c r="B8" s="110"/>
+      <c r="C8" s="111"/>
       <c r="E8" s="57" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="97"/>
-      <c r="C9" s="98"/>
+      <c r="B9" s="110"/>
+      <c r="C9" s="111"/>
       <c r="E9" s="57"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="97"/>
-      <c r="C10" s="98"/>
+      <c r="B10" s="110"/>
+      <c r="C10" s="111"/>
       <c r="E10" s="58" t="s">
         <v>127</v>
       </c>
-      <c r="F10" s="92" t="s">
+      <c r="F10" s="87" t="s">
         <v>128</v>
       </c>
-      <c r="G10" s="92"/>
-[...11 lines deleted...]
-      <c r="S10" s="92"/>
+      <c r="G10" s="87"/>
+      <c r="H10" s="87"/>
+      <c r="I10" s="87"/>
+      <c r="J10" s="87"/>
+      <c r="K10" s="87"/>
+      <c r="L10" s="87"/>
+      <c r="M10" s="87"/>
+      <c r="N10" s="87"/>
+      <c r="O10" s="87"/>
+      <c r="P10" s="87"/>
+      <c r="Q10" s="87"/>
+      <c r="R10" s="87"/>
+      <c r="S10" s="87"/>
       <c r="T10" s="59"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="97"/>
-      <c r="C11" s="98"/>
+      <c r="B11" s="110"/>
+      <c r="C11" s="111"/>
       <c r="E11" s="58"/>
-      <c r="F11" s="92"/>
-[...12 lines deleted...]
-      <c r="S11" s="92"/>
+      <c r="F11" s="87"/>
+      <c r="G11" s="87"/>
+      <c r="H11" s="87"/>
+      <c r="I11" s="87"/>
+      <c r="J11" s="87"/>
+      <c r="K11" s="87"/>
+      <c r="L11" s="87"/>
+      <c r="M11" s="87"/>
+      <c r="N11" s="87"/>
+      <c r="O11" s="87"/>
+      <c r="P11" s="87"/>
+      <c r="Q11" s="87"/>
+      <c r="R11" s="87"/>
+      <c r="S11" s="87"/>
       <c r="T11" s="59"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="97"/>
-      <c r="C12" s="98"/>
+      <c r="B12" s="110"/>
+      <c r="C12" s="111"/>
       <c r="E12" s="58"/>
-      <c r="F12" s="92"/>
-[...12 lines deleted...]
-      <c r="S12" s="92"/>
+      <c r="F12" s="87"/>
+      <c r="G12" s="87"/>
+      <c r="H12" s="87"/>
+      <c r="I12" s="87"/>
+      <c r="J12" s="87"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
+      <c r="O12" s="87"/>
+      <c r="P12" s="87"/>
+      <c r="Q12" s="87"/>
+      <c r="R12" s="87"/>
+      <c r="S12" s="87"/>
       <c r="T12" s="59"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B13" s="97"/>
-      <c r="C13" s="98"/>
+      <c r="B13" s="110"/>
+      <c r="C13" s="111"/>
       <c r="E13" s="60"/>
-      <c r="F13" s="92"/>
-[...12 lines deleted...]
-      <c r="S13" s="92"/>
+      <c r="F13" s="87"/>
+      <c r="G13" s="87"/>
+      <c r="H13" s="87"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="87"/>
+      <c r="K13" s="87"/>
+      <c r="L13" s="87"/>
+      <c r="M13" s="87"/>
+      <c r="N13" s="87"/>
+      <c r="O13" s="87"/>
+      <c r="P13" s="87"/>
+      <c r="Q13" s="87"/>
+      <c r="R13" s="87"/>
+      <c r="S13" s="87"/>
       <c r="T13" s="59"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="97"/>
-      <c r="C14" s="98"/>
+      <c r="B14" s="110"/>
+      <c r="C14" s="111"/>
       <c r="E14" s="60"/>
       <c r="F14" s="61"/>
       <c r="G14" s="61"/>
       <c r="H14" s="61"/>
       <c r="I14" s="61"/>
       <c r="J14" s="61"/>
       <c r="K14" s="61"/>
       <c r="L14" s="61"/>
       <c r="M14" s="61"/>
       <c r="N14" s="61"/>
       <c r="O14" s="61"/>
       <c r="P14" s="61"/>
       <c r="Q14" s="61"/>
       <c r="R14" s="61"/>
       <c r="S14" s="61"/>
       <c r="T14" s="61"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="97"/>
-      <c r="C15" s="98"/>
+      <c r="B15" s="110"/>
+      <c r="C15" s="111"/>
       <c r="E15" s="58" t="s">
         <v>129</v>
       </c>
-      <c r="F15" s="92" t="s">
+      <c r="F15" s="87" t="s">
         <v>130</v>
       </c>
-      <c r="G15" s="92"/>
-[...11 lines deleted...]
-      <c r="S15" s="92"/>
+      <c r="G15" s="87"/>
+      <c r="H15" s="87"/>
+      <c r="I15" s="87"/>
+      <c r="J15" s="87"/>
+      <c r="K15" s="87"/>
+      <c r="L15" s="87"/>
+      <c r="M15" s="87"/>
+      <c r="N15" s="87"/>
+      <c r="O15" s="87"/>
+      <c r="P15" s="87"/>
+      <c r="Q15" s="87"/>
+      <c r="R15" s="87"/>
+      <c r="S15" s="87"/>
       <c r="T15" s="59"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="97"/>
-      <c r="C16" s="98"/>
+      <c r="B16" s="110"/>
+      <c r="C16" s="111"/>
       <c r="E16" s="58"/>
-      <c r="F16" s="92"/>
-[...12 lines deleted...]
-      <c r="S16" s="92"/>
+      <c r="F16" s="87"/>
+      <c r="G16" s="87"/>
+      <c r="H16" s="87"/>
+      <c r="I16" s="87"/>
+      <c r="J16" s="87"/>
+      <c r="K16" s="87"/>
+      <c r="L16" s="87"/>
+      <c r="M16" s="87"/>
+      <c r="N16" s="87"/>
+      <c r="O16" s="87"/>
+      <c r="P16" s="87"/>
+      <c r="Q16" s="87"/>
+      <c r="R16" s="87"/>
+      <c r="S16" s="87"/>
       <c r="T16" s="59"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B17" s="99"/>
-      <c r="C17" s="100"/>
+      <c r="B17" s="112"/>
+      <c r="C17" s="113"/>
       <c r="E17" s="60"/>
-      <c r="F17" s="92"/>
-[...12 lines deleted...]
-      <c r="S17" s="92"/>
+      <c r="F17" s="87"/>
+      <c r="G17" s="87"/>
+      <c r="H17" s="87"/>
+      <c r="I17" s="87"/>
+      <c r="J17" s="87"/>
+      <c r="K17" s="87"/>
+      <c r="L17" s="87"/>
+      <c r="M17" s="87"/>
+      <c r="N17" s="87"/>
+      <c r="O17" s="87"/>
+      <c r="P17" s="87"/>
+      <c r="Q17" s="87"/>
+      <c r="R17" s="87"/>
+      <c r="S17" s="87"/>
       <c r="T17" s="59"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B19" s="86"/>
-      <c r="C19" s="87"/>
+      <c r="B19" s="100"/>
+      <c r="C19" s="101"/>
       <c r="E19" s="56" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B20" s="88"/>
-      <c r="C20" s="89"/>
+      <c r="B20" s="102"/>
+      <c r="C20" s="103"/>
       <c r="E20" s="57" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="88"/>
-      <c r="C21" s="89"/>
+      <c r="B21" s="102"/>
+      <c r="C21" s="103"/>
       <c r="E21" s="57"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="88"/>
-[...1 lines deleted...]
-      <c r="F22" s="92" t="s">
+      <c r="B22" s="102"/>
+      <c r="C22" s="103"/>
+      <c r="F22" s="87" t="s">
         <v>132</v>
       </c>
-      <c r="G22" s="92"/>
-[...11 lines deleted...]
-      <c r="S22" s="92"/>
+      <c r="G22" s="87"/>
+      <c r="H22" s="87"/>
+      <c r="I22" s="87"/>
+      <c r="J22" s="87"/>
+      <c r="K22" s="87"/>
+      <c r="L22" s="87"/>
+      <c r="M22" s="87"/>
+      <c r="N22" s="87"/>
+      <c r="O22" s="87"/>
+      <c r="P22" s="87"/>
+      <c r="Q22" s="87"/>
+      <c r="R22" s="87"/>
+      <c r="S22" s="87"/>
       <c r="T22" s="59"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B23" s="88"/>
-      <c r="C23" s="89"/>
+      <c r="B23" s="102"/>
+      <c r="C23" s="103"/>
       <c r="E23" s="59"/>
-      <c r="F23" s="92"/>
-[...12 lines deleted...]
-      <c r="S23" s="92"/>
+      <c r="F23" s="87"/>
+      <c r="G23" s="87"/>
+      <c r="H23" s="87"/>
+      <c r="I23" s="87"/>
+      <c r="J23" s="87"/>
+      <c r="K23" s="87"/>
+      <c r="L23" s="87"/>
+      <c r="M23" s="87"/>
+      <c r="N23" s="87"/>
+      <c r="O23" s="87"/>
+      <c r="P23" s="87"/>
+      <c r="Q23" s="87"/>
+      <c r="R23" s="87"/>
+      <c r="S23" s="87"/>
       <c r="T23" s="59"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B24" s="88"/>
-      <c r="C24" s="89"/>
+      <c r="B24" s="102"/>
+      <c r="C24" s="103"/>
       <c r="E24" s="59"/>
-      <c r="F24" s="92"/>
-[...12 lines deleted...]
-      <c r="S24" s="92"/>
+      <c r="F24" s="87"/>
+      <c r="G24" s="87"/>
+      <c r="H24" s="87"/>
+      <c r="I24" s="87"/>
+      <c r="J24" s="87"/>
+      <c r="K24" s="87"/>
+      <c r="L24" s="87"/>
+      <c r="M24" s="87"/>
+      <c r="N24" s="87"/>
+      <c r="O24" s="87"/>
+      <c r="P24" s="87"/>
+      <c r="Q24" s="87"/>
+      <c r="R24" s="87"/>
+      <c r="S24" s="87"/>
       <c r="T24" s="59"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B25" s="88"/>
-      <c r="C25" s="89"/>
+      <c r="B25" s="102"/>
+      <c r="C25" s="103"/>
       <c r="E25" s="59"/>
-      <c r="F25" s="92"/>
-[...12 lines deleted...]
-      <c r="S25" s="92"/>
+      <c r="F25" s="87"/>
+      <c r="G25" s="87"/>
+      <c r="H25" s="87"/>
+      <c r="I25" s="87"/>
+      <c r="J25" s="87"/>
+      <c r="K25" s="87"/>
+      <c r="L25" s="87"/>
+      <c r="M25" s="87"/>
+      <c r="N25" s="87"/>
+      <c r="O25" s="87"/>
+      <c r="P25" s="87"/>
+      <c r="Q25" s="87"/>
+      <c r="R25" s="87"/>
+      <c r="S25" s="87"/>
       <c r="T25" s="59"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B26" s="88"/>
-      <c r="C26" s="89"/>
+      <c r="B26" s="102"/>
+      <c r="C26" s="103"/>
       <c r="E26" s="59"/>
-      <c r="F26" s="92"/>
-[...12 lines deleted...]
-      <c r="S26" s="92"/>
+      <c r="F26" s="87"/>
+      <c r="G26" s="87"/>
+      <c r="H26" s="87"/>
+      <c r="I26" s="87"/>
+      <c r="J26" s="87"/>
+      <c r="K26" s="87"/>
+      <c r="L26" s="87"/>
+      <c r="M26" s="87"/>
+      <c r="N26" s="87"/>
+      <c r="O26" s="87"/>
+      <c r="P26" s="87"/>
+      <c r="Q26" s="87"/>
+      <c r="R26" s="87"/>
+      <c r="S26" s="87"/>
       <c r="T26" s="59"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B27" s="88"/>
-      <c r="C27" s="89"/>
+      <c r="B27" s="102"/>
+      <c r="C27" s="103"/>
       <c r="E27" s="59"/>
-      <c r="F27" s="92"/>
-[...12 lines deleted...]
-      <c r="S27" s="92"/>
+      <c r="F27" s="87"/>
+      <c r="G27" s="87"/>
+      <c r="H27" s="87"/>
+      <c r="I27" s="87"/>
+      <c r="J27" s="87"/>
+      <c r="K27" s="87"/>
+      <c r="L27" s="87"/>
+      <c r="M27" s="87"/>
+      <c r="N27" s="87"/>
+      <c r="O27" s="87"/>
+      <c r="P27" s="87"/>
+      <c r="Q27" s="87"/>
+      <c r="R27" s="87"/>
+      <c r="S27" s="87"/>
       <c r="T27" s="59"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B28" s="88"/>
-      <c r="C28" s="89"/>
+      <c r="B28" s="102"/>
+      <c r="C28" s="103"/>
       <c r="E28" s="59"/>
-      <c r="F28" s="92"/>
-[...12 lines deleted...]
-      <c r="S28" s="92"/>
+      <c r="F28" s="87"/>
+      <c r="G28" s="87"/>
+      <c r="H28" s="87"/>
+      <c r="I28" s="87"/>
+      <c r="J28" s="87"/>
+      <c r="K28" s="87"/>
+      <c r="L28" s="87"/>
+      <c r="M28" s="87"/>
+      <c r="N28" s="87"/>
+      <c r="O28" s="87"/>
+      <c r="P28" s="87"/>
+      <c r="Q28" s="87"/>
+      <c r="R28" s="87"/>
+      <c r="S28" s="87"/>
       <c r="T28" s="59"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B29" s="90"/>
-      <c r="C29" s="91"/>
+      <c r="B29" s="104"/>
+      <c r="C29" s="105"/>
       <c r="E29" s="59"/>
-      <c r="F29" s="92"/>
-[...12 lines deleted...]
-      <c r="S29" s="92"/>
+      <c r="F29" s="87"/>
+      <c r="G29" s="87"/>
+      <c r="H29" s="87"/>
+      <c r="I29" s="87"/>
+      <c r="J29" s="87"/>
+      <c r="K29" s="87"/>
+      <c r="L29" s="87"/>
+      <c r="M29" s="87"/>
+      <c r="N29" s="87"/>
+      <c r="O29" s="87"/>
+      <c r="P29" s="87"/>
+      <c r="Q29" s="87"/>
+      <c r="R29" s="87"/>
+      <c r="S29" s="87"/>
       <c r="T29" s="59"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="61"/>
       <c r="H30" s="61"/>
       <c r="I30" s="61"/>
       <c r="J30" s="61"/>
       <c r="K30" s="61"/>
       <c r="L30" s="61"/>
       <c r="M30" s="61"/>
       <c r="N30" s="61"/>
       <c r="O30" s="61"/>
       <c r="P30" s="61"/>
       <c r="Q30" s="61"/>
       <c r="R30" s="61"/>
       <c r="S30" s="61"/>
       <c r="T30" s="61"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B31" s="86"/>
-      <c r="C31" s="87"/>
+      <c r="B31" s="100"/>
+      <c r="C31" s="101"/>
       <c r="E31" s="56" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="88"/>
-      <c r="C32" s="89"/>
+      <c r="B32" s="102"/>
+      <c r="C32" s="103"/>
       <c r="E32" s="56"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B33" s="88"/>
-      <c r="C33" s="89"/>
+      <c r="B33" s="102"/>
+      <c r="C33" s="103"/>
       <c r="E33" s="58" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="52" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="88"/>
-      <c r="C34" s="89"/>
+      <c r="B34" s="102"/>
+      <c r="C34" s="103"/>
       <c r="E34" s="58"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B35" s="88"/>
-      <c r="C35" s="89"/>
+      <c r="B35" s="102"/>
+      <c r="C35" s="103"/>
       <c r="E35" s="58" t="s">
         <v>129</v>
       </c>
       <c r="F35" s="52" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="88"/>
-      <c r="C36" s="89"/>
+      <c r="B36" s="102"/>
+      <c r="C36" s="103"/>
       <c r="E36" s="58"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="88"/>
-      <c r="C37" s="89"/>
+      <c r="B37" s="102"/>
+      <c r="C37" s="103"/>
       <c r="E37" s="58" t="s">
         <v>134</v>
       </c>
-      <c r="F37" s="92" t="s">
+      <c r="F37" s="87" t="s">
         <v>135</v>
       </c>
-      <c r="G37" s="92"/>
-[...11 lines deleted...]
-      <c r="S37" s="92"/>
+      <c r="G37" s="87"/>
+      <c r="H37" s="87"/>
+      <c r="I37" s="87"/>
+      <c r="J37" s="87"/>
+      <c r="K37" s="87"/>
+      <c r="L37" s="87"/>
+      <c r="M37" s="87"/>
+      <c r="N37" s="87"/>
+      <c r="O37" s="87"/>
+      <c r="P37" s="87"/>
+      <c r="Q37" s="87"/>
+      <c r="R37" s="87"/>
+      <c r="S37" s="87"/>
       <c r="T37" s="59"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B38" s="90"/>
-      <c r="C38" s="91"/>
+      <c r="B38" s="104"/>
+      <c r="C38" s="105"/>
       <c r="E38" s="62"/>
-      <c r="F38" s="92"/>
-[...12 lines deleted...]
-      <c r="S38" s="92"/>
+      <c r="F38" s="87"/>
+      <c r="G38" s="87"/>
+      <c r="H38" s="87"/>
+      <c r="I38" s="87"/>
+      <c r="J38" s="87"/>
+      <c r="K38" s="87"/>
+      <c r="L38" s="87"/>
+      <c r="M38" s="87"/>
+      <c r="N38" s="87"/>
+      <c r="O38" s="87"/>
+      <c r="P38" s="87"/>
+      <c r="Q38" s="87"/>
+      <c r="R38" s="87"/>
+      <c r="S38" s="87"/>
       <c r="T38" s="59"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="F39" s="92"/>
-[...12 lines deleted...]
-      <c r="S39" s="92"/>
+      <c r="F39" s="87"/>
+      <c r="G39" s="87"/>
+      <c r="H39" s="87"/>
+      <c r="I39" s="87"/>
+      <c r="J39" s="87"/>
+      <c r="K39" s="87"/>
+      <c r="L39" s="87"/>
+      <c r="M39" s="87"/>
+      <c r="N39" s="87"/>
+      <c r="O39" s="87"/>
+      <c r="P39" s="87"/>
+      <c r="Q39" s="87"/>
+      <c r="R39" s="87"/>
+      <c r="S39" s="87"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B40" s="113"/>
-      <c r="C40" s="114"/>
+      <c r="B40" s="126"/>
+      <c r="C40" s="127"/>
       <c r="E40" s="56" t="s">
         <v>136</v>
       </c>
       <c r="F40" s="56"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B41" s="115"/>
-      <c r="C41" s="116"/>
+      <c r="B41" s="128"/>
+      <c r="C41" s="129"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B42" s="115"/>
-[...3 lines deleted...]
-      <c r="G42" s="119"/>
+      <c r="B42" s="128"/>
+      <c r="C42" s="129"/>
+      <c r="E42" s="130"/>
+      <c r="F42" s="131"/>
+      <c r="G42" s="132"/>
       <c r="I42" s="52" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B43" s="115"/>
-      <c r="C43" s="116"/>
+      <c r="B43" s="128"/>
+      <c r="C43" s="129"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B44" s="115"/>
-      <c r="C44" s="116"/>
+      <c r="B44" s="128"/>
+      <c r="C44" s="129"/>
       <c r="G44" s="63"/>
       <c r="I44" s="52" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B45" s="115"/>
-      <c r="C45" s="116"/>
+      <c r="B45" s="128"/>
+      <c r="C45" s="129"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B46" s="115"/>
-      <c r="C46" s="116"/>
+      <c r="B46" s="128"/>
+      <c r="C46" s="129"/>
       <c r="G46" s="63"/>
       <c r="I46" s="52" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B47" s="115"/>
-      <c r="C47" s="116"/>
+      <c r="B47" s="128"/>
+      <c r="C47" s="129"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B48" s="115"/>
-      <c r="C48" s="116"/>
+      <c r="B48" s="128"/>
+      <c r="C48" s="129"/>
       <c r="E48" s="63"/>
       <c r="F48" s="64" t="s">
         <v>140</v>
       </c>
-      <c r="I48" s="92" t="s">
+      <c r="I48" s="87" t="s">
         <v>141</v>
       </c>
-      <c r="J48" s="92"/>
-[...8 lines deleted...]
-      <c r="S48" s="92"/>
+      <c r="J48" s="87"/>
+      <c r="K48" s="87"/>
+      <c r="L48" s="87"/>
+      <c r="M48" s="87"/>
+      <c r="N48" s="87"/>
+      <c r="O48" s="87"/>
+      <c r="P48" s="87"/>
+      <c r="Q48" s="87"/>
+      <c r="R48" s="87"/>
+      <c r="S48" s="87"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B49" s="115"/>
-      <c r="C49" s="116"/>
+      <c r="B49" s="128"/>
+      <c r="C49" s="129"/>
       <c r="F49" s="64"/>
-      <c r="I49" s="92"/>
-[...9 lines deleted...]
-      <c r="S49" s="92"/>
+      <c r="I49" s="87"/>
+      <c r="J49" s="87"/>
+      <c r="K49" s="87"/>
+      <c r="L49" s="87"/>
+      <c r="M49" s="87"/>
+      <c r="N49" s="87"/>
+      <c r="O49" s="87"/>
+      <c r="P49" s="87"/>
+      <c r="Q49" s="87"/>
+      <c r="R49" s="87"/>
+      <c r="S49" s="87"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B50" s="115"/>
-      <c r="C50" s="116"/>
+      <c r="B50" s="128"/>
+      <c r="C50" s="129"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B51" s="115"/>
-[...3 lines deleted...]
-      <c r="G51" s="122"/>
+      <c r="B51" s="128"/>
+      <c r="C51" s="129"/>
+      <c r="E51" s="80"/>
+      <c r="F51" s="81"/>
+      <c r="G51" s="82"/>
       <c r="I51" s="52" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B52" s="115"/>
-      <c r="C52" s="116"/>
+      <c r="B52" s="128"/>
+      <c r="C52" s="129"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="115"/>
-[...3 lines deleted...]
-      <c r="I53" s="92" t="s">
+      <c r="B53" s="128"/>
+      <c r="C53" s="129"/>
+      <c r="F53" s="83"/>
+      <c r="G53" s="84"/>
+      <c r="I53" s="87" t="s">
         <v>143</v>
       </c>
-      <c r="J53" s="92"/>
-[...8 lines deleted...]
-      <c r="S53" s="92"/>
+      <c r="J53" s="87"/>
+      <c r="K53" s="87"/>
+      <c r="L53" s="87"/>
+      <c r="M53" s="87"/>
+      <c r="N53" s="87"/>
+      <c r="O53" s="87"/>
+      <c r="P53" s="87"/>
+      <c r="Q53" s="87"/>
+      <c r="R53" s="87"/>
+      <c r="S53" s="87"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B54" s="115"/>
-[...13 lines deleted...]
-      <c r="S54" s="92"/>
+      <c r="B54" s="128"/>
+      <c r="C54" s="129"/>
+      <c r="F54" s="85"/>
+      <c r="G54" s="86"/>
+      <c r="I54" s="87"/>
+      <c r="J54" s="87"/>
+      <c r="K54" s="87"/>
+      <c r="L54" s="87"/>
+      <c r="M54" s="87"/>
+      <c r="N54" s="87"/>
+      <c r="O54" s="87"/>
+      <c r="P54" s="87"/>
+      <c r="Q54" s="87"/>
+      <c r="R54" s="87"/>
+      <c r="S54" s="87"/>
     </row>
     <row r="55" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B55" s="115"/>
-      <c r="C55" s="116"/>
+      <c r="B55" s="128"/>
+      <c r="C55" s="129"/>
       <c r="F55" s="65"/>
       <c r="G55" s="65"/>
-      <c r="I55" s="92"/>
-[...9 lines deleted...]
-      <c r="S55" s="92"/>
+      <c r="I55" s="87"/>
+      <c r="J55" s="87"/>
+      <c r="K55" s="87"/>
+      <c r="L55" s="87"/>
+      <c r="M55" s="87"/>
+      <c r="N55" s="87"/>
+      <c r="O55" s="87"/>
+      <c r="P55" s="87"/>
+      <c r="Q55" s="87"/>
+      <c r="R55" s="87"/>
+      <c r="S55" s="87"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B56" s="115"/>
-      <c r="C56" s="116"/>
+      <c r="B56" s="128"/>
+      <c r="C56" s="129"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="115"/>
-[...1 lines deleted...]
-      <c r="E57" s="127" t="s">
+      <c r="B57" s="128"/>
+      <c r="C57" s="129"/>
+      <c r="E57" s="88" t="s">
         <v>144</v>
       </c>
-      <c r="F57" s="128"/>
-[...1 lines deleted...]
-      <c r="I57" s="92" t="s">
+      <c r="F57" s="89"/>
+      <c r="G57" s="90"/>
+      <c r="I57" s="87" t="s">
         <v>145</v>
       </c>
-      <c r="J57" s="92"/>
-[...8 lines deleted...]
-      <c r="S57" s="92"/>
+      <c r="J57" s="87"/>
+      <c r="K57" s="87"/>
+      <c r="L57" s="87"/>
+      <c r="M57" s="87"/>
+      <c r="N57" s="87"/>
+      <c r="O57" s="87"/>
+      <c r="P57" s="87"/>
+      <c r="Q57" s="87"/>
+      <c r="R57" s="87"/>
+      <c r="S57" s="87"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B58" s="115"/>
-[...14 lines deleted...]
-      <c r="S58" s="92"/>
+      <c r="B58" s="128"/>
+      <c r="C58" s="129"/>
+      <c r="E58" s="91"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="93"/>
+      <c r="I58" s="87"/>
+      <c r="J58" s="87"/>
+      <c r="K58" s="87"/>
+      <c r="L58" s="87"/>
+      <c r="M58" s="87"/>
+      <c r="N58" s="87"/>
+      <c r="O58" s="87"/>
+      <c r="P58" s="87"/>
+      <c r="Q58" s="87"/>
+      <c r="R58" s="87"/>
+      <c r="S58" s="87"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B59" s="115"/>
-      <c r="C59" s="116"/>
+      <c r="B59" s="128"/>
+      <c r="C59" s="129"/>
       <c r="E59" s="56"/>
       <c r="F59" s="56"/>
       <c r="G59" s="56"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="115"/>
-[...1 lines deleted...]
-      <c r="E60" s="101" t="s">
+      <c r="B60" s="128"/>
+      <c r="C60" s="129"/>
+      <c r="E60" s="114" t="s">
         <v>146</v>
       </c>
-      <c r="F60" s="102"/>
-[...1 lines deleted...]
-      <c r="I60" s="92" t="s">
+      <c r="F60" s="115"/>
+      <c r="G60" s="116"/>
+      <c r="I60" s="87" t="s">
         <v>147</v>
       </c>
-      <c r="J60" s="92"/>
-[...8 lines deleted...]
-      <c r="S60" s="92"/>
+      <c r="J60" s="87"/>
+      <c r="K60" s="87"/>
+      <c r="L60" s="87"/>
+      <c r="M60" s="87"/>
+      <c r="N60" s="87"/>
+      <c r="O60" s="87"/>
+      <c r="P60" s="87"/>
+      <c r="Q60" s="87"/>
+      <c r="R60" s="87"/>
+      <c r="S60" s="87"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B61" s="115"/>
-[...14 lines deleted...]
-      <c r="S61" s="92"/>
+      <c r="B61" s="128"/>
+      <c r="C61" s="129"/>
+      <c r="E61" s="117"/>
+      <c r="F61" s="118"/>
+      <c r="G61" s="119"/>
+      <c r="I61" s="87"/>
+      <c r="J61" s="87"/>
+      <c r="K61" s="87"/>
+      <c r="L61" s="87"/>
+      <c r="M61" s="87"/>
+      <c r="N61" s="87"/>
+      <c r="O61" s="87"/>
+      <c r="P61" s="87"/>
+      <c r="Q61" s="87"/>
+      <c r="R61" s="87"/>
+      <c r="S61" s="87"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B62" s="115"/>
-      <c r="C62" s="116"/>
+      <c r="B62" s="128"/>
+      <c r="C62" s="129"/>
       <c r="E62" s="56"/>
       <c r="F62" s="56"/>
       <c r="G62" s="56"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B63" s="115"/>
-[...1 lines deleted...]
-      <c r="E63" s="107" t="s">
+      <c r="B63" s="128"/>
+      <c r="C63" s="129"/>
+      <c r="E63" s="120" t="s">
         <v>146</v>
       </c>
-      <c r="F63" s="108"/>
-      <c r="G63" s="109"/>
+      <c r="F63" s="121"/>
+      <c r="G63" s="122"/>
       <c r="I63" s="66" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B64" s="115"/>
-[...3 lines deleted...]
-      <c r="G64" s="112"/>
+      <c r="B64" s="128"/>
+      <c r="C64" s="129"/>
+      <c r="E64" s="123"/>
+      <c r="F64" s="124"/>
+      <c r="G64" s="125"/>
       <c r="I64" s="66"/>
     </row>
     <row r="65" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B65" s="76"/>
       <c r="C65" s="77"/>
       <c r="E65" s="75"/>
       <c r="F65" s="75"/>
       <c r="G65" s="75"/>
       <c r="I65" s="66"/>
     </row>
     <row r="66" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B66" s="76"/>
       <c r="C66" s="77"/>
-      <c r="E66" s="80" t="s">
+      <c r="E66" s="94" t="s">
         <v>146</v>
       </c>
-      <c r="F66" s="81"/>
-      <c r="G66" s="82"/>
+      <c r="F66" s="95"/>
+      <c r="G66" s="96"/>
       <c r="I66" s="66" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="67" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B67" s="78"/>
       <c r="C67" s="79"/>
-      <c r="E67" s="83"/>
-[...1 lines deleted...]
-      <c r="G67" s="85"/>
+      <c r="E67" s="97"/>
+      <c r="F67" s="98"/>
+      <c r="G67" s="99"/>
       <c r="I67" s="66"/>
     </row>
     <row r="68" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B68" s="74"/>
       <c r="C68" s="74"/>
       <c r="E68" s="75"/>
       <c r="F68" s="75"/>
       <c r="G68" s="75"/>
       <c r="I68" s="66"/>
     </row>
     <row r="69" spans="2:9" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="4RrlCTDrU+R5u5fz3tDu1fjuSE83WkXKugtSz49B8YHwwY4sCRivwa+KsWpfVFRdrs5wGwQ8nWuqpZDa9wzYxg==" saltValue="XMCMciXeMN5lwXJOBIY6rA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
-    <mergeCell ref="E51:G51"/>
-[...3 lines deleted...]
-    <mergeCell ref="I57:S58"/>
     <mergeCell ref="E66:G67"/>
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="Q5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
+    <mergeCell ref="E51:G51"/>
+    <mergeCell ref="F53:G54"/>
+    <mergeCell ref="I53:S55"/>
+    <mergeCell ref="E57:G58"/>
+    <mergeCell ref="I57:S58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{1ADBA20C-5EE7-4734-9816-1ED686D24DC8}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{C1EE5AED-E7EB-44F9-AFDF-F799F0AF2E2D}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{F26981B1-7D98-4406-8562-3086BC04F3E2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="6145" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -13325,429 +13489,429 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:XFC276"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="10" width="3" style="10" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="10" customWidth="1"/>
     <col min="12" max="15" width="3" style="10" customWidth="1"/>
     <col min="16" max="16" width="3.85546875" style="10" customWidth="1"/>
     <col min="17" max="17" width="3.7109375" style="10" customWidth="1"/>
     <col min="18" max="19" width="3" style="10" customWidth="1"/>
     <col min="20" max="20" width="3.7109375" style="10" customWidth="1"/>
     <col min="21" max="23" width="3" style="10" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="10" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="10" customWidth="1"/>
     <col min="26" max="28" width="3" style="10" customWidth="1"/>
     <col min="29" max="29" width="4.42578125" style="10" customWidth="1"/>
     <col min="30" max="38" width="3" style="10" customWidth="1"/>
-    <col min="39" max="43" width="2.28515625" style="26" hidden="1"/>
-[...1 lines deleted...]
-    <col min="45" max="16285" width="2.28515625" style="26" hidden="1"/>
+    <col min="39" max="46" width="2.28515625" style="26" hidden="1"/>
+    <col min="47" max="47" width="5.42578125" style="26" hidden="1"/>
+    <col min="48" max="16285" width="2.28515625" style="26" hidden="1"/>
     <col min="16286" max="16383" width="3" style="26" hidden="1"/>
     <col min="16384" max="16384" width="2.28515625" style="26" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:38" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="221"/>
-[...4 lines deleted...]
-      <c r="G2" s="230" t="s">
+      <c r="B2" s="152"/>
+      <c r="C2" s="153"/>
+      <c r="D2" s="153"/>
+      <c r="E2" s="153"/>
+      <c r="F2" s="154"/>
+      <c r="G2" s="161" t="s">
         <v>0</v>
       </c>
-      <c r="H2" s="231"/>
-[...7 lines deleted...]
-      <c r="P2" s="239" t="s">
+      <c r="H2" s="162"/>
+      <c r="I2" s="162"/>
+      <c r="J2" s="162"/>
+      <c r="K2" s="162"/>
+      <c r="L2" s="162"/>
+      <c r="M2" s="162"/>
+      <c r="N2" s="162"/>
+      <c r="O2" s="163"/>
+      <c r="P2" s="170" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="240"/>
-[...7 lines deleted...]
-      <c r="Y2" s="248" t="s">
+      <c r="Q2" s="171"/>
+      <c r="R2" s="171"/>
+      <c r="S2" s="171"/>
+      <c r="T2" s="171"/>
+      <c r="U2" s="171"/>
+      <c r="V2" s="171"/>
+      <c r="W2" s="171"/>
+      <c r="X2" s="172"/>
+      <c r="Y2" s="179" t="s">
         <v>171</v>
       </c>
-      <c r="Z2" s="249"/>
-[...10 lines deleted...]
-      <c r="AK2" s="250"/>
+      <c r="Z2" s="180"/>
+      <c r="AA2" s="180"/>
+      <c r="AB2" s="180"/>
+      <c r="AC2" s="180"/>
+      <c r="AD2" s="180"/>
+      <c r="AE2" s="180"/>
+      <c r="AF2" s="180"/>
+      <c r="AG2" s="180"/>
+      <c r="AH2" s="180"/>
+      <c r="AI2" s="180"/>
+      <c r="AJ2" s="180"/>
+      <c r="AK2" s="181"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="224"/>
-[...34 lines deleted...]
-      <c r="AK3" s="253"/>
+      <c r="B3" s="155"/>
+      <c r="C3" s="156"/>
+      <c r="D3" s="156"/>
+      <c r="E3" s="156"/>
+      <c r="F3" s="157"/>
+      <c r="G3" s="164"/>
+      <c r="H3" s="165"/>
+      <c r="I3" s="165"/>
+      <c r="J3" s="165"/>
+      <c r="K3" s="165"/>
+      <c r="L3" s="165"/>
+      <c r="M3" s="165"/>
+      <c r="N3" s="165"/>
+      <c r="O3" s="166"/>
+      <c r="P3" s="173"/>
+      <c r="Q3" s="174"/>
+      <c r="R3" s="174"/>
+      <c r="S3" s="174"/>
+      <c r="T3" s="174"/>
+      <c r="U3" s="174"/>
+      <c r="V3" s="174"/>
+      <c r="W3" s="174"/>
+      <c r="X3" s="175"/>
+      <c r="Y3" s="182"/>
+      <c r="Z3" s="183"/>
+      <c r="AA3" s="183"/>
+      <c r="AB3" s="183"/>
+      <c r="AC3" s="183"/>
+      <c r="AD3" s="183"/>
+      <c r="AE3" s="183"/>
+      <c r="AF3" s="183"/>
+      <c r="AG3" s="183"/>
+      <c r="AH3" s="183"/>
+      <c r="AI3" s="183"/>
+      <c r="AJ3" s="183"/>
+      <c r="AK3" s="184"/>
       <c r="AL3" s="1"/>
     </row>
     <row r="4" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="224"/>
-[...34 lines deleted...]
-      <c r="AK4" s="253"/>
+      <c r="B4" s="155"/>
+      <c r="C4" s="156"/>
+      <c r="D4" s="156"/>
+      <c r="E4" s="156"/>
+      <c r="F4" s="157"/>
+      <c r="G4" s="164"/>
+      <c r="H4" s="165"/>
+      <c r="I4" s="165"/>
+      <c r="J4" s="165"/>
+      <c r="K4" s="165"/>
+      <c r="L4" s="165"/>
+      <c r="M4" s="165"/>
+      <c r="N4" s="165"/>
+      <c r="O4" s="166"/>
+      <c r="P4" s="173"/>
+      <c r="Q4" s="174"/>
+      <c r="R4" s="174"/>
+      <c r="S4" s="174"/>
+      <c r="T4" s="174"/>
+      <c r="U4" s="174"/>
+      <c r="V4" s="174"/>
+      <c r="W4" s="174"/>
+      <c r="X4" s="175"/>
+      <c r="Y4" s="182"/>
+      <c r="Z4" s="183"/>
+      <c r="AA4" s="183"/>
+      <c r="AB4" s="183"/>
+      <c r="AC4" s="183"/>
+      <c r="AD4" s="183"/>
+      <c r="AE4" s="183"/>
+      <c r="AF4" s="183"/>
+      <c r="AG4" s="183"/>
+      <c r="AH4" s="183"/>
+      <c r="AI4" s="183"/>
+      <c r="AJ4" s="183"/>
+      <c r="AK4" s="184"/>
       <c r="AL4" s="1"/>
     </row>
     <row r="5" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="227"/>
-[...34 lines deleted...]
-      <c r="AK5" s="256"/>
+      <c r="B5" s="158"/>
+      <c r="C5" s="159"/>
+      <c r="D5" s="159"/>
+      <c r="E5" s="159"/>
+      <c r="F5" s="160"/>
+      <c r="G5" s="167"/>
+      <c r="H5" s="168"/>
+      <c r="I5" s="168"/>
+      <c r="J5" s="168"/>
+      <c r="K5" s="168"/>
+      <c r="L5" s="168"/>
+      <c r="M5" s="168"/>
+      <c r="N5" s="168"/>
+      <c r="O5" s="169"/>
+      <c r="P5" s="176"/>
+      <c r="Q5" s="177"/>
+      <c r="R5" s="177"/>
+      <c r="S5" s="177"/>
+      <c r="T5" s="177"/>
+      <c r="U5" s="177"/>
+      <c r="V5" s="177"/>
+      <c r="W5" s="177"/>
+      <c r="X5" s="178"/>
+      <c r="Y5" s="185"/>
+      <c r="Z5" s="186"/>
+      <c r="AA5" s="186"/>
+      <c r="AB5" s="186"/>
+      <c r="AC5" s="186"/>
+      <c r="AD5" s="186"/>
+      <c r="AE5" s="186"/>
+      <c r="AF5" s="186"/>
+      <c r="AG5" s="186"/>
+      <c r="AH5" s="186"/>
+      <c r="AI5" s="186"/>
+      <c r="AJ5" s="186"/>
+      <c r="AK5" s="187"/>
       <c r="AL5" s="1"/>
     </row>
     <row r="6" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
     </row>
     <row r="7" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="147" t="s">
+      <c r="B7" s="188" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="147"/>
-[...13 lines deleted...]
-      <c r="Q7" s="258" t="s">
+      <c r="C7" s="188"/>
+      <c r="D7" s="188"/>
+      <c r="E7" s="189"/>
+      <c r="F7" s="190"/>
+      <c r="G7" s="191"/>
+      <c r="H7" s="191"/>
+      <c r="I7" s="191"/>
+      <c r="J7" s="191"/>
+      <c r="K7" s="191"/>
+      <c r="L7" s="191"/>
+      <c r="M7" s="191"/>
+      <c r="N7" s="191"/>
+      <c r="O7" s="191"/>
+      <c r="P7" s="192"/>
+      <c r="Q7" s="193" t="s">
         <v>88</v>
       </c>
-      <c r="R7" s="215"/>
-[...7 lines deleted...]
-      <c r="Z7" s="261"/>
+      <c r="R7" s="194"/>
+      <c r="S7" s="194"/>
+      <c r="T7" s="195"/>
+      <c r="U7" s="196"/>
+      <c r="V7" s="197"/>
+      <c r="W7" s="197"/>
+      <c r="X7" s="197"/>
+      <c r="Y7" s="197"/>
+      <c r="Z7" s="198"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="215" t="s">
+      <c r="AB7" s="194" t="s">
         <v>4</v>
       </c>
-      <c r="AC7" s="215"/>
-[...7 lines deleted...]
-      <c r="AK7" s="261"/>
+      <c r="AC7" s="194"/>
+      <c r="AD7" s="194"/>
+      <c r="AE7" s="195"/>
+      <c r="AF7" s="196"/>
+      <c r="AG7" s="197"/>
+      <c r="AH7" s="197"/>
+      <c r="AI7" s="197"/>
+      <c r="AJ7" s="197"/>
+      <c r="AK7" s="198"/>
       <c r="AL7" s="1"/>
     </row>
     <row r="8" spans="1:38" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
     </row>
     <row r="9" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
-      <c r="B9" s="147" t="s">
+      <c r="B9" s="188" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="147"/>
-      <c r="D9" s="147"/>
+      <c r="C9" s="188"/>
+      <c r="D9" s="188"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="219"/>
-[...30 lines deleted...]
-      <c r="AK9" s="220"/>
+      <c r="F9" s="190"/>
+      <c r="G9" s="191"/>
+      <c r="H9" s="191"/>
+      <c r="I9" s="191"/>
+      <c r="J9" s="191"/>
+      <c r="K9" s="191"/>
+      <c r="L9" s="191"/>
+      <c r="M9" s="191"/>
+      <c r="N9" s="191"/>
+      <c r="O9" s="191"/>
+      <c r="P9" s="191"/>
+      <c r="Q9" s="191"/>
+      <c r="R9" s="191"/>
+      <c r="S9" s="191"/>
+      <c r="T9" s="191"/>
+      <c r="U9" s="191"/>
+      <c r="V9" s="191"/>
+      <c r="W9" s="191"/>
+      <c r="X9" s="191"/>
+      <c r="Y9" s="191"/>
+      <c r="Z9" s="191"/>
+      <c r="AA9" s="191"/>
+      <c r="AB9" s="191"/>
+      <c r="AC9" s="191"/>
+      <c r="AD9" s="191"/>
+      <c r="AE9" s="191"/>
+      <c r="AF9" s="191"/>
+      <c r="AG9" s="191"/>
+      <c r="AH9" s="191"/>
+      <c r="AI9" s="191"/>
+      <c r="AJ9" s="191"/>
+      <c r="AK9" s="192"/>
       <c r="AL9" s="1"/>
     </row>
     <row r="10" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -13889,65 +14053,65 @@
       <c r="AH13" s="9"/>
       <c r="AI13" s="9"/>
       <c r="AJ13" s="9"/>
       <c r="AK13" s="9"/>
       <c r="AL13" s="1"/>
     </row>
     <row r="14" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="1"/>
       <c r="P14" s="9"/>
-      <c r="Q14" s="217"/>
-[...1 lines deleted...]
-      <c r="S14" s="218"/>
+      <c r="Q14" s="199"/>
+      <c r="R14" s="200"/>
+      <c r="S14" s="200"/>
       <c r="T14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
-      <c r="Z14" s="217">
+      <c r="Z14" s="199">
         <v>100</v>
       </c>
-      <c r="AA14" s="218"/>
-      <c r="AB14" s="218"/>
+      <c r="AA14" s="200"/>
+      <c r="AB14" s="200"/>
       <c r="AC14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="9"/>
       <c r="AG14" s="9"/>
       <c r="AH14" s="9"/>
       <c r="AI14" s="9"/>
       <c r="AJ14" s="9"/>
       <c r="AK14" s="9"/>
       <c r="AL14" s="1"/>
     </row>
     <row r="15" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
@@ -14016,201 +14180,201 @@
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
     </row>
     <row r="17" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
-      <c r="Q17" s="214"/>
-[...1 lines deleted...]
-      <c r="S17" s="208"/>
+      <c r="Q17" s="201"/>
+      <c r="R17" s="202"/>
+      <c r="S17" s="202"/>
       <c r="T17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="214"/>
-[...1 lines deleted...]
-      <c r="AB17" s="208"/>
+      <c r="Z17" s="201"/>
+      <c r="AA17" s="202"/>
+      <c r="AB17" s="202"/>
       <c r="AC17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
     </row>
     <row r="18" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1"/>
       <c r="B18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
-      <c r="Z18" s="197"/>
-[...1 lines deleted...]
-      <c r="AB18" s="198"/>
+      <c r="Z18" s="203"/>
+      <c r="AA18" s="148"/>
+      <c r="AB18" s="148"/>
       <c r="AC18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
     </row>
     <row r="19" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="14"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
-      <c r="U19" s="208"/>
-[...1 lines deleted...]
-      <c r="W19" s="208"/>
+      <c r="U19" s="202"/>
+      <c r="V19" s="202"/>
+      <c r="W19" s="202"/>
       <c r="X19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="Y19" s="9"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="9"/>
       <c r="AB19" s="9"/>
       <c r="AC19" s="9"/>
-      <c r="AD19" s="208"/>
-[...1 lines deleted...]
-      <c r="AF19" s="208"/>
+      <c r="AD19" s="202"/>
+      <c r="AE19" s="202"/>
+      <c r="AF19" s="202"/>
       <c r="AG19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="AH19" s="9"/>
       <c r="AI19" s="9"/>
       <c r="AJ19" s="9"/>
       <c r="AK19" s="9"/>
       <c r="AL19" s="1"/>
     </row>
     <row r="20" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1"/>
       <c r="B20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
-      <c r="AD20" s="198"/>
-[...1 lines deleted...]
-      <c r="AF20" s="198"/>
+      <c r="AD20" s="148"/>
+      <c r="AE20" s="148"/>
+      <c r="AF20" s="148"/>
       <c r="AG20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AU20" s="45"/>
     </row>
     <row r="21" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
@@ -14236,126 +14400,126 @@
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
     </row>
     <row r="22" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1"/>
       <c r="B22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
-      <c r="Q22" s="212">
+      <c r="Q22" s="204">
         <f>SUM(Q17)</f>
         <v>0</v>
       </c>
-      <c r="R22" s="213"/>
-      <c r="S22" s="213"/>
+      <c r="R22" s="205"/>
+      <c r="S22" s="205"/>
       <c r="T22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
-      <c r="Z22" s="212">
+      <c r="Z22" s="204">
         <f>SUM(Z17:AB18)</f>
         <v>0</v>
       </c>
-      <c r="AA22" s="213"/>
-      <c r="AB22" s="213"/>
+      <c r="AA22" s="205"/>
+      <c r="AB22" s="205"/>
       <c r="AC22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1"/>
       <c r="AK22" s="1"/>
       <c r="AL22" s="1"/>
     </row>
     <row r="23" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
-      <c r="U23" s="213">
+      <c r="U23" s="205">
         <f>SUM(U19)</f>
         <v>0</v>
       </c>
-      <c r="V23" s="213"/>
-      <c r="W23" s="213"/>
+      <c r="V23" s="205"/>
+      <c r="W23" s="205"/>
       <c r="X23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="Y23" s="1"/>
       <c r="Z23" s="14"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
-      <c r="AD23" s="213">
+      <c r="AD23" s="205">
         <f>SUM(AD19:AF20)</f>
         <v>0</v>
       </c>
-      <c r="AE23" s="213"/>
-      <c r="AF23" s="213"/>
+      <c r="AE23" s="205"/>
+      <c r="AF23" s="205"/>
       <c r="AG23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
       <c r="AJ23" s="1"/>
       <c r="AK23" s="1"/>
       <c r="AL23" s="1"/>
     </row>
     <row r="24" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
       <c r="M24" s="12"/>
       <c r="N24" s="12"/>
       <c r="O24" s="12"/>
@@ -14422,358 +14586,358 @@
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
     </row>
     <row r="26" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
-      <c r="Q26" s="214"/>
-[...1 lines deleted...]
-      <c r="S26" s="208"/>
+      <c r="Q26" s="201"/>
+      <c r="R26" s="202"/>
+      <c r="S26" s="202"/>
       <c r="T26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U26" s="199" t="str">
+      <c r="U26" s="206" t="str">
         <f t="shared" ref="U26:U31" si="0">IFERROR(Q26*1000/$Q$14,"")</f>
         <v/>
       </c>
-      <c r="V26" s="199"/>
-      <c r="W26" s="199"/>
+      <c r="V26" s="206"/>
+      <c r="W26" s="206"/>
       <c r="X26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y26" s="1"/>
-      <c r="Z26" s="214"/>
-[...1 lines deleted...]
-      <c r="AB26" s="208"/>
+      <c r="Z26" s="201"/>
+      <c r="AA26" s="202"/>
+      <c r="AB26" s="202"/>
       <c r="AC26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD26" s="199">
+      <c r="AD26" s="206">
         <f t="shared" ref="AD26:AD31" si="1">IFERROR(Z26*1000/$Z$14,"")</f>
         <v>0</v>
       </c>
-      <c r="AE26" s="199"/>
-      <c r="AF26" s="199"/>
+      <c r="AE26" s="206"/>
+      <c r="AF26" s="206"/>
       <c r="AG26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
     </row>
     <row r="27" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
-      <c r="Q27" s="197"/>
-[...1 lines deleted...]
-      <c r="S27" s="198"/>
+      <c r="Q27" s="203"/>
+      <c r="R27" s="148"/>
+      <c r="S27" s="148"/>
       <c r="T27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U27" s="199" t="str">
+      <c r="U27" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V27" s="199"/>
-      <c r="W27" s="199"/>
+      <c r="V27" s="206"/>
+      <c r="W27" s="206"/>
       <c r="X27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y27" s="1"/>
-      <c r="Z27" s="197"/>
-[...1 lines deleted...]
-      <c r="AB27" s="198"/>
+      <c r="Z27" s="203"/>
+      <c r="AA27" s="148"/>
+      <c r="AB27" s="148"/>
       <c r="AC27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD27" s="199">
+      <c r="AD27" s="206">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AE27" s="199"/>
-      <c r="AF27" s="199"/>
+      <c r="AE27" s="206"/>
+      <c r="AF27" s="206"/>
       <c r="AG27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
     </row>
     <row r="28" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
-      <c r="Q28" s="197"/>
-[...1 lines deleted...]
-      <c r="S28" s="198"/>
+      <c r="Q28" s="203"/>
+      <c r="R28" s="148"/>
+      <c r="S28" s="148"/>
       <c r="T28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U28" s="199" t="str">
+      <c r="U28" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V28" s="199"/>
-      <c r="W28" s="199"/>
+      <c r="V28" s="206"/>
+      <c r="W28" s="206"/>
       <c r="X28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y28" s="1"/>
-      <c r="Z28" s="197"/>
-[...1 lines deleted...]
-      <c r="AB28" s="198"/>
+      <c r="Z28" s="203"/>
+      <c r="AA28" s="148"/>
+      <c r="AB28" s="148"/>
       <c r="AC28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD28" s="199">
+      <c r="AD28" s="206">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AE28" s="199"/>
-      <c r="AF28" s="199"/>
+      <c r="AE28" s="206"/>
+      <c r="AF28" s="206"/>
       <c r="AG28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
     </row>
     <row r="29" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="20" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
-      <c r="Q29" s="197"/>
-[...1 lines deleted...]
-      <c r="S29" s="198"/>
+      <c r="Q29" s="203"/>
+      <c r="R29" s="148"/>
+      <c r="S29" s="148"/>
       <c r="T29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U29" s="199" t="str">
+      <c r="U29" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V29" s="199"/>
-      <c r="W29" s="199"/>
+      <c r="V29" s="206"/>
+      <c r="W29" s="206"/>
       <c r="X29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y29" s="1"/>
-      <c r="Z29" s="197"/>
-[...1 lines deleted...]
-      <c r="AB29" s="198"/>
+      <c r="Z29" s="203"/>
+      <c r="AA29" s="148"/>
+      <c r="AB29" s="148"/>
       <c r="AC29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD29" s="199">
+      <c r="AD29" s="206">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AE29" s="199"/>
-      <c r="AF29" s="199"/>
+      <c r="AE29" s="206"/>
+      <c r="AF29" s="206"/>
       <c r="AG29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
     </row>
     <row r="30" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
-      <c r="Q30" s="197"/>
-[...1 lines deleted...]
-      <c r="S30" s="198"/>
+      <c r="Q30" s="203"/>
+      <c r="R30" s="148"/>
+      <c r="S30" s="148"/>
       <c r="T30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U30" s="199" t="str">
+      <c r="U30" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V30" s="199"/>
-      <c r="W30" s="199"/>
+      <c r="V30" s="206"/>
+      <c r="W30" s="206"/>
       <c r="X30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y30" s="1"/>
-      <c r="Z30" s="197"/>
-[...1 lines deleted...]
-      <c r="AB30" s="198"/>
+      <c r="Z30" s="203"/>
+      <c r="AA30" s="148"/>
+      <c r="AB30" s="148"/>
       <c r="AC30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD30" s="199">
+      <c r="AD30" s="206">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AE30" s="199"/>
-      <c r="AF30" s="199"/>
+      <c r="AE30" s="206"/>
+      <c r="AF30" s="206"/>
       <c r="AG30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
     </row>
     <row r="31" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
-      <c r="Q31" s="197"/>
-[...1 lines deleted...]
-      <c r="S31" s="198"/>
+      <c r="Q31" s="203"/>
+      <c r="R31" s="148"/>
+      <c r="S31" s="148"/>
       <c r="T31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U31" s="199" t="str">
+      <c r="U31" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V31" s="199"/>
-      <c r="W31" s="199"/>
+      <c r="V31" s="206"/>
+      <c r="W31" s="206"/>
       <c r="X31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y31" s="1"/>
-      <c r="Z31" s="197"/>
-[...1 lines deleted...]
-      <c r="AB31" s="198"/>
+      <c r="Z31" s="203"/>
+      <c r="AA31" s="148"/>
+      <c r="AB31" s="148"/>
       <c r="AC31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD31" s="199">
+      <c r="AD31" s="206">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AE31" s="199"/>
-      <c r="AF31" s="199"/>
+      <c r="AE31" s="206"/>
+      <c r="AF31" s="206"/>
       <c r="AG31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
     </row>
     <row r="32" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
@@ -14798,84 +14962,84 @@
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
     </row>
     <row r="33" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
-      <c r="Q33" s="200">
+      <c r="Q33" s="207">
         <f>SUM(Q26:S31)</f>
         <v>0</v>
       </c>
-      <c r="R33" s="201"/>
-      <c r="S33" s="201"/>
+      <c r="R33" s="208"/>
+      <c r="S33" s="208"/>
       <c r="T33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="U33" s="201">
+      <c r="U33" s="208">
         <f>IFERROR(Q33*1000/Q14,0)</f>
         <v>0</v>
       </c>
-      <c r="V33" s="201"/>
-      <c r="W33" s="201"/>
+      <c r="V33" s="208"/>
+      <c r="W33" s="208"/>
       <c r="X33" s="47" t="s">
         <v>14</v>
       </c>
       <c r="Y33" s="48"/>
-      <c r="Z33" s="201">
+      <c r="Z33" s="208">
         <f>SUM(Z26:AB31)</f>
         <v>0</v>
       </c>
-      <c r="AA33" s="201"/>
-      <c r="AB33" s="201"/>
+      <c r="AA33" s="208"/>
+      <c r="AB33" s="208"/>
       <c r="AC33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="AD33" s="201">
+      <c r="AD33" s="208">
         <f>IFERROR(Z33*1000/Z14,0)</f>
         <v>0</v>
       </c>
-      <c r="AE33" s="201"/>
-      <c r="AF33" s="201"/>
+      <c r="AE33" s="208"/>
+      <c r="AF33" s="208"/>
       <c r="AG33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
     </row>
     <row r="34" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
@@ -14911,105 +15075,105 @@
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="209"/>
       <c r="R35" s="210"/>
       <c r="S35" s="210"/>
       <c r="T35" s="210"/>
       <c r="U35" s="210"/>
       <c r="V35" s="210"/>
       <c r="W35" s="210"/>
       <c r="X35" s="210"/>
       <c r="Y35" s="211"/>
-      <c r="Z35" s="266" t="str">
+      <c r="Z35" s="138" t="str">
         <f>IF(AD33&gt;12,"compléter le bloc 
 ''Exigences pour production de froid''","")</f>
         <v/>
       </c>
-      <c r="AA35" s="267"/>
-[...8 lines deleted...]
-      <c r="AJ35" s="267"/>
+      <c r="AA35" s="139"/>
+      <c r="AB35" s="139"/>
+      <c r="AC35" s="139"/>
+      <c r="AD35" s="139"/>
+      <c r="AE35" s="139"/>
+      <c r="AF35" s="139"/>
+      <c r="AG35" s="139"/>
+      <c r="AH35" s="139"/>
+      <c r="AI35" s="139"/>
+      <c r="AJ35" s="139"/>
       <c r="AK35" s="1"/>
       <c r="AL35" s="1"/>
     </row>
     <row r="36" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="209"/>
       <c r="R36" s="210"/>
       <c r="S36" s="210"/>
       <c r="T36" s="210"/>
       <c r="U36" s="210"/>
       <c r="V36" s="210"/>
       <c r="W36" s="210"/>
       <c r="X36" s="210"/>
       <c r="Y36" s="211"/>
-      <c r="Z36" s="266"/>
-[...9 lines deleted...]
-      <c r="AJ36" s="267"/>
+      <c r="Z36" s="138"/>
+      <c r="AA36" s="139"/>
+      <c r="AB36" s="139"/>
+      <c r="AC36" s="139"/>
+      <c r="AD36" s="139"/>
+      <c r="AE36" s="139"/>
+      <c r="AF36" s="139"/>
+      <c r="AG36" s="139"/>
+      <c r="AH36" s="139"/>
+      <c r="AI36" s="139"/>
+      <c r="AJ36" s="139"/>
       <c r="AK36" s="1"/>
       <c r="AL36" s="1"/>
     </row>
     <row r="37" spans="1:43" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="14"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
@@ -15029,102 +15193,102 @@
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
     </row>
     <row r="38" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
       <c r="B38" s="17" t="str">
         <f>IF(OR(AD33&gt;12,U33&lt;&gt;0),"Fournir justificatif EN-VS-104","")</f>
         <v/>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
-      <c r="Q38" s="268" t="str">
+      <c r="Q38" s="140" t="str">
         <f>IF(U33&gt;12,"Données pour formulaires EN-VS-101b et EN-VS-104","")</f>
         <v/>
       </c>
-      <c r="R38" s="269"/>
-[...17 lines deleted...]
-      <c r="AJ38" s="273"/>
+      <c r="R38" s="141"/>
+      <c r="S38" s="141"/>
+      <c r="T38" s="141"/>
+      <c r="U38" s="141"/>
+      <c r="V38" s="141"/>
+      <c r="W38" s="141"/>
+      <c r="X38" s="141"/>
+      <c r="Y38" s="141"/>
+      <c r="Z38" s="144"/>
+      <c r="AA38" s="145"/>
+      <c r="AB38" s="145"/>
+      <c r="AC38" s="145"/>
+      <c r="AD38" s="145"/>
+      <c r="AE38" s="145"/>
+      <c r="AF38" s="145"/>
+      <c r="AG38" s="145"/>
+      <c r="AH38" s="145"/>
+      <c r="AI38" s="145"/>
+      <c r="AJ38" s="145"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
     </row>
     <row r="39" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1"/>
       <c r="B39" s="17"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="6"/>
       <c r="J39" s="6"/>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
-      <c r="Q39" s="270"/>
-[...7 lines deleted...]
-      <c r="Y39" s="271"/>
+      <c r="Q39" s="142"/>
+      <c r="R39" s="143"/>
+      <c r="S39" s="143"/>
+      <c r="T39" s="143"/>
+      <c r="U39" s="143"/>
+      <c r="V39" s="143"/>
+      <c r="W39" s="143"/>
+      <c r="X39" s="143"/>
+      <c r="Y39" s="143"/>
       <c r="Z39" s="36"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="6"/>
       <c r="AD39" s="6"/>
       <c r="AE39" s="6"/>
       <c r="AF39" s="6"/>
       <c r="AG39" s="6"/>
       <c r="AH39" s="6"/>
       <c r="AI39" s="6"/>
       <c r="AJ39" s="6"/>
       <c r="AK39" s="6"/>
       <c r="AL39" s="1"/>
     </row>
     <row r="40" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
@@ -15315,75 +15479,75 @@
       <c r="AQ43" s="26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
-      <c r="S44" s="202"/>
-[...17 lines deleted...]
-      <c r="AK44" s="202"/>
+      <c r="S44" s="149"/>
+      <c r="T44" s="149"/>
+      <c r="U44" s="149"/>
+      <c r="V44" s="149"/>
+      <c r="W44" s="149"/>
+      <c r="X44" s="149"/>
+      <c r="Y44" s="149"/>
+      <c r="Z44" s="149"/>
+      <c r="AA44" s="149"/>
+      <c r="AB44" s="149"/>
+      <c r="AC44" s="149"/>
+      <c r="AD44" s="149"/>
+      <c r="AE44" s="149"/>
+      <c r="AF44" s="149"/>
+      <c r="AG44" s="149"/>
+      <c r="AH44" s="149"/>
+      <c r="AI44" s="149"/>
+      <c r="AJ44" s="149"/>
+      <c r="AK44" s="149"/>
       <c r="AL44" s="1"/>
     </row>
     <row r="45" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="72" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
       <c r="U45" s="2"/>
       <c r="V45" s="2"/>
       <c r="W45" s="2"/>
       <c r="X45" s="17" t="str">
         <f>IF(OR(AN41=2,AN42=2,AN43=2),"Fournir justificatif EN-VS-104","")</f>
         <v/>
@@ -15472,224 +15636,224 @@
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="2"/>
       <c r="Y47" s="2"/>
       <c r="Z47" s="2"/>
       <c r="AA47" s="2"/>
       <c r="AB47" s="2"/>
       <c r="AC47" s="2"/>
       <c r="AD47" s="2"/>
       <c r="AE47" s="2"/>
       <c r="AF47" s="2"/>
       <c r="AG47" s="2"/>
       <c r="AH47" s="2"/>
       <c r="AI47" s="2"/>
       <c r="AJ47" s="2"/>
       <c r="AK47" s="2"/>
       <c r="AL47" s="1"/>
       <c r="AQ47" s="26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
-      <c r="B48" s="133" t="s">
+      <c r="B48" s="146" t="s">
         <v>30</v>
       </c>
-      <c r="C48" s="133"/>
-[...3 lines deleted...]
-      <c r="G48" s="133"/>
+      <c r="C48" s="146"/>
+      <c r="D48" s="146"/>
+      <c r="E48" s="146"/>
+      <c r="F48" s="146"/>
+      <c r="G48" s="146"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
       <c r="AC48" s="2"/>
-      <c r="AD48" s="203"/>
-[...1 lines deleted...]
-      <c r="AF48" s="203"/>
+      <c r="AD48" s="150"/>
+      <c r="AE48" s="150"/>
+      <c r="AF48" s="150"/>
       <c r="AG48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="AH48" s="2"/>
       <c r="AI48" s="2"/>
       <c r="AJ48" s="2"/>
       <c r="AK48" s="2"/>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
-      <c r="B49" s="133"/>
-[...4 lines deleted...]
-      <c r="G49" s="133"/>
+      <c r="B49" s="146"/>
+      <c r="C49" s="146"/>
+      <c r="D49" s="146"/>
+      <c r="E49" s="146"/>
+      <c r="F49" s="146"/>
+      <c r="G49" s="146"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="2"/>
       <c r="T49" s="2"/>
       <c r="U49" s="2"/>
       <c r="V49" s="2"/>
       <c r="W49" s="2"/>
       <c r="X49" s="2"/>
       <c r="Y49" s="2"/>
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
       <c r="AC49" s="2"/>
       <c r="AD49" s="2"/>
       <c r="AE49" s="2"/>
       <c r="AF49" s="2"/>
       <c r="AG49" s="2"/>
       <c r="AH49" s="2"/>
       <c r="AI49" s="2"/>
       <c r="AJ49" s="2"/>
       <c r="AK49" s="2"/>
       <c r="AL49" s="1"/>
       <c r="AQ49" s="26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:43" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
-      <c r="I50" s="204" t="s">
+      <c r="I50" s="137" t="s">
         <v>93</v>
       </c>
-      <c r="J50" s="204"/>
-[...26 lines deleted...]
-      <c r="AK50" s="204"/>
+      <c r="J50" s="137"/>
+      <c r="K50" s="137"/>
+      <c r="L50" s="137"/>
+      <c r="M50" s="137"/>
+      <c r="N50" s="137"/>
+      <c r="O50" s="137"/>
+      <c r="P50" s="137"/>
+      <c r="Q50" s="137"/>
+      <c r="R50" s="137"/>
+      <c r="S50" s="137"/>
+      <c r="T50" s="137"/>
+      <c r="U50" s="137"/>
+      <c r="V50" s="137"/>
+      <c r="W50" s="137"/>
+      <c r="X50" s="137"/>
+      <c r="Y50" s="137"/>
+      <c r="Z50" s="137"/>
+      <c r="AA50" s="137"/>
+      <c r="AB50" s="137"/>
+      <c r="AC50" s="137"/>
+      <c r="AD50" s="137"/>
+      <c r="AE50" s="137"/>
+      <c r="AF50" s="137"/>
+      <c r="AG50" s="137"/>
+      <c r="AH50" s="137"/>
+      <c r="AI50" s="137"/>
+      <c r="AJ50" s="137"/>
+      <c r="AK50" s="137"/>
       <c r="AL50" s="1"/>
       <c r="AQ50" s="26" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
-      <c r="I51" s="205" t="s">
+      <c r="I51" s="151" t="s">
         <v>93</v>
       </c>
-      <c r="J51" s="205"/>
-[...26 lines deleted...]
-      <c r="AK51" s="205"/>
+      <c r="J51" s="151"/>
+      <c r="K51" s="151"/>
+      <c r="L51" s="151"/>
+      <c r="M51" s="151"/>
+      <c r="N51" s="151"/>
+      <c r="O51" s="151"/>
+      <c r="P51" s="151"/>
+      <c r="Q51" s="151"/>
+      <c r="R51" s="151"/>
+      <c r="S51" s="151"/>
+      <c r="T51" s="151"/>
+      <c r="U51" s="151"/>
+      <c r="V51" s="151"/>
+      <c r="W51" s="151"/>
+      <c r="X51" s="151"/>
+      <c r="Y51" s="151"/>
+      <c r="Z51" s="151"/>
+      <c r="AA51" s="151"/>
+      <c r="AB51" s="151"/>
+      <c r="AC51" s="151"/>
+      <c r="AD51" s="151"/>
+      <c r="AE51" s="151"/>
+      <c r="AF51" s="151"/>
+      <c r="AG51" s="151"/>
+      <c r="AH51" s="151"/>
+      <c r="AI51" s="151"/>
+      <c r="AJ51" s="151"/>
+      <c r="AK51" s="151"/>
       <c r="AL51" s="1"/>
       <c r="AQ51" s="26" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="52" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="2"/>
@@ -15763,69 +15927,69 @@
       <c r="AQ53" s="26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="54" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
-      <c r="S54" s="202"/>
-[...17 lines deleted...]
-      <c r="AK54" s="202"/>
+      <c r="S54" s="149"/>
+      <c r="T54" s="149"/>
+      <c r="U54" s="149"/>
+      <c r="V54" s="149"/>
+      <c r="W54" s="149"/>
+      <c r="X54" s="149"/>
+      <c r="Y54" s="149"/>
+      <c r="Z54" s="149"/>
+      <c r="AA54" s="149"/>
+      <c r="AB54" s="149"/>
+      <c r="AC54" s="149"/>
+      <c r="AD54" s="149"/>
+      <c r="AE54" s="149"/>
+      <c r="AF54" s="149"/>
+      <c r="AG54" s="149"/>
+      <c r="AH54" s="149"/>
+      <c r="AI54" s="149"/>
+      <c r="AJ54" s="149"/>
+      <c r="AK54" s="149"/>
       <c r="AL54" s="1"/>
       <c r="AQ54" s="26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="55" spans="1:43" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="2"/>
@@ -15875,140 +16039,140 @@
       <c r="R56" s="1"/>
       <c r="S56" s="2"/>
       <c r="T56" s="2"/>
       <c r="U56" s="2"/>
       <c r="V56" s="2"/>
       <c r="W56" s="2"/>
       <c r="X56" s="2"/>
       <c r="Y56" s="2"/>
       <c r="Z56" s="2"/>
       <c r="AA56" s="2"/>
       <c r="AB56" s="2"/>
       <c r="AC56" s="2"/>
       <c r="AD56" s="2"/>
       <c r="AE56" s="2"/>
       <c r="AF56" s="2"/>
       <c r="AG56" s="2"/>
       <c r="AH56" s="2"/>
       <c r="AI56" s="2"/>
       <c r="AJ56" s="2"/>
       <c r="AK56" s="2"/>
       <c r="AL56" s="1"/>
       <c r="AN56" s="26">
         <v>0</v>
       </c>
       <c r="AQ56" s="26" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="57" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
         <v>36</v>
       </c>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
-      <c r="S57" s="202"/>
-[...17 lines deleted...]
-      <c r="AK57" s="202"/>
+      <c r="S57" s="149"/>
+      <c r="T57" s="149"/>
+      <c r="U57" s="149"/>
+      <c r="V57" s="149"/>
+      <c r="W57" s="149"/>
+      <c r="X57" s="149"/>
+      <c r="Y57" s="149"/>
+      <c r="Z57" s="149"/>
+      <c r="AA57" s="149"/>
+      <c r="AB57" s="149"/>
+      <c r="AC57" s="149"/>
+      <c r="AD57" s="149"/>
+      <c r="AE57" s="149"/>
+      <c r="AF57" s="149"/>
+      <c r="AG57" s="149"/>
+      <c r="AH57" s="149"/>
+      <c r="AI57" s="149"/>
+      <c r="AJ57" s="149"/>
+      <c r="AK57" s="149"/>
       <c r="AL57" s="1"/>
       <c r="AQ57" s="26" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
-      <c r="S58" s="206"/>
-[...17 lines deleted...]
-      <c r="AK58" s="206"/>
+      <c r="S58" s="240"/>
+      <c r="T58" s="240"/>
+      <c r="U58" s="240"/>
+      <c r="V58" s="240"/>
+      <c r="W58" s="240"/>
+      <c r="X58" s="240"/>
+      <c r="Y58" s="240"/>
+      <c r="Z58" s="240"/>
+      <c r="AA58" s="240"/>
+      <c r="AB58" s="240"/>
+      <c r="AC58" s="240"/>
+      <c r="AD58" s="240"/>
+      <c r="AE58" s="240"/>
+      <c r="AF58" s="240"/>
+      <c r="AG58" s="240"/>
+      <c r="AH58" s="240"/>
+      <c r="AI58" s="240"/>
+      <c r="AJ58" s="240"/>
+      <c r="AK58" s="240"/>
       <c r="AL58" s="1"/>
       <c r="AQ58" s="26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="59" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
@@ -16040,65 +16204,65 @@
       <c r="B60" s="20" t="s">
         <v>82</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="20"/>
       <c r="K60" s="20"/>
       <c r="L60" s="33"/>
       <c r="M60" s="33"/>
       <c r="N60" s="33"/>
       <c r="O60" s="33"/>
       <c r="P60" s="33"/>
       <c r="Q60" s="33"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="34"/>
       <c r="V60" s="34" t="s">
         <v>37</v>
       </c>
-      <c r="W60" s="207"/>
-[...13 lines deleted...]
-      <c r="AK60" s="207"/>
+      <c r="W60" s="241"/>
+      <c r="X60" s="241"/>
+      <c r="Y60" s="241"/>
+      <c r="Z60" s="241"/>
+      <c r="AA60" s="241"/>
+      <c r="AB60" s="241"/>
+      <c r="AC60" s="241"/>
+      <c r="AD60" s="241"/>
+      <c r="AE60" s="241"/>
+      <c r="AF60" s="241"/>
+      <c r="AG60" s="241"/>
+      <c r="AH60" s="241"/>
+      <c r="AI60" s="241"/>
+      <c r="AJ60" s="241"/>
+      <c r="AK60" s="241"/>
       <c r="AL60" s="1"/>
       <c r="AN60" s="26">
         <v>0</v>
       </c>
       <c r="AQ60" s="26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="61" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1"/>
       <c r="B61" s="6"/>
       <c r="C61" s="6"/>
       <c r="D61" s="6"/>
       <c r="E61" s="6"/>
       <c r="F61" s="6"/>
       <c r="G61" s="6"/>
       <c r="H61" s="6"/>
       <c r="I61" s="6"/>
       <c r="J61" s="6"/>
       <c r="K61" s="6"/>
       <c r="L61" s="6"/>
       <c r="M61" s="6"/>
       <c r="N61" s="6"/>
       <c r="O61" s="6"/>
       <c r="P61" s="6"/>
@@ -16151,140 +16315,140 @@
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
       <c r="AI62" s="1"/>
       <c r="AJ62" s="1"/>
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
-      <c r="H63" s="204" t="s">
+      <c r="H63" s="137" t="s">
         <v>93</v>
       </c>
-      <c r="I63" s="204"/>
-[...10 lines deleted...]
-      <c r="T63" s="204"/>
+      <c r="I63" s="137"/>
+      <c r="J63" s="137"/>
+      <c r="K63" s="137"/>
+      <c r="L63" s="137"/>
+      <c r="M63" s="137"/>
+      <c r="N63" s="137"/>
+      <c r="O63" s="137"/>
+      <c r="P63" s="137"/>
+      <c r="Q63" s="137"/>
+      <c r="R63" s="137"/>
+      <c r="S63" s="137"/>
+      <c r="T63" s="137"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1" t="s">
         <v>94</v>
       </c>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
       <c r="Z63" s="1"/>
       <c r="AA63" s="1"/>
       <c r="AB63" s="46"/>
       <c r="AC63" s="46"/>
-      <c r="AD63" s="208"/>
-[...2 lines deleted...]
-      <c r="AG63" s="208"/>
+      <c r="AD63" s="202"/>
+      <c r="AE63" s="202"/>
+      <c r="AF63" s="202"/>
+      <c r="AG63" s="202"/>
       <c r="AH63" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AI63" s="1"/>
       <c r="AJ63" s="1"/>
       <c r="AK63" s="1"/>
       <c r="AL63" s="1"/>
       <c r="AQ63" s="26" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="64" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1" t="s">
         <v>40</v>
       </c>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1" t="s">
         <v>41</v>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1" t="s">
         <v>95</v>
       </c>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="46"/>
       <c r="AC64" s="46"/>
-      <c r="AD64" s="198"/>
-[...2 lines deleted...]
-      <c r="AG64" s="198"/>
+      <c r="AD64" s="148"/>
+      <c r="AE64" s="148"/>
+      <c r="AF64" s="148"/>
+      <c r="AG64" s="148"/>
       <c r="AH64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AI64" s="1"/>
       <c r="AJ64" s="1"/>
       <c r="AK64" s="1"/>
       <c r="AL64" s="1"/>
       <c r="AQ64" s="26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="65" spans="1:43" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
@@ -16297,133 +16461,133 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
       <c r="AH65" s="1"/>
       <c r="AI65" s="1"/>
       <c r="AJ65" s="1"/>
       <c r="AK65" s="1"/>
       <c r="AL65" s="1"/>
       <c r="AQ65" s="26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
-      <c r="B66" s="264" t="s">
+      <c r="B66" s="135" t="s">
         <v>68</v>
       </c>
-      <c r="C66" s="262" t="s">
+      <c r="C66" s="133" t="s">
         <v>69</v>
       </c>
-      <c r="D66" s="262"/>
-[...32 lines deleted...]
-      <c r="AK66" s="262"/>
+      <c r="D66" s="133"/>
+      <c r="E66" s="133"/>
+      <c r="F66" s="133"/>
+      <c r="G66" s="133"/>
+      <c r="H66" s="133"/>
+      <c r="I66" s="133"/>
+      <c r="J66" s="133"/>
+      <c r="K66" s="133"/>
+      <c r="L66" s="133"/>
+      <c r="M66" s="133"/>
+      <c r="N66" s="133"/>
+      <c r="O66" s="133"/>
+      <c r="P66" s="133"/>
+      <c r="Q66" s="133"/>
+      <c r="R66" s="133"/>
+      <c r="S66" s="133"/>
+      <c r="T66" s="133"/>
+      <c r="U66" s="133"/>
+      <c r="V66" s="133"/>
+      <c r="W66" s="133"/>
+      <c r="X66" s="133"/>
+      <c r="Y66" s="133"/>
+      <c r="Z66" s="133"/>
+      <c r="AA66" s="133"/>
+      <c r="AB66" s="133"/>
+      <c r="AC66" s="133"/>
+      <c r="AD66" s="133"/>
+      <c r="AE66" s="133"/>
+      <c r="AF66" s="133"/>
+      <c r="AG66" s="133"/>
+      <c r="AH66" s="133"/>
+      <c r="AI66" s="133"/>
+      <c r="AJ66" s="133"/>
+      <c r="AK66" s="133"/>
       <c r="AL66" s="1"/>
       <c r="AQ66" s="26" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1"/>
-      <c r="B67" s="265"/>
-[...34 lines deleted...]
-      <c r="AK67" s="263"/>
+      <c r="B67" s="136"/>
+      <c r="C67" s="134"/>
+      <c r="D67" s="134"/>
+      <c r="E67" s="134"/>
+      <c r="F67" s="134"/>
+      <c r="G67" s="134"/>
+      <c r="H67" s="134"/>
+      <c r="I67" s="134"/>
+      <c r="J67" s="134"/>
+      <c r="K67" s="134"/>
+      <c r="L67" s="134"/>
+      <c r="M67" s="134"/>
+      <c r="N67" s="134"/>
+      <c r="O67" s="134"/>
+      <c r="P67" s="134"/>
+      <c r="Q67" s="134"/>
+      <c r="R67" s="134"/>
+      <c r="S67" s="134"/>
+      <c r="T67" s="134"/>
+      <c r="U67" s="134"/>
+      <c r="V67" s="134"/>
+      <c r="W67" s="134"/>
+      <c r="X67" s="134"/>
+      <c r="Y67" s="134"/>
+      <c r="Z67" s="134"/>
+      <c r="AA67" s="134"/>
+      <c r="AB67" s="134"/>
+      <c r="AC67" s="134"/>
+      <c r="AD67" s="134"/>
+      <c r="AE67" s="134"/>
+      <c r="AF67" s="134"/>
+      <c r="AG67" s="134"/>
+      <c r="AH67" s="134"/>
+      <c r="AI67" s="134"/>
+      <c r="AJ67" s="134"/>
+      <c r="AK67" s="134"/>
       <c r="AL67" s="1"/>
       <c r="AQ67" s="26" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="68" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
@@ -16711,121 +16875,121 @@
       <c r="A75" s="1"/>
       <c r="B75" s="10" t="s">
         <v>97</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="K75" s="1" t="s">
         <v>98</v>
       </c>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
         <v>99</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
-      <c r="V75" s="183"/>
-[...1 lines deleted...]
-      <c r="X75" s="183"/>
+      <c r="V75" s="147"/>
+      <c r="W75" s="147"/>
+      <c r="X75" s="147"/>
       <c r="Y75" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z75" s="1"/>
       <c r="AA75" s="1"/>
       <c r="AB75" s="1"/>
       <c r="AC75" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AD75" s="1"/>
       <c r="AE75" s="1"/>
       <c r="AF75" s="1"/>
       <c r="AG75" s="1"/>
-      <c r="AH75" s="183"/>
-      <c r="AI75" s="183"/>
+      <c r="AH75" s="147"/>
+      <c r="AI75" s="147"/>
       <c r="AJ75" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK75" s="1"/>
       <c r="AL75" s="1"/>
       <c r="AQ75" s="26" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="76" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="1"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1" t="s">
         <v>246</v>
       </c>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
         <v>99</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
-      <c r="V76" s="182"/>
-[...1 lines deleted...]
-      <c r="X76" s="182"/>
+      <c r="V76" s="226"/>
+      <c r="W76" s="226"/>
+      <c r="X76" s="226"/>
       <c r="Y76" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z76" s="1"/>
       <c r="AA76" s="1"/>
       <c r="AB76" s="1"/>
       <c r="AC76" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AD76" s="1"/>
       <c r="AE76" s="1"/>
       <c r="AF76" s="1"/>
       <c r="AG76" s="1"/>
-      <c r="AH76" s="183"/>
-      <c r="AI76" s="183"/>
+      <c r="AH76" s="147"/>
+      <c r="AI76" s="147"/>
       <c r="AJ76" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK76" s="1"/>
       <c r="AL76" s="1"/>
       <c r="AQ76" s="26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="77" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="1"/>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
@@ -16846,53 +17010,53 @@
       <c r="AF77" s="1"/>
       <c r="AG77" s="1"/>
       <c r="AH77" s="1"/>
       <c r="AI77" s="1"/>
       <c r="AJ77" s="1"/>
       <c r="AK77" s="1"/>
       <c r="AL77" s="1"/>
       <c r="AQ77" s="26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="46"/>
       <c r="K78" s="46"/>
-      <c r="L78" s="184"/>
-[...1 lines deleted...]
-      <c r="N78" s="184"/>
+      <c r="L78" s="227"/>
+      <c r="M78" s="227"/>
+      <c r="N78" s="227"/>
       <c r="O78" s="1" t="s">
         <v>55</v>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="9"/>
       <c r="X78" s="9"/>
       <c r="Y78" s="1"/>
       <c r="Z78" s="1"/>
       <c r="AA78" s="1"/>
       <c r="AB78" s="1"/>
       <c r="AC78" s="1"/>
       <c r="AD78" s="1"/>
       <c r="AE78" s="1"/>
       <c r="AF78" s="1"/>
       <c r="AG78" s="1"/>
       <c r="AH78" s="1"/>
       <c r="AI78" s="1"/>
       <c r="AJ78" s="1"/>
       <c r="AK78" s="1"/>
@@ -16934,747 +17098,753 @@
       <c r="AB79" s="5"/>
       <c r="AC79" s="5"/>
       <c r="AD79" s="5"/>
       <c r="AE79" s="5"/>
       <c r="AF79" s="5"/>
       <c r="AG79" s="5"/>
       <c r="AH79" s="5"/>
       <c r="AI79" s="5"/>
       <c r="AJ79" s="5"/>
       <c r="AK79" s="5"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
-      <c r="K80" s="185" t="s">
+      <c r="K80" s="228" t="s">
         <v>93</v>
       </c>
-      <c r="L80" s="185"/>
-[...15 lines deleted...]
-      <c r="AB80" s="185"/>
+      <c r="L80" s="228"/>
+      <c r="M80" s="228"/>
+      <c r="N80" s="228"/>
+      <c r="O80" s="228"/>
+      <c r="P80" s="228"/>
+      <c r="Q80" s="228"/>
+      <c r="R80" s="228"/>
+      <c r="S80" s="228"/>
+      <c r="T80" s="228"/>
+      <c r="U80" s="228"/>
+      <c r="V80" s="228"/>
+      <c r="W80" s="228"/>
+      <c r="X80" s="228"/>
+      <c r="Y80" s="228"/>
+      <c r="Z80" s="228"/>
+      <c r="AA80" s="228"/>
+      <c r="AB80" s="228"/>
       <c r="AC80" s="17" t="str">
         <f>IF(AP82=1,"Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD80" s="5"/>
       <c r="AF80" s="5"/>
       <c r="AG80" s="5"/>
       <c r="AH80" s="5"/>
       <c r="AI80" s="5"/>
       <c r="AJ80" s="5"/>
       <c r="AK80" s="5"/>
       <c r="AL80" s="1"/>
       <c r="AN80" s="26">
         <f>IF(AND(K80&lt;&gt;"choisir s.v.p. :",K80&lt;&gt;"protection solaire extérieure"),1,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="21" t="s">
         <v>58</v>
       </c>
       <c r="C81" s="9"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1" t="s">
         <v>105</v>
       </c>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
-      <c r="S81" s="204"/>
-[...15 lines deleted...]
-      <c r="AI81" s="204"/>
+      <c r="S81" s="137"/>
+      <c r="T81" s="137"/>
+      <c r="U81" s="137"/>
+      <c r="V81" s="137"/>
+      <c r="W81" s="137"/>
+      <c r="X81" s="137"/>
+      <c r="Y81" s="137"/>
+      <c r="Z81" s="137"/>
+      <c r="AA81" s="137"/>
+      <c r="AB81" s="137"/>
+      <c r="AC81" s="137"/>
+      <c r="AD81" s="137"/>
+      <c r="AE81" s="137"/>
+      <c r="AF81" s="137"/>
+      <c r="AG81" s="137"/>
+      <c r="AH81" s="137"/>
+      <c r="AI81" s="137"/>
       <c r="AJ81" s="1"/>
       <c r="AK81" s="1"/>
       <c r="AL81" s="1"/>
       <c r="AQ81" s="26" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="82" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="9"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="9"/>
       <c r="G82" s="9"/>
       <c r="H82" s="9"/>
       <c r="I82" s="9"/>
       <c r="J82" s="9"/>
       <c r="K82" s="9"/>
       <c r="L82" s="9"/>
       <c r="M82" s="9"/>
       <c r="N82" s="9"/>
       <c r="O82" s="9"/>
       <c r="P82" s="9"/>
       <c r="Q82" s="9"/>
       <c r="R82" s="9"/>
       <c r="S82" s="44" t="str">
         <f>IF(S81&lt;&gt;0,"Joindre justification","")</f>
         <v/>
       </c>
       <c r="T82" s="9"/>
       <c r="U82" s="9"/>
       <c r="V82" s="9"/>
       <c r="W82" s="9"/>
       <c r="X82" s="9"/>
       <c r="Y82" s="9"/>
       <c r="Z82" s="9"/>
       <c r="AA82" s="9"/>
       <c r="AB82" s="9"/>
       <c r="AC82" s="9"/>
       <c r="AD82" s="9"/>
       <c r="AE82" s="9"/>
       <c r="AF82" s="9"/>
       <c r="AG82" s="9"/>
       <c r="AH82" s="9"/>
       <c r="AI82" s="9"/>
       <c r="AJ82" s="9"/>
       <c r="AK82" s="9"/>
       <c r="AL82" s="1"/>
       <c r="AQ82" s="26" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="83" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="9" t="s">
         <v>103</v>
       </c>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="9"/>
       <c r="F83" s="9"/>
       <c r="G83" s="9"/>
       <c r="H83" s="9"/>
       <c r="I83" s="9"/>
       <c r="J83" s="9"/>
-      <c r="K83" s="185" t="s">
+      <c r="K83" s="228" t="s">
         <v>93</v>
       </c>
-      <c r="L83" s="185"/>
-[...15 lines deleted...]
-      <c r="AB83" s="185"/>
+      <c r="L83" s="228"/>
+      <c r="M83" s="228"/>
+      <c r="N83" s="228"/>
+      <c r="O83" s="228"/>
+      <c r="P83" s="228"/>
+      <c r="Q83" s="228"/>
+      <c r="R83" s="228"/>
+      <c r="S83" s="228"/>
+      <c r="T83" s="228"/>
+      <c r="U83" s="228"/>
+      <c r="V83" s="228"/>
+      <c r="W83" s="228"/>
+      <c r="X83" s="228"/>
+      <c r="Y83" s="228"/>
+      <c r="Z83" s="228"/>
+      <c r="AA83" s="228"/>
+      <c r="AB83" s="228"/>
       <c r="AC83" s="9"/>
       <c r="AD83" s="9"/>
       <c r="AE83" s="9"/>
       <c r="AF83" s="9"/>
       <c r="AG83" s="9"/>
       <c r="AH83" s="9"/>
       <c r="AI83" s="9"/>
       <c r="AJ83" s="9"/>
       <c r="AK83" s="9"/>
       <c r="AL83" s="1"/>
       <c r="AN83" s="26">
         <f>IF(K83="autre",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ83" s="26" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="84" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
       <c r="B84" s="9"/>
       <c r="C84" s="9"/>
       <c r="D84" s="9"/>
       <c r="E84" s="9"/>
       <c r="F84" s="9"/>
       <c r="G84" s="9"/>
       <c r="H84" s="9"/>
       <c r="I84" s="9"/>
       <c r="J84" s="9"/>
       <c r="K84" s="9" t="s">
         <v>106</v>
       </c>
       <c r="L84" s="9"/>
       <c r="M84" s="9"/>
       <c r="N84" s="9"/>
       <c r="O84" s="9"/>
       <c r="P84" s="22"/>
       <c r="Q84" s="22"/>
       <c r="R84" s="22"/>
-      <c r="S84" s="204"/>
-[...15 lines deleted...]
-      <c r="AI84" s="204"/>
+      <c r="S84" s="137"/>
+      <c r="T84" s="137"/>
+      <c r="U84" s="137"/>
+      <c r="V84" s="137"/>
+      <c r="W84" s="137"/>
+      <c r="X84" s="137"/>
+      <c r="Y84" s="137"/>
+      <c r="Z84" s="137"/>
+      <c r="AA84" s="137"/>
+      <c r="AB84" s="137"/>
+      <c r="AC84" s="137"/>
+      <c r="AD84" s="137"/>
+      <c r="AE84" s="137"/>
+      <c r="AF84" s="137"/>
+      <c r="AG84" s="137"/>
+      <c r="AH84" s="137"/>
+      <c r="AI84" s="137"/>
       <c r="AJ84" s="9"/>
       <c r="AK84" s="1"/>
       <c r="AL84" s="1"/>
     </row>
-    <row r="85" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:47" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="44" t="str">
         <f>IF(S84&lt;&gt;0,"Joindre justification","")</f>
         <v/>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
       <c r="X85" s="1"/>
       <c r="Y85" s="1"/>
       <c r="Z85" s="1"/>
       <c r="AA85" s="1"/>
       <c r="AB85" s="1"/>
       <c r="AC85" s="1"/>
       <c r="AD85" s="1"/>
       <c r="AE85" s="1"/>
       <c r="AF85" s="1"/>
       <c r="AG85" s="1"/>
       <c r="AH85" s="1"/>
       <c r="AI85" s="1"/>
       <c r="AJ85" s="1"/>
       <c r="AK85" s="1"/>
       <c r="AL85" s="1"/>
       <c r="AQ85" s="26" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="86" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
       <c r="B86" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C86" s="9"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
-      <c r="K86" s="185" t="s">
+      <c r="K86" s="228" t="s">
         <v>93</v>
       </c>
-      <c r="L86" s="185"/>
-[...15 lines deleted...]
-      <c r="AB86" s="185"/>
+      <c r="L86" s="228"/>
+      <c r="M86" s="228"/>
+      <c r="N86" s="228"/>
+      <c r="O86" s="228"/>
+      <c r="P86" s="228"/>
+      <c r="Q86" s="228"/>
+      <c r="R86" s="228"/>
+      <c r="S86" s="228"/>
+      <c r="T86" s="228"/>
+      <c r="U86" s="228"/>
+      <c r="V86" s="228"/>
+      <c r="W86" s="228"/>
+      <c r="X86" s="228"/>
+      <c r="Y86" s="228"/>
+      <c r="Z86" s="228"/>
+      <c r="AA86" s="228"/>
+      <c r="AB86" s="228"/>
       <c r="AC86" s="1"/>
       <c r="AD86" s="1"/>
       <c r="AE86" s="1"/>
       <c r="AF86" s="1"/>
       <c r="AG86" s="1"/>
       <c r="AH86" s="1"/>
       <c r="AI86" s="1"/>
       <c r="AJ86" s="1"/>
       <c r="AK86" s="1"/>
       <c r="AL86" s="1"/>
       <c r="AN86" s="26">
         <f>IF(K87="pas d'allègement justifié selon OcEne art.28",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ86" s="26" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="87" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="9"/>
       <c r="C87" s="9"/>
       <c r="D87" s="9"/>
       <c r="E87" s="9"/>
       <c r="F87" s="9"/>
       <c r="G87" s="9"/>
       <c r="H87" s="9"/>
       <c r="I87" s="9"/>
       <c r="J87" s="9"/>
-      <c r="K87" s="196" t="s">
+      <c r="K87" s="239" t="s">
         <v>93</v>
       </c>
-      <c r="L87" s="196"/>
-[...18 lines deleted...]
-      <c r="AE87" s="46"/>
+      <c r="L87" s="239"/>
+      <c r="M87" s="239"/>
+      <c r="N87" s="239"/>
+      <c r="O87" s="239"/>
+      <c r="P87" s="239"/>
+      <c r="Q87" s="239"/>
+      <c r="R87" s="239"/>
+      <c r="S87" s="239"/>
+      <c r="T87" s="239"/>
+      <c r="U87" s="239"/>
+      <c r="V87" s="239"/>
+      <c r="W87" s="239"/>
+      <c r="X87" s="239"/>
+      <c r="Y87" s="239"/>
+      <c r="Z87" s="239"/>
+      <c r="AA87" s="239"/>
+      <c r="AB87" s="239"/>
+      <c r="AC87" s="239"/>
+      <c r="AD87" s="239"/>
+      <c r="AE87" s="239"/>
       <c r="AF87" s="46"/>
       <c r="AG87" s="46"/>
       <c r="AH87" s="46"/>
       <c r="AI87" s="46"/>
       <c r="AJ87" s="9"/>
       <c r="AK87" s="9"/>
       <c r="AL87" s="1"/>
       <c r="AQ87" s="26" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="88" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1"/>
       <c r="B88" s="23"/>
       <c r="C88" s="23"/>
       <c r="D88" s="23"/>
       <c r="E88" s="23"/>
       <c r="F88" s="23"/>
       <c r="G88" s="23"/>
       <c r="H88" s="23"/>
       <c r="I88" s="23"/>
       <c r="J88" s="26"/>
       <c r="K88" s="44" t="str">
-        <f>IF(K87=AQ105,"Couverture de l'énergie électrique supplémentaire requise - fournir EN-VS-104","")</f>
+        <f>IF(K87=AQ106,"Couverture de l'énergie électrique supplémentaire requise - fournir EN-VS-104","")</f>
         <v/>
       </c>
-      <c r="L88" s="23"/>
       <c r="M88" s="23"/>
       <c r="N88" s="23"/>
       <c r="O88" s="23"/>
       <c r="P88" s="23"/>
       <c r="Q88" s="23"/>
       <c r="R88" s="23"/>
       <c r="S88" s="26"/>
       <c r="T88" s="23"/>
       <c r="U88" s="23"/>
       <c r="V88" s="23"/>
       <c r="W88" s="23"/>
       <c r="X88" s="23"/>
       <c r="Y88" s="23"/>
       <c r="Z88" s="23"/>
       <c r="AA88" s="23"/>
       <c r="AB88" s="23"/>
       <c r="AC88" s="23"/>
       <c r="AD88" s="23"/>
       <c r="AE88" s="23"/>
       <c r="AF88" s="23"/>
       <c r="AG88" s="23"/>
       <c r="AH88" s="23"/>
       <c r="AI88" s="23"/>
       <c r="AJ88" s="23"/>
-      <c r="AK88" s="23"/>
+      <c r="AK88" s="274" t="str">
+        <f>IF(AU91=TRUE,"Info: ce motif n'est valable que pour les catégories habitat","")</f>
+        <v/>
+      </c>
       <c r="AL88" s="1"/>
       <c r="AQ88" s="26" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="89" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="186" t="s">
-[...36 lines deleted...]
-      <c r="AK89" s="186"/>
+      <c r="B89" s="229" t="s">
+        <v>299</v>
+      </c>
+      <c r="C89" s="229"/>
+      <c r="D89" s="229"/>
+      <c r="E89" s="229"/>
+      <c r="F89" s="229"/>
+      <c r="G89" s="229"/>
+      <c r="H89" s="229"/>
+      <c r="I89" s="229"/>
+      <c r="J89" s="229"/>
+      <c r="K89" s="229"/>
+      <c r="L89" s="229"/>
+      <c r="M89" s="229"/>
+      <c r="N89" s="229"/>
+      <c r="O89" s="229"/>
+      <c r="P89" s="229"/>
+      <c r="Q89" s="229"/>
+      <c r="R89" s="229"/>
+      <c r="S89" s="229"/>
+      <c r="T89" s="229"/>
+      <c r="U89" s="229"/>
+      <c r="V89" s="229"/>
+      <c r="W89" s="229"/>
+      <c r="X89" s="229"/>
+      <c r="Y89" s="229"/>
+      <c r="Z89" s="229"/>
+      <c r="AA89" s="229"/>
+      <c r="AB89" s="229"/>
+      <c r="AC89" s="229"/>
+      <c r="AD89" s="229"/>
+      <c r="AE89" s="229"/>
+      <c r="AF89" s="229"/>
+      <c r="AG89" s="229"/>
+      <c r="AH89" s="229"/>
+      <c r="AI89" s="229"/>
+      <c r="AJ89" s="229"/>
+      <c r="AK89" s="229"/>
       <c r="AL89" s="1"/>
       <c r="AQ89" s="26" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="90" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
-      <c r="B90" s="187"/>
-[...34 lines deleted...]
-      <c r="AK90" s="189"/>
+      <c r="B90" s="230"/>
+      <c r="C90" s="231"/>
+      <c r="D90" s="231"/>
+      <c r="E90" s="231"/>
+      <c r="F90" s="231"/>
+      <c r="G90" s="231"/>
+      <c r="H90" s="231"/>
+      <c r="I90" s="231"/>
+      <c r="J90" s="231"/>
+      <c r="K90" s="231"/>
+      <c r="L90" s="231"/>
+      <c r="M90" s="231"/>
+      <c r="N90" s="231"/>
+      <c r="O90" s="231"/>
+      <c r="P90" s="231"/>
+      <c r="Q90" s="231"/>
+      <c r="R90" s="231"/>
+      <c r="S90" s="231"/>
+      <c r="T90" s="231"/>
+      <c r="U90" s="231"/>
+      <c r="V90" s="231"/>
+      <c r="W90" s="231"/>
+      <c r="X90" s="231"/>
+      <c r="Y90" s="231"/>
+      <c r="Z90" s="231"/>
+      <c r="AA90" s="231"/>
+      <c r="AB90" s="231"/>
+      <c r="AC90" s="231"/>
+      <c r="AD90" s="231"/>
+      <c r="AE90" s="231"/>
+      <c r="AF90" s="231"/>
+      <c r="AG90" s="231"/>
+      <c r="AH90" s="231"/>
+      <c r="AI90" s="231"/>
+      <c r="AJ90" s="231"/>
+      <c r="AK90" s="232"/>
       <c r="AL90" s="1"/>
     </row>
-    <row r="91" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
-      <c r="B91" s="190"/>
-[...34 lines deleted...]
-      <c r="AK91" s="192"/>
+      <c r="B91" s="233"/>
+      <c r="C91" s="234"/>
+      <c r="D91" s="234"/>
+      <c r="E91" s="234"/>
+      <c r="F91" s="234"/>
+      <c r="G91" s="234"/>
+      <c r="H91" s="234"/>
+      <c r="I91" s="234"/>
+      <c r="J91" s="234"/>
+      <c r="K91" s="234"/>
+      <c r="L91" s="234"/>
+      <c r="M91" s="234"/>
+      <c r="N91" s="234"/>
+      <c r="O91" s="234"/>
+      <c r="P91" s="234"/>
+      <c r="Q91" s="234"/>
+      <c r="R91" s="234"/>
+      <c r="S91" s="234"/>
+      <c r="T91" s="234"/>
+      <c r="U91" s="234"/>
+      <c r="V91" s="234"/>
+      <c r="W91" s="234"/>
+      <c r="X91" s="234"/>
+      <c r="Y91" s="234"/>
+      <c r="Z91" s="234"/>
+      <c r="AA91" s="234"/>
+      <c r="AB91" s="234"/>
+      <c r="AC91" s="234"/>
+      <c r="AD91" s="234"/>
+      <c r="AE91" s="234"/>
+      <c r="AF91" s="234"/>
+      <c r="AG91" s="234"/>
+      <c r="AH91" s="234"/>
+      <c r="AI91" s="234"/>
+      <c r="AJ91" s="234"/>
+      <c r="AK91" s="235"/>
       <c r="AL91" s="1"/>
-    </row>
-    <row r="92" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AU91" s="26" t="b">
+        <f>IF(K87="PAC rév. dans habitat sans éléments actifs supplémentaires d’émission de froid",TRUE,FALSE)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
-      <c r="B92" s="190"/>
-[...34 lines deleted...]
-      <c r="AK92" s="192"/>
+      <c r="B92" s="233"/>
+      <c r="C92" s="234"/>
+      <c r="D92" s="234"/>
+      <c r="E92" s="234"/>
+      <c r="F92" s="234"/>
+      <c r="G92" s="234"/>
+      <c r="H92" s="234"/>
+      <c r="I92" s="234"/>
+      <c r="J92" s="234"/>
+      <c r="K92" s="234"/>
+      <c r="L92" s="234"/>
+      <c r="M92" s="234"/>
+      <c r="N92" s="234"/>
+      <c r="O92" s="234"/>
+      <c r="P92" s="234"/>
+      <c r="Q92" s="234"/>
+      <c r="R92" s="234"/>
+      <c r="S92" s="234"/>
+      <c r="T92" s="234"/>
+      <c r="U92" s="234"/>
+      <c r="V92" s="234"/>
+      <c r="W92" s="234"/>
+      <c r="X92" s="234"/>
+      <c r="Y92" s="234"/>
+      <c r="Z92" s="234"/>
+      <c r="AA92" s="234"/>
+      <c r="AB92" s="234"/>
+      <c r="AC92" s="234"/>
+      <c r="AD92" s="234"/>
+      <c r="AE92" s="234"/>
+      <c r="AF92" s="234"/>
+      <c r="AG92" s="234"/>
+      <c r="AH92" s="234"/>
+      <c r="AI92" s="234"/>
+      <c r="AJ92" s="234"/>
+      <c r="AK92" s="235"/>
       <c r="AL92" s="1"/>
     </row>
-    <row r="93" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
-      <c r="B93" s="190"/>
-[...34 lines deleted...]
-      <c r="AK93" s="192"/>
+      <c r="B93" s="233"/>
+      <c r="C93" s="234"/>
+      <c r="D93" s="234"/>
+      <c r="E93" s="234"/>
+      <c r="F93" s="234"/>
+      <c r="G93" s="234"/>
+      <c r="H93" s="234"/>
+      <c r="I93" s="234"/>
+      <c r="J93" s="234"/>
+      <c r="K93" s="234"/>
+      <c r="L93" s="234"/>
+      <c r="M93" s="234"/>
+      <c r="N93" s="234"/>
+      <c r="O93" s="234"/>
+      <c r="P93" s="234"/>
+      <c r="Q93" s="234"/>
+      <c r="R93" s="234"/>
+      <c r="S93" s="234"/>
+      <c r="T93" s="234"/>
+      <c r="U93" s="234"/>
+      <c r="V93" s="234"/>
+      <c r="W93" s="234"/>
+      <c r="X93" s="234"/>
+      <c r="Y93" s="234"/>
+      <c r="Z93" s="234"/>
+      <c r="AA93" s="234"/>
+      <c r="AB93" s="234"/>
+      <c r="AC93" s="234"/>
+      <c r="AD93" s="234"/>
+      <c r="AE93" s="234"/>
+      <c r="AF93" s="234"/>
+      <c r="AG93" s="234"/>
+      <c r="AH93" s="234"/>
+      <c r="AI93" s="234"/>
+      <c r="AJ93" s="234"/>
+      <c r="AK93" s="235"/>
       <c r="AL93" s="1"/>
     </row>
-    <row r="94" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
-      <c r="B94" s="190"/>
-[...34 lines deleted...]
-      <c r="AK94" s="192"/>
+      <c r="B94" s="233"/>
+      <c r="C94" s="234"/>
+      <c r="D94" s="234"/>
+      <c r="E94" s="234"/>
+      <c r="F94" s="234"/>
+      <c r="G94" s="234"/>
+      <c r="H94" s="234"/>
+      <c r="I94" s="234"/>
+      <c r="J94" s="234"/>
+      <c r="K94" s="234"/>
+      <c r="L94" s="234"/>
+      <c r="M94" s="234"/>
+      <c r="N94" s="234"/>
+      <c r="O94" s="234"/>
+      <c r="P94" s="234"/>
+      <c r="Q94" s="234"/>
+      <c r="R94" s="234"/>
+      <c r="S94" s="234"/>
+      <c r="T94" s="234"/>
+      <c r="U94" s="234"/>
+      <c r="V94" s="234"/>
+      <c r="W94" s="234"/>
+      <c r="X94" s="234"/>
+      <c r="Y94" s="234"/>
+      <c r="Z94" s="234"/>
+      <c r="AA94" s="234"/>
+      <c r="AB94" s="234"/>
+      <c r="AC94" s="234"/>
+      <c r="AD94" s="234"/>
+      <c r="AE94" s="234"/>
+      <c r="AF94" s="234"/>
+      <c r="AG94" s="234"/>
+      <c r="AH94" s="234"/>
+      <c r="AI94" s="234"/>
+      <c r="AJ94" s="234"/>
+      <c r="AK94" s="235"/>
       <c r="AL94" s="1"/>
     </row>
-    <row r="95" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
-      <c r="B95" s="193"/>
-[...34 lines deleted...]
-      <c r="AK95" s="195"/>
+      <c r="B95" s="236"/>
+      <c r="C95" s="237"/>
+      <c r="D95" s="237"/>
+      <c r="E95" s="237"/>
+      <c r="F95" s="237"/>
+      <c r="G95" s="237"/>
+      <c r="H95" s="237"/>
+      <c r="I95" s="237"/>
+      <c r="J95" s="237"/>
+      <c r="K95" s="237"/>
+      <c r="L95" s="237"/>
+      <c r="M95" s="237"/>
+      <c r="N95" s="237"/>
+      <c r="O95" s="237"/>
+      <c r="P95" s="237"/>
+      <c r="Q95" s="237"/>
+      <c r="R95" s="237"/>
+      <c r="S95" s="237"/>
+      <c r="T95" s="237"/>
+      <c r="U95" s="237"/>
+      <c r="V95" s="237"/>
+      <c r="W95" s="237"/>
+      <c r="X95" s="237"/>
+      <c r="Y95" s="237"/>
+      <c r="Z95" s="237"/>
+      <c r="AA95" s="237"/>
+      <c r="AB95" s="237"/>
+      <c r="AC95" s="237"/>
+      <c r="AD95" s="237"/>
+      <c r="AE95" s="237"/>
+      <c r="AF95" s="237"/>
+      <c r="AG95" s="237"/>
+      <c r="AH95" s="237"/>
+      <c r="AI95" s="237"/>
+      <c r="AJ95" s="237"/>
+      <c r="AK95" s="238"/>
       <c r="AL95" s="1"/>
     </row>
-    <row r="96" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="37"/>
       <c r="C96" s="38"/>
       <c r="D96" s="39" t="s">
         <v>84</v>
       </c>
       <c r="E96" s="38"/>
       <c r="F96" s="38"/>
       <c r="G96" s="38"/>
       <c r="H96" s="38"/>
       <c r="I96" s="38"/>
       <c r="J96" s="38"/>
       <c r="K96" s="38"/>
       <c r="L96" s="38"/>
       <c r="M96" s="38"/>
       <c r="N96" s="38"/>
       <c r="O96" s="38"/>
       <c r="P96" s="38"/>
       <c r="Q96" s="38"/>
       <c r="R96" s="38"/>
       <c r="S96" s="38"/>
       <c r="T96" s="38"/>
       <c r="U96" s="38"/>
       <c r="V96" s="38"/>
       <c r="W96" s="38"/>
       <c r="X96" s="38"/>
@@ -17724,51 +17894,51 @@
       <c r="W97" s="38"/>
       <c r="X97" s="38"/>
       <c r="Y97" s="38"/>
       <c r="Z97" s="38"/>
       <c r="AA97" s="38"/>
       <c r="AB97" s="38"/>
       <c r="AC97" s="38"/>
       <c r="AD97" s="38"/>
       <c r="AE97" s="38"/>
       <c r="AF97" s="38"/>
       <c r="AG97" s="38"/>
       <c r="AH97" s="38"/>
       <c r="AI97" s="38"/>
       <c r="AJ97" s="38"/>
       <c r="AK97" s="40"/>
       <c r="AL97" s="1"/>
       <c r="AQ97" s="49" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="98" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="1"/>
       <c r="B98" s="37"/>
       <c r="C98" s="38"/>
       <c r="D98" s="39" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="E98" s="38"/>
       <c r="F98" s="38"/>
       <c r="G98" s="38"/>
       <c r="H98" s="38"/>
       <c r="I98" s="38"/>
       <c r="J98" s="38"/>
       <c r="K98" s="38"/>
       <c r="L98" s="38"/>
       <c r="M98" s="38"/>
       <c r="N98" s="38"/>
       <c r="O98" s="38"/>
       <c r="P98" s="38"/>
       <c r="Q98" s="38"/>
       <c r="R98" s="38"/>
       <c r="S98" s="38"/>
       <c r="T98" s="38"/>
       <c r="U98" s="38"/>
       <c r="V98" s="38"/>
       <c r="W98" s="38"/>
       <c r="X98" s="38"/>
       <c r="Y98" s="38"/>
       <c r="Z98" s="38"/>
       <c r="AA98" s="38"/>
       <c r="AB98" s="38"/>
@@ -17806,653 +17976,656 @@
       <c r="O99" s="38"/>
       <c r="P99" s="38"/>
       <c r="Q99" s="38"/>
       <c r="R99" s="38"/>
       <c r="S99" s="38"/>
       <c r="T99" s="38"/>
       <c r="U99" s="38"/>
       <c r="V99" s="38"/>
       <c r="W99" s="38"/>
       <c r="X99" s="38"/>
       <c r="Y99" s="38"/>
       <c r="Z99" s="38"/>
       <c r="AA99" s="38"/>
       <c r="AB99" s="38"/>
       <c r="AC99" s="38"/>
       <c r="AD99" s="38"/>
       <c r="AE99" s="38"/>
       <c r="AF99" s="38"/>
       <c r="AG99" s="38"/>
       <c r="AH99" s="38"/>
       <c r="AI99" s="38"/>
       <c r="AJ99" s="38"/>
       <c r="AK99" s="40"/>
       <c r="AL99" s="1"/>
       <c r="AQ99" s="50" t="s">
-        <v>116</v>
+        <v>314</v>
       </c>
     </row>
     <row r="100" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="41"/>
       <c r="C100" s="42"/>
       <c r="D100" s="68" t="s">
         <v>280</v>
       </c>
       <c r="E100" s="42"/>
       <c r="F100" s="42"/>
       <c r="G100" s="42"/>
       <c r="H100" s="42"/>
       <c r="I100" s="42"/>
       <c r="J100" s="42"/>
       <c r="K100" s="42"/>
       <c r="L100" s="42"/>
       <c r="M100" s="42"/>
       <c r="N100" s="42"/>
       <c r="O100" s="42"/>
       <c r="P100" s="42"/>
       <c r="Q100" s="42"/>
       <c r="R100" s="42"/>
       <c r="S100" s="42"/>
       <c r="T100" s="42"/>
       <c r="U100" s="42"/>
       <c r="V100" s="42"/>
       <c r="W100" s="42"/>
       <c r="X100" s="42"/>
       <c r="Y100" s="42"/>
       <c r="Z100" s="42"/>
       <c r="AA100" s="42"/>
       <c r="AB100" s="42"/>
       <c r="AC100" s="42"/>
       <c r="AD100" s="42"/>
       <c r="AE100" s="42"/>
       <c r="AF100" s="42"/>
       <c r="AG100" s="42"/>
       <c r="AH100" s="42"/>
       <c r="AI100" s="42"/>
       <c r="AJ100" s="42"/>
       <c r="AK100" s="43"/>
       <c r="AL100" s="1"/>
       <c r="AQ100" s="50" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="101" spans="1:45" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1"/>
       <c r="B101" s="6"/>
       <c r="C101" s="6"/>
       <c r="D101" s="6"/>
       <c r="E101" s="6"/>
       <c r="F101" s="6"/>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="6"/>
       <c r="J101" s="6"/>
       <c r="K101" s="6"/>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
       <c r="P101" s="6"/>
       <c r="Q101" s="6"/>
       <c r="R101" s="6"/>
       <c r="S101" s="6"/>
       <c r="T101" s="6"/>
       <c r="U101" s="6"/>
       <c r="V101" s="6"/>
       <c r="W101" s="6"/>
       <c r="X101" s="6"/>
       <c r="Y101" s="6"/>
       <c r="Z101" s="6"/>
       <c r="AA101" s="6"/>
       <c r="AB101" s="6"/>
       <c r="AC101" s="6"/>
       <c r="AD101" s="6"/>
       <c r="AE101" s="6"/>
       <c r="AF101" s="6"/>
       <c r="AG101" s="6"/>
       <c r="AH101" s="6"/>
       <c r="AI101" s="6"/>
       <c r="AJ101" s="6"/>
       <c r="AK101" s="6"/>
       <c r="AL101" s="1"/>
       <c r="AQ101" s="50" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="102" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="1"/>
       <c r="B102" s="1"/>
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
       <c r="Z102" s="1"/>
       <c r="AA102" s="1"/>
       <c r="AB102" s="1"/>
       <c r="AC102" s="1"/>
       <c r="AD102" s="1"/>
       <c r="AE102" s="1"/>
       <c r="AF102" s="1"/>
       <c r="AG102" s="1"/>
       <c r="AH102" s="1"/>
       <c r="AI102" s="1"/>
       <c r="AJ102" s="1"/>
       <c r="AK102" s="1"/>
       <c r="AL102" s="1"/>
       <c r="AQ102" s="50" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="103" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
-      <c r="B103" s="168" t="s">
+      <c r="B103" s="212" t="s">
         <v>62</v>
       </c>
-      <c r="C103" s="168"/>
-[...4 lines deleted...]
-      <c r="H103" s="170" t="s">
+      <c r="C103" s="212"/>
+      <c r="D103" s="212"/>
+      <c r="E103" s="212"/>
+      <c r="F103" s="212"/>
+      <c r="G103" s="213"/>
+      <c r="H103" s="214" t="s">
         <v>63</v>
       </c>
-      <c r="I103" s="171"/>
-[...13 lines deleted...]
-      <c r="W103" s="176" t="s">
+      <c r="I103" s="215"/>
+      <c r="J103" s="215"/>
+      <c r="K103" s="215"/>
+      <c r="L103" s="215"/>
+      <c r="M103" s="215"/>
+      <c r="N103" s="215"/>
+      <c r="O103" s="215"/>
+      <c r="P103" s="215"/>
+      <c r="Q103" s="215"/>
+      <c r="R103" s="215"/>
+      <c r="S103" s="215"/>
+      <c r="T103" s="215"/>
+      <c r="U103" s="215"/>
+      <c r="V103" s="216"/>
+      <c r="W103" s="220" t="s">
         <v>85</v>
       </c>
-      <c r="X103" s="177"/>
-[...12 lines deleted...]
-      <c r="AK103" s="178"/>
+      <c r="X103" s="221"/>
+      <c r="Y103" s="221"/>
+      <c r="Z103" s="221"/>
+      <c r="AA103" s="221"/>
+      <c r="AB103" s="221"/>
+      <c r="AC103" s="221"/>
+      <c r="AD103" s="221"/>
+      <c r="AE103" s="221"/>
+      <c r="AF103" s="221"/>
+      <c r="AG103" s="221"/>
+      <c r="AH103" s="221"/>
+      <c r="AI103" s="221"/>
+      <c r="AJ103" s="221"/>
+      <c r="AK103" s="222"/>
       <c r="AL103" s="1"/>
       <c r="AQ103" s="50" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
       <c r="B104" s="24"/>
       <c r="C104" s="24"/>
       <c r="D104" s="24"/>
       <c r="E104" s="24"/>
       <c r="F104" s="24"/>
       <c r="G104" s="24"/>
-      <c r="H104" s="173"/>
-[...28 lines deleted...]
-      <c r="AK104" s="181"/>
+      <c r="H104" s="217"/>
+      <c r="I104" s="218"/>
+      <c r="J104" s="218"/>
+      <c r="K104" s="218"/>
+      <c r="L104" s="218"/>
+      <c r="M104" s="218"/>
+      <c r="N104" s="218"/>
+      <c r="O104" s="218"/>
+      <c r="P104" s="218"/>
+      <c r="Q104" s="218"/>
+      <c r="R104" s="218"/>
+      <c r="S104" s="218"/>
+      <c r="T104" s="218"/>
+      <c r="U104" s="218"/>
+      <c r="V104" s="219"/>
+      <c r="W104" s="223"/>
+      <c r="X104" s="224"/>
+      <c r="Y104" s="224"/>
+      <c r="Z104" s="224"/>
+      <c r="AA104" s="224"/>
+      <c r="AB104" s="224"/>
+      <c r="AC104" s="224"/>
+      <c r="AD104" s="224"/>
+      <c r="AE104" s="224"/>
+      <c r="AF104" s="224"/>
+      <c r="AG104" s="224"/>
+      <c r="AH104" s="224"/>
+      <c r="AI104" s="224"/>
+      <c r="AJ104" s="224"/>
+      <c r="AK104" s="225"/>
       <c r="AL104" s="1"/>
       <c r="AQ104" s="50" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
       <c r="B105" s="25"/>
-      <c r="C105" s="133" t="s">
+      <c r="C105" s="146" t="s">
         <v>64</v>
       </c>
-      <c r="D105" s="133"/>
-[...32 lines deleted...]
-      <c r="AK105" s="143"/>
+      <c r="D105" s="146"/>
+      <c r="E105" s="146"/>
+      <c r="F105" s="146"/>
+      <c r="G105" s="242"/>
+      <c r="H105" s="243"/>
+      <c r="I105" s="244"/>
+      <c r="J105" s="244"/>
+      <c r="K105" s="244"/>
+      <c r="L105" s="244"/>
+      <c r="M105" s="244"/>
+      <c r="N105" s="244"/>
+      <c r="O105" s="244"/>
+      <c r="P105" s="244"/>
+      <c r="Q105" s="244"/>
+      <c r="R105" s="244"/>
+      <c r="S105" s="244"/>
+      <c r="T105" s="244"/>
+      <c r="U105" s="244"/>
+      <c r="V105" s="245"/>
+      <c r="W105" s="249"/>
+      <c r="X105" s="250"/>
+      <c r="Y105" s="250"/>
+      <c r="Z105" s="250"/>
+      <c r="AA105" s="250"/>
+      <c r="AB105" s="250"/>
+      <c r="AC105" s="250"/>
+      <c r="AD105" s="250"/>
+      <c r="AE105" s="250"/>
+      <c r="AF105" s="250"/>
+      <c r="AG105" s="250"/>
+      <c r="AH105" s="250"/>
+      <c r="AI105" s="250"/>
+      <c r="AJ105" s="250"/>
+      <c r="AK105" s="251"/>
       <c r="AL105" s="1"/>
       <c r="AQ105" s="50" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="106" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
       <c r="B106" s="25"/>
-      <c r="C106" s="133"/>
-[...33 lines deleted...]
-      <c r="AK106" s="146"/>
+      <c r="C106" s="146"/>
+      <c r="D106" s="146"/>
+      <c r="E106" s="146"/>
+      <c r="F106" s="146"/>
+      <c r="G106" s="242"/>
+      <c r="H106" s="246"/>
+      <c r="I106" s="247"/>
+      <c r="J106" s="247"/>
+      <c r="K106" s="247"/>
+      <c r="L106" s="247"/>
+      <c r="M106" s="247"/>
+      <c r="N106" s="247"/>
+      <c r="O106" s="247"/>
+      <c r="P106" s="247"/>
+      <c r="Q106" s="247"/>
+      <c r="R106" s="247"/>
+      <c r="S106" s="247"/>
+      <c r="T106" s="247"/>
+      <c r="U106" s="247"/>
+      <c r="V106" s="248"/>
+      <c r="W106" s="252"/>
+      <c r="X106" s="253"/>
+      <c r="Y106" s="253"/>
+      <c r="Z106" s="253"/>
+      <c r="AA106" s="253"/>
+      <c r="AB106" s="253"/>
+      <c r="AC106" s="253"/>
+      <c r="AD106" s="253"/>
+      <c r="AE106" s="253"/>
+      <c r="AF106" s="253"/>
+      <c r="AG106" s="253"/>
+      <c r="AH106" s="253"/>
+      <c r="AI106" s="253"/>
+      <c r="AJ106" s="253"/>
+      <c r="AK106" s="254"/>
       <c r="AL106" s="1"/>
+      <c r="AQ106" s="50" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="107" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
       <c r="B107" s="9"/>
-      <c r="C107" s="147" t="s">
+      <c r="C107" s="188" t="s">
         <v>65</v>
       </c>
-      <c r="D107" s="147"/>
-[...32 lines deleted...]
-      <c r="AK107" s="154"/>
+      <c r="D107" s="188"/>
+      <c r="E107" s="188"/>
+      <c r="F107" s="188"/>
+      <c r="G107" s="255"/>
+      <c r="H107" s="256"/>
+      <c r="I107" s="191"/>
+      <c r="J107" s="191"/>
+      <c r="K107" s="191"/>
+      <c r="L107" s="191"/>
+      <c r="M107" s="191"/>
+      <c r="N107" s="191"/>
+      <c r="O107" s="191"/>
+      <c r="P107" s="191"/>
+      <c r="Q107" s="191"/>
+      <c r="R107" s="191"/>
+      <c r="S107" s="191"/>
+      <c r="T107" s="191"/>
+      <c r="U107" s="191"/>
+      <c r="V107" s="257"/>
+      <c r="W107" s="258"/>
+      <c r="X107" s="259"/>
+      <c r="Y107" s="259"/>
+      <c r="Z107" s="259"/>
+      <c r="AA107" s="259"/>
+      <c r="AB107" s="259"/>
+      <c r="AC107" s="259"/>
+      <c r="AD107" s="259"/>
+      <c r="AE107" s="259"/>
+      <c r="AF107" s="259"/>
+      <c r="AG107" s="259"/>
+      <c r="AH107" s="259"/>
+      <c r="AI107" s="259"/>
+      <c r="AJ107" s="259"/>
+      <c r="AK107" s="260"/>
       <c r="AL107" s="1"/>
       <c r="AP107" s="26" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="AS107" s="26" t="str">
-        <f>IF(OR(AD33&gt;12,U33&lt;&gt;0,AN41=2,AN42=2,AN43=2,K87=AQ105),"oui","non")</f>
+        <f>IF(OR(AD33&gt;12,U33&lt;&gt;0,AN41=2,AN42=2,AN43=2,K87=AQ106),"oui","non")</f>
         <v>non</v>
       </c>
     </row>
     <row r="108" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
       <c r="B108" s="9"/>
-      <c r="C108" s="147" t="s">
+      <c r="C108" s="188" t="s">
         <v>66</v>
       </c>
-      <c r="D108" s="147"/>
-[...32 lines deleted...]
-      <c r="AK108" s="154"/>
+      <c r="D108" s="188"/>
+      <c r="E108" s="188"/>
+      <c r="F108" s="188"/>
+      <c r="G108" s="255"/>
+      <c r="H108" s="256"/>
+      <c r="I108" s="191"/>
+      <c r="J108" s="191"/>
+      <c r="K108" s="191"/>
+      <c r="L108" s="191"/>
+      <c r="M108" s="191"/>
+      <c r="N108" s="191"/>
+      <c r="O108" s="191"/>
+      <c r="P108" s="191"/>
+      <c r="Q108" s="191"/>
+      <c r="R108" s="191"/>
+      <c r="S108" s="191"/>
+      <c r="T108" s="191"/>
+      <c r="U108" s="191"/>
+      <c r="V108" s="257"/>
+      <c r="W108" s="258"/>
+      <c r="X108" s="259"/>
+      <c r="Y108" s="259"/>
+      <c r="Z108" s="259"/>
+      <c r="AA108" s="259"/>
+      <c r="AB108" s="259"/>
+      <c r="AC108" s="259"/>
+      <c r="AD108" s="259"/>
+      <c r="AE108" s="259"/>
+      <c r="AF108" s="259"/>
+      <c r="AG108" s="259"/>
+      <c r="AH108" s="259"/>
+      <c r="AI108" s="259"/>
+      <c r="AJ108" s="259"/>
+      <c r="AK108" s="260"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:45" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
       <c r="B109" s="25"/>
-      <c r="C109" s="133" t="s">
+      <c r="C109" s="146" t="s">
         <v>67</v>
       </c>
-      <c r="D109" s="133"/>
-[...32 lines deleted...]
-      <c r="AK109" s="164"/>
+      <c r="D109" s="146"/>
+      <c r="E109" s="146"/>
+      <c r="F109" s="146"/>
+      <c r="G109" s="242"/>
+      <c r="H109" s="262"/>
+      <c r="I109" s="263"/>
+      <c r="J109" s="263"/>
+      <c r="K109" s="263"/>
+      <c r="L109" s="263"/>
+      <c r="M109" s="263"/>
+      <c r="N109" s="263"/>
+      <c r="O109" s="263"/>
+      <c r="P109" s="263"/>
+      <c r="Q109" s="263"/>
+      <c r="R109" s="263"/>
+      <c r="S109" s="263"/>
+      <c r="T109" s="263"/>
+      <c r="U109" s="263"/>
+      <c r="V109" s="264"/>
+      <c r="W109" s="268"/>
+      <c r="X109" s="269"/>
+      <c r="Y109" s="269"/>
+      <c r="Z109" s="269"/>
+      <c r="AA109" s="269"/>
+      <c r="AB109" s="269"/>
+      <c r="AC109" s="269"/>
+      <c r="AD109" s="269"/>
+      <c r="AE109" s="269"/>
+      <c r="AF109" s="269"/>
+      <c r="AG109" s="269"/>
+      <c r="AH109" s="269"/>
+      <c r="AI109" s="269"/>
+      <c r="AJ109" s="269"/>
+      <c r="AK109" s="270"/>
       <c r="AL109" s="1"/>
     </row>
     <row r="110" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1"/>
       <c r="B110" s="25"/>
-      <c r="C110" s="133"/>
-[...33 lines deleted...]
-      <c r="AK110" s="167"/>
+      <c r="C110" s="146"/>
+      <c r="D110" s="146"/>
+      <c r="E110" s="146"/>
+      <c r="F110" s="146"/>
+      <c r="G110" s="242"/>
+      <c r="H110" s="265"/>
+      <c r="I110" s="266"/>
+      <c r="J110" s="266"/>
+      <c r="K110" s="266"/>
+      <c r="L110" s="266"/>
+      <c r="M110" s="266"/>
+      <c r="N110" s="266"/>
+      <c r="O110" s="266"/>
+      <c r="P110" s="266"/>
+      <c r="Q110" s="266"/>
+      <c r="R110" s="266"/>
+      <c r="S110" s="266"/>
+      <c r="T110" s="266"/>
+      <c r="U110" s="266"/>
+      <c r="V110" s="267"/>
+      <c r="W110" s="271"/>
+      <c r="X110" s="272"/>
+      <c r="Y110" s="272"/>
+      <c r="Z110" s="272"/>
+      <c r="AA110" s="272"/>
+      <c r="AB110" s="272"/>
+      <c r="AC110" s="272"/>
+      <c r="AD110" s="272"/>
+      <c r="AE110" s="272"/>
+      <c r="AF110" s="272"/>
+      <c r="AG110" s="272"/>
+      <c r="AH110" s="272"/>
+      <c r="AI110" s="272"/>
+      <c r="AJ110" s="272"/>
+      <c r="AK110" s="273"/>
       <c r="AL110" s="1"/>
     </row>
     <row r="111" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1"/>
       <c r="B111" s="1"/>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
       <c r="Z111" s="1"/>
       <c r="AA111" s="1"/>
       <c r="AB111" s="1"/>
       <c r="AC111" s="1"/>
       <c r="AD111" s="1"/>
       <c r="AE111" s="1"/>
       <c r="AF111" s="1"/>
       <c r="AG111" s="1"/>
       <c r="AH111" s="1"/>
       <c r="AI111" s="1"/>
       <c r="AJ111" s="1"/>
       <c r="AK111" s="70" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="AL111" s="1"/>
     </row>
     <row r="112" spans="1:45" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1"/>
       <c r="B112" s="1"/>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
       <c r="Z112" s="1"/>
       <c r="AA112" s="1"/>
       <c r="AB112" s="1"/>
       <c r="AC112" s="1"/>
       <c r="AD112" s="1"/>
       <c r="AE112" s="1"/>
       <c r="AF112" s="1"/>
       <c r="AG112" s="1"/>
       <c r="AH112" s="1"/>
       <c r="AI112" s="1"/>
       <c r="AJ112" s="1"/>
       <c r="AK112" s="1"/>
       <c r="AL112" s="1"/>
     </row>
     <row r="113" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="18"/>
-      <c r="B113" s="155"/>
-[...33 lines deleted...]
-      <c r="AJ113" s="155"/>
+      <c r="B113" s="261"/>
+      <c r="C113" s="261"/>
+      <c r="D113" s="261"/>
+      <c r="E113" s="261"/>
+      <c r="F113" s="261"/>
+      <c r="G113" s="261"/>
+      <c r="H113" s="261"/>
+      <c r="I113" s="261"/>
+      <c r="J113" s="261"/>
+      <c r="K113" s="261"/>
+      <c r="L113" s="261"/>
+      <c r="M113" s="261"/>
+      <c r="N113" s="261"/>
+      <c r="O113" s="261"/>
+      <c r="P113" s="261"/>
+      <c r="Q113" s="261"/>
+      <c r="R113" s="261"/>
+      <c r="S113" s="261"/>
+      <c r="T113" s="261"/>
+      <c r="U113" s="261"/>
+      <c r="V113" s="261"/>
+      <c r="W113" s="261"/>
+      <c r="X113" s="261"/>
+      <c r="Y113" s="261"/>
+      <c r="Z113" s="261"/>
+      <c r="AA113" s="261"/>
+      <c r="AB113" s="261"/>
+      <c r="AC113" s="261"/>
+      <c r="AD113" s="261"/>
+      <c r="AE113" s="261"/>
+      <c r="AF113" s="261"/>
+      <c r="AG113" s="261"/>
+      <c r="AH113" s="261"/>
+      <c r="AI113" s="261"/>
+      <c r="AJ113" s="261"/>
       <c r="AK113" s="1"/>
       <c r="AL113" s="1"/>
     </row>
     <row r="114" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -18550,239 +18723,239 @@
     <row r="239" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="240" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="241" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="242" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="249" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="251" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="252" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="253" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="254" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="255" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="256" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="257" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="258" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="259" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="260" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="263" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="264" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="265" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="266" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="272" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="273" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="274" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="275" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="276" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BX0UrwHqqKkpGpZfHAY+tWupaBp0HsjsGl8D9mWDIvECv3CdNtYB97IraFXIh9ckNf58LWsA0EXJWRY1HXJDvg==" saltValue="2vcnHu67VGLKXxhRSENMQw==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="FLWLnij50HuOmIVeHLdqIIhrJQGfK79fv7UeBrRmlF+x6j+Yrmn57QMECBG2y9PwQWUAEgWKpiiU7meG1Rlnfw==" saltValue="YrlZxKajqrXeLP2/fXJLqA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="99">
-    <mergeCell ref="C66:AK67"/>
-[...17 lines deleted...]
-    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="B113:AJ113"/>
+    <mergeCell ref="C108:G108"/>
+    <mergeCell ref="H108:V108"/>
+    <mergeCell ref="W108:AK108"/>
+    <mergeCell ref="C109:G110"/>
+    <mergeCell ref="H109:V110"/>
+    <mergeCell ref="W109:AK110"/>
+    <mergeCell ref="C105:G106"/>
+    <mergeCell ref="H105:V106"/>
+    <mergeCell ref="W105:AK106"/>
+    <mergeCell ref="C107:G107"/>
+    <mergeCell ref="H107:V107"/>
+    <mergeCell ref="W107:AK107"/>
+    <mergeCell ref="B103:G103"/>
+    <mergeCell ref="H103:V104"/>
+    <mergeCell ref="W103:AK104"/>
+    <mergeCell ref="V76:X76"/>
+    <mergeCell ref="AH76:AI76"/>
+    <mergeCell ref="L78:N78"/>
+    <mergeCell ref="K80:AB80"/>
+    <mergeCell ref="K83:AB83"/>
+    <mergeCell ref="K86:AB86"/>
+    <mergeCell ref="B89:AK89"/>
+    <mergeCell ref="B90:AK95"/>
+    <mergeCell ref="K87:AE87"/>
+    <mergeCell ref="H63:T63"/>
+    <mergeCell ref="AD63:AG63"/>
+    <mergeCell ref="Q31:S31"/>
+    <mergeCell ref="U31:W31"/>
+    <mergeCell ref="Z31:AB31"/>
+    <mergeCell ref="AD31:AF31"/>
+    <mergeCell ref="Q33:S33"/>
+    <mergeCell ref="U33:W33"/>
+    <mergeCell ref="Z33:AB33"/>
+    <mergeCell ref="AD33:AF33"/>
+    <mergeCell ref="Q34:Y36"/>
+    <mergeCell ref="S57:AK57"/>
+    <mergeCell ref="S58:AK58"/>
+    <mergeCell ref="W60:AK60"/>
+    <mergeCell ref="Q29:S29"/>
+    <mergeCell ref="U29:W29"/>
+    <mergeCell ref="Z29:AB29"/>
+    <mergeCell ref="AD29:AF29"/>
+    <mergeCell ref="Q30:S30"/>
+    <mergeCell ref="U30:W30"/>
+    <mergeCell ref="Z30:AB30"/>
+    <mergeCell ref="AD30:AF30"/>
+    <mergeCell ref="Q27:S27"/>
+    <mergeCell ref="U27:W27"/>
+    <mergeCell ref="Z27:AB27"/>
+    <mergeCell ref="AD27:AF27"/>
+    <mergeCell ref="Q28:S28"/>
+    <mergeCell ref="U28:W28"/>
+    <mergeCell ref="Z28:AB28"/>
+    <mergeCell ref="AD28:AF28"/>
+    <mergeCell ref="Q22:S22"/>
+    <mergeCell ref="Z22:AB22"/>
+    <mergeCell ref="U23:W23"/>
+    <mergeCell ref="AD23:AF23"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="U26:W26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="AD26:AF26"/>
     <mergeCell ref="AD20:AF20"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="AB7:AE7"/>
     <mergeCell ref="Q14:S14"/>
     <mergeCell ref="Z14:AB14"/>
     <mergeCell ref="Q17:S17"/>
     <mergeCell ref="Z17:AB17"/>
     <mergeCell ref="Z18:AB18"/>
     <mergeCell ref="U19:W19"/>
     <mergeCell ref="AD19:AF19"/>
     <mergeCell ref="F9:AK9"/>
-    <mergeCell ref="Q22:S22"/>
-[...30 lines deleted...]
-    <mergeCell ref="AD33:AF33"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="C66:AK67"/>
+    <mergeCell ref="B66:B67"/>
+    <mergeCell ref="S81:AI81"/>
+    <mergeCell ref="S84:AI84"/>
+    <mergeCell ref="Z35:AJ36"/>
+    <mergeCell ref="Q38:Y39"/>
+    <mergeCell ref="Z38:AJ38"/>
+    <mergeCell ref="B48:G49"/>
+    <mergeCell ref="V75:X75"/>
+    <mergeCell ref="AH75:AI75"/>
     <mergeCell ref="AD64:AG64"/>
     <mergeCell ref="S44:AK44"/>
     <mergeCell ref="AD48:AF48"/>
     <mergeCell ref="I50:AK50"/>
     <mergeCell ref="I51:AK51"/>
     <mergeCell ref="S54:AK54"/>
-    <mergeCell ref="S57:AK57"/>
-[...29 lines deleted...]
-    <mergeCell ref="W109:AK110"/>
   </mergeCells>
   <conditionalFormatting sqref="B62:AK65">
     <cfRule type="expression" dxfId="27" priority="4">
       <formula>$AN$41=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D97">
     <cfRule type="expression" dxfId="26" priority="3">
       <formula>$AS$107="NON"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D98">
     <cfRule type="expression" dxfId="25" priority="8">
       <formula>$U$33&lt;12</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D99">
     <cfRule type="expression" dxfId="24" priority="5">
       <formula>$K$80&lt;&gt;"valeur g calculée en fonction des valeurs fg des façades"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D100">
     <cfRule type="expression" dxfId="23" priority="6">
       <formula>OR($AN$80=1,$AN$83=1,$AN$86=1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G79">
     <cfRule type="expression" dxfId="22" priority="1">
       <formula>AND($AM$17=TRUE, $AK$17=TRUE)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="21" priority="2">
       <formula>$AM$17=FALSE</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I54:AK54">
     <cfRule type="expression" dxfId="20" priority="13">
       <formula>$AN$53=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J87:AB87">
+  <conditionalFormatting sqref="J87:K87">
     <cfRule type="expression" dxfId="19" priority="9">
       <formula>OR($K$86=$AQ$85,$K$86=$AQ$86)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J58:AK58">
     <cfRule type="expression" dxfId="18" priority="12">
       <formula>$AN$56=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S57:AK57">
     <cfRule type="expression" dxfId="17" priority="11">
       <formula>$AN$56=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V60:AK60">
     <cfRule type="expression" dxfId="16" priority="10">
       <formula>$AN$60=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Z38">
     <cfRule type="cellIs" dxfId="15" priority="16" operator="equal">
       <formula>"formulaire non requis"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="14" priority="17" operator="equal">
       <formula>"formulaire requis, à joindre au dossier"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I50:AK50" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$AQ$40:$AQ$43</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K80:AB80" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>$AQ$74:$AQ$78</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H63:T63" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>$AQ$63:$AQ$68</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K83:AB83" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>$AQ$81:$AQ$83</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K86:AB86" xr:uid="{00000000-0002-0000-0100-000004000000}">
       <formula1>$AQ$85:$AQ$89</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K87" xr:uid="{00000000-0002-0000-0100-000005000000}">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I51:AK51" xr:uid="{00000000-0002-0000-0100-000006000000}">
       <formula1>$AQ$45:$AQ$61</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K87" xr:uid="{8C092C66-9A6D-46A8-B25F-522C5910CAA0}">
+      <formula1>$AQ$98:$AQ$106</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="68" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1046" r:id="rId4" name="Check Box 22">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>69</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
@@ -19665,984 +19838,984 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X75"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M63" sqref="M63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="51" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="51" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="51" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="51" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="52" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="52" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="52" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="52" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="52" customWidth="1"/>
     <col min="21" max="24" width="0" style="51" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="51" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="93" t="s">
+      <c r="E2" s="106" t="s">
         <v>149</v>
       </c>
-      <c r="F2" s="93"/>
-[...12 lines deleted...]
-      <c r="S2" s="93"/>
+      <c r="F2" s="106"/>
+      <c r="G2" s="106"/>
+      <c r="H2" s="106"/>
+      <c r="I2" s="106"/>
+      <c r="J2" s="106"/>
+      <c r="K2" s="106"/>
+      <c r="L2" s="106"/>
+      <c r="M2" s="106"/>
+      <c r="N2" s="106"/>
+      <c r="O2" s="106"/>
+      <c r="P2" s="106"/>
+      <c r="Q2" s="106"/>
+      <c r="R2" s="106"/>
+      <c r="S2" s="106"/>
       <c r="T2" s="53"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="93"/>
-[...13 lines deleted...]
-      <c r="S3" s="93"/>
+      <c r="E3" s="106"/>
+      <c r="F3" s="106"/>
+      <c r="G3" s="106"/>
+      <c r="H3" s="106"/>
+      <c r="I3" s="106"/>
+      <c r="J3" s="106"/>
+      <c r="K3" s="106"/>
+      <c r="L3" s="106"/>
+      <c r="M3" s="106"/>
+      <c r="N3" s="106"/>
+      <c r="O3" s="106"/>
+      <c r="P3" s="106"/>
+      <c r="Q3" s="106"/>
+      <c r="R3" s="106"/>
+      <c r="S3" s="106"/>
       <c r="T3" s="53"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="93"/>
-[...13 lines deleted...]
-      <c r="S4" s="93"/>
+      <c r="E4" s="106"/>
+      <c r="F4" s="106"/>
+      <c r="G4" s="106"/>
+      <c r="H4" s="106"/>
+      <c r="I4" s="106"/>
+      <c r="J4" s="106"/>
+      <c r="K4" s="106"/>
+      <c r="L4" s="106"/>
+      <c r="M4" s="106"/>
+      <c r="N4" s="106"/>
+      <c r="O4" s="106"/>
+      <c r="P4" s="106"/>
+      <c r="Q4" s="106"/>
+      <c r="R4" s="106"/>
+      <c r="S4" s="106"/>
       <c r="T4" s="53"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="54"/>
       <c r="C5" s="54"/>
       <c r="D5" s="54"/>
       <c r="E5" s="55"/>
       <c r="F5" s="55"/>
       <c r="G5" s="55"/>
       <c r="H5" s="55"/>
       <c r="I5" s="55"/>
       <c r="J5" s="55"/>
       <c r="K5" s="55"/>
       <c r="L5" s="55"/>
       <c r="M5" s="55"/>
       <c r="N5" s="55"/>
       <c r="O5" s="71" t="s">
+        <v>292</v>
+      </c>
+      <c r="P5" s="107" t="s">
         <v>293</v>
       </c>
-      <c r="P5" s="94" t="s">
-[...4 lines deleted...]
-      <c r="S5" s="94"/>
+      <c r="Q5" s="107"/>
+      <c r="R5" s="107"/>
+      <c r="S5" s="107"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="95" t="s">
+      <c r="B7" s="108" t="s">
         <v>150</v>
       </c>
-      <c r="C7" s="96"/>
+      <c r="C7" s="109"/>
       <c r="E7" s="56" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B8" s="97"/>
-      <c r="C8" s="98"/>
+      <c r="B8" s="110"/>
+      <c r="C8" s="111"/>
       <c r="E8" s="57" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="97"/>
-      <c r="C9" s="98"/>
+      <c r="B9" s="110"/>
+      <c r="C9" s="111"/>
       <c r="E9" s="57"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="97"/>
-      <c r="C10" s="98"/>
+      <c r="B10" s="110"/>
+      <c r="C10" s="111"/>
       <c r="E10" s="58" t="s">
         <v>127</v>
       </c>
-      <c r="F10" s="92" t="s">
+      <c r="F10" s="87" t="s">
         <v>153</v>
       </c>
-      <c r="G10" s="92"/>
-[...11 lines deleted...]
-      <c r="S10" s="92"/>
+      <c r="G10" s="87"/>
+      <c r="H10" s="87"/>
+      <c r="I10" s="87"/>
+      <c r="J10" s="87"/>
+      <c r="K10" s="87"/>
+      <c r="L10" s="87"/>
+      <c r="M10" s="87"/>
+      <c r="N10" s="87"/>
+      <c r="O10" s="87"/>
+      <c r="P10" s="87"/>
+      <c r="Q10" s="87"/>
+      <c r="R10" s="87"/>
+      <c r="S10" s="87"/>
       <c r="T10" s="59"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="97"/>
-      <c r="C11" s="98"/>
+      <c r="B11" s="110"/>
+      <c r="C11" s="111"/>
       <c r="E11" s="58"/>
-      <c r="F11" s="92"/>
-[...12 lines deleted...]
-      <c r="S11" s="92"/>
+      <c r="F11" s="87"/>
+      <c r="G11" s="87"/>
+      <c r="H11" s="87"/>
+      <c r="I11" s="87"/>
+      <c r="J11" s="87"/>
+      <c r="K11" s="87"/>
+      <c r="L11" s="87"/>
+      <c r="M11" s="87"/>
+      <c r="N11" s="87"/>
+      <c r="O11" s="87"/>
+      <c r="P11" s="87"/>
+      <c r="Q11" s="87"/>
+      <c r="R11" s="87"/>
+      <c r="S11" s="87"/>
       <c r="T11" s="59"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="97"/>
-      <c r="C12" s="98"/>
+      <c r="B12" s="110"/>
+      <c r="C12" s="111"/>
       <c r="E12" s="58"/>
-      <c r="F12" s="92"/>
-[...12 lines deleted...]
-      <c r="S12" s="92"/>
+      <c r="F12" s="87"/>
+      <c r="G12" s="87"/>
+      <c r="H12" s="87"/>
+      <c r="I12" s="87"/>
+      <c r="J12" s="87"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
+      <c r="O12" s="87"/>
+      <c r="P12" s="87"/>
+      <c r="Q12" s="87"/>
+      <c r="R12" s="87"/>
+      <c r="S12" s="87"/>
       <c r="T12" s="59"/>
     </row>
     <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B13" s="97"/>
-      <c r="C13" s="98"/>
+      <c r="B13" s="110"/>
+      <c r="C13" s="111"/>
       <c r="E13" s="60"/>
-      <c r="F13" s="92"/>
-[...12 lines deleted...]
-      <c r="S13" s="92"/>
+      <c r="F13" s="87"/>
+      <c r="G13" s="87"/>
+      <c r="H13" s="87"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="87"/>
+      <c r="K13" s="87"/>
+      <c r="L13" s="87"/>
+      <c r="M13" s="87"/>
+      <c r="N13" s="87"/>
+      <c r="O13" s="87"/>
+      <c r="P13" s="87"/>
+      <c r="Q13" s="87"/>
+      <c r="R13" s="87"/>
+      <c r="S13" s="87"/>
       <c r="T13" s="59"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="97"/>
-      <c r="C14" s="98"/>
+      <c r="B14" s="110"/>
+      <c r="C14" s="111"/>
       <c r="E14" s="60"/>
       <c r="F14" s="61"/>
       <c r="G14" s="61"/>
       <c r="H14" s="61"/>
       <c r="I14" s="61"/>
       <c r="J14" s="61"/>
       <c r="K14" s="61"/>
       <c r="L14" s="61"/>
       <c r="M14" s="61"/>
       <c r="N14" s="61"/>
       <c r="O14" s="61"/>
       <c r="P14" s="61"/>
       <c r="Q14" s="61"/>
       <c r="R14" s="61"/>
       <c r="S14" s="61"/>
       <c r="T14" s="61"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="97"/>
-      <c r="C15" s="98"/>
+      <c r="B15" s="110"/>
+      <c r="C15" s="111"/>
       <c r="E15" s="58" t="s">
         <v>129</v>
       </c>
-      <c r="F15" s="92" t="s">
+      <c r="F15" s="87" t="s">
         <v>154</v>
       </c>
-      <c r="G15" s="92"/>
-[...11 lines deleted...]
-      <c r="S15" s="92"/>
+      <c r="G15" s="87"/>
+      <c r="H15" s="87"/>
+      <c r="I15" s="87"/>
+      <c r="J15" s="87"/>
+      <c r="K15" s="87"/>
+      <c r="L15" s="87"/>
+      <c r="M15" s="87"/>
+      <c r="N15" s="87"/>
+      <c r="O15" s="87"/>
+      <c r="P15" s="87"/>
+      <c r="Q15" s="87"/>
+      <c r="R15" s="87"/>
+      <c r="S15" s="87"/>
       <c r="T15" s="59"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="97"/>
-      <c r="C16" s="98"/>
+      <c r="B16" s="110"/>
+      <c r="C16" s="111"/>
       <c r="E16" s="58"/>
-      <c r="F16" s="92"/>
-[...12 lines deleted...]
-      <c r="S16" s="92"/>
+      <c r="F16" s="87"/>
+      <c r="G16" s="87"/>
+      <c r="H16" s="87"/>
+      <c r="I16" s="87"/>
+      <c r="J16" s="87"/>
+      <c r="K16" s="87"/>
+      <c r="L16" s="87"/>
+      <c r="M16" s="87"/>
+      <c r="N16" s="87"/>
+      <c r="O16" s="87"/>
+      <c r="P16" s="87"/>
+      <c r="Q16" s="87"/>
+      <c r="R16" s="87"/>
+      <c r="S16" s="87"/>
       <c r="T16" s="59"/>
     </row>
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B17" s="99"/>
-      <c r="C17" s="100"/>
+      <c r="B17" s="112"/>
+      <c r="C17" s="113"/>
       <c r="E17" s="60"/>
-      <c r="F17" s="92"/>
-[...12 lines deleted...]
-      <c r="S17" s="92"/>
+      <c r="F17" s="87"/>
+      <c r="G17" s="87"/>
+      <c r="H17" s="87"/>
+      <c r="I17" s="87"/>
+      <c r="J17" s="87"/>
+      <c r="K17" s="87"/>
+      <c r="L17" s="87"/>
+      <c r="M17" s="87"/>
+      <c r="N17" s="87"/>
+      <c r="O17" s="87"/>
+      <c r="P17" s="87"/>
+      <c r="Q17" s="87"/>
+      <c r="R17" s="87"/>
+      <c r="S17" s="87"/>
       <c r="T17" s="59"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B19" s="86"/>
-      <c r="C19" s="87"/>
+      <c r="B19" s="100"/>
+      <c r="C19" s="101"/>
       <c r="E19" s="56" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B20" s="88"/>
-      <c r="C20" s="89"/>
+      <c r="B20" s="102"/>
+      <c r="C20" s="103"/>
       <c r="E20" s="57" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="88"/>
-      <c r="C21" s="89"/>
+      <c r="B21" s="102"/>
+      <c r="C21" s="103"/>
       <c r="E21" s="57"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="88"/>
-[...1 lines deleted...]
-      <c r="F22" s="92" t="s">
+      <c r="B22" s="102"/>
+      <c r="C22" s="103"/>
+      <c r="F22" s="87" t="s">
         <v>156</v>
       </c>
-      <c r="G22" s="92"/>
-[...11 lines deleted...]
-      <c r="S22" s="92"/>
+      <c r="G22" s="87"/>
+      <c r="H22" s="87"/>
+      <c r="I22" s="87"/>
+      <c r="J22" s="87"/>
+      <c r="K22" s="87"/>
+      <c r="L22" s="87"/>
+      <c r="M22" s="87"/>
+      <c r="N22" s="87"/>
+      <c r="O22" s="87"/>
+      <c r="P22" s="87"/>
+      <c r="Q22" s="87"/>
+      <c r="R22" s="87"/>
+      <c r="S22" s="87"/>
       <c r="T22" s="59"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B23" s="88"/>
-      <c r="C23" s="89"/>
+      <c r="B23" s="102"/>
+      <c r="C23" s="103"/>
       <c r="E23" s="59"/>
-      <c r="F23" s="92"/>
-[...12 lines deleted...]
-      <c r="S23" s="92"/>
+      <c r="F23" s="87"/>
+      <c r="G23" s="87"/>
+      <c r="H23" s="87"/>
+      <c r="I23" s="87"/>
+      <c r="J23" s="87"/>
+      <c r="K23" s="87"/>
+      <c r="L23" s="87"/>
+      <c r="M23" s="87"/>
+      <c r="N23" s="87"/>
+      <c r="O23" s="87"/>
+      <c r="P23" s="87"/>
+      <c r="Q23" s="87"/>
+      <c r="R23" s="87"/>
+      <c r="S23" s="87"/>
       <c r="T23" s="59"/>
     </row>
     <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B24" s="88"/>
-      <c r="C24" s="89"/>
+      <c r="B24" s="102"/>
+      <c r="C24" s="103"/>
       <c r="E24" s="59"/>
-      <c r="F24" s="92"/>
-[...12 lines deleted...]
-      <c r="S24" s="92"/>
+      <c r="F24" s="87"/>
+      <c r="G24" s="87"/>
+      <c r="H24" s="87"/>
+      <c r="I24" s="87"/>
+      <c r="J24" s="87"/>
+      <c r="K24" s="87"/>
+      <c r="L24" s="87"/>
+      <c r="M24" s="87"/>
+      <c r="N24" s="87"/>
+      <c r="O24" s="87"/>
+      <c r="P24" s="87"/>
+      <c r="Q24" s="87"/>
+      <c r="R24" s="87"/>
+      <c r="S24" s="87"/>
       <c r="T24" s="59"/>
     </row>
     <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B25" s="88"/>
-      <c r="C25" s="89"/>
+      <c r="B25" s="102"/>
+      <c r="C25" s="103"/>
       <c r="E25" s="59"/>
-      <c r="F25" s="92"/>
-[...12 lines deleted...]
-      <c r="S25" s="92"/>
+      <c r="F25" s="87"/>
+      <c r="G25" s="87"/>
+      <c r="H25" s="87"/>
+      <c r="I25" s="87"/>
+      <c r="J25" s="87"/>
+      <c r="K25" s="87"/>
+      <c r="L25" s="87"/>
+      <c r="M25" s="87"/>
+      <c r="N25" s="87"/>
+      <c r="O25" s="87"/>
+      <c r="P25" s="87"/>
+      <c r="Q25" s="87"/>
+      <c r="R25" s="87"/>
+      <c r="S25" s="87"/>
       <c r="T25" s="59"/>
     </row>
     <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B26" s="88"/>
-      <c r="C26" s="89"/>
+      <c r="B26" s="102"/>
+      <c r="C26" s="103"/>
       <c r="E26" s="59"/>
-      <c r="F26" s="92"/>
-[...12 lines deleted...]
-      <c r="S26" s="92"/>
+      <c r="F26" s="87"/>
+      <c r="G26" s="87"/>
+      <c r="H26" s="87"/>
+      <c r="I26" s="87"/>
+      <c r="J26" s="87"/>
+      <c r="K26" s="87"/>
+      <c r="L26" s="87"/>
+      <c r="M26" s="87"/>
+      <c r="N26" s="87"/>
+      <c r="O26" s="87"/>
+      <c r="P26" s="87"/>
+      <c r="Q26" s="87"/>
+      <c r="R26" s="87"/>
+      <c r="S26" s="87"/>
       <c r="T26" s="59"/>
     </row>
     <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B27" s="88"/>
-      <c r="C27" s="89"/>
+      <c r="B27" s="102"/>
+      <c r="C27" s="103"/>
       <c r="E27" s="59"/>
-      <c r="F27" s="92"/>
-[...12 lines deleted...]
-      <c r="S27" s="92"/>
+      <c r="F27" s="87"/>
+      <c r="G27" s="87"/>
+      <c r="H27" s="87"/>
+      <c r="I27" s="87"/>
+      <c r="J27" s="87"/>
+      <c r="K27" s="87"/>
+      <c r="L27" s="87"/>
+      <c r="M27" s="87"/>
+      <c r="N27" s="87"/>
+      <c r="O27" s="87"/>
+      <c r="P27" s="87"/>
+      <c r="Q27" s="87"/>
+      <c r="R27" s="87"/>
+      <c r="S27" s="87"/>
       <c r="T27" s="59"/>
     </row>
     <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B28" s="88"/>
-      <c r="C28" s="89"/>
+      <c r="B28" s="102"/>
+      <c r="C28" s="103"/>
       <c r="E28" s="59"/>
-      <c r="F28" s="92"/>
-[...12 lines deleted...]
-      <c r="S28" s="92"/>
+      <c r="F28" s="87"/>
+      <c r="G28" s="87"/>
+      <c r="H28" s="87"/>
+      <c r="I28" s="87"/>
+      <c r="J28" s="87"/>
+      <c r="K28" s="87"/>
+      <c r="L28" s="87"/>
+      <c r="M28" s="87"/>
+      <c r="N28" s="87"/>
+      <c r="O28" s="87"/>
+      <c r="P28" s="87"/>
+      <c r="Q28" s="87"/>
+      <c r="R28" s="87"/>
+      <c r="S28" s="87"/>
       <c r="T28" s="59"/>
     </row>
     <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B29" s="90"/>
-      <c r="C29" s="91"/>
+      <c r="B29" s="104"/>
+      <c r="C29" s="105"/>
       <c r="E29" s="59"/>
-      <c r="F29" s="92"/>
-[...12 lines deleted...]
-      <c r="S29" s="92"/>
+      <c r="F29" s="87"/>
+      <c r="G29" s="87"/>
+      <c r="H29" s="87"/>
+      <c r="I29" s="87"/>
+      <c r="J29" s="87"/>
+      <c r="K29" s="87"/>
+      <c r="L29" s="87"/>
+      <c r="M29" s="87"/>
+      <c r="N29" s="87"/>
+      <c r="O29" s="87"/>
+      <c r="P29" s="87"/>
+      <c r="Q29" s="87"/>
+      <c r="R29" s="87"/>
+      <c r="S29" s="87"/>
       <c r="T29" s="59"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="61"/>
       <c r="H30" s="61"/>
       <c r="I30" s="61"/>
       <c r="J30" s="61"/>
       <c r="K30" s="61"/>
       <c r="L30" s="61"/>
       <c r="M30" s="61"/>
       <c r="N30" s="61"/>
       <c r="O30" s="61"/>
       <c r="P30" s="61"/>
       <c r="Q30" s="61"/>
       <c r="R30" s="61"/>
       <c r="S30" s="61"/>
       <c r="T30" s="61"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B31" s="86"/>
-      <c r="C31" s="87"/>
+      <c r="B31" s="100"/>
+      <c r="C31" s="101"/>
       <c r="E31" s="56" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="88"/>
-      <c r="C32" s="89"/>
+      <c r="B32" s="102"/>
+      <c r="C32" s="103"/>
       <c r="E32" s="56"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B33" s="88"/>
-      <c r="C33" s="89"/>
+      <c r="B33" s="102"/>
+      <c r="C33" s="103"/>
       <c r="E33" s="58" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="52" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="88"/>
-      <c r="C34" s="89"/>
+      <c r="B34" s="102"/>
+      <c r="C34" s="103"/>
       <c r="E34" s="58"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B35" s="88"/>
-      <c r="C35" s="89"/>
+      <c r="B35" s="102"/>
+      <c r="C35" s="103"/>
       <c r="E35" s="58" t="s">
         <v>129</v>
       </c>
       <c r="F35" s="52" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="88"/>
-      <c r="C36" s="89"/>
+      <c r="B36" s="102"/>
+      <c r="C36" s="103"/>
       <c r="E36" s="58"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="88"/>
-      <c r="C37" s="89"/>
+      <c r="B37" s="102"/>
+      <c r="C37" s="103"/>
       <c r="E37" s="58" t="s">
         <v>134</v>
       </c>
-      <c r="F37" s="92" t="s">
+      <c r="F37" s="87" t="s">
         <v>158</v>
       </c>
-      <c r="G37" s="92"/>
-[...11 lines deleted...]
-      <c r="S37" s="92"/>
+      <c r="G37" s="87"/>
+      <c r="H37" s="87"/>
+      <c r="I37" s="87"/>
+      <c r="J37" s="87"/>
+      <c r="K37" s="87"/>
+      <c r="L37" s="87"/>
+      <c r="M37" s="87"/>
+      <c r="N37" s="87"/>
+      <c r="O37" s="87"/>
+      <c r="P37" s="87"/>
+      <c r="Q37" s="87"/>
+      <c r="R37" s="87"/>
+      <c r="S37" s="87"/>
       <c r="T37" s="59"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B38" s="90"/>
-      <c r="C38" s="91"/>
+      <c r="B38" s="104"/>
+      <c r="C38" s="105"/>
       <c r="E38" s="62"/>
-      <c r="F38" s="92"/>
-[...12 lines deleted...]
-      <c r="S38" s="92"/>
+      <c r="F38" s="87"/>
+      <c r="G38" s="87"/>
+      <c r="H38" s="87"/>
+      <c r="I38" s="87"/>
+      <c r="J38" s="87"/>
+      <c r="K38" s="87"/>
+      <c r="L38" s="87"/>
+      <c r="M38" s="87"/>
+      <c r="N38" s="87"/>
+      <c r="O38" s="87"/>
+      <c r="P38" s="87"/>
+      <c r="Q38" s="87"/>
+      <c r="R38" s="87"/>
+      <c r="S38" s="87"/>
       <c r="T38" s="59"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="F39" s="92"/>
-[...12 lines deleted...]
-      <c r="S39" s="92"/>
+      <c r="F39" s="87"/>
+      <c r="G39" s="87"/>
+      <c r="H39" s="87"/>
+      <c r="I39" s="87"/>
+      <c r="J39" s="87"/>
+      <c r="K39" s="87"/>
+      <c r="L39" s="87"/>
+      <c r="M39" s="87"/>
+      <c r="N39" s="87"/>
+      <c r="O39" s="87"/>
+      <c r="P39" s="87"/>
+      <c r="Q39" s="87"/>
+      <c r="R39" s="87"/>
+      <c r="S39" s="87"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B40" s="113"/>
-      <c r="C40" s="114"/>
+      <c r="B40" s="126"/>
+      <c r="C40" s="127"/>
       <c r="E40" s="56" t="s">
         <v>159</v>
       </c>
       <c r="F40" s="56"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B41" s="115"/>
-      <c r="C41" s="116"/>
+      <c r="B41" s="128"/>
+      <c r="C41" s="129"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B42" s="115"/>
-[...3 lines deleted...]
-      <c r="G42" s="119"/>
+      <c r="B42" s="128"/>
+      <c r="C42" s="129"/>
+      <c r="E42" s="130"/>
+      <c r="F42" s="131"/>
+      <c r="G42" s="132"/>
       <c r="I42" s="52" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B43" s="115"/>
-      <c r="C43" s="116"/>
+      <c r="B43" s="128"/>
+      <c r="C43" s="129"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B44" s="115"/>
-      <c r="C44" s="116"/>
+      <c r="B44" s="128"/>
+      <c r="C44" s="129"/>
       <c r="G44" s="63"/>
       <c r="I44" s="52" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B45" s="115"/>
-      <c r="C45" s="116"/>
+      <c r="B45" s="128"/>
+      <c r="C45" s="129"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B46" s="115"/>
-      <c r="C46" s="116"/>
+      <c r="B46" s="128"/>
+      <c r="C46" s="129"/>
       <c r="G46" s="63"/>
       <c r="I46" s="52" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B47" s="115"/>
-      <c r="C47" s="116"/>
+      <c r="B47" s="128"/>
+      <c r="C47" s="129"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B48" s="115"/>
-      <c r="C48" s="116"/>
+      <c r="B48" s="128"/>
+      <c r="C48" s="129"/>
       <c r="E48" s="63"/>
       <c r="F48" s="64" t="s">
         <v>163</v>
       </c>
-      <c r="I48" s="92" t="s">
+      <c r="I48" s="87" t="s">
         <v>164</v>
       </c>
-      <c r="J48" s="92"/>
-[...8 lines deleted...]
-      <c r="S48" s="92"/>
+      <c r="J48" s="87"/>
+      <c r="K48" s="87"/>
+      <c r="L48" s="87"/>
+      <c r="M48" s="87"/>
+      <c r="N48" s="87"/>
+      <c r="O48" s="87"/>
+      <c r="P48" s="87"/>
+      <c r="Q48" s="87"/>
+      <c r="R48" s="87"/>
+      <c r="S48" s="87"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B49" s="115"/>
-      <c r="C49" s="116"/>
+      <c r="B49" s="128"/>
+      <c r="C49" s="129"/>
       <c r="F49" s="64"/>
-      <c r="I49" s="92"/>
-[...9 lines deleted...]
-      <c r="S49" s="92"/>
+      <c r="I49" s="87"/>
+      <c r="J49" s="87"/>
+      <c r="K49" s="87"/>
+      <c r="L49" s="87"/>
+      <c r="M49" s="87"/>
+      <c r="N49" s="87"/>
+      <c r="O49" s="87"/>
+      <c r="P49" s="87"/>
+      <c r="Q49" s="87"/>
+      <c r="R49" s="87"/>
+      <c r="S49" s="87"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B50" s="115"/>
-      <c r="C50" s="116"/>
+      <c r="B50" s="128"/>
+      <c r="C50" s="129"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B51" s="115"/>
-[...4 lines deleted...]
-      <c r="I51" s="92" t="s">
+      <c r="B51" s="128"/>
+      <c r="C51" s="129"/>
+      <c r="E51" s="80"/>
+      <c r="F51" s="81"/>
+      <c r="G51" s="82"/>
+      <c r="I51" s="87" t="s">
         <v>165</v>
       </c>
-      <c r="J51" s="92"/>
-[...8 lines deleted...]
-      <c r="S51" s="92"/>
+      <c r="J51" s="87"/>
+      <c r="K51" s="87"/>
+      <c r="L51" s="87"/>
+      <c r="M51" s="87"/>
+      <c r="N51" s="87"/>
+      <c r="O51" s="87"/>
+      <c r="P51" s="87"/>
+      <c r="Q51" s="87"/>
+      <c r="R51" s="87"/>
+      <c r="S51" s="87"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B52" s="115"/>
-      <c r="C52" s="116"/>
+      <c r="B52" s="128"/>
+      <c r="C52" s="129"/>
       <c r="E52" s="65"/>
       <c r="F52" s="65"/>
       <c r="G52" s="65"/>
-      <c r="I52" s="92"/>
-[...9 lines deleted...]
-      <c r="S52" s="92"/>
+      <c r="I52" s="87"/>
+      <c r="J52" s="87"/>
+      <c r="K52" s="87"/>
+      <c r="L52" s="87"/>
+      <c r="M52" s="87"/>
+      <c r="N52" s="87"/>
+      <c r="O52" s="87"/>
+      <c r="P52" s="87"/>
+      <c r="Q52" s="87"/>
+      <c r="R52" s="87"/>
+      <c r="S52" s="87"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B53" s="115"/>
-      <c r="C53" s="116"/>
+      <c r="B53" s="128"/>
+      <c r="C53" s="129"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="115"/>
-[...3 lines deleted...]
-      <c r="I54" s="92" t="s">
+      <c r="B54" s="128"/>
+      <c r="C54" s="129"/>
+      <c r="F54" s="83"/>
+      <c r="G54" s="84"/>
+      <c r="I54" s="87" t="s">
         <v>166</v>
       </c>
-      <c r="J54" s="92"/>
-[...8 lines deleted...]
-      <c r="S54" s="92"/>
+      <c r="J54" s="87"/>
+      <c r="K54" s="87"/>
+      <c r="L54" s="87"/>
+      <c r="M54" s="87"/>
+      <c r="N54" s="87"/>
+      <c r="O54" s="87"/>
+      <c r="P54" s="87"/>
+      <c r="Q54" s="87"/>
+      <c r="R54" s="87"/>
+      <c r="S54" s="87"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B55" s="115"/>
-[...13 lines deleted...]
-      <c r="S55" s="92"/>
+      <c r="B55" s="128"/>
+      <c r="C55" s="129"/>
+      <c r="F55" s="85"/>
+      <c r="G55" s="86"/>
+      <c r="I55" s="87"/>
+      <c r="J55" s="87"/>
+      <c r="K55" s="87"/>
+      <c r="L55" s="87"/>
+      <c r="M55" s="87"/>
+      <c r="N55" s="87"/>
+      <c r="O55" s="87"/>
+      <c r="P55" s="87"/>
+      <c r="Q55" s="87"/>
+      <c r="R55" s="87"/>
+      <c r="S55" s="87"/>
     </row>
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B56" s="115"/>
-      <c r="C56" s="116"/>
+      <c r="B56" s="128"/>
+      <c r="C56" s="129"/>
       <c r="F56" s="65"/>
       <c r="G56" s="65"/>
-      <c r="I56" s="92"/>
-[...9 lines deleted...]
-      <c r="S56" s="92"/>
+      <c r="I56" s="87"/>
+      <c r="J56" s="87"/>
+      <c r="K56" s="87"/>
+      <c r="L56" s="87"/>
+      <c r="M56" s="87"/>
+      <c r="N56" s="87"/>
+      <c r="O56" s="87"/>
+      <c r="P56" s="87"/>
+      <c r="Q56" s="87"/>
+      <c r="R56" s="87"/>
+      <c r="S56" s="87"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B57" s="115"/>
-      <c r="C57" s="116"/>
+      <c r="B57" s="128"/>
+      <c r="C57" s="129"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="115"/>
-[...1 lines deleted...]
-      <c r="E58" s="127" t="s">
+      <c r="B58" s="128"/>
+      <c r="C58" s="129"/>
+      <c r="E58" s="88" t="s">
         <v>167</v>
       </c>
-      <c r="F58" s="128"/>
-[...1 lines deleted...]
-      <c r="I58" s="92" t="s">
+      <c r="F58" s="89"/>
+      <c r="G58" s="90"/>
+      <c r="I58" s="87" t="s">
         <v>168</v>
       </c>
-      <c r="J58" s="92"/>
-[...8 lines deleted...]
-      <c r="S58" s="92"/>
+      <c r="J58" s="87"/>
+      <c r="K58" s="87"/>
+      <c r="L58" s="87"/>
+      <c r="M58" s="87"/>
+      <c r="N58" s="87"/>
+      <c r="O58" s="87"/>
+      <c r="P58" s="87"/>
+      <c r="Q58" s="87"/>
+      <c r="R58" s="87"/>
+      <c r="S58" s="87"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B59" s="115"/>
-[...14 lines deleted...]
-      <c r="S59" s="92"/>
+      <c r="B59" s="128"/>
+      <c r="C59" s="129"/>
+      <c r="E59" s="91"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="93"/>
+      <c r="I59" s="87"/>
+      <c r="J59" s="87"/>
+      <c r="K59" s="87"/>
+      <c r="L59" s="87"/>
+      <c r="M59" s="87"/>
+      <c r="N59" s="87"/>
+      <c r="O59" s="87"/>
+      <c r="P59" s="87"/>
+      <c r="Q59" s="87"/>
+      <c r="R59" s="87"/>
+      <c r="S59" s="87"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B60" s="115"/>
-      <c r="C60" s="116"/>
+      <c r="B60" s="128"/>
+      <c r="C60" s="129"/>
       <c r="E60" s="56"/>
       <c r="F60" s="56"/>
       <c r="G60" s="56"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="115"/>
-[...1 lines deleted...]
-      <c r="E61" s="101" t="s">
+      <c r="B61" s="128"/>
+      <c r="C61" s="129"/>
+      <c r="E61" s="114" t="s">
         <v>163</v>
       </c>
-      <c r="F61" s="102"/>
-[...1 lines deleted...]
-      <c r="I61" s="92" t="s">
+      <c r="F61" s="115"/>
+      <c r="G61" s="116"/>
+      <c r="I61" s="87" t="s">
         <v>169</v>
       </c>
-      <c r="J61" s="92"/>
-[...8 lines deleted...]
-      <c r="S61" s="92"/>
+      <c r="J61" s="87"/>
+      <c r="K61" s="87"/>
+      <c r="L61" s="87"/>
+      <c r="M61" s="87"/>
+      <c r="N61" s="87"/>
+      <c r="O61" s="87"/>
+      <c r="P61" s="87"/>
+      <c r="Q61" s="87"/>
+      <c r="R61" s="87"/>
+      <c r="S61" s="87"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B62" s="115"/>
-[...14 lines deleted...]
-      <c r="S62" s="92"/>
+      <c r="B62" s="128"/>
+      <c r="C62" s="129"/>
+      <c r="E62" s="117"/>
+      <c r="F62" s="118"/>
+      <c r="G62" s="119"/>
+      <c r="I62" s="87"/>
+      <c r="J62" s="87"/>
+      <c r="K62" s="87"/>
+      <c r="L62" s="87"/>
+      <c r="M62" s="87"/>
+      <c r="N62" s="87"/>
+      <c r="O62" s="87"/>
+      <c r="P62" s="87"/>
+      <c r="Q62" s="87"/>
+      <c r="R62" s="87"/>
+      <c r="S62" s="87"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B63" s="115"/>
-      <c r="C63" s="116"/>
+      <c r="B63" s="128"/>
+      <c r="C63" s="129"/>
       <c r="E63" s="56"/>
       <c r="F63" s="56"/>
       <c r="G63" s="56"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B64" s="115"/>
-[...1 lines deleted...]
-      <c r="E64" s="107" t="s">
+      <c r="B64" s="128"/>
+      <c r="C64" s="129"/>
+      <c r="E64" s="120" t="s">
         <v>163</v>
       </c>
-      <c r="F64" s="108"/>
-      <c r="G64" s="109"/>
+      <c r="F64" s="121"/>
+      <c r="G64" s="122"/>
       <c r="I64" s="66" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="B65" s="115"/>
-[...3 lines deleted...]
-      <c r="G65" s="112"/>
+      <c r="B65" s="128"/>
+      <c r="C65" s="129"/>
+      <c r="E65" s="123"/>
+      <c r="F65" s="124"/>
+      <c r="G65" s="125"/>
       <c r="I65" s="66"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B66" s="76"/>
       <c r="C66" s="77"/>
       <c r="E66" s="75"/>
       <c r="F66" s="75"/>
       <c r="G66" s="75"/>
       <c r="I66" s="66"/>
     </row>
     <row r="67" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B67" s="76"/>
       <c r="C67" s="77"/>
-      <c r="E67" s="80" t="s">
+      <c r="E67" s="94" t="s">
         <v>163</v>
       </c>
-      <c r="F67" s="81"/>
-      <c r="G67" s="82"/>
+      <c r="F67" s="95"/>
+      <c r="G67" s="96"/>
       <c r="I67" s="66" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="68" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B68" s="78"/>
       <c r="C68" s="79"/>
-      <c r="E68" s="83"/>
-[...1 lines deleted...]
-      <c r="G68" s="85"/>
+      <c r="E68" s="97"/>
+      <c r="F68" s="98"/>
+      <c r="G68" s="99"/>
       <c r="I68" s="66"/>
     </row>
     <row r="69" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="73" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="74" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="75" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="dXzACYKzH8wic+agz9GKD0c2qvIprzBVi8dBq3OiUmrLfVDSd1eIdvtYbI2S0XDlFTdCC+ZKihr8LaEKGq2nPA==" saltValue="5w+j8p+PXrkJ3r4FVUTMkw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="22">
-    <mergeCell ref="E58:G59"/>
-[...4 lines deleted...]
-    <mergeCell ref="I54:S56"/>
     <mergeCell ref="E67:G68"/>
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="P5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
+    <mergeCell ref="E58:G59"/>
+    <mergeCell ref="I48:S49"/>
+    <mergeCell ref="E51:G51"/>
+    <mergeCell ref="I51:S52"/>
+    <mergeCell ref="F54:G55"/>
+    <mergeCell ref="I54:S56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{3D42913F-ADC5-4023-B866-9D2396336E0D}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{59AD87A2-BB8E-4CB4-8D60-0B0BB5D88E19}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{542510DC-116E-4980-B0EC-458E0D02BD8E}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -20687,500 +20860,501 @@
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:XFC290"/>
+  <dimension ref="A1:XFC285"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="6" width="3" style="10" customWidth="1"/>
     <col min="7" max="7" width="4.7109375" style="10" customWidth="1"/>
     <col min="8" max="10" width="3" style="10" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="10" customWidth="1"/>
     <col min="12" max="15" width="3" style="10" customWidth="1"/>
     <col min="16" max="16" width="3.85546875" style="10" customWidth="1"/>
     <col min="17" max="17" width="3.7109375" style="10" customWidth="1"/>
     <col min="18" max="19" width="3" style="10" customWidth="1"/>
     <col min="20" max="20" width="3.7109375" style="10" customWidth="1"/>
     <col min="21" max="23" width="3" style="10" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="10" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="10" customWidth="1"/>
     <col min="26" max="28" width="3" style="10" customWidth="1"/>
     <col min="29" max="29" width="4.42578125" style="10" customWidth="1"/>
     <col min="30" max="37" width="3" style="10" customWidth="1"/>
     <col min="38" max="38" width="4.7109375" style="10" customWidth="1"/>
-    <col min="39" max="39" width="1.140625" style="26" hidden="1"/>
-    <col min="40" max="16285" width="2.28515625" style="26" hidden="1"/>
+    <col min="39" max="46" width="2.28515625" style="26" hidden="1"/>
+    <col min="47" max="47" width="6.28515625" style="26" hidden="1"/>
+    <col min="48" max="16285" width="2.28515625" style="26" hidden="1"/>
     <col min="16286" max="16383" width="3" style="26" hidden="1"/>
     <col min="16384" max="16384" width="2.28515625" style="26" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:38" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="221"/>
-[...4 lines deleted...]
-      <c r="G2" s="230" t="s">
+      <c r="B2" s="152"/>
+      <c r="C2" s="153"/>
+      <c r="D2" s="153"/>
+      <c r="E2" s="153"/>
+      <c r="F2" s="154"/>
+      <c r="G2" s="161" t="s">
         <v>172</v>
       </c>
-      <c r="H2" s="231"/>
-[...7 lines deleted...]
-      <c r="P2" s="239" t="s">
+      <c r="H2" s="162"/>
+      <c r="I2" s="162"/>
+      <c r="J2" s="162"/>
+      <c r="K2" s="162"/>
+      <c r="L2" s="162"/>
+      <c r="M2" s="162"/>
+      <c r="N2" s="162"/>
+      <c r="O2" s="163"/>
+      <c r="P2" s="170" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="240"/>
-[...7 lines deleted...]
-      <c r="Y2" s="248" t="s">
+      <c r="Q2" s="171"/>
+      <c r="R2" s="171"/>
+      <c r="S2" s="171"/>
+      <c r="T2" s="171"/>
+      <c r="U2" s="171"/>
+      <c r="V2" s="171"/>
+      <c r="W2" s="171"/>
+      <c r="X2" s="172"/>
+      <c r="Y2" s="179" t="s">
         <v>235</v>
       </c>
-      <c r="Z2" s="249"/>
-[...10 lines deleted...]
-      <c r="AK2" s="250"/>
+      <c r="Z2" s="180"/>
+      <c r="AA2" s="180"/>
+      <c r="AB2" s="180"/>
+      <c r="AC2" s="180"/>
+      <c r="AD2" s="180"/>
+      <c r="AE2" s="180"/>
+      <c r="AF2" s="180"/>
+      <c r="AG2" s="180"/>
+      <c r="AH2" s="180"/>
+      <c r="AI2" s="180"/>
+      <c r="AJ2" s="180"/>
+      <c r="AK2" s="181"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="224"/>
-[...34 lines deleted...]
-      <c r="AK3" s="253"/>
+      <c r="B3" s="155"/>
+      <c r="C3" s="156"/>
+      <c r="D3" s="156"/>
+      <c r="E3" s="156"/>
+      <c r="F3" s="157"/>
+      <c r="G3" s="164"/>
+      <c r="H3" s="165"/>
+      <c r="I3" s="165"/>
+      <c r="J3" s="165"/>
+      <c r="K3" s="165"/>
+      <c r="L3" s="165"/>
+      <c r="M3" s="165"/>
+      <c r="N3" s="165"/>
+      <c r="O3" s="166"/>
+      <c r="P3" s="173"/>
+      <c r="Q3" s="174"/>
+      <c r="R3" s="174"/>
+      <c r="S3" s="174"/>
+      <c r="T3" s="174"/>
+      <c r="U3" s="174"/>
+      <c r="V3" s="174"/>
+      <c r="W3" s="174"/>
+      <c r="X3" s="175"/>
+      <c r="Y3" s="182"/>
+      <c r="Z3" s="183"/>
+      <c r="AA3" s="183"/>
+      <c r="AB3" s="183"/>
+      <c r="AC3" s="183"/>
+      <c r="AD3" s="183"/>
+      <c r="AE3" s="183"/>
+      <c r="AF3" s="183"/>
+      <c r="AG3" s="183"/>
+      <c r="AH3" s="183"/>
+      <c r="AI3" s="183"/>
+      <c r="AJ3" s="183"/>
+      <c r="AK3" s="184"/>
       <c r="AL3" s="1"/>
     </row>
     <row r="4" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="224"/>
-[...34 lines deleted...]
-      <c r="AK4" s="253"/>
+      <c r="B4" s="155"/>
+      <c r="C4" s="156"/>
+      <c r="D4" s="156"/>
+      <c r="E4" s="156"/>
+      <c r="F4" s="157"/>
+      <c r="G4" s="164"/>
+      <c r="H4" s="165"/>
+      <c r="I4" s="165"/>
+      <c r="J4" s="165"/>
+      <c r="K4" s="165"/>
+      <c r="L4" s="165"/>
+      <c r="M4" s="165"/>
+      <c r="N4" s="165"/>
+      <c r="O4" s="166"/>
+      <c r="P4" s="173"/>
+      <c r="Q4" s="174"/>
+      <c r="R4" s="174"/>
+      <c r="S4" s="174"/>
+      <c r="T4" s="174"/>
+      <c r="U4" s="174"/>
+      <c r="V4" s="174"/>
+      <c r="W4" s="174"/>
+      <c r="X4" s="175"/>
+      <c r="Y4" s="182"/>
+      <c r="Z4" s="183"/>
+      <c r="AA4" s="183"/>
+      <c r="AB4" s="183"/>
+      <c r="AC4" s="183"/>
+      <c r="AD4" s="183"/>
+      <c r="AE4" s="183"/>
+      <c r="AF4" s="183"/>
+      <c r="AG4" s="183"/>
+      <c r="AH4" s="183"/>
+      <c r="AI4" s="183"/>
+      <c r="AJ4" s="183"/>
+      <c r="AK4" s="184"/>
       <c r="AL4" s="1"/>
     </row>
     <row r="5" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="227"/>
-[...34 lines deleted...]
-      <c r="AK5" s="256"/>
+      <c r="B5" s="158"/>
+      <c r="C5" s="159"/>
+      <c r="D5" s="159"/>
+      <c r="E5" s="159"/>
+      <c r="F5" s="160"/>
+      <c r="G5" s="167"/>
+      <c r="H5" s="168"/>
+      <c r="I5" s="168"/>
+      <c r="J5" s="168"/>
+      <c r="K5" s="168"/>
+      <c r="L5" s="168"/>
+      <c r="M5" s="168"/>
+      <c r="N5" s="168"/>
+      <c r="O5" s="169"/>
+      <c r="P5" s="176"/>
+      <c r="Q5" s="177"/>
+      <c r="R5" s="177"/>
+      <c r="S5" s="177"/>
+      <c r="T5" s="177"/>
+      <c r="U5" s="177"/>
+      <c r="V5" s="177"/>
+      <c r="W5" s="177"/>
+      <c r="X5" s="178"/>
+      <c r="Y5" s="185"/>
+      <c r="Z5" s="186"/>
+      <c r="AA5" s="186"/>
+      <c r="AB5" s="186"/>
+      <c r="AC5" s="186"/>
+      <c r="AD5" s="186"/>
+      <c r="AE5" s="186"/>
+      <c r="AF5" s="186"/>
+      <c r="AG5" s="186"/>
+      <c r="AH5" s="186"/>
+      <c r="AI5" s="186"/>
+      <c r="AJ5" s="186"/>
+      <c r="AK5" s="187"/>
       <c r="AL5" s="1"/>
     </row>
     <row r="6" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
     </row>
     <row r="7" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="147" t="s">
+      <c r="B7" s="188" t="s">
         <v>173</v>
       </c>
-      <c r="C7" s="147"/>
-[...13 lines deleted...]
-      <c r="Q7" s="258" t="s">
+      <c r="C7" s="188"/>
+      <c r="D7" s="188"/>
+      <c r="E7" s="189"/>
+      <c r="F7" s="190"/>
+      <c r="G7" s="191"/>
+      <c r="H7" s="191"/>
+      <c r="I7" s="191"/>
+      <c r="J7" s="191"/>
+      <c r="K7" s="191"/>
+      <c r="L7" s="191"/>
+      <c r="M7" s="191"/>
+      <c r="N7" s="191"/>
+      <c r="O7" s="191"/>
+      <c r="P7" s="192"/>
+      <c r="Q7" s="193" t="s">
         <v>175</v>
       </c>
-      <c r="R7" s="215"/>
-[...7 lines deleted...]
-      <c r="Z7" s="261"/>
+      <c r="R7" s="194"/>
+      <c r="S7" s="194"/>
+      <c r="T7" s="195"/>
+      <c r="U7" s="196"/>
+      <c r="V7" s="197"/>
+      <c r="W7" s="197"/>
+      <c r="X7" s="197"/>
+      <c r="Y7" s="197"/>
+      <c r="Z7" s="198"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="215" t="s">
+      <c r="AB7" s="194" t="s">
         <v>4</v>
       </c>
-      <c r="AC7" s="215"/>
-[...7 lines deleted...]
-      <c r="AK7" s="261"/>
+      <c r="AC7" s="194"/>
+      <c r="AD7" s="194"/>
+      <c r="AE7" s="195"/>
+      <c r="AF7" s="196"/>
+      <c r="AG7" s="197"/>
+      <c r="AH7" s="197"/>
+      <c r="AI7" s="197"/>
+      <c r="AJ7" s="197"/>
+      <c r="AK7" s="198"/>
       <c r="AL7" s="1"/>
     </row>
     <row r="8" spans="1:38" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
     </row>
     <row r="9" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="9" t="s">
         <v>174</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="219"/>
-[...30 lines deleted...]
-      <c r="AK9" s="220"/>
+      <c r="F9" s="190"/>
+      <c r="G9" s="191"/>
+      <c r="H9" s="191"/>
+      <c r="I9" s="191"/>
+      <c r="J9" s="191"/>
+      <c r="K9" s="191"/>
+      <c r="L9" s="191"/>
+      <c r="M9" s="191"/>
+      <c r="N9" s="191"/>
+      <c r="O9" s="191"/>
+      <c r="P9" s="191"/>
+      <c r="Q9" s="191"/>
+      <c r="R9" s="191"/>
+      <c r="S9" s="191"/>
+      <c r="T9" s="191"/>
+      <c r="U9" s="191"/>
+      <c r="V9" s="191"/>
+      <c r="W9" s="191"/>
+      <c r="X9" s="191"/>
+      <c r="Y9" s="191"/>
+      <c r="Z9" s="191"/>
+      <c r="AA9" s="191"/>
+      <c r="AB9" s="191"/>
+      <c r="AC9" s="191"/>
+      <c r="AD9" s="191"/>
+      <c r="AE9" s="191"/>
+      <c r="AF9" s="191"/>
+      <c r="AG9" s="191"/>
+      <c r="AH9" s="191"/>
+      <c r="AI9" s="191"/>
+      <c r="AJ9" s="191"/>
+      <c r="AK9" s="192"/>
       <c r="AL9" s="1"/>
     </row>
     <row r="10" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
       <c r="W10" s="6"/>
       <c r="X10" s="6"/>
       <c r="Y10" s="6"/>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6"/>
       <c r="AB10" s="6"/>
       <c r="AC10" s="6"/>
       <c r="AD10" s="6"/>
       <c r="AE10" s="6"/>
       <c r="AF10" s="6"/>
       <c r="AG10" s="6"/>
       <c r="AH10" s="6"/>
       <c r="AI10" s="6"/>
       <c r="AJ10" s="6"/>
       <c r="AK10" s="6"/>
       <c r="AL10" s="1"/>
     </row>
     <row r="11" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="b">
         <v>0</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
@@ -21274,63 +21448,63 @@
       <c r="AH13" s="9"/>
       <c r="AI13" s="9"/>
       <c r="AJ13" s="9"/>
       <c r="AK13" s="9"/>
       <c r="AL13" s="1"/>
     </row>
     <row r="14" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="1"/>
       <c r="P14" s="9"/>
-      <c r="Q14" s="217"/>
-[...1 lines deleted...]
-      <c r="S14" s="218"/>
+      <c r="Q14" s="199"/>
+      <c r="R14" s="200"/>
+      <c r="S14" s="200"/>
       <c r="T14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
-      <c r="Z14" s="217"/>
-[...1 lines deleted...]
-      <c r="AB14" s="218"/>
+      <c r="Z14" s="199"/>
+      <c r="AA14" s="200"/>
+      <c r="AB14" s="200"/>
       <c r="AC14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="9"/>
       <c r="AG14" s="9"/>
       <c r="AH14" s="9"/>
       <c r="AI14" s="9"/>
       <c r="AJ14" s="9"/>
       <c r="AK14" s="9"/>
       <c r="AL14" s="1"/>
     </row>
     <row r="15" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
@@ -21399,201 +21573,201 @@
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
     </row>
     <row r="17" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
-      <c r="Q17" s="214"/>
-[...1 lines deleted...]
-      <c r="S17" s="208"/>
+      <c r="Q17" s="201"/>
+      <c r="R17" s="202"/>
+      <c r="S17" s="202"/>
       <c r="T17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="214"/>
-[...1 lines deleted...]
-      <c r="AB17" s="208"/>
+      <c r="Z17" s="201"/>
+      <c r="AA17" s="202"/>
+      <c r="AB17" s="202"/>
       <c r="AC17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
     </row>
     <row r="18" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1"/>
       <c r="B18" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
-      <c r="Z18" s="197"/>
-[...1 lines deleted...]
-      <c r="AB18" s="198"/>
+      <c r="Z18" s="203"/>
+      <c r="AA18" s="148"/>
+      <c r="AB18" s="148"/>
       <c r="AC18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
     </row>
     <row r="19" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="14"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
-      <c r="U19" s="208"/>
-[...1 lines deleted...]
-      <c r="W19" s="208"/>
+      <c r="U19" s="202"/>
+      <c r="V19" s="202"/>
+      <c r="W19" s="202"/>
       <c r="X19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="Y19" s="9"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="9"/>
       <c r="AB19" s="9"/>
       <c r="AC19" s="9"/>
-      <c r="AD19" s="208"/>
-[...1 lines deleted...]
-      <c r="AF19" s="208"/>
+      <c r="AD19" s="202"/>
+      <c r="AE19" s="202"/>
+      <c r="AF19" s="202"/>
       <c r="AG19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="AH19" s="9"/>
       <c r="AI19" s="9"/>
       <c r="AJ19" s="9"/>
       <c r="AK19" s="9"/>
       <c r="AL19" s="1"/>
     </row>
     <row r="20" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1"/>
       <c r="B20" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
-      <c r="AD20" s="198"/>
-[...1 lines deleted...]
-      <c r="AF20" s="198"/>
+      <c r="AD20" s="148"/>
+      <c r="AE20" s="148"/>
+      <c r="AF20" s="148"/>
       <c r="AG20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AU20" s="45"/>
     </row>
     <row r="21" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
@@ -21619,126 +21793,126 @@
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
     </row>
     <row r="22" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1"/>
       <c r="B22" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
-      <c r="Q22" s="212">
+      <c r="Q22" s="204">
         <f>SUM(Q17)</f>
         <v>0</v>
       </c>
-      <c r="R22" s="213"/>
-      <c r="S22" s="213"/>
+      <c r="R22" s="205"/>
+      <c r="S22" s="205"/>
       <c r="T22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
-      <c r="Z22" s="212">
+      <c r="Z22" s="204">
         <f>SUM(Z17:AB18)</f>
         <v>0</v>
       </c>
-      <c r="AA22" s="213"/>
-      <c r="AB22" s="213"/>
+      <c r="AA22" s="205"/>
+      <c r="AB22" s="205"/>
       <c r="AC22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1"/>
       <c r="AK22" s="1"/>
       <c r="AL22" s="1"/>
     </row>
     <row r="23" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
-      <c r="U23" s="213">
+      <c r="U23" s="205">
         <f>SUM(U19)</f>
         <v>0</v>
       </c>
-      <c r="V23" s="213"/>
-      <c r="W23" s="213"/>
+      <c r="V23" s="205"/>
+      <c r="W23" s="205"/>
       <c r="X23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="Y23" s="1"/>
       <c r="Z23" s="14"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
-      <c r="AD23" s="213">
+      <c r="AD23" s="205">
         <f>SUM(AD19:AF20)</f>
         <v>0</v>
       </c>
-      <c r="AE23" s="213"/>
-      <c r="AF23" s="213"/>
+      <c r="AE23" s="205"/>
+      <c r="AF23" s="205"/>
       <c r="AG23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
       <c r="AJ23" s="1"/>
       <c r="AK23" s="1"/>
       <c r="AL23" s="1"/>
     </row>
     <row r="24" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
       <c r="M24" s="12"/>
       <c r="N24" s="12"/>
       <c r="O24" s="12"/>
@@ -21805,358 +21979,358 @@
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
     </row>
     <row r="26" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
-      <c r="Q26" s="214"/>
-[...1 lines deleted...]
-      <c r="S26" s="208"/>
+      <c r="Q26" s="201"/>
+      <c r="R26" s="202"/>
+      <c r="S26" s="202"/>
       <c r="T26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U26" s="199" t="str">
+      <c r="U26" s="206" t="str">
         <f t="shared" ref="U26:U31" si="0">IFERROR(Q26*1000/$Q$14,"")</f>
         <v/>
       </c>
-      <c r="V26" s="199"/>
-      <c r="W26" s="199"/>
+      <c r="V26" s="206"/>
+      <c r="W26" s="206"/>
       <c r="X26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y26" s="1"/>
-      <c r="Z26" s="214"/>
-[...1 lines deleted...]
-      <c r="AB26" s="208"/>
+      <c r="Z26" s="201"/>
+      <c r="AA26" s="202"/>
+      <c r="AB26" s="202"/>
       <c r="AC26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD26" s="199" t="str">
+      <c r="AD26" s="206" t="str">
         <f t="shared" ref="AD26:AD31" si="1">IFERROR(Z26*1000/$Z$14,"")</f>
         <v/>
       </c>
-      <c r="AE26" s="199"/>
-      <c r="AF26" s="199"/>
+      <c r="AE26" s="206"/>
+      <c r="AF26" s="206"/>
       <c r="AG26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
     </row>
     <row r="27" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
-      <c r="Q27" s="197"/>
-[...1 lines deleted...]
-      <c r="S27" s="198"/>
+      <c r="Q27" s="203"/>
+      <c r="R27" s="148"/>
+      <c r="S27" s="148"/>
       <c r="T27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U27" s="199" t="str">
+      <c r="U27" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V27" s="199"/>
-      <c r="W27" s="199"/>
+      <c r="V27" s="206"/>
+      <c r="W27" s="206"/>
       <c r="X27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y27" s="1"/>
-      <c r="Z27" s="197"/>
-[...1 lines deleted...]
-      <c r="AB27" s="198"/>
+      <c r="Z27" s="203"/>
+      <c r="AA27" s="148"/>
+      <c r="AB27" s="148"/>
       <c r="AC27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD27" s="199" t="str">
+      <c r="AD27" s="206" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE27" s="199"/>
-      <c r="AF27" s="199"/>
+      <c r="AE27" s="206"/>
+      <c r="AF27" s="206"/>
       <c r="AG27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
     </row>
     <row r="28" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
-      <c r="Q28" s="197"/>
-[...1 lines deleted...]
-      <c r="S28" s="198"/>
+      <c r="Q28" s="203"/>
+      <c r="R28" s="148"/>
+      <c r="S28" s="148"/>
       <c r="T28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U28" s="199" t="str">
+      <c r="U28" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V28" s="199"/>
-      <c r="W28" s="199"/>
+      <c r="V28" s="206"/>
+      <c r="W28" s="206"/>
       <c r="X28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y28" s="1"/>
-      <c r="Z28" s="197"/>
-[...1 lines deleted...]
-      <c r="AB28" s="198"/>
+      <c r="Z28" s="203"/>
+      <c r="AA28" s="148"/>
+      <c r="AB28" s="148"/>
       <c r="AC28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD28" s="199" t="str">
+      <c r="AD28" s="206" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE28" s="199"/>
-      <c r="AF28" s="199"/>
+      <c r="AE28" s="206"/>
+      <c r="AF28" s="206"/>
       <c r="AG28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
     </row>
     <row r="29" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="20" t="s">
         <v>188</v>
       </c>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
-      <c r="Q29" s="197"/>
-[...1 lines deleted...]
-      <c r="S29" s="198"/>
+      <c r="Q29" s="203"/>
+      <c r="R29" s="148"/>
+      <c r="S29" s="148"/>
       <c r="T29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U29" s="199" t="str">
+      <c r="U29" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V29" s="199"/>
-      <c r="W29" s="199"/>
+      <c r="V29" s="206"/>
+      <c r="W29" s="206"/>
       <c r="X29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y29" s="1"/>
-      <c r="Z29" s="197"/>
-[...1 lines deleted...]
-      <c r="AB29" s="198"/>
+      <c r="Z29" s="203"/>
+      <c r="AA29" s="148"/>
+      <c r="AB29" s="148"/>
       <c r="AC29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD29" s="199" t="str">
+      <c r="AD29" s="206" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE29" s="199"/>
-      <c r="AF29" s="199"/>
+      <c r="AE29" s="206"/>
+      <c r="AF29" s="206"/>
       <c r="AG29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
     </row>
     <row r="30" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
         <v>189</v>
       </c>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
-      <c r="Q30" s="197"/>
-[...1 lines deleted...]
-      <c r="S30" s="198"/>
+      <c r="Q30" s="203"/>
+      <c r="R30" s="148"/>
+      <c r="S30" s="148"/>
       <c r="T30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U30" s="199" t="str">
+      <c r="U30" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V30" s="199"/>
-      <c r="W30" s="199"/>
+      <c r="V30" s="206"/>
+      <c r="W30" s="206"/>
       <c r="X30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y30" s="1"/>
-      <c r="Z30" s="197"/>
-[...1 lines deleted...]
-      <c r="AB30" s="198"/>
+      <c r="Z30" s="203"/>
+      <c r="AA30" s="148"/>
+      <c r="AB30" s="148"/>
       <c r="AC30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD30" s="199" t="str">
+      <c r="AD30" s="206" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE30" s="199"/>
-      <c r="AF30" s="199"/>
+      <c r="AE30" s="206"/>
+      <c r="AF30" s="206"/>
       <c r="AG30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
     </row>
     <row r="31" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
-      <c r="Q31" s="197"/>
-[...1 lines deleted...]
-      <c r="S31" s="198"/>
+      <c r="Q31" s="203"/>
+      <c r="R31" s="148"/>
+      <c r="S31" s="148"/>
       <c r="T31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U31" s="199" t="str">
+      <c r="U31" s="206" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V31" s="199"/>
-      <c r="W31" s="199"/>
+      <c r="V31" s="206"/>
+      <c r="W31" s="206"/>
       <c r="X31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y31" s="1"/>
-      <c r="Z31" s="197"/>
-[...1 lines deleted...]
-      <c r="AB31" s="198"/>
+      <c r="Z31" s="203"/>
+      <c r="AA31" s="148"/>
+      <c r="AB31" s="148"/>
       <c r="AC31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD31" s="199" t="str">
+      <c r="AD31" s="206" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE31" s="199"/>
-      <c r="AF31" s="199"/>
+      <c r="AE31" s="206"/>
+      <c r="AF31" s="206"/>
       <c r="AG31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
     </row>
     <row r="32" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
@@ -22181,84 +22355,84 @@
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
     </row>
     <row r="33" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
-      <c r="Q33" s="200">
+      <c r="Q33" s="207">
         <f>SUM(Q26:S31)</f>
         <v>0</v>
       </c>
-      <c r="R33" s="201"/>
-      <c r="S33" s="201"/>
+      <c r="R33" s="208"/>
+      <c r="S33" s="208"/>
       <c r="T33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="U33" s="201">
+      <c r="U33" s="208">
         <f>IFERROR(Q33*1000/Q14,0)</f>
         <v>0</v>
       </c>
-      <c r="V33" s="201"/>
-      <c r="W33" s="201"/>
+      <c r="V33" s="208"/>
+      <c r="W33" s="208"/>
       <c r="X33" s="47" t="s">
         <v>14</v>
       </c>
       <c r="Y33" s="48"/>
-      <c r="Z33" s="201">
+      <c r="Z33" s="208">
         <f>SUM(Z26:AB31)</f>
         <v>0</v>
       </c>
-      <c r="AA33" s="201"/>
-      <c r="AB33" s="201"/>
+      <c r="AA33" s="208"/>
+      <c r="AB33" s="208"/>
       <c r="AC33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="AD33" s="201">
+      <c r="AD33" s="208">
         <f>IFERROR(Z33*1000/Z14,0)</f>
         <v>0</v>
       </c>
-      <c r="AE33" s="201"/>
-      <c r="AF33" s="201"/>
+      <c r="AE33" s="208"/>
+      <c r="AF33" s="208"/>
       <c r="AG33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
     </row>
     <row r="34" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
@@ -22294,104 +22468,104 @@
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="209"/>
       <c r="R35" s="210"/>
       <c r="S35" s="210"/>
       <c r="T35" s="210"/>
       <c r="U35" s="210"/>
       <c r="V35" s="210"/>
       <c r="W35" s="210"/>
       <c r="X35" s="210"/>
       <c r="Y35" s="211"/>
-      <c r="Z35" s="266" t="str">
+      <c r="Z35" s="138" t="str">
         <f>IF(AD33&gt;12,"den Block ''Anforderungen Kälteerzeugung'' ausfüllen'","")</f>
         <v/>
       </c>
-      <c r="AA35" s="267"/>
-[...8 lines deleted...]
-      <c r="AJ35" s="267"/>
+      <c r="AA35" s="139"/>
+      <c r="AB35" s="139"/>
+      <c r="AC35" s="139"/>
+      <c r="AD35" s="139"/>
+      <c r="AE35" s="139"/>
+      <c r="AF35" s="139"/>
+      <c r="AG35" s="139"/>
+      <c r="AH35" s="139"/>
+      <c r="AI35" s="139"/>
+      <c r="AJ35" s="139"/>
       <c r="AK35" s="1"/>
       <c r="AL35" s="1"/>
     </row>
     <row r="36" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="209"/>
       <c r="R36" s="210"/>
       <c r="S36" s="210"/>
       <c r="T36" s="210"/>
       <c r="U36" s="210"/>
       <c r="V36" s="210"/>
       <c r="W36" s="210"/>
       <c r="X36" s="210"/>
       <c r="Y36" s="211"/>
-      <c r="Z36" s="266"/>
-[...9 lines deleted...]
-      <c r="AJ36" s="267"/>
+      <c r="Z36" s="138"/>
+      <c r="AA36" s="139"/>
+      <c r="AB36" s="139"/>
+      <c r="AC36" s="139"/>
+      <c r="AD36" s="139"/>
+      <c r="AE36" s="139"/>
+      <c r="AF36" s="139"/>
+      <c r="AG36" s="139"/>
+      <c r="AH36" s="139"/>
+      <c r="AI36" s="139"/>
+      <c r="AJ36" s="139"/>
       <c r="AK36" s="1"/>
       <c r="AL36" s="1"/>
     </row>
     <row r="37" spans="1:43" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="14"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
@@ -22411,102 +22585,102 @@
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
     </row>
     <row r="38" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
       <c r="B38" s="17" t="str">
         <f>IF(OR(AD33&gt;12,U33&lt;&gt;0),"Das EN-VS-104 ist einzureichen","")</f>
         <v/>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
-      <c r="Q38" s="268" t="str">
+      <c r="Q38" s="140" t="str">
         <f>IF(U33&gt;12,"Werte bei Bedarf für EN-VS-101b und EN-VS-104 übernehmen","")</f>
         <v/>
       </c>
-      <c r="R38" s="269"/>
-[...17 lines deleted...]
-      <c r="AJ38" s="273"/>
+      <c r="R38" s="141"/>
+      <c r="S38" s="141"/>
+      <c r="T38" s="141"/>
+      <c r="U38" s="141"/>
+      <c r="V38" s="141"/>
+      <c r="W38" s="141"/>
+      <c r="X38" s="141"/>
+      <c r="Y38" s="141"/>
+      <c r="Z38" s="144"/>
+      <c r="AA38" s="145"/>
+      <c r="AB38" s="145"/>
+      <c r="AC38" s="145"/>
+      <c r="AD38" s="145"/>
+      <c r="AE38" s="145"/>
+      <c r="AF38" s="145"/>
+      <c r="AG38" s="145"/>
+      <c r="AH38" s="145"/>
+      <c r="AI38" s="145"/>
+      <c r="AJ38" s="145"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
     </row>
     <row r="39" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1"/>
       <c r="B39" s="17"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="6"/>
       <c r="J39" s="6"/>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
-      <c r="Q39" s="270"/>
-[...7 lines deleted...]
-      <c r="Y39" s="271"/>
+      <c r="Q39" s="142"/>
+      <c r="R39" s="143"/>
+      <c r="S39" s="143"/>
+      <c r="T39" s="143"/>
+      <c r="U39" s="143"/>
+      <c r="V39" s="143"/>
+      <c r="W39" s="143"/>
+      <c r="X39" s="143"/>
+      <c r="Y39" s="143"/>
       <c r="Z39" s="36"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="6"/>
       <c r="AD39" s="6"/>
       <c r="AE39" s="6"/>
       <c r="AF39" s="6"/>
       <c r="AG39" s="6"/>
       <c r="AH39" s="6"/>
       <c r="AI39" s="6"/>
       <c r="AJ39" s="6"/>
       <c r="AK39" s="6"/>
       <c r="AL39" s="1"/>
     </row>
     <row r="40" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
@@ -22621,51 +22795,51 @@
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1" t="s">
         <v>25</v>
       </c>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="29"/>
       <c r="AC42" s="29"/>
       <c r="AD42" s="29"/>
       <c r="AE42" s="29"/>
       <c r="AF42" s="29"/>
       <c r="AG42" s="29"/>
       <c r="AH42" s="29"/>
       <c r="AI42" s="29"/>
       <c r="AJ42" s="29"/>
       <c r="AK42" s="29"/>
       <c r="AL42" s="1"/>
       <c r="AN42" s="26">
         <v>3</v>
       </c>
       <c r="AQ42" s="26" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
     </row>
     <row r="43" spans="1:43" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1" t="s">
         <v>196</v>
       </c>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
@@ -22695,75 +22869,75 @@
       <c r="AQ43" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="44" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
-      <c r="S44" s="202"/>
-[...17 lines deleted...]
-      <c r="AK44" s="202"/>
+      <c r="S44" s="149"/>
+      <c r="T44" s="149"/>
+      <c r="U44" s="149"/>
+      <c r="V44" s="149"/>
+      <c r="W44" s="149"/>
+      <c r="X44" s="149"/>
+      <c r="Y44" s="149"/>
+      <c r="Z44" s="149"/>
+      <c r="AA44" s="149"/>
+      <c r="AB44" s="149"/>
+      <c r="AC44" s="149"/>
+      <c r="AD44" s="149"/>
+      <c r="AE44" s="149"/>
+      <c r="AF44" s="149"/>
+      <c r="AG44" s="149"/>
+      <c r="AH44" s="149"/>
+      <c r="AI44" s="149"/>
+      <c r="AJ44" s="149"/>
+      <c r="AK44" s="149"/>
       <c r="AL44" s="1"/>
     </row>
     <row r="45" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="72" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="26"/>
       <c r="R45" s="1"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
       <c r="U45" s="2"/>
       <c r="V45" s="2"/>
       <c r="W45" s="2"/>
       <c r="X45" s="17" t="str">
         <f>IF(OR(AN41=2,AN42=2,AN43=2),"Das EN-VS-104 ist einzureichen","")</f>
         <v/>
@@ -22884,53 +23058,53 @@
       <c r="G48" s="25"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
       <c r="AC48" s="2"/>
-      <c r="AD48" s="203"/>
-[...1 lines deleted...]
-      <c r="AF48" s="203"/>
+      <c r="AD48" s="150"/>
+      <c r="AE48" s="150"/>
+      <c r="AF48" s="150"/>
       <c r="AG48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="AH48" s="2"/>
       <c r="AI48" s="2"/>
       <c r="AJ48" s="2"/>
       <c r="AK48" s="2"/>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="26" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
       <c r="B49" s="25"/>
       <c r="C49" s="25"/>
       <c r="D49" s="25"/>
       <c r="E49" s="25"/>
       <c r="F49" s="25"/>
       <c r="G49" s="25"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
@@ -22950,126 +23124,126 @@
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
       <c r="AC49" s="2"/>
       <c r="AD49" s="2"/>
       <c r="AE49" s="2"/>
       <c r="AF49" s="2"/>
       <c r="AG49" s="2"/>
       <c r="AH49" s="2"/>
       <c r="AI49" s="2"/>
       <c r="AJ49" s="2"/>
       <c r="AK49" s="2"/>
       <c r="AL49" s="1"/>
       <c r="AQ49" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:43" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
-      <c r="I50" s="204" t="s">
+      <c r="I50" s="137" t="s">
         <v>200</v>
       </c>
-      <c r="J50" s="204"/>
-[...26 lines deleted...]
-      <c r="AK50" s="204"/>
+      <c r="J50" s="137"/>
+      <c r="K50" s="137"/>
+      <c r="L50" s="137"/>
+      <c r="M50" s="137"/>
+      <c r="N50" s="137"/>
+      <c r="O50" s="137"/>
+      <c r="P50" s="137"/>
+      <c r="Q50" s="137"/>
+      <c r="R50" s="137"/>
+      <c r="S50" s="137"/>
+      <c r="T50" s="137"/>
+      <c r="U50" s="137"/>
+      <c r="V50" s="137"/>
+      <c r="W50" s="137"/>
+      <c r="X50" s="137"/>
+      <c r="Y50" s="137"/>
+      <c r="Z50" s="137"/>
+      <c r="AA50" s="137"/>
+      <c r="AB50" s="137"/>
+      <c r="AC50" s="137"/>
+      <c r="AD50" s="137"/>
+      <c r="AE50" s="137"/>
+      <c r="AF50" s="137"/>
+      <c r="AG50" s="137"/>
+      <c r="AH50" s="137"/>
+      <c r="AI50" s="137"/>
+      <c r="AJ50" s="137"/>
+      <c r="AK50" s="137"/>
       <c r="AL50" s="1"/>
       <c r="AQ50" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
-      <c r="I51" s="205" t="s">
+      <c r="I51" s="151" t="s">
         <v>200</v>
       </c>
-      <c r="J51" s="205"/>
-[...26 lines deleted...]
-      <c r="AK51" s="205"/>
+      <c r="J51" s="151"/>
+      <c r="K51" s="151"/>
+      <c r="L51" s="151"/>
+      <c r="M51" s="151"/>
+      <c r="N51" s="151"/>
+      <c r="O51" s="151"/>
+      <c r="P51" s="151"/>
+      <c r="Q51" s="151"/>
+      <c r="R51" s="151"/>
+      <c r="S51" s="151"/>
+      <c r="T51" s="151"/>
+      <c r="U51" s="151"/>
+      <c r="V51" s="151"/>
+      <c r="W51" s="151"/>
+      <c r="X51" s="151"/>
+      <c r="Y51" s="151"/>
+      <c r="Z51" s="151"/>
+      <c r="AA51" s="151"/>
+      <c r="AB51" s="151"/>
+      <c r="AC51" s="151"/>
+      <c r="AD51" s="151"/>
+      <c r="AE51" s="151"/>
+      <c r="AF51" s="151"/>
+      <c r="AG51" s="151"/>
+      <c r="AH51" s="151"/>
+      <c r="AI51" s="151"/>
+      <c r="AJ51" s="151"/>
+      <c r="AK51" s="151"/>
       <c r="AL51" s="1"/>
       <c r="AQ51" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="2"/>
@@ -23143,69 +23317,69 @@
       <c r="AQ53" s="26" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
-      <c r="S54" s="202"/>
-[...17 lines deleted...]
-      <c r="AK54" s="202"/>
+      <c r="S54" s="149"/>
+      <c r="T54" s="149"/>
+      <c r="U54" s="149"/>
+      <c r="V54" s="149"/>
+      <c r="W54" s="149"/>
+      <c r="X54" s="149"/>
+      <c r="Y54" s="149"/>
+      <c r="Z54" s="149"/>
+      <c r="AA54" s="149"/>
+      <c r="AB54" s="149"/>
+      <c r="AC54" s="149"/>
+      <c r="AD54" s="149"/>
+      <c r="AE54" s="149"/>
+      <c r="AF54" s="149"/>
+      <c r="AG54" s="149"/>
+      <c r="AH54" s="149"/>
+      <c r="AI54" s="149"/>
+      <c r="AJ54" s="149"/>
+      <c r="AK54" s="149"/>
       <c r="AL54" s="1"/>
       <c r="AQ54" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:43" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="2"/>
@@ -23255,140 +23429,140 @@
       <c r="R56" s="1"/>
       <c r="S56" s="2"/>
       <c r="T56" s="2"/>
       <c r="U56" s="2"/>
       <c r="V56" s="2"/>
       <c r="W56" s="2"/>
       <c r="X56" s="2"/>
       <c r="Y56" s="2"/>
       <c r="Z56" s="2"/>
       <c r="AA56" s="2"/>
       <c r="AB56" s="2"/>
       <c r="AC56" s="2"/>
       <c r="AD56" s="2"/>
       <c r="AE56" s="2"/>
       <c r="AF56" s="2"/>
       <c r="AG56" s="2"/>
       <c r="AH56" s="2"/>
       <c r="AI56" s="2"/>
       <c r="AJ56" s="2"/>
       <c r="AK56" s="2"/>
       <c r="AL56" s="1"/>
       <c r="AN56" s="26">
         <v>0</v>
       </c>
       <c r="AQ56" s="26" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="57" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
         <v>224</v>
       </c>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
-      <c r="S57" s="202"/>
-[...17 lines deleted...]
-      <c r="AK57" s="202"/>
+      <c r="S57" s="149"/>
+      <c r="T57" s="149"/>
+      <c r="U57" s="149"/>
+      <c r="V57" s="149"/>
+      <c r="W57" s="149"/>
+      <c r="X57" s="149"/>
+      <c r="Y57" s="149"/>
+      <c r="Z57" s="149"/>
+      <c r="AA57" s="149"/>
+      <c r="AB57" s="149"/>
+      <c r="AC57" s="149"/>
+      <c r="AD57" s="149"/>
+      <c r="AE57" s="149"/>
+      <c r="AF57" s="149"/>
+      <c r="AG57" s="149"/>
+      <c r="AH57" s="149"/>
+      <c r="AI57" s="149"/>
+      <c r="AJ57" s="149"/>
+      <c r="AK57" s="149"/>
       <c r="AL57" s="1"/>
       <c r="AQ57" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="58" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
         <v>198</v>
       </c>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
-      <c r="S58" s="206"/>
-[...17 lines deleted...]
-      <c r="AK58" s="206"/>
+      <c r="S58" s="240"/>
+      <c r="T58" s="240"/>
+      <c r="U58" s="240"/>
+      <c r="V58" s="240"/>
+      <c r="W58" s="240"/>
+      <c r="X58" s="240"/>
+      <c r="Y58" s="240"/>
+      <c r="Z58" s="240"/>
+      <c r="AA58" s="240"/>
+      <c r="AB58" s="240"/>
+      <c r="AC58" s="240"/>
+      <c r="AD58" s="240"/>
+      <c r="AE58" s="240"/>
+      <c r="AF58" s="240"/>
+      <c r="AG58" s="240"/>
+      <c r="AH58" s="240"/>
+      <c r="AI58" s="240"/>
+      <c r="AJ58" s="240"/>
+      <c r="AK58" s="240"/>
       <c r="AL58" s="1"/>
       <c r="AQ58" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="59" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
@@ -23420,65 +23594,65 @@
       <c r="B60" s="20" t="s">
         <v>227</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="33"/>
       <c r="K60" s="33"/>
       <c r="L60" s="33"/>
       <c r="M60" s="33"/>
       <c r="N60" s="33"/>
       <c r="O60" s="33"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="20"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="34"/>
       <c r="V60" s="34" t="s">
         <v>198</v>
       </c>
-      <c r="W60" s="207"/>
-[...13 lines deleted...]
-      <c r="AK60" s="207"/>
+      <c r="W60" s="241"/>
+      <c r="X60" s="241"/>
+      <c r="Y60" s="241"/>
+      <c r="Z60" s="241"/>
+      <c r="AA60" s="241"/>
+      <c r="AB60" s="241"/>
+      <c r="AC60" s="241"/>
+      <c r="AD60" s="241"/>
+      <c r="AE60" s="241"/>
+      <c r="AF60" s="241"/>
+      <c r="AG60" s="241"/>
+      <c r="AH60" s="241"/>
+      <c r="AI60" s="241"/>
+      <c r="AJ60" s="241"/>
+      <c r="AK60" s="241"/>
       <c r="AL60" s="1"/>
       <c r="AN60" s="26">
         <v>0</v>
       </c>
       <c r="AQ60" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1"/>
       <c r="B61" s="6"/>
       <c r="C61" s="6"/>
       <c r="D61" s="6"/>
       <c r="E61" s="6"/>
       <c r="F61" s="6"/>
       <c r="G61" s="6"/>
       <c r="H61" s="6"/>
       <c r="I61" s="6"/>
       <c r="J61" s="6"/>
       <c r="K61" s="6"/>
       <c r="L61" s="6"/>
       <c r="M61" s="6"/>
       <c r="N61" s="6"/>
       <c r="O61" s="6"/>
       <c r="P61" s="6"/>
@@ -23535,133 +23709,133 @@
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
       <c r="AI62" s="1"/>
       <c r="AJ62" s="1"/>
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
-      <c r="H63" s="204" t="s">
+      <c r="H63" s="137" t="s">
         <v>200</v>
       </c>
-      <c r="I63" s="204"/>
-[...10 lines deleted...]
-      <c r="T63" s="204"/>
+      <c r="I63" s="137"/>
+      <c r="J63" s="137"/>
+      <c r="K63" s="137"/>
+      <c r="L63" s="137"/>
+      <c r="M63" s="137"/>
+      <c r="N63" s="137"/>
+      <c r="O63" s="137"/>
+      <c r="P63" s="137"/>
+      <c r="Q63" s="137"/>
+      <c r="R63" s="137"/>
+      <c r="S63" s="137"/>
+      <c r="T63" s="137"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1" t="s">
         <v>233</v>
       </c>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
       <c r="Z63" s="1"/>
       <c r="AA63" s="1"/>
       <c r="AB63" s="46"/>
       <c r="AC63" s="46"/>
-      <c r="AD63" s="208"/>
-[...2 lines deleted...]
-      <c r="AG63" s="208"/>
+      <c r="AD63" s="202"/>
+      <c r="AE63" s="202"/>
+      <c r="AF63" s="202"/>
+      <c r="AG63" s="202"/>
       <c r="AH63" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AI63" s="1"/>
       <c r="AJ63" s="1"/>
       <c r="AK63" s="1"/>
       <c r="AL63" s="1"/>
       <c r="AQ63" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:43" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1" t="s">
         <v>232</v>
       </c>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1" t="s">
         <v>231</v>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1" t="s">
         <v>234</v>
       </c>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="46"/>
       <c r="AC64" s="46"/>
-      <c r="AD64" s="198"/>
-[...2 lines deleted...]
-      <c r="AG64" s="198"/>
+      <c r="AD64" s="148"/>
+      <c r="AE64" s="148"/>
+      <c r="AF64" s="148"/>
+      <c r="AG64" s="148"/>
       <c r="AH64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AI64" s="1"/>
       <c r="AJ64" s="1"/>
       <c r="AK64" s="1"/>
       <c r="AL64" s="1"/>
       <c r="AQ64" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="65" spans="1:43" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
@@ -23674,133 +23848,133 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
       <c r="AH65" s="1"/>
       <c r="AI65" s="1"/>
       <c r="AJ65" s="1"/>
       <c r="AK65" s="1"/>
       <c r="AL65" s="1"/>
       <c r="AQ65" s="26" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="66" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
-      <c r="B66" s="264" t="s">
+      <c r="B66" s="135" t="s">
         <v>68</v>
       </c>
-      <c r="C66" s="262" t="s">
+      <c r="C66" s="133" t="s">
         <v>228</v>
       </c>
-      <c r="D66" s="262"/>
-[...32 lines deleted...]
-      <c r="AK66" s="262"/>
+      <c r="D66" s="133"/>
+      <c r="E66" s="133"/>
+      <c r="F66" s="133"/>
+      <c r="G66" s="133"/>
+      <c r="H66" s="133"/>
+      <c r="I66" s="133"/>
+      <c r="J66" s="133"/>
+      <c r="K66" s="133"/>
+      <c r="L66" s="133"/>
+      <c r="M66" s="133"/>
+      <c r="N66" s="133"/>
+      <c r="O66" s="133"/>
+      <c r="P66" s="133"/>
+      <c r="Q66" s="133"/>
+      <c r="R66" s="133"/>
+      <c r="S66" s="133"/>
+      <c r="T66" s="133"/>
+      <c r="U66" s="133"/>
+      <c r="V66" s="133"/>
+      <c r="W66" s="133"/>
+      <c r="X66" s="133"/>
+      <c r="Y66" s="133"/>
+      <c r="Z66" s="133"/>
+      <c r="AA66" s="133"/>
+      <c r="AB66" s="133"/>
+      <c r="AC66" s="133"/>
+      <c r="AD66" s="133"/>
+      <c r="AE66" s="133"/>
+      <c r="AF66" s="133"/>
+      <c r="AG66" s="133"/>
+      <c r="AH66" s="133"/>
+      <c r="AI66" s="133"/>
+      <c r="AJ66" s="133"/>
+      <c r="AK66" s="133"/>
       <c r="AL66" s="1"/>
       <c r="AQ66" s="26" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1"/>
-      <c r="B67" s="265"/>
-[...34 lines deleted...]
-      <c r="AK67" s="263"/>
+      <c r="B67" s="136"/>
+      <c r="C67" s="134"/>
+      <c r="D67" s="134"/>
+      <c r="E67" s="134"/>
+      <c r="F67" s="134"/>
+      <c r="G67" s="134"/>
+      <c r="H67" s="134"/>
+      <c r="I67" s="134"/>
+      <c r="J67" s="134"/>
+      <c r="K67" s="134"/>
+      <c r="L67" s="134"/>
+      <c r="M67" s="134"/>
+      <c r="N67" s="134"/>
+      <c r="O67" s="134"/>
+      <c r="P67" s="134"/>
+      <c r="Q67" s="134"/>
+      <c r="R67" s="134"/>
+      <c r="S67" s="134"/>
+      <c r="T67" s="134"/>
+      <c r="U67" s="134"/>
+      <c r="V67" s="134"/>
+      <c r="W67" s="134"/>
+      <c r="X67" s="134"/>
+      <c r="Y67" s="134"/>
+      <c r="Z67" s="134"/>
+      <c r="AA67" s="134"/>
+      <c r="AB67" s="134"/>
+      <c r="AC67" s="134"/>
+      <c r="AD67" s="134"/>
+      <c r="AE67" s="134"/>
+      <c r="AF67" s="134"/>
+      <c r="AG67" s="134"/>
+      <c r="AH67" s="134"/>
+      <c r="AI67" s="134"/>
+      <c r="AJ67" s="134"/>
+      <c r="AK67" s="134"/>
       <c r="AL67" s="1"/>
       <c r="AQ67" s="26" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="68" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
@@ -24088,128 +24262,128 @@
       <c r="A75" s="1"/>
       <c r="B75" s="10" t="s">
         <v>243</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="K75" s="1" t="s">
         <v>244</v>
       </c>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
         <v>247</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
-      <c r="V75" s="183"/>
-[...1 lines deleted...]
-      <c r="X75" s="183"/>
+      <c r="V75" s="147"/>
+      <c r="W75" s="147"/>
+      <c r="X75" s="147"/>
       <c r="Y75" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z75" s="1"/>
       <c r="AA75" s="1"/>
       <c r="AB75" s="1"/>
       <c r="AC75" s="1" t="s">
         <v>248</v>
       </c>
       <c r="AD75" s="1"/>
       <c r="AE75" s="1"/>
       <c r="AF75" s="1"/>
       <c r="AG75" s="1"/>
-      <c r="AH75" s="218"/>
-      <c r="AI75" s="218"/>
+      <c r="AH75" s="200"/>
+      <c r="AI75" s="200"/>
       <c r="AJ75" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK75" s="1"/>
       <c r="AL75" s="1"/>
       <c r="AQ75" s="26" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="76" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="1"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1" t="s">
         <v>245</v>
       </c>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
         <v>247</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
-      <c r="V76" s="182"/>
-[...1 lines deleted...]
-      <c r="X76" s="182"/>
+      <c r="V76" s="226"/>
+      <c r="W76" s="226"/>
+      <c r="X76" s="226"/>
       <c r="Y76" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z76" s="1"/>
       <c r="AA76" s="1"/>
       <c r="AB76" s="1"/>
       <c r="AC76" s="1" t="s">
         <v>248</v>
       </c>
       <c r="AD76" s="1"/>
       <c r="AE76" s="1"/>
       <c r="AF76" s="1"/>
       <c r="AG76" s="1"/>
-      <c r="AH76" s="218"/>
-      <c r="AI76" s="218"/>
+      <c r="AH76" s="200"/>
+      <c r="AI76" s="200"/>
       <c r="AJ76" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK76" s="1"/>
       <c r="AL76" s="1"/>
       <c r="AQ76" s="26" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="1"/>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
       <c r="X77" s="1"/>
@@ -24223,53 +24397,53 @@
       <c r="AF77" s="1"/>
       <c r="AG77" s="1"/>
       <c r="AH77" s="1"/>
       <c r="AI77" s="1"/>
       <c r="AJ77" s="1"/>
       <c r="AK77" s="1"/>
       <c r="AL77" s="1"/>
       <c r="AQ77" s="26" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="78" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="46"/>
       <c r="K78" s="46"/>
-      <c r="L78" s="184"/>
-[...1 lines deleted...]
-      <c r="N78" s="184"/>
+      <c r="L78" s="227"/>
+      <c r="M78" s="227"/>
+      <c r="N78" s="227"/>
       <c r="O78" s="1" t="s">
         <v>250</v>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="9"/>
       <c r="X78" s="9"/>
       <c r="Y78" s="1"/>
       <c r="Z78" s="1"/>
       <c r="AA78" s="1"/>
       <c r="AB78" s="1"/>
       <c r="AC78" s="1"/>
       <c r="AD78" s="1"/>
       <c r="AE78" s="1"/>
       <c r="AF78" s="1"/>
       <c r="AG78" s="1"/>
       <c r="AH78" s="1"/>
       <c r="AI78" s="1"/>
       <c r="AJ78" s="1"/>
       <c r="AK78" s="1"/>
@@ -24311,751 +24485,757 @@
       <c r="AB79" s="5"/>
       <c r="AC79" s="5"/>
       <c r="AD79" s="5"/>
       <c r="AE79" s="5"/>
       <c r="AF79" s="5"/>
       <c r="AG79" s="5"/>
       <c r="AH79" s="5"/>
       <c r="AI79" s="5"/>
       <c r="AJ79" s="5"/>
       <c r="AK79" s="5"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
-      <c r="K80" s="185" t="s">
+      <c r="K80" s="228" t="s">
         <v>200</v>
       </c>
-      <c r="L80" s="185"/>
-[...15 lines deleted...]
-      <c r="AB80" s="185"/>
+      <c r="L80" s="228"/>
+      <c r="M80" s="228"/>
+      <c r="N80" s="228"/>
+      <c r="O80" s="228"/>
+      <c r="P80" s="228"/>
+      <c r="Q80" s="228"/>
+      <c r="R80" s="228"/>
+      <c r="S80" s="228"/>
+      <c r="T80" s="228"/>
+      <c r="U80" s="228"/>
+      <c r="V80" s="228"/>
+      <c r="W80" s="228"/>
+      <c r="X80" s="228"/>
+      <c r="Y80" s="228"/>
+      <c r="Z80" s="228"/>
+      <c r="AA80" s="228"/>
+      <c r="AB80" s="228"/>
       <c r="AC80" s="17" t="str">
         <f>IF(AP82=1,"Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD80" s="5"/>
       <c r="AF80" s="5"/>
       <c r="AG80" s="5"/>
       <c r="AH80" s="5"/>
       <c r="AI80" s="5"/>
       <c r="AJ80" s="5"/>
       <c r="AK80" s="5"/>
       <c r="AL80" s="1"/>
       <c r="AN80" s="26">
         <f>IF(AND(K80&lt;&gt;"Bitte wählen :",K80&lt;&gt;"Äusserer Sonnenschutz"),1,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="21" t="s">
         <v>254</v>
       </c>
       <c r="C81" s="9"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1" t="s">
         <v>255</v>
       </c>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="69"/>
       <c r="T81" s="69"/>
       <c r="U81" s="69"/>
-      <c r="V81" s="204"/>
-[...12 lines deleted...]
-      <c r="AI81" s="204"/>
+      <c r="V81" s="137"/>
+      <c r="W81" s="137"/>
+      <c r="X81" s="137"/>
+      <c r="Y81" s="137"/>
+      <c r="Z81" s="137"/>
+      <c r="AA81" s="137"/>
+      <c r="AB81" s="137"/>
+      <c r="AC81" s="137"/>
+      <c r="AD81" s="137"/>
+      <c r="AE81" s="137"/>
+      <c r="AF81" s="137"/>
+      <c r="AG81" s="137"/>
+      <c r="AH81" s="137"/>
+      <c r="AI81" s="137"/>
       <c r="AJ81" s="1"/>
       <c r="AK81" s="1"/>
       <c r="AL81" s="1"/>
       <c r="AQ81" s="26" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="82" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="9"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="9"/>
       <c r="G82" s="9"/>
       <c r="H82" s="9"/>
       <c r="I82" s="9"/>
       <c r="J82" s="9"/>
       <c r="K82" s="9"/>
       <c r="L82" s="9"/>
       <c r="M82" s="9"/>
       <c r="N82" s="9"/>
       <c r="O82" s="9"/>
       <c r="P82" s="9"/>
       <c r="Q82" s="9"/>
       <c r="R82" s="9"/>
       <c r="S82" s="44" t="str">
         <f>IF(S81&lt;&gt;0,"Begründung beilegen","")</f>
         <v/>
       </c>
       <c r="T82" s="9"/>
       <c r="U82" s="9"/>
       <c r="V82" s="9"/>
       <c r="W82" s="9"/>
       <c r="X82" s="9"/>
       <c r="Y82" s="9"/>
       <c r="Z82" s="9"/>
       <c r="AA82" s="9"/>
       <c r="AB82" s="9"/>
       <c r="AC82" s="9"/>
       <c r="AD82" s="9"/>
       <c r="AE82" s="9"/>
       <c r="AF82" s="9"/>
       <c r="AG82" s="9"/>
       <c r="AH82" s="9"/>
       <c r="AI82" s="9"/>
       <c r="AJ82" s="9"/>
       <c r="AK82" s="9"/>
       <c r="AL82" s="1"/>
       <c r="AQ82" s="26" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="83" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="9" t="s">
         <v>257</v>
       </c>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="9"/>
       <c r="F83" s="9"/>
       <c r="G83" s="9"/>
       <c r="H83" s="9"/>
       <c r="I83" s="9"/>
       <c r="J83" s="9"/>
-      <c r="K83" s="185" t="s">
+      <c r="K83" s="228" t="s">
         <v>200</v>
       </c>
-      <c r="L83" s="185"/>
-[...15 lines deleted...]
-      <c r="AB83" s="185"/>
+      <c r="L83" s="228"/>
+      <c r="M83" s="228"/>
+      <c r="N83" s="228"/>
+      <c r="O83" s="228"/>
+      <c r="P83" s="228"/>
+      <c r="Q83" s="228"/>
+      <c r="R83" s="228"/>
+      <c r="S83" s="228"/>
+      <c r="T83" s="228"/>
+      <c r="U83" s="228"/>
+      <c r="V83" s="228"/>
+      <c r="W83" s="228"/>
+      <c r="X83" s="228"/>
+      <c r="Y83" s="228"/>
+      <c r="Z83" s="228"/>
+      <c r="AA83" s="228"/>
+      <c r="AB83" s="228"/>
       <c r="AC83" s="9"/>
       <c r="AD83" s="9"/>
       <c r="AE83" s="9"/>
       <c r="AF83" s="9"/>
       <c r="AG83" s="9"/>
       <c r="AH83" s="9"/>
       <c r="AI83" s="9"/>
       <c r="AJ83" s="9"/>
       <c r="AK83" s="9"/>
       <c r="AL83" s="1"/>
       <c r="AN83" s="26">
         <f>IF(K83="Andere",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ83" s="26" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="84" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
       <c r="B84" s="9"/>
       <c r="C84" s="9"/>
       <c r="D84" s="9"/>
       <c r="E84" s="9"/>
       <c r="F84" s="9"/>
       <c r="G84" s="9"/>
       <c r="H84" s="9"/>
       <c r="I84" s="9"/>
       <c r="J84" s="9"/>
       <c r="K84" s="9" t="s">
         <v>256</v>
       </c>
       <c r="L84" s="9"/>
       <c r="M84" s="9"/>
       <c r="N84" s="9"/>
       <c r="O84" s="9"/>
       <c r="P84" s="22"/>
       <c r="Q84" s="22"/>
       <c r="R84" s="22"/>
-      <c r="S84" s="204"/>
-[...15 lines deleted...]
-      <c r="AI84" s="204"/>
+      <c r="S84" s="137"/>
+      <c r="T84" s="137"/>
+      <c r="U84" s="137"/>
+      <c r="V84" s="137"/>
+      <c r="W84" s="137"/>
+      <c r="X84" s="137"/>
+      <c r="Y84" s="137"/>
+      <c r="Z84" s="137"/>
+      <c r="AA84" s="137"/>
+      <c r="AB84" s="137"/>
+      <c r="AC84" s="137"/>
+      <c r="AD84" s="137"/>
+      <c r="AE84" s="137"/>
+      <c r="AF84" s="137"/>
+      <c r="AG84" s="137"/>
+      <c r="AH84" s="137"/>
+      <c r="AI84" s="137"/>
       <c r="AJ84" s="9"/>
       <c r="AK84" s="1"/>
       <c r="AL84" s="1"/>
     </row>
-    <row r="85" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:47" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="44" t="str">
         <f>IF(S84&lt;&gt;0,"Begründung beilegen","")</f>
         <v/>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
       <c r="X85" s="1"/>
       <c r="Y85" s="1"/>
       <c r="Z85" s="1"/>
       <c r="AA85" s="1"/>
       <c r="AB85" s="1"/>
       <c r="AC85" s="1"/>
       <c r="AD85" s="1"/>
       <c r="AE85" s="1"/>
       <c r="AF85" s="1"/>
       <c r="AG85" s="1"/>
       <c r="AH85" s="1"/>
       <c r="AI85" s="1"/>
       <c r="AJ85" s="1"/>
       <c r="AK85" s="1"/>
       <c r="AL85" s="1"/>
       <c r="AQ85" s="26" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="86" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
       <c r="B86" s="9" t="s">
         <v>258</v>
       </c>
       <c r="C86" s="9"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
-      <c r="K86" s="185" t="s">
+      <c r="K86" s="228" t="s">
         <v>200</v>
       </c>
-      <c r="L86" s="185"/>
-[...15 lines deleted...]
-      <c r="AB86" s="185"/>
+      <c r="L86" s="228"/>
+      <c r="M86" s="228"/>
+      <c r="N86" s="228"/>
+      <c r="O86" s="228"/>
+      <c r="P86" s="228"/>
+      <c r="Q86" s="228"/>
+      <c r="R86" s="228"/>
+      <c r="S86" s="228"/>
+      <c r="T86" s="228"/>
+      <c r="U86" s="228"/>
+      <c r="V86" s="228"/>
+      <c r="W86" s="228"/>
+      <c r="X86" s="228"/>
+      <c r="Y86" s="228"/>
+      <c r="Z86" s="228"/>
+      <c r="AA86" s="228"/>
+      <c r="AB86" s="228"/>
       <c r="AC86" s="1"/>
       <c r="AD86" s="1"/>
       <c r="AE86" s="1"/>
       <c r="AF86" s="1"/>
       <c r="AG86" s="1"/>
       <c r="AH86" s="1"/>
       <c r="AI86" s="1"/>
       <c r="AJ86" s="1"/>
       <c r="AK86" s="1"/>
       <c r="AL86" s="1"/>
       <c r="AN86" s="26">
         <f>IF(K87="keine gerechtfertigte Erleichterung nach kEnV Art.28",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ86" s="26" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="87" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="9"/>
       <c r="C87" s="9"/>
       <c r="D87" s="9"/>
       <c r="E87" s="9"/>
       <c r="F87" s="9"/>
       <c r="G87" s="9"/>
       <c r="H87" s="9"/>
       <c r="I87" s="9"/>
       <c r="J87" s="9"/>
-      <c r="K87" s="196" t="s">
+      <c r="K87" s="239" t="s">
         <v>200</v>
       </c>
-      <c r="L87" s="196"/>
-[...18 lines deleted...]
-      <c r="AE87" s="46"/>
+      <c r="L87" s="239"/>
+      <c r="M87" s="239"/>
+      <c r="N87" s="239"/>
+      <c r="O87" s="239"/>
+      <c r="P87" s="239"/>
+      <c r="Q87" s="239"/>
+      <c r="R87" s="239"/>
+      <c r="S87" s="239"/>
+      <c r="T87" s="239"/>
+      <c r="U87" s="239"/>
+      <c r="V87" s="239"/>
+      <c r="W87" s="239"/>
+      <c r="X87" s="239"/>
+      <c r="Y87" s="239"/>
+      <c r="Z87" s="239"/>
+      <c r="AA87" s="239"/>
+      <c r="AB87" s="239"/>
+      <c r="AC87" s="239"/>
+      <c r="AD87" s="239"/>
+      <c r="AE87" s="239"/>
       <c r="AF87" s="46"/>
       <c r="AG87" s="46"/>
       <c r="AH87" s="46"/>
       <c r="AI87" s="46"/>
       <c r="AJ87" s="9"/>
       <c r="AK87" s="9"/>
       <c r="AL87" s="1"/>
       <c r="AQ87" s="26" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="88" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1"/>
       <c r="B88" s="23"/>
       <c r="C88" s="23"/>
       <c r="D88" s="23"/>
       <c r="E88" s="23"/>
       <c r="F88" s="23"/>
       <c r="G88" s="23"/>
       <c r="H88" s="23"/>
       <c r="I88" s="23"/>
       <c r="J88" s="26"/>
       <c r="K88" s="44" t="str">
-        <f>IF(K87=AQ105,"Abdeckungsanforderung für zusätzliche elektrische Energie - Das EN-VS-104 ist einzureichen","")</f>
+        <f>IF(K87=AQ106,"Abdeckungsanforderung für zusätzliche elektrische Energie - Das EN-VS-104 ist einzureichen","")</f>
         <v/>
       </c>
-      <c r="L88" s="23"/>
       <c r="M88" s="23"/>
       <c r="N88" s="23"/>
       <c r="O88" s="23"/>
       <c r="P88" s="23"/>
       <c r="Q88" s="23"/>
       <c r="R88" s="23"/>
       <c r="S88" s="26"/>
       <c r="T88" s="23"/>
       <c r="U88" s="23"/>
       <c r="V88" s="23"/>
       <c r="W88" s="23"/>
       <c r="X88" s="23"/>
       <c r="Y88" s="23"/>
       <c r="Z88" s="23"/>
       <c r="AA88" s="23"/>
       <c r="AB88" s="23"/>
       <c r="AC88" s="23"/>
       <c r="AD88" s="23"/>
       <c r="AE88" s="23"/>
       <c r="AF88" s="23"/>
       <c r="AG88" s="23"/>
       <c r="AH88" s="23"/>
       <c r="AI88" s="23"/>
       <c r="AJ88" s="23"/>
-      <c r="AK88" s="23"/>
+      <c r="AK88" s="274" t="str">
+        <f>IF(AU91=TRUE,"Info: Diese Begründung ist nur für die Kategorien Wohnen gültig","")</f>
+        <v/>
+      </c>
       <c r="AL88" s="1"/>
       <c r="AQ88" s="26" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="89" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="186" t="s">
-[...36 lines deleted...]
-      <c r="AK89" s="186"/>
+      <c r="B89" s="229" t="s">
+        <v>300</v>
+      </c>
+      <c r="C89" s="229"/>
+      <c r="D89" s="229"/>
+      <c r="E89" s="229"/>
+      <c r="F89" s="229"/>
+      <c r="G89" s="229"/>
+      <c r="H89" s="229"/>
+      <c r="I89" s="229"/>
+      <c r="J89" s="229"/>
+      <c r="K89" s="229"/>
+      <c r="L89" s="229"/>
+      <c r="M89" s="229"/>
+      <c r="N89" s="229"/>
+      <c r="O89" s="229"/>
+      <c r="P89" s="229"/>
+      <c r="Q89" s="229"/>
+      <c r="R89" s="229"/>
+      <c r="S89" s="229"/>
+      <c r="T89" s="229"/>
+      <c r="U89" s="229"/>
+      <c r="V89" s="229"/>
+      <c r="W89" s="229"/>
+      <c r="X89" s="229"/>
+      <c r="Y89" s="229"/>
+      <c r="Z89" s="229"/>
+      <c r="AA89" s="229"/>
+      <c r="AB89" s="229"/>
+      <c r="AC89" s="229"/>
+      <c r="AD89" s="229"/>
+      <c r="AE89" s="229"/>
+      <c r="AF89" s="229"/>
+      <c r="AG89" s="229"/>
+      <c r="AH89" s="229"/>
+      <c r="AI89" s="229"/>
+      <c r="AJ89" s="229"/>
+      <c r="AK89" s="229"/>
       <c r="AL89" s="1"/>
       <c r="AQ89" s="26" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="90" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
-      <c r="B90" s="187"/>
-[...34 lines deleted...]
-      <c r="AK90" s="189"/>
+      <c r="B90" s="230"/>
+      <c r="C90" s="231"/>
+      <c r="D90" s="231"/>
+      <c r="E90" s="231"/>
+      <c r="F90" s="231"/>
+      <c r="G90" s="231"/>
+      <c r="H90" s="231"/>
+      <c r="I90" s="231"/>
+      <c r="J90" s="231"/>
+      <c r="K90" s="231"/>
+      <c r="L90" s="231"/>
+      <c r="M90" s="231"/>
+      <c r="N90" s="231"/>
+      <c r="O90" s="231"/>
+      <c r="P90" s="231"/>
+      <c r="Q90" s="231"/>
+      <c r="R90" s="231"/>
+      <c r="S90" s="231"/>
+      <c r="T90" s="231"/>
+      <c r="U90" s="231"/>
+      <c r="V90" s="231"/>
+      <c r="W90" s="231"/>
+      <c r="X90" s="231"/>
+      <c r="Y90" s="231"/>
+      <c r="Z90" s="231"/>
+      <c r="AA90" s="231"/>
+      <c r="AB90" s="231"/>
+      <c r="AC90" s="231"/>
+      <c r="AD90" s="231"/>
+      <c r="AE90" s="231"/>
+      <c r="AF90" s="231"/>
+      <c r="AG90" s="231"/>
+      <c r="AH90" s="231"/>
+      <c r="AI90" s="231"/>
+      <c r="AJ90" s="231"/>
+      <c r="AK90" s="232"/>
       <c r="AL90" s="1"/>
     </row>
-    <row r="91" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
-      <c r="B91" s="190"/>
-[...34 lines deleted...]
-      <c r="AK91" s="192"/>
+      <c r="B91" s="233"/>
+      <c r="C91" s="234"/>
+      <c r="D91" s="234"/>
+      <c r="E91" s="234"/>
+      <c r="F91" s="234"/>
+      <c r="G91" s="234"/>
+      <c r="H91" s="234"/>
+      <c r="I91" s="234"/>
+      <c r="J91" s="234"/>
+      <c r="K91" s="234"/>
+      <c r="L91" s="234"/>
+      <c r="M91" s="234"/>
+      <c r="N91" s="234"/>
+      <c r="O91" s="234"/>
+      <c r="P91" s="234"/>
+      <c r="Q91" s="234"/>
+      <c r="R91" s="234"/>
+      <c r="S91" s="234"/>
+      <c r="T91" s="234"/>
+      <c r="U91" s="234"/>
+      <c r="V91" s="234"/>
+      <c r="W91" s="234"/>
+      <c r="X91" s="234"/>
+      <c r="Y91" s="234"/>
+      <c r="Z91" s="234"/>
+      <c r="AA91" s="234"/>
+      <c r="AB91" s="234"/>
+      <c r="AC91" s="234"/>
+      <c r="AD91" s="234"/>
+      <c r="AE91" s="234"/>
+      <c r="AF91" s="234"/>
+      <c r="AG91" s="234"/>
+      <c r="AH91" s="234"/>
+      <c r="AI91" s="234"/>
+      <c r="AJ91" s="234"/>
+      <c r="AK91" s="235"/>
       <c r="AL91" s="1"/>
-    </row>
-    <row r="92" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AU91" s="26" t="b">
+        <f>IF(K87="Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente",TRUE,FALSE)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
-      <c r="B92" s="190"/>
-[...34 lines deleted...]
-      <c r="AK92" s="192"/>
+      <c r="B92" s="233"/>
+      <c r="C92" s="234"/>
+      <c r="D92" s="234"/>
+      <c r="E92" s="234"/>
+      <c r="F92" s="234"/>
+      <c r="G92" s="234"/>
+      <c r="H92" s="234"/>
+      <c r="I92" s="234"/>
+      <c r="J92" s="234"/>
+      <c r="K92" s="234"/>
+      <c r="L92" s="234"/>
+      <c r="M92" s="234"/>
+      <c r="N92" s="234"/>
+      <c r="O92" s="234"/>
+      <c r="P92" s="234"/>
+      <c r="Q92" s="234"/>
+      <c r="R92" s="234"/>
+      <c r="S92" s="234"/>
+      <c r="T92" s="234"/>
+      <c r="U92" s="234"/>
+      <c r="V92" s="234"/>
+      <c r="W92" s="234"/>
+      <c r="X92" s="234"/>
+      <c r="Y92" s="234"/>
+      <c r="Z92" s="234"/>
+      <c r="AA92" s="234"/>
+      <c r="AB92" s="234"/>
+      <c r="AC92" s="234"/>
+      <c r="AD92" s="234"/>
+      <c r="AE92" s="234"/>
+      <c r="AF92" s="234"/>
+      <c r="AG92" s="234"/>
+      <c r="AH92" s="234"/>
+      <c r="AI92" s="234"/>
+      <c r="AJ92" s="234"/>
+      <c r="AK92" s="235"/>
       <c r="AL92" s="1"/>
     </row>
-    <row r="93" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
-      <c r="B93" s="190"/>
-[...34 lines deleted...]
-      <c r="AK93" s="192"/>
+      <c r="B93" s="233"/>
+      <c r="C93" s="234"/>
+      <c r="D93" s="234"/>
+      <c r="E93" s="234"/>
+      <c r="F93" s="234"/>
+      <c r="G93" s="234"/>
+      <c r="H93" s="234"/>
+      <c r="I93" s="234"/>
+      <c r="J93" s="234"/>
+      <c r="K93" s="234"/>
+      <c r="L93" s="234"/>
+      <c r="M93" s="234"/>
+      <c r="N93" s="234"/>
+      <c r="O93" s="234"/>
+      <c r="P93" s="234"/>
+      <c r="Q93" s="234"/>
+      <c r="R93" s="234"/>
+      <c r="S93" s="234"/>
+      <c r="T93" s="234"/>
+      <c r="U93" s="234"/>
+      <c r="V93" s="234"/>
+      <c r="W93" s="234"/>
+      <c r="X93" s="234"/>
+      <c r="Y93" s="234"/>
+      <c r="Z93" s="234"/>
+      <c r="AA93" s="234"/>
+      <c r="AB93" s="234"/>
+      <c r="AC93" s="234"/>
+      <c r="AD93" s="234"/>
+      <c r="AE93" s="234"/>
+      <c r="AF93" s="234"/>
+      <c r="AG93" s="234"/>
+      <c r="AH93" s="234"/>
+      <c r="AI93" s="234"/>
+      <c r="AJ93" s="234"/>
+      <c r="AK93" s="235"/>
       <c r="AL93" s="1"/>
     </row>
-    <row r="94" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
-      <c r="B94" s="190"/>
-[...34 lines deleted...]
-      <c r="AK94" s="192"/>
+      <c r="B94" s="233"/>
+      <c r="C94" s="234"/>
+      <c r="D94" s="234"/>
+      <c r="E94" s="234"/>
+      <c r="F94" s="234"/>
+      <c r="G94" s="234"/>
+      <c r="H94" s="234"/>
+      <c r="I94" s="234"/>
+      <c r="J94" s="234"/>
+      <c r="K94" s="234"/>
+      <c r="L94" s="234"/>
+      <c r="M94" s="234"/>
+      <c r="N94" s="234"/>
+      <c r="O94" s="234"/>
+      <c r="P94" s="234"/>
+      <c r="Q94" s="234"/>
+      <c r="R94" s="234"/>
+      <c r="S94" s="234"/>
+      <c r="T94" s="234"/>
+      <c r="U94" s="234"/>
+      <c r="V94" s="234"/>
+      <c r="W94" s="234"/>
+      <c r="X94" s="234"/>
+      <c r="Y94" s="234"/>
+      <c r="Z94" s="234"/>
+      <c r="AA94" s="234"/>
+      <c r="AB94" s="234"/>
+      <c r="AC94" s="234"/>
+      <c r="AD94" s="234"/>
+      <c r="AE94" s="234"/>
+      <c r="AF94" s="234"/>
+      <c r="AG94" s="234"/>
+      <c r="AH94" s="234"/>
+      <c r="AI94" s="234"/>
+      <c r="AJ94" s="234"/>
+      <c r="AK94" s="235"/>
       <c r="AL94" s="1"/>
     </row>
-    <row r="95" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
-      <c r="B95" s="193"/>
-[...34 lines deleted...]
-      <c r="AK95" s="195"/>
+      <c r="B95" s="236"/>
+      <c r="C95" s="237"/>
+      <c r="D95" s="237"/>
+      <c r="E95" s="237"/>
+      <c r="F95" s="237"/>
+      <c r="G95" s="237"/>
+      <c r="H95" s="237"/>
+      <c r="I95" s="237"/>
+      <c r="J95" s="237"/>
+      <c r="K95" s="237"/>
+      <c r="L95" s="237"/>
+      <c r="M95" s="237"/>
+      <c r="N95" s="237"/>
+      <c r="O95" s="237"/>
+      <c r="P95" s="237"/>
+      <c r="Q95" s="237"/>
+      <c r="R95" s="237"/>
+      <c r="S95" s="237"/>
+      <c r="T95" s="237"/>
+      <c r="U95" s="237"/>
+      <c r="V95" s="237"/>
+      <c r="W95" s="237"/>
+      <c r="X95" s="237"/>
+      <c r="Y95" s="237"/>
+      <c r="Z95" s="237"/>
+      <c r="AA95" s="237"/>
+      <c r="AB95" s="237"/>
+      <c r="AC95" s="237"/>
+      <c r="AD95" s="237"/>
+      <c r="AE95" s="237"/>
+      <c r="AF95" s="237"/>
+      <c r="AG95" s="237"/>
+      <c r="AH95" s="237"/>
+      <c r="AI95" s="237"/>
+      <c r="AJ95" s="237"/>
+      <c r="AK95" s="238"/>
       <c r="AL95" s="1"/>
     </row>
-    <row r="96" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="37"/>
       <c r="C96" s="38"/>
       <c r="D96" s="39" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="E96" s="38"/>
       <c r="F96" s="38"/>
       <c r="G96" s="38"/>
       <c r="H96" s="38"/>
       <c r="I96" s="38"/>
       <c r="J96" s="38"/>
       <c r="K96" s="38"/>
       <c r="L96" s="38"/>
       <c r="M96" s="38"/>
       <c r="N96" s="38"/>
       <c r="O96" s="38"/>
       <c r="P96" s="38"/>
       <c r="Q96" s="38"/>
       <c r="R96" s="38"/>
       <c r="S96" s="38"/>
       <c r="T96" s="38"/>
       <c r="U96" s="38"/>
       <c r="V96" s="38"/>
       <c r="W96" s="38"/>
       <c r="X96" s="38"/>
       <c r="Y96" s="38"/>
       <c r="Z96" s="38"/>
       <c r="AA96" s="38"/>
       <c r="AB96" s="38"/>
@@ -25101,51 +25281,51 @@
       <c r="W97" s="38"/>
       <c r="X97" s="38"/>
       <c r="Y97" s="38"/>
       <c r="Z97" s="38"/>
       <c r="AA97" s="38"/>
       <c r="AB97" s="38"/>
       <c r="AC97" s="38"/>
       <c r="AD97" s="38"/>
       <c r="AE97" s="38"/>
       <c r="AF97" s="38"/>
       <c r="AG97" s="38"/>
       <c r="AH97" s="38"/>
       <c r="AI97" s="38"/>
       <c r="AJ97" s="38"/>
       <c r="AK97" s="40"/>
       <c r="AL97" s="1"/>
       <c r="AQ97" s="49" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="98" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="1"/>
       <c r="B98" s="37"/>
       <c r="C98" s="38"/>
       <c r="D98" s="39" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="E98" s="38"/>
       <c r="F98" s="38"/>
       <c r="G98" s="38"/>
       <c r="H98" s="38"/>
       <c r="I98" s="38"/>
       <c r="J98" s="38"/>
       <c r="K98" s="38"/>
       <c r="L98" s="38"/>
       <c r="M98" s="38"/>
       <c r="N98" s="38"/>
       <c r="O98" s="38"/>
       <c r="P98" s="38"/>
       <c r="Q98" s="38"/>
       <c r="R98" s="38"/>
       <c r="S98" s="38"/>
       <c r="T98" s="38"/>
       <c r="U98" s="38"/>
       <c r="V98" s="38"/>
       <c r="W98" s="38"/>
       <c r="X98" s="38"/>
       <c r="Y98" s="38"/>
       <c r="Z98" s="38"/>
       <c r="AA98" s="38"/>
       <c r="AB98" s="38"/>
@@ -25183,653 +25363,656 @@
       <c r="O99" s="38"/>
       <c r="P99" s="38"/>
       <c r="Q99" s="38"/>
       <c r="R99" s="38"/>
       <c r="S99" s="38"/>
       <c r="T99" s="38"/>
       <c r="U99" s="38"/>
       <c r="V99" s="38"/>
       <c r="W99" s="38"/>
       <c r="X99" s="38"/>
       <c r="Y99" s="38"/>
       <c r="Z99" s="38"/>
       <c r="AA99" s="38"/>
       <c r="AB99" s="38"/>
       <c r="AC99" s="38"/>
       <c r="AD99" s="38"/>
       <c r="AE99" s="38"/>
       <c r="AF99" s="38"/>
       <c r="AG99" s="38"/>
       <c r="AH99" s="38"/>
       <c r="AI99" s="38"/>
       <c r="AJ99" s="38"/>
       <c r="AK99" s="40"/>
       <c r="AL99" s="1"/>
       <c r="AQ99" s="50" t="s">
-        <v>262</v>
+        <v>315</v>
       </c>
     </row>
     <row r="100" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="41"/>
       <c r="C100" s="42"/>
       <c r="D100" s="68" t="s">
         <v>281</v>
       </c>
       <c r="E100" s="42"/>
       <c r="F100" s="42"/>
       <c r="G100" s="42"/>
       <c r="H100" s="42"/>
       <c r="I100" s="42"/>
       <c r="J100" s="42"/>
       <c r="K100" s="42"/>
       <c r="L100" s="42"/>
       <c r="M100" s="42"/>
       <c r="N100" s="42"/>
       <c r="O100" s="42"/>
       <c r="P100" s="42"/>
       <c r="Q100" s="42"/>
       <c r="R100" s="42"/>
       <c r="S100" s="42"/>
       <c r="T100" s="42"/>
       <c r="U100" s="42"/>
       <c r="V100" s="42"/>
       <c r="W100" s="42"/>
       <c r="X100" s="42"/>
       <c r="Y100" s="42"/>
       <c r="Z100" s="42"/>
       <c r="AA100" s="42"/>
       <c r="AB100" s="42"/>
       <c r="AC100" s="42"/>
       <c r="AD100" s="42"/>
       <c r="AE100" s="42"/>
       <c r="AF100" s="42"/>
       <c r="AG100" s="42"/>
       <c r="AH100" s="42"/>
       <c r="AI100" s="42"/>
       <c r="AJ100" s="42"/>
       <c r="AK100" s="43"/>
       <c r="AL100" s="1"/>
       <c r="AQ100" s="50" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:45" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1"/>
       <c r="B101" s="6"/>
       <c r="C101" s="6"/>
       <c r="D101" s="6"/>
       <c r="E101" s="6"/>
       <c r="F101" s="6"/>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="6"/>
       <c r="J101" s="6"/>
       <c r="K101" s="6"/>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
       <c r="P101" s="6"/>
       <c r="Q101" s="6"/>
       <c r="R101" s="6"/>
       <c r="S101" s="6"/>
       <c r="T101" s="6"/>
       <c r="U101" s="6"/>
       <c r="V101" s="6"/>
       <c r="W101" s="6"/>
       <c r="X101" s="6"/>
       <c r="Y101" s="6"/>
       <c r="Z101" s="6"/>
       <c r="AA101" s="6"/>
       <c r="AB101" s="6"/>
       <c r="AC101" s="6"/>
       <c r="AD101" s="6"/>
       <c r="AE101" s="6"/>
       <c r="AF101" s="6"/>
       <c r="AG101" s="6"/>
       <c r="AH101" s="6"/>
       <c r="AI101" s="6"/>
       <c r="AJ101" s="6"/>
       <c r="AK101" s="6"/>
       <c r="AL101" s="1"/>
       <c r="AQ101" s="50" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="102" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="1"/>
       <c r="B102" s="1"/>
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
       <c r="Z102" s="1"/>
       <c r="AA102" s="1"/>
       <c r="AB102" s="1"/>
       <c r="AC102" s="1"/>
       <c r="AD102" s="1"/>
       <c r="AE102" s="1"/>
       <c r="AF102" s="1"/>
       <c r="AG102" s="1"/>
       <c r="AH102" s="1"/>
       <c r="AI102" s="1"/>
       <c r="AJ102" s="1"/>
       <c r="AK102" s="1"/>
       <c r="AL102" s="1"/>
       <c r="AQ102" s="50" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="103" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
-      <c r="B103" s="168" t="s">
+      <c r="B103" s="212" t="s">
         <v>274</v>
       </c>
-      <c r="C103" s="168"/>
-[...4 lines deleted...]
-      <c r="H103" s="170" t="s">
+      <c r="C103" s="212"/>
+      <c r="D103" s="212"/>
+      <c r="E103" s="212"/>
+      <c r="F103" s="212"/>
+      <c r="G103" s="213"/>
+      <c r="H103" s="214" t="s">
         <v>273</v>
       </c>
-      <c r="I103" s="171"/>
-[...29 lines deleted...]
-      <c r="AK103" s="178"/>
+      <c r="I103" s="215"/>
+      <c r="J103" s="215"/>
+      <c r="K103" s="215"/>
+      <c r="L103" s="215"/>
+      <c r="M103" s="215"/>
+      <c r="N103" s="215"/>
+      <c r="O103" s="215"/>
+      <c r="P103" s="215"/>
+      <c r="Q103" s="215"/>
+      <c r="R103" s="215"/>
+      <c r="S103" s="215"/>
+      <c r="T103" s="215"/>
+      <c r="U103" s="215"/>
+      <c r="V103" s="216"/>
+      <c r="W103" s="220" t="s">
+        <v>313</v>
+      </c>
+      <c r="X103" s="221"/>
+      <c r="Y103" s="221"/>
+      <c r="Z103" s="221"/>
+      <c r="AA103" s="221"/>
+      <c r="AB103" s="221"/>
+      <c r="AC103" s="221"/>
+      <c r="AD103" s="221"/>
+      <c r="AE103" s="221"/>
+      <c r="AF103" s="221"/>
+      <c r="AG103" s="221"/>
+      <c r="AH103" s="221"/>
+      <c r="AI103" s="221"/>
+      <c r="AJ103" s="221"/>
+      <c r="AK103" s="222"/>
       <c r="AL103" s="1"/>
       <c r="AQ103" s="50" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="104" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
       <c r="B104" s="24"/>
       <c r="C104" s="24"/>
       <c r="D104" s="24"/>
       <c r="E104" s="24"/>
       <c r="F104" s="24"/>
       <c r="G104" s="24"/>
-      <c r="H104" s="173"/>
-[...28 lines deleted...]
-      <c r="AK104" s="181"/>
+      <c r="H104" s="217"/>
+      <c r="I104" s="218"/>
+      <c r="J104" s="218"/>
+      <c r="K104" s="218"/>
+      <c r="L104" s="218"/>
+      <c r="M104" s="218"/>
+      <c r="N104" s="218"/>
+      <c r="O104" s="218"/>
+      <c r="P104" s="218"/>
+      <c r="Q104" s="218"/>
+      <c r="R104" s="218"/>
+      <c r="S104" s="218"/>
+      <c r="T104" s="218"/>
+      <c r="U104" s="218"/>
+      <c r="V104" s="219"/>
+      <c r="W104" s="223"/>
+      <c r="X104" s="224"/>
+      <c r="Y104" s="224"/>
+      <c r="Z104" s="224"/>
+      <c r="AA104" s="224"/>
+      <c r="AB104" s="224"/>
+      <c r="AC104" s="224"/>
+      <c r="AD104" s="224"/>
+      <c r="AE104" s="224"/>
+      <c r="AF104" s="224"/>
+      <c r="AG104" s="224"/>
+      <c r="AH104" s="224"/>
+      <c r="AI104" s="224"/>
+      <c r="AJ104" s="224"/>
+      <c r="AK104" s="225"/>
       <c r="AL104" s="1"/>
       <c r="AQ104" s="50" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="105" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
-      <c r="B105" s="133" t="s">
+      <c r="B105" s="146" t="s">
         <v>275</v>
       </c>
-      <c r="C105" s="133"/>
-[...33 lines deleted...]
-      <c r="AK105" s="143"/>
+      <c r="C105" s="146"/>
+      <c r="D105" s="146"/>
+      <c r="E105" s="146"/>
+      <c r="F105" s="146"/>
+      <c r="G105" s="242"/>
+      <c r="H105" s="243"/>
+      <c r="I105" s="244"/>
+      <c r="J105" s="244"/>
+      <c r="K105" s="244"/>
+      <c r="L105" s="244"/>
+      <c r="M105" s="244"/>
+      <c r="N105" s="244"/>
+      <c r="O105" s="244"/>
+      <c r="P105" s="244"/>
+      <c r="Q105" s="244"/>
+      <c r="R105" s="244"/>
+      <c r="S105" s="244"/>
+      <c r="T105" s="244"/>
+      <c r="U105" s="244"/>
+      <c r="V105" s="245"/>
+      <c r="W105" s="249"/>
+      <c r="X105" s="250"/>
+      <c r="Y105" s="250"/>
+      <c r="Z105" s="250"/>
+      <c r="AA105" s="250"/>
+      <c r="AB105" s="250"/>
+      <c r="AC105" s="250"/>
+      <c r="AD105" s="250"/>
+      <c r="AE105" s="250"/>
+      <c r="AF105" s="250"/>
+      <c r="AG105" s="250"/>
+      <c r="AH105" s="250"/>
+      <c r="AI105" s="250"/>
+      <c r="AJ105" s="250"/>
+      <c r="AK105" s="251"/>
       <c r="AL105" s="1"/>
       <c r="AQ105" s="50" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
     </row>
     <row r="106" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
-      <c r="B106" s="133"/>
-[...34 lines deleted...]
-      <c r="AK106" s="146"/>
+      <c r="B106" s="146"/>
+      <c r="C106" s="146"/>
+      <c r="D106" s="146"/>
+      <c r="E106" s="146"/>
+      <c r="F106" s="146"/>
+      <c r="G106" s="242"/>
+      <c r="H106" s="246"/>
+      <c r="I106" s="247"/>
+      <c r="J106" s="247"/>
+      <c r="K106" s="247"/>
+      <c r="L106" s="247"/>
+      <c r="M106" s="247"/>
+      <c r="N106" s="247"/>
+      <c r="O106" s="247"/>
+      <c r="P106" s="247"/>
+      <c r="Q106" s="247"/>
+      <c r="R106" s="247"/>
+      <c r="S106" s="247"/>
+      <c r="T106" s="247"/>
+      <c r="U106" s="247"/>
+      <c r="V106" s="248"/>
+      <c r="W106" s="252"/>
+      <c r="X106" s="253"/>
+      <c r="Y106" s="253"/>
+      <c r="Z106" s="253"/>
+      <c r="AA106" s="253"/>
+      <c r="AB106" s="253"/>
+      <c r="AC106" s="253"/>
+      <c r="AD106" s="253"/>
+      <c r="AE106" s="253"/>
+      <c r="AF106" s="253"/>
+      <c r="AG106" s="253"/>
+      <c r="AH106" s="253"/>
+      <c r="AI106" s="253"/>
+      <c r="AJ106" s="253"/>
+      <c r="AK106" s="254"/>
       <c r="AL106" s="1"/>
+      <c r="AQ106" s="50" t="s">
+        <v>283</v>
+      </c>
     </row>
     <row r="107" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
-      <c r="B107" s="147" t="s">
+      <c r="B107" s="188" t="s">
         <v>276</v>
       </c>
-      <c r="C107" s="147"/>
-[...33 lines deleted...]
-      <c r="AK107" s="154"/>
+      <c r="C107" s="188"/>
+      <c r="D107" s="188"/>
+      <c r="E107" s="188"/>
+      <c r="F107" s="188"/>
+      <c r="G107" s="255"/>
+      <c r="H107" s="256"/>
+      <c r="I107" s="191"/>
+      <c r="J107" s="191"/>
+      <c r="K107" s="191"/>
+      <c r="L107" s="191"/>
+      <c r="M107" s="191"/>
+      <c r="N107" s="191"/>
+      <c r="O107" s="191"/>
+      <c r="P107" s="191"/>
+      <c r="Q107" s="191"/>
+      <c r="R107" s="191"/>
+      <c r="S107" s="191"/>
+      <c r="T107" s="191"/>
+      <c r="U107" s="191"/>
+      <c r="V107" s="257"/>
+      <c r="W107" s="258"/>
+      <c r="X107" s="259"/>
+      <c r="Y107" s="259"/>
+      <c r="Z107" s="259"/>
+      <c r="AA107" s="259"/>
+      <c r="AB107" s="259"/>
+      <c r="AC107" s="259"/>
+      <c r="AD107" s="259"/>
+      <c r="AE107" s="259"/>
+      <c r="AF107" s="259"/>
+      <c r="AG107" s="259"/>
+      <c r="AH107" s="259"/>
+      <c r="AI107" s="259"/>
+      <c r="AJ107" s="259"/>
+      <c r="AK107" s="260"/>
       <c r="AL107" s="1"/>
       <c r="AP107" s="26" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="AS107" s="26" t="str">
-        <f>IF(OR(AD33&gt;12,U33&lt;&gt;0,AN41=2,AN42=2,AN43=2,K87=AQ105),"oui","non")</f>
+        <f>IF(OR(AD33&gt;12,U33&lt;&gt;0,AN41=2,AN42=2,AN43=2,K87=AQ106),"oui","non")</f>
         <v>non</v>
       </c>
     </row>
     <row r="108" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
-      <c r="B108" s="147" t="s">
+      <c r="B108" s="188" t="s">
         <v>277</v>
       </c>
-      <c r="C108" s="147"/>
-[...33 lines deleted...]
-      <c r="AK108" s="154"/>
+      <c r="C108" s="188"/>
+      <c r="D108" s="188"/>
+      <c r="E108" s="188"/>
+      <c r="F108" s="188"/>
+      <c r="G108" s="255"/>
+      <c r="H108" s="256"/>
+      <c r="I108" s="191"/>
+      <c r="J108" s="191"/>
+      <c r="K108" s="191"/>
+      <c r="L108" s="191"/>
+      <c r="M108" s="191"/>
+      <c r="N108" s="191"/>
+      <c r="O108" s="191"/>
+      <c r="P108" s="191"/>
+      <c r="Q108" s="191"/>
+      <c r="R108" s="191"/>
+      <c r="S108" s="191"/>
+      <c r="T108" s="191"/>
+      <c r="U108" s="191"/>
+      <c r="V108" s="257"/>
+      <c r="W108" s="258"/>
+      <c r="X108" s="259"/>
+      <c r="Y108" s="259"/>
+      <c r="Z108" s="259"/>
+      <c r="AA108" s="259"/>
+      <c r="AB108" s="259"/>
+      <c r="AC108" s="259"/>
+      <c r="AD108" s="259"/>
+      <c r="AE108" s="259"/>
+      <c r="AF108" s="259"/>
+      <c r="AG108" s="259"/>
+      <c r="AH108" s="259"/>
+      <c r="AI108" s="259"/>
+      <c r="AJ108" s="259"/>
+      <c r="AK108" s="260"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:45" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
-      <c r="B109" s="133" t="s">
+      <c r="B109" s="146" t="s">
         <v>278</v>
       </c>
-      <c r="C109" s="133"/>
-[...33 lines deleted...]
-      <c r="AK109" s="164"/>
+      <c r="C109" s="146"/>
+      <c r="D109" s="146"/>
+      <c r="E109" s="146"/>
+      <c r="F109" s="146"/>
+      <c r="G109" s="242"/>
+      <c r="H109" s="262"/>
+      <c r="I109" s="263"/>
+      <c r="J109" s="263"/>
+      <c r="K109" s="263"/>
+      <c r="L109" s="263"/>
+      <c r="M109" s="263"/>
+      <c r="N109" s="263"/>
+      <c r="O109" s="263"/>
+      <c r="P109" s="263"/>
+      <c r="Q109" s="263"/>
+      <c r="R109" s="263"/>
+      <c r="S109" s="263"/>
+      <c r="T109" s="263"/>
+      <c r="U109" s="263"/>
+      <c r="V109" s="264"/>
+      <c r="W109" s="268"/>
+      <c r="X109" s="269"/>
+      <c r="Y109" s="269"/>
+      <c r="Z109" s="269"/>
+      <c r="AA109" s="269"/>
+      <c r="AB109" s="269"/>
+      <c r="AC109" s="269"/>
+      <c r="AD109" s="269"/>
+      <c r="AE109" s="269"/>
+      <c r="AF109" s="269"/>
+      <c r="AG109" s="269"/>
+      <c r="AH109" s="269"/>
+      <c r="AI109" s="269"/>
+      <c r="AJ109" s="269"/>
+      <c r="AK109" s="270"/>
       <c r="AL109" s="1"/>
     </row>
     <row r="110" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1"/>
-      <c r="B110" s="133"/>
-[...34 lines deleted...]
-      <c r="AK110" s="167"/>
+      <c r="B110" s="146"/>
+      <c r="C110" s="146"/>
+      <c r="D110" s="146"/>
+      <c r="E110" s="146"/>
+      <c r="F110" s="146"/>
+      <c r="G110" s="242"/>
+      <c r="H110" s="265"/>
+      <c r="I110" s="266"/>
+      <c r="J110" s="266"/>
+      <c r="K110" s="266"/>
+      <c r="L110" s="266"/>
+      <c r="M110" s="266"/>
+      <c r="N110" s="266"/>
+      <c r="O110" s="266"/>
+      <c r="P110" s="266"/>
+      <c r="Q110" s="266"/>
+      <c r="R110" s="266"/>
+      <c r="S110" s="266"/>
+      <c r="T110" s="266"/>
+      <c r="U110" s="266"/>
+      <c r="V110" s="267"/>
+      <c r="W110" s="271"/>
+      <c r="X110" s="272"/>
+      <c r="Y110" s="272"/>
+      <c r="Z110" s="272"/>
+      <c r="AA110" s="272"/>
+      <c r="AB110" s="272"/>
+      <c r="AC110" s="272"/>
+      <c r="AD110" s="272"/>
+      <c r="AE110" s="272"/>
+      <c r="AF110" s="272"/>
+      <c r="AG110" s="272"/>
+      <c r="AH110" s="272"/>
+      <c r="AI110" s="272"/>
+      <c r="AJ110" s="272"/>
+      <c r="AK110" s="273"/>
       <c r="AL110" s="1"/>
     </row>
     <row r="111" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1"/>
       <c r="B111" s="1"/>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
       <c r="Z111" s="1"/>
       <c r="AA111" s="1"/>
       <c r="AB111" s="1"/>
       <c r="AC111" s="1"/>
       <c r="AD111" s="1"/>
       <c r="AE111" s="1"/>
       <c r="AF111" s="1"/>
       <c r="AG111" s="1"/>
       <c r="AH111" s="1"/>
       <c r="AI111" s="1"/>
       <c r="AJ111" s="1"/>
       <c r="AK111" s="70" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="AL111" s="1"/>
     </row>
     <row r="112" spans="1:45" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1"/>
       <c r="B112" s="1"/>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
       <c r="Z112" s="1"/>
       <c r="AA112" s="1"/>
       <c r="AB112" s="1"/>
       <c r="AC112" s="1"/>
       <c r="AD112" s="1"/>
       <c r="AE112" s="1"/>
       <c r="AF112" s="1"/>
       <c r="AG112" s="1"/>
       <c r="AH112" s="1"/>
       <c r="AI112" s="1"/>
       <c r="AJ112" s="1"/>
       <c r="AK112" s="1"/>
       <c r="AL112" s="1"/>
     </row>
     <row r="113" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="18"/>
-      <c r="B113" s="155"/>
-[...33 lines deleted...]
-      <c r="AJ113" s="155"/>
+      <c r="B113" s="261"/>
+      <c r="C113" s="261"/>
+      <c r="D113" s="261"/>
+      <c r="E113" s="261"/>
+      <c r="F113" s="261"/>
+      <c r="G113" s="261"/>
+      <c r="H113" s="261"/>
+      <c r="I113" s="261"/>
+      <c r="J113" s="261"/>
+      <c r="K113" s="261"/>
+      <c r="L113" s="261"/>
+      <c r="M113" s="261"/>
+      <c r="N113" s="261"/>
+      <c r="O113" s="261"/>
+      <c r="P113" s="261"/>
+      <c r="Q113" s="261"/>
+      <c r="R113" s="261"/>
+      <c r="S113" s="261"/>
+      <c r="T113" s="261"/>
+      <c r="U113" s="261"/>
+      <c r="V113" s="261"/>
+      <c r="W113" s="261"/>
+      <c r="X113" s="261"/>
+      <c r="Y113" s="261"/>
+      <c r="Z113" s="261"/>
+      <c r="AA113" s="261"/>
+      <c r="AB113" s="261"/>
+      <c r="AC113" s="261"/>
+      <c r="AD113" s="261"/>
+      <c r="AE113" s="261"/>
+      <c r="AF113" s="261"/>
+      <c r="AG113" s="261"/>
+      <c r="AH113" s="261"/>
+      <c r="AI113" s="261"/>
+      <c r="AJ113" s="261"/>
       <c r="AK113" s="1"/>
       <c r="AL113" s="1"/>
     </row>
     <row r="114" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -25855,279 +26038,270 @@
     <row r="155" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="156" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="157" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="158" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="159" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="160" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="161" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="162" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="163" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="164" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="165" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="170" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="173" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="174" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="175" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="176" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="182" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="183" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="184" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="188" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...3 lines deleted...]
-    <row r="192" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="194" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="195" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="196" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="197" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="210" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="211" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="212" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="215" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="216" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="243" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="244" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="245" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="246" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="247" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="248" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="250" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="261" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="262" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="267" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="268" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="269" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="270" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="271" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="277" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="278" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="279" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="280" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="281" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="282" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="283" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="284" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="285" ht="13.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="286" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-    <row r="290" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="FaDH7ma+4C45iFRk2L8bGeTxWztj8cngFgPHPpvvevponQXuB4mXrTyPFHPHG5sCHckIJ9BuQpIgfUcbR2DL3Q==" saltValue="JRsOvcpV3ZSrarNIoJjB7g==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="w6FdJ3zIp2ppSD2pFdFB5CheiWpwXtF9h/SDNA1jYlt7G0auehs7peY+Mz3d8ciLWM7bN/lKSjCN5Vs7zr7KNg==" saltValue="UaWlTleuaQJJQuu9+fokGw==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="97">
-    <mergeCell ref="F9:AK9"/>
-[...73 lines deleted...]
-    <mergeCell ref="V81:AI81"/>
+    <mergeCell ref="K83:AB83"/>
+    <mergeCell ref="S84:AI84"/>
+    <mergeCell ref="K86:AB86"/>
+    <mergeCell ref="B89:AK89"/>
+    <mergeCell ref="K87:AE87"/>
+    <mergeCell ref="B90:AK95"/>
+    <mergeCell ref="B103:G103"/>
+    <mergeCell ref="H103:V104"/>
+    <mergeCell ref="W103:AK104"/>
+    <mergeCell ref="H105:V106"/>
+    <mergeCell ref="W105:AK106"/>
     <mergeCell ref="H109:V110"/>
     <mergeCell ref="W109:AK110"/>
     <mergeCell ref="B113:AJ113"/>
     <mergeCell ref="B105:G106"/>
     <mergeCell ref="B107:G107"/>
     <mergeCell ref="B108:G108"/>
     <mergeCell ref="B109:G110"/>
     <mergeCell ref="H107:V107"/>
     <mergeCell ref="W107:AK107"/>
     <mergeCell ref="H108:V108"/>
     <mergeCell ref="W108:AK108"/>
-    <mergeCell ref="B90:AK95"/>
-[...9 lines deleted...]
-    <mergeCell ref="B89:AK89"/>
+    <mergeCell ref="K80:AB80"/>
+    <mergeCell ref="H63:T63"/>
+    <mergeCell ref="AD63:AG63"/>
+    <mergeCell ref="AD64:AG64"/>
+    <mergeCell ref="V81:AI81"/>
+    <mergeCell ref="V75:X75"/>
+    <mergeCell ref="AH75:AI75"/>
+    <mergeCell ref="V76:X76"/>
+    <mergeCell ref="AH76:AI76"/>
+    <mergeCell ref="L78:N78"/>
+    <mergeCell ref="B66:B67"/>
+    <mergeCell ref="C66:AK67"/>
+    <mergeCell ref="I50:AK50"/>
+    <mergeCell ref="I51:AK51"/>
+    <mergeCell ref="S54:AK54"/>
+    <mergeCell ref="S57:AK57"/>
+    <mergeCell ref="S58:AK58"/>
+    <mergeCell ref="W60:AK60"/>
+    <mergeCell ref="Q31:S31"/>
+    <mergeCell ref="U31:W31"/>
+    <mergeCell ref="Z31:AB31"/>
+    <mergeCell ref="AD31:AF31"/>
+    <mergeCell ref="Q33:S33"/>
+    <mergeCell ref="U33:W33"/>
+    <mergeCell ref="Z33:AB33"/>
+    <mergeCell ref="AD33:AF33"/>
+    <mergeCell ref="Z35:AJ36"/>
+    <mergeCell ref="Q38:Y39"/>
+    <mergeCell ref="Z38:AJ38"/>
+    <mergeCell ref="S44:AK44"/>
+    <mergeCell ref="AD48:AF48"/>
+    <mergeCell ref="Q34:Y36"/>
+    <mergeCell ref="Q27:S27"/>
+    <mergeCell ref="U27:W27"/>
+    <mergeCell ref="Z27:AB27"/>
+    <mergeCell ref="AD27:AF27"/>
+    <mergeCell ref="Q28:S28"/>
+    <mergeCell ref="U28:W28"/>
+    <mergeCell ref="Z28:AB28"/>
+    <mergeCell ref="AD28:AF28"/>
+    <mergeCell ref="Q29:S29"/>
+    <mergeCell ref="U29:W29"/>
+    <mergeCell ref="Z29:AB29"/>
+    <mergeCell ref="AD29:AF29"/>
+    <mergeCell ref="Q30:S30"/>
+    <mergeCell ref="U30:W30"/>
+    <mergeCell ref="Z30:AB30"/>
+    <mergeCell ref="AD30:AF30"/>
+    <mergeCell ref="Z18:AB18"/>
+    <mergeCell ref="U19:W19"/>
+    <mergeCell ref="AD19:AF19"/>
+    <mergeCell ref="AD20:AF20"/>
+    <mergeCell ref="Q22:S22"/>
+    <mergeCell ref="Z22:AB22"/>
+    <mergeCell ref="U23:W23"/>
+    <mergeCell ref="AD23:AF23"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="U26:W26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="AD26:AF26"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="Z14:AB14"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="Z17:AB17"/>
   </mergeCells>
   <conditionalFormatting sqref="B62:AK65">
     <cfRule type="expression" dxfId="13" priority="4">
       <formula>$AN$41=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D97">
     <cfRule type="expression" dxfId="12" priority="3">
       <formula>$AS$107="NON"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D98">
     <cfRule type="expression" dxfId="11" priority="11">
       <formula>$U$33&lt;12</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D99">
     <cfRule type="expression" dxfId="10" priority="8">
       <formula>$K$80&lt;&gt;"valeur g calculée en fonction des valeurs fg des façades"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D100">
     <cfRule type="expression" dxfId="9" priority="7">
       <formula>OR($AN$80=1,$AN$83=1,$AN$86=1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G48">
     <cfRule type="expression" dxfId="8" priority="1">
       <formula>AND($AM$17=TRUE, $AK$17=TRUE)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="7" priority="2">
       <formula>$AM$17=FALSE</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J87:AB87">
+  <conditionalFormatting sqref="J87:K87">
     <cfRule type="expression" dxfId="6" priority="12">
       <formula>OR($K$86=$AQ$85,$K$86=$AQ$86)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J54:AK54">
     <cfRule type="expression" dxfId="5" priority="16">
       <formula>$AN$53=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K58:AK58">
     <cfRule type="expression" dxfId="4" priority="15">
       <formula>$AN$56=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S57:AK57">
     <cfRule type="expression" dxfId="3" priority="14">
       <formula>$AN$56=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V60:AK60">
     <cfRule type="expression" dxfId="2" priority="13">
       <formula>$AN$60=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Z38">
     <cfRule type="cellIs" dxfId="1" priority="17" operator="equal">
       <formula>"formulaire non requis"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="18" operator="equal">
       <formula>"formulaire requis, à joindre au dossier"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K87" xr:uid="{00000000-0002-0000-0300-000000000000}">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K86:AB86" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>$AQ$85:$AQ$89</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K83:AB83" xr:uid="{00000000-0002-0000-0300-000002000000}">
       <formula1>$AQ$81:$AQ$83</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H63:T63" xr:uid="{00000000-0002-0000-0300-000003000000}">
       <formula1>$AQ$63:$AQ$68</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K80:AB80" xr:uid="{00000000-0002-0000-0300-000004000000}">
       <formula1>$AQ$74:$AQ$78</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="I50:AK50" xr:uid="{00000000-0002-0000-0300-000005000000}">
       <formula1>$AQ$40:$AQ$43</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="I51:AK51" xr:uid="{00000000-0002-0000-0300-000006000000}">
       <formula1>$AQ$45:$AQ$60</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K87" xr:uid="{9508ADBB-66D0-45E8-ADAA-F0598ED1AE08}">
+      <formula1>$AQ$98:$AQ$106</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="68" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>63</xdr:row>
                     <xdr:rowOff>47625</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>