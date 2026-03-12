--- v1 (2025-12-19)
+++ v2 (2026-03-12)
@@ -97,146 +97,148 @@
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp77.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp78.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp79.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp80.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp81.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp82.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp83.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp84.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp85.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp86.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A29233F-345D-4404-9E18-29D3103EE1E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{267D3915-580F-46B5-A067-BEF517541F11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="5" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="6" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Formulaire_Fr!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Formular_De!$1:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$74</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$A$1:$AL$111</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$A$1:$AL$111</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$74</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AK88" i="4" l="1"/>
+  <c r="AU92" i="4"/>
+  <c r="AU92" i="1"/>
   <c r="AU91" i="4" l="1"/>
-  <c r="AK88" i="4" s="1"/>
   <c r="AU91" i="1"/>
   <c r="AK88" i="1" s="1"/>
   <c r="AS107" i="4"/>
   <c r="K88" i="4"/>
-  <c r="AS107" i="1"/>
   <c r="K88" i="1"/>
   <c r="X45" i="4" l="1"/>
   <c r="AN80" i="4"/>
   <c r="S85" i="4"/>
   <c r="S82" i="4"/>
   <c r="AN86" i="4" l="1"/>
   <c r="AN83" i="4"/>
   <c r="AN80" i="1"/>
   <c r="AN86" i="1"/>
   <c r="AN83" i="1"/>
   <c r="AC80" i="4" l="1"/>
   <c r="Z33" i="4"/>
   <c r="AD33" i="4" s="1"/>
   <c r="Z35" i="4" s="1"/>
   <c r="Q33" i="4"/>
   <c r="U33" i="4" s="1"/>
   <c r="B38" i="4" s="1"/>
   <c r="AD31" i="4"/>
   <c r="U31" i="4"/>
   <c r="AD30" i="4"/>
   <c r="U30" i="4"/>
   <c r="AD29" i="4"/>
   <c r="U29" i="4"/>
   <c r="AD28" i="4"/>
   <c r="U28" i="4"/>
   <c r="AD27" i="4"/>
   <c r="U27" i="4"/>
   <c r="AD26" i="4"/>
   <c r="U26" i="4"/>
   <c r="AD23" i="4"/>
   <c r="U23" i="4"/>
   <c r="Z22" i="4"/>
   <c r="Q22" i="4"/>
   <c r="Q38" i="4" l="1"/>
   <c r="Q34" i="4"/>
   <c r="AD34" i="4"/>
   <c r="S85" i="1" l="1"/>
   <c r="S82" i="1"/>
   <c r="AC80" i="1"/>
   <c r="X45" i="1" l="1"/>
   <c r="Z33" i="1" l="1"/>
   <c r="AD33" i="1" s="1"/>
+  <c r="AS107" i="1" s="1"/>
   <c r="Q33" i="1"/>
   <c r="U33" i="1" s="1"/>
   <c r="AD31" i="1"/>
   <c r="U31" i="1"/>
   <c r="AD30" i="1"/>
   <c r="U30" i="1"/>
   <c r="AD29" i="1"/>
   <c r="U29" i="1"/>
   <c r="AD28" i="1"/>
   <c r="U28" i="1"/>
   <c r="AD27" i="1"/>
   <c r="U27" i="1"/>
   <c r="AD26" i="1"/>
   <c r="U26" i="1"/>
   <c r="AD23" i="1"/>
   <c r="U23" i="1"/>
   <c r="Z22" i="1"/>
   <c r="Q22" i="1"/>
   <c r="B38" i="1" l="1"/>
   <c r="Z35" i="1"/>
   <c r="Q34" i="1"/>
   <c r="Q38" i="1"/>
   <c r="AD34" i="1"/>
 </calcChain>
 </file>
@@ -2640,78 +2642,78 @@
       <rPr>
         <sz val="10"/>
         <color theme="0" tint="-0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">12 kW =&gt; EER&gt;2.90, ESEER&gt;3.80, Eurovent-Klasse </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0" tint="-0.34998626667073579"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>≥B</t>
     </r>
   </si>
   <si>
     <t>EN-VS-101a ou b</t>
   </si>
   <si>
     <t>EN-VS-101a oder b</t>
   </si>
   <si>
-    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
 (oder sein Beauftragter)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Die Vollständigkeit und Richtigkeit wird bestätigt</t>
     </r>
   </si>
   <si>
     <t>PAC rév. dans habitat sans éléments actifs supplémentaires d’émission de froid</t>
   </si>
   <si>
     <t>Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente</t>
+  </si>
+  <si>
+    <t>Version 5 mars 2026 (valable  jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>Version 5. März 2026 (gültig bis 31.12.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -3694,127 +3696,91 @@
     </xf>
     <xf numFmtId="0" fontId="44" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="14" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="32" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="33" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="34" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="35" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="36" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="37" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3853,110 +3819,400 @@
     </xf>
     <xf numFmtId="0" fontId="38" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="1" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4024,365 +4280,111 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center"/>
-[...6 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...115 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...126 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="28">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="5"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i/>
         <color theme="0" tint="-0.24994659260841701"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
@@ -12473,957 +12475,957 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X69"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15:S17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="51" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="51" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="51" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="51" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="52" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="52" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="52" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="52" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="52" customWidth="1"/>
     <col min="21" max="24" width="0" style="51" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="51" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="106" t="s">
+      <c r="E2" s="94" t="s">
         <v>123</v>
       </c>
-      <c r="F2" s="106"/>
-[...12 lines deleted...]
-      <c r="S2" s="106"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+      <c r="N2" s="94"/>
+      <c r="O2" s="94"/>
+      <c r="P2" s="94"/>
+      <c r="Q2" s="94"/>
+      <c r="R2" s="94"/>
+      <c r="S2" s="94"/>
       <c r="T2" s="53"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="106"/>
-[...13 lines deleted...]
-      <c r="S3" s="106"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
       <c r="T3" s="53"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="106"/>
-[...13 lines deleted...]
-      <c r="S4" s="106"/>
+      <c r="E4" s="94"/>
+      <c r="F4" s="94"/>
+      <c r="G4" s="94"/>
+      <c r="H4" s="94"/>
+      <c r="I4" s="94"/>
+      <c r="J4" s="94"/>
+      <c r="K4" s="94"/>
+      <c r="L4" s="94"/>
+      <c r="M4" s="94"/>
+      <c r="N4" s="94"/>
+      <c r="O4" s="94"/>
+      <c r="P4" s="94"/>
+      <c r="Q4" s="94"/>
+      <c r="R4" s="94"/>
+      <c r="S4" s="94"/>
       <c r="T4" s="53"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="54"/>
       <c r="C5" s="54"/>
       <c r="D5" s="54"/>
       <c r="E5" s="55"/>
       <c r="F5" s="55"/>
       <c r="G5" s="55"/>
       <c r="H5" s="55"/>
       <c r="I5" s="55"/>
       <c r="J5" s="55"/>
       <c r="K5" s="55"/>
       <c r="L5" s="55"/>
       <c r="M5" s="55"/>
       <c r="N5" s="55"/>
       <c r="O5" s="55"/>
       <c r="P5" s="71" t="s">
         <v>288</v>
       </c>
-      <c r="Q5" s="107" t="s">
+      <c r="Q5" s="95" t="s">
         <v>289</v>
       </c>
-      <c r="R5" s="107"/>
-      <c r="S5" s="107"/>
+      <c r="R5" s="95"/>
+      <c r="S5" s="95"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B7" s="108" t="s">
+      <c r="B7" s="96" t="s">
         <v>124</v>
       </c>
-      <c r="C7" s="109"/>
+      <c r="C7" s="97"/>
       <c r="E7" s="56" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B8" s="110"/>
-      <c r="C8" s="111"/>
+      <c r="B8" s="98"/>
+      <c r="C8" s="99"/>
       <c r="E8" s="57" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="110"/>
-      <c r="C9" s="111"/>
+      <c r="B9" s="98"/>
+      <c r="C9" s="99"/>
       <c r="E9" s="57"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="110"/>
-      <c r="C10" s="111"/>
+      <c r="B10" s="98"/>
+      <c r="C10" s="99"/>
       <c r="E10" s="58" t="s">
         <v>127</v>
       </c>
-      <c r="F10" s="87" t="s">
+      <c r="F10" s="93" t="s">
         <v>128</v>
       </c>
-      <c r="G10" s="87"/>
-[...11 lines deleted...]
-      <c r="S10" s="87"/>
+      <c r="G10" s="93"/>
+      <c r="H10" s="93"/>
+      <c r="I10" s="93"/>
+      <c r="J10" s="93"/>
+      <c r="K10" s="93"/>
+      <c r="L10" s="93"/>
+      <c r="M10" s="93"/>
+      <c r="N10" s="93"/>
+      <c r="O10" s="93"/>
+      <c r="P10" s="93"/>
+      <c r="Q10" s="93"/>
+      <c r="R10" s="93"/>
+      <c r="S10" s="93"/>
       <c r="T10" s="59"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="110"/>
-      <c r="C11" s="111"/>
+      <c r="B11" s="98"/>
+      <c r="C11" s="99"/>
       <c r="E11" s="58"/>
-      <c r="F11" s="87"/>
-[...12 lines deleted...]
-      <c r="S11" s="87"/>
+      <c r="F11" s="93"/>
+      <c r="G11" s="93"/>
+      <c r="H11" s="93"/>
+      <c r="I11" s="93"/>
+      <c r="J11" s="93"/>
+      <c r="K11" s="93"/>
+      <c r="L11" s="93"/>
+      <c r="M11" s="93"/>
+      <c r="N11" s="93"/>
+      <c r="O11" s="93"/>
+      <c r="P11" s="93"/>
+      <c r="Q11" s="93"/>
+      <c r="R11" s="93"/>
+      <c r="S11" s="93"/>
       <c r="T11" s="59"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="110"/>
-      <c r="C12" s="111"/>
+      <c r="B12" s="98"/>
+      <c r="C12" s="99"/>
       <c r="E12" s="58"/>
-      <c r="F12" s="87"/>
-[...12 lines deleted...]
-      <c r="S12" s="87"/>
+      <c r="F12" s="93"/>
+      <c r="G12" s="93"/>
+      <c r="H12" s="93"/>
+      <c r="I12" s="93"/>
+      <c r="J12" s="93"/>
+      <c r="K12" s="93"/>
+      <c r="L12" s="93"/>
+      <c r="M12" s="93"/>
+      <c r="N12" s="93"/>
+      <c r="O12" s="93"/>
+      <c r="P12" s="93"/>
+      <c r="Q12" s="93"/>
+      <c r="R12" s="93"/>
+      <c r="S12" s="93"/>
       <c r="T12" s="59"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B13" s="110"/>
-      <c r="C13" s="111"/>
+      <c r="B13" s="98"/>
+      <c r="C13" s="99"/>
       <c r="E13" s="60"/>
-      <c r="F13" s="87"/>
-[...12 lines deleted...]
-      <c r="S13" s="87"/>
+      <c r="F13" s="93"/>
+      <c r="G13" s="93"/>
+      <c r="H13" s="93"/>
+      <c r="I13" s="93"/>
+      <c r="J13" s="93"/>
+      <c r="K13" s="93"/>
+      <c r="L13" s="93"/>
+      <c r="M13" s="93"/>
+      <c r="N13" s="93"/>
+      <c r="O13" s="93"/>
+      <c r="P13" s="93"/>
+      <c r="Q13" s="93"/>
+      <c r="R13" s="93"/>
+      <c r="S13" s="93"/>
       <c r="T13" s="59"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="110"/>
-      <c r="C14" s="111"/>
+      <c r="B14" s="98"/>
+      <c r="C14" s="99"/>
       <c r="E14" s="60"/>
       <c r="F14" s="61"/>
       <c r="G14" s="61"/>
       <c r="H14" s="61"/>
       <c r="I14" s="61"/>
       <c r="J14" s="61"/>
       <c r="K14" s="61"/>
       <c r="L14" s="61"/>
       <c r="M14" s="61"/>
       <c r="N14" s="61"/>
       <c r="O14" s="61"/>
       <c r="P14" s="61"/>
       <c r="Q14" s="61"/>
       <c r="R14" s="61"/>
       <c r="S14" s="61"/>
       <c r="T14" s="61"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="110"/>
-      <c r="C15" s="111"/>
+      <c r="B15" s="98"/>
+      <c r="C15" s="99"/>
       <c r="E15" s="58" t="s">
         <v>129</v>
       </c>
-      <c r="F15" s="87" t="s">
+      <c r="F15" s="93" t="s">
         <v>130</v>
       </c>
-      <c r="G15" s="87"/>
-[...11 lines deleted...]
-      <c r="S15" s="87"/>
+      <c r="G15" s="93"/>
+      <c r="H15" s="93"/>
+      <c r="I15" s="93"/>
+      <c r="J15" s="93"/>
+      <c r="K15" s="93"/>
+      <c r="L15" s="93"/>
+      <c r="M15" s="93"/>
+      <c r="N15" s="93"/>
+      <c r="O15" s="93"/>
+      <c r="P15" s="93"/>
+      <c r="Q15" s="93"/>
+      <c r="R15" s="93"/>
+      <c r="S15" s="93"/>
       <c r="T15" s="59"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="110"/>
-      <c r="C16" s="111"/>
+      <c r="B16" s="98"/>
+      <c r="C16" s="99"/>
       <c r="E16" s="58"/>
-      <c r="F16" s="87"/>
-[...12 lines deleted...]
-      <c r="S16" s="87"/>
+      <c r="F16" s="93"/>
+      <c r="G16" s="93"/>
+      <c r="H16" s="93"/>
+      <c r="I16" s="93"/>
+      <c r="J16" s="93"/>
+      <c r="K16" s="93"/>
+      <c r="L16" s="93"/>
+      <c r="M16" s="93"/>
+      <c r="N16" s="93"/>
+      <c r="O16" s="93"/>
+      <c r="P16" s="93"/>
+      <c r="Q16" s="93"/>
+      <c r="R16" s="93"/>
+      <c r="S16" s="93"/>
       <c r="T16" s="59"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B17" s="112"/>
-      <c r="C17" s="113"/>
+      <c r="B17" s="100"/>
+      <c r="C17" s="101"/>
       <c r="E17" s="60"/>
-      <c r="F17" s="87"/>
-[...12 lines deleted...]
-      <c r="S17" s="87"/>
+      <c r="F17" s="93"/>
+      <c r="G17" s="93"/>
+      <c r="H17" s="93"/>
+      <c r="I17" s="93"/>
+      <c r="J17" s="93"/>
+      <c r="K17" s="93"/>
+      <c r="L17" s="93"/>
+      <c r="M17" s="93"/>
+      <c r="N17" s="93"/>
+      <c r="O17" s="93"/>
+      <c r="P17" s="93"/>
+      <c r="Q17" s="93"/>
+      <c r="R17" s="93"/>
+      <c r="S17" s="93"/>
       <c r="T17" s="59"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B19" s="100"/>
-      <c r="C19" s="101"/>
+      <c r="B19" s="87"/>
+      <c r="C19" s="88"/>
       <c r="E19" s="56" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B20" s="102"/>
-      <c r="C20" s="103"/>
+      <c r="B20" s="89"/>
+      <c r="C20" s="90"/>
       <c r="E20" s="57" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="102"/>
-      <c r="C21" s="103"/>
+      <c r="B21" s="89"/>
+      <c r="C21" s="90"/>
       <c r="E21" s="57"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="102"/>
-[...1 lines deleted...]
-      <c r="F22" s="87" t="s">
+      <c r="B22" s="89"/>
+      <c r="C22" s="90"/>
+      <c r="F22" s="93" t="s">
         <v>132</v>
       </c>
-      <c r="G22" s="87"/>
-[...11 lines deleted...]
-      <c r="S22" s="87"/>
+      <c r="G22" s="93"/>
+      <c r="H22" s="93"/>
+      <c r="I22" s="93"/>
+      <c r="J22" s="93"/>
+      <c r="K22" s="93"/>
+      <c r="L22" s="93"/>
+      <c r="M22" s="93"/>
+      <c r="N22" s="93"/>
+      <c r="O22" s="93"/>
+      <c r="P22" s="93"/>
+      <c r="Q22" s="93"/>
+      <c r="R22" s="93"/>
+      <c r="S22" s="93"/>
       <c r="T22" s="59"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B23" s="102"/>
-      <c r="C23" s="103"/>
+      <c r="B23" s="89"/>
+      <c r="C23" s="90"/>
       <c r="E23" s="59"/>
-      <c r="F23" s="87"/>
-[...12 lines deleted...]
-      <c r="S23" s="87"/>
+      <c r="F23" s="93"/>
+      <c r="G23" s="93"/>
+      <c r="H23" s="93"/>
+      <c r="I23" s="93"/>
+      <c r="J23" s="93"/>
+      <c r="K23" s="93"/>
+      <c r="L23" s="93"/>
+      <c r="M23" s="93"/>
+      <c r="N23" s="93"/>
+      <c r="O23" s="93"/>
+      <c r="P23" s="93"/>
+      <c r="Q23" s="93"/>
+      <c r="R23" s="93"/>
+      <c r="S23" s="93"/>
       <c r="T23" s="59"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B24" s="102"/>
-      <c r="C24" s="103"/>
+      <c r="B24" s="89"/>
+      <c r="C24" s="90"/>
       <c r="E24" s="59"/>
-      <c r="F24" s="87"/>
-[...12 lines deleted...]
-      <c r="S24" s="87"/>
+      <c r="F24" s="93"/>
+      <c r="G24" s="93"/>
+      <c r="H24" s="93"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="93"/>
+      <c r="L24" s="93"/>
+      <c r="M24" s="93"/>
+      <c r="N24" s="93"/>
+      <c r="O24" s="93"/>
+      <c r="P24" s="93"/>
+      <c r="Q24" s="93"/>
+      <c r="R24" s="93"/>
+      <c r="S24" s="93"/>
       <c r="T24" s="59"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B25" s="102"/>
-      <c r="C25" s="103"/>
+      <c r="B25" s="89"/>
+      <c r="C25" s="90"/>
       <c r="E25" s="59"/>
-      <c r="F25" s="87"/>
-[...12 lines deleted...]
-      <c r="S25" s="87"/>
+      <c r="F25" s="93"/>
+      <c r="G25" s="93"/>
+      <c r="H25" s="93"/>
+      <c r="I25" s="93"/>
+      <c r="J25" s="93"/>
+      <c r="K25" s="93"/>
+      <c r="L25" s="93"/>
+      <c r="M25" s="93"/>
+      <c r="N25" s="93"/>
+      <c r="O25" s="93"/>
+      <c r="P25" s="93"/>
+      <c r="Q25" s="93"/>
+      <c r="R25" s="93"/>
+      <c r="S25" s="93"/>
       <c r="T25" s="59"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B26" s="102"/>
-      <c r="C26" s="103"/>
+      <c r="B26" s="89"/>
+      <c r="C26" s="90"/>
       <c r="E26" s="59"/>
-      <c r="F26" s="87"/>
-[...12 lines deleted...]
-      <c r="S26" s="87"/>
+      <c r="F26" s="93"/>
+      <c r="G26" s="93"/>
+      <c r="H26" s="93"/>
+      <c r="I26" s="93"/>
+      <c r="J26" s="93"/>
+      <c r="K26" s="93"/>
+      <c r="L26" s="93"/>
+      <c r="M26" s="93"/>
+      <c r="N26" s="93"/>
+      <c r="O26" s="93"/>
+      <c r="P26" s="93"/>
+      <c r="Q26" s="93"/>
+      <c r="R26" s="93"/>
+      <c r="S26" s="93"/>
       <c r="T26" s="59"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B27" s="102"/>
-      <c r="C27" s="103"/>
+      <c r="B27" s="89"/>
+      <c r="C27" s="90"/>
       <c r="E27" s="59"/>
-      <c r="F27" s="87"/>
-[...12 lines deleted...]
-      <c r="S27" s="87"/>
+      <c r="F27" s="93"/>
+      <c r="G27" s="93"/>
+      <c r="H27" s="93"/>
+      <c r="I27" s="93"/>
+      <c r="J27" s="93"/>
+      <c r="K27" s="93"/>
+      <c r="L27" s="93"/>
+      <c r="M27" s="93"/>
+      <c r="N27" s="93"/>
+      <c r="O27" s="93"/>
+      <c r="P27" s="93"/>
+      <c r="Q27" s="93"/>
+      <c r="R27" s="93"/>
+      <c r="S27" s="93"/>
       <c r="T27" s="59"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B28" s="102"/>
-      <c r="C28" s="103"/>
+      <c r="B28" s="89"/>
+      <c r="C28" s="90"/>
       <c r="E28" s="59"/>
-      <c r="F28" s="87"/>
-[...12 lines deleted...]
-      <c r="S28" s="87"/>
+      <c r="F28" s="93"/>
+      <c r="G28" s="93"/>
+      <c r="H28" s="93"/>
+      <c r="I28" s="93"/>
+      <c r="J28" s="93"/>
+      <c r="K28" s="93"/>
+      <c r="L28" s="93"/>
+      <c r="M28" s="93"/>
+      <c r="N28" s="93"/>
+      <c r="O28" s="93"/>
+      <c r="P28" s="93"/>
+      <c r="Q28" s="93"/>
+      <c r="R28" s="93"/>
+      <c r="S28" s="93"/>
       <c r="T28" s="59"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B29" s="104"/>
-      <c r="C29" s="105"/>
+      <c r="B29" s="91"/>
+      <c r="C29" s="92"/>
       <c r="E29" s="59"/>
-      <c r="F29" s="87"/>
-[...12 lines deleted...]
-      <c r="S29" s="87"/>
+      <c r="F29" s="93"/>
+      <c r="G29" s="93"/>
+      <c r="H29" s="93"/>
+      <c r="I29" s="93"/>
+      <c r="J29" s="93"/>
+      <c r="K29" s="93"/>
+      <c r="L29" s="93"/>
+      <c r="M29" s="93"/>
+      <c r="N29" s="93"/>
+      <c r="O29" s="93"/>
+      <c r="P29" s="93"/>
+      <c r="Q29" s="93"/>
+      <c r="R29" s="93"/>
+      <c r="S29" s="93"/>
       <c r="T29" s="59"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="61"/>
       <c r="H30" s="61"/>
       <c r="I30" s="61"/>
       <c r="J30" s="61"/>
       <c r="K30" s="61"/>
       <c r="L30" s="61"/>
       <c r="M30" s="61"/>
       <c r="N30" s="61"/>
       <c r="O30" s="61"/>
       <c r="P30" s="61"/>
       <c r="Q30" s="61"/>
       <c r="R30" s="61"/>
       <c r="S30" s="61"/>
       <c r="T30" s="61"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B31" s="100"/>
-      <c r="C31" s="101"/>
+      <c r="B31" s="87"/>
+      <c r="C31" s="88"/>
       <c r="E31" s="56" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="102"/>
-      <c r="C32" s="103"/>
+      <c r="B32" s="89"/>
+      <c r="C32" s="90"/>
       <c r="E32" s="56"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B33" s="102"/>
-      <c r="C33" s="103"/>
+      <c r="B33" s="89"/>
+      <c r="C33" s="90"/>
       <c r="E33" s="58" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="52" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="102"/>
-      <c r="C34" s="103"/>
+      <c r="B34" s="89"/>
+      <c r="C34" s="90"/>
       <c r="E34" s="58"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B35" s="102"/>
-      <c r="C35" s="103"/>
+      <c r="B35" s="89"/>
+      <c r="C35" s="90"/>
       <c r="E35" s="58" t="s">
         <v>129</v>
       </c>
       <c r="F35" s="52" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="102"/>
-      <c r="C36" s="103"/>
+      <c r="B36" s="89"/>
+      <c r="C36" s="90"/>
       <c r="E36" s="58"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="102"/>
-      <c r="C37" s="103"/>
+      <c r="B37" s="89"/>
+      <c r="C37" s="90"/>
       <c r="E37" s="58" t="s">
         <v>134</v>
       </c>
-      <c r="F37" s="87" t="s">
+      <c r="F37" s="93" t="s">
         <v>135</v>
       </c>
-      <c r="G37" s="87"/>
-[...11 lines deleted...]
-      <c r="S37" s="87"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+      <c r="N37" s="93"/>
+      <c r="O37" s="93"/>
+      <c r="P37" s="93"/>
+      <c r="Q37" s="93"/>
+      <c r="R37" s="93"/>
+      <c r="S37" s="93"/>
       <c r="T37" s="59"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B38" s="104"/>
-      <c r="C38" s="105"/>
+      <c r="B38" s="91"/>
+      <c r="C38" s="92"/>
       <c r="E38" s="62"/>
-      <c r="F38" s="87"/>
-[...12 lines deleted...]
-      <c r="S38" s="87"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+      <c r="N38" s="93"/>
+      <c r="O38" s="93"/>
+      <c r="P38" s="93"/>
+      <c r="Q38" s="93"/>
+      <c r="R38" s="93"/>
+      <c r="S38" s="93"/>
       <c r="T38" s="59"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="F39" s="87"/>
-[...12 lines deleted...]
-      <c r="S39" s="87"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+      <c r="N39" s="93"/>
+      <c r="O39" s="93"/>
+      <c r="P39" s="93"/>
+      <c r="Q39" s="93"/>
+      <c r="R39" s="93"/>
+      <c r="S39" s="93"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B40" s="126"/>
-      <c r="C40" s="127"/>
+      <c r="B40" s="114"/>
+      <c r="C40" s="115"/>
       <c r="E40" s="56" t="s">
         <v>136</v>
       </c>
       <c r="F40" s="56"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B41" s="128"/>
-      <c r="C41" s="129"/>
+      <c r="B41" s="116"/>
+      <c r="C41" s="117"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B42" s="128"/>
-[...3 lines deleted...]
-      <c r="G42" s="132"/>
+      <c r="B42" s="116"/>
+      <c r="C42" s="117"/>
+      <c r="E42" s="118"/>
+      <c r="F42" s="119"/>
+      <c r="G42" s="120"/>
       <c r="I42" s="52" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B43" s="128"/>
-      <c r="C43" s="129"/>
+      <c r="B43" s="116"/>
+      <c r="C43" s="117"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B44" s="128"/>
-      <c r="C44" s="129"/>
+      <c r="B44" s="116"/>
+      <c r="C44" s="117"/>
       <c r="G44" s="63"/>
       <c r="I44" s="52" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B45" s="128"/>
-      <c r="C45" s="129"/>
+      <c r="B45" s="116"/>
+      <c r="C45" s="117"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B46" s="128"/>
-      <c r="C46" s="129"/>
+      <c r="B46" s="116"/>
+      <c r="C46" s="117"/>
       <c r="G46" s="63"/>
       <c r="I46" s="52" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B47" s="128"/>
-      <c r="C47" s="129"/>
+      <c r="B47" s="116"/>
+      <c r="C47" s="117"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B48" s="128"/>
-      <c r="C48" s="129"/>
+      <c r="B48" s="116"/>
+      <c r="C48" s="117"/>
       <c r="E48" s="63"/>
       <c r="F48" s="64" t="s">
         <v>140</v>
       </c>
-      <c r="I48" s="87" t="s">
+      <c r="I48" s="93" t="s">
         <v>141</v>
       </c>
-      <c r="J48" s="87"/>
-[...8 lines deleted...]
-      <c r="S48" s="87"/>
+      <c r="J48" s="93"/>
+      <c r="K48" s="93"/>
+      <c r="L48" s="93"/>
+      <c r="M48" s="93"/>
+      <c r="N48" s="93"/>
+      <c r="O48" s="93"/>
+      <c r="P48" s="93"/>
+      <c r="Q48" s="93"/>
+      <c r="R48" s="93"/>
+      <c r="S48" s="93"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B49" s="128"/>
-      <c r="C49" s="129"/>
+      <c r="B49" s="116"/>
+      <c r="C49" s="117"/>
       <c r="F49" s="64"/>
-      <c r="I49" s="87"/>
-[...9 lines deleted...]
-      <c r="S49" s="87"/>
+      <c r="I49" s="93"/>
+      <c r="J49" s="93"/>
+      <c r="K49" s="93"/>
+      <c r="L49" s="93"/>
+      <c r="M49" s="93"/>
+      <c r="N49" s="93"/>
+      <c r="O49" s="93"/>
+      <c r="P49" s="93"/>
+      <c r="Q49" s="93"/>
+      <c r="R49" s="93"/>
+      <c r="S49" s="93"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B50" s="128"/>
-      <c r="C50" s="129"/>
+      <c r="B50" s="116"/>
+      <c r="C50" s="117"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B51" s="128"/>
-[...3 lines deleted...]
-      <c r="G51" s="82"/>
+      <c r="B51" s="116"/>
+      <c r="C51" s="117"/>
+      <c r="E51" s="121"/>
+      <c r="F51" s="122"/>
+      <c r="G51" s="123"/>
       <c r="I51" s="52" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B52" s="128"/>
-      <c r="C52" s="129"/>
+      <c r="B52" s="116"/>
+      <c r="C52" s="117"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="128"/>
-[...3 lines deleted...]
-      <c r="I53" s="87" t="s">
+      <c r="B53" s="116"/>
+      <c r="C53" s="117"/>
+      <c r="F53" s="124"/>
+      <c r="G53" s="125"/>
+      <c r="I53" s="93" t="s">
         <v>143</v>
       </c>
-      <c r="J53" s="87"/>
-[...8 lines deleted...]
-      <c r="S53" s="87"/>
+      <c r="J53" s="93"/>
+      <c r="K53" s="93"/>
+      <c r="L53" s="93"/>
+      <c r="M53" s="93"/>
+      <c r="N53" s="93"/>
+      <c r="O53" s="93"/>
+      <c r="P53" s="93"/>
+      <c r="Q53" s="93"/>
+      <c r="R53" s="93"/>
+      <c r="S53" s="93"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B54" s="128"/>
-[...13 lines deleted...]
-      <c r="S54" s="87"/>
+      <c r="B54" s="116"/>
+      <c r="C54" s="117"/>
+      <c r="F54" s="126"/>
+      <c r="G54" s="127"/>
+      <c r="I54" s="93"/>
+      <c r="J54" s="93"/>
+      <c r="K54" s="93"/>
+      <c r="L54" s="93"/>
+      <c r="M54" s="93"/>
+      <c r="N54" s="93"/>
+      <c r="O54" s="93"/>
+      <c r="P54" s="93"/>
+      <c r="Q54" s="93"/>
+      <c r="R54" s="93"/>
+      <c r="S54" s="93"/>
     </row>
     <row r="55" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B55" s="128"/>
-      <c r="C55" s="129"/>
+      <c r="B55" s="116"/>
+      <c r="C55" s="117"/>
       <c r="F55" s="65"/>
       <c r="G55" s="65"/>
-      <c r="I55" s="87"/>
-[...9 lines deleted...]
-      <c r="S55" s="87"/>
+      <c r="I55" s="93"/>
+      <c r="J55" s="93"/>
+      <c r="K55" s="93"/>
+      <c r="L55" s="93"/>
+      <c r="M55" s="93"/>
+      <c r="N55" s="93"/>
+      <c r="O55" s="93"/>
+      <c r="P55" s="93"/>
+      <c r="Q55" s="93"/>
+      <c r="R55" s="93"/>
+      <c r="S55" s="93"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B56" s="128"/>
-      <c r="C56" s="129"/>
+      <c r="B56" s="116"/>
+      <c r="C56" s="117"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="128"/>
-[...1 lines deleted...]
-      <c r="E57" s="88" t="s">
+      <c r="B57" s="116"/>
+      <c r="C57" s="117"/>
+      <c r="E57" s="128" t="s">
         <v>144</v>
       </c>
-      <c r="F57" s="89"/>
-[...1 lines deleted...]
-      <c r="I57" s="87" t="s">
+      <c r="F57" s="129"/>
+      <c r="G57" s="130"/>
+      <c r="I57" s="93" t="s">
         <v>145</v>
       </c>
-      <c r="J57" s="87"/>
-[...8 lines deleted...]
-      <c r="S57" s="87"/>
+      <c r="J57" s="93"/>
+      <c r="K57" s="93"/>
+      <c r="L57" s="93"/>
+      <c r="M57" s="93"/>
+      <c r="N57" s="93"/>
+      <c r="O57" s="93"/>
+      <c r="P57" s="93"/>
+      <c r="Q57" s="93"/>
+      <c r="R57" s="93"/>
+      <c r="S57" s="93"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B58" s="128"/>
-[...14 lines deleted...]
-      <c r="S58" s="87"/>
+      <c r="B58" s="116"/>
+      <c r="C58" s="117"/>
+      <c r="E58" s="131"/>
+      <c r="F58" s="132"/>
+      <c r="G58" s="133"/>
+      <c r="I58" s="93"/>
+      <c r="J58" s="93"/>
+      <c r="K58" s="93"/>
+      <c r="L58" s="93"/>
+      <c r="M58" s="93"/>
+      <c r="N58" s="93"/>
+      <c r="O58" s="93"/>
+      <c r="P58" s="93"/>
+      <c r="Q58" s="93"/>
+      <c r="R58" s="93"/>
+      <c r="S58" s="93"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B59" s="128"/>
-      <c r="C59" s="129"/>
+      <c r="B59" s="116"/>
+      <c r="C59" s="117"/>
       <c r="E59" s="56"/>
       <c r="F59" s="56"/>
       <c r="G59" s="56"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="128"/>
-[...1 lines deleted...]
-      <c r="E60" s="114" t="s">
+      <c r="B60" s="116"/>
+      <c r="C60" s="117"/>
+      <c r="E60" s="102" t="s">
         <v>146</v>
       </c>
-      <c r="F60" s="115"/>
-[...1 lines deleted...]
-      <c r="I60" s="87" t="s">
+      <c r="F60" s="103"/>
+      <c r="G60" s="104"/>
+      <c r="I60" s="93" t="s">
         <v>147</v>
       </c>
-      <c r="J60" s="87"/>
-[...8 lines deleted...]
-      <c r="S60" s="87"/>
+      <c r="J60" s="93"/>
+      <c r="K60" s="93"/>
+      <c r="L60" s="93"/>
+      <c r="M60" s="93"/>
+      <c r="N60" s="93"/>
+      <c r="O60" s="93"/>
+      <c r="P60" s="93"/>
+      <c r="Q60" s="93"/>
+      <c r="R60" s="93"/>
+      <c r="S60" s="93"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B61" s="128"/>
-[...14 lines deleted...]
-      <c r="S61" s="87"/>
+      <c r="B61" s="116"/>
+      <c r="C61" s="117"/>
+      <c r="E61" s="105"/>
+      <c r="F61" s="106"/>
+      <c r="G61" s="107"/>
+      <c r="I61" s="93"/>
+      <c r="J61" s="93"/>
+      <c r="K61" s="93"/>
+      <c r="L61" s="93"/>
+      <c r="M61" s="93"/>
+      <c r="N61" s="93"/>
+      <c r="O61" s="93"/>
+      <c r="P61" s="93"/>
+      <c r="Q61" s="93"/>
+      <c r="R61" s="93"/>
+      <c r="S61" s="93"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B62" s="128"/>
-      <c r="C62" s="129"/>
+      <c r="B62" s="116"/>
+      <c r="C62" s="117"/>
       <c r="E62" s="56"/>
       <c r="F62" s="56"/>
       <c r="G62" s="56"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B63" s="128"/>
-[...1 lines deleted...]
-      <c r="E63" s="120" t="s">
+      <c r="B63" s="116"/>
+      <c r="C63" s="117"/>
+      <c r="E63" s="108" t="s">
         <v>146</v>
       </c>
-      <c r="F63" s="121"/>
-      <c r="G63" s="122"/>
+      <c r="F63" s="109"/>
+      <c r="G63" s="110"/>
       <c r="I63" s="66" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B64" s="128"/>
-[...3 lines deleted...]
-      <c r="G64" s="125"/>
+      <c r="B64" s="116"/>
+      <c r="C64" s="117"/>
+      <c r="E64" s="111"/>
+      <c r="F64" s="112"/>
+      <c r="G64" s="113"/>
       <c r="I64" s="66"/>
     </row>
     <row r="65" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B65" s="76"/>
       <c r="C65" s="77"/>
       <c r="E65" s="75"/>
       <c r="F65" s="75"/>
       <c r="G65" s="75"/>
       <c r="I65" s="66"/>
     </row>
     <row r="66" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B66" s="76"/>
       <c r="C66" s="77"/>
-      <c r="E66" s="94" t="s">
+      <c r="E66" s="81" t="s">
         <v>146</v>
       </c>
-      <c r="F66" s="95"/>
-      <c r="G66" s="96"/>
+      <c r="F66" s="82"/>
+      <c r="G66" s="83"/>
       <c r="I66" s="66" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="67" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B67" s="78"/>
       <c r="C67" s="79"/>
-      <c r="E67" s="97"/>
-[...1 lines deleted...]
-      <c r="G67" s="99"/>
+      <c r="E67" s="84"/>
+      <c r="F67" s="85"/>
+      <c r="G67" s="86"/>
       <c r="I67" s="66"/>
     </row>
     <row r="68" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B68" s="74"/>
       <c r="C68" s="74"/>
       <c r="E68" s="75"/>
       <c r="F68" s="75"/>
       <c r="G68" s="75"/>
       <c r="I68" s="66"/>
     </row>
     <row r="69" spans="2:9" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="4RrlCTDrU+R5u5fz3tDu1fjuSE83WkXKugtSz49B8YHwwY4sCRivwa+KsWpfVFRdrs5wGwQ8nWuqpZDa9wzYxg==" saltValue="XMCMciXeMN5lwXJOBIY6rA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
+    <mergeCell ref="E51:G51"/>
+    <mergeCell ref="F53:G54"/>
+    <mergeCell ref="I53:S55"/>
+    <mergeCell ref="E57:G58"/>
+    <mergeCell ref="I57:S58"/>
     <mergeCell ref="E66:G67"/>
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="Q5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
-    <mergeCell ref="E51:G51"/>
-[...3 lines deleted...]
-    <mergeCell ref="I57:S58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{1ADBA20C-5EE7-4734-9816-1ED686D24DC8}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{C1EE5AED-E7EB-44F9-AFDF-F799F0AF2E2D}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{F26981B1-7D98-4406-8562-3086BC04F3E2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="6145" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -13470,448 +13472,448 @@
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:XFC276"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="10" width="3" style="10" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="10" customWidth="1"/>
     <col min="12" max="15" width="3" style="10" customWidth="1"/>
     <col min="16" max="16" width="3.85546875" style="10" customWidth="1"/>
     <col min="17" max="17" width="3.7109375" style="10" customWidth="1"/>
     <col min="18" max="19" width="3" style="10" customWidth="1"/>
     <col min="20" max="20" width="3.7109375" style="10" customWidth="1"/>
     <col min="21" max="23" width="3" style="10" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="10" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="10" customWidth="1"/>
     <col min="26" max="28" width="3" style="10" customWidth="1"/>
     <col min="29" max="29" width="4.42578125" style="10" customWidth="1"/>
     <col min="30" max="38" width="3" style="10" customWidth="1"/>
     <col min="39" max="46" width="2.28515625" style="26" hidden="1"/>
-    <col min="47" max="47" width="5.42578125" style="26" hidden="1"/>
+    <col min="47" max="47" width="7.7109375" style="26" hidden="1"/>
     <col min="48" max="16285" width="2.28515625" style="26" hidden="1"/>
     <col min="16286" max="16383" width="3" style="26" hidden="1"/>
     <col min="16384" max="16384" width="2.28515625" style="26" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:38" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="152"/>
-[...4 lines deleted...]
-      <c r="G2" s="161" t="s">
+      <c r="B2" s="220"/>
+      <c r="C2" s="221"/>
+      <c r="D2" s="221"/>
+      <c r="E2" s="221"/>
+      <c r="F2" s="222"/>
+      <c r="G2" s="229" t="s">
         <v>0</v>
       </c>
-      <c r="H2" s="162"/>
-[...7 lines deleted...]
-      <c r="P2" s="170" t="s">
+      <c r="H2" s="230"/>
+      <c r="I2" s="230"/>
+      <c r="J2" s="230"/>
+      <c r="K2" s="230"/>
+      <c r="L2" s="230"/>
+      <c r="M2" s="230"/>
+      <c r="N2" s="230"/>
+      <c r="O2" s="231"/>
+      <c r="P2" s="238" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="171"/>
-[...7 lines deleted...]
-      <c r="Y2" s="179" t="s">
+      <c r="Q2" s="239"/>
+      <c r="R2" s="239"/>
+      <c r="S2" s="239"/>
+      <c r="T2" s="239"/>
+      <c r="U2" s="239"/>
+      <c r="V2" s="239"/>
+      <c r="W2" s="239"/>
+      <c r="X2" s="240"/>
+      <c r="Y2" s="247" t="s">
         <v>171</v>
       </c>
-      <c r="Z2" s="180"/>
-[...10 lines deleted...]
-      <c r="AK2" s="181"/>
+      <c r="Z2" s="248"/>
+      <c r="AA2" s="248"/>
+      <c r="AB2" s="248"/>
+      <c r="AC2" s="248"/>
+      <c r="AD2" s="248"/>
+      <c r="AE2" s="248"/>
+      <c r="AF2" s="248"/>
+      <c r="AG2" s="248"/>
+      <c r="AH2" s="248"/>
+      <c r="AI2" s="248"/>
+      <c r="AJ2" s="248"/>
+      <c r="AK2" s="249"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="155"/>
-[...34 lines deleted...]
-      <c r="AK3" s="184"/>
+      <c r="B3" s="223"/>
+      <c r="C3" s="224"/>
+      <c r="D3" s="224"/>
+      <c r="E3" s="224"/>
+      <c r="F3" s="225"/>
+      <c r="G3" s="232"/>
+      <c r="H3" s="233"/>
+      <c r="I3" s="233"/>
+      <c r="J3" s="233"/>
+      <c r="K3" s="233"/>
+      <c r="L3" s="233"/>
+      <c r="M3" s="233"/>
+      <c r="N3" s="233"/>
+      <c r="O3" s="234"/>
+      <c r="P3" s="241"/>
+      <c r="Q3" s="242"/>
+      <c r="R3" s="242"/>
+      <c r="S3" s="242"/>
+      <c r="T3" s="242"/>
+      <c r="U3" s="242"/>
+      <c r="V3" s="242"/>
+      <c r="W3" s="242"/>
+      <c r="X3" s="243"/>
+      <c r="Y3" s="250"/>
+      <c r="Z3" s="251"/>
+      <c r="AA3" s="251"/>
+      <c r="AB3" s="251"/>
+      <c r="AC3" s="251"/>
+      <c r="AD3" s="251"/>
+      <c r="AE3" s="251"/>
+      <c r="AF3" s="251"/>
+      <c r="AG3" s="251"/>
+      <c r="AH3" s="251"/>
+      <c r="AI3" s="251"/>
+      <c r="AJ3" s="251"/>
+      <c r="AK3" s="252"/>
       <c r="AL3" s="1"/>
     </row>
     <row r="4" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="155"/>
-[...34 lines deleted...]
-      <c r="AK4" s="184"/>
+      <c r="B4" s="223"/>
+      <c r="C4" s="224"/>
+      <c r="D4" s="224"/>
+      <c r="E4" s="224"/>
+      <c r="F4" s="225"/>
+      <c r="G4" s="232"/>
+      <c r="H4" s="233"/>
+      <c r="I4" s="233"/>
+      <c r="J4" s="233"/>
+      <c r="K4" s="233"/>
+      <c r="L4" s="233"/>
+      <c r="M4" s="233"/>
+      <c r="N4" s="233"/>
+      <c r="O4" s="234"/>
+      <c r="P4" s="241"/>
+      <c r="Q4" s="242"/>
+      <c r="R4" s="242"/>
+      <c r="S4" s="242"/>
+      <c r="T4" s="242"/>
+      <c r="U4" s="242"/>
+      <c r="V4" s="242"/>
+      <c r="W4" s="242"/>
+      <c r="X4" s="243"/>
+      <c r="Y4" s="250"/>
+      <c r="Z4" s="251"/>
+      <c r="AA4" s="251"/>
+      <c r="AB4" s="251"/>
+      <c r="AC4" s="251"/>
+      <c r="AD4" s="251"/>
+      <c r="AE4" s="251"/>
+      <c r="AF4" s="251"/>
+      <c r="AG4" s="251"/>
+      <c r="AH4" s="251"/>
+      <c r="AI4" s="251"/>
+      <c r="AJ4" s="251"/>
+      <c r="AK4" s="252"/>
       <c r="AL4" s="1"/>
     </row>
     <row r="5" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="158"/>
-[...34 lines deleted...]
-      <c r="AK5" s="187"/>
+      <c r="B5" s="226"/>
+      <c r="C5" s="227"/>
+      <c r="D5" s="227"/>
+      <c r="E5" s="227"/>
+      <c r="F5" s="228"/>
+      <c r="G5" s="235"/>
+      <c r="H5" s="236"/>
+      <c r="I5" s="236"/>
+      <c r="J5" s="236"/>
+      <c r="K5" s="236"/>
+      <c r="L5" s="236"/>
+      <c r="M5" s="236"/>
+      <c r="N5" s="236"/>
+      <c r="O5" s="237"/>
+      <c r="P5" s="244"/>
+      <c r="Q5" s="245"/>
+      <c r="R5" s="245"/>
+      <c r="S5" s="245"/>
+      <c r="T5" s="245"/>
+      <c r="U5" s="245"/>
+      <c r="V5" s="245"/>
+      <c r="W5" s="245"/>
+      <c r="X5" s="246"/>
+      <c r="Y5" s="253"/>
+      <c r="Z5" s="254"/>
+      <c r="AA5" s="254"/>
+      <c r="AB5" s="254"/>
+      <c r="AC5" s="254"/>
+      <c r="AD5" s="254"/>
+      <c r="AE5" s="254"/>
+      <c r="AF5" s="254"/>
+      <c r="AG5" s="254"/>
+      <c r="AH5" s="254"/>
+      <c r="AI5" s="254"/>
+      <c r="AJ5" s="254"/>
+      <c r="AK5" s="255"/>
       <c r="AL5" s="1"/>
     </row>
     <row r="6" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
     </row>
     <row r="7" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="188" t="s">
+      <c r="B7" s="135" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="188"/>
-[...13 lines deleted...]
-      <c r="Q7" s="193" t="s">
+      <c r="C7" s="135"/>
+      <c r="D7" s="135"/>
+      <c r="E7" s="256"/>
+      <c r="F7" s="218"/>
+      <c r="G7" s="138"/>
+      <c r="H7" s="138"/>
+      <c r="I7" s="138"/>
+      <c r="J7" s="138"/>
+      <c r="K7" s="138"/>
+      <c r="L7" s="138"/>
+      <c r="M7" s="138"/>
+      <c r="N7" s="138"/>
+      <c r="O7" s="138"/>
+      <c r="P7" s="219"/>
+      <c r="Q7" s="257" t="s">
         <v>88</v>
       </c>
-      <c r="R7" s="194"/>
-[...7 lines deleted...]
-      <c r="Z7" s="198"/>
+      <c r="R7" s="214"/>
+      <c r="S7" s="214"/>
+      <c r="T7" s="215"/>
+      <c r="U7" s="258"/>
+      <c r="V7" s="259"/>
+      <c r="W7" s="259"/>
+      <c r="X7" s="259"/>
+      <c r="Y7" s="259"/>
+      <c r="Z7" s="260"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="194" t="s">
+      <c r="AB7" s="214" t="s">
         <v>4</v>
       </c>
-      <c r="AC7" s="194"/>
-[...7 lines deleted...]
-      <c r="AK7" s="198"/>
+      <c r="AC7" s="214"/>
+      <c r="AD7" s="214"/>
+      <c r="AE7" s="215"/>
+      <c r="AF7" s="258"/>
+      <c r="AG7" s="259"/>
+      <c r="AH7" s="259"/>
+      <c r="AI7" s="259"/>
+      <c r="AJ7" s="259"/>
+      <c r="AK7" s="260"/>
       <c r="AL7" s="1"/>
     </row>
     <row r="8" spans="1:38" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
     </row>
     <row r="9" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
-      <c r="B9" s="188" t="s">
+      <c r="B9" s="135" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="188"/>
-      <c r="D9" s="188"/>
+      <c r="C9" s="135"/>
+      <c r="D9" s="135"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="190"/>
-[...30 lines deleted...]
-      <c r="AK9" s="192"/>
+      <c r="F9" s="218"/>
+      <c r="G9" s="138"/>
+      <c r="H9" s="138"/>
+      <c r="I9" s="138"/>
+      <c r="J9" s="138"/>
+      <c r="K9" s="138"/>
+      <c r="L9" s="138"/>
+      <c r="M9" s="138"/>
+      <c r="N9" s="138"/>
+      <c r="O9" s="138"/>
+      <c r="P9" s="138"/>
+      <c r="Q9" s="138"/>
+      <c r="R9" s="138"/>
+      <c r="S9" s="138"/>
+      <c r="T9" s="138"/>
+      <c r="U9" s="138"/>
+      <c r="V9" s="138"/>
+      <c r="W9" s="138"/>
+      <c r="X9" s="138"/>
+      <c r="Y9" s="138"/>
+      <c r="Z9" s="138"/>
+      <c r="AA9" s="138"/>
+      <c r="AB9" s="138"/>
+      <c r="AC9" s="138"/>
+      <c r="AD9" s="138"/>
+      <c r="AE9" s="138"/>
+      <c r="AF9" s="138"/>
+      <c r="AG9" s="138"/>
+      <c r="AH9" s="138"/>
+      <c r="AI9" s="138"/>
+      <c r="AJ9" s="138"/>
+      <c r="AK9" s="219"/>
       <c r="AL9" s="1"/>
     </row>
     <row r="10" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -14053,65 +14055,63 @@
       <c r="AH13" s="9"/>
       <c r="AI13" s="9"/>
       <c r="AJ13" s="9"/>
       <c r="AK13" s="9"/>
       <c r="AL13" s="1"/>
     </row>
     <row r="14" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="1"/>
       <c r="P14" s="9"/>
-      <c r="Q14" s="199"/>
-[...1 lines deleted...]
-      <c r="S14" s="200"/>
+      <c r="Q14" s="216"/>
+      <c r="R14" s="217"/>
+      <c r="S14" s="217"/>
       <c r="T14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
-      <c r="Z14" s="199">
-[...3 lines deleted...]
-      <c r="AB14" s="200"/>
+      <c r="Z14" s="216"/>
+      <c r="AA14" s="217"/>
+      <c r="AB14" s="217"/>
       <c r="AC14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="9"/>
       <c r="AG14" s="9"/>
       <c r="AH14" s="9"/>
       <c r="AI14" s="9"/>
       <c r="AJ14" s="9"/>
       <c r="AK14" s="9"/>
       <c r="AL14" s="1"/>
     </row>
     <row r="15" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
@@ -14180,201 +14180,201 @@
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
     </row>
     <row r="17" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
-      <c r="Q17" s="201"/>
-[...1 lines deleted...]
-      <c r="S17" s="202"/>
+      <c r="Q17" s="213"/>
+      <c r="R17" s="199"/>
+      <c r="S17" s="199"/>
       <c r="T17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="201"/>
-[...1 lines deleted...]
-      <c r="AB17" s="202"/>
+      <c r="Z17" s="213"/>
+      <c r="AA17" s="199"/>
+      <c r="AB17" s="199"/>
       <c r="AC17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
     </row>
     <row r="18" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1"/>
       <c r="B18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
-      <c r="Z18" s="203"/>
-[...1 lines deleted...]
-      <c r="AB18" s="148"/>
+      <c r="Z18" s="200"/>
+      <c r="AA18" s="201"/>
+      <c r="AB18" s="201"/>
       <c r="AC18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
     </row>
     <row r="19" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="14"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
-      <c r="U19" s="202"/>
-[...1 lines deleted...]
-      <c r="W19" s="202"/>
+      <c r="U19" s="199"/>
+      <c r="V19" s="199"/>
+      <c r="W19" s="199"/>
       <c r="X19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="Y19" s="9"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="9"/>
       <c r="AB19" s="9"/>
       <c r="AC19" s="9"/>
-      <c r="AD19" s="202"/>
-[...1 lines deleted...]
-      <c r="AF19" s="202"/>
+      <c r="AD19" s="199"/>
+      <c r="AE19" s="199"/>
+      <c r="AF19" s="199"/>
       <c r="AG19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="AH19" s="9"/>
       <c r="AI19" s="9"/>
       <c r="AJ19" s="9"/>
       <c r="AK19" s="9"/>
       <c r="AL19" s="1"/>
     </row>
     <row r="20" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1"/>
       <c r="B20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
-      <c r="AD20" s="148"/>
-[...1 lines deleted...]
-      <c r="AF20" s="148"/>
+      <c r="AD20" s="201"/>
+      <c r="AE20" s="201"/>
+      <c r="AF20" s="201"/>
       <c r="AG20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AU20" s="45"/>
     </row>
     <row r="21" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
@@ -14400,126 +14400,126 @@
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
     </row>
     <row r="22" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1"/>
       <c r="B22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
-      <c r="Q22" s="204">
+      <c r="Q22" s="211">
         <f>SUM(Q17)</f>
         <v>0</v>
       </c>
-      <c r="R22" s="205"/>
-      <c r="S22" s="205"/>
+      <c r="R22" s="212"/>
+      <c r="S22" s="212"/>
       <c r="T22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
-      <c r="Z22" s="204">
+      <c r="Z22" s="211">
         <f>SUM(Z17:AB18)</f>
         <v>0</v>
       </c>
-      <c r="AA22" s="205"/>
-      <c r="AB22" s="205"/>
+      <c r="AA22" s="212"/>
+      <c r="AB22" s="212"/>
       <c r="AC22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1"/>
       <c r="AK22" s="1"/>
       <c r="AL22" s="1"/>
     </row>
     <row r="23" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
-      <c r="U23" s="205">
+      <c r="U23" s="212">
         <f>SUM(U19)</f>
         <v>0</v>
       </c>
-      <c r="V23" s="205"/>
-      <c r="W23" s="205"/>
+      <c r="V23" s="212"/>
+      <c r="W23" s="212"/>
       <c r="X23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="Y23" s="1"/>
       <c r="Z23" s="14"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
-      <c r="AD23" s="205">
+      <c r="AD23" s="212">
         <f>SUM(AD19:AF20)</f>
         <v>0</v>
       </c>
-      <c r="AE23" s="205"/>
-      <c r="AF23" s="205"/>
+      <c r="AE23" s="212"/>
+      <c r="AF23" s="212"/>
       <c r="AG23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
       <c r="AJ23" s="1"/>
       <c r="AK23" s="1"/>
       <c r="AL23" s="1"/>
     </row>
     <row r="24" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
       <c r="M24" s="12"/>
       <c r="N24" s="12"/>
       <c r="O24" s="12"/>
@@ -14586,358 +14586,358 @@
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
     </row>
     <row r="26" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
-      <c r="Q26" s="201"/>
-[...1 lines deleted...]
-      <c r="S26" s="202"/>
+      <c r="Q26" s="213"/>
+      <c r="R26" s="199"/>
+      <c r="S26" s="199"/>
       <c r="T26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U26" s="206" t="str">
+      <c r="U26" s="202" t="str">
         <f t="shared" ref="U26:U31" si="0">IFERROR(Q26*1000/$Q$14,"")</f>
         <v/>
       </c>
-      <c r="V26" s="206"/>
-      <c r="W26" s="206"/>
+      <c r="V26" s="202"/>
+      <c r="W26" s="202"/>
       <c r="X26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y26" s="1"/>
-      <c r="Z26" s="201"/>
-[...1 lines deleted...]
-      <c r="AB26" s="202"/>
+      <c r="Z26" s="213"/>
+      <c r="AA26" s="199"/>
+      <c r="AB26" s="199"/>
       <c r="AC26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD26" s="206">
+      <c r="AD26" s="202" t="str">
         <f t="shared" ref="AD26:AD31" si="1">IFERROR(Z26*1000/$Z$14,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AF26" s="206"/>
+        <v/>
+      </c>
+      <c r="AE26" s="202"/>
+      <c r="AF26" s="202"/>
       <c r="AG26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
     </row>
     <row r="27" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
-      <c r="Q27" s="203"/>
-[...1 lines deleted...]
-      <c r="S27" s="148"/>
+      <c r="Q27" s="200"/>
+      <c r="R27" s="201"/>
+      <c r="S27" s="201"/>
       <c r="T27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U27" s="206" t="str">
+      <c r="U27" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V27" s="206"/>
-      <c r="W27" s="206"/>
+      <c r="V27" s="202"/>
+      <c r="W27" s="202"/>
       <c r="X27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y27" s="1"/>
-      <c r="Z27" s="203"/>
-[...1 lines deleted...]
-      <c r="AB27" s="148"/>
+      <c r="Z27" s="200"/>
+      <c r="AA27" s="201"/>
+      <c r="AB27" s="201"/>
       <c r="AC27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD27" s="206">
+      <c r="AD27" s="202" t="str">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AF27" s="206"/>
+        <v/>
+      </c>
+      <c r="AE27" s="202"/>
+      <c r="AF27" s="202"/>
       <c r="AG27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
     </row>
     <row r="28" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
-      <c r="Q28" s="203"/>
-[...1 lines deleted...]
-      <c r="S28" s="148"/>
+      <c r="Q28" s="200"/>
+      <c r="R28" s="201"/>
+      <c r="S28" s="201"/>
       <c r="T28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U28" s="206" t="str">
+      <c r="U28" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V28" s="206"/>
-      <c r="W28" s="206"/>
+      <c r="V28" s="202"/>
+      <c r="W28" s="202"/>
       <c r="X28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y28" s="1"/>
-      <c r="Z28" s="203"/>
-[...1 lines deleted...]
-      <c r="AB28" s="148"/>
+      <c r="Z28" s="200"/>
+      <c r="AA28" s="201"/>
+      <c r="AB28" s="201"/>
       <c r="AC28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD28" s="206">
+      <c r="AD28" s="202" t="str">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AF28" s="206"/>
+        <v/>
+      </c>
+      <c r="AE28" s="202"/>
+      <c r="AF28" s="202"/>
       <c r="AG28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
     </row>
     <row r="29" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="20" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
-      <c r="Q29" s="203"/>
-[...1 lines deleted...]
-      <c r="S29" s="148"/>
+      <c r="Q29" s="200"/>
+      <c r="R29" s="201"/>
+      <c r="S29" s="201"/>
       <c r="T29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U29" s="206" t="str">
+      <c r="U29" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V29" s="206"/>
-      <c r="W29" s="206"/>
+      <c r="V29" s="202"/>
+      <c r="W29" s="202"/>
       <c r="X29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y29" s="1"/>
-      <c r="Z29" s="203"/>
-[...1 lines deleted...]
-      <c r="AB29" s="148"/>
+      <c r="Z29" s="200"/>
+      <c r="AA29" s="201"/>
+      <c r="AB29" s="201"/>
       <c r="AC29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD29" s="206">
+      <c r="AD29" s="202" t="str">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AF29" s="206"/>
+        <v/>
+      </c>
+      <c r="AE29" s="202"/>
+      <c r="AF29" s="202"/>
       <c r="AG29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
     </row>
     <row r="30" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
-      <c r="Q30" s="203"/>
-[...1 lines deleted...]
-      <c r="S30" s="148"/>
+      <c r="Q30" s="200"/>
+      <c r="R30" s="201"/>
+      <c r="S30" s="201"/>
       <c r="T30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U30" s="206" t="str">
+      <c r="U30" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V30" s="206"/>
-      <c r="W30" s="206"/>
+      <c r="V30" s="202"/>
+      <c r="W30" s="202"/>
       <c r="X30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y30" s="1"/>
-      <c r="Z30" s="203"/>
-[...1 lines deleted...]
-      <c r="AB30" s="148"/>
+      <c r="Z30" s="200"/>
+      <c r="AA30" s="201"/>
+      <c r="AB30" s="201"/>
       <c r="AC30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD30" s="206">
+      <c r="AD30" s="202" t="str">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AF30" s="206"/>
+        <v/>
+      </c>
+      <c r="AE30" s="202"/>
+      <c r="AF30" s="202"/>
       <c r="AG30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
     </row>
     <row r="31" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
-      <c r="Q31" s="203"/>
-[...1 lines deleted...]
-      <c r="S31" s="148"/>
+      <c r="Q31" s="200"/>
+      <c r="R31" s="201"/>
+      <c r="S31" s="201"/>
       <c r="T31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U31" s="206" t="str">
+      <c r="U31" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V31" s="206"/>
-      <c r="W31" s="206"/>
+      <c r="V31" s="202"/>
+      <c r="W31" s="202"/>
       <c r="X31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y31" s="1"/>
-      <c r="Z31" s="203"/>
-[...1 lines deleted...]
-      <c r="AB31" s="148"/>
+      <c r="Z31" s="200"/>
+      <c r="AA31" s="201"/>
+      <c r="AB31" s="201"/>
       <c r="AC31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD31" s="206">
+      <c r="AD31" s="202" t="str">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AF31" s="206"/>
+        <v/>
+      </c>
+      <c r="AE31" s="202"/>
+      <c r="AF31" s="202"/>
       <c r="AG31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
     </row>
     <row r="32" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
@@ -14962,218 +14962,218 @@
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
     </row>
     <row r="33" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
-      <c r="Q33" s="207">
+      <c r="Q33" s="203">
         <f>SUM(Q26:S31)</f>
         <v>0</v>
       </c>
-      <c r="R33" s="208"/>
-      <c r="S33" s="208"/>
+      <c r="R33" s="204"/>
+      <c r="S33" s="204"/>
       <c r="T33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="U33" s="208">
+      <c r="U33" s="204">
         <f>IFERROR(Q33*1000/Q14,0)</f>
         <v>0</v>
       </c>
-      <c r="V33" s="208"/>
-      <c r="W33" s="208"/>
+      <c r="V33" s="204"/>
+      <c r="W33" s="204"/>
       <c r="X33" s="47" t="s">
         <v>14</v>
       </c>
       <c r="Y33" s="48"/>
-      <c r="Z33" s="208">
+      <c r="Z33" s="204">
         <f>SUM(Z26:AB31)</f>
         <v>0</v>
       </c>
-      <c r="AA33" s="208"/>
-      <c r="AB33" s="208"/>
+      <c r="AA33" s="204"/>
+      <c r="AB33" s="204"/>
       <c r="AC33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="AD33" s="208">
+      <c r="AD33" s="204">
         <f>IFERROR(Z33*1000/Z14,0)</f>
         <v>0</v>
       </c>
-      <c r="AE33" s="208"/>
-      <c r="AF33" s="208"/>
+      <c r="AE33" s="204"/>
+      <c r="AF33" s="204"/>
       <c r="AG33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
     </row>
     <row r="34" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
-      <c r="Q34" s="209" t="str">
+      <c r="Q34" s="205" t="str">
         <f>IF(U33&gt;12,"Info: &gt;12W/m2, la performance de la machine froid (EER) est-elle bien à l'état de la technique ?","")</f>
         <v/>
       </c>
-      <c r="R34" s="210"/>
-[...6 lines deleted...]
-      <c r="Y34" s="211"/>
+      <c r="R34" s="206"/>
+      <c r="S34" s="206"/>
+      <c r="T34" s="206"/>
+      <c r="U34" s="206"/>
+      <c r="V34" s="206"/>
+      <c r="W34" s="206"/>
+      <c r="X34" s="206"/>
+      <c r="Y34" s="207"/>
       <c r="Z34" s="16"/>
       <c r="AA34" s="1"/>
       <c r="AB34" s="1"/>
       <c r="AC34" s="1"/>
       <c r="AD34" s="30" t="str">
         <f>IF(AD33&gt;=12,"&gt;12W/m2","")</f>
         <v/>
       </c>
       <c r="AE34" s="1"/>
       <c r="AG34" s="1"/>
       <c r="AH34" s="1"/>
       <c r="AI34" s="1"/>
       <c r="AJ34" s="1"/>
       <c r="AK34" s="1"/>
       <c r="AL34" s="1"/>
     </row>
     <row r="35" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
-      <c r="Q35" s="209"/>
-[...8 lines deleted...]
-      <c r="Z35" s="138" t="str">
+      <c r="Q35" s="205"/>
+      <c r="R35" s="206"/>
+      <c r="S35" s="206"/>
+      <c r="T35" s="206"/>
+      <c r="U35" s="206"/>
+      <c r="V35" s="206"/>
+      <c r="W35" s="206"/>
+      <c r="X35" s="206"/>
+      <c r="Y35" s="207"/>
+      <c r="Z35" s="265" t="str">
         <f>IF(AD33&gt;12,"compléter le bloc 
 ''Exigences pour production de froid''","")</f>
         <v/>
       </c>
-      <c r="AA35" s="139"/>
-[...8 lines deleted...]
-      <c r="AJ35" s="139"/>
+      <c r="AA35" s="266"/>
+      <c r="AB35" s="266"/>
+      <c r="AC35" s="266"/>
+      <c r="AD35" s="266"/>
+      <c r="AE35" s="266"/>
+      <c r="AF35" s="266"/>
+      <c r="AG35" s="266"/>
+      <c r="AH35" s="266"/>
+      <c r="AI35" s="266"/>
+      <c r="AJ35" s="266"/>
       <c r="AK35" s="1"/>
       <c r="AL35" s="1"/>
     </row>
     <row r="36" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
-      <c r="Q36" s="209"/>
-[...18 lines deleted...]
-      <c r="AJ36" s="139"/>
+      <c r="Q36" s="205"/>
+      <c r="R36" s="206"/>
+      <c r="S36" s="206"/>
+      <c r="T36" s="206"/>
+      <c r="U36" s="206"/>
+      <c r="V36" s="206"/>
+      <c r="W36" s="206"/>
+      <c r="X36" s="206"/>
+      <c r="Y36" s="207"/>
+      <c r="Z36" s="265"/>
+      <c r="AA36" s="266"/>
+      <c r="AB36" s="266"/>
+      <c r="AC36" s="266"/>
+      <c r="AD36" s="266"/>
+      <c r="AE36" s="266"/>
+      <c r="AF36" s="266"/>
+      <c r="AG36" s="266"/>
+      <c r="AH36" s="266"/>
+      <c r="AI36" s="266"/>
+      <c r="AJ36" s="266"/>
       <c r="AK36" s="1"/>
       <c r="AL36" s="1"/>
     </row>
     <row r="37" spans="1:43" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="14"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
@@ -15193,102 +15193,102 @@
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
     </row>
     <row r="38" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
       <c r="B38" s="17" t="str">
         <f>IF(OR(AD33&gt;12,U33&lt;&gt;0),"Fournir justificatif EN-VS-104","")</f>
         <v/>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
-      <c r="Q38" s="140" t="str">
+      <c r="Q38" s="267" t="str">
         <f>IF(U33&gt;12,"Données pour formulaires EN-VS-101b et EN-VS-104","")</f>
         <v/>
       </c>
-      <c r="R38" s="141"/>
-[...17 lines deleted...]
-      <c r="AJ38" s="145"/>
+      <c r="R38" s="268"/>
+      <c r="S38" s="268"/>
+      <c r="T38" s="268"/>
+      <c r="U38" s="268"/>
+      <c r="V38" s="268"/>
+      <c r="W38" s="268"/>
+      <c r="X38" s="268"/>
+      <c r="Y38" s="268"/>
+      <c r="Z38" s="271"/>
+      <c r="AA38" s="272"/>
+      <c r="AB38" s="272"/>
+      <c r="AC38" s="272"/>
+      <c r="AD38" s="272"/>
+      <c r="AE38" s="272"/>
+      <c r="AF38" s="272"/>
+      <c r="AG38" s="272"/>
+      <c r="AH38" s="272"/>
+      <c r="AI38" s="272"/>
+      <c r="AJ38" s="272"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
     </row>
     <row r="39" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1"/>
       <c r="B39" s="17"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="6"/>
       <c r="J39" s="6"/>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
-      <c r="Q39" s="142"/>
-[...7 lines deleted...]
-      <c r="Y39" s="143"/>
+      <c r="Q39" s="269"/>
+      <c r="R39" s="270"/>
+      <c r="S39" s="270"/>
+      <c r="T39" s="270"/>
+      <c r="U39" s="270"/>
+      <c r="V39" s="270"/>
+      <c r="W39" s="270"/>
+      <c r="X39" s="270"/>
+      <c r="Y39" s="270"/>
       <c r="Z39" s="36"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="6"/>
       <c r="AD39" s="6"/>
       <c r="AE39" s="6"/>
       <c r="AF39" s="6"/>
       <c r="AG39" s="6"/>
       <c r="AH39" s="6"/>
       <c r="AI39" s="6"/>
       <c r="AJ39" s="6"/>
       <c r="AK39" s="6"/>
       <c r="AL39" s="1"/>
     </row>
     <row r="40" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
@@ -15479,69 +15479,69 @@
       <c r="AQ43" s="26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
-      <c r="S44" s="149"/>
-[...17 lines deleted...]
-      <c r="AK44" s="149"/>
+      <c r="S44" s="208"/>
+      <c r="T44" s="208"/>
+      <c r="U44" s="208"/>
+      <c r="V44" s="208"/>
+      <c r="W44" s="208"/>
+      <c r="X44" s="208"/>
+      <c r="Y44" s="208"/>
+      <c r="Z44" s="208"/>
+      <c r="AA44" s="208"/>
+      <c r="AB44" s="208"/>
+      <c r="AC44" s="208"/>
+      <c r="AD44" s="208"/>
+      <c r="AE44" s="208"/>
+      <c r="AF44" s="208"/>
+      <c r="AG44" s="208"/>
+      <c r="AH44" s="208"/>
+      <c r="AI44" s="208"/>
+      <c r="AJ44" s="208"/>
+      <c r="AK44" s="208"/>
       <c r="AL44" s="1"/>
     </row>
     <row r="45" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="72" t="s">
         <v>301</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
@@ -15636,224 +15636,224 @@
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="2"/>
       <c r="Y47" s="2"/>
       <c r="Z47" s="2"/>
       <c r="AA47" s="2"/>
       <c r="AB47" s="2"/>
       <c r="AC47" s="2"/>
       <c r="AD47" s="2"/>
       <c r="AE47" s="2"/>
       <c r="AF47" s="2"/>
       <c r="AG47" s="2"/>
       <c r="AH47" s="2"/>
       <c r="AI47" s="2"/>
       <c r="AJ47" s="2"/>
       <c r="AK47" s="2"/>
       <c r="AL47" s="1"/>
       <c r="AQ47" s="26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
-      <c r="B48" s="146" t="s">
+      <c r="B48" s="143" t="s">
         <v>30</v>
       </c>
-      <c r="C48" s="146"/>
-[...3 lines deleted...]
-      <c r="G48" s="146"/>
+      <c r="C48" s="143"/>
+      <c r="D48" s="143"/>
+      <c r="E48" s="143"/>
+      <c r="F48" s="143"/>
+      <c r="G48" s="143"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
       <c r="AC48" s="2"/>
-      <c r="AD48" s="150"/>
-[...1 lines deleted...]
-      <c r="AF48" s="150"/>
+      <c r="AD48" s="273"/>
+      <c r="AE48" s="273"/>
+      <c r="AF48" s="273"/>
       <c r="AG48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="AH48" s="2"/>
       <c r="AI48" s="2"/>
       <c r="AJ48" s="2"/>
       <c r="AK48" s="2"/>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="26" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
-      <c r="B49" s="146"/>
-[...4 lines deleted...]
-      <c r="G49" s="146"/>
+      <c r="B49" s="143"/>
+      <c r="C49" s="143"/>
+      <c r="D49" s="143"/>
+      <c r="E49" s="143"/>
+      <c r="F49" s="143"/>
+      <c r="G49" s="143"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="2"/>
       <c r="T49" s="2"/>
       <c r="U49" s="2"/>
       <c r="V49" s="2"/>
       <c r="W49" s="2"/>
       <c r="X49" s="2"/>
       <c r="Y49" s="2"/>
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
       <c r="AC49" s="2"/>
       <c r="AD49" s="2"/>
       <c r="AE49" s="2"/>
       <c r="AF49" s="2"/>
       <c r="AG49" s="2"/>
       <c r="AH49" s="2"/>
       <c r="AI49" s="2"/>
       <c r="AJ49" s="2"/>
       <c r="AK49" s="2"/>
       <c r="AL49" s="1"/>
       <c r="AQ49" s="26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:43" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
-      <c r="I50" s="137" t="s">
+      <c r="I50" s="198" t="s">
         <v>93</v>
       </c>
-      <c r="J50" s="137"/>
-[...26 lines deleted...]
-      <c r="AK50" s="137"/>
+      <c r="J50" s="198"/>
+      <c r="K50" s="198"/>
+      <c r="L50" s="198"/>
+      <c r="M50" s="198"/>
+      <c r="N50" s="198"/>
+      <c r="O50" s="198"/>
+      <c r="P50" s="198"/>
+      <c r="Q50" s="198"/>
+      <c r="R50" s="198"/>
+      <c r="S50" s="198"/>
+      <c r="T50" s="198"/>
+      <c r="U50" s="198"/>
+      <c r="V50" s="198"/>
+      <c r="W50" s="198"/>
+      <c r="X50" s="198"/>
+      <c r="Y50" s="198"/>
+      <c r="Z50" s="198"/>
+      <c r="AA50" s="198"/>
+      <c r="AB50" s="198"/>
+      <c r="AC50" s="198"/>
+      <c r="AD50" s="198"/>
+      <c r="AE50" s="198"/>
+      <c r="AF50" s="198"/>
+      <c r="AG50" s="198"/>
+      <c r="AH50" s="198"/>
+      <c r="AI50" s="198"/>
+      <c r="AJ50" s="198"/>
+      <c r="AK50" s="198"/>
       <c r="AL50" s="1"/>
       <c r="AQ50" s="26" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
-      <c r="I51" s="151" t="s">
+      <c r="I51" s="274" t="s">
         <v>93</v>
       </c>
-      <c r="J51" s="151"/>
-[...26 lines deleted...]
-      <c r="AK51" s="151"/>
+      <c r="J51" s="274"/>
+      <c r="K51" s="274"/>
+      <c r="L51" s="274"/>
+      <c r="M51" s="274"/>
+      <c r="N51" s="274"/>
+      <c r="O51" s="274"/>
+      <c r="P51" s="274"/>
+      <c r="Q51" s="274"/>
+      <c r="R51" s="274"/>
+      <c r="S51" s="274"/>
+      <c r="T51" s="274"/>
+      <c r="U51" s="274"/>
+      <c r="V51" s="274"/>
+      <c r="W51" s="274"/>
+      <c r="X51" s="274"/>
+      <c r="Y51" s="274"/>
+      <c r="Z51" s="274"/>
+      <c r="AA51" s="274"/>
+      <c r="AB51" s="274"/>
+      <c r="AC51" s="274"/>
+      <c r="AD51" s="274"/>
+      <c r="AE51" s="274"/>
+      <c r="AF51" s="274"/>
+      <c r="AG51" s="274"/>
+      <c r="AH51" s="274"/>
+      <c r="AI51" s="274"/>
+      <c r="AJ51" s="274"/>
+      <c r="AK51" s="274"/>
       <c r="AL51" s="1"/>
       <c r="AQ51" s="26" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="52" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="2"/>
@@ -15927,69 +15927,69 @@
       <c r="AQ53" s="26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="54" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
-      <c r="S54" s="149"/>
-[...17 lines deleted...]
-      <c r="AK54" s="149"/>
+      <c r="S54" s="208"/>
+      <c r="T54" s="208"/>
+      <c r="U54" s="208"/>
+      <c r="V54" s="208"/>
+      <c r="W54" s="208"/>
+      <c r="X54" s="208"/>
+      <c r="Y54" s="208"/>
+      <c r="Z54" s="208"/>
+      <c r="AA54" s="208"/>
+      <c r="AB54" s="208"/>
+      <c r="AC54" s="208"/>
+      <c r="AD54" s="208"/>
+      <c r="AE54" s="208"/>
+      <c r="AF54" s="208"/>
+      <c r="AG54" s="208"/>
+      <c r="AH54" s="208"/>
+      <c r="AI54" s="208"/>
+      <c r="AJ54" s="208"/>
+      <c r="AK54" s="208"/>
       <c r="AL54" s="1"/>
       <c r="AQ54" s="26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="55" spans="1:43" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="2"/>
@@ -16065,114 +16065,114 @@
       </c>
     </row>
     <row r="57" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
         <v>36</v>
       </c>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
-      <c r="S57" s="149"/>
-[...17 lines deleted...]
-      <c r="AK57" s="149"/>
+      <c r="S57" s="208"/>
+      <c r="T57" s="208"/>
+      <c r="U57" s="208"/>
+      <c r="V57" s="208"/>
+      <c r="W57" s="208"/>
+      <c r="X57" s="208"/>
+      <c r="Y57" s="208"/>
+      <c r="Z57" s="208"/>
+      <c r="AA57" s="208"/>
+      <c r="AB57" s="208"/>
+      <c r="AC57" s="208"/>
+      <c r="AD57" s="208"/>
+      <c r="AE57" s="208"/>
+      <c r="AF57" s="208"/>
+      <c r="AG57" s="208"/>
+      <c r="AH57" s="208"/>
+      <c r="AI57" s="208"/>
+      <c r="AJ57" s="208"/>
+      <c r="AK57" s="208"/>
       <c r="AL57" s="1"/>
       <c r="AQ57" s="26" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
-      <c r="S58" s="240"/>
-[...17 lines deleted...]
-      <c r="AK58" s="240"/>
+      <c r="S58" s="209"/>
+      <c r="T58" s="209"/>
+      <c r="U58" s="209"/>
+      <c r="V58" s="209"/>
+      <c r="W58" s="209"/>
+      <c r="X58" s="209"/>
+      <c r="Y58" s="209"/>
+      <c r="Z58" s="209"/>
+      <c r="AA58" s="209"/>
+      <c r="AB58" s="209"/>
+      <c r="AC58" s="209"/>
+      <c r="AD58" s="209"/>
+      <c r="AE58" s="209"/>
+      <c r="AF58" s="209"/>
+      <c r="AG58" s="209"/>
+      <c r="AH58" s="209"/>
+      <c r="AI58" s="209"/>
+      <c r="AJ58" s="209"/>
+      <c r="AK58" s="209"/>
       <c r="AL58" s="1"/>
       <c r="AQ58" s="26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="59" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
@@ -16204,65 +16204,65 @@
       <c r="B60" s="20" t="s">
         <v>82</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="20"/>
       <c r="K60" s="20"/>
       <c r="L60" s="33"/>
       <c r="M60" s="33"/>
       <c r="N60" s="33"/>
       <c r="O60" s="33"/>
       <c r="P60" s="33"/>
       <c r="Q60" s="33"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="34"/>
       <c r="V60" s="34" t="s">
         <v>37</v>
       </c>
-      <c r="W60" s="241"/>
-[...13 lines deleted...]
-      <c r="AK60" s="241"/>
+      <c r="W60" s="210"/>
+      <c r="X60" s="210"/>
+      <c r="Y60" s="210"/>
+      <c r="Z60" s="210"/>
+      <c r="AA60" s="210"/>
+      <c r="AB60" s="210"/>
+      <c r="AC60" s="210"/>
+      <c r="AD60" s="210"/>
+      <c r="AE60" s="210"/>
+      <c r="AF60" s="210"/>
+      <c r="AG60" s="210"/>
+      <c r="AH60" s="210"/>
+      <c r="AI60" s="210"/>
+      <c r="AJ60" s="210"/>
+      <c r="AK60" s="210"/>
       <c r="AL60" s="1"/>
       <c r="AN60" s="26">
         <v>0</v>
       </c>
       <c r="AQ60" s="26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="61" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1"/>
       <c r="B61" s="6"/>
       <c r="C61" s="6"/>
       <c r="D61" s="6"/>
       <c r="E61" s="6"/>
       <c r="F61" s="6"/>
       <c r="G61" s="6"/>
       <c r="H61" s="6"/>
       <c r="I61" s="6"/>
       <c r="J61" s="6"/>
       <c r="K61" s="6"/>
       <c r="L61" s="6"/>
       <c r="M61" s="6"/>
       <c r="N61" s="6"/>
       <c r="O61" s="6"/>
       <c r="P61" s="6"/>
@@ -16322,133 +16322,133 @@
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
       <c r="AI62" s="1"/>
       <c r="AJ62" s="1"/>
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
-      <c r="H63" s="137" t="s">
+      <c r="H63" s="198" t="s">
         <v>93</v>
       </c>
-      <c r="I63" s="137"/>
-[...10 lines deleted...]
-      <c r="T63" s="137"/>
+      <c r="I63" s="198"/>
+      <c r="J63" s="198"/>
+      <c r="K63" s="198"/>
+      <c r="L63" s="198"/>
+      <c r="M63" s="198"/>
+      <c r="N63" s="198"/>
+      <c r="O63" s="198"/>
+      <c r="P63" s="198"/>
+      <c r="Q63" s="198"/>
+      <c r="R63" s="198"/>
+      <c r="S63" s="198"/>
+      <c r="T63" s="198"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1" t="s">
         <v>94</v>
       </c>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
       <c r="Z63" s="1"/>
       <c r="AA63" s="1"/>
       <c r="AB63" s="46"/>
       <c r="AC63" s="46"/>
-      <c r="AD63" s="202"/>
-[...2 lines deleted...]
-      <c r="AG63" s="202"/>
+      <c r="AD63" s="199"/>
+      <c r="AE63" s="199"/>
+      <c r="AF63" s="199"/>
+      <c r="AG63" s="199"/>
       <c r="AH63" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AI63" s="1"/>
       <c r="AJ63" s="1"/>
       <c r="AK63" s="1"/>
       <c r="AL63" s="1"/>
       <c r="AQ63" s="26" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="64" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1" t="s">
         <v>40</v>
       </c>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1" t="s">
         <v>41</v>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1" t="s">
         <v>95</v>
       </c>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="46"/>
       <c r="AC64" s="46"/>
-      <c r="AD64" s="148"/>
-[...2 lines deleted...]
-      <c r="AG64" s="148"/>
+      <c r="AD64" s="201"/>
+      <c r="AE64" s="201"/>
+      <c r="AF64" s="201"/>
+      <c r="AG64" s="201"/>
       <c r="AH64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AI64" s="1"/>
       <c r="AJ64" s="1"/>
       <c r="AK64" s="1"/>
       <c r="AL64" s="1"/>
       <c r="AQ64" s="26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="65" spans="1:43" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
@@ -16461,133 +16461,133 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
       <c r="AH65" s="1"/>
       <c r="AI65" s="1"/>
       <c r="AJ65" s="1"/>
       <c r="AK65" s="1"/>
       <c r="AL65" s="1"/>
       <c r="AQ65" s="26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
-      <c r="B66" s="135" t="s">
+      <c r="B66" s="263" t="s">
         <v>68</v>
       </c>
-      <c r="C66" s="133" t="s">
+      <c r="C66" s="261" t="s">
         <v>69</v>
       </c>
-      <c r="D66" s="133"/>
-[...32 lines deleted...]
-      <c r="AK66" s="133"/>
+      <c r="D66" s="261"/>
+      <c r="E66" s="261"/>
+      <c r="F66" s="261"/>
+      <c r="G66" s="261"/>
+      <c r="H66" s="261"/>
+      <c r="I66" s="261"/>
+      <c r="J66" s="261"/>
+      <c r="K66" s="261"/>
+      <c r="L66" s="261"/>
+      <c r="M66" s="261"/>
+      <c r="N66" s="261"/>
+      <c r="O66" s="261"/>
+      <c r="P66" s="261"/>
+      <c r="Q66" s="261"/>
+      <c r="R66" s="261"/>
+      <c r="S66" s="261"/>
+      <c r="T66" s="261"/>
+      <c r="U66" s="261"/>
+      <c r="V66" s="261"/>
+      <c r="W66" s="261"/>
+      <c r="X66" s="261"/>
+      <c r="Y66" s="261"/>
+      <c r="Z66" s="261"/>
+      <c r="AA66" s="261"/>
+      <c r="AB66" s="261"/>
+      <c r="AC66" s="261"/>
+      <c r="AD66" s="261"/>
+      <c r="AE66" s="261"/>
+      <c r="AF66" s="261"/>
+      <c r="AG66" s="261"/>
+      <c r="AH66" s="261"/>
+      <c r="AI66" s="261"/>
+      <c r="AJ66" s="261"/>
+      <c r="AK66" s="261"/>
       <c r="AL66" s="1"/>
       <c r="AQ66" s="26" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1"/>
-      <c r="B67" s="136"/>
-[...34 lines deleted...]
-      <c r="AK67" s="134"/>
+      <c r="B67" s="264"/>
+      <c r="C67" s="262"/>
+      <c r="D67" s="262"/>
+      <c r="E67" s="262"/>
+      <c r="F67" s="262"/>
+      <c r="G67" s="262"/>
+      <c r="H67" s="262"/>
+      <c r="I67" s="262"/>
+      <c r="J67" s="262"/>
+      <c r="K67" s="262"/>
+      <c r="L67" s="262"/>
+      <c r="M67" s="262"/>
+      <c r="N67" s="262"/>
+      <c r="O67" s="262"/>
+      <c r="P67" s="262"/>
+      <c r="Q67" s="262"/>
+      <c r="R67" s="262"/>
+      <c r="S67" s="262"/>
+      <c r="T67" s="262"/>
+      <c r="U67" s="262"/>
+      <c r="V67" s="262"/>
+      <c r="W67" s="262"/>
+      <c r="X67" s="262"/>
+      <c r="Y67" s="262"/>
+      <c r="Z67" s="262"/>
+      <c r="AA67" s="262"/>
+      <c r="AB67" s="262"/>
+      <c r="AC67" s="262"/>
+      <c r="AD67" s="262"/>
+      <c r="AE67" s="262"/>
+      <c r="AF67" s="262"/>
+      <c r="AG67" s="262"/>
+      <c r="AH67" s="262"/>
+      <c r="AI67" s="262"/>
+      <c r="AJ67" s="262"/>
+      <c r="AK67" s="262"/>
       <c r="AL67" s="1"/>
       <c r="AQ67" s="26" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="68" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
@@ -16875,121 +16875,121 @@
       <c r="A75" s="1"/>
       <c r="B75" s="10" t="s">
         <v>97</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="K75" s="1" t="s">
         <v>98</v>
       </c>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
         <v>99</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
-      <c r="V75" s="147"/>
-[...1 lines deleted...]
-      <c r="X75" s="147"/>
+      <c r="V75" s="184"/>
+      <c r="W75" s="184"/>
+      <c r="X75" s="184"/>
       <c r="Y75" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z75" s="1"/>
       <c r="AA75" s="1"/>
       <c r="AB75" s="1"/>
       <c r="AC75" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AD75" s="1"/>
       <c r="AE75" s="1"/>
       <c r="AF75" s="1"/>
       <c r="AG75" s="1"/>
-      <c r="AH75" s="147"/>
-      <c r="AI75" s="147"/>
+      <c r="AH75" s="184"/>
+      <c r="AI75" s="184"/>
       <c r="AJ75" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK75" s="1"/>
       <c r="AL75" s="1"/>
       <c r="AQ75" s="26" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="76" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="1"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1" t="s">
         <v>246</v>
       </c>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
         <v>99</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
-      <c r="V76" s="226"/>
-[...1 lines deleted...]
-      <c r="X76" s="226"/>
+      <c r="V76" s="183"/>
+      <c r="W76" s="183"/>
+      <c r="X76" s="183"/>
       <c r="Y76" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z76" s="1"/>
       <c r="AA76" s="1"/>
       <c r="AB76" s="1"/>
       <c r="AC76" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AD76" s="1"/>
       <c r="AE76" s="1"/>
       <c r="AF76" s="1"/>
       <c r="AG76" s="1"/>
-      <c r="AH76" s="147"/>
-      <c r="AI76" s="147"/>
+      <c r="AH76" s="184"/>
+      <c r="AI76" s="184"/>
       <c r="AJ76" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK76" s="1"/>
       <c r="AL76" s="1"/>
       <c r="AQ76" s="26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="77" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="1"/>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
@@ -17010,53 +17010,53 @@
       <c r="AF77" s="1"/>
       <c r="AG77" s="1"/>
       <c r="AH77" s="1"/>
       <c r="AI77" s="1"/>
       <c r="AJ77" s="1"/>
       <c r="AK77" s="1"/>
       <c r="AL77" s="1"/>
       <c r="AQ77" s="26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="46"/>
       <c r="K78" s="46"/>
-      <c r="L78" s="227"/>
-[...1 lines deleted...]
-      <c r="N78" s="227"/>
+      <c r="L78" s="185"/>
+      <c r="M78" s="185"/>
+      <c r="N78" s="185"/>
       <c r="O78" s="1" t="s">
         <v>55</v>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="9"/>
       <c r="X78" s="9"/>
       <c r="Y78" s="1"/>
       <c r="Z78" s="1"/>
       <c r="AA78" s="1"/>
       <c r="AB78" s="1"/>
       <c r="AC78" s="1"/>
       <c r="AD78" s="1"/>
       <c r="AE78" s="1"/>
       <c r="AF78" s="1"/>
       <c r="AG78" s="1"/>
       <c r="AH78" s="1"/>
       <c r="AI78" s="1"/>
       <c r="AJ78" s="1"/>
       <c r="AK78" s="1"/>
@@ -17098,127 +17098,127 @@
       <c r="AB79" s="5"/>
       <c r="AC79" s="5"/>
       <c r="AD79" s="5"/>
       <c r="AE79" s="5"/>
       <c r="AF79" s="5"/>
       <c r="AG79" s="5"/>
       <c r="AH79" s="5"/>
       <c r="AI79" s="5"/>
       <c r="AJ79" s="5"/>
       <c r="AK79" s="5"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
-      <c r="K80" s="228" t="s">
+      <c r="K80" s="186" t="s">
         <v>93</v>
       </c>
-      <c r="L80" s="228"/>
-[...15 lines deleted...]
-      <c r="AB80" s="228"/>
+      <c r="L80" s="186"/>
+      <c r="M80" s="186"/>
+      <c r="N80" s="186"/>
+      <c r="O80" s="186"/>
+      <c r="P80" s="186"/>
+      <c r="Q80" s="186"/>
+      <c r="R80" s="186"/>
+      <c r="S80" s="186"/>
+      <c r="T80" s="186"/>
+      <c r="U80" s="186"/>
+      <c r="V80" s="186"/>
+      <c r="W80" s="186"/>
+      <c r="X80" s="186"/>
+      <c r="Y80" s="186"/>
+      <c r="Z80" s="186"/>
+      <c r="AA80" s="186"/>
+      <c r="AB80" s="186"/>
       <c r="AC80" s="17" t="str">
         <f>IF(AP82=1,"Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD80" s="5"/>
       <c r="AF80" s="5"/>
       <c r="AG80" s="5"/>
       <c r="AH80" s="5"/>
       <c r="AI80" s="5"/>
       <c r="AJ80" s="5"/>
       <c r="AK80" s="5"/>
       <c r="AL80" s="1"/>
       <c r="AN80" s="26">
         <f>IF(AND(K80&lt;&gt;"choisir s.v.p. :",K80&lt;&gt;"protection solaire extérieure"),1,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="21" t="s">
         <v>58</v>
       </c>
       <c r="C81" s="9"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1" t="s">
         <v>105</v>
       </c>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
-      <c r="S81" s="137"/>
-[...15 lines deleted...]
-      <c r="AI81" s="137"/>
+      <c r="S81" s="198"/>
+      <c r="T81" s="198"/>
+      <c r="U81" s="198"/>
+      <c r="V81" s="198"/>
+      <c r="W81" s="198"/>
+      <c r="X81" s="198"/>
+      <c r="Y81" s="198"/>
+      <c r="Z81" s="198"/>
+      <c r="AA81" s="198"/>
+      <c r="AB81" s="198"/>
+      <c r="AC81" s="198"/>
+      <c r="AD81" s="198"/>
+      <c r="AE81" s="198"/>
+      <c r="AF81" s="198"/>
+      <c r="AG81" s="198"/>
+      <c r="AH81" s="198"/>
+      <c r="AI81" s="198"/>
       <c r="AJ81" s="1"/>
       <c r="AK81" s="1"/>
       <c r="AL81" s="1"/>
       <c r="AQ81" s="26" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="82" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="9"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="9"/>
       <c r="G82" s="9"/>
       <c r="H82" s="9"/>
       <c r="I82" s="9"/>
       <c r="J82" s="9"/>
       <c r="K82" s="9"/>
       <c r="L82" s="9"/>
       <c r="M82" s="9"/>
       <c r="N82" s="9"/>
       <c r="O82" s="9"/>
       <c r="P82" s="9"/>
       <c r="Q82" s="9"/>
@@ -17241,126 +17241,126 @@
       <c r="AE82" s="9"/>
       <c r="AF82" s="9"/>
       <c r="AG82" s="9"/>
       <c r="AH82" s="9"/>
       <c r="AI82" s="9"/>
       <c r="AJ82" s="9"/>
       <c r="AK82" s="9"/>
       <c r="AL82" s="1"/>
       <c r="AQ82" s="26" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="9" t="s">
         <v>103</v>
       </c>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="9"/>
       <c r="F83" s="9"/>
       <c r="G83" s="9"/>
       <c r="H83" s="9"/>
       <c r="I83" s="9"/>
       <c r="J83" s="9"/>
-      <c r="K83" s="228" t="s">
+      <c r="K83" s="186" t="s">
         <v>93</v>
       </c>
-      <c r="L83" s="228"/>
-[...15 lines deleted...]
-      <c r="AB83" s="228"/>
+      <c r="L83" s="186"/>
+      <c r="M83" s="186"/>
+      <c r="N83" s="186"/>
+      <c r="O83" s="186"/>
+      <c r="P83" s="186"/>
+      <c r="Q83" s="186"/>
+      <c r="R83" s="186"/>
+      <c r="S83" s="186"/>
+      <c r="T83" s="186"/>
+      <c r="U83" s="186"/>
+      <c r="V83" s="186"/>
+      <c r="W83" s="186"/>
+      <c r="X83" s="186"/>
+      <c r="Y83" s="186"/>
+      <c r="Z83" s="186"/>
+      <c r="AA83" s="186"/>
+      <c r="AB83" s="186"/>
       <c r="AC83" s="9"/>
       <c r="AD83" s="9"/>
       <c r="AE83" s="9"/>
       <c r="AF83" s="9"/>
       <c r="AG83" s="9"/>
       <c r="AH83" s="9"/>
       <c r="AI83" s="9"/>
       <c r="AJ83" s="9"/>
       <c r="AK83" s="9"/>
       <c r="AL83" s="1"/>
       <c r="AN83" s="26">
         <f>IF(K83="autre",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ83" s="26" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="84" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
       <c r="B84" s="9"/>
       <c r="C84" s="9"/>
       <c r="D84" s="9"/>
       <c r="E84" s="9"/>
       <c r="F84" s="9"/>
       <c r="G84" s="9"/>
       <c r="H84" s="9"/>
       <c r="I84" s="9"/>
       <c r="J84" s="9"/>
       <c r="K84" s="9" t="s">
         <v>106</v>
       </c>
       <c r="L84" s="9"/>
       <c r="M84" s="9"/>
       <c r="N84" s="9"/>
       <c r="O84" s="9"/>
       <c r="P84" s="22"/>
       <c r="Q84" s="22"/>
       <c r="R84" s="22"/>
-      <c r="S84" s="137"/>
-[...15 lines deleted...]
-      <c r="AI84" s="137"/>
+      <c r="S84" s="198"/>
+      <c r="T84" s="198"/>
+      <c r="U84" s="198"/>
+      <c r="V84" s="198"/>
+      <c r="W84" s="198"/>
+      <c r="X84" s="198"/>
+      <c r="Y84" s="198"/>
+      <c r="Z84" s="198"/>
+      <c r="AA84" s="198"/>
+      <c r="AB84" s="198"/>
+      <c r="AC84" s="198"/>
+      <c r="AD84" s="198"/>
+      <c r="AE84" s="198"/>
+      <c r="AF84" s="198"/>
+      <c r="AG84" s="198"/>
+      <c r="AH84" s="198"/>
+      <c r="AI84" s="198"/>
       <c r="AJ84" s="9"/>
       <c r="AK84" s="1"/>
       <c r="AL84" s="1"/>
     </row>
     <row r="85" spans="1:47" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="44" t="str">
         <f>IF(S84&lt;&gt;0,"Joindre justification","")</f>
@@ -17380,468 +17380,472 @@
       <c r="AE85" s="1"/>
       <c r="AF85" s="1"/>
       <c r="AG85" s="1"/>
       <c r="AH85" s="1"/>
       <c r="AI85" s="1"/>
       <c r="AJ85" s="1"/>
       <c r="AK85" s="1"/>
       <c r="AL85" s="1"/>
       <c r="AQ85" s="26" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="86" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
       <c r="B86" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C86" s="9"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
-      <c r="K86" s="228" t="s">
+      <c r="K86" s="186" t="s">
         <v>93</v>
       </c>
-      <c r="L86" s="228"/>
-[...15 lines deleted...]
-      <c r="AB86" s="228"/>
+      <c r="L86" s="186"/>
+      <c r="M86" s="186"/>
+      <c r="N86" s="186"/>
+      <c r="O86" s="186"/>
+      <c r="P86" s="186"/>
+      <c r="Q86" s="186"/>
+      <c r="R86" s="186"/>
+      <c r="S86" s="186"/>
+      <c r="T86" s="186"/>
+      <c r="U86" s="186"/>
+      <c r="V86" s="186"/>
+      <c r="W86" s="186"/>
+      <c r="X86" s="186"/>
+      <c r="Y86" s="186"/>
+      <c r="Z86" s="186"/>
+      <c r="AA86" s="186"/>
+      <c r="AB86" s="186"/>
       <c r="AC86" s="1"/>
       <c r="AD86" s="1"/>
       <c r="AE86" s="1"/>
       <c r="AF86" s="1"/>
       <c r="AG86" s="1"/>
       <c r="AH86" s="1"/>
       <c r="AI86" s="1"/>
       <c r="AJ86" s="1"/>
       <c r="AK86" s="1"/>
       <c r="AL86" s="1"/>
       <c r="AN86" s="26">
         <f>IF(K87="pas d'allègement justifié selon OcEne art.28",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ86" s="26" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="87" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="9"/>
       <c r="C87" s="9"/>
       <c r="D87" s="9"/>
       <c r="E87" s="9"/>
       <c r="F87" s="9"/>
       <c r="G87" s="9"/>
       <c r="H87" s="9"/>
       <c r="I87" s="9"/>
       <c r="J87" s="9"/>
-      <c r="K87" s="239" t="s">
+      <c r="K87" s="197" t="s">
         <v>93</v>
       </c>
-      <c r="L87" s="239"/>
-[...18 lines deleted...]
-      <c r="AE87" s="239"/>
+      <c r="L87" s="197"/>
+      <c r="M87" s="197"/>
+      <c r="N87" s="197"/>
+      <c r="O87" s="197"/>
+      <c r="P87" s="197"/>
+      <c r="Q87" s="197"/>
+      <c r="R87" s="197"/>
+      <c r="S87" s="197"/>
+      <c r="T87" s="197"/>
+      <c r="U87" s="197"/>
+      <c r="V87" s="197"/>
+      <c r="W87" s="197"/>
+      <c r="X87" s="197"/>
+      <c r="Y87" s="197"/>
+      <c r="Z87" s="197"/>
+      <c r="AA87" s="197"/>
+      <c r="AB87" s="197"/>
+      <c r="AC87" s="197"/>
+      <c r="AD87" s="197"/>
+      <c r="AE87" s="197"/>
       <c r="AF87" s="46"/>
       <c r="AG87" s="46"/>
       <c r="AH87" s="46"/>
       <c r="AI87" s="46"/>
       <c r="AJ87" s="9"/>
       <c r="AK87" s="9"/>
       <c r="AL87" s="1"/>
       <c r="AQ87" s="26" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="88" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1"/>
       <c r="B88" s="23"/>
       <c r="C88" s="23"/>
       <c r="D88" s="23"/>
       <c r="E88" s="23"/>
       <c r="F88" s="23"/>
       <c r="G88" s="23"/>
       <c r="H88" s="23"/>
       <c r="I88" s="23"/>
       <c r="J88" s="26"/>
       <c r="K88" s="44" t="str">
         <f>IF(K87=AQ106,"Couverture de l'énergie électrique supplémentaire requise - fournir EN-VS-104","")</f>
         <v/>
       </c>
       <c r="M88" s="23"/>
       <c r="N88" s="23"/>
       <c r="O88" s="23"/>
       <c r="P88" s="23"/>
       <c r="Q88" s="23"/>
       <c r="R88" s="23"/>
       <c r="S88" s="26"/>
       <c r="T88" s="23"/>
       <c r="U88" s="23"/>
       <c r="V88" s="23"/>
       <c r="W88" s="23"/>
       <c r="X88" s="23"/>
       <c r="Y88" s="23"/>
       <c r="Z88" s="23"/>
       <c r="AA88" s="23"/>
       <c r="AB88" s="23"/>
       <c r="AC88" s="23"/>
       <c r="AD88" s="23"/>
       <c r="AE88" s="23"/>
       <c r="AF88" s="23"/>
       <c r="AG88" s="23"/>
       <c r="AH88" s="23"/>
       <c r="AI88" s="23"/>
       <c r="AJ88" s="23"/>
-      <c r="AK88" s="274" t="str">
-        <f>IF(AU91=TRUE,"Info: ce motif n'est valable que pour les catégories habitat","")</f>
+      <c r="AK88" s="80" t="str">
+        <f>IF(AND(AU91=TRUE,AU92=TRUE),"Info: ce motif n'est valable que pour les catégories habitat","")</f>
         <v/>
       </c>
       <c r="AL88" s="1"/>
       <c r="AQ88" s="26" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="89" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="229" t="s">
+      <c r="B89" s="187" t="s">
         <v>299</v>
       </c>
-      <c r="C89" s="229"/>
-[...33 lines deleted...]
-      <c r="AK89" s="229"/>
+      <c r="C89" s="187"/>
+      <c r="D89" s="187"/>
+      <c r="E89" s="187"/>
+      <c r="F89" s="187"/>
+      <c r="G89" s="187"/>
+      <c r="H89" s="187"/>
+      <c r="I89" s="187"/>
+      <c r="J89" s="187"/>
+      <c r="K89" s="187"/>
+      <c r="L89" s="187"/>
+      <c r="M89" s="187"/>
+      <c r="N89" s="187"/>
+      <c r="O89" s="187"/>
+      <c r="P89" s="187"/>
+      <c r="Q89" s="187"/>
+      <c r="R89" s="187"/>
+      <c r="S89" s="187"/>
+      <c r="T89" s="187"/>
+      <c r="U89" s="187"/>
+      <c r="V89" s="187"/>
+      <c r="W89" s="187"/>
+      <c r="X89" s="187"/>
+      <c r="Y89" s="187"/>
+      <c r="Z89" s="187"/>
+      <c r="AA89" s="187"/>
+      <c r="AB89" s="187"/>
+      <c r="AC89" s="187"/>
+      <c r="AD89" s="187"/>
+      <c r="AE89" s="187"/>
+      <c r="AF89" s="187"/>
+      <c r="AG89" s="187"/>
+      <c r="AH89" s="187"/>
+      <c r="AI89" s="187"/>
+      <c r="AJ89" s="187"/>
+      <c r="AK89" s="187"/>
       <c r="AL89" s="1"/>
       <c r="AQ89" s="26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="90" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
-      <c r="B90" s="230"/>
-[...34 lines deleted...]
-      <c r="AK90" s="232"/>
+      <c r="B90" s="188"/>
+      <c r="C90" s="189"/>
+      <c r="D90" s="189"/>
+      <c r="E90" s="189"/>
+      <c r="F90" s="189"/>
+      <c r="G90" s="189"/>
+      <c r="H90" s="189"/>
+      <c r="I90" s="189"/>
+      <c r="J90" s="189"/>
+      <c r="K90" s="189"/>
+      <c r="L90" s="189"/>
+      <c r="M90" s="189"/>
+      <c r="N90" s="189"/>
+      <c r="O90" s="189"/>
+      <c r="P90" s="189"/>
+      <c r="Q90" s="189"/>
+      <c r="R90" s="189"/>
+      <c r="S90" s="189"/>
+      <c r="T90" s="189"/>
+      <c r="U90" s="189"/>
+      <c r="V90" s="189"/>
+      <c r="W90" s="189"/>
+      <c r="X90" s="189"/>
+      <c r="Y90" s="189"/>
+      <c r="Z90" s="189"/>
+      <c r="AA90" s="189"/>
+      <c r="AB90" s="189"/>
+      <c r="AC90" s="189"/>
+      <c r="AD90" s="189"/>
+      <c r="AE90" s="189"/>
+      <c r="AF90" s="189"/>
+      <c r="AG90" s="189"/>
+      <c r="AH90" s="189"/>
+      <c r="AI90" s="189"/>
+      <c r="AJ90" s="189"/>
+      <c r="AK90" s="190"/>
       <c r="AL90" s="1"/>
     </row>
     <row r="91" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
-      <c r="B91" s="233"/>
-[...34 lines deleted...]
-      <c r="AK91" s="235"/>
+      <c r="B91" s="191"/>
+      <c r="C91" s="192"/>
+      <c r="D91" s="192"/>
+      <c r="E91" s="192"/>
+      <c r="F91" s="192"/>
+      <c r="G91" s="192"/>
+      <c r="H91" s="192"/>
+      <c r="I91" s="192"/>
+      <c r="J91" s="192"/>
+      <c r="K91" s="192"/>
+      <c r="L91" s="192"/>
+      <c r="M91" s="192"/>
+      <c r="N91" s="192"/>
+      <c r="O91" s="192"/>
+      <c r="P91" s="192"/>
+      <c r="Q91" s="192"/>
+      <c r="R91" s="192"/>
+      <c r="S91" s="192"/>
+      <c r="T91" s="192"/>
+      <c r="U91" s="192"/>
+      <c r="V91" s="192"/>
+      <c r="W91" s="192"/>
+      <c r="X91" s="192"/>
+      <c r="Y91" s="192"/>
+      <c r="Z91" s="192"/>
+      <c r="AA91" s="192"/>
+      <c r="AB91" s="192"/>
+      <c r="AC91" s="192"/>
+      <c r="AD91" s="192"/>
+      <c r="AE91" s="192"/>
+      <c r="AF91" s="192"/>
+      <c r="AG91" s="192"/>
+      <c r="AH91" s="192"/>
+      <c r="AI91" s="192"/>
+      <c r="AJ91" s="192"/>
+      <c r="AK91" s="193"/>
       <c r="AL91" s="1"/>
       <c r="AU91" s="26" t="b">
         <f>IF(K87="PAC rév. dans habitat sans éléments actifs supplémentaires d’émission de froid",TRUE,FALSE)</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
-      <c r="B92" s="233"/>
-[...34 lines deleted...]
-      <c r="AK92" s="235"/>
+      <c r="B92" s="191"/>
+      <c r="C92" s="192"/>
+      <c r="D92" s="192"/>
+      <c r="E92" s="192"/>
+      <c r="F92" s="192"/>
+      <c r="G92" s="192"/>
+      <c r="H92" s="192"/>
+      <c r="I92" s="192"/>
+      <c r="J92" s="192"/>
+      <c r="K92" s="192"/>
+      <c r="L92" s="192"/>
+      <c r="M92" s="192"/>
+      <c r="N92" s="192"/>
+      <c r="O92" s="192"/>
+      <c r="P92" s="192"/>
+      <c r="Q92" s="192"/>
+      <c r="R92" s="192"/>
+      <c r="S92" s="192"/>
+      <c r="T92" s="192"/>
+      <c r="U92" s="192"/>
+      <c r="V92" s="192"/>
+      <c r="W92" s="192"/>
+      <c r="X92" s="192"/>
+      <c r="Y92" s="192"/>
+      <c r="Z92" s="192"/>
+      <c r="AA92" s="192"/>
+      <c r="AB92" s="192"/>
+      <c r="AC92" s="192"/>
+      <c r="AD92" s="192"/>
+      <c r="AE92" s="192"/>
+      <c r="AF92" s="192"/>
+      <c r="AG92" s="192"/>
+      <c r="AH92" s="192"/>
+      <c r="AI92" s="192"/>
+      <c r="AJ92" s="192"/>
+      <c r="AK92" s="193"/>
       <c r="AL92" s="1"/>
+      <c r="AU92" s="26" t="b">
+        <f>IF(K86="protection solaire extérieure opaque normalisée manuelle",TRUE,FALSE)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="93" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
-      <c r="B93" s="233"/>
-[...34 lines deleted...]
-      <c r="AK93" s="235"/>
+      <c r="B93" s="191"/>
+      <c r="C93" s="192"/>
+      <c r="D93" s="192"/>
+      <c r="E93" s="192"/>
+      <c r="F93" s="192"/>
+      <c r="G93" s="192"/>
+      <c r="H93" s="192"/>
+      <c r="I93" s="192"/>
+      <c r="J93" s="192"/>
+      <c r="K93" s="192"/>
+      <c r="L93" s="192"/>
+      <c r="M93" s="192"/>
+      <c r="N93" s="192"/>
+      <c r="O93" s="192"/>
+      <c r="P93" s="192"/>
+      <c r="Q93" s="192"/>
+      <c r="R93" s="192"/>
+      <c r="S93" s="192"/>
+      <c r="T93" s="192"/>
+      <c r="U93" s="192"/>
+      <c r="V93" s="192"/>
+      <c r="W93" s="192"/>
+      <c r="X93" s="192"/>
+      <c r="Y93" s="192"/>
+      <c r="Z93" s="192"/>
+      <c r="AA93" s="192"/>
+      <c r="AB93" s="192"/>
+      <c r="AC93" s="192"/>
+      <c r="AD93" s="192"/>
+      <c r="AE93" s="192"/>
+      <c r="AF93" s="192"/>
+      <c r="AG93" s="192"/>
+      <c r="AH93" s="192"/>
+      <c r="AI93" s="192"/>
+      <c r="AJ93" s="192"/>
+      <c r="AK93" s="193"/>
       <c r="AL93" s="1"/>
     </row>
     <row r="94" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
-      <c r="B94" s="233"/>
-[...34 lines deleted...]
-      <c r="AK94" s="235"/>
+      <c r="B94" s="191"/>
+      <c r="C94" s="192"/>
+      <c r="D94" s="192"/>
+      <c r="E94" s="192"/>
+      <c r="F94" s="192"/>
+      <c r="G94" s="192"/>
+      <c r="H94" s="192"/>
+      <c r="I94" s="192"/>
+      <c r="J94" s="192"/>
+      <c r="K94" s="192"/>
+      <c r="L94" s="192"/>
+      <c r="M94" s="192"/>
+      <c r="N94" s="192"/>
+      <c r="O94" s="192"/>
+      <c r="P94" s="192"/>
+      <c r="Q94" s="192"/>
+      <c r="R94" s="192"/>
+      <c r="S94" s="192"/>
+      <c r="T94" s="192"/>
+      <c r="U94" s="192"/>
+      <c r="V94" s="192"/>
+      <c r="W94" s="192"/>
+      <c r="X94" s="192"/>
+      <c r="Y94" s="192"/>
+      <c r="Z94" s="192"/>
+      <c r="AA94" s="192"/>
+      <c r="AB94" s="192"/>
+      <c r="AC94" s="192"/>
+      <c r="AD94" s="192"/>
+      <c r="AE94" s="192"/>
+      <c r="AF94" s="192"/>
+      <c r="AG94" s="192"/>
+      <c r="AH94" s="192"/>
+      <c r="AI94" s="192"/>
+      <c r="AJ94" s="192"/>
+      <c r="AK94" s="193"/>
       <c r="AL94" s="1"/>
     </row>
     <row r="95" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
-      <c r="B95" s="236"/>
-[...34 lines deleted...]
-      <c r="AK95" s="238"/>
+      <c r="B95" s="194"/>
+      <c r="C95" s="195"/>
+      <c r="D95" s="195"/>
+      <c r="E95" s="195"/>
+      <c r="F95" s="195"/>
+      <c r="G95" s="195"/>
+      <c r="H95" s="195"/>
+      <c r="I95" s="195"/>
+      <c r="J95" s="195"/>
+      <c r="K95" s="195"/>
+      <c r="L95" s="195"/>
+      <c r="M95" s="195"/>
+      <c r="N95" s="195"/>
+      <c r="O95" s="195"/>
+      <c r="P95" s="195"/>
+      <c r="Q95" s="195"/>
+      <c r="R95" s="195"/>
+      <c r="S95" s="195"/>
+      <c r="T95" s="195"/>
+      <c r="U95" s="195"/>
+      <c r="V95" s="195"/>
+      <c r="W95" s="195"/>
+      <c r="X95" s="195"/>
+      <c r="Y95" s="195"/>
+      <c r="Z95" s="195"/>
+      <c r="AA95" s="195"/>
+      <c r="AB95" s="195"/>
+      <c r="AC95" s="195"/>
+      <c r="AD95" s="195"/>
+      <c r="AE95" s="195"/>
+      <c r="AF95" s="195"/>
+      <c r="AG95" s="195"/>
+      <c r="AH95" s="195"/>
+      <c r="AI95" s="195"/>
+      <c r="AJ95" s="195"/>
+      <c r="AK95" s="196"/>
       <c r="AL95" s="1"/>
     </row>
     <row r="96" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="37"/>
       <c r="C96" s="38"/>
       <c r="D96" s="39" t="s">
         <v>84</v>
       </c>
       <c r="E96" s="38"/>
       <c r="F96" s="38"/>
       <c r="G96" s="38"/>
       <c r="H96" s="38"/>
       <c r="I96" s="38"/>
       <c r="J96" s="38"/>
       <c r="K96" s="38"/>
       <c r="L96" s="38"/>
       <c r="M96" s="38"/>
       <c r="N96" s="38"/>
       <c r="O96" s="38"/>
       <c r="P96" s="38"/>
       <c r="Q96" s="38"/>
       <c r="R96" s="38"/>
       <c r="S96" s="38"/>
       <c r="T96" s="38"/>
       <c r="U96" s="38"/>
@@ -17976,51 +17980,51 @@
       <c r="O99" s="38"/>
       <c r="P99" s="38"/>
       <c r="Q99" s="38"/>
       <c r="R99" s="38"/>
       <c r="S99" s="38"/>
       <c r="T99" s="38"/>
       <c r="U99" s="38"/>
       <c r="V99" s="38"/>
       <c r="W99" s="38"/>
       <c r="X99" s="38"/>
       <c r="Y99" s="38"/>
       <c r="Z99" s="38"/>
       <c r="AA99" s="38"/>
       <c r="AB99" s="38"/>
       <c r="AC99" s="38"/>
       <c r="AD99" s="38"/>
       <c r="AE99" s="38"/>
       <c r="AF99" s="38"/>
       <c r="AG99" s="38"/>
       <c r="AH99" s="38"/>
       <c r="AI99" s="38"/>
       <c r="AJ99" s="38"/>
       <c r="AK99" s="40"/>
       <c r="AL99" s="1"/>
       <c r="AQ99" s="50" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
     </row>
     <row r="100" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="41"/>
       <c r="C100" s="42"/>
       <c r="D100" s="68" t="s">
         <v>280</v>
       </c>
       <c r="E100" s="42"/>
       <c r="F100" s="42"/>
       <c r="G100" s="42"/>
       <c r="H100" s="42"/>
       <c r="I100" s="42"/>
       <c r="J100" s="42"/>
       <c r="K100" s="42"/>
       <c r="L100" s="42"/>
       <c r="M100" s="42"/>
       <c r="N100" s="42"/>
       <c r="O100" s="42"/>
       <c r="P100" s="42"/>
       <c r="Q100" s="42"/>
       <c r="R100" s="42"/>
       <c r="S100" s="42"/>
       <c r="T100" s="42"/>
@@ -18112,520 +18116,520 @@
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
       <c r="Z102" s="1"/>
       <c r="AA102" s="1"/>
       <c r="AB102" s="1"/>
       <c r="AC102" s="1"/>
       <c r="AD102" s="1"/>
       <c r="AE102" s="1"/>
       <c r="AF102" s="1"/>
       <c r="AG102" s="1"/>
       <c r="AH102" s="1"/>
       <c r="AI102" s="1"/>
       <c r="AJ102" s="1"/>
       <c r="AK102" s="1"/>
       <c r="AL102" s="1"/>
       <c r="AQ102" s="50" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="103" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
-      <c r="B103" s="212" t="s">
+      <c r="B103" s="169" t="s">
         <v>62</v>
       </c>
-      <c r="C103" s="212"/>
-[...4 lines deleted...]
-      <c r="H103" s="214" t="s">
+      <c r="C103" s="169"/>
+      <c r="D103" s="169"/>
+      <c r="E103" s="169"/>
+      <c r="F103" s="169"/>
+      <c r="G103" s="170"/>
+      <c r="H103" s="171" t="s">
         <v>63</v>
       </c>
-      <c r="I103" s="215"/>
-[...13 lines deleted...]
-      <c r="W103" s="220" t="s">
+      <c r="I103" s="172"/>
+      <c r="J103" s="172"/>
+      <c r="K103" s="172"/>
+      <c r="L103" s="172"/>
+      <c r="M103" s="172"/>
+      <c r="N103" s="172"/>
+      <c r="O103" s="172"/>
+      <c r="P103" s="172"/>
+      <c r="Q103" s="172"/>
+      <c r="R103" s="172"/>
+      <c r="S103" s="172"/>
+      <c r="T103" s="172"/>
+      <c r="U103" s="172"/>
+      <c r="V103" s="173"/>
+      <c r="W103" s="177" t="s">
         <v>85</v>
       </c>
-      <c r="X103" s="221"/>
-[...12 lines deleted...]
-      <c r="AK103" s="222"/>
+      <c r="X103" s="178"/>
+      <c r="Y103" s="178"/>
+      <c r="Z103" s="178"/>
+      <c r="AA103" s="178"/>
+      <c r="AB103" s="178"/>
+      <c r="AC103" s="178"/>
+      <c r="AD103" s="178"/>
+      <c r="AE103" s="178"/>
+      <c r="AF103" s="178"/>
+      <c r="AG103" s="178"/>
+      <c r="AH103" s="178"/>
+      <c r="AI103" s="178"/>
+      <c r="AJ103" s="178"/>
+      <c r="AK103" s="179"/>
       <c r="AL103" s="1"/>
       <c r="AQ103" s="50" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
       <c r="B104" s="24"/>
       <c r="C104" s="24"/>
       <c r="D104" s="24"/>
       <c r="E104" s="24"/>
       <c r="F104" s="24"/>
       <c r="G104" s="24"/>
-      <c r="H104" s="217"/>
-[...28 lines deleted...]
-      <c r="AK104" s="225"/>
+      <c r="H104" s="174"/>
+      <c r="I104" s="175"/>
+      <c r="J104" s="175"/>
+      <c r="K104" s="175"/>
+      <c r="L104" s="175"/>
+      <c r="M104" s="175"/>
+      <c r="N104" s="175"/>
+      <c r="O104" s="175"/>
+      <c r="P104" s="175"/>
+      <c r="Q104" s="175"/>
+      <c r="R104" s="175"/>
+      <c r="S104" s="175"/>
+      <c r="T104" s="175"/>
+      <c r="U104" s="175"/>
+      <c r="V104" s="176"/>
+      <c r="W104" s="180"/>
+      <c r="X104" s="181"/>
+      <c r="Y104" s="181"/>
+      <c r="Z104" s="181"/>
+      <c r="AA104" s="181"/>
+      <c r="AB104" s="181"/>
+      <c r="AC104" s="181"/>
+      <c r="AD104" s="181"/>
+      <c r="AE104" s="181"/>
+      <c r="AF104" s="181"/>
+      <c r="AG104" s="181"/>
+      <c r="AH104" s="181"/>
+      <c r="AI104" s="181"/>
+      <c r="AJ104" s="181"/>
+      <c r="AK104" s="182"/>
       <c r="AL104" s="1"/>
       <c r="AQ104" s="50" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
       <c r="B105" s="25"/>
-      <c r="C105" s="146" t="s">
+      <c r="C105" s="143" t="s">
         <v>64</v>
       </c>
-      <c r="D105" s="146"/>
-[...32 lines deleted...]
-      <c r="AK105" s="251"/>
+      <c r="D105" s="143"/>
+      <c r="E105" s="143"/>
+      <c r="F105" s="143"/>
+      <c r="G105" s="144"/>
+      <c r="H105" s="157"/>
+      <c r="I105" s="158"/>
+      <c r="J105" s="158"/>
+      <c r="K105" s="158"/>
+      <c r="L105" s="158"/>
+      <c r="M105" s="158"/>
+      <c r="N105" s="158"/>
+      <c r="O105" s="158"/>
+      <c r="P105" s="158"/>
+      <c r="Q105" s="158"/>
+      <c r="R105" s="158"/>
+      <c r="S105" s="158"/>
+      <c r="T105" s="158"/>
+      <c r="U105" s="158"/>
+      <c r="V105" s="159"/>
+      <c r="W105" s="163"/>
+      <c r="X105" s="164"/>
+      <c r="Y105" s="164"/>
+      <c r="Z105" s="164"/>
+      <c r="AA105" s="164"/>
+      <c r="AB105" s="164"/>
+      <c r="AC105" s="164"/>
+      <c r="AD105" s="164"/>
+      <c r="AE105" s="164"/>
+      <c r="AF105" s="164"/>
+      <c r="AG105" s="164"/>
+      <c r="AH105" s="164"/>
+      <c r="AI105" s="164"/>
+      <c r="AJ105" s="164"/>
+      <c r="AK105" s="165"/>
       <c r="AL105" s="1"/>
       <c r="AQ105" s="50" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="106" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
       <c r="B106" s="25"/>
-      <c r="C106" s="146"/>
-[...33 lines deleted...]
-      <c r="AK106" s="254"/>
+      <c r="C106" s="143"/>
+      <c r="D106" s="143"/>
+      <c r="E106" s="143"/>
+      <c r="F106" s="143"/>
+      <c r="G106" s="144"/>
+      <c r="H106" s="160"/>
+      <c r="I106" s="161"/>
+      <c r="J106" s="161"/>
+      <c r="K106" s="161"/>
+      <c r="L106" s="161"/>
+      <c r="M106" s="161"/>
+      <c r="N106" s="161"/>
+      <c r="O106" s="161"/>
+      <c r="P106" s="161"/>
+      <c r="Q106" s="161"/>
+      <c r="R106" s="161"/>
+      <c r="S106" s="161"/>
+      <c r="T106" s="161"/>
+      <c r="U106" s="161"/>
+      <c r="V106" s="162"/>
+      <c r="W106" s="166"/>
+      <c r="X106" s="167"/>
+      <c r="Y106" s="167"/>
+      <c r="Z106" s="167"/>
+      <c r="AA106" s="167"/>
+      <c r="AB106" s="167"/>
+      <c r="AC106" s="167"/>
+      <c r="AD106" s="167"/>
+      <c r="AE106" s="167"/>
+      <c r="AF106" s="167"/>
+      <c r="AG106" s="167"/>
+      <c r="AH106" s="167"/>
+      <c r="AI106" s="167"/>
+      <c r="AJ106" s="167"/>
+      <c r="AK106" s="168"/>
       <c r="AL106" s="1"/>
       <c r="AQ106" s="50" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="107" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
       <c r="B107" s="9"/>
-      <c r="C107" s="188" t="s">
+      <c r="C107" s="135" t="s">
         <v>65</v>
       </c>
-      <c r="D107" s="188"/>
-[...32 lines deleted...]
-      <c r="AK107" s="260"/>
+      <c r="D107" s="135"/>
+      <c r="E107" s="135"/>
+      <c r="F107" s="135"/>
+      <c r="G107" s="136"/>
+      <c r="H107" s="137"/>
+      <c r="I107" s="138"/>
+      <c r="J107" s="138"/>
+      <c r="K107" s="138"/>
+      <c r="L107" s="138"/>
+      <c r="M107" s="138"/>
+      <c r="N107" s="138"/>
+      <c r="O107" s="138"/>
+      <c r="P107" s="138"/>
+      <c r="Q107" s="138"/>
+      <c r="R107" s="138"/>
+      <c r="S107" s="138"/>
+      <c r="T107" s="138"/>
+      <c r="U107" s="138"/>
+      <c r="V107" s="139"/>
+      <c r="W107" s="140"/>
+      <c r="X107" s="141"/>
+      <c r="Y107" s="141"/>
+      <c r="Z107" s="141"/>
+      <c r="AA107" s="141"/>
+      <c r="AB107" s="141"/>
+      <c r="AC107" s="141"/>
+      <c r="AD107" s="141"/>
+      <c r="AE107" s="141"/>
+      <c r="AF107" s="141"/>
+      <c r="AG107" s="141"/>
+      <c r="AH107" s="141"/>
+      <c r="AI107" s="141"/>
+      <c r="AJ107" s="141"/>
+      <c r="AK107" s="142"/>
       <c r="AL107" s="1"/>
       <c r="AP107" s="26" t="s">
         <v>304</v>
       </c>
       <c r="AS107" s="26" t="str">
         <f>IF(OR(AD33&gt;12,U33&lt;&gt;0,AN41=2,AN42=2,AN43=2,K87=AQ106),"oui","non")</f>
         <v>non</v>
       </c>
     </row>
     <row r="108" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
       <c r="B108" s="9"/>
-      <c r="C108" s="188" t="s">
+      <c r="C108" s="135" t="s">
         <v>66</v>
       </c>
-      <c r="D108" s="188"/>
-[...32 lines deleted...]
-      <c r="AK108" s="260"/>
+      <c r="D108" s="135"/>
+      <c r="E108" s="135"/>
+      <c r="F108" s="135"/>
+      <c r="G108" s="136"/>
+      <c r="H108" s="137"/>
+      <c r="I108" s="138"/>
+      <c r="J108" s="138"/>
+      <c r="K108" s="138"/>
+      <c r="L108" s="138"/>
+      <c r="M108" s="138"/>
+      <c r="N108" s="138"/>
+      <c r="O108" s="138"/>
+      <c r="P108" s="138"/>
+      <c r="Q108" s="138"/>
+      <c r="R108" s="138"/>
+      <c r="S108" s="138"/>
+      <c r="T108" s="138"/>
+      <c r="U108" s="138"/>
+      <c r="V108" s="139"/>
+      <c r="W108" s="140"/>
+      <c r="X108" s="141"/>
+      <c r="Y108" s="141"/>
+      <c r="Z108" s="141"/>
+      <c r="AA108" s="141"/>
+      <c r="AB108" s="141"/>
+      <c r="AC108" s="141"/>
+      <c r="AD108" s="141"/>
+      <c r="AE108" s="141"/>
+      <c r="AF108" s="141"/>
+      <c r="AG108" s="141"/>
+      <c r="AH108" s="141"/>
+      <c r="AI108" s="141"/>
+      <c r="AJ108" s="141"/>
+      <c r="AK108" s="142"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:45" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
       <c r="B109" s="25"/>
-      <c r="C109" s="146" t="s">
+      <c r="C109" s="143" t="s">
         <v>67</v>
       </c>
-      <c r="D109" s="146"/>
-[...32 lines deleted...]
-      <c r="AK109" s="270"/>
+      <c r="D109" s="143"/>
+      <c r="E109" s="143"/>
+      <c r="F109" s="143"/>
+      <c r="G109" s="144"/>
+      <c r="H109" s="145"/>
+      <c r="I109" s="146"/>
+      <c r="J109" s="146"/>
+      <c r="K109" s="146"/>
+      <c r="L109" s="146"/>
+      <c r="M109" s="146"/>
+      <c r="N109" s="146"/>
+      <c r="O109" s="146"/>
+      <c r="P109" s="146"/>
+      <c r="Q109" s="146"/>
+      <c r="R109" s="146"/>
+      <c r="S109" s="146"/>
+      <c r="T109" s="146"/>
+      <c r="U109" s="146"/>
+      <c r="V109" s="147"/>
+      <c r="W109" s="151"/>
+      <c r="X109" s="152"/>
+      <c r="Y109" s="152"/>
+      <c r="Z109" s="152"/>
+      <c r="AA109" s="152"/>
+      <c r="AB109" s="152"/>
+      <c r="AC109" s="152"/>
+      <c r="AD109" s="152"/>
+      <c r="AE109" s="152"/>
+      <c r="AF109" s="152"/>
+      <c r="AG109" s="152"/>
+      <c r="AH109" s="152"/>
+      <c r="AI109" s="152"/>
+      <c r="AJ109" s="152"/>
+      <c r="AK109" s="153"/>
       <c r="AL109" s="1"/>
     </row>
     <row r="110" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1"/>
       <c r="B110" s="25"/>
-      <c r="C110" s="146"/>
-[...33 lines deleted...]
-      <c r="AK110" s="273"/>
+      <c r="C110" s="143"/>
+      <c r="D110" s="143"/>
+      <c r="E110" s="143"/>
+      <c r="F110" s="143"/>
+      <c r="G110" s="144"/>
+      <c r="H110" s="148"/>
+      <c r="I110" s="149"/>
+      <c r="J110" s="149"/>
+      <c r="K110" s="149"/>
+      <c r="L110" s="149"/>
+      <c r="M110" s="149"/>
+      <c r="N110" s="149"/>
+      <c r="O110" s="149"/>
+      <c r="P110" s="149"/>
+      <c r="Q110" s="149"/>
+      <c r="R110" s="149"/>
+      <c r="S110" s="149"/>
+      <c r="T110" s="149"/>
+      <c r="U110" s="149"/>
+      <c r="V110" s="150"/>
+      <c r="W110" s="154"/>
+      <c r="X110" s="155"/>
+      <c r="Y110" s="155"/>
+      <c r="Z110" s="155"/>
+      <c r="AA110" s="155"/>
+      <c r="AB110" s="155"/>
+      <c r="AC110" s="155"/>
+      <c r="AD110" s="155"/>
+      <c r="AE110" s="155"/>
+      <c r="AF110" s="155"/>
+      <c r="AG110" s="155"/>
+      <c r="AH110" s="155"/>
+      <c r="AI110" s="155"/>
+      <c r="AJ110" s="155"/>
+      <c r="AK110" s="156"/>
       <c r="AL110" s="1"/>
     </row>
     <row r="111" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1"/>
       <c r="B111" s="1"/>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
       <c r="Z111" s="1"/>
       <c r="AA111" s="1"/>
       <c r="AB111" s="1"/>
       <c r="AC111" s="1"/>
       <c r="AD111" s="1"/>
       <c r="AE111" s="1"/>
       <c r="AF111" s="1"/>
       <c r="AG111" s="1"/>
       <c r="AH111" s="1"/>
       <c r="AI111" s="1"/>
       <c r="AJ111" s="1"/>
       <c r="AK111" s="70" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="AL111" s="1"/>
     </row>
     <row r="112" spans="1:45" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1"/>
       <c r="B112" s="1"/>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
       <c r="Z112" s="1"/>
       <c r="AA112" s="1"/>
       <c r="AB112" s="1"/>
       <c r="AC112" s="1"/>
       <c r="AD112" s="1"/>
       <c r="AE112" s="1"/>
       <c r="AF112" s="1"/>
       <c r="AG112" s="1"/>
       <c r="AH112" s="1"/>
       <c r="AI112" s="1"/>
       <c r="AJ112" s="1"/>
       <c r="AK112" s="1"/>
       <c r="AL112" s="1"/>
     </row>
     <row r="113" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="18"/>
-      <c r="B113" s="261"/>
-[...33 lines deleted...]
-      <c r="AJ113" s="261"/>
+      <c r="B113" s="134"/>
+      <c r="C113" s="134"/>
+      <c r="D113" s="134"/>
+      <c r="E113" s="134"/>
+      <c r="F113" s="134"/>
+      <c r="G113" s="134"/>
+      <c r="H113" s="134"/>
+      <c r="I113" s="134"/>
+      <c r="J113" s="134"/>
+      <c r="K113" s="134"/>
+      <c r="L113" s="134"/>
+      <c r="M113" s="134"/>
+      <c r="N113" s="134"/>
+      <c r="O113" s="134"/>
+      <c r="P113" s="134"/>
+      <c r="Q113" s="134"/>
+      <c r="R113" s="134"/>
+      <c r="S113" s="134"/>
+      <c r="T113" s="134"/>
+      <c r="U113" s="134"/>
+      <c r="V113" s="134"/>
+      <c r="W113" s="134"/>
+      <c r="X113" s="134"/>
+      <c r="Y113" s="134"/>
+      <c r="Z113" s="134"/>
+      <c r="AA113" s="134"/>
+      <c r="AB113" s="134"/>
+      <c r="AC113" s="134"/>
+      <c r="AD113" s="134"/>
+      <c r="AE113" s="134"/>
+      <c r="AF113" s="134"/>
+      <c r="AG113" s="134"/>
+      <c r="AH113" s="134"/>
+      <c r="AI113" s="134"/>
+      <c r="AJ113" s="134"/>
       <c r="AK113" s="1"/>
       <c r="AL113" s="1"/>
     </row>
     <row r="114" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -18723,151 +18727,151 @@
     <row r="239" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="240" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="241" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="242" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="249" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="251" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="252" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="253" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="254" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="255" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="256" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="257" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="258" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="259" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="260" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="263" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="264" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="265" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="266" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="272" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="273" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="274" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="275" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="276" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="FLWLnij50HuOmIVeHLdqIIhrJQGfK79fv7UeBrRmlF+x6j+Yrmn57QMECBG2y9PwQWUAEgWKpiiU7meG1Rlnfw==" saltValue="YrlZxKajqrXeLP2/fXJLqA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/qNJv4svGADZDWgEjlbRSUBmmuTQfVX06NQhnfKjpsHHmBr2z9FeS7ENA0a1ZBF8u7ryj8/r13XQp9VE+Wfbrg==" saltValue="Vy4Va1nhtO1DuEpfG4iRNg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="99">
-    <mergeCell ref="B113:AJ113"/>
-[...81 lines deleted...]
-    <mergeCell ref="AF7:AK7"/>
     <mergeCell ref="C66:AK67"/>
     <mergeCell ref="B66:B67"/>
     <mergeCell ref="S81:AI81"/>
     <mergeCell ref="S84:AI84"/>
     <mergeCell ref="Z35:AJ36"/>
     <mergeCell ref="Q38:Y39"/>
     <mergeCell ref="Z38:AJ38"/>
     <mergeCell ref="B48:G49"/>
     <mergeCell ref="V75:X75"/>
     <mergeCell ref="AH75:AI75"/>
     <mergeCell ref="AD64:AG64"/>
     <mergeCell ref="S44:AK44"/>
     <mergeCell ref="AD48:AF48"/>
     <mergeCell ref="I50:AK50"/>
     <mergeCell ref="I51:AK51"/>
     <mergeCell ref="S54:AK54"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="AD20:AF20"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="Z14:AB14"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="Z17:AB17"/>
+    <mergeCell ref="Z18:AB18"/>
+    <mergeCell ref="U19:W19"/>
+    <mergeCell ref="AD19:AF19"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="Q22:S22"/>
+    <mergeCell ref="Z22:AB22"/>
+    <mergeCell ref="U23:W23"/>
+    <mergeCell ref="AD23:AF23"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="U26:W26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="AD26:AF26"/>
+    <mergeCell ref="Q27:S27"/>
+    <mergeCell ref="U27:W27"/>
+    <mergeCell ref="Z27:AB27"/>
+    <mergeCell ref="AD27:AF27"/>
+    <mergeCell ref="Q28:S28"/>
+    <mergeCell ref="U28:W28"/>
+    <mergeCell ref="Z28:AB28"/>
+    <mergeCell ref="AD28:AF28"/>
+    <mergeCell ref="Q29:S29"/>
+    <mergeCell ref="U29:W29"/>
+    <mergeCell ref="Z29:AB29"/>
+    <mergeCell ref="AD29:AF29"/>
+    <mergeCell ref="Q30:S30"/>
+    <mergeCell ref="U30:W30"/>
+    <mergeCell ref="Z30:AB30"/>
+    <mergeCell ref="AD30:AF30"/>
+    <mergeCell ref="H63:T63"/>
+    <mergeCell ref="AD63:AG63"/>
+    <mergeCell ref="Q31:S31"/>
+    <mergeCell ref="U31:W31"/>
+    <mergeCell ref="Z31:AB31"/>
+    <mergeCell ref="AD31:AF31"/>
+    <mergeCell ref="Q33:S33"/>
+    <mergeCell ref="U33:W33"/>
+    <mergeCell ref="Z33:AB33"/>
+    <mergeCell ref="AD33:AF33"/>
+    <mergeCell ref="Q34:Y36"/>
+    <mergeCell ref="S57:AK57"/>
+    <mergeCell ref="S58:AK58"/>
+    <mergeCell ref="W60:AK60"/>
+    <mergeCell ref="B103:G103"/>
+    <mergeCell ref="H103:V104"/>
+    <mergeCell ref="W103:AK104"/>
+    <mergeCell ref="V76:X76"/>
+    <mergeCell ref="AH76:AI76"/>
+    <mergeCell ref="L78:N78"/>
+    <mergeCell ref="K80:AB80"/>
+    <mergeCell ref="K83:AB83"/>
+    <mergeCell ref="K86:AB86"/>
+    <mergeCell ref="B89:AK89"/>
+    <mergeCell ref="B90:AK95"/>
+    <mergeCell ref="K87:AE87"/>
+    <mergeCell ref="C105:G106"/>
+    <mergeCell ref="H105:V106"/>
+    <mergeCell ref="W105:AK106"/>
+    <mergeCell ref="C107:G107"/>
+    <mergeCell ref="H107:V107"/>
+    <mergeCell ref="W107:AK107"/>
+    <mergeCell ref="B113:AJ113"/>
+    <mergeCell ref="C108:G108"/>
+    <mergeCell ref="H108:V108"/>
+    <mergeCell ref="W108:AK108"/>
+    <mergeCell ref="C109:G110"/>
+    <mergeCell ref="H109:V110"/>
+    <mergeCell ref="W109:AK110"/>
   </mergeCells>
   <conditionalFormatting sqref="B62:AK65">
     <cfRule type="expression" dxfId="27" priority="4">
       <formula>$AN$41=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D97">
     <cfRule type="expression" dxfId="26" priority="3">
       <formula>$AS$107="NON"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D98">
     <cfRule type="expression" dxfId="25" priority="8">
       <formula>$U$33&lt;12</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D99">
     <cfRule type="expression" dxfId="24" priority="5">
       <formula>$K$80&lt;&gt;"valeur g calculée en fonction des valeurs fg des façades"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D100">
     <cfRule type="expression" dxfId="23" priority="6">
       <formula>OR($AN$80=1,$AN$83=1,$AN$86=1)</formula>
     </cfRule>
@@ -19838,984 +19842,984 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X75"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M63" sqref="M63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="51" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="51" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="51" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="51" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="52" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="52" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="52" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="52" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="52" customWidth="1"/>
     <col min="21" max="24" width="0" style="51" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="51" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="106" t="s">
+      <c r="E2" s="94" t="s">
         <v>149</v>
       </c>
-      <c r="F2" s="106"/>
-[...12 lines deleted...]
-      <c r="S2" s="106"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+      <c r="N2" s="94"/>
+      <c r="O2" s="94"/>
+      <c r="P2" s="94"/>
+      <c r="Q2" s="94"/>
+      <c r="R2" s="94"/>
+      <c r="S2" s="94"/>
       <c r="T2" s="53"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="106"/>
-[...13 lines deleted...]
-      <c r="S3" s="106"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
       <c r="T3" s="53"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="106"/>
-[...13 lines deleted...]
-      <c r="S4" s="106"/>
+      <c r="E4" s="94"/>
+      <c r="F4" s="94"/>
+      <c r="G4" s="94"/>
+      <c r="H4" s="94"/>
+      <c r="I4" s="94"/>
+      <c r="J4" s="94"/>
+      <c r="K4" s="94"/>
+      <c r="L4" s="94"/>
+      <c r="M4" s="94"/>
+      <c r="N4" s="94"/>
+      <c r="O4" s="94"/>
+      <c r="P4" s="94"/>
+      <c r="Q4" s="94"/>
+      <c r="R4" s="94"/>
+      <c r="S4" s="94"/>
       <c r="T4" s="53"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="54"/>
       <c r="C5" s="54"/>
       <c r="D5" s="54"/>
       <c r="E5" s="55"/>
       <c r="F5" s="55"/>
       <c r="G5" s="55"/>
       <c r="H5" s="55"/>
       <c r="I5" s="55"/>
       <c r="J5" s="55"/>
       <c r="K5" s="55"/>
       <c r="L5" s="55"/>
       <c r="M5" s="55"/>
       <c r="N5" s="55"/>
       <c r="O5" s="71" t="s">
         <v>292</v>
       </c>
-      <c r="P5" s="107" t="s">
+      <c r="P5" s="95" t="s">
         <v>293</v>
       </c>
-      <c r="Q5" s="107"/>
-[...1 lines deleted...]
-      <c r="S5" s="107"/>
+      <c r="Q5" s="95"/>
+      <c r="R5" s="95"/>
+      <c r="S5" s="95"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="108" t="s">
+      <c r="B7" s="96" t="s">
         <v>150</v>
       </c>
-      <c r="C7" s="109"/>
+      <c r="C7" s="97"/>
       <c r="E7" s="56" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B8" s="110"/>
-      <c r="C8" s="111"/>
+      <c r="B8" s="98"/>
+      <c r="C8" s="99"/>
       <c r="E8" s="57" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="110"/>
-      <c r="C9" s="111"/>
+      <c r="B9" s="98"/>
+      <c r="C9" s="99"/>
       <c r="E9" s="57"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="110"/>
-      <c r="C10" s="111"/>
+      <c r="B10" s="98"/>
+      <c r="C10" s="99"/>
       <c r="E10" s="58" t="s">
         <v>127</v>
       </c>
-      <c r="F10" s="87" t="s">
+      <c r="F10" s="93" t="s">
         <v>153</v>
       </c>
-      <c r="G10" s="87"/>
-[...11 lines deleted...]
-      <c r="S10" s="87"/>
+      <c r="G10" s="93"/>
+      <c r="H10" s="93"/>
+      <c r="I10" s="93"/>
+      <c r="J10" s="93"/>
+      <c r="K10" s="93"/>
+      <c r="L10" s="93"/>
+      <c r="M10" s="93"/>
+      <c r="N10" s="93"/>
+      <c r="O10" s="93"/>
+      <c r="P10" s="93"/>
+      <c r="Q10" s="93"/>
+      <c r="R10" s="93"/>
+      <c r="S10" s="93"/>
       <c r="T10" s="59"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="110"/>
-      <c r="C11" s="111"/>
+      <c r="B11" s="98"/>
+      <c r="C11" s="99"/>
       <c r="E11" s="58"/>
-      <c r="F11" s="87"/>
-[...12 lines deleted...]
-      <c r="S11" s="87"/>
+      <c r="F11" s="93"/>
+      <c r="G11" s="93"/>
+      <c r="H11" s="93"/>
+      <c r="I11" s="93"/>
+      <c r="J11" s="93"/>
+      <c r="K11" s="93"/>
+      <c r="L11" s="93"/>
+      <c r="M11" s="93"/>
+      <c r="N11" s="93"/>
+      <c r="O11" s="93"/>
+      <c r="P11" s="93"/>
+      <c r="Q11" s="93"/>
+      <c r="R11" s="93"/>
+      <c r="S11" s="93"/>
       <c r="T11" s="59"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="110"/>
-      <c r="C12" s="111"/>
+      <c r="B12" s="98"/>
+      <c r="C12" s="99"/>
       <c r="E12" s="58"/>
-      <c r="F12" s="87"/>
-[...12 lines deleted...]
-      <c r="S12" s="87"/>
+      <c r="F12" s="93"/>
+      <c r="G12" s="93"/>
+      <c r="H12" s="93"/>
+      <c r="I12" s="93"/>
+      <c r="J12" s="93"/>
+      <c r="K12" s="93"/>
+      <c r="L12" s="93"/>
+      <c r="M12" s="93"/>
+      <c r="N12" s="93"/>
+      <c r="O12" s="93"/>
+      <c r="P12" s="93"/>
+      <c r="Q12" s="93"/>
+      <c r="R12" s="93"/>
+      <c r="S12" s="93"/>
       <c r="T12" s="59"/>
     </row>
     <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B13" s="110"/>
-      <c r="C13" s="111"/>
+      <c r="B13" s="98"/>
+      <c r="C13" s="99"/>
       <c r="E13" s="60"/>
-      <c r="F13" s="87"/>
-[...12 lines deleted...]
-      <c r="S13" s="87"/>
+      <c r="F13" s="93"/>
+      <c r="G13" s="93"/>
+      <c r="H13" s="93"/>
+      <c r="I13" s="93"/>
+      <c r="J13" s="93"/>
+      <c r="K13" s="93"/>
+      <c r="L13" s="93"/>
+      <c r="M13" s="93"/>
+      <c r="N13" s="93"/>
+      <c r="O13" s="93"/>
+      <c r="P13" s="93"/>
+      <c r="Q13" s="93"/>
+      <c r="R13" s="93"/>
+      <c r="S13" s="93"/>
       <c r="T13" s="59"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="110"/>
-      <c r="C14" s="111"/>
+      <c r="B14" s="98"/>
+      <c r="C14" s="99"/>
       <c r="E14" s="60"/>
       <c r="F14" s="61"/>
       <c r="G14" s="61"/>
       <c r="H14" s="61"/>
       <c r="I14" s="61"/>
       <c r="J14" s="61"/>
       <c r="K14" s="61"/>
       <c r="L14" s="61"/>
       <c r="M14" s="61"/>
       <c r="N14" s="61"/>
       <c r="O14" s="61"/>
       <c r="P14" s="61"/>
       <c r="Q14" s="61"/>
       <c r="R14" s="61"/>
       <c r="S14" s="61"/>
       <c r="T14" s="61"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="110"/>
-      <c r="C15" s="111"/>
+      <c r="B15" s="98"/>
+      <c r="C15" s="99"/>
       <c r="E15" s="58" t="s">
         <v>129</v>
       </c>
-      <c r="F15" s="87" t="s">
+      <c r="F15" s="93" t="s">
         <v>154</v>
       </c>
-      <c r="G15" s="87"/>
-[...11 lines deleted...]
-      <c r="S15" s="87"/>
+      <c r="G15" s="93"/>
+      <c r="H15" s="93"/>
+      <c r="I15" s="93"/>
+      <c r="J15" s="93"/>
+      <c r="K15" s="93"/>
+      <c r="L15" s="93"/>
+      <c r="M15" s="93"/>
+      <c r="N15" s="93"/>
+      <c r="O15" s="93"/>
+      <c r="P15" s="93"/>
+      <c r="Q15" s="93"/>
+      <c r="R15" s="93"/>
+      <c r="S15" s="93"/>
       <c r="T15" s="59"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="110"/>
-      <c r="C16" s="111"/>
+      <c r="B16" s="98"/>
+      <c r="C16" s="99"/>
       <c r="E16" s="58"/>
-      <c r="F16" s="87"/>
-[...12 lines deleted...]
-      <c r="S16" s="87"/>
+      <c r="F16" s="93"/>
+      <c r="G16" s="93"/>
+      <c r="H16" s="93"/>
+      <c r="I16" s="93"/>
+      <c r="J16" s="93"/>
+      <c r="K16" s="93"/>
+      <c r="L16" s="93"/>
+      <c r="M16" s="93"/>
+      <c r="N16" s="93"/>
+      <c r="O16" s="93"/>
+      <c r="P16" s="93"/>
+      <c r="Q16" s="93"/>
+      <c r="R16" s="93"/>
+      <c r="S16" s="93"/>
       <c r="T16" s="59"/>
     </row>
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B17" s="112"/>
-      <c r="C17" s="113"/>
+      <c r="B17" s="100"/>
+      <c r="C17" s="101"/>
       <c r="E17" s="60"/>
-      <c r="F17" s="87"/>
-[...12 lines deleted...]
-      <c r="S17" s="87"/>
+      <c r="F17" s="93"/>
+      <c r="G17" s="93"/>
+      <c r="H17" s="93"/>
+      <c r="I17" s="93"/>
+      <c r="J17" s="93"/>
+      <c r="K17" s="93"/>
+      <c r="L17" s="93"/>
+      <c r="M17" s="93"/>
+      <c r="N17" s="93"/>
+      <c r="O17" s="93"/>
+      <c r="P17" s="93"/>
+      <c r="Q17" s="93"/>
+      <c r="R17" s="93"/>
+      <c r="S17" s="93"/>
       <c r="T17" s="59"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B19" s="100"/>
-      <c r="C19" s="101"/>
+      <c r="B19" s="87"/>
+      <c r="C19" s="88"/>
       <c r="E19" s="56" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B20" s="102"/>
-      <c r="C20" s="103"/>
+      <c r="B20" s="89"/>
+      <c r="C20" s="90"/>
       <c r="E20" s="57" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="102"/>
-      <c r="C21" s="103"/>
+      <c r="B21" s="89"/>
+      <c r="C21" s="90"/>
       <c r="E21" s="57"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="102"/>
-[...1 lines deleted...]
-      <c r="F22" s="87" t="s">
+      <c r="B22" s="89"/>
+      <c r="C22" s="90"/>
+      <c r="F22" s="93" t="s">
         <v>156</v>
       </c>
-      <c r="G22" s="87"/>
-[...11 lines deleted...]
-      <c r="S22" s="87"/>
+      <c r="G22" s="93"/>
+      <c r="H22" s="93"/>
+      <c r="I22" s="93"/>
+      <c r="J22" s="93"/>
+      <c r="K22" s="93"/>
+      <c r="L22" s="93"/>
+      <c r="M22" s="93"/>
+      <c r="N22" s="93"/>
+      <c r="O22" s="93"/>
+      <c r="P22" s="93"/>
+      <c r="Q22" s="93"/>
+      <c r="R22" s="93"/>
+      <c r="S22" s="93"/>
       <c r="T22" s="59"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B23" s="102"/>
-      <c r="C23" s="103"/>
+      <c r="B23" s="89"/>
+      <c r="C23" s="90"/>
       <c r="E23" s="59"/>
-      <c r="F23" s="87"/>
-[...12 lines deleted...]
-      <c r="S23" s="87"/>
+      <c r="F23" s="93"/>
+      <c r="G23" s="93"/>
+      <c r="H23" s="93"/>
+      <c r="I23" s="93"/>
+      <c r="J23" s="93"/>
+      <c r="K23" s="93"/>
+      <c r="L23" s="93"/>
+      <c r="M23" s="93"/>
+      <c r="N23" s="93"/>
+      <c r="O23" s="93"/>
+      <c r="P23" s="93"/>
+      <c r="Q23" s="93"/>
+      <c r="R23" s="93"/>
+      <c r="S23" s="93"/>
       <c r="T23" s="59"/>
     </row>
     <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B24" s="102"/>
-      <c r="C24" s="103"/>
+      <c r="B24" s="89"/>
+      <c r="C24" s="90"/>
       <c r="E24" s="59"/>
-      <c r="F24" s="87"/>
-[...12 lines deleted...]
-      <c r="S24" s="87"/>
+      <c r="F24" s="93"/>
+      <c r="G24" s="93"/>
+      <c r="H24" s="93"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="93"/>
+      <c r="L24" s="93"/>
+      <c r="M24" s="93"/>
+      <c r="N24" s="93"/>
+      <c r="O24" s="93"/>
+      <c r="P24" s="93"/>
+      <c r="Q24" s="93"/>
+      <c r="R24" s="93"/>
+      <c r="S24" s="93"/>
       <c r="T24" s="59"/>
     </row>
     <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B25" s="102"/>
-      <c r="C25" s="103"/>
+      <c r="B25" s="89"/>
+      <c r="C25" s="90"/>
       <c r="E25" s="59"/>
-      <c r="F25" s="87"/>
-[...12 lines deleted...]
-      <c r="S25" s="87"/>
+      <c r="F25" s="93"/>
+      <c r="G25" s="93"/>
+      <c r="H25" s="93"/>
+      <c r="I25" s="93"/>
+      <c r="J25" s="93"/>
+      <c r="K25" s="93"/>
+      <c r="L25" s="93"/>
+      <c r="M25" s="93"/>
+      <c r="N25" s="93"/>
+      <c r="O25" s="93"/>
+      <c r="P25" s="93"/>
+      <c r="Q25" s="93"/>
+      <c r="R25" s="93"/>
+      <c r="S25" s="93"/>
       <c r="T25" s="59"/>
     </row>
     <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B26" s="102"/>
-      <c r="C26" s="103"/>
+      <c r="B26" s="89"/>
+      <c r="C26" s="90"/>
       <c r="E26" s="59"/>
-      <c r="F26" s="87"/>
-[...12 lines deleted...]
-      <c r="S26" s="87"/>
+      <c r="F26" s="93"/>
+      <c r="G26" s="93"/>
+      <c r="H26" s="93"/>
+      <c r="I26" s="93"/>
+      <c r="J26" s="93"/>
+      <c r="K26" s="93"/>
+      <c r="L26" s="93"/>
+      <c r="M26" s="93"/>
+      <c r="N26" s="93"/>
+      <c r="O26" s="93"/>
+      <c r="P26" s="93"/>
+      <c r="Q26" s="93"/>
+      <c r="R26" s="93"/>
+      <c r="S26" s="93"/>
       <c r="T26" s="59"/>
     </row>
     <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B27" s="102"/>
-      <c r="C27" s="103"/>
+      <c r="B27" s="89"/>
+      <c r="C27" s="90"/>
       <c r="E27" s="59"/>
-      <c r="F27" s="87"/>
-[...12 lines deleted...]
-      <c r="S27" s="87"/>
+      <c r="F27" s="93"/>
+      <c r="G27" s="93"/>
+      <c r="H27" s="93"/>
+      <c r="I27" s="93"/>
+      <c r="J27" s="93"/>
+      <c r="K27" s="93"/>
+      <c r="L27" s="93"/>
+      <c r="M27" s="93"/>
+      <c r="N27" s="93"/>
+      <c r="O27" s="93"/>
+      <c r="P27" s="93"/>
+      <c r="Q27" s="93"/>
+      <c r="R27" s="93"/>
+      <c r="S27" s="93"/>
       <c r="T27" s="59"/>
     </row>
     <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B28" s="102"/>
-      <c r="C28" s="103"/>
+      <c r="B28" s="89"/>
+      <c r="C28" s="90"/>
       <c r="E28" s="59"/>
-      <c r="F28" s="87"/>
-[...12 lines deleted...]
-      <c r="S28" s="87"/>
+      <c r="F28" s="93"/>
+      <c r="G28" s="93"/>
+      <c r="H28" s="93"/>
+      <c r="I28" s="93"/>
+      <c r="J28" s="93"/>
+      <c r="K28" s="93"/>
+      <c r="L28" s="93"/>
+      <c r="M28" s="93"/>
+      <c r="N28" s="93"/>
+      <c r="O28" s="93"/>
+      <c r="P28" s="93"/>
+      <c r="Q28" s="93"/>
+      <c r="R28" s="93"/>
+      <c r="S28" s="93"/>
       <c r="T28" s="59"/>
     </row>
     <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B29" s="104"/>
-      <c r="C29" s="105"/>
+      <c r="B29" s="91"/>
+      <c r="C29" s="92"/>
       <c r="E29" s="59"/>
-      <c r="F29" s="87"/>
-[...12 lines deleted...]
-      <c r="S29" s="87"/>
+      <c r="F29" s="93"/>
+      <c r="G29" s="93"/>
+      <c r="H29" s="93"/>
+      <c r="I29" s="93"/>
+      <c r="J29" s="93"/>
+      <c r="K29" s="93"/>
+      <c r="L29" s="93"/>
+      <c r="M29" s="93"/>
+      <c r="N29" s="93"/>
+      <c r="O29" s="93"/>
+      <c r="P29" s="93"/>
+      <c r="Q29" s="93"/>
+      <c r="R29" s="93"/>
+      <c r="S29" s="93"/>
       <c r="T29" s="59"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="61"/>
       <c r="F30" s="61"/>
       <c r="G30" s="61"/>
       <c r="H30" s="61"/>
       <c r="I30" s="61"/>
       <c r="J30" s="61"/>
       <c r="K30" s="61"/>
       <c r="L30" s="61"/>
       <c r="M30" s="61"/>
       <c r="N30" s="61"/>
       <c r="O30" s="61"/>
       <c r="P30" s="61"/>
       <c r="Q30" s="61"/>
       <c r="R30" s="61"/>
       <c r="S30" s="61"/>
       <c r="T30" s="61"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B31" s="100"/>
-      <c r="C31" s="101"/>
+      <c r="B31" s="87"/>
+      <c r="C31" s="88"/>
       <c r="E31" s="56" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="102"/>
-      <c r="C32" s="103"/>
+      <c r="B32" s="89"/>
+      <c r="C32" s="90"/>
       <c r="E32" s="56"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B33" s="102"/>
-      <c r="C33" s="103"/>
+      <c r="B33" s="89"/>
+      <c r="C33" s="90"/>
       <c r="E33" s="58" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="52" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="102"/>
-      <c r="C34" s="103"/>
+      <c r="B34" s="89"/>
+      <c r="C34" s="90"/>
       <c r="E34" s="58"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B35" s="102"/>
-      <c r="C35" s="103"/>
+      <c r="B35" s="89"/>
+      <c r="C35" s="90"/>
       <c r="E35" s="58" t="s">
         <v>129</v>
       </c>
       <c r="F35" s="52" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="102"/>
-      <c r="C36" s="103"/>
+      <c r="B36" s="89"/>
+      <c r="C36" s="90"/>
       <c r="E36" s="58"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="102"/>
-      <c r="C37" s="103"/>
+      <c r="B37" s="89"/>
+      <c r="C37" s="90"/>
       <c r="E37" s="58" t="s">
         <v>134</v>
       </c>
-      <c r="F37" s="87" t="s">
+      <c r="F37" s="93" t="s">
         <v>158</v>
       </c>
-      <c r="G37" s="87"/>
-[...11 lines deleted...]
-      <c r="S37" s="87"/>
+      <c r="G37" s="93"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="93"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="93"/>
+      <c r="L37" s="93"/>
+      <c r="M37" s="93"/>
+      <c r="N37" s="93"/>
+      <c r="O37" s="93"/>
+      <c r="P37" s="93"/>
+      <c r="Q37" s="93"/>
+      <c r="R37" s="93"/>
+      <c r="S37" s="93"/>
       <c r="T37" s="59"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B38" s="104"/>
-      <c r="C38" s="105"/>
+      <c r="B38" s="91"/>
+      <c r="C38" s="92"/>
       <c r="E38" s="62"/>
-      <c r="F38" s="87"/>
-[...12 lines deleted...]
-      <c r="S38" s="87"/>
+      <c r="F38" s="93"/>
+      <c r="G38" s="93"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="93"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="93"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+      <c r="N38" s="93"/>
+      <c r="O38" s="93"/>
+      <c r="P38" s="93"/>
+      <c r="Q38" s="93"/>
+      <c r="R38" s="93"/>
+      <c r="S38" s="93"/>
       <c r="T38" s="59"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="F39" s="87"/>
-[...12 lines deleted...]
-      <c r="S39" s="87"/>
+      <c r="F39" s="93"/>
+      <c r="G39" s="93"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="93"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+      <c r="N39" s="93"/>
+      <c r="O39" s="93"/>
+      <c r="P39" s="93"/>
+      <c r="Q39" s="93"/>
+      <c r="R39" s="93"/>
+      <c r="S39" s="93"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B40" s="126"/>
-      <c r="C40" s="127"/>
+      <c r="B40" s="114"/>
+      <c r="C40" s="115"/>
       <c r="E40" s="56" t="s">
         <v>159</v>
       </c>
       <c r="F40" s="56"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B41" s="128"/>
-      <c r="C41" s="129"/>
+      <c r="B41" s="116"/>
+      <c r="C41" s="117"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B42" s="128"/>
-[...3 lines deleted...]
-      <c r="G42" s="132"/>
+      <c r="B42" s="116"/>
+      <c r="C42" s="117"/>
+      <c r="E42" s="118"/>
+      <c r="F42" s="119"/>
+      <c r="G42" s="120"/>
       <c r="I42" s="52" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B43" s="128"/>
-      <c r="C43" s="129"/>
+      <c r="B43" s="116"/>
+      <c r="C43" s="117"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B44" s="128"/>
-      <c r="C44" s="129"/>
+      <c r="B44" s="116"/>
+      <c r="C44" s="117"/>
       <c r="G44" s="63"/>
       <c r="I44" s="52" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B45" s="128"/>
-      <c r="C45" s="129"/>
+      <c r="B45" s="116"/>
+      <c r="C45" s="117"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B46" s="128"/>
-      <c r="C46" s="129"/>
+      <c r="B46" s="116"/>
+      <c r="C46" s="117"/>
       <c r="G46" s="63"/>
       <c r="I46" s="52" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B47" s="128"/>
-      <c r="C47" s="129"/>
+      <c r="B47" s="116"/>
+      <c r="C47" s="117"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B48" s="128"/>
-      <c r="C48" s="129"/>
+      <c r="B48" s="116"/>
+      <c r="C48" s="117"/>
       <c r="E48" s="63"/>
       <c r="F48" s="64" t="s">
         <v>163</v>
       </c>
-      <c r="I48" s="87" t="s">
+      <c r="I48" s="93" t="s">
         <v>164</v>
       </c>
-      <c r="J48" s="87"/>
-[...8 lines deleted...]
-      <c r="S48" s="87"/>
+      <c r="J48" s="93"/>
+      <c r="K48" s="93"/>
+      <c r="L48" s="93"/>
+      <c r="M48" s="93"/>
+      <c r="N48" s="93"/>
+      <c r="O48" s="93"/>
+      <c r="P48" s="93"/>
+      <c r="Q48" s="93"/>
+      <c r="R48" s="93"/>
+      <c r="S48" s="93"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B49" s="128"/>
-      <c r="C49" s="129"/>
+      <c r="B49" s="116"/>
+      <c r="C49" s="117"/>
       <c r="F49" s="64"/>
-      <c r="I49" s="87"/>
-[...9 lines deleted...]
-      <c r="S49" s="87"/>
+      <c r="I49" s="93"/>
+      <c r="J49" s="93"/>
+      <c r="K49" s="93"/>
+      <c r="L49" s="93"/>
+      <c r="M49" s="93"/>
+      <c r="N49" s="93"/>
+      <c r="O49" s="93"/>
+      <c r="P49" s="93"/>
+      <c r="Q49" s="93"/>
+      <c r="R49" s="93"/>
+      <c r="S49" s="93"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B50" s="128"/>
-      <c r="C50" s="129"/>
+      <c r="B50" s="116"/>
+      <c r="C50" s="117"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B51" s="128"/>
-[...4 lines deleted...]
-      <c r="I51" s="87" t="s">
+      <c r="B51" s="116"/>
+      <c r="C51" s="117"/>
+      <c r="E51" s="121"/>
+      <c r="F51" s="122"/>
+      <c r="G51" s="123"/>
+      <c r="I51" s="93" t="s">
         <v>165</v>
       </c>
-      <c r="J51" s="87"/>
-[...8 lines deleted...]
-      <c r="S51" s="87"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="93"/>
+      <c r="L51" s="93"/>
+      <c r="M51" s="93"/>
+      <c r="N51" s="93"/>
+      <c r="O51" s="93"/>
+      <c r="P51" s="93"/>
+      <c r="Q51" s="93"/>
+      <c r="R51" s="93"/>
+      <c r="S51" s="93"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B52" s="128"/>
-      <c r="C52" s="129"/>
+      <c r="B52" s="116"/>
+      <c r="C52" s="117"/>
       <c r="E52" s="65"/>
       <c r="F52" s="65"/>
       <c r="G52" s="65"/>
-      <c r="I52" s="87"/>
-[...9 lines deleted...]
-      <c r="S52" s="87"/>
+      <c r="I52" s="93"/>
+      <c r="J52" s="93"/>
+      <c r="K52" s="93"/>
+      <c r="L52" s="93"/>
+      <c r="M52" s="93"/>
+      <c r="N52" s="93"/>
+      <c r="O52" s="93"/>
+      <c r="P52" s="93"/>
+      <c r="Q52" s="93"/>
+      <c r="R52" s="93"/>
+      <c r="S52" s="93"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B53" s="128"/>
-      <c r="C53" s="129"/>
+      <c r="B53" s="116"/>
+      <c r="C53" s="117"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="128"/>
-[...3 lines deleted...]
-      <c r="I54" s="87" t="s">
+      <c r="B54" s="116"/>
+      <c r="C54" s="117"/>
+      <c r="F54" s="124"/>
+      <c r="G54" s="125"/>
+      <c r="I54" s="93" t="s">
         <v>166</v>
       </c>
-      <c r="J54" s="87"/>
-[...8 lines deleted...]
-      <c r="S54" s="87"/>
+      <c r="J54" s="93"/>
+      <c r="K54" s="93"/>
+      <c r="L54" s="93"/>
+      <c r="M54" s="93"/>
+      <c r="N54" s="93"/>
+      <c r="O54" s="93"/>
+      <c r="P54" s="93"/>
+      <c r="Q54" s="93"/>
+      <c r="R54" s="93"/>
+      <c r="S54" s="93"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B55" s="128"/>
-[...13 lines deleted...]
-      <c r="S55" s="87"/>
+      <c r="B55" s="116"/>
+      <c r="C55" s="117"/>
+      <c r="F55" s="126"/>
+      <c r="G55" s="127"/>
+      <c r="I55" s="93"/>
+      <c r="J55" s="93"/>
+      <c r="K55" s="93"/>
+      <c r="L55" s="93"/>
+      <c r="M55" s="93"/>
+      <c r="N55" s="93"/>
+      <c r="O55" s="93"/>
+      <c r="P55" s="93"/>
+      <c r="Q55" s="93"/>
+      <c r="R55" s="93"/>
+      <c r="S55" s="93"/>
     </row>
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B56" s="128"/>
-      <c r="C56" s="129"/>
+      <c r="B56" s="116"/>
+      <c r="C56" s="117"/>
       <c r="F56" s="65"/>
       <c r="G56" s="65"/>
-      <c r="I56" s="87"/>
-[...9 lines deleted...]
-      <c r="S56" s="87"/>
+      <c r="I56" s="93"/>
+      <c r="J56" s="93"/>
+      <c r="K56" s="93"/>
+      <c r="L56" s="93"/>
+      <c r="M56" s="93"/>
+      <c r="N56" s="93"/>
+      <c r="O56" s="93"/>
+      <c r="P56" s="93"/>
+      <c r="Q56" s="93"/>
+      <c r="R56" s="93"/>
+      <c r="S56" s="93"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B57" s="128"/>
-      <c r="C57" s="129"/>
+      <c r="B57" s="116"/>
+      <c r="C57" s="117"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="128"/>
-[...1 lines deleted...]
-      <c r="E58" s="88" t="s">
+      <c r="B58" s="116"/>
+      <c r="C58" s="117"/>
+      <c r="E58" s="128" t="s">
         <v>167</v>
       </c>
-      <c r="F58" s="89"/>
-[...1 lines deleted...]
-      <c r="I58" s="87" t="s">
+      <c r="F58" s="129"/>
+      <c r="G58" s="130"/>
+      <c r="I58" s="93" t="s">
         <v>168</v>
       </c>
-      <c r="J58" s="87"/>
-[...8 lines deleted...]
-      <c r="S58" s="87"/>
+      <c r="J58" s="93"/>
+      <c r="K58" s="93"/>
+      <c r="L58" s="93"/>
+      <c r="M58" s="93"/>
+      <c r="N58" s="93"/>
+      <c r="O58" s="93"/>
+      <c r="P58" s="93"/>
+      <c r="Q58" s="93"/>
+      <c r="R58" s="93"/>
+      <c r="S58" s="93"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B59" s="128"/>
-[...14 lines deleted...]
-      <c r="S59" s="87"/>
+      <c r="B59" s="116"/>
+      <c r="C59" s="117"/>
+      <c r="E59" s="131"/>
+      <c r="F59" s="132"/>
+      <c r="G59" s="133"/>
+      <c r="I59" s="93"/>
+      <c r="J59" s="93"/>
+      <c r="K59" s="93"/>
+      <c r="L59" s="93"/>
+      <c r="M59" s="93"/>
+      <c r="N59" s="93"/>
+      <c r="O59" s="93"/>
+      <c r="P59" s="93"/>
+      <c r="Q59" s="93"/>
+      <c r="R59" s="93"/>
+      <c r="S59" s="93"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B60" s="128"/>
-      <c r="C60" s="129"/>
+      <c r="B60" s="116"/>
+      <c r="C60" s="117"/>
       <c r="E60" s="56"/>
       <c r="F60" s="56"/>
       <c r="G60" s="56"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="128"/>
-[...1 lines deleted...]
-      <c r="E61" s="114" t="s">
+      <c r="B61" s="116"/>
+      <c r="C61" s="117"/>
+      <c r="E61" s="102" t="s">
         <v>163</v>
       </c>
-      <c r="F61" s="115"/>
-[...1 lines deleted...]
-      <c r="I61" s="87" t="s">
+      <c r="F61" s="103"/>
+      <c r="G61" s="104"/>
+      <c r="I61" s="93" t="s">
         <v>169</v>
       </c>
-      <c r="J61" s="87"/>
-[...8 lines deleted...]
-      <c r="S61" s="87"/>
+      <c r="J61" s="93"/>
+      <c r="K61" s="93"/>
+      <c r="L61" s="93"/>
+      <c r="M61" s="93"/>
+      <c r="N61" s="93"/>
+      <c r="O61" s="93"/>
+      <c r="P61" s="93"/>
+      <c r="Q61" s="93"/>
+      <c r="R61" s="93"/>
+      <c r="S61" s="93"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B62" s="128"/>
-[...14 lines deleted...]
-      <c r="S62" s="87"/>
+      <c r="B62" s="116"/>
+      <c r="C62" s="117"/>
+      <c r="E62" s="105"/>
+      <c r="F62" s="106"/>
+      <c r="G62" s="107"/>
+      <c r="I62" s="93"/>
+      <c r="J62" s="93"/>
+      <c r="K62" s="93"/>
+      <c r="L62" s="93"/>
+      <c r="M62" s="93"/>
+      <c r="N62" s="93"/>
+      <c r="O62" s="93"/>
+      <c r="P62" s="93"/>
+      <c r="Q62" s="93"/>
+      <c r="R62" s="93"/>
+      <c r="S62" s="93"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B63" s="128"/>
-      <c r="C63" s="129"/>
+      <c r="B63" s="116"/>
+      <c r="C63" s="117"/>
       <c r="E63" s="56"/>
       <c r="F63" s="56"/>
       <c r="G63" s="56"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B64" s="128"/>
-[...1 lines deleted...]
-      <c r="E64" s="120" t="s">
+      <c r="B64" s="116"/>
+      <c r="C64" s="117"/>
+      <c r="E64" s="108" t="s">
         <v>163</v>
       </c>
-      <c r="F64" s="121"/>
-      <c r="G64" s="122"/>
+      <c r="F64" s="109"/>
+      <c r="G64" s="110"/>
       <c r="I64" s="66" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="B65" s="128"/>
-[...3 lines deleted...]
-      <c r="G65" s="125"/>
+      <c r="B65" s="116"/>
+      <c r="C65" s="117"/>
+      <c r="E65" s="111"/>
+      <c r="F65" s="112"/>
+      <c r="G65" s="113"/>
       <c r="I65" s="66"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B66" s="76"/>
       <c r="C66" s="77"/>
       <c r="E66" s="75"/>
       <c r="F66" s="75"/>
       <c r="G66" s="75"/>
       <c r="I66" s="66"/>
     </row>
     <row r="67" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B67" s="76"/>
       <c r="C67" s="77"/>
-      <c r="E67" s="94" t="s">
+      <c r="E67" s="81" t="s">
         <v>163</v>
       </c>
-      <c r="F67" s="95"/>
-      <c r="G67" s="96"/>
+      <c r="F67" s="82"/>
+      <c r="G67" s="83"/>
       <c r="I67" s="66" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="68" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B68" s="78"/>
       <c r="C68" s="79"/>
-      <c r="E68" s="97"/>
-[...1 lines deleted...]
-      <c r="G68" s="99"/>
+      <c r="E68" s="84"/>
+      <c r="F68" s="85"/>
+      <c r="G68" s="86"/>
       <c r="I68" s="66"/>
     </row>
     <row r="69" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="73" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="74" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="75" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="dXzACYKzH8wic+agz9GKD0c2qvIprzBVi8dBq3OiUmrLfVDSd1eIdvtYbI2S0XDlFTdCC+ZKihr8LaEKGq2nPA==" saltValue="5w+j8p+PXrkJ3r4FVUTMkw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="22">
+    <mergeCell ref="E58:G59"/>
+    <mergeCell ref="I48:S49"/>
+    <mergeCell ref="E51:G51"/>
+    <mergeCell ref="I51:S52"/>
+    <mergeCell ref="F54:G55"/>
+    <mergeCell ref="I54:S56"/>
     <mergeCell ref="E67:G68"/>
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="P5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
-    <mergeCell ref="E58:G59"/>
-[...4 lines deleted...]
-    <mergeCell ref="I54:S56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{3D42913F-ADC5-4023-B866-9D2396336E0D}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{59AD87A2-BB8E-4CB4-8D60-0B0BB5D88E19}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{542510DC-116E-4980-B0EC-458E0D02BD8E}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -20862,51 +20866,51 @@
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:XFC285"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="6" width="3" style="10" customWidth="1"/>
     <col min="7" max="7" width="4.7109375" style="10" customWidth="1"/>
     <col min="8" max="10" width="3" style="10" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="10" customWidth="1"/>
     <col min="12" max="15" width="3" style="10" customWidth="1"/>
     <col min="16" max="16" width="3.85546875" style="10" customWidth="1"/>
     <col min="17" max="17" width="3.7109375" style="10" customWidth="1"/>
     <col min="18" max="19" width="3" style="10" customWidth="1"/>
     <col min="20" max="20" width="3.7109375" style="10" customWidth="1"/>
     <col min="21" max="23" width="3" style="10" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="10" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="10" customWidth="1"/>
     <col min="26" max="28" width="3" style="10" customWidth="1"/>
     <col min="29" max="29" width="4.42578125" style="10" customWidth="1"/>
     <col min="30" max="37" width="3" style="10" customWidth="1"/>
     <col min="38" max="38" width="4.7109375" style="10" customWidth="1"/>
     <col min="39" max="46" width="2.28515625" style="26" hidden="1"/>
     <col min="47" max="47" width="6.28515625" style="26" hidden="1"/>
     <col min="48" max="16285" width="2.28515625" style="26" hidden="1"/>
     <col min="16286" max="16383" width="3" style="26" hidden="1"/>
@@ -20933,380 +20937,380 @@
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="152"/>
-[...4 lines deleted...]
-      <c r="G2" s="161" t="s">
+      <c r="B2" s="220"/>
+      <c r="C2" s="221"/>
+      <c r="D2" s="221"/>
+      <c r="E2" s="221"/>
+      <c r="F2" s="222"/>
+      <c r="G2" s="229" t="s">
         <v>172</v>
       </c>
-      <c r="H2" s="162"/>
-[...7 lines deleted...]
-      <c r="P2" s="170" t="s">
+      <c r="H2" s="230"/>
+      <c r="I2" s="230"/>
+      <c r="J2" s="230"/>
+      <c r="K2" s="230"/>
+      <c r="L2" s="230"/>
+      <c r="M2" s="230"/>
+      <c r="N2" s="230"/>
+      <c r="O2" s="231"/>
+      <c r="P2" s="238" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="171"/>
-[...7 lines deleted...]
-      <c r="Y2" s="179" t="s">
+      <c r="Q2" s="239"/>
+      <c r="R2" s="239"/>
+      <c r="S2" s="239"/>
+      <c r="T2" s="239"/>
+      <c r="U2" s="239"/>
+      <c r="V2" s="239"/>
+      <c r="W2" s="239"/>
+      <c r="X2" s="240"/>
+      <c r="Y2" s="247" t="s">
         <v>235</v>
       </c>
-      <c r="Z2" s="180"/>
-[...10 lines deleted...]
-      <c r="AK2" s="181"/>
+      <c r="Z2" s="248"/>
+      <c r="AA2" s="248"/>
+      <c r="AB2" s="248"/>
+      <c r="AC2" s="248"/>
+      <c r="AD2" s="248"/>
+      <c r="AE2" s="248"/>
+      <c r="AF2" s="248"/>
+      <c r="AG2" s="248"/>
+      <c r="AH2" s="248"/>
+      <c r="AI2" s="248"/>
+      <c r="AJ2" s="248"/>
+      <c r="AK2" s="249"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="155"/>
-[...34 lines deleted...]
-      <c r="AK3" s="184"/>
+      <c r="B3" s="223"/>
+      <c r="C3" s="224"/>
+      <c r="D3" s="224"/>
+      <c r="E3" s="224"/>
+      <c r="F3" s="225"/>
+      <c r="G3" s="232"/>
+      <c r="H3" s="233"/>
+      <c r="I3" s="233"/>
+      <c r="J3" s="233"/>
+      <c r="K3" s="233"/>
+      <c r="L3" s="233"/>
+      <c r="M3" s="233"/>
+      <c r="N3" s="233"/>
+      <c r="O3" s="234"/>
+      <c r="P3" s="241"/>
+      <c r="Q3" s="242"/>
+      <c r="R3" s="242"/>
+      <c r="S3" s="242"/>
+      <c r="T3" s="242"/>
+      <c r="U3" s="242"/>
+      <c r="V3" s="242"/>
+      <c r="W3" s="242"/>
+      <c r="X3" s="243"/>
+      <c r="Y3" s="250"/>
+      <c r="Z3" s="251"/>
+      <c r="AA3" s="251"/>
+      <c r="AB3" s="251"/>
+      <c r="AC3" s="251"/>
+      <c r="AD3" s="251"/>
+      <c r="AE3" s="251"/>
+      <c r="AF3" s="251"/>
+      <c r="AG3" s="251"/>
+      <c r="AH3" s="251"/>
+      <c r="AI3" s="251"/>
+      <c r="AJ3" s="251"/>
+      <c r="AK3" s="252"/>
       <c r="AL3" s="1"/>
     </row>
     <row r="4" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="155"/>
-[...34 lines deleted...]
-      <c r="AK4" s="184"/>
+      <c r="B4" s="223"/>
+      <c r="C4" s="224"/>
+      <c r="D4" s="224"/>
+      <c r="E4" s="224"/>
+      <c r="F4" s="225"/>
+      <c r="G4" s="232"/>
+      <c r="H4" s="233"/>
+      <c r="I4" s="233"/>
+      <c r="J4" s="233"/>
+      <c r="K4" s="233"/>
+      <c r="L4" s="233"/>
+      <c r="M4" s="233"/>
+      <c r="N4" s="233"/>
+      <c r="O4" s="234"/>
+      <c r="P4" s="241"/>
+      <c r="Q4" s="242"/>
+      <c r="R4" s="242"/>
+      <c r="S4" s="242"/>
+      <c r="T4" s="242"/>
+      <c r="U4" s="242"/>
+      <c r="V4" s="242"/>
+      <c r="W4" s="242"/>
+      <c r="X4" s="243"/>
+      <c r="Y4" s="250"/>
+      <c r="Z4" s="251"/>
+      <c r="AA4" s="251"/>
+      <c r="AB4" s="251"/>
+      <c r="AC4" s="251"/>
+      <c r="AD4" s="251"/>
+      <c r="AE4" s="251"/>
+      <c r="AF4" s="251"/>
+      <c r="AG4" s="251"/>
+      <c r="AH4" s="251"/>
+      <c r="AI4" s="251"/>
+      <c r="AJ4" s="251"/>
+      <c r="AK4" s="252"/>
       <c r="AL4" s="1"/>
     </row>
     <row r="5" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="158"/>
-[...34 lines deleted...]
-      <c r="AK5" s="187"/>
+      <c r="B5" s="226"/>
+      <c r="C5" s="227"/>
+      <c r="D5" s="227"/>
+      <c r="E5" s="227"/>
+      <c r="F5" s="228"/>
+      <c r="G5" s="235"/>
+      <c r="H5" s="236"/>
+      <c r="I5" s="236"/>
+      <c r="J5" s="236"/>
+      <c r="K5" s="236"/>
+      <c r="L5" s="236"/>
+      <c r="M5" s="236"/>
+      <c r="N5" s="236"/>
+      <c r="O5" s="237"/>
+      <c r="P5" s="244"/>
+      <c r="Q5" s="245"/>
+      <c r="R5" s="245"/>
+      <c r="S5" s="245"/>
+      <c r="T5" s="245"/>
+      <c r="U5" s="245"/>
+      <c r="V5" s="245"/>
+      <c r="W5" s="245"/>
+      <c r="X5" s="246"/>
+      <c r="Y5" s="253"/>
+      <c r="Z5" s="254"/>
+      <c r="AA5" s="254"/>
+      <c r="AB5" s="254"/>
+      <c r="AC5" s="254"/>
+      <c r="AD5" s="254"/>
+      <c r="AE5" s="254"/>
+      <c r="AF5" s="254"/>
+      <c r="AG5" s="254"/>
+      <c r="AH5" s="254"/>
+      <c r="AI5" s="254"/>
+      <c r="AJ5" s="254"/>
+      <c r="AK5" s="255"/>
       <c r="AL5" s="1"/>
     </row>
     <row r="6" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
     </row>
     <row r="7" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="188" t="s">
+      <c r="B7" s="135" t="s">
         <v>173</v>
       </c>
-      <c r="C7" s="188"/>
-[...13 lines deleted...]
-      <c r="Q7" s="193" t="s">
+      <c r="C7" s="135"/>
+      <c r="D7" s="135"/>
+      <c r="E7" s="256"/>
+      <c r="F7" s="218"/>
+      <c r="G7" s="138"/>
+      <c r="H7" s="138"/>
+      <c r="I7" s="138"/>
+      <c r="J7" s="138"/>
+      <c r="K7" s="138"/>
+      <c r="L7" s="138"/>
+      <c r="M7" s="138"/>
+      <c r="N7" s="138"/>
+      <c r="O7" s="138"/>
+      <c r="P7" s="219"/>
+      <c r="Q7" s="257" t="s">
         <v>175</v>
       </c>
-      <c r="R7" s="194"/>
-[...7 lines deleted...]
-      <c r="Z7" s="198"/>
+      <c r="R7" s="214"/>
+      <c r="S7" s="214"/>
+      <c r="T7" s="215"/>
+      <c r="U7" s="258"/>
+      <c r="V7" s="259"/>
+      <c r="W7" s="259"/>
+      <c r="X7" s="259"/>
+      <c r="Y7" s="259"/>
+      <c r="Z7" s="260"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="194" t="s">
+      <c r="AB7" s="214" t="s">
         <v>4</v>
       </c>
-      <c r="AC7" s="194"/>
-[...7 lines deleted...]
-      <c r="AK7" s="198"/>
+      <c r="AC7" s="214"/>
+      <c r="AD7" s="214"/>
+      <c r="AE7" s="215"/>
+      <c r="AF7" s="258"/>
+      <c r="AG7" s="259"/>
+      <c r="AH7" s="259"/>
+      <c r="AI7" s="259"/>
+      <c r="AJ7" s="259"/>
+      <c r="AK7" s="260"/>
       <c r="AL7" s="1"/>
     </row>
     <row r="8" spans="1:38" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
     </row>
     <row r="9" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="9" t="s">
         <v>174</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="190"/>
-[...30 lines deleted...]
-      <c r="AK9" s="192"/>
+      <c r="F9" s="218"/>
+      <c r="G9" s="138"/>
+      <c r="H9" s="138"/>
+      <c r="I9" s="138"/>
+      <c r="J9" s="138"/>
+      <c r="K9" s="138"/>
+      <c r="L9" s="138"/>
+      <c r="M9" s="138"/>
+      <c r="N9" s="138"/>
+      <c r="O9" s="138"/>
+      <c r="P9" s="138"/>
+      <c r="Q9" s="138"/>
+      <c r="R9" s="138"/>
+      <c r="S9" s="138"/>
+      <c r="T9" s="138"/>
+      <c r="U9" s="138"/>
+      <c r="V9" s="138"/>
+      <c r="W9" s="138"/>
+      <c r="X9" s="138"/>
+      <c r="Y9" s="138"/>
+      <c r="Z9" s="138"/>
+      <c r="AA9" s="138"/>
+      <c r="AB9" s="138"/>
+      <c r="AC9" s="138"/>
+      <c r="AD9" s="138"/>
+      <c r="AE9" s="138"/>
+      <c r="AF9" s="138"/>
+      <c r="AG9" s="138"/>
+      <c r="AH9" s="138"/>
+      <c r="AI9" s="138"/>
+      <c r="AJ9" s="138"/>
+      <c r="AK9" s="219"/>
       <c r="AL9" s="1"/>
     </row>
     <row r="10" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -21448,63 +21452,63 @@
       <c r="AH13" s="9"/>
       <c r="AI13" s="9"/>
       <c r="AJ13" s="9"/>
       <c r="AK13" s="9"/>
       <c r="AL13" s="1"/>
     </row>
     <row r="14" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="1"/>
       <c r="P14" s="9"/>
-      <c r="Q14" s="199"/>
-[...1 lines deleted...]
-      <c r="S14" s="200"/>
+      <c r="Q14" s="216"/>
+      <c r="R14" s="217"/>
+      <c r="S14" s="217"/>
       <c r="T14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
-      <c r="Z14" s="199"/>
-[...1 lines deleted...]
-      <c r="AB14" s="200"/>
+      <c r="Z14" s="216"/>
+      <c r="AA14" s="217"/>
+      <c r="AB14" s="217"/>
       <c r="AC14" s="9" t="s">
         <v>7</v>
       </c>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="9"/>
       <c r="AG14" s="9"/>
       <c r="AH14" s="9"/>
       <c r="AI14" s="9"/>
       <c r="AJ14" s="9"/>
       <c r="AK14" s="9"/>
       <c r="AL14" s="1"/>
     </row>
     <row r="15" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
@@ -21573,201 +21577,201 @@
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
     </row>
     <row r="17" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
-      <c r="Q17" s="201"/>
-[...1 lines deleted...]
-      <c r="S17" s="202"/>
+      <c r="Q17" s="213"/>
+      <c r="R17" s="199"/>
+      <c r="S17" s="199"/>
       <c r="T17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="201"/>
-[...1 lines deleted...]
-      <c r="AB17" s="202"/>
+      <c r="Z17" s="213"/>
+      <c r="AA17" s="199"/>
+      <c r="AB17" s="199"/>
       <c r="AC17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
     </row>
     <row r="18" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1"/>
       <c r="B18" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
-      <c r="Z18" s="203"/>
-[...1 lines deleted...]
-      <c r="AB18" s="148"/>
+      <c r="Z18" s="200"/>
+      <c r="AA18" s="201"/>
+      <c r="AB18" s="201"/>
       <c r="AC18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
     </row>
     <row r="19" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="14"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
-      <c r="U19" s="202"/>
-[...1 lines deleted...]
-      <c r="W19" s="202"/>
+      <c r="U19" s="199"/>
+      <c r="V19" s="199"/>
+      <c r="W19" s="199"/>
       <c r="X19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="Y19" s="9"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="9"/>
       <c r="AB19" s="9"/>
       <c r="AC19" s="9"/>
-      <c r="AD19" s="202"/>
-[...1 lines deleted...]
-      <c r="AF19" s="202"/>
+      <c r="AD19" s="199"/>
+      <c r="AE19" s="199"/>
+      <c r="AF19" s="199"/>
       <c r="AG19" s="9" t="s">
         <v>8</v>
       </c>
       <c r="AH19" s="9"/>
       <c r="AI19" s="9"/>
       <c r="AJ19" s="9"/>
       <c r="AK19" s="9"/>
       <c r="AL19" s="1"/>
     </row>
     <row r="20" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1"/>
       <c r="B20" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
-      <c r="AD20" s="148"/>
-[...1 lines deleted...]
-      <c r="AF20" s="148"/>
+      <c r="AD20" s="201"/>
+      <c r="AE20" s="201"/>
+      <c r="AF20" s="201"/>
       <c r="AG20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AU20" s="45"/>
     </row>
     <row r="21" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
@@ -21793,126 +21797,126 @@
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
     </row>
     <row r="22" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1"/>
       <c r="B22" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
-      <c r="Q22" s="204">
+      <c r="Q22" s="211">
         <f>SUM(Q17)</f>
         <v>0</v>
       </c>
-      <c r="R22" s="205"/>
-      <c r="S22" s="205"/>
+      <c r="R22" s="212"/>
+      <c r="S22" s="212"/>
       <c r="T22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
-      <c r="Z22" s="204">
+      <c r="Z22" s="211">
         <f>SUM(Z17:AB18)</f>
         <v>0</v>
       </c>
-      <c r="AA22" s="205"/>
-      <c r="AB22" s="205"/>
+      <c r="AA22" s="212"/>
+      <c r="AB22" s="212"/>
       <c r="AC22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1"/>
       <c r="AK22" s="1"/>
       <c r="AL22" s="1"/>
     </row>
     <row r="23" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
-      <c r="U23" s="205">
+      <c r="U23" s="212">
         <f>SUM(U19)</f>
         <v>0</v>
       </c>
-      <c r="V23" s="205"/>
-      <c r="W23" s="205"/>
+      <c r="V23" s="212"/>
+      <c r="W23" s="212"/>
       <c r="X23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="Y23" s="1"/>
       <c r="Z23" s="14"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
-      <c r="AD23" s="205">
+      <c r="AD23" s="212">
         <f>SUM(AD19:AF20)</f>
         <v>0</v>
       </c>
-      <c r="AE23" s="205"/>
-      <c r="AF23" s="205"/>
+      <c r="AE23" s="212"/>
+      <c r="AF23" s="212"/>
       <c r="AG23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
       <c r="AJ23" s="1"/>
       <c r="AK23" s="1"/>
       <c r="AL23" s="1"/>
     </row>
     <row r="24" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
       <c r="M24" s="12"/>
       <c r="N24" s="12"/>
       <c r="O24" s="12"/>
@@ -21979,358 +21983,358 @@
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
     </row>
     <row r="26" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
-      <c r="Q26" s="201"/>
-[...1 lines deleted...]
-      <c r="S26" s="202"/>
+      <c r="Q26" s="213"/>
+      <c r="R26" s="199"/>
+      <c r="S26" s="199"/>
       <c r="T26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U26" s="206" t="str">
+      <c r="U26" s="202" t="str">
         <f t="shared" ref="U26:U31" si="0">IFERROR(Q26*1000/$Q$14,"")</f>
         <v/>
       </c>
-      <c r="V26" s="206"/>
-      <c r="W26" s="206"/>
+      <c r="V26" s="202"/>
+      <c r="W26" s="202"/>
       <c r="X26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y26" s="1"/>
-      <c r="Z26" s="201"/>
-[...1 lines deleted...]
-      <c r="AB26" s="202"/>
+      <c r="Z26" s="213"/>
+      <c r="AA26" s="199"/>
+      <c r="AB26" s="199"/>
       <c r="AC26" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD26" s="206" t="str">
+      <c r="AD26" s="202" t="str">
         <f t="shared" ref="AD26:AD31" si="1">IFERROR(Z26*1000/$Z$14,"")</f>
         <v/>
       </c>
-      <c r="AE26" s="206"/>
-      <c r="AF26" s="206"/>
+      <c r="AE26" s="202"/>
+      <c r="AF26" s="202"/>
       <c r="AG26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
     </row>
     <row r="27" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
-      <c r="Q27" s="203"/>
-[...1 lines deleted...]
-      <c r="S27" s="148"/>
+      <c r="Q27" s="200"/>
+      <c r="R27" s="201"/>
+      <c r="S27" s="201"/>
       <c r="T27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U27" s="206" t="str">
+      <c r="U27" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V27" s="206"/>
-      <c r="W27" s="206"/>
+      <c r="V27" s="202"/>
+      <c r="W27" s="202"/>
       <c r="X27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y27" s="1"/>
-      <c r="Z27" s="203"/>
-[...1 lines deleted...]
-      <c r="AB27" s="148"/>
+      <c r="Z27" s="200"/>
+      <c r="AA27" s="201"/>
+      <c r="AB27" s="201"/>
       <c r="AC27" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD27" s="206" t="str">
+      <c r="AD27" s="202" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE27" s="206"/>
-      <c r="AF27" s="206"/>
+      <c r="AE27" s="202"/>
+      <c r="AF27" s="202"/>
       <c r="AG27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
     </row>
     <row r="28" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
-      <c r="Q28" s="203"/>
-[...1 lines deleted...]
-      <c r="S28" s="148"/>
+      <c r="Q28" s="200"/>
+      <c r="R28" s="201"/>
+      <c r="S28" s="201"/>
       <c r="T28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U28" s="206" t="str">
+      <c r="U28" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V28" s="206"/>
-      <c r="W28" s="206"/>
+      <c r="V28" s="202"/>
+      <c r="W28" s="202"/>
       <c r="X28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y28" s="1"/>
-      <c r="Z28" s="203"/>
-[...1 lines deleted...]
-      <c r="AB28" s="148"/>
+      <c r="Z28" s="200"/>
+      <c r="AA28" s="201"/>
+      <c r="AB28" s="201"/>
       <c r="AC28" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD28" s="206" t="str">
+      <c r="AD28" s="202" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE28" s="206"/>
-      <c r="AF28" s="206"/>
+      <c r="AE28" s="202"/>
+      <c r="AF28" s="202"/>
       <c r="AG28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
     </row>
     <row r="29" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="20" t="s">
         <v>188</v>
       </c>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
-      <c r="Q29" s="203"/>
-[...1 lines deleted...]
-      <c r="S29" s="148"/>
+      <c r="Q29" s="200"/>
+      <c r="R29" s="201"/>
+      <c r="S29" s="201"/>
       <c r="T29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U29" s="206" t="str">
+      <c r="U29" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V29" s="206"/>
-      <c r="W29" s="206"/>
+      <c r="V29" s="202"/>
+      <c r="W29" s="202"/>
       <c r="X29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y29" s="1"/>
-      <c r="Z29" s="203"/>
-[...1 lines deleted...]
-      <c r="AB29" s="148"/>
+      <c r="Z29" s="200"/>
+      <c r="AA29" s="201"/>
+      <c r="AB29" s="201"/>
       <c r="AC29" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD29" s="206" t="str">
+      <c r="AD29" s="202" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE29" s="206"/>
-      <c r="AF29" s="206"/>
+      <c r="AE29" s="202"/>
+      <c r="AF29" s="202"/>
       <c r="AG29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
     </row>
     <row r="30" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
         <v>189</v>
       </c>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
-      <c r="Q30" s="203"/>
-[...1 lines deleted...]
-      <c r="S30" s="148"/>
+      <c r="Q30" s="200"/>
+      <c r="R30" s="201"/>
+      <c r="S30" s="201"/>
       <c r="T30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U30" s="206" t="str">
+      <c r="U30" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V30" s="206"/>
-      <c r="W30" s="206"/>
+      <c r="V30" s="202"/>
+      <c r="W30" s="202"/>
       <c r="X30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y30" s="1"/>
-      <c r="Z30" s="203"/>
-[...1 lines deleted...]
-      <c r="AB30" s="148"/>
+      <c r="Z30" s="200"/>
+      <c r="AA30" s="201"/>
+      <c r="AB30" s="201"/>
       <c r="AC30" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD30" s="206" t="str">
+      <c r="AD30" s="202" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE30" s="206"/>
-      <c r="AF30" s="206"/>
+      <c r="AE30" s="202"/>
+      <c r="AF30" s="202"/>
       <c r="AG30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
     </row>
     <row r="31" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
-      <c r="Q31" s="203"/>
-[...1 lines deleted...]
-      <c r="S31" s="148"/>
+      <c r="Q31" s="200"/>
+      <c r="R31" s="201"/>
+      <c r="S31" s="201"/>
       <c r="T31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="U31" s="206" t="str">
+      <c r="U31" s="202" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="V31" s="206"/>
-      <c r="W31" s="206"/>
+      <c r="V31" s="202"/>
+      <c r="W31" s="202"/>
       <c r="X31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Y31" s="1"/>
-      <c r="Z31" s="203"/>
-[...1 lines deleted...]
-      <c r="AB31" s="148"/>
+      <c r="Z31" s="200"/>
+      <c r="AA31" s="201"/>
+      <c r="AB31" s="201"/>
       <c r="AC31" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="AD31" s="206" t="str">
+      <c r="AD31" s="202" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AE31" s="206"/>
-      <c r="AF31" s="206"/>
+      <c r="AE31" s="202"/>
+      <c r="AF31" s="202"/>
       <c r="AG31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
     </row>
     <row r="32" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
@@ -22355,217 +22359,217 @@
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
     </row>
     <row r="33" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
-      <c r="Q33" s="207">
+      <c r="Q33" s="203">
         <f>SUM(Q26:S31)</f>
         <v>0</v>
       </c>
-      <c r="R33" s="208"/>
-      <c r="S33" s="208"/>
+      <c r="R33" s="204"/>
+      <c r="S33" s="204"/>
       <c r="T33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="U33" s="208">
+      <c r="U33" s="204">
         <f>IFERROR(Q33*1000/Q14,0)</f>
         <v>0</v>
       </c>
-      <c r="V33" s="208"/>
-      <c r="W33" s="208"/>
+      <c r="V33" s="204"/>
+      <c r="W33" s="204"/>
       <c r="X33" s="47" t="s">
         <v>14</v>
       </c>
       <c r="Y33" s="48"/>
-      <c r="Z33" s="208">
+      <c r="Z33" s="204">
         <f>SUM(Z26:AB31)</f>
         <v>0</v>
       </c>
-      <c r="AA33" s="208"/>
-      <c r="AB33" s="208"/>
+      <c r="AA33" s="204"/>
+      <c r="AB33" s="204"/>
       <c r="AC33" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="AD33" s="208">
+      <c r="AD33" s="204">
         <f>IFERROR(Z33*1000/Z14,0)</f>
         <v>0</v>
       </c>
-      <c r="AE33" s="208"/>
-      <c r="AF33" s="208"/>
+      <c r="AE33" s="204"/>
+      <c r="AF33" s="204"/>
       <c r="AG33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AH33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
     </row>
     <row r="34" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
-      <c r="Q34" s="209" t="str">
+      <c r="Q34" s="205" t="str">
         <f>IF(U33&gt;12,"Info: &gt;12W/m2, ist die Leistung der Kältemaschine (EER) dem Stand der Technik angemessen ?","")</f>
         <v/>
       </c>
-      <c r="R34" s="210"/>
-[...6 lines deleted...]
-      <c r="Y34" s="211"/>
+      <c r="R34" s="206"/>
+      <c r="S34" s="206"/>
+      <c r="T34" s="206"/>
+      <c r="U34" s="206"/>
+      <c r="V34" s="206"/>
+      <c r="W34" s="206"/>
+      <c r="X34" s="206"/>
+      <c r="Y34" s="207"/>
       <c r="Z34" s="16"/>
       <c r="AA34" s="1"/>
       <c r="AB34" s="1"/>
       <c r="AC34" s="1"/>
       <c r="AD34" s="30" t="str">
         <f>IF(AD33&gt;=12,"&gt;12W/m2","")</f>
         <v/>
       </c>
       <c r="AE34" s="1"/>
       <c r="AG34" s="1"/>
       <c r="AH34" s="1"/>
       <c r="AI34" s="1"/>
       <c r="AJ34" s="1"/>
       <c r="AK34" s="1"/>
       <c r="AL34" s="1"/>
     </row>
     <row r="35" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
-      <c r="Q35" s="209"/>
-[...8 lines deleted...]
-      <c r="Z35" s="138" t="str">
+      <c r="Q35" s="205"/>
+      <c r="R35" s="206"/>
+      <c r="S35" s="206"/>
+      <c r="T35" s="206"/>
+      <c r="U35" s="206"/>
+      <c r="V35" s="206"/>
+      <c r="W35" s="206"/>
+      <c r="X35" s="206"/>
+      <c r="Y35" s="207"/>
+      <c r="Z35" s="265" t="str">
         <f>IF(AD33&gt;12,"den Block ''Anforderungen Kälteerzeugung'' ausfüllen'","")</f>
         <v/>
       </c>
-      <c r="AA35" s="139"/>
-[...8 lines deleted...]
-      <c r="AJ35" s="139"/>
+      <c r="AA35" s="266"/>
+      <c r="AB35" s="266"/>
+      <c r="AC35" s="266"/>
+      <c r="AD35" s="266"/>
+      <c r="AE35" s="266"/>
+      <c r="AF35" s="266"/>
+      <c r="AG35" s="266"/>
+      <c r="AH35" s="266"/>
+      <c r="AI35" s="266"/>
+      <c r="AJ35" s="266"/>
       <c r="AK35" s="1"/>
       <c r="AL35" s="1"/>
     </row>
     <row r="36" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
-      <c r="Q36" s="209"/>
-[...18 lines deleted...]
-      <c r="AJ36" s="139"/>
+      <c r="Q36" s="205"/>
+      <c r="R36" s="206"/>
+      <c r="S36" s="206"/>
+      <c r="T36" s="206"/>
+      <c r="U36" s="206"/>
+      <c r="V36" s="206"/>
+      <c r="W36" s="206"/>
+      <c r="X36" s="206"/>
+      <c r="Y36" s="207"/>
+      <c r="Z36" s="265"/>
+      <c r="AA36" s="266"/>
+      <c r="AB36" s="266"/>
+      <c r="AC36" s="266"/>
+      <c r="AD36" s="266"/>
+      <c r="AE36" s="266"/>
+      <c r="AF36" s="266"/>
+      <c r="AG36" s="266"/>
+      <c r="AH36" s="266"/>
+      <c r="AI36" s="266"/>
+      <c r="AJ36" s="266"/>
       <c r="AK36" s="1"/>
       <c r="AL36" s="1"/>
     </row>
     <row r="37" spans="1:43" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="14"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
@@ -22585,102 +22589,102 @@
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
     </row>
     <row r="38" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
       <c r="B38" s="17" t="str">
         <f>IF(OR(AD33&gt;12,U33&lt;&gt;0),"Das EN-VS-104 ist einzureichen","")</f>
         <v/>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
-      <c r="Q38" s="140" t="str">
+      <c r="Q38" s="267" t="str">
         <f>IF(U33&gt;12,"Werte bei Bedarf für EN-VS-101b und EN-VS-104 übernehmen","")</f>
         <v/>
       </c>
-      <c r="R38" s="141"/>
-[...17 lines deleted...]
-      <c r="AJ38" s="145"/>
+      <c r="R38" s="268"/>
+      <c r="S38" s="268"/>
+      <c r="T38" s="268"/>
+      <c r="U38" s="268"/>
+      <c r="V38" s="268"/>
+      <c r="W38" s="268"/>
+      <c r="X38" s="268"/>
+      <c r="Y38" s="268"/>
+      <c r="Z38" s="271"/>
+      <c r="AA38" s="272"/>
+      <c r="AB38" s="272"/>
+      <c r="AC38" s="272"/>
+      <c r="AD38" s="272"/>
+      <c r="AE38" s="272"/>
+      <c r="AF38" s="272"/>
+      <c r="AG38" s="272"/>
+      <c r="AH38" s="272"/>
+      <c r="AI38" s="272"/>
+      <c r="AJ38" s="272"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
     </row>
     <row r="39" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1"/>
       <c r="B39" s="17"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="6"/>
       <c r="J39" s="6"/>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
-      <c r="Q39" s="142"/>
-[...7 lines deleted...]
-      <c r="Y39" s="143"/>
+      <c r="Q39" s="269"/>
+      <c r="R39" s="270"/>
+      <c r="S39" s="270"/>
+      <c r="T39" s="270"/>
+      <c r="U39" s="270"/>
+      <c r="V39" s="270"/>
+      <c r="W39" s="270"/>
+      <c r="X39" s="270"/>
+      <c r="Y39" s="270"/>
       <c r="Z39" s="36"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="6"/>
       <c r="AD39" s="6"/>
       <c r="AE39" s="6"/>
       <c r="AF39" s="6"/>
       <c r="AG39" s="6"/>
       <c r="AH39" s="6"/>
       <c r="AI39" s="6"/>
       <c r="AJ39" s="6"/>
       <c r="AK39" s="6"/>
       <c r="AL39" s="1"/>
     </row>
     <row r="40" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
@@ -22869,69 +22873,69 @@
       <c r="AQ43" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="44" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
-      <c r="S44" s="149"/>
-[...17 lines deleted...]
-      <c r="AK44" s="149"/>
+      <c r="S44" s="208"/>
+      <c r="T44" s="208"/>
+      <c r="U44" s="208"/>
+      <c r="V44" s="208"/>
+      <c r="W44" s="208"/>
+      <c r="X44" s="208"/>
+      <c r="Y44" s="208"/>
+      <c r="Z44" s="208"/>
+      <c r="AA44" s="208"/>
+      <c r="AB44" s="208"/>
+      <c r="AC44" s="208"/>
+      <c r="AD44" s="208"/>
+      <c r="AE44" s="208"/>
+      <c r="AF44" s="208"/>
+      <c r="AG44" s="208"/>
+      <c r="AH44" s="208"/>
+      <c r="AI44" s="208"/>
+      <c r="AJ44" s="208"/>
+      <c r="AK44" s="208"/>
       <c r="AL44" s="1"/>
     </row>
     <row r="45" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="72" t="s">
         <v>302</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="26"/>
       <c r="R45" s="1"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
@@ -23058,53 +23062,53 @@
       <c r="G48" s="25"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
       <c r="AC48" s="2"/>
-      <c r="AD48" s="150"/>
-[...1 lines deleted...]
-      <c r="AF48" s="150"/>
+      <c r="AD48" s="273"/>
+      <c r="AE48" s="273"/>
+      <c r="AF48" s="273"/>
       <c r="AG48" s="2" t="s">
         <v>8</v>
       </c>
       <c r="AH48" s="2"/>
       <c r="AI48" s="2"/>
       <c r="AJ48" s="2"/>
       <c r="AK48" s="2"/>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="26" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
       <c r="B49" s="25"/>
       <c r="C49" s="25"/>
       <c r="D49" s="25"/>
       <c r="E49" s="25"/>
       <c r="F49" s="25"/>
       <c r="G49" s="25"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
@@ -23124,126 +23128,126 @@
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
       <c r="AC49" s="2"/>
       <c r="AD49" s="2"/>
       <c r="AE49" s="2"/>
       <c r="AF49" s="2"/>
       <c r="AG49" s="2"/>
       <c r="AH49" s="2"/>
       <c r="AI49" s="2"/>
       <c r="AJ49" s="2"/>
       <c r="AK49" s="2"/>
       <c r="AL49" s="1"/>
       <c r="AQ49" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:43" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
-      <c r="I50" s="137" t="s">
+      <c r="I50" s="198" t="s">
         <v>200</v>
       </c>
-      <c r="J50" s="137"/>
-[...26 lines deleted...]
-      <c r="AK50" s="137"/>
+      <c r="J50" s="198"/>
+      <c r="K50" s="198"/>
+      <c r="L50" s="198"/>
+      <c r="M50" s="198"/>
+      <c r="N50" s="198"/>
+      <c r="O50" s="198"/>
+      <c r="P50" s="198"/>
+      <c r="Q50" s="198"/>
+      <c r="R50" s="198"/>
+      <c r="S50" s="198"/>
+      <c r="T50" s="198"/>
+      <c r="U50" s="198"/>
+      <c r="V50" s="198"/>
+      <c r="W50" s="198"/>
+      <c r="X50" s="198"/>
+      <c r="Y50" s="198"/>
+      <c r="Z50" s="198"/>
+      <c r="AA50" s="198"/>
+      <c r="AB50" s="198"/>
+      <c r="AC50" s="198"/>
+      <c r="AD50" s="198"/>
+      <c r="AE50" s="198"/>
+      <c r="AF50" s="198"/>
+      <c r="AG50" s="198"/>
+      <c r="AH50" s="198"/>
+      <c r="AI50" s="198"/>
+      <c r="AJ50" s="198"/>
+      <c r="AK50" s="198"/>
       <c r="AL50" s="1"/>
       <c r="AQ50" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
-      <c r="I51" s="151" t="s">
+      <c r="I51" s="274" t="s">
         <v>200</v>
       </c>
-      <c r="J51" s="151"/>
-[...26 lines deleted...]
-      <c r="AK51" s="151"/>
+      <c r="J51" s="274"/>
+      <c r="K51" s="274"/>
+      <c r="L51" s="274"/>
+      <c r="M51" s="274"/>
+      <c r="N51" s="274"/>
+      <c r="O51" s="274"/>
+      <c r="P51" s="274"/>
+      <c r="Q51" s="274"/>
+      <c r="R51" s="274"/>
+      <c r="S51" s="274"/>
+      <c r="T51" s="274"/>
+      <c r="U51" s="274"/>
+      <c r="V51" s="274"/>
+      <c r="W51" s="274"/>
+      <c r="X51" s="274"/>
+      <c r="Y51" s="274"/>
+      <c r="Z51" s="274"/>
+      <c r="AA51" s="274"/>
+      <c r="AB51" s="274"/>
+      <c r="AC51" s="274"/>
+      <c r="AD51" s="274"/>
+      <c r="AE51" s="274"/>
+      <c r="AF51" s="274"/>
+      <c r="AG51" s="274"/>
+      <c r="AH51" s="274"/>
+      <c r="AI51" s="274"/>
+      <c r="AJ51" s="274"/>
+      <c r="AK51" s="274"/>
       <c r="AL51" s="1"/>
       <c r="AQ51" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="2"/>
@@ -23317,69 +23321,69 @@
       <c r="AQ53" s="26" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
-      <c r="S54" s="149"/>
-[...17 lines deleted...]
-      <c r="AK54" s="149"/>
+      <c r="S54" s="208"/>
+      <c r="T54" s="208"/>
+      <c r="U54" s="208"/>
+      <c r="V54" s="208"/>
+      <c r="W54" s="208"/>
+      <c r="X54" s="208"/>
+      <c r="Y54" s="208"/>
+      <c r="Z54" s="208"/>
+      <c r="AA54" s="208"/>
+      <c r="AB54" s="208"/>
+      <c r="AC54" s="208"/>
+      <c r="AD54" s="208"/>
+      <c r="AE54" s="208"/>
+      <c r="AF54" s="208"/>
+      <c r="AG54" s="208"/>
+      <c r="AH54" s="208"/>
+      <c r="AI54" s="208"/>
+      <c r="AJ54" s="208"/>
+      <c r="AK54" s="208"/>
       <c r="AL54" s="1"/>
       <c r="AQ54" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:43" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="2"/>
@@ -23455,114 +23459,114 @@
       </c>
     </row>
     <row r="57" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1" t="s">
         <v>224</v>
       </c>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
-      <c r="S57" s="149"/>
-[...17 lines deleted...]
-      <c r="AK57" s="149"/>
+      <c r="S57" s="208"/>
+      <c r="T57" s="208"/>
+      <c r="U57" s="208"/>
+      <c r="V57" s="208"/>
+      <c r="W57" s="208"/>
+      <c r="X57" s="208"/>
+      <c r="Y57" s="208"/>
+      <c r="Z57" s="208"/>
+      <c r="AA57" s="208"/>
+      <c r="AB57" s="208"/>
+      <c r="AC57" s="208"/>
+      <c r="AD57" s="208"/>
+      <c r="AE57" s="208"/>
+      <c r="AF57" s="208"/>
+      <c r="AG57" s="208"/>
+      <c r="AH57" s="208"/>
+      <c r="AI57" s="208"/>
+      <c r="AJ57" s="208"/>
+      <c r="AK57" s="208"/>
       <c r="AL57" s="1"/>
       <c r="AQ57" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="58" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1" t="s">
         <v>198</v>
       </c>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
-      <c r="S58" s="240"/>
-[...17 lines deleted...]
-      <c r="AK58" s="240"/>
+      <c r="S58" s="209"/>
+      <c r="T58" s="209"/>
+      <c r="U58" s="209"/>
+      <c r="V58" s="209"/>
+      <c r="W58" s="209"/>
+      <c r="X58" s="209"/>
+      <c r="Y58" s="209"/>
+      <c r="Z58" s="209"/>
+      <c r="AA58" s="209"/>
+      <c r="AB58" s="209"/>
+      <c r="AC58" s="209"/>
+      <c r="AD58" s="209"/>
+      <c r="AE58" s="209"/>
+      <c r="AF58" s="209"/>
+      <c r="AG58" s="209"/>
+      <c r="AH58" s="209"/>
+      <c r="AI58" s="209"/>
+      <c r="AJ58" s="209"/>
+      <c r="AK58" s="209"/>
       <c r="AL58" s="1"/>
       <c r="AQ58" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="59" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
@@ -23594,65 +23598,65 @@
       <c r="B60" s="20" t="s">
         <v>227</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="33"/>
       <c r="K60" s="33"/>
       <c r="L60" s="33"/>
       <c r="M60" s="33"/>
       <c r="N60" s="33"/>
       <c r="O60" s="33"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="20"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="34"/>
       <c r="V60" s="34" t="s">
         <v>198</v>
       </c>
-      <c r="W60" s="241"/>
-[...13 lines deleted...]
-      <c r="AK60" s="241"/>
+      <c r="W60" s="210"/>
+      <c r="X60" s="210"/>
+      <c r="Y60" s="210"/>
+      <c r="Z60" s="210"/>
+      <c r="AA60" s="210"/>
+      <c r="AB60" s="210"/>
+      <c r="AC60" s="210"/>
+      <c r="AD60" s="210"/>
+      <c r="AE60" s="210"/>
+      <c r="AF60" s="210"/>
+      <c r="AG60" s="210"/>
+      <c r="AH60" s="210"/>
+      <c r="AI60" s="210"/>
+      <c r="AJ60" s="210"/>
+      <c r="AK60" s="210"/>
       <c r="AL60" s="1"/>
       <c r="AN60" s="26">
         <v>0</v>
       </c>
       <c r="AQ60" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1"/>
       <c r="B61" s="6"/>
       <c r="C61" s="6"/>
       <c r="D61" s="6"/>
       <c r="E61" s="6"/>
       <c r="F61" s="6"/>
       <c r="G61" s="6"/>
       <c r="H61" s="6"/>
       <c r="I61" s="6"/>
       <c r="J61" s="6"/>
       <c r="K61" s="6"/>
       <c r="L61" s="6"/>
       <c r="M61" s="6"/>
       <c r="N61" s="6"/>
       <c r="O61" s="6"/>
       <c r="P61" s="6"/>
@@ -23709,133 +23713,133 @@
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
       <c r="AI62" s="1"/>
       <c r="AJ62" s="1"/>
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
-      <c r="H63" s="137" t="s">
+      <c r="H63" s="198" t="s">
         <v>200</v>
       </c>
-      <c r="I63" s="137"/>
-[...10 lines deleted...]
-      <c r="T63" s="137"/>
+      <c r="I63" s="198"/>
+      <c r="J63" s="198"/>
+      <c r="K63" s="198"/>
+      <c r="L63" s="198"/>
+      <c r="M63" s="198"/>
+      <c r="N63" s="198"/>
+      <c r="O63" s="198"/>
+      <c r="P63" s="198"/>
+      <c r="Q63" s="198"/>
+      <c r="R63" s="198"/>
+      <c r="S63" s="198"/>
+      <c r="T63" s="198"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1" t="s">
         <v>233</v>
       </c>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
       <c r="Z63" s="1"/>
       <c r="AA63" s="1"/>
       <c r="AB63" s="46"/>
       <c r="AC63" s="46"/>
-      <c r="AD63" s="202"/>
-[...2 lines deleted...]
-      <c r="AG63" s="202"/>
+      <c r="AD63" s="199"/>
+      <c r="AE63" s="199"/>
+      <c r="AF63" s="199"/>
+      <c r="AG63" s="199"/>
       <c r="AH63" s="1" t="s">
         <v>8</v>
       </c>
       <c r="AI63" s="1"/>
       <c r="AJ63" s="1"/>
       <c r="AK63" s="1"/>
       <c r="AL63" s="1"/>
       <c r="AQ63" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:43" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1" t="s">
         <v>232</v>
       </c>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1" t="s">
         <v>231</v>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1" t="s">
         <v>234</v>
       </c>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="46"/>
       <c r="AC64" s="46"/>
-      <c r="AD64" s="148"/>
-[...2 lines deleted...]
-      <c r="AG64" s="148"/>
+      <c r="AD64" s="201"/>
+      <c r="AE64" s="201"/>
+      <c r="AF64" s="201"/>
+      <c r="AG64" s="201"/>
       <c r="AH64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AI64" s="1"/>
       <c r="AJ64" s="1"/>
       <c r="AK64" s="1"/>
       <c r="AL64" s="1"/>
       <c r="AQ64" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="65" spans="1:43" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
@@ -23848,133 +23852,133 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
       <c r="AH65" s="1"/>
       <c r="AI65" s="1"/>
       <c r="AJ65" s="1"/>
       <c r="AK65" s="1"/>
       <c r="AL65" s="1"/>
       <c r="AQ65" s="26" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="66" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
-      <c r="B66" s="135" t="s">
+      <c r="B66" s="263" t="s">
         <v>68</v>
       </c>
-      <c r="C66" s="133" t="s">
+      <c r="C66" s="261" t="s">
         <v>228</v>
       </c>
-      <c r="D66" s="133"/>
-[...32 lines deleted...]
-      <c r="AK66" s="133"/>
+      <c r="D66" s="261"/>
+      <c r="E66" s="261"/>
+      <c r="F66" s="261"/>
+      <c r="G66" s="261"/>
+      <c r="H66" s="261"/>
+      <c r="I66" s="261"/>
+      <c r="J66" s="261"/>
+      <c r="K66" s="261"/>
+      <c r="L66" s="261"/>
+      <c r="M66" s="261"/>
+      <c r="N66" s="261"/>
+      <c r="O66" s="261"/>
+      <c r="P66" s="261"/>
+      <c r="Q66" s="261"/>
+      <c r="R66" s="261"/>
+      <c r="S66" s="261"/>
+      <c r="T66" s="261"/>
+      <c r="U66" s="261"/>
+      <c r="V66" s="261"/>
+      <c r="W66" s="261"/>
+      <c r="X66" s="261"/>
+      <c r="Y66" s="261"/>
+      <c r="Z66" s="261"/>
+      <c r="AA66" s="261"/>
+      <c r="AB66" s="261"/>
+      <c r="AC66" s="261"/>
+      <c r="AD66" s="261"/>
+      <c r="AE66" s="261"/>
+      <c r="AF66" s="261"/>
+      <c r="AG66" s="261"/>
+      <c r="AH66" s="261"/>
+      <c r="AI66" s="261"/>
+      <c r="AJ66" s="261"/>
+      <c r="AK66" s="261"/>
       <c r="AL66" s="1"/>
       <c r="AQ66" s="26" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1"/>
-      <c r="B67" s="136"/>
-[...34 lines deleted...]
-      <c r="AK67" s="134"/>
+      <c r="B67" s="264"/>
+      <c r="C67" s="262"/>
+      <c r="D67" s="262"/>
+      <c r="E67" s="262"/>
+      <c r="F67" s="262"/>
+      <c r="G67" s="262"/>
+      <c r="H67" s="262"/>
+      <c r="I67" s="262"/>
+      <c r="J67" s="262"/>
+      <c r="K67" s="262"/>
+      <c r="L67" s="262"/>
+      <c r="M67" s="262"/>
+      <c r="N67" s="262"/>
+      <c r="O67" s="262"/>
+      <c r="P67" s="262"/>
+      <c r="Q67" s="262"/>
+      <c r="R67" s="262"/>
+      <c r="S67" s="262"/>
+      <c r="T67" s="262"/>
+      <c r="U67" s="262"/>
+      <c r="V67" s="262"/>
+      <c r="W67" s="262"/>
+      <c r="X67" s="262"/>
+      <c r="Y67" s="262"/>
+      <c r="Z67" s="262"/>
+      <c r="AA67" s="262"/>
+      <c r="AB67" s="262"/>
+      <c r="AC67" s="262"/>
+      <c r="AD67" s="262"/>
+      <c r="AE67" s="262"/>
+      <c r="AF67" s="262"/>
+      <c r="AG67" s="262"/>
+      <c r="AH67" s="262"/>
+      <c r="AI67" s="262"/>
+      <c r="AJ67" s="262"/>
+      <c r="AK67" s="262"/>
       <c r="AL67" s="1"/>
       <c r="AQ67" s="26" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="68" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
@@ -24262,121 +24266,121 @@
       <c r="A75" s="1"/>
       <c r="B75" s="10" t="s">
         <v>243</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="K75" s="1" t="s">
         <v>244</v>
       </c>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1" t="s">
         <v>247</v>
       </c>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
-      <c r="V75" s="147"/>
-[...1 lines deleted...]
-      <c r="X75" s="147"/>
+      <c r="V75" s="184"/>
+      <c r="W75" s="184"/>
+      <c r="X75" s="184"/>
       <c r="Y75" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z75" s="1"/>
       <c r="AA75" s="1"/>
       <c r="AB75" s="1"/>
       <c r="AC75" s="1" t="s">
         <v>248</v>
       </c>
       <c r="AD75" s="1"/>
       <c r="AE75" s="1"/>
       <c r="AF75" s="1"/>
       <c r="AG75" s="1"/>
-      <c r="AH75" s="200"/>
-      <c r="AI75" s="200"/>
+      <c r="AH75" s="217"/>
+      <c r="AI75" s="217"/>
       <c r="AJ75" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK75" s="1"/>
       <c r="AL75" s="1"/>
       <c r="AQ75" s="26" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="76" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="1"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1" t="s">
         <v>245</v>
       </c>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
         <v>247</v>
       </c>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
-      <c r="V76" s="226"/>
-[...1 lines deleted...]
-      <c r="X76" s="226"/>
+      <c r="V76" s="183"/>
+      <c r="W76" s="183"/>
+      <c r="X76" s="183"/>
       <c r="Y76" s="1" t="s">
         <v>53</v>
       </c>
       <c r="Z76" s="1"/>
       <c r="AA76" s="1"/>
       <c r="AB76" s="1"/>
       <c r="AC76" s="1" t="s">
         <v>248</v>
       </c>
       <c r="AD76" s="1"/>
       <c r="AE76" s="1"/>
       <c r="AF76" s="1"/>
       <c r="AG76" s="1"/>
-      <c r="AH76" s="200"/>
-      <c r="AI76" s="200"/>
+      <c r="AH76" s="217"/>
+      <c r="AI76" s="217"/>
       <c r="AJ76" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AK76" s="1"/>
       <c r="AL76" s="1"/>
       <c r="AQ76" s="26" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="1"/>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
@@ -24397,53 +24401,53 @@
       <c r="AF77" s="1"/>
       <c r="AG77" s="1"/>
       <c r="AH77" s="1"/>
       <c r="AI77" s="1"/>
       <c r="AJ77" s="1"/>
       <c r="AK77" s="1"/>
       <c r="AL77" s="1"/>
       <c r="AQ77" s="26" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="78" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="46"/>
       <c r="K78" s="46"/>
-      <c r="L78" s="227"/>
-[...1 lines deleted...]
-      <c r="N78" s="227"/>
+      <c r="L78" s="185"/>
+      <c r="M78" s="185"/>
+      <c r="N78" s="185"/>
       <c r="O78" s="1" t="s">
         <v>250</v>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="9"/>
       <c r="X78" s="9"/>
       <c r="Y78" s="1"/>
       <c r="Z78" s="1"/>
       <c r="AA78" s="1"/>
       <c r="AB78" s="1"/>
       <c r="AC78" s="1"/>
       <c r="AD78" s="1"/>
       <c r="AE78" s="1"/>
       <c r="AF78" s="1"/>
       <c r="AG78" s="1"/>
       <c r="AH78" s="1"/>
       <c r="AI78" s="1"/>
       <c r="AJ78" s="1"/>
       <c r="AK78" s="1"/>
@@ -24485,127 +24489,127 @@
       <c r="AB79" s="5"/>
       <c r="AC79" s="5"/>
       <c r="AD79" s="5"/>
       <c r="AE79" s="5"/>
       <c r="AF79" s="5"/>
       <c r="AG79" s="5"/>
       <c r="AH79" s="5"/>
       <c r="AI79" s="5"/>
       <c r="AJ79" s="5"/>
       <c r="AK79" s="5"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C80" s="2"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
-      <c r="K80" s="228" t="s">
+      <c r="K80" s="186" t="s">
         <v>200</v>
       </c>
-      <c r="L80" s="228"/>
-[...15 lines deleted...]
-      <c r="AB80" s="228"/>
+      <c r="L80" s="186"/>
+      <c r="M80" s="186"/>
+      <c r="N80" s="186"/>
+      <c r="O80" s="186"/>
+      <c r="P80" s="186"/>
+      <c r="Q80" s="186"/>
+      <c r="R80" s="186"/>
+      <c r="S80" s="186"/>
+      <c r="T80" s="186"/>
+      <c r="U80" s="186"/>
+      <c r="V80" s="186"/>
+      <c r="W80" s="186"/>
+      <c r="X80" s="186"/>
+      <c r="Y80" s="186"/>
+      <c r="Z80" s="186"/>
+      <c r="AA80" s="186"/>
+      <c r="AB80" s="186"/>
       <c r="AC80" s="17" t="str">
         <f>IF(AP82=1,"Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD80" s="5"/>
       <c r="AF80" s="5"/>
       <c r="AG80" s="5"/>
       <c r="AH80" s="5"/>
       <c r="AI80" s="5"/>
       <c r="AJ80" s="5"/>
       <c r="AK80" s="5"/>
       <c r="AL80" s="1"/>
       <c r="AN80" s="26">
         <f>IF(AND(K80&lt;&gt;"Bitte wählen :",K80&lt;&gt;"Äusserer Sonnenschutz"),1,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="21" t="s">
         <v>254</v>
       </c>
       <c r="C81" s="9"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1" t="s">
         <v>255</v>
       </c>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="69"/>
       <c r="T81" s="69"/>
       <c r="U81" s="69"/>
-      <c r="V81" s="137"/>
-[...12 lines deleted...]
-      <c r="AI81" s="137"/>
+      <c r="V81" s="198"/>
+      <c r="W81" s="198"/>
+      <c r="X81" s="198"/>
+      <c r="Y81" s="198"/>
+      <c r="Z81" s="198"/>
+      <c r="AA81" s="198"/>
+      <c r="AB81" s="198"/>
+      <c r="AC81" s="198"/>
+      <c r="AD81" s="198"/>
+      <c r="AE81" s="198"/>
+      <c r="AF81" s="198"/>
+      <c r="AG81" s="198"/>
+      <c r="AH81" s="198"/>
+      <c r="AI81" s="198"/>
       <c r="AJ81" s="1"/>
       <c r="AK81" s="1"/>
       <c r="AL81" s="1"/>
       <c r="AQ81" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="9"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="9"/>
       <c r="G82" s="9"/>
       <c r="H82" s="9"/>
       <c r="I82" s="9"/>
       <c r="J82" s="9"/>
       <c r="K82" s="9"/>
       <c r="L82" s="9"/>
       <c r="M82" s="9"/>
       <c r="N82" s="9"/>
       <c r="O82" s="9"/>
       <c r="P82" s="9"/>
       <c r="Q82" s="9"/>
@@ -24628,126 +24632,126 @@
       <c r="AE82" s="9"/>
       <c r="AF82" s="9"/>
       <c r="AG82" s="9"/>
       <c r="AH82" s="9"/>
       <c r="AI82" s="9"/>
       <c r="AJ82" s="9"/>
       <c r="AK82" s="9"/>
       <c r="AL82" s="1"/>
       <c r="AQ82" s="26" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="83" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="9" t="s">
         <v>257</v>
       </c>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="9"/>
       <c r="F83" s="9"/>
       <c r="G83" s="9"/>
       <c r="H83" s="9"/>
       <c r="I83" s="9"/>
       <c r="J83" s="9"/>
-      <c r="K83" s="228" t="s">
+      <c r="K83" s="186" t="s">
         <v>200</v>
       </c>
-      <c r="L83" s="228"/>
-[...15 lines deleted...]
-      <c r="AB83" s="228"/>
+      <c r="L83" s="186"/>
+      <c r="M83" s="186"/>
+      <c r="N83" s="186"/>
+      <c r="O83" s="186"/>
+      <c r="P83" s="186"/>
+      <c r="Q83" s="186"/>
+      <c r="R83" s="186"/>
+      <c r="S83" s="186"/>
+      <c r="T83" s="186"/>
+      <c r="U83" s="186"/>
+      <c r="V83" s="186"/>
+      <c r="W83" s="186"/>
+      <c r="X83" s="186"/>
+      <c r="Y83" s="186"/>
+      <c r="Z83" s="186"/>
+      <c r="AA83" s="186"/>
+      <c r="AB83" s="186"/>
       <c r="AC83" s="9"/>
       <c r="AD83" s="9"/>
       <c r="AE83" s="9"/>
       <c r="AF83" s="9"/>
       <c r="AG83" s="9"/>
       <c r="AH83" s="9"/>
       <c r="AI83" s="9"/>
       <c r="AJ83" s="9"/>
       <c r="AK83" s="9"/>
       <c r="AL83" s="1"/>
       <c r="AN83" s="26">
         <f>IF(K83="Andere",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ83" s="26" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="84" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
       <c r="B84" s="9"/>
       <c r="C84" s="9"/>
       <c r="D84" s="9"/>
       <c r="E84" s="9"/>
       <c r="F84" s="9"/>
       <c r="G84" s="9"/>
       <c r="H84" s="9"/>
       <c r="I84" s="9"/>
       <c r="J84" s="9"/>
       <c r="K84" s="9" t="s">
         <v>256</v>
       </c>
       <c r="L84" s="9"/>
       <c r="M84" s="9"/>
       <c r="N84" s="9"/>
       <c r="O84" s="9"/>
       <c r="P84" s="22"/>
       <c r="Q84" s="22"/>
       <c r="R84" s="22"/>
-      <c r="S84" s="137"/>
-[...15 lines deleted...]
-      <c r="AI84" s="137"/>
+      <c r="S84" s="198"/>
+      <c r="T84" s="198"/>
+      <c r="U84" s="198"/>
+      <c r="V84" s="198"/>
+      <c r="W84" s="198"/>
+      <c r="X84" s="198"/>
+      <c r="Y84" s="198"/>
+      <c r="Z84" s="198"/>
+      <c r="AA84" s="198"/>
+      <c r="AB84" s="198"/>
+      <c r="AC84" s="198"/>
+      <c r="AD84" s="198"/>
+      <c r="AE84" s="198"/>
+      <c r="AF84" s="198"/>
+      <c r="AG84" s="198"/>
+      <c r="AH84" s="198"/>
+      <c r="AI84" s="198"/>
       <c r="AJ84" s="9"/>
       <c r="AK84" s="1"/>
       <c r="AL84" s="1"/>
     </row>
     <row r="85" spans="1:47" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="1"/>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="44" t="str">
         <f>IF(S84&lt;&gt;0,"Begründung beilegen","")</f>
@@ -24767,468 +24771,472 @@
       <c r="AE85" s="1"/>
       <c r="AF85" s="1"/>
       <c r="AG85" s="1"/>
       <c r="AH85" s="1"/>
       <c r="AI85" s="1"/>
       <c r="AJ85" s="1"/>
       <c r="AK85" s="1"/>
       <c r="AL85" s="1"/>
       <c r="AQ85" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
       <c r="B86" s="9" t="s">
         <v>258</v>
       </c>
       <c r="C86" s="9"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
-      <c r="K86" s="228" t="s">
+      <c r="K86" s="186" t="s">
         <v>200</v>
       </c>
-      <c r="L86" s="228"/>
-[...15 lines deleted...]
-      <c r="AB86" s="228"/>
+      <c r="L86" s="186"/>
+      <c r="M86" s="186"/>
+      <c r="N86" s="186"/>
+      <c r="O86" s="186"/>
+      <c r="P86" s="186"/>
+      <c r="Q86" s="186"/>
+      <c r="R86" s="186"/>
+      <c r="S86" s="186"/>
+      <c r="T86" s="186"/>
+      <c r="U86" s="186"/>
+      <c r="V86" s="186"/>
+      <c r="W86" s="186"/>
+      <c r="X86" s="186"/>
+      <c r="Y86" s="186"/>
+      <c r="Z86" s="186"/>
+      <c r="AA86" s="186"/>
+      <c r="AB86" s="186"/>
       <c r="AC86" s="1"/>
       <c r="AD86" s="1"/>
       <c r="AE86" s="1"/>
       <c r="AF86" s="1"/>
       <c r="AG86" s="1"/>
       <c r="AH86" s="1"/>
       <c r="AI86" s="1"/>
       <c r="AJ86" s="1"/>
       <c r="AK86" s="1"/>
       <c r="AL86" s="1"/>
       <c r="AN86" s="26">
         <f>IF(K87="keine gerechtfertigte Erleichterung nach kEnV Art.28",1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ86" s="26" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="87" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="9"/>
       <c r="C87" s="9"/>
       <c r="D87" s="9"/>
       <c r="E87" s="9"/>
       <c r="F87" s="9"/>
       <c r="G87" s="9"/>
       <c r="H87" s="9"/>
       <c r="I87" s="9"/>
       <c r="J87" s="9"/>
-      <c r="K87" s="239" t="s">
+      <c r="K87" s="197" t="s">
         <v>200</v>
       </c>
-      <c r="L87" s="239"/>
-[...18 lines deleted...]
-      <c r="AE87" s="239"/>
+      <c r="L87" s="197"/>
+      <c r="M87" s="197"/>
+      <c r="N87" s="197"/>
+      <c r="O87" s="197"/>
+      <c r="P87" s="197"/>
+      <c r="Q87" s="197"/>
+      <c r="R87" s="197"/>
+      <c r="S87" s="197"/>
+      <c r="T87" s="197"/>
+      <c r="U87" s="197"/>
+      <c r="V87" s="197"/>
+      <c r="W87" s="197"/>
+      <c r="X87" s="197"/>
+      <c r="Y87" s="197"/>
+      <c r="Z87" s="197"/>
+      <c r="AA87" s="197"/>
+      <c r="AB87" s="197"/>
+      <c r="AC87" s="197"/>
+      <c r="AD87" s="197"/>
+      <c r="AE87" s="197"/>
       <c r="AF87" s="46"/>
       <c r="AG87" s="46"/>
       <c r="AH87" s="46"/>
       <c r="AI87" s="46"/>
       <c r="AJ87" s="9"/>
       <c r="AK87" s="9"/>
       <c r="AL87" s="1"/>
       <c r="AQ87" s="26" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:47" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1"/>
       <c r="B88" s="23"/>
       <c r="C88" s="23"/>
       <c r="D88" s="23"/>
       <c r="E88" s="23"/>
       <c r="F88" s="23"/>
       <c r="G88" s="23"/>
       <c r="H88" s="23"/>
       <c r="I88" s="23"/>
       <c r="J88" s="26"/>
       <c r="K88" s="44" t="str">
         <f>IF(K87=AQ106,"Abdeckungsanforderung für zusätzliche elektrische Energie - Das EN-VS-104 ist einzureichen","")</f>
         <v/>
       </c>
       <c r="M88" s="23"/>
       <c r="N88" s="23"/>
       <c r="O88" s="23"/>
       <c r="P88" s="23"/>
       <c r="Q88" s="23"/>
       <c r="R88" s="23"/>
       <c r="S88" s="26"/>
       <c r="T88" s="23"/>
       <c r="U88" s="23"/>
       <c r="V88" s="23"/>
       <c r="W88" s="23"/>
       <c r="X88" s="23"/>
       <c r="Y88" s="23"/>
       <c r="Z88" s="23"/>
       <c r="AA88" s="23"/>
       <c r="AB88" s="23"/>
       <c r="AC88" s="23"/>
       <c r="AD88" s="23"/>
       <c r="AE88" s="23"/>
       <c r="AF88" s="23"/>
       <c r="AG88" s="23"/>
       <c r="AH88" s="23"/>
       <c r="AI88" s="23"/>
       <c r="AJ88" s="23"/>
-      <c r="AK88" s="274" t="str">
-        <f>IF(AU91=TRUE,"Info: Diese Begründung ist nur für die Kategorien Wohnen gültig","")</f>
+      <c r="AK88" s="80" t="str">
+        <f>IF(AND(AU91=TRUE,AU92=TRUE),"Info: Diese Begründung ist nur für die Kategorien Wohnen gültig","")</f>
         <v/>
       </c>
       <c r="AL88" s="1"/>
       <c r="AQ88" s="26" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="89" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="229" t="s">
+      <c r="B89" s="187" t="s">
         <v>300</v>
       </c>
-      <c r="C89" s="229"/>
-[...33 lines deleted...]
-      <c r="AK89" s="229"/>
+      <c r="C89" s="187"/>
+      <c r="D89" s="187"/>
+      <c r="E89" s="187"/>
+      <c r="F89" s="187"/>
+      <c r="G89" s="187"/>
+      <c r="H89" s="187"/>
+      <c r="I89" s="187"/>
+      <c r="J89" s="187"/>
+      <c r="K89" s="187"/>
+      <c r="L89" s="187"/>
+      <c r="M89" s="187"/>
+      <c r="N89" s="187"/>
+      <c r="O89" s="187"/>
+      <c r="P89" s="187"/>
+      <c r="Q89" s="187"/>
+      <c r="R89" s="187"/>
+      <c r="S89" s="187"/>
+      <c r="T89" s="187"/>
+      <c r="U89" s="187"/>
+      <c r="V89" s="187"/>
+      <c r="W89" s="187"/>
+      <c r="X89" s="187"/>
+      <c r="Y89" s="187"/>
+      <c r="Z89" s="187"/>
+      <c r="AA89" s="187"/>
+      <c r="AB89" s="187"/>
+      <c r="AC89" s="187"/>
+      <c r="AD89" s="187"/>
+      <c r="AE89" s="187"/>
+      <c r="AF89" s="187"/>
+      <c r="AG89" s="187"/>
+      <c r="AH89" s="187"/>
+      <c r="AI89" s="187"/>
+      <c r="AJ89" s="187"/>
+      <c r="AK89" s="187"/>
       <c r="AL89" s="1"/>
       <c r="AQ89" s="26" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="90" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
-      <c r="B90" s="230"/>
-[...34 lines deleted...]
-      <c r="AK90" s="232"/>
+      <c r="B90" s="188"/>
+      <c r="C90" s="189"/>
+      <c r="D90" s="189"/>
+      <c r="E90" s="189"/>
+      <c r="F90" s="189"/>
+      <c r="G90" s="189"/>
+      <c r="H90" s="189"/>
+      <c r="I90" s="189"/>
+      <c r="J90" s="189"/>
+      <c r="K90" s="189"/>
+      <c r="L90" s="189"/>
+      <c r="M90" s="189"/>
+      <c r="N90" s="189"/>
+      <c r="O90" s="189"/>
+      <c r="P90" s="189"/>
+      <c r="Q90" s="189"/>
+      <c r="R90" s="189"/>
+      <c r="S90" s="189"/>
+      <c r="T90" s="189"/>
+      <c r="U90" s="189"/>
+      <c r="V90" s="189"/>
+      <c r="W90" s="189"/>
+      <c r="X90" s="189"/>
+      <c r="Y90" s="189"/>
+      <c r="Z90" s="189"/>
+      <c r="AA90" s="189"/>
+      <c r="AB90" s="189"/>
+      <c r="AC90" s="189"/>
+      <c r="AD90" s="189"/>
+      <c r="AE90" s="189"/>
+      <c r="AF90" s="189"/>
+      <c r="AG90" s="189"/>
+      <c r="AH90" s="189"/>
+      <c r="AI90" s="189"/>
+      <c r="AJ90" s="189"/>
+      <c r="AK90" s="190"/>
       <c r="AL90" s="1"/>
     </row>
     <row r="91" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
-      <c r="B91" s="233"/>
-[...34 lines deleted...]
-      <c r="AK91" s="235"/>
+      <c r="B91" s="191"/>
+      <c r="C91" s="192"/>
+      <c r="D91" s="192"/>
+      <c r="E91" s="192"/>
+      <c r="F91" s="192"/>
+      <c r="G91" s="192"/>
+      <c r="H91" s="192"/>
+      <c r="I91" s="192"/>
+      <c r="J91" s="192"/>
+      <c r="K91" s="192"/>
+      <c r="L91" s="192"/>
+      <c r="M91" s="192"/>
+      <c r="N91" s="192"/>
+      <c r="O91" s="192"/>
+      <c r="P91" s="192"/>
+      <c r="Q91" s="192"/>
+      <c r="R91" s="192"/>
+      <c r="S91" s="192"/>
+      <c r="T91" s="192"/>
+      <c r="U91" s="192"/>
+      <c r="V91" s="192"/>
+      <c r="W91" s="192"/>
+      <c r="X91" s="192"/>
+      <c r="Y91" s="192"/>
+      <c r="Z91" s="192"/>
+      <c r="AA91" s="192"/>
+      <c r="AB91" s="192"/>
+      <c r="AC91" s="192"/>
+      <c r="AD91" s="192"/>
+      <c r="AE91" s="192"/>
+      <c r="AF91" s="192"/>
+      <c r="AG91" s="192"/>
+      <c r="AH91" s="192"/>
+      <c r="AI91" s="192"/>
+      <c r="AJ91" s="192"/>
+      <c r="AK91" s="193"/>
       <c r="AL91" s="1"/>
       <c r="AU91" s="26" t="b">
         <f>IF(K87="Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente",TRUE,FALSE)</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
-      <c r="B92" s="233"/>
-[...34 lines deleted...]
-      <c r="AK92" s="235"/>
+      <c r="B92" s="191"/>
+      <c r="C92" s="192"/>
+      <c r="D92" s="192"/>
+      <c r="E92" s="192"/>
+      <c r="F92" s="192"/>
+      <c r="G92" s="192"/>
+      <c r="H92" s="192"/>
+      <c r="I92" s="192"/>
+      <c r="J92" s="192"/>
+      <c r="K92" s="192"/>
+      <c r="L92" s="192"/>
+      <c r="M92" s="192"/>
+      <c r="N92" s="192"/>
+      <c r="O92" s="192"/>
+      <c r="P92" s="192"/>
+      <c r="Q92" s="192"/>
+      <c r="R92" s="192"/>
+      <c r="S92" s="192"/>
+      <c r="T92" s="192"/>
+      <c r="U92" s="192"/>
+      <c r="V92" s="192"/>
+      <c r="W92" s="192"/>
+      <c r="X92" s="192"/>
+      <c r="Y92" s="192"/>
+      <c r="Z92" s="192"/>
+      <c r="AA92" s="192"/>
+      <c r="AB92" s="192"/>
+      <c r="AC92" s="192"/>
+      <c r="AD92" s="192"/>
+      <c r="AE92" s="192"/>
+      <c r="AF92" s="192"/>
+      <c r="AG92" s="192"/>
+      <c r="AH92" s="192"/>
+      <c r="AI92" s="192"/>
+      <c r="AJ92" s="192"/>
+      <c r="AK92" s="193"/>
       <c r="AL92" s="1"/>
+      <c r="AU92" s="26" t="b">
+        <f>IF(K86="Manuell, standardisierter, opaker, äusserer Sonnenschutz",TRUE,FALSE)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="93" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
-      <c r="B93" s="233"/>
-[...34 lines deleted...]
-      <c r="AK93" s="235"/>
+      <c r="B93" s="191"/>
+      <c r="C93" s="192"/>
+      <c r="D93" s="192"/>
+      <c r="E93" s="192"/>
+      <c r="F93" s="192"/>
+      <c r="G93" s="192"/>
+      <c r="H93" s="192"/>
+      <c r="I93" s="192"/>
+      <c r="J93" s="192"/>
+      <c r="K93" s="192"/>
+      <c r="L93" s="192"/>
+      <c r="M93" s="192"/>
+      <c r="N93" s="192"/>
+      <c r="O93" s="192"/>
+      <c r="P93" s="192"/>
+      <c r="Q93" s="192"/>
+      <c r="R93" s="192"/>
+      <c r="S93" s="192"/>
+      <c r="T93" s="192"/>
+      <c r="U93" s="192"/>
+      <c r="V93" s="192"/>
+      <c r="W93" s="192"/>
+      <c r="X93" s="192"/>
+      <c r="Y93" s="192"/>
+      <c r="Z93" s="192"/>
+      <c r="AA93" s="192"/>
+      <c r="AB93" s="192"/>
+      <c r="AC93" s="192"/>
+      <c r="AD93" s="192"/>
+      <c r="AE93" s="192"/>
+      <c r="AF93" s="192"/>
+      <c r="AG93" s="192"/>
+      <c r="AH93" s="192"/>
+      <c r="AI93" s="192"/>
+      <c r="AJ93" s="192"/>
+      <c r="AK93" s="193"/>
       <c r="AL93" s="1"/>
     </row>
     <row r="94" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
-      <c r="B94" s="233"/>
-[...34 lines deleted...]
-      <c r="AK94" s="235"/>
+      <c r="B94" s="191"/>
+      <c r="C94" s="192"/>
+      <c r="D94" s="192"/>
+      <c r="E94" s="192"/>
+      <c r="F94" s="192"/>
+      <c r="G94" s="192"/>
+      <c r="H94" s="192"/>
+      <c r="I94" s="192"/>
+      <c r="J94" s="192"/>
+      <c r="K94" s="192"/>
+      <c r="L94" s="192"/>
+      <c r="M94" s="192"/>
+      <c r="N94" s="192"/>
+      <c r="O94" s="192"/>
+      <c r="P94" s="192"/>
+      <c r="Q94" s="192"/>
+      <c r="R94" s="192"/>
+      <c r="S94" s="192"/>
+      <c r="T94" s="192"/>
+      <c r="U94" s="192"/>
+      <c r="V94" s="192"/>
+      <c r="W94" s="192"/>
+      <c r="X94" s="192"/>
+      <c r="Y94" s="192"/>
+      <c r="Z94" s="192"/>
+      <c r="AA94" s="192"/>
+      <c r="AB94" s="192"/>
+      <c r="AC94" s="192"/>
+      <c r="AD94" s="192"/>
+      <c r="AE94" s="192"/>
+      <c r="AF94" s="192"/>
+      <c r="AG94" s="192"/>
+      <c r="AH94" s="192"/>
+      <c r="AI94" s="192"/>
+      <c r="AJ94" s="192"/>
+      <c r="AK94" s="193"/>
       <c r="AL94" s="1"/>
     </row>
     <row r="95" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
-      <c r="B95" s="236"/>
-[...34 lines deleted...]
-      <c r="AK95" s="238"/>
+      <c r="B95" s="194"/>
+      <c r="C95" s="195"/>
+      <c r="D95" s="195"/>
+      <c r="E95" s="195"/>
+      <c r="F95" s="195"/>
+      <c r="G95" s="195"/>
+      <c r="H95" s="195"/>
+      <c r="I95" s="195"/>
+      <c r="J95" s="195"/>
+      <c r="K95" s="195"/>
+      <c r="L95" s="195"/>
+      <c r="M95" s="195"/>
+      <c r="N95" s="195"/>
+      <c r="O95" s="195"/>
+      <c r="P95" s="195"/>
+      <c r="Q95" s="195"/>
+      <c r="R95" s="195"/>
+      <c r="S95" s="195"/>
+      <c r="T95" s="195"/>
+      <c r="U95" s="195"/>
+      <c r="V95" s="195"/>
+      <c r="W95" s="195"/>
+      <c r="X95" s="195"/>
+      <c r="Y95" s="195"/>
+      <c r="Z95" s="195"/>
+      <c r="AA95" s="195"/>
+      <c r="AB95" s="195"/>
+      <c r="AC95" s="195"/>
+      <c r="AD95" s="195"/>
+      <c r="AE95" s="195"/>
+      <c r="AF95" s="195"/>
+      <c r="AG95" s="195"/>
+      <c r="AH95" s="195"/>
+      <c r="AI95" s="195"/>
+      <c r="AJ95" s="195"/>
+      <c r="AK95" s="196"/>
       <c r="AL95" s="1"/>
     </row>
     <row r="96" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="37"/>
       <c r="C96" s="38"/>
       <c r="D96" s="39" t="s">
         <v>287</v>
       </c>
       <c r="E96" s="38"/>
       <c r="F96" s="38"/>
       <c r="G96" s="38"/>
       <c r="H96" s="38"/>
       <c r="I96" s="38"/>
       <c r="J96" s="38"/>
       <c r="K96" s="38"/>
       <c r="L96" s="38"/>
       <c r="M96" s="38"/>
       <c r="N96" s="38"/>
       <c r="O96" s="38"/>
       <c r="P96" s="38"/>
       <c r="Q96" s="38"/>
       <c r="R96" s="38"/>
       <c r="S96" s="38"/>
       <c r="T96" s="38"/>
       <c r="U96" s="38"/>
@@ -25363,51 +25371,51 @@
       <c r="O99" s="38"/>
       <c r="P99" s="38"/>
       <c r="Q99" s="38"/>
       <c r="R99" s="38"/>
       <c r="S99" s="38"/>
       <c r="T99" s="38"/>
       <c r="U99" s="38"/>
       <c r="V99" s="38"/>
       <c r="W99" s="38"/>
       <c r="X99" s="38"/>
       <c r="Y99" s="38"/>
       <c r="Z99" s="38"/>
       <c r="AA99" s="38"/>
       <c r="AB99" s="38"/>
       <c r="AC99" s="38"/>
       <c r="AD99" s="38"/>
       <c r="AE99" s="38"/>
       <c r="AF99" s="38"/>
       <c r="AG99" s="38"/>
       <c r="AH99" s="38"/>
       <c r="AI99" s="38"/>
       <c r="AJ99" s="38"/>
       <c r="AK99" s="40"/>
       <c r="AL99" s="1"/>
       <c r="AQ99" s="50" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
     </row>
     <row r="100" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="41"/>
       <c r="C100" s="42"/>
       <c r="D100" s="68" t="s">
         <v>281</v>
       </c>
       <c r="E100" s="42"/>
       <c r="F100" s="42"/>
       <c r="G100" s="42"/>
       <c r="H100" s="42"/>
       <c r="I100" s="42"/>
       <c r="J100" s="42"/>
       <c r="K100" s="42"/>
       <c r="L100" s="42"/>
       <c r="M100" s="42"/>
       <c r="N100" s="42"/>
       <c r="O100" s="42"/>
       <c r="P100" s="42"/>
       <c r="Q100" s="42"/>
       <c r="R100" s="42"/>
       <c r="S100" s="42"/>
       <c r="T100" s="42"/>
@@ -25499,520 +25507,520 @@
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
       <c r="Z102" s="1"/>
       <c r="AA102" s="1"/>
       <c r="AB102" s="1"/>
       <c r="AC102" s="1"/>
       <c r="AD102" s="1"/>
       <c r="AE102" s="1"/>
       <c r="AF102" s="1"/>
       <c r="AG102" s="1"/>
       <c r="AH102" s="1"/>
       <c r="AI102" s="1"/>
       <c r="AJ102" s="1"/>
       <c r="AK102" s="1"/>
       <c r="AL102" s="1"/>
       <c r="AQ102" s="50" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="103" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
-      <c r="B103" s="212" t="s">
+      <c r="B103" s="169" t="s">
         <v>274</v>
       </c>
-      <c r="C103" s="212"/>
-[...4 lines deleted...]
-      <c r="H103" s="214" t="s">
+      <c r="C103" s="169"/>
+      <c r="D103" s="169"/>
+      <c r="E103" s="169"/>
+      <c r="F103" s="169"/>
+      <c r="G103" s="170"/>
+      <c r="H103" s="171" t="s">
         <v>273</v>
       </c>
-      <c r="I103" s="215"/>
-[...29 lines deleted...]
-      <c r="AK103" s="222"/>
+      <c r="I103" s="172"/>
+      <c r="J103" s="172"/>
+      <c r="K103" s="172"/>
+      <c r="L103" s="172"/>
+      <c r="M103" s="172"/>
+      <c r="N103" s="172"/>
+      <c r="O103" s="172"/>
+      <c r="P103" s="172"/>
+      <c r="Q103" s="172"/>
+      <c r="R103" s="172"/>
+      <c r="S103" s="172"/>
+      <c r="T103" s="172"/>
+      <c r="U103" s="172"/>
+      <c r="V103" s="173"/>
+      <c r="W103" s="177" t="s">
+        <v>311</v>
+      </c>
+      <c r="X103" s="178"/>
+      <c r="Y103" s="178"/>
+      <c r="Z103" s="178"/>
+      <c r="AA103" s="178"/>
+      <c r="AB103" s="178"/>
+      <c r="AC103" s="178"/>
+      <c r="AD103" s="178"/>
+      <c r="AE103" s="178"/>
+      <c r="AF103" s="178"/>
+      <c r="AG103" s="178"/>
+      <c r="AH103" s="178"/>
+      <c r="AI103" s="178"/>
+      <c r="AJ103" s="178"/>
+      <c r="AK103" s="179"/>
       <c r="AL103" s="1"/>
       <c r="AQ103" s="50" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="104" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
       <c r="B104" s="24"/>
       <c r="C104" s="24"/>
       <c r="D104" s="24"/>
       <c r="E104" s="24"/>
       <c r="F104" s="24"/>
       <c r="G104" s="24"/>
-      <c r="H104" s="217"/>
-[...28 lines deleted...]
-      <c r="AK104" s="225"/>
+      <c r="H104" s="174"/>
+      <c r="I104" s="175"/>
+      <c r="J104" s="175"/>
+      <c r="K104" s="175"/>
+      <c r="L104" s="175"/>
+      <c r="M104" s="175"/>
+      <c r="N104" s="175"/>
+      <c r="O104" s="175"/>
+      <c r="P104" s="175"/>
+      <c r="Q104" s="175"/>
+      <c r="R104" s="175"/>
+      <c r="S104" s="175"/>
+      <c r="T104" s="175"/>
+      <c r="U104" s="175"/>
+      <c r="V104" s="176"/>
+      <c r="W104" s="180"/>
+      <c r="X104" s="181"/>
+      <c r="Y104" s="181"/>
+      <c r="Z104" s="181"/>
+      <c r="AA104" s="181"/>
+      <c r="AB104" s="181"/>
+      <c r="AC104" s="181"/>
+      <c r="AD104" s="181"/>
+      <c r="AE104" s="181"/>
+      <c r="AF104" s="181"/>
+      <c r="AG104" s="181"/>
+      <c r="AH104" s="181"/>
+      <c r="AI104" s="181"/>
+      <c r="AJ104" s="181"/>
+      <c r="AK104" s="182"/>
       <c r="AL104" s="1"/>
       <c r="AQ104" s="50" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="105" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
-      <c r="B105" s="146" t="s">
+      <c r="B105" s="143" t="s">
         <v>275</v>
       </c>
-      <c r="C105" s="146"/>
-[...33 lines deleted...]
-      <c r="AK105" s="251"/>
+      <c r="C105" s="143"/>
+      <c r="D105" s="143"/>
+      <c r="E105" s="143"/>
+      <c r="F105" s="143"/>
+      <c r="G105" s="144"/>
+      <c r="H105" s="157"/>
+      <c r="I105" s="158"/>
+      <c r="J105" s="158"/>
+      <c r="K105" s="158"/>
+      <c r="L105" s="158"/>
+      <c r="M105" s="158"/>
+      <c r="N105" s="158"/>
+      <c r="O105" s="158"/>
+      <c r="P105" s="158"/>
+      <c r="Q105" s="158"/>
+      <c r="R105" s="158"/>
+      <c r="S105" s="158"/>
+      <c r="T105" s="158"/>
+      <c r="U105" s="158"/>
+      <c r="V105" s="159"/>
+      <c r="W105" s="163"/>
+      <c r="X105" s="164"/>
+      <c r="Y105" s="164"/>
+      <c r="Z105" s="164"/>
+      <c r="AA105" s="164"/>
+      <c r="AB105" s="164"/>
+      <c r="AC105" s="164"/>
+      <c r="AD105" s="164"/>
+      <c r="AE105" s="164"/>
+      <c r="AF105" s="164"/>
+      <c r="AG105" s="164"/>
+      <c r="AH105" s="164"/>
+      <c r="AI105" s="164"/>
+      <c r="AJ105" s="164"/>
+      <c r="AK105" s="165"/>
       <c r="AL105" s="1"/>
       <c r="AQ105" s="50" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="106" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
-      <c r="B106" s="146"/>
-[...34 lines deleted...]
-      <c r="AK106" s="254"/>
+      <c r="B106" s="143"/>
+      <c r="C106" s="143"/>
+      <c r="D106" s="143"/>
+      <c r="E106" s="143"/>
+      <c r="F106" s="143"/>
+      <c r="G106" s="144"/>
+      <c r="H106" s="160"/>
+      <c r="I106" s="161"/>
+      <c r="J106" s="161"/>
+      <c r="K106" s="161"/>
+      <c r="L106" s="161"/>
+      <c r="M106" s="161"/>
+      <c r="N106" s="161"/>
+      <c r="O106" s="161"/>
+      <c r="P106" s="161"/>
+      <c r="Q106" s="161"/>
+      <c r="R106" s="161"/>
+      <c r="S106" s="161"/>
+      <c r="T106" s="161"/>
+      <c r="U106" s="161"/>
+      <c r="V106" s="162"/>
+      <c r="W106" s="166"/>
+      <c r="X106" s="167"/>
+      <c r="Y106" s="167"/>
+      <c r="Z106" s="167"/>
+      <c r="AA106" s="167"/>
+      <c r="AB106" s="167"/>
+      <c r="AC106" s="167"/>
+      <c r="AD106" s="167"/>
+      <c r="AE106" s="167"/>
+      <c r="AF106" s="167"/>
+      <c r="AG106" s="167"/>
+      <c r="AH106" s="167"/>
+      <c r="AI106" s="167"/>
+      <c r="AJ106" s="167"/>
+      <c r="AK106" s="168"/>
       <c r="AL106" s="1"/>
       <c r="AQ106" s="50" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="107" spans="1:45" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
-      <c r="B107" s="188" t="s">
+      <c r="B107" s="135" t="s">
         <v>276</v>
       </c>
-      <c r="C107" s="188"/>
-[...33 lines deleted...]
-      <c r="AK107" s="260"/>
+      <c r="C107" s="135"/>
+      <c r="D107" s="135"/>
+      <c r="E107" s="135"/>
+      <c r="F107" s="135"/>
+      <c r="G107" s="136"/>
+      <c r="H107" s="137"/>
+      <c r="I107" s="138"/>
+      <c r="J107" s="138"/>
+      <c r="K107" s="138"/>
+      <c r="L107" s="138"/>
+      <c r="M107" s="138"/>
+      <c r="N107" s="138"/>
+      <c r="O107" s="138"/>
+      <c r="P107" s="138"/>
+      <c r="Q107" s="138"/>
+      <c r="R107" s="138"/>
+      <c r="S107" s="138"/>
+      <c r="T107" s="138"/>
+      <c r="U107" s="138"/>
+      <c r="V107" s="139"/>
+      <c r="W107" s="140"/>
+      <c r="X107" s="141"/>
+      <c r="Y107" s="141"/>
+      <c r="Z107" s="141"/>
+      <c r="AA107" s="141"/>
+      <c r="AB107" s="141"/>
+      <c r="AC107" s="141"/>
+      <c r="AD107" s="141"/>
+      <c r="AE107" s="141"/>
+      <c r="AF107" s="141"/>
+      <c r="AG107" s="141"/>
+      <c r="AH107" s="141"/>
+      <c r="AI107" s="141"/>
+      <c r="AJ107" s="141"/>
+      <c r="AK107" s="142"/>
       <c r="AL107" s="1"/>
       <c r="AP107" s="26" t="s">
         <v>304</v>
       </c>
       <c r="AS107" s="26" t="str">
         <f>IF(OR(AD33&gt;12,U33&lt;&gt;0,AN41=2,AN42=2,AN43=2,K87=AQ106),"oui","non")</f>
         <v>non</v>
       </c>
     </row>
     <row r="108" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
-      <c r="B108" s="188" t="s">
+      <c r="B108" s="135" t="s">
         <v>277</v>
       </c>
-      <c r="C108" s="188"/>
-[...33 lines deleted...]
-      <c r="AK108" s="260"/>
+      <c r="C108" s="135"/>
+      <c r="D108" s="135"/>
+      <c r="E108" s="135"/>
+      <c r="F108" s="135"/>
+      <c r="G108" s="136"/>
+      <c r="H108" s="137"/>
+      <c r="I108" s="138"/>
+      <c r="J108" s="138"/>
+      <c r="K108" s="138"/>
+      <c r="L108" s="138"/>
+      <c r="M108" s="138"/>
+      <c r="N108" s="138"/>
+      <c r="O108" s="138"/>
+      <c r="P108" s="138"/>
+      <c r="Q108" s="138"/>
+      <c r="R108" s="138"/>
+      <c r="S108" s="138"/>
+      <c r="T108" s="138"/>
+      <c r="U108" s="138"/>
+      <c r="V108" s="139"/>
+      <c r="W108" s="140"/>
+      <c r="X108" s="141"/>
+      <c r="Y108" s="141"/>
+      <c r="Z108" s="141"/>
+      <c r="AA108" s="141"/>
+      <c r="AB108" s="141"/>
+      <c r="AC108" s="141"/>
+      <c r="AD108" s="141"/>
+      <c r="AE108" s="141"/>
+      <c r="AF108" s="141"/>
+      <c r="AG108" s="141"/>
+      <c r="AH108" s="141"/>
+      <c r="AI108" s="141"/>
+      <c r="AJ108" s="141"/>
+      <c r="AK108" s="142"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:45" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
-      <c r="B109" s="146" t="s">
+      <c r="B109" s="143" t="s">
         <v>278</v>
       </c>
-      <c r="C109" s="146"/>
-[...33 lines deleted...]
-      <c r="AK109" s="270"/>
+      <c r="C109" s="143"/>
+      <c r="D109" s="143"/>
+      <c r="E109" s="143"/>
+      <c r="F109" s="143"/>
+      <c r="G109" s="144"/>
+      <c r="H109" s="145"/>
+      <c r="I109" s="146"/>
+      <c r="J109" s="146"/>
+      <c r="K109" s="146"/>
+      <c r="L109" s="146"/>
+      <c r="M109" s="146"/>
+      <c r="N109" s="146"/>
+      <c r="O109" s="146"/>
+      <c r="P109" s="146"/>
+      <c r="Q109" s="146"/>
+      <c r="R109" s="146"/>
+      <c r="S109" s="146"/>
+      <c r="T109" s="146"/>
+      <c r="U109" s="146"/>
+      <c r="V109" s="147"/>
+      <c r="W109" s="151"/>
+      <c r="X109" s="152"/>
+      <c r="Y109" s="152"/>
+      <c r="Z109" s="152"/>
+      <c r="AA109" s="152"/>
+      <c r="AB109" s="152"/>
+      <c r="AC109" s="152"/>
+      <c r="AD109" s="152"/>
+      <c r="AE109" s="152"/>
+      <c r="AF109" s="152"/>
+      <c r="AG109" s="152"/>
+      <c r="AH109" s="152"/>
+      <c r="AI109" s="152"/>
+      <c r="AJ109" s="152"/>
+      <c r="AK109" s="153"/>
       <c r="AL109" s="1"/>
     </row>
     <row r="110" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1"/>
-      <c r="B110" s="146"/>
-[...34 lines deleted...]
-      <c r="AK110" s="273"/>
+      <c r="B110" s="143"/>
+      <c r="C110" s="143"/>
+      <c r="D110" s="143"/>
+      <c r="E110" s="143"/>
+      <c r="F110" s="143"/>
+      <c r="G110" s="144"/>
+      <c r="H110" s="148"/>
+      <c r="I110" s="149"/>
+      <c r="J110" s="149"/>
+      <c r="K110" s="149"/>
+      <c r="L110" s="149"/>
+      <c r="M110" s="149"/>
+      <c r="N110" s="149"/>
+      <c r="O110" s="149"/>
+      <c r="P110" s="149"/>
+      <c r="Q110" s="149"/>
+      <c r="R110" s="149"/>
+      <c r="S110" s="149"/>
+      <c r="T110" s="149"/>
+      <c r="U110" s="149"/>
+      <c r="V110" s="150"/>
+      <c r="W110" s="154"/>
+      <c r="X110" s="155"/>
+      <c r="Y110" s="155"/>
+      <c r="Z110" s="155"/>
+      <c r="AA110" s="155"/>
+      <c r="AB110" s="155"/>
+      <c r="AC110" s="155"/>
+      <c r="AD110" s="155"/>
+      <c r="AE110" s="155"/>
+      <c r="AF110" s="155"/>
+      <c r="AG110" s="155"/>
+      <c r="AH110" s="155"/>
+      <c r="AI110" s="155"/>
+      <c r="AJ110" s="155"/>
+      <c r="AK110" s="156"/>
       <c r="AL110" s="1"/>
     </row>
     <row r="111" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1"/>
       <c r="B111" s="1"/>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
       <c r="Z111" s="1"/>
       <c r="AA111" s="1"/>
       <c r="AB111" s="1"/>
       <c r="AC111" s="1"/>
       <c r="AD111" s="1"/>
       <c r="AE111" s="1"/>
       <c r="AF111" s="1"/>
       <c r="AG111" s="1"/>
       <c r="AH111" s="1"/>
       <c r="AI111" s="1"/>
       <c r="AJ111" s="1"/>
       <c r="AK111" s="70" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="AL111" s="1"/>
     </row>
     <row r="112" spans="1:45" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1"/>
       <c r="B112" s="1"/>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
       <c r="Z112" s="1"/>
       <c r="AA112" s="1"/>
       <c r="AB112" s="1"/>
       <c r="AC112" s="1"/>
       <c r="AD112" s="1"/>
       <c r="AE112" s="1"/>
       <c r="AF112" s="1"/>
       <c r="AG112" s="1"/>
       <c r="AH112" s="1"/>
       <c r="AI112" s="1"/>
       <c r="AJ112" s="1"/>
       <c r="AK112" s="1"/>
       <c r="AL112" s="1"/>
     </row>
     <row r="113" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="18"/>
-      <c r="B113" s="261"/>
-[...33 lines deleted...]
-      <c r="AJ113" s="261"/>
+      <c r="B113" s="134"/>
+      <c r="C113" s="134"/>
+      <c r="D113" s="134"/>
+      <c r="E113" s="134"/>
+      <c r="F113" s="134"/>
+      <c r="G113" s="134"/>
+      <c r="H113" s="134"/>
+      <c r="I113" s="134"/>
+      <c r="J113" s="134"/>
+      <c r="K113" s="134"/>
+      <c r="L113" s="134"/>
+      <c r="M113" s="134"/>
+      <c r="N113" s="134"/>
+      <c r="O113" s="134"/>
+      <c r="P113" s="134"/>
+      <c r="Q113" s="134"/>
+      <c r="R113" s="134"/>
+      <c r="S113" s="134"/>
+      <c r="T113" s="134"/>
+      <c r="U113" s="134"/>
+      <c r="V113" s="134"/>
+      <c r="W113" s="134"/>
+      <c r="X113" s="134"/>
+      <c r="Y113" s="134"/>
+      <c r="Z113" s="134"/>
+      <c r="AA113" s="134"/>
+      <c r="AB113" s="134"/>
+      <c r="AC113" s="134"/>
+      <c r="AD113" s="134"/>
+      <c r="AE113" s="134"/>
+      <c r="AF113" s="134"/>
+      <c r="AG113" s="134"/>
+      <c r="AH113" s="134"/>
+      <c r="AI113" s="134"/>
+      <c r="AJ113" s="134"/>
       <c r="AK113" s="1"/>
       <c r="AL113" s="1"/>
     </row>
     <row r="114" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -26071,149 +26079,149 @@
     <row r="216" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="243" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="244" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="245" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="246" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="247" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="248" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="250" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="261" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="262" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="267" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="268" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="269" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="270" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="271" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="277" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="278" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="279" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="280" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="281" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="282" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="283" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="284" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="285" ht="13.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="w6FdJ3zIp2ppSD2pFdFB5CheiWpwXtF9h/SDNA1jYlt7G0auehs7peY+Mz3d8ciLWM7bN/lKSjCN5Vs7zr7KNg==" saltValue="UaWlTleuaQJJQuu9+fokGw==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="lGRMJjT/G8mr2QrxnKVx8awPIOr9R04FPXyos9IjgbkdMz8fviiJzbXzD9tD+20u5wygbil2SMIuWDN5aA+L1A==" saltValue="rUZhmYS3uRulUC3qh2D68w==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="97">
-    <mergeCell ref="K83:AB83"/>
-[...9 lines deleted...]
-    <mergeCell ref="W105:AK106"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="Z14:AB14"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="Z17:AB17"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="U23:W23"/>
+    <mergeCell ref="AD23:AF23"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="U26:W26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="AD26:AF26"/>
+    <mergeCell ref="Z18:AB18"/>
+    <mergeCell ref="U19:W19"/>
+    <mergeCell ref="AD19:AF19"/>
+    <mergeCell ref="AD20:AF20"/>
+    <mergeCell ref="Q22:S22"/>
+    <mergeCell ref="Z22:AB22"/>
+    <mergeCell ref="Q29:S29"/>
+    <mergeCell ref="U29:W29"/>
+    <mergeCell ref="Z29:AB29"/>
+    <mergeCell ref="AD29:AF29"/>
+    <mergeCell ref="Q30:S30"/>
+    <mergeCell ref="U30:W30"/>
+    <mergeCell ref="Z30:AB30"/>
+    <mergeCell ref="AD30:AF30"/>
+    <mergeCell ref="Q27:S27"/>
+    <mergeCell ref="U27:W27"/>
+    <mergeCell ref="Z27:AB27"/>
+    <mergeCell ref="AD27:AF27"/>
+    <mergeCell ref="Q28:S28"/>
+    <mergeCell ref="U28:W28"/>
+    <mergeCell ref="Z28:AB28"/>
+    <mergeCell ref="AD28:AF28"/>
+    <mergeCell ref="Z35:AJ36"/>
+    <mergeCell ref="Q38:Y39"/>
+    <mergeCell ref="Z38:AJ38"/>
+    <mergeCell ref="S44:AK44"/>
+    <mergeCell ref="AD48:AF48"/>
+    <mergeCell ref="Q34:Y36"/>
+    <mergeCell ref="Q31:S31"/>
+    <mergeCell ref="U31:W31"/>
+    <mergeCell ref="Z31:AB31"/>
+    <mergeCell ref="AD31:AF31"/>
+    <mergeCell ref="Q33:S33"/>
+    <mergeCell ref="U33:W33"/>
+    <mergeCell ref="Z33:AB33"/>
+    <mergeCell ref="AD33:AF33"/>
+    <mergeCell ref="B66:B67"/>
+    <mergeCell ref="C66:AK67"/>
+    <mergeCell ref="I50:AK50"/>
+    <mergeCell ref="I51:AK51"/>
+    <mergeCell ref="S54:AK54"/>
+    <mergeCell ref="S57:AK57"/>
+    <mergeCell ref="S58:AK58"/>
+    <mergeCell ref="W60:AK60"/>
+    <mergeCell ref="K80:AB80"/>
+    <mergeCell ref="H63:T63"/>
+    <mergeCell ref="AD63:AG63"/>
+    <mergeCell ref="AD64:AG64"/>
+    <mergeCell ref="V81:AI81"/>
+    <mergeCell ref="V75:X75"/>
+    <mergeCell ref="AH75:AI75"/>
+    <mergeCell ref="V76:X76"/>
+    <mergeCell ref="AH76:AI76"/>
+    <mergeCell ref="L78:N78"/>
     <mergeCell ref="H109:V110"/>
     <mergeCell ref="W109:AK110"/>
     <mergeCell ref="B113:AJ113"/>
     <mergeCell ref="B105:G106"/>
     <mergeCell ref="B107:G107"/>
     <mergeCell ref="B108:G108"/>
     <mergeCell ref="B109:G110"/>
     <mergeCell ref="H107:V107"/>
     <mergeCell ref="W107:AK107"/>
     <mergeCell ref="H108:V108"/>
     <mergeCell ref="W108:AK108"/>
-    <mergeCell ref="K80:AB80"/>
-[...73 lines deleted...]
-    <mergeCell ref="Z17:AB17"/>
+    <mergeCell ref="B90:AK95"/>
+    <mergeCell ref="B103:G103"/>
+    <mergeCell ref="H103:V104"/>
+    <mergeCell ref="W103:AK104"/>
+    <mergeCell ref="H105:V106"/>
+    <mergeCell ref="W105:AK106"/>
+    <mergeCell ref="K83:AB83"/>
+    <mergeCell ref="S84:AI84"/>
+    <mergeCell ref="K86:AB86"/>
+    <mergeCell ref="B89:AK89"/>
+    <mergeCell ref="K87:AE87"/>
   </mergeCells>
   <conditionalFormatting sqref="B62:AK65">
     <cfRule type="expression" dxfId="13" priority="4">
       <formula>$AN$41=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D97">
     <cfRule type="expression" dxfId="12" priority="3">
       <formula>$AS$107="NON"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D98">
     <cfRule type="expression" dxfId="11" priority="11">
       <formula>$U$33&lt;12</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D99">
     <cfRule type="expression" dxfId="10" priority="8">
       <formula>$K$80&lt;&gt;"valeur g calculée en fonction des valeurs fg des façades"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D100">
     <cfRule type="expression" dxfId="9" priority="7">
       <formula>OR($AN$80=1,$AN$83=1,$AN$86=1)</formula>
     </cfRule>