--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -51,62 +51,62 @@
   <Override PartName="/xl/ctrlProps/ctrlProp32.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp33.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp34.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp35.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp36.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp37.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp38.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp39.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp40.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp41.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp42.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp45.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp46.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp47.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp48.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp49.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp50.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp51.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp52.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp53.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp54.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp55.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp56.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp57.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp58.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp59.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp60.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp61.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp62.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp63.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp64.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp65.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp67.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp68.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp69.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp70.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp71.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp72.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp73.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp74.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp77.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp78.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp79.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp80.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp81.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp82.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp83.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp84.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp85.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp86.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp87.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp88.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp89.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp90.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
@@ -116,138 +116,134 @@
   <Override PartName="/xl/ctrlProps/ctrlProp94.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp95.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp96.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp97.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp98.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp99.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp100.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp101.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp102.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp103.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp104.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp105.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp106.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp107.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp108.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp109.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp110.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp111.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp112.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp113.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp114.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp115.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp116.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp117.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp118.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp119.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/ctrlProps/ctrlProp124.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5518ADEE-A854-4DAF-AC6C-F242E54E26AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0DE1927A-5D2D-485C-B80B-893C3308102B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="5" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="6" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Formulaire_Fr!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Formular_De!$1:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$A$1:$AL$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$A$1:$AL$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AN76" i="4" l="1"/>
-[...2 lines deleted...]
-  <c r="AN82" i="4"/>
+  <c r="AN84" i="4" l="1"/>
+  <c r="AK84" i="4" s="1"/>
+  <c r="AN84" i="1"/>
+  <c r="AK84" i="1" s="1"/>
+  <c r="K84" i="4"/>
+  <c r="K84" i="1"/>
+  <c r="AN76" i="4"/>
+  <c r="AN82" i="4" l="1"/>
   <c r="AC82" i="4"/>
   <c r="S81" i="4"/>
   <c r="AN79" i="4"/>
   <c r="AC79" i="4"/>
   <c r="S78" i="4"/>
   <c r="AC76" i="4"/>
   <c r="AC48" i="4"/>
   <c r="AC47" i="4"/>
   <c r="W23" i="4"/>
   <c r="W20" i="4"/>
   <c r="W19" i="4"/>
   <c r="Z16" i="4"/>
   <c r="S14" i="4"/>
   <c r="AN76" i="1"/>
   <c r="AN79" i="1"/>
   <c r="AN82" i="1"/>
-  <c r="K84" i="1" l="1"/>
-  <c r="AC83" i="1"/>
   <c r="AC48" i="1" l="1"/>
   <c r="AC47" i="1"/>
   <c r="Z16" i="1" l="1"/>
   <c r="W19" i="1" l="1"/>
   <c r="AC82" i="1" l="1"/>
   <c r="AC79" i="1"/>
   <c r="AC76" i="1"/>
   <c r="W23" i="1" l="1"/>
   <c r="S81" i="1" l="1"/>
   <c r="S78" i="1"/>
   <c r="W20" i="1"/>
   <c r="S14" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tanina Menoud</author>
   </authors>
   <commentList>
     <comment ref="AB7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
@@ -442,50 +438,125 @@
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>La consommation totale d’électricité d’une nouvelle installation de rafraîchissement, d’humidification ou de déshumidification doit être couverte exclusivement par une production d’électricité sur site au moyen d’énergies renouvelables. 
 Sont exemptés les bâtiments d'habitation ainsi que les installations pour des locaux qui exigent un climat ambiant spécial ou pour des processus
 industriels.</t>
         </r>
       </text>
     </comment>
     <comment ref="Y70" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000B000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>si plusieurs installations, utiliser plusieurs formulaires</t>
         </r>
       </text>
     </comment>
+    <comment ref="I82" authorId="0" shapeId="0" xr:uid="{8EF93AE7-C091-4F2F-A346-24360B3D0AC1}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Aide à l'application EN-102a chap.8.1</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Une dispense de respect des exigences en matière de protection thermique en été est possible pour : 
+a. des constructions dont le permis de construire est limité à trois ans au maximum (constructions provisoires)2, 
+b. des changements d'affectation, pour autant qu'aucun local concerné par une telle opération ne tombe sous le coup des exigences en matière de protection thermique en été 
+c. des projets pour lesquels il est établi, sur la base d'une procédure de calcul reconnue, qu'il n'y aura pas de consommation accrue d'énergie 
+d. les bâtiments de catégorie XII et les locaux qui ne sont pas destinés à un séjour prolongé des personnes (moins d’une heure par jour) 
+e. les éléments de construction qui, pour des raisons d’exploitation, ne peuvent pas être équipés en conséquence.
+Pour un système de rafraichissement passif, par exemple du free cooling à partir de sondes géothermiques, la commande automatique n’est pas exigée. La seule utilisation de pompes de circulation n’est pas considéré comme du rafraichissement actif.
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Selon MoPEC 2025 adopté par ENDK le 29.08.2025 : </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Art. 1.9 Exigences et justification concernant le confort thermique en été 
+1 Le confort thermique des bâtiments en été doit être justifié.
+2 Pour des locaux rafraîchis ou des locaux pour lesquels un rafraîchissement est nécessaire ou souhaité, les exigences concernant la valeur g et la résistance au vent de la protection solaire sont celles fixées par l’état de la technique. </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Les exigences relatives à la commande de la protection solaire sont celles fixées par l'état de la technique, sauf pour les pompes à chaleur réversibles dans les  bâtiments d’habitation sans éléments actifs supplémentaires d’émission de froid.</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+3 Pour les autres locaux, les exigences relatives à la valeur g de la protection solaire sont celles fixées par l'état de la technique.
+</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tanina Menoud</author>
   </authors>
   <commentList>
     <comment ref="AB7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Die EGID-Nr. ist zu finden unter :
 https://map.geo.admin.ch/</t>
         </r>
         <r>
           <rPr>
@@ -669,56 +740,132 @@
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Der Gesamtelektrizitätsverbrauch einer neuen Anlage zur Kühlung, Befeuchtung und Entfeuchtung muss ausschliesslich durch eine Elektrizitätserzeugung am Standort mit erneuerbaren Energien gedeckt werden. 
 Ausgenommen von dieser Anforderung sind Wohngebäude sowie Anlagen für Räume, die ein besonderes Raumklima erfordern, oder für industrielle Prozesse.</t>
         </r>
       </text>
     </comment>
     <comment ref="T70" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-00000B000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Wenn mehrere Räume mit unterschiedlichen Bedingungen vorhanden sind, müssen mehrere Formulare verwendet werden</t>
         </r>
       </text>
     </comment>
+    <comment ref="I82" authorId="0" shapeId="0" xr:uid="{E58981B4-3737-47FC-93E5-1A6EF8235779}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Vollzugshilfe EN-102 Kap.8.1
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Bei gekühlten Räumen oder bei Räumen, bei welchen eine Kühlung notwendig oder erwünscht ist, sind Anforderungen an den g-Wert, die Steuerung und die Windfestigkeit des Sonnenschutzes nach dem Stand der Technik einzuhalten. Bei den anderen Räumen sind die Anforderungen an den g-Wert des Sonnenschutzes nach dem Stand der Technik einzuhalten. Von den Anforderungen an den sommerlichen Wärmeschutz der Gebäudehülle sind befreit: 
+a. Gebäude, deren Baubewilligung auf maximal 3 Jahre befristet ist (pro-visorische Gebäude);
+b. Umnutzungen, wenn damit keine Räume neu unter die Anforderungen des sommerlichen Wärmeschutzes fallen; 
+c. Vorhaben, für die mit einem anerkannten Rechenverfahren nachgewiesen wird, dass kein erhöhter Energieverbrauch auftreten wird; 
+d. Gebäude der Kategorie XII und Räume, welche nicht dem längeren Aufenthalt von Personen dienen (unter einer Stunde pro Tag); 
+e. Bauteile, die aus betrieblichen Gründen nicht ausgerüstet werden können.
+Automatische Steuerung des Sonnenschutzes ist nötig, wenn eine Kältemaschine für die Kühlung eingebaut wird. Das heisst bei einer Anlage ohne Kältemaschine z.B. Free-Cooling via Erdsonde oder Grundwasser, ist die Automatisierung des Sonnenschutzes keine Pflicht. Das alleinige Betreiben von Umwälz- und Förderpumpen gilt nicht als aktive Kühlung.
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Gemäss dem am 29.08.2025 von ENDK verabschiedeten Mopec 2025 :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Art. 1.9 Anforderungen und Nachweis sommerlicher Wärmeschutz
+1 Der sommerliche Wärmeschutz von Gebäuden ist nachzuweisen.
+2 Bei gekühlten Räumen oder bei Räumen, bei welchen eine Kühlung notwendig oder erwünscht ist,sind die Anforderungen an den g-Wert und an die Windfestigkeit des Sonnenschutzes nach dem
+Stand der Technik einzuhalten. </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Die Anforderungen an die Steuerung des Sonnenschutzes nach dem Stand der Technik sind einzuhalten, ausgenommen bei reversibel betriebenen Wärmepumpen für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>.
+3 Bei den anderen Räumen sind die Anforderungen an den g-Wert des Sonnenschutzes nach dem
+Stand der Technik einzuhalten.</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="381">
   <si>
     <t>Service de l'énergie et des forces hydrauliques</t>
   </si>
   <si>
     <t>EN-VS-105</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Justificatif énergétique
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Installations de ventilation</t>
     </r>
@@ -2277,68 +2424,50 @@
   <si>
     <t>Freecooling</t>
   </si>
   <si>
     <t>keine gerechtfertigte Erleichterung nach kEnV Art.28</t>
   </si>
   <si>
     <t>Begründung für die Nichteinhaltung der baulichen Anforderungen an die Basis für Kühlung/Befeuchtung, Entfeuchtung</t>
   </si>
   <si>
     <t>Berechnung des g-Werts bei, der anhand der fg-Werte der Fassaden berechnet</t>
   </si>
   <si>
     <t>Begründung für das Fehlen einer Energiezählausrüstung</t>
   </si>
   <si>
     <t>Lufterwärmung :</t>
   </si>
   <si>
     <t>Begründung Lufterwärmung</t>
   </si>
   <si>
     <t>Prinzipskizze der Anlage und Datenblatt der Geräte</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>Abweichung; Grund:</t>
   </si>
   <si>
     <t>Site web SEFH:</t>
   </si>
   <si>
     <t>https://www.vs.ch/web/energie/home</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prenez connaissance des aides à l'application, </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>site web du SEFH</t>
     </r>
   </si>
   <si>
     <r>
@@ -2401,54 +2530,78 @@
         <sz val="11"/>
         <color theme="5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>die im Rahmen dieses Formular erforderlich sind</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>, entsprechend den eingegebenen Informationen</t>
     </r>
   </si>
   <si>
     <t>Sonnenschutz innen</t>
   </si>
   <si>
     <t>Sonnenschutz innen oder keine Sonnenschutz</t>
   </si>
   <si>
-    <t>Version 30 avril 2025 (valable  jusqu'au 31.12.2025)</t>
-[...2 lines deleted...]
-    <t>Version 30. April 2025 (gültig bis 31.12.2025)</t>
+    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
+(oder sein Beauftragter)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Die Vollständigkeit und Richtigkeit wird bestätigt</t>
+    </r>
+  </si>
+  <si>
+    <t>PAC rév. dans habitat sans éléments actifs supplémentaires d’émission de froid</t>
+  </si>
+  <si>
+    <t>Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="42" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -3134,51 +3287,51 @@
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="20" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="224">
+  <cellXfs count="225">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -3309,184 +3462,442 @@
     <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="14" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="30" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="31" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="32" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="33" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="34" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="35" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="14" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="30" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -3562,334 +3973,79 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...40 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...211 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="29">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
@@ -4159,154 +4315,130 @@
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp100.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp101.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp102.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$18" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp103.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp104.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp105.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$14" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$20" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp106.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp107.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$22" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp108.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$18" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp109.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp110.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp111.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$20" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp112.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp113.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$22" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp114.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp115.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp116.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp117.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp118.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
-[...2 lines deleted...]
-<file path=xl/ctrlProps/ctrlProp119.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
-[...18 lines deleted...]
-<file path=xl/ctrlProps/ctrlProp124.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
@@ -4371,255 +4503,255 @@
 <file path=xl/ctrlProps/ctrlProp31.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp32.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp33.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp34.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp35.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp36.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp37.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$14" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp38.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp39.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp40.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$18" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp41.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp42.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp43.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$14" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$20" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp44.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp45.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$22" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp46.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$18" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp47.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp48.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp49.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$20" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp50.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp51.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$22" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp52.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp53.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp54.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp55.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp56.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp57.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp58.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp59.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp60.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp61.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp62.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp63.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp64.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp65.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp66.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp67.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp68.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp69.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp70.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp71.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp72.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp73.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp74.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp75.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp76.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp77.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp78.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp79.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp80.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp81.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp82.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp83.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp84.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp85.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp86.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp87.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp88.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp89.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
@@ -4643,51 +4775,51 @@
 <file path=xl/ctrlProps/ctrlProp93.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp94.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp95.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp96.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp97.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp98.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp99.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="$AN$14" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
@@ -7492,432 +7624,60 @@
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>9</xdr:col>
-[...370 lines deleted...]
-        <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>13</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>14</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1083" name="Option Button 59" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1083"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7958,52 +7718,52 @@
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>13</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>14</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1084" name="Option Button 60" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1084"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8101,52 +7861,52 @@
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>17</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1088" name="Option Button 64" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1088"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000040040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8187,52 +7947,52 @@
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>17</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1089" name="Option Button 65" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1089"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000041040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8330,52 +8090,52 @@
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>19</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>20</xdr:row>
+          <xdr:rowOff>1588</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1092" name="Option Button 68" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1092"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000044040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8416,52 +8176,52 @@
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>19</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>20</xdr:row>
+          <xdr:rowOff>1588</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1093" name="Option Button 69" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1093"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000045040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10196,52 +9956,52 @@
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>10</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
-          <xdr:row>31</xdr:row>
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:row>32</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5123" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5123"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFC0"/>
@@ -12490,52 +12250,52 @@
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>13</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>14</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5160" name="Option Button 40" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5160"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000028140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12576,52 +12336,52 @@
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>13</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>14</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5161" name="Option Button 41" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5161"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000029140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12719,52 +12479,52 @@
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>17</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5163" name="Option Button 43" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5163"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00002B140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12805,52 +12565,52 @@
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>17</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>1587</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5164" name="Option Button 44" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5164"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00002C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12948,52 +12708,52 @@
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>19</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>20</xdr:row>
+          <xdr:rowOff>1588</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5166" name="Option Button 46" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5166"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00002E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13034,52 +12794,52 @@
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>19</xdr:row>
-          <xdr:rowOff>200025</xdr:rowOff>
+          <xdr:row>20</xdr:row>
+          <xdr:rowOff>1588</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5167" name="Option Button 47" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5167"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00002F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -14207,959 +13967,959 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/energieanforderungen-f&#252;r-geb&#228;ude" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/energieanforderungen-f&#252;r-geb&#228;ude" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp80.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp88.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp101.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp83.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp96.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp104.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp109.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp112.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp117.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp78.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp82.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp91.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp103.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp116.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp124.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp86.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp94.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp99.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp102.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp107.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp115.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp120.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp85.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp90.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp98.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp111.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp119.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp123.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp81.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp93.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp106.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp114.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp122.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp84.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp89.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp92.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp97.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp105.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp110.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp118.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp113.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp79.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp87.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp95.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp100.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp108.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp121.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp82.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp95.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp90.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp98.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp103.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp106.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp111.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp85.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp97.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp110.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp118.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp80.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp88.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp93.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp96.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp101.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp109.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp114.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp79.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp84.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp92.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp105.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp113.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp117.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp87.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp100.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp108.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp116.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp78.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp83.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp86.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp91.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp99.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp104.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp112.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp107.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp81.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp89.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp94.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp102.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp115.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EF177AD-3853-4BD0-95A0-E50D8EF5A354}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="T6" sqref="T6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="43" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="43" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="43" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="43" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="44" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="44" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="44" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="44" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="44" customWidth="1"/>
     <col min="21" max="24" width="0" style="43" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="43" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="98" t="s">
+      <c r="E2" s="70" t="s">
         <v>164</v>
       </c>
-      <c r="F2" s="98"/>
-[...12 lines deleted...]
-      <c r="S2" s="98"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="70"/>
+      <c r="I2" s="70"/>
+      <c r="J2" s="70"/>
+      <c r="K2" s="70"/>
+      <c r="L2" s="70"/>
+      <c r="M2" s="70"/>
+      <c r="N2" s="70"/>
+      <c r="O2" s="70"/>
+      <c r="P2" s="70"/>
+      <c r="Q2" s="70"/>
+      <c r="R2" s="70"/>
+      <c r="S2" s="70"/>
       <c r="T2" s="45"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="98"/>
-[...13 lines deleted...]
-      <c r="S3" s="98"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="70"/>
+      <c r="I3" s="70"/>
+      <c r="J3" s="70"/>
+      <c r="K3" s="70"/>
+      <c r="L3" s="70"/>
+      <c r="M3" s="70"/>
+      <c r="N3" s="70"/>
+      <c r="O3" s="70"/>
+      <c r="P3" s="70"/>
+      <c r="Q3" s="70"/>
+      <c r="R3" s="70"/>
+      <c r="S3" s="70"/>
       <c r="T3" s="45"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="98"/>
-[...13 lines deleted...]
-      <c r="S4" s="98"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="70"/>
+      <c r="I4" s="70"/>
+      <c r="J4" s="70"/>
+      <c r="K4" s="70"/>
+      <c r="L4" s="70"/>
+      <c r="M4" s="70"/>
+      <c r="N4" s="70"/>
+      <c r="O4" s="70"/>
+      <c r="P4" s="70"/>
+      <c r="Q4" s="70"/>
+      <c r="R4" s="70"/>
+      <c r="S4" s="70"/>
       <c r="T4" s="45"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="46"/>
       <c r="C5" s="46"/>
       <c r="D5" s="46"/>
       <c r="E5" s="47"/>
       <c r="F5" s="47"/>
       <c r="G5" s="47"/>
       <c r="H5" s="47"/>
       <c r="I5" s="47"/>
       <c r="J5" s="47"/>
       <c r="K5" s="47"/>
       <c r="L5" s="47"/>
       <c r="M5" s="47"/>
       <c r="N5" s="47"/>
       <c r="O5" s="47"/>
       <c r="P5" s="62" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q5" s="71" t="s">
         <v>366</v>
       </c>
-      <c r="Q5" s="99" t="s">
-[...3 lines deleted...]
-      <c r="S5" s="99"/>
+      <c r="R5" s="71"/>
+      <c r="S5" s="71"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B7" s="100" t="s">
+      <c r="B7" s="72" t="s">
         <v>165</v>
       </c>
-      <c r="C7" s="101"/>
+      <c r="C7" s="73"/>
       <c r="E7" s="48" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B8" s="102"/>
-      <c r="C8" s="103"/>
+      <c r="B8" s="74"/>
+      <c r="C8" s="75"/>
       <c r="E8" s="49" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="102"/>
-      <c r="C9" s="103"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="75"/>
       <c r="E9" s="49"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="102"/>
-      <c r="C10" s="103"/>
+      <c r="B10" s="74"/>
+      <c r="C10" s="75"/>
       <c r="E10" s="50" t="s">
         <v>168</v>
       </c>
       <c r="F10" s="69" t="s">
         <v>169</v>
       </c>
       <c r="G10" s="69"/>
       <c r="H10" s="69"/>
       <c r="I10" s="69"/>
       <c r="J10" s="69"/>
       <c r="K10" s="69"/>
       <c r="L10" s="69"/>
       <c r="M10" s="69"/>
       <c r="N10" s="69"/>
       <c r="O10" s="69"/>
       <c r="P10" s="69"/>
       <c r="Q10" s="69"/>
       <c r="R10" s="69"/>
       <c r="S10" s="69"/>
       <c r="T10" s="51"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="102"/>
-      <c r="C11" s="103"/>
+      <c r="B11" s="74"/>
+      <c r="C11" s="75"/>
       <c r="E11" s="50"/>
       <c r="F11" s="69"/>
       <c r="G11" s="69"/>
       <c r="H11" s="69"/>
       <c r="I11" s="69"/>
       <c r="J11" s="69"/>
       <c r="K11" s="69"/>
       <c r="L11" s="69"/>
       <c r="M11" s="69"/>
       <c r="N11" s="69"/>
       <c r="O11" s="69"/>
       <c r="P11" s="69"/>
       <c r="Q11" s="69"/>
       <c r="R11" s="69"/>
       <c r="S11" s="69"/>
       <c r="T11" s="51"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="102"/>
-      <c r="C12" s="103"/>
+      <c r="B12" s="74"/>
+      <c r="C12" s="75"/>
       <c r="E12" s="50"/>
       <c r="F12" s="69"/>
       <c r="G12" s="69"/>
       <c r="H12" s="69"/>
       <c r="I12" s="69"/>
       <c r="J12" s="69"/>
       <c r="K12" s="69"/>
       <c r="L12" s="69"/>
       <c r="M12" s="69"/>
       <c r="N12" s="69"/>
       <c r="O12" s="69"/>
       <c r="P12" s="69"/>
       <c r="Q12" s="69"/>
       <c r="R12" s="69"/>
       <c r="S12" s="69"/>
       <c r="T12" s="51"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B13" s="102"/>
-      <c r="C13" s="103"/>
+      <c r="B13" s="74"/>
+      <c r="C13" s="75"/>
       <c r="E13" s="52"/>
       <c r="F13" s="69"/>
       <c r="G13" s="69"/>
       <c r="H13" s="69"/>
       <c r="I13" s="69"/>
       <c r="J13" s="69"/>
       <c r="K13" s="69"/>
       <c r="L13" s="69"/>
       <c r="M13" s="69"/>
       <c r="N13" s="69"/>
       <c r="O13" s="69"/>
       <c r="P13" s="69"/>
       <c r="Q13" s="69"/>
       <c r="R13" s="69"/>
       <c r="S13" s="69"/>
       <c r="T13" s="51"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="102"/>
-      <c r="C14" s="103"/>
+      <c r="B14" s="74"/>
+      <c r="C14" s="75"/>
       <c r="E14" s="52"/>
       <c r="F14" s="53"/>
       <c r="G14" s="53"/>
       <c r="H14" s="53"/>
       <c r="I14" s="53"/>
       <c r="J14" s="53"/>
       <c r="K14" s="53"/>
       <c r="L14" s="53"/>
       <c r="M14" s="53"/>
       <c r="N14" s="53"/>
       <c r="O14" s="53"/>
       <c r="P14" s="53"/>
       <c r="Q14" s="53"/>
       <c r="R14" s="53"/>
       <c r="S14" s="53"/>
       <c r="T14" s="53"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="102"/>
-      <c r="C15" s="103"/>
+      <c r="B15" s="74"/>
+      <c r="C15" s="75"/>
       <c r="E15" s="50" t="s">
         <v>170</v>
       </c>
       <c r="F15" s="69" t="s">
         <v>171</v>
       </c>
       <c r="G15" s="69"/>
       <c r="H15" s="69"/>
       <c r="I15" s="69"/>
       <c r="J15" s="69"/>
       <c r="K15" s="69"/>
       <c r="L15" s="69"/>
       <c r="M15" s="69"/>
       <c r="N15" s="69"/>
       <c r="O15" s="69"/>
       <c r="P15" s="69"/>
       <c r="Q15" s="69"/>
       <c r="R15" s="69"/>
       <c r="S15" s="69"/>
       <c r="T15" s="51"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="102"/>
-      <c r="C16" s="103"/>
+      <c r="B16" s="74"/>
+      <c r="C16" s="75"/>
       <c r="E16" s="50"/>
       <c r="F16" s="69"/>
       <c r="G16" s="69"/>
       <c r="H16" s="69"/>
       <c r="I16" s="69"/>
       <c r="J16" s="69"/>
       <c r="K16" s="69"/>
       <c r="L16" s="69"/>
       <c r="M16" s="69"/>
       <c r="N16" s="69"/>
       <c r="O16" s="69"/>
       <c r="P16" s="69"/>
       <c r="Q16" s="69"/>
       <c r="R16" s="69"/>
       <c r="S16" s="69"/>
       <c r="T16" s="51"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B17" s="104"/>
-      <c r="C17" s="105"/>
+      <c r="B17" s="76"/>
+      <c r="C17" s="77"/>
       <c r="E17" s="52"/>
       <c r="F17" s="69"/>
       <c r="G17" s="69"/>
       <c r="H17" s="69"/>
       <c r="I17" s="69"/>
       <c r="J17" s="69"/>
       <c r="K17" s="69"/>
       <c r="L17" s="69"/>
       <c r="M17" s="69"/>
       <c r="N17" s="69"/>
       <c r="O17" s="69"/>
       <c r="P17" s="69"/>
       <c r="Q17" s="69"/>
       <c r="R17" s="69"/>
       <c r="S17" s="69"/>
       <c r="T17" s="51"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B19" s="76"/>
-      <c r="C19" s="77"/>
+      <c r="B19" s="63"/>
+      <c r="C19" s="64"/>
       <c r="E19" s="48" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B20" s="78"/>
-      <c r="C20" s="79"/>
+      <c r="B20" s="65"/>
+      <c r="C20" s="66"/>
       <c r="E20" s="49" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="78"/>
-      <c r="C21" s="79"/>
+      <c r="B21" s="65"/>
+      <c r="C21" s="66"/>
       <c r="E21" s="49"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="78"/>
-      <c r="C22" s="79"/>
+      <c r="B22" s="65"/>
+      <c r="C22" s="66"/>
       <c r="F22" s="69" t="s">
         <v>173</v>
       </c>
       <c r="G22" s="69"/>
       <c r="H22" s="69"/>
       <c r="I22" s="69"/>
       <c r="J22" s="69"/>
       <c r="K22" s="69"/>
       <c r="L22" s="69"/>
       <c r="M22" s="69"/>
       <c r="N22" s="69"/>
       <c r="O22" s="69"/>
       <c r="P22" s="69"/>
       <c r="Q22" s="69"/>
       <c r="R22" s="69"/>
       <c r="S22" s="69"/>
       <c r="T22" s="51"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B23" s="78"/>
-      <c r="C23" s="79"/>
+      <c r="B23" s="65"/>
+      <c r="C23" s="66"/>
       <c r="E23" s="51"/>
       <c r="F23" s="69"/>
       <c r="G23" s="69"/>
       <c r="H23" s="69"/>
       <c r="I23" s="69"/>
       <c r="J23" s="69"/>
       <c r="K23" s="69"/>
       <c r="L23" s="69"/>
       <c r="M23" s="69"/>
       <c r="N23" s="69"/>
       <c r="O23" s="69"/>
       <c r="P23" s="69"/>
       <c r="Q23" s="69"/>
       <c r="R23" s="69"/>
       <c r="S23" s="69"/>
       <c r="T23" s="51"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B24" s="78"/>
-      <c r="C24" s="79"/>
+      <c r="B24" s="65"/>
+      <c r="C24" s="66"/>
       <c r="E24" s="51"/>
       <c r="F24" s="69"/>
       <c r="G24" s="69"/>
       <c r="H24" s="69"/>
       <c r="I24" s="69"/>
       <c r="J24" s="69"/>
       <c r="K24" s="69"/>
       <c r="L24" s="69"/>
       <c r="M24" s="69"/>
       <c r="N24" s="69"/>
       <c r="O24" s="69"/>
       <c r="P24" s="69"/>
       <c r="Q24" s="69"/>
       <c r="R24" s="69"/>
       <c r="S24" s="69"/>
       <c r="T24" s="51"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B25" s="78"/>
-      <c r="C25" s="79"/>
+      <c r="B25" s="65"/>
+      <c r="C25" s="66"/>
       <c r="E25" s="51"/>
       <c r="F25" s="69"/>
       <c r="G25" s="69"/>
       <c r="H25" s="69"/>
       <c r="I25" s="69"/>
       <c r="J25" s="69"/>
       <c r="K25" s="69"/>
       <c r="L25" s="69"/>
       <c r="M25" s="69"/>
       <c r="N25" s="69"/>
       <c r="O25" s="69"/>
       <c r="P25" s="69"/>
       <c r="Q25" s="69"/>
       <c r="R25" s="69"/>
       <c r="S25" s="69"/>
       <c r="T25" s="51"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B26" s="78"/>
-      <c r="C26" s="79"/>
+      <c r="B26" s="65"/>
+      <c r="C26" s="66"/>
       <c r="E26" s="51"/>
       <c r="F26" s="69"/>
       <c r="G26" s="69"/>
       <c r="H26" s="69"/>
       <c r="I26" s="69"/>
       <c r="J26" s="69"/>
       <c r="K26" s="69"/>
       <c r="L26" s="69"/>
       <c r="M26" s="69"/>
       <c r="N26" s="69"/>
       <c r="O26" s="69"/>
       <c r="P26" s="69"/>
       <c r="Q26" s="69"/>
       <c r="R26" s="69"/>
       <c r="S26" s="69"/>
       <c r="T26" s="51"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B27" s="78"/>
-      <c r="C27" s="79"/>
+      <c r="B27" s="65"/>
+      <c r="C27" s="66"/>
       <c r="E27" s="51"/>
       <c r="F27" s="69"/>
       <c r="G27" s="69"/>
       <c r="H27" s="69"/>
       <c r="I27" s="69"/>
       <c r="J27" s="69"/>
       <c r="K27" s="69"/>
       <c r="L27" s="69"/>
       <c r="M27" s="69"/>
       <c r="N27" s="69"/>
       <c r="O27" s="69"/>
       <c r="P27" s="69"/>
       <c r="Q27" s="69"/>
       <c r="R27" s="69"/>
       <c r="S27" s="69"/>
       <c r="T27" s="51"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B28" s="78"/>
-      <c r="C28" s="79"/>
+      <c r="B28" s="65"/>
+      <c r="C28" s="66"/>
       <c r="E28" s="51"/>
       <c r="F28" s="69"/>
       <c r="G28" s="69"/>
       <c r="H28" s="69"/>
       <c r="I28" s="69"/>
       <c r="J28" s="69"/>
       <c r="K28" s="69"/>
       <c r="L28" s="69"/>
       <c r="M28" s="69"/>
       <c r="N28" s="69"/>
       <c r="O28" s="69"/>
       <c r="P28" s="69"/>
       <c r="Q28" s="69"/>
       <c r="R28" s="69"/>
       <c r="S28" s="69"/>
       <c r="T28" s="51"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.3">
-      <c r="B29" s="80"/>
-      <c r="C29" s="81"/>
+      <c r="B29" s="67"/>
+      <c r="C29" s="68"/>
       <c r="E29" s="51"/>
       <c r="F29" s="69"/>
       <c r="G29" s="69"/>
       <c r="H29" s="69"/>
       <c r="I29" s="69"/>
       <c r="J29" s="69"/>
       <c r="K29" s="69"/>
       <c r="L29" s="69"/>
       <c r="M29" s="69"/>
       <c r="N29" s="69"/>
       <c r="O29" s="69"/>
       <c r="P29" s="69"/>
       <c r="Q29" s="69"/>
       <c r="R29" s="69"/>
       <c r="S29" s="69"/>
       <c r="T29" s="51"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="53"/>
       <c r="F30" s="53"/>
       <c r="G30" s="53"/>
       <c r="H30" s="53"/>
       <c r="I30" s="53"/>
       <c r="J30" s="53"/>
       <c r="K30" s="53"/>
       <c r="L30" s="53"/>
       <c r="M30" s="53"/>
       <c r="N30" s="53"/>
       <c r="O30" s="53"/>
       <c r="P30" s="53"/>
       <c r="Q30" s="53"/>
       <c r="R30" s="53"/>
       <c r="S30" s="53"/>
       <c r="T30" s="53"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B31" s="76"/>
-      <c r="C31" s="77"/>
+      <c r="B31" s="63"/>
+      <c r="C31" s="64"/>
       <c r="E31" s="48" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="78"/>
-      <c r="C32" s="79"/>
+      <c r="B32" s="65"/>
+      <c r="C32" s="66"/>
       <c r="E32" s="48"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B33" s="78"/>
-      <c r="C33" s="79"/>
+      <c r="B33" s="65"/>
+      <c r="C33" s="66"/>
       <c r="E33" s="50" t="s">
         <v>168</v>
       </c>
       <c r="F33" s="44" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="78"/>
-      <c r="C34" s="79"/>
+      <c r="B34" s="65"/>
+      <c r="C34" s="66"/>
       <c r="E34" s="50"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B35" s="78"/>
-      <c r="C35" s="79"/>
+      <c r="B35" s="65"/>
+      <c r="C35" s="66"/>
       <c r="E35" s="50" t="s">
         <v>170</v>
       </c>
       <c r="F35" s="44" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="78"/>
-      <c r="C36" s="79"/>
+      <c r="B36" s="65"/>
+      <c r="C36" s="66"/>
       <c r="E36" s="50"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="78"/>
-      <c r="C37" s="79"/>
+      <c r="B37" s="65"/>
+      <c r="C37" s="66"/>
       <c r="E37" s="50" t="s">
         <v>175</v>
       </c>
       <c r="F37" s="69" t="s">
         <v>176</v>
       </c>
       <c r="G37" s="69"/>
       <c r="H37" s="69"/>
       <c r="I37" s="69"/>
       <c r="J37" s="69"/>
       <c r="K37" s="69"/>
       <c r="L37" s="69"/>
       <c r="M37" s="69"/>
       <c r="N37" s="69"/>
       <c r="O37" s="69"/>
       <c r="P37" s="69"/>
       <c r="Q37" s="69"/>
       <c r="R37" s="69"/>
       <c r="S37" s="69"/>
       <c r="T37" s="51"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B38" s="80"/>
-      <c r="C38" s="81"/>
+      <c r="B38" s="67"/>
+      <c r="C38" s="68"/>
       <c r="E38" s="54"/>
       <c r="F38" s="69"/>
       <c r="G38" s="69"/>
       <c r="H38" s="69"/>
       <c r="I38" s="69"/>
       <c r="J38" s="69"/>
       <c r="K38" s="69"/>
       <c r="L38" s="69"/>
       <c r="M38" s="69"/>
       <c r="N38" s="69"/>
       <c r="O38" s="69"/>
       <c r="P38" s="69"/>
       <c r="Q38" s="69"/>
       <c r="R38" s="69"/>
       <c r="S38" s="69"/>
       <c r="T38" s="51"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.35">
       <c r="F39" s="69"/>
       <c r="G39" s="69"/>
       <c r="H39" s="69"/>
       <c r="I39" s="69"/>
       <c r="J39" s="69"/>
       <c r="K39" s="69"/>
       <c r="L39" s="69"/>
       <c r="M39" s="69"/>
       <c r="N39" s="69"/>
       <c r="O39" s="69"/>
       <c r="P39" s="69"/>
       <c r="Q39" s="69"/>
       <c r="R39" s="69"/>
       <c r="S39" s="69"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B40" s="76"/>
-      <c r="C40" s="77"/>
+      <c r="B40" s="63"/>
+      <c r="C40" s="64"/>
       <c r="E40" s="48" t="s">
         <v>177</v>
       </c>
       <c r="F40" s="48"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B41" s="78"/>
-      <c r="C41" s="79"/>
+      <c r="B41" s="65"/>
+      <c r="C41" s="66"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B42" s="78"/>
-[...3 lines deleted...]
-      <c r="G42" s="84"/>
+      <c r="B42" s="65"/>
+      <c r="C42" s="66"/>
+      <c r="E42" s="90"/>
+      <c r="F42" s="91"/>
+      <c r="G42" s="92"/>
       <c r="I42" s="44" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B43" s="78"/>
-      <c r="C43" s="79"/>
+      <c r="B43" s="65"/>
+      <c r="C43" s="66"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B44" s="78"/>
-      <c r="C44" s="79"/>
+      <c r="B44" s="65"/>
+      <c r="C44" s="66"/>
       <c r="G44" s="55"/>
       <c r="I44" s="44" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B45" s="78"/>
-      <c r="C45" s="79"/>
+      <c r="B45" s="65"/>
+      <c r="C45" s="66"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B46" s="78"/>
-      <c r="C46" s="79"/>
+      <c r="B46" s="65"/>
+      <c r="C46" s="66"/>
       <c r="G46" s="55"/>
       <c r="I46" s="44" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B47" s="78"/>
-      <c r="C47" s="79"/>
+      <c r="B47" s="65"/>
+      <c r="C47" s="66"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B48" s="78"/>
-      <c r="C48" s="79"/>
+      <c r="B48" s="65"/>
+      <c r="C48" s="66"/>
       <c r="E48" s="55"/>
       <c r="F48" s="56" t="s">
         <v>181</v>
       </c>
       <c r="I48" s="69" t="s">
         <v>182</v>
       </c>
       <c r="J48" s="69"/>
       <c r="K48" s="69"/>
       <c r="L48" s="69"/>
       <c r="M48" s="69"/>
       <c r="N48" s="69"/>
       <c r="O48" s="69"/>
       <c r="P48" s="69"/>
       <c r="Q48" s="69"/>
       <c r="R48" s="69"/>
       <c r="S48" s="69"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B49" s="78"/>
-      <c r="C49" s="79"/>
+      <c r="B49" s="65"/>
+      <c r="C49" s="66"/>
       <c r="F49" s="56"/>
       <c r="I49" s="69"/>
       <c r="J49" s="69"/>
       <c r="K49" s="69"/>
       <c r="L49" s="69"/>
       <c r="M49" s="69"/>
       <c r="N49" s="69"/>
       <c r="O49" s="69"/>
       <c r="P49" s="69"/>
       <c r="Q49" s="69"/>
       <c r="R49" s="69"/>
       <c r="S49" s="69"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B50" s="78"/>
-      <c r="C50" s="79"/>
+      <c r="B50" s="65"/>
+      <c r="C50" s="66"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B51" s="78"/>
-[...3 lines deleted...]
-      <c r="G51" s="87"/>
+      <c r="B51" s="65"/>
+      <c r="C51" s="66"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="94"/>
+      <c r="G51" s="95"/>
       <c r="I51" s="44" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B52" s="78"/>
-      <c r="C52" s="79"/>
+      <c r="B52" s="65"/>
+      <c r="C52" s="66"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="78"/>
-[...2 lines deleted...]
-      <c r="G53" s="89"/>
+      <c r="B53" s="65"/>
+      <c r="C53" s="66"/>
+      <c r="F53" s="96"/>
+      <c r="G53" s="97"/>
       <c r="I53" s="69" t="s">
         <v>184</v>
       </c>
       <c r="J53" s="69"/>
       <c r="K53" s="69"/>
       <c r="L53" s="69"/>
       <c r="M53" s="69"/>
       <c r="N53" s="69"/>
       <c r="O53" s="69"/>
       <c r="P53" s="69"/>
       <c r="Q53" s="69"/>
       <c r="R53" s="69"/>
       <c r="S53" s="69"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B54" s="78"/>
-[...2 lines deleted...]
-      <c r="G54" s="91"/>
+      <c r="B54" s="65"/>
+      <c r="C54" s="66"/>
+      <c r="F54" s="98"/>
+      <c r="G54" s="99"/>
       <c r="I54" s="69"/>
       <c r="J54" s="69"/>
       <c r="K54" s="69"/>
       <c r="L54" s="69"/>
       <c r="M54" s="69"/>
       <c r="N54" s="69"/>
       <c r="O54" s="69"/>
       <c r="P54" s="69"/>
       <c r="Q54" s="69"/>
       <c r="R54" s="69"/>
       <c r="S54" s="69"/>
     </row>
     <row r="55" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B55" s="78"/>
-      <c r="C55" s="79"/>
+      <c r="B55" s="65"/>
+      <c r="C55" s="66"/>
       <c r="F55" s="57"/>
       <c r="G55" s="57"/>
       <c r="I55" s="69"/>
       <c r="J55" s="69"/>
       <c r="K55" s="69"/>
       <c r="L55" s="69"/>
       <c r="M55" s="69"/>
       <c r="N55" s="69"/>
       <c r="O55" s="69"/>
       <c r="P55" s="69"/>
       <c r="Q55" s="69"/>
       <c r="R55" s="69"/>
       <c r="S55" s="69"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B56" s="78"/>
-      <c r="C56" s="79"/>
+      <c r="B56" s="65"/>
+      <c r="C56" s="66"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="78"/>
-[...1 lines deleted...]
-      <c r="E57" s="92" t="s">
+      <c r="B57" s="65"/>
+      <c r="C57" s="66"/>
+      <c r="E57" s="100" t="s">
         <v>185</v>
       </c>
-      <c r="F57" s="93"/>
-      <c r="G57" s="94"/>
+      <c r="F57" s="101"/>
+      <c r="G57" s="102"/>
       <c r="I57" s="69" t="s">
         <v>186</v>
       </c>
       <c r="J57" s="69"/>
       <c r="K57" s="69"/>
       <c r="L57" s="69"/>
       <c r="M57" s="69"/>
       <c r="N57" s="69"/>
       <c r="O57" s="69"/>
       <c r="P57" s="69"/>
       <c r="Q57" s="69"/>
       <c r="R57" s="69"/>
       <c r="S57" s="69"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B58" s="78"/>
-[...3 lines deleted...]
-      <c r="G58" s="97"/>
+      <c r="B58" s="65"/>
+      <c r="C58" s="66"/>
+      <c r="E58" s="103"/>
+      <c r="F58" s="104"/>
+      <c r="G58" s="105"/>
       <c r="I58" s="69"/>
       <c r="J58" s="69"/>
       <c r="K58" s="69"/>
       <c r="L58" s="69"/>
       <c r="M58" s="69"/>
       <c r="N58" s="69"/>
       <c r="O58" s="69"/>
       <c r="P58" s="69"/>
       <c r="Q58" s="69"/>
       <c r="R58" s="69"/>
       <c r="S58" s="69"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B59" s="78"/>
-      <c r="C59" s="79"/>
+      <c r="B59" s="65"/>
+      <c r="C59" s="66"/>
       <c r="E59" s="48"/>
       <c r="F59" s="48"/>
       <c r="G59" s="48"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="78"/>
-[...1 lines deleted...]
-      <c r="E60" s="63" t="s">
+      <c r="B60" s="65"/>
+      <c r="C60" s="66"/>
+      <c r="E60" s="78" t="s">
         <v>187</v>
       </c>
-      <c r="F60" s="64"/>
-      <c r="G60" s="65"/>
+      <c r="F60" s="79"/>
+      <c r="G60" s="80"/>
       <c r="I60" s="69" t="s">
         <v>188</v>
       </c>
       <c r="J60" s="69"/>
       <c r="K60" s="69"/>
       <c r="L60" s="69"/>
       <c r="M60" s="69"/>
       <c r="N60" s="69"/>
       <c r="O60" s="69"/>
       <c r="P60" s="69"/>
       <c r="Q60" s="69"/>
       <c r="R60" s="69"/>
       <c r="S60" s="69"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B61" s="78"/>
-[...3 lines deleted...]
-      <c r="G61" s="68"/>
+      <c r="B61" s="65"/>
+      <c r="C61" s="66"/>
+      <c r="E61" s="81"/>
+      <c r="F61" s="82"/>
+      <c r="G61" s="83"/>
       <c r="I61" s="69"/>
       <c r="J61" s="69"/>
       <c r="K61" s="69"/>
       <c r="L61" s="69"/>
       <c r="M61" s="69"/>
       <c r="N61" s="69"/>
       <c r="O61" s="69"/>
       <c r="P61" s="69"/>
       <c r="Q61" s="69"/>
       <c r="R61" s="69"/>
       <c r="S61" s="69"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B62" s="78"/>
-      <c r="C62" s="79"/>
+      <c r="B62" s="65"/>
+      <c r="C62" s="66"/>
       <c r="E62" s="48"/>
       <c r="F62" s="48"/>
       <c r="G62" s="48"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B63" s="78"/>
-[...1 lines deleted...]
-      <c r="E63" s="70" t="s">
+      <c r="B63" s="65"/>
+      <c r="C63" s="66"/>
+      <c r="E63" s="84" t="s">
         <v>187</v>
       </c>
-      <c r="F63" s="71"/>
-      <c r="G63" s="72"/>
+      <c r="F63" s="85"/>
+      <c r="G63" s="86"/>
       <c r="I63" s="58" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="B64" s="80"/>
-[...3 lines deleted...]
-      <c r="G64" s="75"/>
+      <c r="B64" s="67"/>
+      <c r="C64" s="68"/>
+      <c r="E64" s="87"/>
+      <c r="F64" s="88"/>
+      <c r="G64" s="89"/>
       <c r="I64" s="58"/>
     </row>
     <row r="65" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+X1alwyAteoxGtSnvBfAzKVaj66LMvOHhOkO/FqR22ky+zvjHhXmFgaS85iElCc4BSJ3YPtgr0Kw7fCAjngtcA==" saltValue="+Uej70OHJd+r9qh+Jqzk5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="20">
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="F53:G54"/>
     <mergeCell ref="I53:S55"/>
     <mergeCell ref="E57:G58"/>
     <mergeCell ref="I57:S58"/>
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="Q5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{7C63138B-EC66-45FD-9115-F46E238DA77F}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{5F9510D0-DA7A-4091-BD68-9125A05D4E98}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{6D7DEB4C-FD87-4291-81A3-D30F67007C51}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="6145" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -15206,441 +14966,441 @@
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AR274"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="AM97" sqref="AM1:XFD1048576"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="10" width="3" style="9" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="9" customWidth="1"/>
     <col min="12" max="19" width="3" style="9" customWidth="1"/>
     <col min="20" max="20" width="4.42578125" style="9" customWidth="1"/>
     <col min="21" max="23" width="3" style="9" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="9" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="9" customWidth="1"/>
     <col min="26" max="38" width="3" style="9" customWidth="1"/>
-    <col min="39" max="39" width="3" style="26" hidden="1" customWidth="1"/>
-    <col min="40" max="40" width="5.7109375" style="26" hidden="1" customWidth="1"/>
+    <col min="39" max="39" width="3" style="26" hidden="1"/>
+    <col min="40" max="40" width="10.7109375" style="26" hidden="1"/>
     <col min="41" max="16384" width="3.85546875" style="26" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:43" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="110"/>
-[...4 lines deleted...]
-      <c r="G2" s="119" t="s">
+      <c r="B2" s="180"/>
+      <c r="C2" s="181"/>
+      <c r="D2" s="181"/>
+      <c r="E2" s="181"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="189" t="s">
         <v>0</v>
       </c>
-      <c r="H2" s="120"/>
-[...7 lines deleted...]
-      <c r="P2" s="128" t="s">
+      <c r="H2" s="190"/>
+      <c r="I2" s="190"/>
+      <c r="J2" s="190"/>
+      <c r="K2" s="190"/>
+      <c r="L2" s="190"/>
+      <c r="M2" s="190"/>
+      <c r="N2" s="190"/>
+      <c r="O2" s="191"/>
+      <c r="P2" s="198" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="129"/>
-[...7 lines deleted...]
-      <c r="Y2" s="137" t="s">
+      <c r="Q2" s="199"/>
+      <c r="R2" s="199"/>
+      <c r="S2" s="199"/>
+      <c r="T2" s="199"/>
+      <c r="U2" s="199"/>
+      <c r="V2" s="199"/>
+      <c r="W2" s="199"/>
+      <c r="X2" s="200"/>
+      <c r="Y2" s="207" t="s">
         <v>2</v>
       </c>
-      <c r="Z2" s="138"/>
-[...10 lines deleted...]
-      <c r="AK2" s="139"/>
+      <c r="Z2" s="208"/>
+      <c r="AA2" s="208"/>
+      <c r="AB2" s="208"/>
+      <c r="AC2" s="208"/>
+      <c r="AD2" s="208"/>
+      <c r="AE2" s="208"/>
+      <c r="AF2" s="208"/>
+      <c r="AG2" s="208"/>
+      <c r="AH2" s="208"/>
+      <c r="AI2" s="208"/>
+      <c r="AJ2" s="208"/>
+      <c r="AK2" s="209"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="113"/>
-[...34 lines deleted...]
-      <c r="AK3" s="142"/>
+      <c r="B3" s="183"/>
+      <c r="C3" s="184"/>
+      <c r="D3" s="184"/>
+      <c r="E3" s="184"/>
+      <c r="F3" s="185"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="193"/>
+      <c r="I3" s="193"/>
+      <c r="J3" s="193"/>
+      <c r="K3" s="193"/>
+      <c r="L3" s="193"/>
+      <c r="M3" s="193"/>
+      <c r="N3" s="193"/>
+      <c r="O3" s="194"/>
+      <c r="P3" s="201"/>
+      <c r="Q3" s="202"/>
+      <c r="R3" s="202"/>
+      <c r="S3" s="202"/>
+      <c r="T3" s="202"/>
+      <c r="U3" s="202"/>
+      <c r="V3" s="202"/>
+      <c r="W3" s="202"/>
+      <c r="X3" s="203"/>
+      <c r="Y3" s="210"/>
+      <c r="Z3" s="211"/>
+      <c r="AA3" s="211"/>
+      <c r="AB3" s="211"/>
+      <c r="AC3" s="211"/>
+      <c r="AD3" s="211"/>
+      <c r="AE3" s="211"/>
+      <c r="AF3" s="211"/>
+      <c r="AG3" s="211"/>
+      <c r="AH3" s="211"/>
+      <c r="AI3" s="211"/>
+      <c r="AJ3" s="211"/>
+      <c r="AK3" s="212"/>
       <c r="AL3" s="1"/>
     </row>
     <row r="4" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="113"/>
-[...34 lines deleted...]
-      <c r="AK4" s="142"/>
+      <c r="B4" s="183"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="185"/>
+      <c r="G4" s="192"/>
+      <c r="H4" s="193"/>
+      <c r="I4" s="193"/>
+      <c r="J4" s="193"/>
+      <c r="K4" s="193"/>
+      <c r="L4" s="193"/>
+      <c r="M4" s="193"/>
+      <c r="N4" s="193"/>
+      <c r="O4" s="194"/>
+      <c r="P4" s="201"/>
+      <c r="Q4" s="202"/>
+      <c r="R4" s="202"/>
+      <c r="S4" s="202"/>
+      <c r="T4" s="202"/>
+      <c r="U4" s="202"/>
+      <c r="V4" s="202"/>
+      <c r="W4" s="202"/>
+      <c r="X4" s="203"/>
+      <c r="Y4" s="210"/>
+      <c r="Z4" s="211"/>
+      <c r="AA4" s="211"/>
+      <c r="AB4" s="211"/>
+      <c r="AC4" s="211"/>
+      <c r="AD4" s="211"/>
+      <c r="AE4" s="211"/>
+      <c r="AF4" s="211"/>
+      <c r="AG4" s="211"/>
+      <c r="AH4" s="211"/>
+      <c r="AI4" s="211"/>
+      <c r="AJ4" s="211"/>
+      <c r="AK4" s="212"/>
       <c r="AL4" s="1"/>
     </row>
     <row r="5" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="116"/>
-[...34 lines deleted...]
-      <c r="AK5" s="145"/>
+      <c r="B5" s="186"/>
+      <c r="C5" s="187"/>
+      <c r="D5" s="187"/>
+      <c r="E5" s="187"/>
+      <c r="F5" s="188"/>
+      <c r="G5" s="195"/>
+      <c r="H5" s="196"/>
+      <c r="I5" s="196"/>
+      <c r="J5" s="196"/>
+      <c r="K5" s="196"/>
+      <c r="L5" s="196"/>
+      <c r="M5" s="196"/>
+      <c r="N5" s="196"/>
+      <c r="O5" s="197"/>
+      <c r="P5" s="204"/>
+      <c r="Q5" s="205"/>
+      <c r="R5" s="205"/>
+      <c r="S5" s="205"/>
+      <c r="T5" s="205"/>
+      <c r="U5" s="205"/>
+      <c r="V5" s="205"/>
+      <c r="W5" s="205"/>
+      <c r="X5" s="206"/>
+      <c r="Y5" s="213"/>
+      <c r="Z5" s="214"/>
+      <c r="AA5" s="214"/>
+      <c r="AB5" s="214"/>
+      <c r="AC5" s="214"/>
+      <c r="AD5" s="214"/>
+      <c r="AE5" s="214"/>
+      <c r="AF5" s="214"/>
+      <c r="AG5" s="214"/>
+      <c r="AH5" s="214"/>
+      <c r="AI5" s="214"/>
+      <c r="AJ5" s="214"/>
+      <c r="AK5" s="215"/>
       <c r="AL5" s="1"/>
     </row>
     <row r="6" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
     </row>
     <row r="7" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="146" t="s">
+      <c r="B7" s="129" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="146"/>
-[...13 lines deleted...]
-      <c r="Q7" s="148" t="s">
+      <c r="C7" s="129"/>
+      <c r="D7" s="129"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="177"/>
+      <c r="G7" s="132"/>
+      <c r="H7" s="132"/>
+      <c r="I7" s="132"/>
+      <c r="J7" s="132"/>
+      <c r="K7" s="132"/>
+      <c r="L7" s="132"/>
+      <c r="M7" s="132"/>
+      <c r="N7" s="132"/>
+      <c r="O7" s="132"/>
+      <c r="P7" s="178"/>
+      <c r="Q7" s="217" t="s">
         <v>91</v>
       </c>
-      <c r="R7" s="149"/>
-[...7 lines deleted...]
-      <c r="Z7" s="153"/>
+      <c r="R7" s="218"/>
+      <c r="S7" s="218"/>
+      <c r="T7" s="219"/>
+      <c r="U7" s="220"/>
+      <c r="V7" s="221"/>
+      <c r="W7" s="221"/>
+      <c r="X7" s="221"/>
+      <c r="Y7" s="221"/>
+      <c r="Z7" s="222"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="149" t="s">
+      <c r="AB7" s="218" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="149"/>
-[...7 lines deleted...]
-      <c r="AK7" s="153"/>
+      <c r="AC7" s="218"/>
+      <c r="AD7" s="218"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="220"/>
+      <c r="AG7" s="221"/>
+      <c r="AH7" s="221"/>
+      <c r="AI7" s="221"/>
+      <c r="AJ7" s="221"/>
+      <c r="AK7" s="222"/>
       <c r="AL7" s="1"/>
     </row>
     <row r="8" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
     </row>
     <row r="9" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
-      <c r="B9" s="146" t="s">
+      <c r="B9" s="129" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="146"/>
-      <c r="D9" s="146"/>
+      <c r="C9" s="129"/>
+      <c r="D9" s="129"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="106"/>
-[...30 lines deleted...]
-      <c r="AK9" s="108"/>
+      <c r="F9" s="177"/>
+      <c r="G9" s="132"/>
+      <c r="H9" s="132"/>
+      <c r="I9" s="132"/>
+      <c r="J9" s="132"/>
+      <c r="K9" s="132"/>
+      <c r="L9" s="132"/>
+      <c r="M9" s="132"/>
+      <c r="N9" s="132"/>
+      <c r="O9" s="132"/>
+      <c r="P9" s="132"/>
+      <c r="Q9" s="132"/>
+      <c r="R9" s="132"/>
+      <c r="S9" s="132"/>
+      <c r="T9" s="132"/>
+      <c r="U9" s="132"/>
+      <c r="V9" s="132"/>
+      <c r="W9" s="132"/>
+      <c r="X9" s="132"/>
+      <c r="Y9" s="132"/>
+      <c r="Z9" s="132"/>
+      <c r="AA9" s="132"/>
+      <c r="AB9" s="132"/>
+      <c r="AC9" s="132"/>
+      <c r="AD9" s="132"/>
+      <c r="AE9" s="132"/>
+      <c r="AF9" s="132"/>
+      <c r="AG9" s="132"/>
+      <c r="AH9" s="132"/>
+      <c r="AI9" s="132"/>
+      <c r="AJ9" s="132"/>
+      <c r="AK9" s="178"/>
       <c r="AL9" s="1"/>
     </row>
     <row r="10" spans="1:43" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -15695,120 +15455,120 @@
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="1"/>
       <c r="AD11" s="1"/>
       <c r="AE11" s="1"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
       <c r="AJ11" s="1"/>
       <c r="AK11" s="1"/>
       <c r="AL11" s="1"/>
     </row>
     <row r="12" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="K12" s="1"/>
-      <c r="L12" s="154"/>
-[...24 lines deleted...]
-      <c r="AK12" s="154"/>
+      <c r="L12" s="167"/>
+      <c r="M12" s="167"/>
+      <c r="N12" s="167"/>
+      <c r="O12" s="167"/>
+      <c r="P12" s="167"/>
+      <c r="Q12" s="167"/>
+      <c r="R12" s="167"/>
+      <c r="S12" s="167"/>
+      <c r="T12" s="167"/>
+      <c r="U12" s="167"/>
+      <c r="V12" s="167"/>
+      <c r="W12" s="167"/>
+      <c r="X12" s="167"/>
+      <c r="Y12" s="167"/>
+      <c r="Z12" s="167"/>
+      <c r="AA12" s="167"/>
+      <c r="AB12" s="167"/>
+      <c r="AC12" s="167"/>
+      <c r="AD12" s="167"/>
+      <c r="AE12" s="167"/>
+      <c r="AF12" s="167"/>
+      <c r="AG12" s="167"/>
+      <c r="AH12" s="167"/>
+      <c r="AI12" s="167"/>
+      <c r="AJ12" s="167"/>
+      <c r="AK12" s="167"/>
       <c r="AL12" s="1"/>
     </row>
     <row r="13" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1"/>
       <c r="B13" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="L13" s="109" t="s">
+      <c r="L13" s="179" t="s">
         <v>106</v>
       </c>
-      <c r="M13" s="109"/>
-[...23 lines deleted...]
-      <c r="AK13" s="109"/>
+      <c r="M13" s="179"/>
+      <c r="N13" s="179"/>
+      <c r="O13" s="179"/>
+      <c r="P13" s="179"/>
+      <c r="Q13" s="179"/>
+      <c r="R13" s="179"/>
+      <c r="S13" s="179"/>
+      <c r="T13" s="179"/>
+      <c r="U13" s="179"/>
+      <c r="V13" s="179"/>
+      <c r="W13" s="179"/>
+      <c r="X13" s="179"/>
+      <c r="Y13" s="179"/>
+      <c r="Z13" s="179"/>
+      <c r="AA13" s="179"/>
+      <c r="AB13" s="179"/>
+      <c r="AC13" s="179"/>
+      <c r="AD13" s="179"/>
+      <c r="AE13" s="179"/>
+      <c r="AF13" s="179"/>
+      <c r="AG13" s="179"/>
+      <c r="AH13" s="179"/>
+      <c r="AI13" s="179"/>
+      <c r="AJ13" s="179"/>
+      <c r="AK13" s="179"/>
       <c r="AL13" s="1"/>
       <c r="AQ13" s="26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:43" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="23"/>
       <c r="M14" s="23"/>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
       <c r="Q14" s="23"/>
@@ -15834,122 +15594,122 @@
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AN14" s="26">
         <v>0</v>
       </c>
       <c r="AQ14" s="26" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="K15" s="1"/>
-      <c r="L15" s="155"/>
-[...1 lines deleted...]
-      <c r="N15" s="155"/>
+      <c r="L15" s="173"/>
+      <c r="M15" s="173"/>
+      <c r="N15" s="173"/>
       <c r="O15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
-      <c r="Z15" s="156"/>
-[...1 lines deleted...]
-      <c r="AB15" s="156"/>
+      <c r="Z15" s="164"/>
+      <c r="AA15" s="164"/>
+      <c r="AB15" s="164"/>
       <c r="AC15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AQ15" s="26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1"/>
       <c r="B16" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
-      <c r="L16" s="157"/>
-[...1 lines deleted...]
-      <c r="N16" s="157"/>
+      <c r="L16" s="171"/>
+      <c r="M16" s="171"/>
+      <c r="N16" s="171"/>
       <c r="O16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="36" t="s">
         <v>105</v>
       </c>
-      <c r="Z16" s="158" t="str">
+      <c r="Z16" s="174" t="str">
         <f>IFERROR(L15/L16,"")</f>
         <v/>
       </c>
-      <c r="AA16" s="158"/>
-      <c r="AB16" s="158"/>
+      <c r="AA16" s="174"/>
+      <c r="AB16" s="174"/>
       <c r="AC16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AQ16" s="26" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:43" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
@@ -15992,67 +15752,67 @@
       <c r="B18" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="23"/>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
       <c r="Q18" s="23"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="W18" s="154" t="s">
+      <c r="W18" s="167" t="s">
         <v>106</v>
       </c>
-      <c r="X18" s="154"/>
-[...12 lines deleted...]
-      <c r="AK18" s="154"/>
+      <c r="X18" s="167"/>
+      <c r="Y18" s="167"/>
+      <c r="Z18" s="167"/>
+      <c r="AA18" s="167"/>
+      <c r="AB18" s="167"/>
+      <c r="AC18" s="167"/>
+      <c r="AD18" s="167"/>
+      <c r="AE18" s="167"/>
+      <c r="AF18" s="167"/>
+      <c r="AG18" s="167"/>
+      <c r="AH18" s="167"/>
+      <c r="AI18" s="167"/>
+      <c r="AJ18" s="167"/>
+      <c r="AK18" s="167"/>
       <c r="AL18" s="1"/>
       <c r="AN18" s="26">
         <v>0</v>
       </c>
       <c r="AQ18" s="26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:43" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
@@ -16183,65 +15943,65 @@
       <c r="B22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="23"/>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
       <c r="O22" s="23"/>
       <c r="P22" s="23"/>
       <c r="Q22" s="23"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="10"/>
       <c r="V22" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="W22" s="154"/>
-[...13 lines deleted...]
-      <c r="AK22" s="154"/>
+      <c r="W22" s="167"/>
+      <c r="X22" s="167"/>
+      <c r="Y22" s="167"/>
+      <c r="Z22" s="167"/>
+      <c r="AA22" s="167"/>
+      <c r="AB22" s="167"/>
+      <c r="AC22" s="167"/>
+      <c r="AD22" s="167"/>
+      <c r="AE22" s="167"/>
+      <c r="AF22" s="167"/>
+      <c r="AG22" s="167"/>
+      <c r="AH22" s="167"/>
+      <c r="AI22" s="167"/>
+      <c r="AJ22" s="167"/>
+      <c r="AK22" s="167"/>
       <c r="AL22" s="1"/>
       <c r="AN22" s="26">
         <v>0</v>
       </c>
       <c r="AQ22" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="6"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
@@ -16308,217 +16068,217 @@
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
     </row>
     <row r="25" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1"/>
       <c r="B25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
-      <c r="L25" s="154" t="s">
+      <c r="L25" s="167" t="s">
         <v>106</v>
       </c>
-      <c r="M25" s="154"/>
-[...23 lines deleted...]
-      <c r="AK25" s="154"/>
+      <c r="M25" s="167"/>
+      <c r="N25" s="167"/>
+      <c r="O25" s="167"/>
+      <c r="P25" s="167"/>
+      <c r="Q25" s="167"/>
+      <c r="R25" s="167"/>
+      <c r="S25" s="167"/>
+      <c r="T25" s="167"/>
+      <c r="U25" s="167"/>
+      <c r="V25" s="167"/>
+      <c r="W25" s="167"/>
+      <c r="X25" s="167"/>
+      <c r="Y25" s="167"/>
+      <c r="Z25" s="167"/>
+      <c r="AA25" s="167"/>
+      <c r="AB25" s="167"/>
+      <c r="AC25" s="167"/>
+      <c r="AD25" s="167"/>
+      <c r="AE25" s="167"/>
+      <c r="AF25" s="167"/>
+      <c r="AG25" s="167"/>
+      <c r="AH25" s="167"/>
+      <c r="AI25" s="167"/>
+      <c r="AJ25" s="167"/>
+      <c r="AK25" s="167"/>
       <c r="AL25" s="1"/>
     </row>
     <row r="26" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
         <v>268</v>
       </c>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
-      <c r="AD26" s="159"/>
-      <c r="AE26" s="159"/>
+      <c r="AD26" s="175"/>
+      <c r="AE26" s="175"/>
       <c r="AF26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AG26" s="1" t="s">
         <v>25</v>
       </c>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
     </row>
     <row r="27" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1" t="s">
         <v>267</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
-      <c r="AD27" s="159"/>
-      <c r="AE27" s="159"/>
+      <c r="AD27" s="175"/>
+      <c r="AE27" s="175"/>
       <c r="AF27" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AG27" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AQ27" s="26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1" t="s">
         <v>96</v>
       </c>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
-      <c r="U28" s="160"/>
-[...15 lines deleted...]
-      <c r="AK28" s="160"/>
+      <c r="U28" s="176"/>
+      <c r="V28" s="176"/>
+      <c r="W28" s="176"/>
+      <c r="X28" s="176"/>
+      <c r="Y28" s="176"/>
+      <c r="Z28" s="176"/>
+      <c r="AA28" s="176"/>
+      <c r="AB28" s="176"/>
+      <c r="AC28" s="176"/>
+      <c r="AD28" s="176"/>
+      <c r="AE28" s="176"/>
+      <c r="AF28" s="176"/>
+      <c r="AG28" s="176"/>
+      <c r="AH28" s="176"/>
+      <c r="AI28" s="176"/>
+      <c r="AJ28" s="176"/>
+      <c r="AK28" s="176"/>
       <c r="AL28" s="1"/>
       <c r="AQ28" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:43" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
@@ -16639,63 +16399,63 @@
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1" t="s">
         <v>109</v>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
-      <c r="Y32" s="160"/>
-[...11 lines deleted...]
-      <c r="AK32" s="160"/>
+      <c r="Y32" s="176"/>
+      <c r="Z32" s="176"/>
+      <c r="AA32" s="176"/>
+      <c r="AB32" s="176"/>
+      <c r="AC32" s="176"/>
+      <c r="AD32" s="176"/>
+      <c r="AE32" s="176"/>
+      <c r="AF32" s="176"/>
+      <c r="AG32" s="176"/>
+      <c r="AH32" s="176"/>
+      <c r="AI32" s="176"/>
+      <c r="AJ32" s="176"/>
+      <c r="AK32" s="176"/>
       <c r="AL32" s="1"/>
     </row>
     <row r="33" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1"/>
       <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
       <c r="H33" s="6"/>
       <c r="I33" s="6"/>
       <c r="J33" s="6"/>
       <c r="K33" s="6"/>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="6"/>
       <c r="Q33" s="6"/>
       <c r="R33" s="6"/>
       <c r="S33" s="6"/>
       <c r="T33" s="6"/>
       <c r="U33" s="6"/>
       <c r="V33" s="6"/>
@@ -16819,66 +16579,66 @@
         <v>112</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1" t="s">
         <v>151</v>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1" t="s">
         <v>110</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
-      <c r="V36" s="154"/>
-[...14 lines deleted...]
-      <c r="AK36" s="154"/>
+      <c r="V36" s="167"/>
+      <c r="W36" s="167"/>
+      <c r="X36" s="167"/>
+      <c r="Y36" s="167"/>
+      <c r="Z36" s="167"/>
+      <c r="AA36" s="167"/>
+      <c r="AB36" s="167"/>
+      <c r="AC36" s="167"/>
+      <c r="AD36" s="167"/>
+      <c r="AE36" s="167"/>
+      <c r="AF36" s="167"/>
+      <c r="AG36" s="167"/>
+      <c r="AH36" s="167"/>
+      <c r="AI36" s="167"/>
+      <c r="AJ36" s="167"/>
+      <c r="AK36" s="167"/>
       <c r="AL36" s="1"/>
       <c r="AQ36" s="26" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="11"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
@@ -17046,256 +16806,256 @@
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1" t="s">
         <v>42</v>
       </c>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1" t="s">
         <v>114</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
-      <c r="V41" s="154"/>
-[...14 lines deleted...]
-      <c r="AK41" s="154"/>
+      <c r="V41" s="167"/>
+      <c r="W41" s="167"/>
+      <c r="X41" s="167"/>
+      <c r="Y41" s="167"/>
+      <c r="Z41" s="167"/>
+      <c r="AA41" s="167"/>
+      <c r="AB41" s="167"/>
+      <c r="AC41" s="167"/>
+      <c r="AD41" s="167"/>
+      <c r="AE41" s="167"/>
+      <c r="AF41" s="167"/>
+      <c r="AG41" s="167"/>
+      <c r="AH41" s="167"/>
+      <c r="AI41" s="167"/>
+      <c r="AJ41" s="167"/>
+      <c r="AK41" s="167"/>
       <c r="AL41" s="1"/>
     </row>
     <row r="42" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1" t="s">
         <v>45</v>
       </c>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
-      <c r="V42" s="154"/>
-[...14 lines deleted...]
-      <c r="AK42" s="154"/>
+      <c r="V42" s="167"/>
+      <c r="W42" s="167"/>
+      <c r="X42" s="167"/>
+      <c r="Y42" s="167"/>
+      <c r="Z42" s="167"/>
+      <c r="AA42" s="167"/>
+      <c r="AB42" s="167"/>
+      <c r="AC42" s="167"/>
+      <c r="AD42" s="167"/>
+      <c r="AE42" s="167"/>
+      <c r="AF42" s="167"/>
+      <c r="AG42" s="167"/>
+      <c r="AH42" s="167"/>
+      <c r="AI42" s="167"/>
+      <c r="AJ42" s="167"/>
+      <c r="AK42" s="167"/>
       <c r="AL42" s="1"/>
     </row>
     <row r="43" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1" t="s">
         <v>48</v>
       </c>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
-      <c r="V43" s="154"/>
-[...14 lines deleted...]
-      <c r="AK43" s="154"/>
+      <c r="V43" s="167"/>
+      <c r="W43" s="167"/>
+      <c r="X43" s="167"/>
+      <c r="Y43" s="167"/>
+      <c r="Z43" s="167"/>
+      <c r="AA43" s="167"/>
+      <c r="AB43" s="167"/>
+      <c r="AC43" s="167"/>
+      <c r="AD43" s="167"/>
+      <c r="AE43" s="167"/>
+      <c r="AF43" s="167"/>
+      <c r="AG43" s="167"/>
+      <c r="AH43" s="167"/>
+      <c r="AI43" s="167"/>
+      <c r="AJ43" s="167"/>
+      <c r="AK43" s="167"/>
       <c r="AL43" s="1"/>
       <c r="AQ43" s="26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1" t="s">
         <v>50</v>
       </c>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1" t="s">
         <v>117</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
-      <c r="V44" s="154"/>
-[...14 lines deleted...]
-      <c r="AK44" s="154"/>
+      <c r="V44" s="167"/>
+      <c r="W44" s="167"/>
+      <c r="X44" s="167"/>
+      <c r="Y44" s="167"/>
+      <c r="Z44" s="167"/>
+      <c r="AA44" s="167"/>
+      <c r="AB44" s="167"/>
+      <c r="AC44" s="167"/>
+      <c r="AD44" s="167"/>
+      <c r="AE44" s="167"/>
+      <c r="AF44" s="167"/>
+      <c r="AG44" s="167"/>
+      <c r="AH44" s="167"/>
+      <c r="AI44" s="167"/>
+      <c r="AJ44" s="167"/>
+      <c r="AK44" s="167"/>
       <c r="AL44" s="1"/>
       <c r="AQ44" s="26" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1" t="s">
         <v>52</v>
       </c>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
         <v>118</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
-      <c r="V45" s="154"/>
-[...14 lines deleted...]
-      <c r="AK45" s="154"/>
+      <c r="V45" s="167"/>
+      <c r="W45" s="167"/>
+      <c r="X45" s="167"/>
+      <c r="Y45" s="167"/>
+      <c r="Z45" s="167"/>
+      <c r="AA45" s="167"/>
+      <c r="AB45" s="167"/>
+      <c r="AC45" s="167"/>
+      <c r="AD45" s="167"/>
+      <c r="AE45" s="167"/>
+      <c r="AF45" s="167"/>
+      <c r="AG45" s="167"/>
+      <c r="AH45" s="167"/>
+      <c r="AI45" s="167"/>
+      <c r="AJ45" s="167"/>
+      <c r="AK45" s="167"/>
       <c r="AL45" s="1"/>
       <c r="AQ45" s="26" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
@@ -17314,131 +17074,131 @@
       <c r="AF46" s="1"/>
       <c r="AG46" s="1"/>
       <c r="AH46" s="1"/>
       <c r="AI46" s="1"/>
       <c r="AJ46" s="1"/>
       <c r="AK46" s="1"/>
       <c r="AL46" s="1"/>
       <c r="AQ46" s="26" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
-      <c r="L47" s="156"/>
-[...1 lines deleted...]
-      <c r="N47" s="156"/>
+      <c r="L47" s="164"/>
+      <c r="M47" s="164"/>
+      <c r="N47" s="164"/>
       <c r="O47" s="1" t="s">
         <v>55</v>
       </c>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1" t="s">
         <v>120</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
-      <c r="AC47" s="161" t="str">
+      <c r="AC47" s="172" t="str">
         <f>IFERROR(L47*1000/L15,"")</f>
         <v/>
       </c>
-      <c r="AD47" s="161"/>
-[...2 lines deleted...]
-      <c r="AG47" s="161"/>
+      <c r="AD47" s="172"/>
+      <c r="AE47" s="172"/>
+      <c r="AF47" s="172"/>
+      <c r="AG47" s="172"/>
       <c r="AH47" s="1" t="s">
         <v>152</v>
       </c>
       <c r="AI47" s="1"/>
       <c r="AJ47" s="1"/>
       <c r="AK47" s="1"/>
       <c r="AL47" s="1"/>
       <c r="AQ47" s="26" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
-      <c r="L48" s="156"/>
-[...1 lines deleted...]
-      <c r="N48" s="156"/>
+      <c r="L48" s="164"/>
+      <c r="M48" s="164"/>
+      <c r="N48" s="164"/>
       <c r="O48" s="1" t="s">
         <v>57</v>
       </c>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1" t="s">
         <v>120</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="1"/>
       <c r="Z48" s="1"/>
       <c r="AA48" s="1"/>
       <c r="AB48" s="1"/>
-      <c r="AC48" s="161" t="str">
+      <c r="AC48" s="172" t="str">
         <f>IFERROR(L48*1000/Z15,"")</f>
         <v/>
       </c>
-      <c r="AD48" s="161"/>
-[...2 lines deleted...]
-      <c r="AG48" s="161"/>
+      <c r="AD48" s="172"/>
+      <c r="AE48" s="172"/>
+      <c r="AF48" s="172"/>
+      <c r="AG48" s="172"/>
       <c r="AH48" s="1" t="s">
         <v>152</v>
       </c>
       <c r="AI48" s="1"/>
       <c r="AJ48" s="1"/>
       <c r="AK48" s="1"/>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1"/>
       <c r="B49" s="6"/>
       <c r="C49" s="6"/>
       <c r="D49" s="6"/>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
       <c r="G49" s="6"/>
       <c r="H49" s="6"/>
       <c r="I49" s="6"/>
       <c r="J49" s="6"/>
       <c r="K49" s="6"/>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
@@ -17521,156 +17281,156 @@
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1" t="s">
         <v>61</v>
       </c>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1" t="s">
         <v>121</v>
       </c>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
-      <c r="X51" s="154"/>
-[...12 lines deleted...]
-      <c r="AK51" s="154"/>
+      <c r="X51" s="167"/>
+      <c r="Y51" s="167"/>
+      <c r="Z51" s="167"/>
+      <c r="AA51" s="167"/>
+      <c r="AB51" s="167"/>
+      <c r="AC51" s="167"/>
+      <c r="AD51" s="167"/>
+      <c r="AE51" s="167"/>
+      <c r="AF51" s="167"/>
+      <c r="AG51" s="167"/>
+      <c r="AH51" s="167"/>
+      <c r="AI51" s="167"/>
+      <c r="AJ51" s="167"/>
+      <c r="AK51" s="167"/>
       <c r="AL51" s="1"/>
     </row>
     <row r="52" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1" t="s">
         <v>62</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
-      <c r="X52" s="154"/>
-[...12 lines deleted...]
-      <c r="AK52" s="154"/>
+      <c r="X52" s="167"/>
+      <c r="Y52" s="167"/>
+      <c r="Z52" s="167"/>
+      <c r="AA52" s="167"/>
+      <c r="AB52" s="167"/>
+      <c r="AC52" s="167"/>
+      <c r="AD52" s="167"/>
+      <c r="AE52" s="167"/>
+      <c r="AF52" s="167"/>
+      <c r="AG52" s="167"/>
+      <c r="AH52" s="167"/>
+      <c r="AI52" s="167"/>
+      <c r="AJ52" s="167"/>
+      <c r="AK52" s="167"/>
       <c r="AL52" s="1"/>
     </row>
     <row r="53" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="1"/>
       <c r="B53" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1" t="s">
         <v>63</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1" t="s">
         <v>123</v>
       </c>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
-      <c r="X53" s="154"/>
-[...12 lines deleted...]
-      <c r="AK53" s="154"/>
+      <c r="X53" s="167"/>
+      <c r="Y53" s="167"/>
+      <c r="Z53" s="167"/>
+      <c r="AA53" s="167"/>
+      <c r="AB53" s="167"/>
+      <c r="AC53" s="167"/>
+      <c r="AD53" s="167"/>
+      <c r="AE53" s="167"/>
+      <c r="AF53" s="167"/>
+      <c r="AG53" s="167"/>
+      <c r="AH53" s="167"/>
+      <c r="AI53" s="167"/>
+      <c r="AJ53" s="167"/>
+      <c r="AK53" s="167"/>
       <c r="AL53" s="1"/>
     </row>
     <row r="54" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1"/>
       <c r="B54" s="6"/>
       <c r="C54" s="6"/>
       <c r="D54" s="6"/>
       <c r="E54" s="6"/>
       <c r="F54" s="6"/>
       <c r="G54" s="6"/>
       <c r="H54" s="6"/>
       <c r="I54" s="6"/>
       <c r="J54" s="6"/>
       <c r="K54" s="6"/>
       <c r="L54" s="6"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
       <c r="P54" s="6"/>
       <c r="Q54" s="6"/>
       <c r="R54" s="6"/>
       <c r="S54" s="6"/>
       <c r="T54" s="6"/>
       <c r="U54" s="6"/>
       <c r="V54" s="6"/>
@@ -17721,129 +17481,129 @@
       <c r="Y55" s="1"/>
       <c r="Z55" s="1"/>
       <c r="AA55" s="1"/>
       <c r="AB55" s="1"/>
       <c r="AC55" s="1"/>
       <c r="AD55" s="1"/>
       <c r="AE55" s="1"/>
       <c r="AF55" s="1"/>
       <c r="AG55" s="1"/>
       <c r="AH55" s="1"/>
       <c r="AI55" s="1"/>
       <c r="AJ55" s="1"/>
       <c r="AK55" s="1"/>
       <c r="AL55" s="1"/>
     </row>
     <row r="56" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="1"/>
       <c r="B56" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
-      <c r="H56" s="154" t="s">
+      <c r="H56" s="167" t="s">
         <v>106</v>
       </c>
-      <c r="I56" s="154"/>
-[...10 lines deleted...]
-      <c r="T56" s="154"/>
+      <c r="I56" s="167"/>
+      <c r="J56" s="167"/>
+      <c r="K56" s="167"/>
+      <c r="L56" s="167"/>
+      <c r="M56" s="167"/>
+      <c r="N56" s="167"/>
+      <c r="O56" s="167"/>
+      <c r="P56" s="167"/>
+      <c r="Q56" s="167"/>
+      <c r="R56" s="167"/>
+      <c r="S56" s="167"/>
+      <c r="T56" s="167"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1" t="s">
         <v>129</v>
       </c>
       <c r="X56" s="1"/>
       <c r="Y56" s="1"/>
       <c r="Z56" s="1"/>
       <c r="AA56" s="1"/>
       <c r="AB56" s="1"/>
-      <c r="AC56" s="156"/>
-[...2 lines deleted...]
-      <c r="AF56" s="156"/>
+      <c r="AC56" s="164"/>
+      <c r="AD56" s="164"/>
+      <c r="AE56" s="164"/>
+      <c r="AF56" s="164"/>
       <c r="AG56" s="1" t="s">
         <v>65</v>
       </c>
       <c r="AH56" s="1"/>
       <c r="AI56" s="1"/>
       <c r="AJ56" s="1"/>
       <c r="AK56" s="1"/>
       <c r="AL56" s="1"/>
     </row>
     <row r="57" spans="1:43" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1" t="s">
         <v>67</v>
       </c>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1" t="s">
         <v>130</v>
       </c>
       <c r="X57" s="1"/>
       <c r="Y57" s="1"/>
       <c r="Z57" s="1"/>
       <c r="AA57" s="1"/>
       <c r="AB57" s="1"/>
-      <c r="AC57" s="162"/>
-[...2 lines deleted...]
-      <c r="AF57" s="162"/>
+      <c r="AC57" s="163"/>
+      <c r="AD57" s="163"/>
+      <c r="AE57" s="163"/>
+      <c r="AF57" s="163"/>
       <c r="AG57" s="1" t="s">
         <v>68</v>
       </c>
       <c r="AH57" s="1"/>
       <c r="AI57" s="1"/>
       <c r="AJ57" s="1"/>
       <c r="AK57" s="1"/>
       <c r="AL57" s="1"/>
     </row>
     <row r="58" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1"/>
       <c r="B58" s="6"/>
       <c r="C58" s="6"/>
       <c r="D58" s="6"/>
       <c r="E58" s="6"/>
       <c r="F58" s="6"/>
       <c r="G58" s="6"/>
       <c r="H58" s="6"/>
       <c r="I58" s="6"/>
       <c r="J58" s="6"/>
       <c r="K58" s="6"/>
       <c r="L58" s="6"/>
       <c r="M58" s="6"/>
       <c r="N58" s="6"/>
       <c r="O58" s="6"/>
@@ -18039,98 +17799,98 @@
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1" t="s">
         <v>133</v>
       </c>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
-      <c r="R63" s="154"/>
-[...18 lines deleted...]
-      <c r="AK63" s="154"/>
+      <c r="R63" s="167"/>
+      <c r="S63" s="167"/>
+      <c r="T63" s="167"/>
+      <c r="U63" s="167"/>
+      <c r="V63" s="167"/>
+      <c r="W63" s="167"/>
+      <c r="X63" s="167"/>
+      <c r="Y63" s="167"/>
+      <c r="Z63" s="167"/>
+      <c r="AA63" s="167"/>
+      <c r="AB63" s="167"/>
+      <c r="AC63" s="167"/>
+      <c r="AD63" s="167"/>
+      <c r="AE63" s="167"/>
+      <c r="AF63" s="167"/>
+      <c r="AG63" s="167"/>
+      <c r="AH63" s="167"/>
+      <c r="AI63" s="167"/>
+      <c r="AJ63" s="167"/>
+      <c r="AK63" s="167"/>
       <c r="AL63" s="1"/>
     </row>
     <row r="64" spans="1:43" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1" t="s">
         <v>134</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
-      <c r="R64" s="157"/>
-[...2 lines deleted...]
-      <c r="U64" s="157"/>
+      <c r="R64" s="171"/>
+      <c r="S64" s="171"/>
+      <c r="T64" s="171"/>
+      <c r="U64" s="171"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="1"/>
       <c r="AC64" s="1"/>
       <c r="AD64" s="1"/>
       <c r="AE64" s="1"/>
       <c r="AF64" s="1"/>
       <c r="AG64" s="1"/>
       <c r="AH64" s="1"/>
       <c r="AI64" s="1"/>
       <c r="AJ64" s="1"/>
       <c r="AK64" s="1"/>
       <c r="AL64" s="1"/>
     </row>
     <row r="65" spans="1:44" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
@@ -18150,127 +17910,127 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
       <c r="AH65" s="1"/>
       <c r="AI65" s="1"/>
       <c r="AJ65" s="1"/>
       <c r="AK65" s="1"/>
       <c r="AL65" s="1"/>
     </row>
     <row r="66" spans="1:44" s="41" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="14"/>
       <c r="B66" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="C66" s="163" t="s">
+      <c r="C66" s="170" t="s">
         <v>149</v>
       </c>
-      <c r="D66" s="163"/>
-[...32 lines deleted...]
-      <c r="AK66" s="163"/>
+      <c r="D66" s="170"/>
+      <c r="E66" s="170"/>
+      <c r="F66" s="170"/>
+      <c r="G66" s="170"/>
+      <c r="H66" s="170"/>
+      <c r="I66" s="170"/>
+      <c r="J66" s="170"/>
+      <c r="K66" s="170"/>
+      <c r="L66" s="170"/>
+      <c r="M66" s="170"/>
+      <c r="N66" s="170"/>
+      <c r="O66" s="170"/>
+      <c r="P66" s="170"/>
+      <c r="Q66" s="170"/>
+      <c r="R66" s="170"/>
+      <c r="S66" s="170"/>
+      <c r="T66" s="170"/>
+      <c r="U66" s="170"/>
+      <c r="V66" s="170"/>
+      <c r="W66" s="170"/>
+      <c r="X66" s="170"/>
+      <c r="Y66" s="170"/>
+      <c r="Z66" s="170"/>
+      <c r="AA66" s="170"/>
+      <c r="AB66" s="170"/>
+      <c r="AC66" s="170"/>
+      <c r="AD66" s="170"/>
+      <c r="AE66" s="170"/>
+      <c r="AF66" s="170"/>
+      <c r="AG66" s="170"/>
+      <c r="AH66" s="170"/>
+      <c r="AI66" s="170"/>
+      <c r="AJ66" s="170"/>
+      <c r="AK66" s="170"/>
       <c r="AL66" s="14"/>
     </row>
     <row r="67" spans="1:44" s="41" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="14"/>
       <c r="B67" s="14"/>
-      <c r="C67" s="163"/>
-[...33 lines deleted...]
-      <c r="AK67" s="163"/>
+      <c r="C67" s="170"/>
+      <c r="D67" s="170"/>
+      <c r="E67" s="170"/>
+      <c r="F67" s="170"/>
+      <c r="G67" s="170"/>
+      <c r="H67" s="170"/>
+      <c r="I67" s="170"/>
+      <c r="J67" s="170"/>
+      <c r="K67" s="170"/>
+      <c r="L67" s="170"/>
+      <c r="M67" s="170"/>
+      <c r="N67" s="170"/>
+      <c r="O67" s="170"/>
+      <c r="P67" s="170"/>
+      <c r="Q67" s="170"/>
+      <c r="R67" s="170"/>
+      <c r="S67" s="170"/>
+      <c r="T67" s="170"/>
+      <c r="U67" s="170"/>
+      <c r="V67" s="170"/>
+      <c r="W67" s="170"/>
+      <c r="X67" s="170"/>
+      <c r="Y67" s="170"/>
+      <c r="Z67" s="170"/>
+      <c r="AA67" s="170"/>
+      <c r="AB67" s="170"/>
+      <c r="AC67" s="170"/>
+      <c r="AD67" s="170"/>
+      <c r="AE67" s="170"/>
+      <c r="AF67" s="170"/>
+      <c r="AG67" s="170"/>
+      <c r="AH67" s="170"/>
+      <c r="AI67" s="170"/>
+      <c r="AJ67" s="170"/>
+      <c r="AK67" s="170"/>
       <c r="AL67" s="14"/>
     </row>
     <row r="68" spans="1:44" s="40" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A68" s="37"/>
       <c r="B68" s="37" t="s">
         <v>73</v>
       </c>
       <c r="C68" s="38" t="s">
         <v>150</v>
       </c>
       <c r="D68" s="39"/>
       <c r="E68" s="39"/>
       <c r="F68" s="39"/>
       <c r="G68" s="39"/>
       <c r="H68" s="39"/>
       <c r="I68" s="39"/>
       <c r="J68" s="39"/>
       <c r="K68" s="39"/>
       <c r="L68" s="39"/>
       <c r="M68" s="39"/>
       <c r="N68" s="39"/>
       <c r="O68" s="39"/>
       <c r="P68" s="39"/>
       <c r="Q68" s="39"/>
       <c r="R68" s="39"/>
@@ -18381,118 +18141,118 @@
       <c r="A71" s="1"/>
       <c r="B71" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="K71" s="1" t="s">
         <v>138</v>
       </c>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="10" t="s">
         <v>136</v>
       </c>
-      <c r="V71" s="156"/>
-[...1 lines deleted...]
-      <c r="X71" s="156"/>
+      <c r="V71" s="164"/>
+      <c r="W71" s="164"/>
+      <c r="X71" s="164"/>
       <c r="Y71" s="1" t="s">
         <v>74</v>
       </c>
       <c r="Z71" s="1"/>
       <c r="AA71" s="1"/>
       <c r="AB71" s="1"/>
       <c r="AC71" s="1"/>
       <c r="AD71" s="1"/>
       <c r="AE71" s="1"/>
       <c r="AF71" s="1"/>
       <c r="AG71" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="AH71" s="156"/>
-      <c r="AI71" s="156"/>
+      <c r="AH71" s="164"/>
+      <c r="AI71" s="164"/>
       <c r="AJ71" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AK71" s="1"/>
       <c r="AL71" s="1"/>
     </row>
     <row r="72" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="1"/>
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1" t="s">
         <v>332</v>
       </c>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="10" t="s">
         <v>136</v>
       </c>
-      <c r="V72" s="162"/>
-[...1 lines deleted...]
-      <c r="X72" s="162"/>
+      <c r="V72" s="163"/>
+      <c r="W72" s="163"/>
+      <c r="X72" s="163"/>
       <c r="Y72" s="1" t="s">
         <v>74</v>
       </c>
       <c r="Z72" s="1"/>
       <c r="AA72" s="1"/>
       <c r="AB72" s="1"/>
       <c r="AC72" s="1"/>
       <c r="AD72" s="1"/>
       <c r="AE72" s="1"/>
       <c r="AF72" s="1"/>
       <c r="AG72" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="AH72" s="156"/>
-      <c r="AI72" s="156"/>
+      <c r="AH72" s="164"/>
+      <c r="AI72" s="164"/>
       <c r="AJ72" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AK72" s="1"/>
       <c r="AL72" s="1"/>
     </row>
     <row r="73" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="1"/>
       <c r="B73" s="1"/>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
@@ -18506,68 +18266,68 @@
       <c r="AB73" s="1"/>
       <c r="AC73" s="1"/>
       <c r="AD73" s="1"/>
       <c r="AE73" s="1"/>
       <c r="AF73" s="1"/>
       <c r="AG73" s="1"/>
       <c r="AH73" s="1"/>
       <c r="AI73" s="1"/>
       <c r="AJ73" s="1"/>
       <c r="AK73" s="1"/>
       <c r="AL73" s="1"/>
     </row>
     <row r="74" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="1"/>
       <c r="B74" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
-      <c r="K74" s="167"/>
-[...1 lines deleted...]
-      <c r="M74" s="167"/>
+      <c r="K74" s="168"/>
+      <c r="L74" s="168"/>
+      <c r="M74" s="168"/>
       <c r="N74" s="1" t="s">
         <v>75</v>
       </c>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
-      <c r="U74" s="156"/>
-[...2 lines deleted...]
-      <c r="X74" s="156"/>
+      <c r="U74" s="164"/>
+      <c r="V74" s="164"/>
+      <c r="W74" s="164"/>
+      <c r="X74" s="164"/>
       <c r="Y74" s="1" t="s">
         <v>76</v>
       </c>
       <c r="Z74" s="1"/>
       <c r="AA74" s="1"/>
       <c r="AB74" s="1"/>
       <c r="AC74" s="1"/>
       <c r="AD74" s="1"/>
       <c r="AE74" s="1"/>
       <c r="AF74" s="1"/>
       <c r="AG74" s="1"/>
       <c r="AH74" s="1"/>
       <c r="AI74" s="1"/>
       <c r="AJ74" s="1"/>
       <c r="AK74" s="1"/>
       <c r="AL74" s="1"/>
       <c r="AR74" s="26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="75" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
       <c r="B75" s="9" t="s">
         <v>77</v>
       </c>
@@ -18602,130 +18362,130 @@
       <c r="AE75" s="5"/>
       <c r="AF75" s="5"/>
       <c r="AG75" s="5"/>
       <c r="AH75" s="5"/>
       <c r="AI75" s="5"/>
       <c r="AJ75" s="5"/>
       <c r="AK75" s="5"/>
       <c r="AL75" s="1"/>
       <c r="AR75" s="26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="76" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
-      <c r="K76" s="164" t="s">
+      <c r="K76" s="165" t="s">
         <v>106</v>
       </c>
-      <c r="L76" s="164"/>
-[...15 lines deleted...]
-      <c r="AB76" s="164"/>
+      <c r="L76" s="165"/>
+      <c r="M76" s="165"/>
+      <c r="N76" s="165"/>
+      <c r="O76" s="165"/>
+      <c r="P76" s="165"/>
+      <c r="Q76" s="165"/>
+      <c r="R76" s="165"/>
+      <c r="S76" s="165"/>
+      <c r="T76" s="165"/>
+      <c r="U76" s="165"/>
+      <c r="V76" s="165"/>
+      <c r="W76" s="165"/>
+      <c r="X76" s="165"/>
+      <c r="Y76" s="165"/>
+      <c r="Z76" s="165"/>
+      <c r="AA76" s="165"/>
+      <c r="AB76" s="165"/>
       <c r="AC76" s="27" t="str">
         <f>IF(OR(K76="valeur g calculée en fonction des valeurs fg des façades",K76="autre (compléter ci-dessous)"),"Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD76" s="5"/>
       <c r="AF76" s="5"/>
       <c r="AG76" s="5"/>
       <c r="AH76" s="5"/>
       <c r="AI76" s="5"/>
       <c r="AJ76" s="5"/>
       <c r="AK76" s="5"/>
       <c r="AL76" s="1"/>
       <c r="AN76" s="26">
         <f>IF(AND(K76&lt;&gt;"choisir s.v.p. :",K76&lt;&gt;"protection solaire extérieure"),1,0)</f>
         <v>0</v>
       </c>
       <c r="AR76" s="26" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="13" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="14"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1" t="s">
         <v>143</v>
       </c>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
-      <c r="S77" s="154"/>
-[...15 lines deleted...]
-      <c r="AI77" s="154"/>
+      <c r="S77" s="167"/>
+      <c r="T77" s="167"/>
+      <c r="U77" s="167"/>
+      <c r="V77" s="167"/>
+      <c r="W77" s="167"/>
+      <c r="X77" s="167"/>
+      <c r="Y77" s="167"/>
+      <c r="Z77" s="167"/>
+      <c r="AA77" s="167"/>
+      <c r="AB77" s="167"/>
+      <c r="AC77" s="167"/>
+      <c r="AD77" s="167"/>
+      <c r="AE77" s="167"/>
+      <c r="AF77" s="167"/>
+      <c r="AG77" s="167"/>
+      <c r="AH77" s="167"/>
+      <c r="AI77" s="167"/>
       <c r="AJ77" s="1"/>
       <c r="AK77" s="1"/>
       <c r="AL77" s="1"/>
       <c r="AR77" s="26" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="78" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="14"/>
       <c r="C78" s="14"/>
       <c r="D78" s="14"/>
       <c r="E78" s="14"/>
       <c r="F78" s="14"/>
       <c r="G78" s="14"/>
       <c r="H78" s="14"/>
       <c r="I78" s="14"/>
       <c r="J78" s="14"/>
       <c r="K78" s="14"/>
       <c r="L78" s="14"/>
       <c r="M78" s="14"/>
       <c r="N78" s="14"/>
       <c r="O78" s="14"/>
       <c r="P78" s="14"/>
       <c r="Q78" s="14"/>
@@ -18748,126 +18508,126 @@
       <c r="AE78" s="14"/>
       <c r="AF78" s="14"/>
       <c r="AG78" s="14"/>
       <c r="AH78" s="14"/>
       <c r="AI78" s="14"/>
       <c r="AJ78" s="14"/>
       <c r="AK78" s="14"/>
       <c r="AL78" s="1"/>
       <c r="AR78" s="26" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="79" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
       <c r="B79" s="14" t="s">
         <v>141</v>
       </c>
       <c r="C79" s="14"/>
       <c r="D79" s="14"/>
       <c r="E79" s="14"/>
       <c r="F79" s="14"/>
       <c r="G79" s="14"/>
       <c r="H79" s="14"/>
       <c r="I79" s="14"/>
       <c r="J79" s="14"/>
-      <c r="K79" s="164" t="s">
+      <c r="K79" s="165" t="s">
         <v>7</v>
       </c>
-      <c r="L79" s="164"/>
-[...15 lines deleted...]
-      <c r="AB79" s="164"/>
+      <c r="L79" s="165"/>
+      <c r="M79" s="165"/>
+      <c r="N79" s="165"/>
+      <c r="O79" s="165"/>
+      <c r="P79" s="165"/>
+      <c r="Q79" s="165"/>
+      <c r="R79" s="165"/>
+      <c r="S79" s="165"/>
+      <c r="T79" s="165"/>
+      <c r="U79" s="165"/>
+      <c r="V79" s="165"/>
+      <c r="W79" s="165"/>
+      <c r="X79" s="165"/>
+      <c r="Y79" s="165"/>
+      <c r="Z79" s="165"/>
+      <c r="AA79" s="165"/>
+      <c r="AB79" s="165"/>
       <c r="AC79" s="27" t="str">
         <f>IF(K79="autre (compléter ci-dessous)","Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD79" s="14"/>
       <c r="AE79" s="14"/>
       <c r="AF79" s="14"/>
       <c r="AG79" s="14"/>
       <c r="AH79" s="14"/>
       <c r="AI79" s="14"/>
       <c r="AJ79" s="14"/>
       <c r="AK79" s="14"/>
       <c r="AL79" s="1"/>
       <c r="AN79" s="26">
         <f>IF(K79="autre",1,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="14"/>
       <c r="C80" s="14"/>
       <c r="D80" s="14"/>
       <c r="E80" s="14"/>
       <c r="F80" s="14"/>
       <c r="G80" s="14"/>
       <c r="H80" s="14"/>
       <c r="I80" s="14"/>
       <c r="J80" s="14"/>
       <c r="K80" s="14" t="s">
         <v>144</v>
       </c>
       <c r="L80" s="14"/>
       <c r="M80" s="14"/>
       <c r="N80" s="14"/>
       <c r="O80" s="14"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" s="15"/>
-      <c r="S80" s="154"/>
-[...15 lines deleted...]
-      <c r="AI80" s="154"/>
+      <c r="S80" s="167"/>
+      <c r="T80" s="167"/>
+      <c r="U80" s="167"/>
+      <c r="V80" s="167"/>
+      <c r="W80" s="167"/>
+      <c r="X80" s="167"/>
+      <c r="Y80" s="167"/>
+      <c r="Z80" s="167"/>
+      <c r="AA80" s="167"/>
+      <c r="AB80" s="167"/>
+      <c r="AC80" s="167"/>
+      <c r="AD80" s="167"/>
+      <c r="AE80" s="167"/>
+      <c r="AF80" s="167"/>
+      <c r="AG80" s="167"/>
+      <c r="AH80" s="167"/>
+      <c r="AI80" s="167"/>
       <c r="AJ80" s="14"/>
       <c r="AK80" s="1"/>
       <c r="AL80" s="1"/>
       <c r="AR80" s="26" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="1"/>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
@@ -18890,519 +18650,522 @@
       <c r="AE81" s="1"/>
       <c r="AF81" s="1"/>
       <c r="AG81" s="1"/>
       <c r="AH81" s="1"/>
       <c r="AI81" s="1"/>
       <c r="AJ81" s="1"/>
       <c r="AK81" s="1"/>
       <c r="AL81" s="1"/>
       <c r="AR81" s="26" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="82" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="14" t="s">
         <v>142</v>
       </c>
       <c r="C82" s="14"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
-      <c r="K82" s="164" t="s">
+      <c r="K82" s="165" t="s">
         <v>106</v>
       </c>
-      <c r="L82" s="164"/>
-[...15 lines deleted...]
-      <c r="AB82" s="164"/>
+      <c r="L82" s="165"/>
+      <c r="M82" s="165"/>
+      <c r="N82" s="165"/>
+      <c r="O82" s="165"/>
+      <c r="P82" s="165"/>
+      <c r="Q82" s="165"/>
+      <c r="R82" s="165"/>
+      <c r="S82" s="165"/>
+      <c r="T82" s="165"/>
+      <c r="U82" s="165"/>
+      <c r="V82" s="165"/>
+      <c r="W82" s="165"/>
+      <c r="X82" s="165"/>
+      <c r="Y82" s="165"/>
+      <c r="Z82" s="165"/>
+      <c r="AA82" s="165"/>
+      <c r="AB82" s="165"/>
       <c r="AC82" s="27" t="str">
         <f>IF(K82="autre (compléter ci-dessous)","Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD82" s="1"/>
       <c r="AE82" s="1"/>
       <c r="AF82" s="1"/>
       <c r="AG82" s="1"/>
       <c r="AH82" s="1"/>
       <c r="AI82" s="1"/>
       <c r="AJ82" s="1"/>
       <c r="AK82" s="1"/>
       <c r="AL82" s="1"/>
       <c r="AN82" s="26">
         <f>IF(K83="pas d'allègement justifié selon OcEne art.28",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR82" s="26" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="14"/>
       <c r="C83" s="14"/>
       <c r="D83" s="14"/>
       <c r="E83" s="14"/>
       <c r="F83" s="14"/>
       <c r="G83" s="14"/>
       <c r="H83" s="14"/>
       <c r="I83" s="14"/>
       <c r="J83" s="14"/>
-      <c r="K83" s="166" t="s">
+      <c r="K83" s="169" t="s">
         <v>106</v>
       </c>
-      <c r="L83" s="166"/>
-[...23 lines deleted...]
-      <c r="AG83" s="1"/>
+      <c r="L83" s="169"/>
+      <c r="M83" s="169"/>
+      <c r="N83" s="169"/>
+      <c r="O83" s="169"/>
+      <c r="P83" s="169"/>
+      <c r="Q83" s="169"/>
+      <c r="R83" s="169"/>
+      <c r="S83" s="169"/>
+      <c r="T83" s="169"/>
+      <c r="U83" s="169"/>
+      <c r="V83" s="169"/>
+      <c r="W83" s="169"/>
+      <c r="X83" s="169"/>
+      <c r="Y83" s="169"/>
+      <c r="Z83" s="169"/>
+      <c r="AA83" s="169"/>
+      <c r="AB83" s="169"/>
+      <c r="AC83" s="169"/>
+      <c r="AD83" s="169"/>
+      <c r="AE83" s="169"/>
+      <c r="AF83" s="169"/>
+      <c r="AG83" s="169"/>
       <c r="AH83" s="1"/>
       <c r="AI83" s="1"/>
       <c r="AJ83" s="14"/>
       <c r="AK83" s="14"/>
       <c r="AL83" s="1"/>
     </row>
     <row r="84" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1"/>
       <c r="B84" s="16"/>
       <c r="C84" s="16"/>
       <c r="D84" s="16"/>
       <c r="E84" s="16"/>
       <c r="F84" s="16"/>
       <c r="G84" s="16"/>
       <c r="H84" s="16"/>
       <c r="I84" s="16"/>
       <c r="J84" s="16"/>
       <c r="K84" s="28" t="str">
-        <f>IF(K83=AR98,"Compensation de l'énergie électrique supplémentaire requise - EN-VS-104","")</f>
+        <f>IF(K83=AR99,"Compensation de l'énergie électrique supplémentaire requise - EN-VS-104","")</f>
         <v/>
       </c>
-      <c r="L84" s="16"/>
       <c r="M84" s="16"/>
       <c r="N84" s="16"/>
       <c r="O84" s="16"/>
       <c r="P84" s="16"/>
       <c r="Q84" s="16"/>
       <c r="R84" s="16"/>
       <c r="S84" s="26"/>
       <c r="T84" s="16"/>
       <c r="U84" s="16"/>
       <c r="V84" s="16"/>
       <c r="W84" s="16"/>
       <c r="X84" s="16"/>
       <c r="Y84" s="16"/>
       <c r="Z84" s="16"/>
       <c r="AA84" s="16"/>
       <c r="AB84" s="16"/>
       <c r="AC84" s="16"/>
       <c r="AD84" s="16"/>
       <c r="AE84" s="16"/>
       <c r="AF84" s="16"/>
       <c r="AG84" s="16"/>
       <c r="AH84" s="16"/>
       <c r="AI84" s="16"/>
       <c r="AJ84" s="16"/>
-      <c r="AK84" s="16"/>
+      <c r="AK84" s="224" t="str">
+        <f>IF(AN84=TRUE,"Info: ce motif n'est valable que pour les catégories habitat","")</f>
+        <v/>
+      </c>
       <c r="AL84" s="1"/>
+      <c r="AN84" s="26" t="b">
+        <f>IF(K83="PAC rév. dans habitat sans éléments actifs supplémentaires d’émission de froid",TRUE,FALSE)</f>
+        <v>0</v>
+      </c>
       <c r="AR84" s="26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="85" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
-      <c r="B85" s="165" t="s">
+      <c r="B85" s="166" t="s">
         <v>83</v>
       </c>
-      <c r="C85" s="165"/>
-[...33 lines deleted...]
-      <c r="AK85" s="165"/>
+      <c r="C85" s="166"/>
+      <c r="D85" s="166"/>
+      <c r="E85" s="166"/>
+      <c r="F85" s="166"/>
+      <c r="G85" s="166"/>
+      <c r="H85" s="166"/>
+      <c r="I85" s="166"/>
+      <c r="J85" s="166"/>
+      <c r="K85" s="166"/>
+      <c r="L85" s="166"/>
+      <c r="M85" s="166"/>
+      <c r="N85" s="166"/>
+      <c r="O85" s="166"/>
+      <c r="P85" s="166"/>
+      <c r="Q85" s="166"/>
+      <c r="R85" s="166"/>
+      <c r="S85" s="166"/>
+      <c r="T85" s="166"/>
+      <c r="U85" s="166"/>
+      <c r="V85" s="166"/>
+      <c r="W85" s="166"/>
+      <c r="X85" s="166"/>
+      <c r="Y85" s="166"/>
+      <c r="Z85" s="166"/>
+      <c r="AA85" s="166"/>
+      <c r="AB85" s="166"/>
+      <c r="AC85" s="166"/>
+      <c r="AD85" s="166"/>
+      <c r="AE85" s="166"/>
+      <c r="AF85" s="166"/>
+      <c r="AG85" s="166"/>
+      <c r="AH85" s="166"/>
+      <c r="AI85" s="166"/>
+      <c r="AJ85" s="166"/>
+      <c r="AK85" s="166"/>
       <c r="AL85" s="1"/>
       <c r="AR85" s="26" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="86" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
-      <c r="B86" s="168"/>
-[...34 lines deleted...]
-      <c r="AK86" s="170"/>
+      <c r="B86" s="106"/>
+      <c r="C86" s="107"/>
+      <c r="D86" s="107"/>
+      <c r="E86" s="107"/>
+      <c r="F86" s="107"/>
+      <c r="G86" s="107"/>
+      <c r="H86" s="107"/>
+      <c r="I86" s="107"/>
+      <c r="J86" s="107"/>
+      <c r="K86" s="107"/>
+      <c r="L86" s="107"/>
+      <c r="M86" s="107"/>
+      <c r="N86" s="107"/>
+      <c r="O86" s="107"/>
+      <c r="P86" s="107"/>
+      <c r="Q86" s="107"/>
+      <c r="R86" s="107"/>
+      <c r="S86" s="107"/>
+      <c r="T86" s="107"/>
+      <c r="U86" s="107"/>
+      <c r="V86" s="107"/>
+      <c r="W86" s="107"/>
+      <c r="X86" s="107"/>
+      <c r="Y86" s="107"/>
+      <c r="Z86" s="107"/>
+      <c r="AA86" s="107"/>
+      <c r="AB86" s="107"/>
+      <c r="AC86" s="107"/>
+      <c r="AD86" s="107"/>
+      <c r="AE86" s="107"/>
+      <c r="AF86" s="107"/>
+      <c r="AG86" s="107"/>
+      <c r="AH86" s="107"/>
+      <c r="AI86" s="107"/>
+      <c r="AJ86" s="107"/>
+      <c r="AK86" s="108"/>
       <c r="AL86" s="1"/>
       <c r="AR86" s="26" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="87" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
-      <c r="B87" s="171"/>
-[...34 lines deleted...]
-      <c r="AK87" s="173"/>
+      <c r="B87" s="109"/>
+      <c r="C87" s="110"/>
+      <c r="D87" s="110"/>
+      <c r="E87" s="110"/>
+      <c r="F87" s="110"/>
+      <c r="G87" s="110"/>
+      <c r="H87" s="110"/>
+      <c r="I87" s="110"/>
+      <c r="J87" s="110"/>
+      <c r="K87" s="110"/>
+      <c r="L87" s="110"/>
+      <c r="M87" s="110"/>
+      <c r="N87" s="110"/>
+      <c r="O87" s="110"/>
+      <c r="P87" s="110"/>
+      <c r="Q87" s="110"/>
+      <c r="R87" s="110"/>
+      <c r="S87" s="110"/>
+      <c r="T87" s="110"/>
+      <c r="U87" s="110"/>
+      <c r="V87" s="110"/>
+      <c r="W87" s="110"/>
+      <c r="X87" s="110"/>
+      <c r="Y87" s="110"/>
+      <c r="Z87" s="110"/>
+      <c r="AA87" s="110"/>
+      <c r="AB87" s="110"/>
+      <c r="AC87" s="110"/>
+      <c r="AD87" s="110"/>
+      <c r="AE87" s="110"/>
+      <c r="AF87" s="110"/>
+      <c r="AG87" s="110"/>
+      <c r="AH87" s="110"/>
+      <c r="AI87" s="110"/>
+      <c r="AJ87" s="110"/>
+      <c r="AK87" s="111"/>
       <c r="AL87" s="1"/>
       <c r="AR87" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="88" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1"/>
-      <c r="B88" s="171"/>
-[...34 lines deleted...]
-      <c r="AK88" s="173"/>
+      <c r="B88" s="109"/>
+      <c r="C88" s="110"/>
+      <c r="D88" s="110"/>
+      <c r="E88" s="110"/>
+      <c r="F88" s="110"/>
+      <c r="G88" s="110"/>
+      <c r="H88" s="110"/>
+      <c r="I88" s="110"/>
+      <c r="J88" s="110"/>
+      <c r="K88" s="110"/>
+      <c r="L88" s="110"/>
+      <c r="M88" s="110"/>
+      <c r="N88" s="110"/>
+      <c r="O88" s="110"/>
+      <c r="P88" s="110"/>
+      <c r="Q88" s="110"/>
+      <c r="R88" s="110"/>
+      <c r="S88" s="110"/>
+      <c r="T88" s="110"/>
+      <c r="U88" s="110"/>
+      <c r="V88" s="110"/>
+      <c r="W88" s="110"/>
+      <c r="X88" s="110"/>
+      <c r="Y88" s="110"/>
+      <c r="Z88" s="110"/>
+      <c r="AA88" s="110"/>
+      <c r="AB88" s="110"/>
+      <c r="AC88" s="110"/>
+      <c r="AD88" s="110"/>
+      <c r="AE88" s="110"/>
+      <c r="AF88" s="110"/>
+      <c r="AG88" s="110"/>
+      <c r="AH88" s="110"/>
+      <c r="AI88" s="110"/>
+      <c r="AJ88" s="110"/>
+      <c r="AK88" s="111"/>
       <c r="AL88" s="1"/>
       <c r="AR88" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="89" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="171"/>
-[...34 lines deleted...]
-      <c r="AK89" s="173"/>
+      <c r="B89" s="109"/>
+      <c r="C89" s="110"/>
+      <c r="D89" s="110"/>
+      <c r="E89" s="110"/>
+      <c r="F89" s="110"/>
+      <c r="G89" s="110"/>
+      <c r="H89" s="110"/>
+      <c r="I89" s="110"/>
+      <c r="J89" s="110"/>
+      <c r="K89" s="110"/>
+      <c r="L89" s="110"/>
+      <c r="M89" s="110"/>
+      <c r="N89" s="110"/>
+      <c r="O89" s="110"/>
+      <c r="P89" s="110"/>
+      <c r="Q89" s="110"/>
+      <c r="R89" s="110"/>
+      <c r="S89" s="110"/>
+      <c r="T89" s="110"/>
+      <c r="U89" s="110"/>
+      <c r="V89" s="110"/>
+      <c r="W89" s="110"/>
+      <c r="X89" s="110"/>
+      <c r="Y89" s="110"/>
+      <c r="Z89" s="110"/>
+      <c r="AA89" s="110"/>
+      <c r="AB89" s="110"/>
+      <c r="AC89" s="110"/>
+      <c r="AD89" s="110"/>
+      <c r="AE89" s="110"/>
+      <c r="AF89" s="110"/>
+      <c r="AG89" s="110"/>
+      <c r="AH89" s="110"/>
+      <c r="AI89" s="110"/>
+      <c r="AJ89" s="110"/>
+      <c r="AK89" s="111"/>
       <c r="AL89" s="1"/>
     </row>
     <row r="90" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
-      <c r="B90" s="171"/>
-[...34 lines deleted...]
-      <c r="AK90" s="173"/>
+      <c r="B90" s="109"/>
+      <c r="C90" s="110"/>
+      <c r="D90" s="110"/>
+      <c r="E90" s="110"/>
+      <c r="F90" s="110"/>
+      <c r="G90" s="110"/>
+      <c r="H90" s="110"/>
+      <c r="I90" s="110"/>
+      <c r="J90" s="110"/>
+      <c r="K90" s="110"/>
+      <c r="L90" s="110"/>
+      <c r="M90" s="110"/>
+      <c r="N90" s="110"/>
+      <c r="O90" s="110"/>
+      <c r="P90" s="110"/>
+      <c r="Q90" s="110"/>
+      <c r="R90" s="110"/>
+      <c r="S90" s="110"/>
+      <c r="T90" s="110"/>
+      <c r="U90" s="110"/>
+      <c r="V90" s="110"/>
+      <c r="W90" s="110"/>
+      <c r="X90" s="110"/>
+      <c r="Y90" s="110"/>
+      <c r="Z90" s="110"/>
+      <c r="AA90" s="110"/>
+      <c r="AB90" s="110"/>
+      <c r="AC90" s="110"/>
+      <c r="AD90" s="110"/>
+      <c r="AE90" s="110"/>
+      <c r="AF90" s="110"/>
+      <c r="AG90" s="110"/>
+      <c r="AH90" s="110"/>
+      <c r="AI90" s="110"/>
+      <c r="AJ90" s="110"/>
+      <c r="AK90" s="111"/>
       <c r="AL90" s="1"/>
       <c r="AR90" s="42" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="91" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
-      <c r="B91" s="171"/>
-[...34 lines deleted...]
-      <c r="AK91" s="173"/>
+      <c r="B91" s="109"/>
+      <c r="C91" s="110"/>
+      <c r="D91" s="110"/>
+      <c r="E91" s="110"/>
+      <c r="F91" s="110"/>
+      <c r="G91" s="110"/>
+      <c r="H91" s="110"/>
+      <c r="I91" s="110"/>
+      <c r="J91" s="110"/>
+      <c r="K91" s="110"/>
+      <c r="L91" s="110"/>
+      <c r="M91" s="110"/>
+      <c r="N91" s="110"/>
+      <c r="O91" s="110"/>
+      <c r="P91" s="110"/>
+      <c r="Q91" s="110"/>
+      <c r="R91" s="110"/>
+      <c r="S91" s="110"/>
+      <c r="T91" s="110"/>
+      <c r="U91" s="110"/>
+      <c r="V91" s="110"/>
+      <c r="W91" s="110"/>
+      <c r="X91" s="110"/>
+      <c r="Y91" s="110"/>
+      <c r="Z91" s="110"/>
+      <c r="AA91" s="110"/>
+      <c r="AB91" s="110"/>
+      <c r="AC91" s="110"/>
+      <c r="AD91" s="110"/>
+      <c r="AE91" s="110"/>
+      <c r="AF91" s="110"/>
+      <c r="AG91" s="110"/>
+      <c r="AH91" s="110"/>
+      <c r="AI91" s="110"/>
+      <c r="AJ91" s="110"/>
+      <c r="AK91" s="111"/>
       <c r="AL91" s="1"/>
       <c r="AR91" s="31" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="92" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B92" s="174"/>
-[...34 lines deleted...]
-      <c r="AK92" s="176"/>
+      <c r="B92" s="112"/>
+      <c r="C92" s="113"/>
+      <c r="D92" s="113"/>
+      <c r="E92" s="113"/>
+      <c r="F92" s="113"/>
+      <c r="G92" s="113"/>
+      <c r="H92" s="113"/>
+      <c r="I92" s="113"/>
+      <c r="J92" s="113"/>
+      <c r="K92" s="113"/>
+      <c r="L92" s="113"/>
+      <c r="M92" s="113"/>
+      <c r="N92" s="113"/>
+      <c r="O92" s="113"/>
+      <c r="P92" s="113"/>
+      <c r="Q92" s="113"/>
+      <c r="R92" s="113"/>
+      <c r="S92" s="113"/>
+      <c r="T92" s="113"/>
+      <c r="U92" s="113"/>
+      <c r="V92" s="113"/>
+      <c r="W92" s="113"/>
+      <c r="X92" s="113"/>
+      <c r="Y92" s="113"/>
+      <c r="Z92" s="113"/>
+      <c r="AA92" s="113"/>
+      <c r="AB92" s="113"/>
+      <c r="AC92" s="113"/>
+      <c r="AD92" s="113"/>
+      <c r="AE92" s="113"/>
+      <c r="AF92" s="113"/>
+      <c r="AG92" s="113"/>
+      <c r="AH92" s="113"/>
+      <c r="AI92" s="113"/>
+      <c r="AJ92" s="113"/>
+      <c r="AK92" s="114"/>
       <c r="AL92" s="1"/>
       <c r="AR92" s="31" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="93" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
       <c r="B93" s="32"/>
       <c r="C93" s="30"/>
       <c r="D93" s="30" t="s">
         <v>212</v>
       </c>
       <c r="E93" s="33"/>
       <c r="F93" s="33"/>
       <c r="G93" s="33"/>
       <c r="H93" s="33"/>
       <c r="I93" s="33"/>
       <c r="J93" s="33"/>
       <c r="K93" s="33"/>
       <c r="L93" s="33"/>
       <c r="M93" s="33"/>
       <c r="N93" s="33"/>
       <c r="O93" s="33"/>
       <c r="P93" s="33"/>
       <c r="Q93" s="33"/>
@@ -19631,506 +19394,509 @@
       <c r="O98" s="19"/>
       <c r="P98" s="19"/>
       <c r="Q98" s="19"/>
       <c r="R98" s="19"/>
       <c r="S98" s="19"/>
       <c r="T98" s="19"/>
       <c r="U98" s="19"/>
       <c r="V98" s="19"/>
       <c r="W98" s="19"/>
       <c r="X98" s="19"/>
       <c r="Y98" s="19"/>
       <c r="Z98" s="19"/>
       <c r="AA98" s="19"/>
       <c r="AB98" s="19"/>
       <c r="AC98" s="19"/>
       <c r="AD98" s="19"/>
       <c r="AE98" s="19"/>
       <c r="AF98" s="19"/>
       <c r="AG98" s="19"/>
       <c r="AH98" s="19"/>
       <c r="AI98" s="19"/>
       <c r="AJ98" s="19"/>
       <c r="AK98" s="20"/>
       <c r="AL98" s="1"/>
       <c r="AR98" s="31" t="s">
-        <v>153</v>
+        <v>379</v>
       </c>
     </row>
     <row r="99" spans="1:44" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1"/>
       <c r="B99" s="6"/>
       <c r="C99" s="6"/>
       <c r="D99" s="6"/>
       <c r="E99" s="6"/>
       <c r="F99" s="6"/>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="6"/>
       <c r="J99" s="6"/>
       <c r="K99" s="6"/>
       <c r="L99" s="6"/>
       <c r="M99" s="6"/>
       <c r="N99" s="6"/>
       <c r="O99" s="6"/>
       <c r="P99" s="6"/>
       <c r="Q99" s="6"/>
       <c r="R99" s="6"/>
       <c r="S99" s="6"/>
       <c r="T99" s="6"/>
       <c r="U99" s="6"/>
       <c r="V99" s="6"/>
       <c r="W99" s="6"/>
       <c r="X99" s="6"/>
       <c r="Y99" s="6"/>
       <c r="Z99" s="6"/>
       <c r="AA99" s="6"/>
       <c r="AB99" s="6"/>
       <c r="AC99" s="6"/>
       <c r="AD99" s="6"/>
       <c r="AE99" s="6"/>
       <c r="AF99" s="6"/>
       <c r="AG99" s="6"/>
       <c r="AH99" s="6"/>
       <c r="AI99" s="6"/>
       <c r="AJ99" s="6"/>
       <c r="AK99" s="6"/>
       <c r="AL99" s="1"/>
+      <c r="AR99" s="31" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="100" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="1"/>
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
       <c r="AA100" s="1"/>
       <c r="AB100" s="1"/>
       <c r="AC100" s="1"/>
       <c r="AD100" s="1"/>
       <c r="AE100" s="1"/>
       <c r="AF100" s="1"/>
       <c r="AG100" s="1"/>
       <c r="AH100" s="1"/>
       <c r="AI100" s="1"/>
       <c r="AJ100" s="1"/>
       <c r="AK100" s="1"/>
       <c r="AL100" s="1"/>
     </row>
     <row r="101" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="1"/>
-      <c r="B101" s="197" t="s">
+      <c r="B101" s="137" t="s">
         <v>85</v>
       </c>
-      <c r="C101" s="197"/>
-[...4 lines deleted...]
-      <c r="H101" s="199" t="s">
+      <c r="C101" s="137"/>
+      <c r="D101" s="137"/>
+      <c r="E101" s="137"/>
+      <c r="F101" s="137"/>
+      <c r="G101" s="138"/>
+      <c r="H101" s="139" t="s">
         <v>86</v>
       </c>
-      <c r="I101" s="200"/>
-[...13 lines deleted...]
-      <c r="W101" s="205" t="s">
+      <c r="I101" s="140"/>
+      <c r="J101" s="140"/>
+      <c r="K101" s="140"/>
+      <c r="L101" s="140"/>
+      <c r="M101" s="140"/>
+      <c r="N101" s="140"/>
+      <c r="O101" s="140"/>
+      <c r="P101" s="140"/>
+      <c r="Q101" s="140"/>
+      <c r="R101" s="140"/>
+      <c r="S101" s="140"/>
+      <c r="T101" s="140"/>
+      <c r="U101" s="140"/>
+      <c r="V101" s="141"/>
+      <c r="W101" s="145" t="s">
         <v>98</v>
       </c>
-      <c r="X101" s="206"/>
-[...12 lines deleted...]
-      <c r="AK101" s="207"/>
+      <c r="X101" s="146"/>
+      <c r="Y101" s="146"/>
+      <c r="Z101" s="146"/>
+      <c r="AA101" s="146"/>
+      <c r="AB101" s="146"/>
+      <c r="AC101" s="146"/>
+      <c r="AD101" s="146"/>
+      <c r="AE101" s="146"/>
+      <c r="AF101" s="146"/>
+      <c r="AG101" s="146"/>
+      <c r="AH101" s="146"/>
+      <c r="AI101" s="146"/>
+      <c r="AJ101" s="146"/>
+      <c r="AK101" s="147"/>
       <c r="AL101" s="1"/>
     </row>
     <row r="102" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="1"/>
       <c r="B102" s="21"/>
       <c r="C102" s="21"/>
       <c r="D102" s="21"/>
       <c r="E102" s="21"/>
       <c r="F102" s="21"/>
       <c r="G102" s="21"/>
-      <c r="H102" s="202"/>
-[...28 lines deleted...]
-      <c r="AK102" s="210"/>
+      <c r="H102" s="142"/>
+      <c r="I102" s="143"/>
+      <c r="J102" s="143"/>
+      <c r="K102" s="143"/>
+      <c r="L102" s="143"/>
+      <c r="M102" s="143"/>
+      <c r="N102" s="143"/>
+      <c r="O102" s="143"/>
+      <c r="P102" s="143"/>
+      <c r="Q102" s="143"/>
+      <c r="R102" s="143"/>
+      <c r="S102" s="143"/>
+      <c r="T102" s="143"/>
+      <c r="U102" s="143"/>
+      <c r="V102" s="144"/>
+      <c r="W102" s="148"/>
+      <c r="X102" s="149"/>
+      <c r="Y102" s="149"/>
+      <c r="Z102" s="149"/>
+      <c r="AA102" s="149"/>
+      <c r="AB102" s="149"/>
+      <c r="AC102" s="149"/>
+      <c r="AD102" s="149"/>
+      <c r="AE102" s="149"/>
+      <c r="AF102" s="149"/>
+      <c r="AG102" s="149"/>
+      <c r="AH102" s="149"/>
+      <c r="AI102" s="149"/>
+      <c r="AJ102" s="149"/>
+      <c r="AK102" s="150"/>
       <c r="AL102" s="1"/>
     </row>
     <row r="103" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
       <c r="B103" s="22"/>
-      <c r="C103" s="177" t="s">
+      <c r="C103" s="115" t="s">
         <v>87</v>
       </c>
-      <c r="D103" s="177"/>
-[...32 lines deleted...]
-      <c r="AK103" s="219"/>
+      <c r="D103" s="115"/>
+      <c r="E103" s="115"/>
+      <c r="F103" s="115"/>
+      <c r="G103" s="116"/>
+      <c r="H103" s="151"/>
+      <c r="I103" s="152"/>
+      <c r="J103" s="152"/>
+      <c r="K103" s="152"/>
+      <c r="L103" s="152"/>
+      <c r="M103" s="152"/>
+      <c r="N103" s="152"/>
+      <c r="O103" s="152"/>
+      <c r="P103" s="152"/>
+      <c r="Q103" s="152"/>
+      <c r="R103" s="152"/>
+      <c r="S103" s="152"/>
+      <c r="T103" s="152"/>
+      <c r="U103" s="152"/>
+      <c r="V103" s="153"/>
+      <c r="W103" s="157"/>
+      <c r="X103" s="158"/>
+      <c r="Y103" s="158"/>
+      <c r="Z103" s="158"/>
+      <c r="AA103" s="158"/>
+      <c r="AB103" s="158"/>
+      <c r="AC103" s="158"/>
+      <c r="AD103" s="158"/>
+      <c r="AE103" s="158"/>
+      <c r="AF103" s="158"/>
+      <c r="AG103" s="158"/>
+      <c r="AH103" s="158"/>
+      <c r="AI103" s="158"/>
+      <c r="AJ103" s="158"/>
+      <c r="AK103" s="159"/>
       <c r="AL103" s="1"/>
     </row>
     <row r="104" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
       <c r="B104" s="22"/>
-      <c r="C104" s="177"/>
-[...33 lines deleted...]
-      <c r="AK104" s="222"/>
+      <c r="C104" s="115"/>
+      <c r="D104" s="115"/>
+      <c r="E104" s="115"/>
+      <c r="F104" s="115"/>
+      <c r="G104" s="116"/>
+      <c r="H104" s="154"/>
+      <c r="I104" s="155"/>
+      <c r="J104" s="155"/>
+      <c r="K104" s="155"/>
+      <c r="L104" s="155"/>
+      <c r="M104" s="155"/>
+      <c r="N104" s="155"/>
+      <c r="O104" s="155"/>
+      <c r="P104" s="155"/>
+      <c r="Q104" s="155"/>
+      <c r="R104" s="155"/>
+      <c r="S104" s="155"/>
+      <c r="T104" s="155"/>
+      <c r="U104" s="155"/>
+      <c r="V104" s="156"/>
+      <c r="W104" s="160"/>
+      <c r="X104" s="161"/>
+      <c r="Y104" s="161"/>
+      <c r="Z104" s="161"/>
+      <c r="AA104" s="161"/>
+      <c r="AB104" s="161"/>
+      <c r="AC104" s="161"/>
+      <c r="AD104" s="161"/>
+      <c r="AE104" s="161"/>
+      <c r="AF104" s="161"/>
+      <c r="AG104" s="161"/>
+      <c r="AH104" s="161"/>
+      <c r="AI104" s="161"/>
+      <c r="AJ104" s="161"/>
+      <c r="AK104" s="162"/>
       <c r="AL104" s="1"/>
     </row>
     <row r="105" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
       <c r="B105" s="14"/>
-      <c r="C105" s="146" t="s">
+      <c r="C105" s="129" t="s">
         <v>88</v>
       </c>
-      <c r="D105" s="146"/>
-[...32 lines deleted...]
-      <c r="AK105" s="196"/>
+      <c r="D105" s="129"/>
+      <c r="E105" s="129"/>
+      <c r="F105" s="129"/>
+      <c r="G105" s="130"/>
+      <c r="H105" s="131"/>
+      <c r="I105" s="132"/>
+      <c r="J105" s="132"/>
+      <c r="K105" s="132"/>
+      <c r="L105" s="132"/>
+      <c r="M105" s="132"/>
+      <c r="N105" s="132"/>
+      <c r="O105" s="132"/>
+      <c r="P105" s="132"/>
+      <c r="Q105" s="132"/>
+      <c r="R105" s="132"/>
+      <c r="S105" s="132"/>
+      <c r="T105" s="132"/>
+      <c r="U105" s="132"/>
+      <c r="V105" s="133"/>
+      <c r="W105" s="134"/>
+      <c r="X105" s="135"/>
+      <c r="Y105" s="135"/>
+      <c r="Z105" s="135"/>
+      <c r="AA105" s="135"/>
+      <c r="AB105" s="135"/>
+      <c r="AC105" s="135"/>
+      <c r="AD105" s="135"/>
+      <c r="AE105" s="135"/>
+      <c r="AF105" s="135"/>
+      <c r="AG105" s="135"/>
+      <c r="AH105" s="135"/>
+      <c r="AI105" s="135"/>
+      <c r="AJ105" s="135"/>
+      <c r="AK105" s="136"/>
       <c r="AL105" s="1"/>
     </row>
     <row r="106" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
       <c r="B106" s="14"/>
-      <c r="C106" s="146" t="s">
+      <c r="C106" s="129" t="s">
         <v>89</v>
       </c>
-      <c r="D106" s="146"/>
-[...32 lines deleted...]
-      <c r="AK106" s="196"/>
+      <c r="D106" s="129"/>
+      <c r="E106" s="129"/>
+      <c r="F106" s="129"/>
+      <c r="G106" s="130"/>
+      <c r="H106" s="131"/>
+      <c r="I106" s="132"/>
+      <c r="J106" s="132"/>
+      <c r="K106" s="132"/>
+      <c r="L106" s="132"/>
+      <c r="M106" s="132"/>
+      <c r="N106" s="132"/>
+      <c r="O106" s="132"/>
+      <c r="P106" s="132"/>
+      <c r="Q106" s="132"/>
+      <c r="R106" s="132"/>
+      <c r="S106" s="132"/>
+      <c r="T106" s="132"/>
+      <c r="U106" s="132"/>
+      <c r="V106" s="133"/>
+      <c r="W106" s="134"/>
+      <c r="X106" s="135"/>
+      <c r="Y106" s="135"/>
+      <c r="Z106" s="135"/>
+      <c r="AA106" s="135"/>
+      <c r="AB106" s="135"/>
+      <c r="AC106" s="135"/>
+      <c r="AD106" s="135"/>
+      <c r="AE106" s="135"/>
+      <c r="AF106" s="135"/>
+      <c r="AG106" s="135"/>
+      <c r="AH106" s="135"/>
+      <c r="AI106" s="135"/>
+      <c r="AJ106" s="135"/>
+      <c r="AK106" s="136"/>
       <c r="AL106" s="1"/>
     </row>
     <row r="107" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
       <c r="B107" s="22"/>
-      <c r="C107" s="177" t="s">
+      <c r="C107" s="115" t="s">
         <v>90</v>
       </c>
-      <c r="D107" s="177"/>
-[...32 lines deleted...]
-      <c r="AK107" s="187"/>
+      <c r="D107" s="115"/>
+      <c r="E107" s="115"/>
+      <c r="F107" s="115"/>
+      <c r="G107" s="116"/>
+      <c r="H107" s="117"/>
+      <c r="I107" s="118"/>
+      <c r="J107" s="118"/>
+      <c r="K107" s="118"/>
+      <c r="L107" s="118"/>
+      <c r="M107" s="118"/>
+      <c r="N107" s="118"/>
+      <c r="O107" s="118"/>
+      <c r="P107" s="118"/>
+      <c r="Q107" s="118"/>
+      <c r="R107" s="118"/>
+      <c r="S107" s="118"/>
+      <c r="T107" s="118"/>
+      <c r="U107" s="118"/>
+      <c r="V107" s="119"/>
+      <c r="W107" s="123"/>
+      <c r="X107" s="124"/>
+      <c r="Y107" s="124"/>
+      <c r="Z107" s="124"/>
+      <c r="AA107" s="124"/>
+      <c r="AB107" s="124"/>
+      <c r="AC107" s="124"/>
+      <c r="AD107" s="124"/>
+      <c r="AE107" s="124"/>
+      <c r="AF107" s="124"/>
+      <c r="AG107" s="124"/>
+      <c r="AH107" s="124"/>
+      <c r="AI107" s="124"/>
+      <c r="AJ107" s="124"/>
+      <c r="AK107" s="125"/>
       <c r="AL107" s="1"/>
     </row>
     <row r="108" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
       <c r="B108" s="22"/>
-      <c r="C108" s="177"/>
-[...33 lines deleted...]
-      <c r="AK108" s="190"/>
+      <c r="C108" s="115"/>
+      <c r="D108" s="115"/>
+      <c r="E108" s="115"/>
+      <c r="F108" s="115"/>
+      <c r="G108" s="116"/>
+      <c r="H108" s="120"/>
+      <c r="I108" s="121"/>
+      <c r="J108" s="121"/>
+      <c r="K108" s="121"/>
+      <c r="L108" s="121"/>
+      <c r="M108" s="121"/>
+      <c r="N108" s="121"/>
+      <c r="O108" s="121"/>
+      <c r="P108" s="121"/>
+      <c r="Q108" s="121"/>
+      <c r="R108" s="121"/>
+      <c r="S108" s="121"/>
+      <c r="T108" s="121"/>
+      <c r="U108" s="121"/>
+      <c r="V108" s="122"/>
+      <c r="W108" s="126"/>
+      <c r="X108" s="127"/>
+      <c r="Y108" s="127"/>
+      <c r="Z108" s="127"/>
+      <c r="AA108" s="127"/>
+      <c r="AB108" s="127"/>
+      <c r="AC108" s="127"/>
+      <c r="AD108" s="127"/>
+      <c r="AE108" s="127"/>
+      <c r="AF108" s="127"/>
+      <c r="AG108" s="127"/>
+      <c r="AH108" s="127"/>
+      <c r="AI108" s="127"/>
+      <c r="AJ108" s="127"/>
+      <c r="AK108" s="128"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
       <c r="B109" s="1"/>
       <c r="C109" s="1"/>
       <c r="D109" s="1"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="1"/>
       <c r="Z109" s="1"/>
       <c r="AA109" s="1"/>
       <c r="AB109" s="1"/>
       <c r="AC109" s="1"/>
       <c r="AD109" s="1"/>
       <c r="AE109" s="1"/>
       <c r="AF109" s="1"/>
       <c r="AG109" s="1"/>
       <c r="AH109" s="1"/>
       <c r="AI109" s="1"/>
       <c r="AJ109" s="1"/>
       <c r="AK109" s="10" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="AL109" s="1"/>
     </row>
     <row r="110" spans="1:44" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="1:44" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:44" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="114" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -20230,157 +19996,157 @@
     <row r="237" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="238" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="239" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="240" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="247" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="249" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="250" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="251" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="252" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="253" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="254" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="255" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="256" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="257" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="258" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="261" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="262" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="263" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="264" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="270" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="271" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="272" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="273" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="274" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Odr7tmndyZslTWpGcJnzmsSSPCVQ31n5rCSrtyKMjXFZW5aMuhArz4G8yg6CQ5lsmEV8emZD+QTNLWrVKkazOA==" saltValue="ryM9YEvx6ZYb0KuVpHXjwA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="K5aFcvRinlY27g+/W2SPk/2noxU9ZWyW7z1sGvjHiIXFngV8FmcI4MtCyEUzzWIQ8aUK5po1IYP5fSaKIDBIRw==" saltValue="owd+I5mIFrOENDN32bmiNQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="73">
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="L13:AK13"/>
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="L12:AK12"/>
+    <mergeCell ref="V36:AK36"/>
+    <mergeCell ref="L15:N15"/>
+    <mergeCell ref="Z15:AB15"/>
+    <mergeCell ref="L16:N16"/>
+    <mergeCell ref="Z16:AB16"/>
+    <mergeCell ref="W18:AK18"/>
+    <mergeCell ref="W22:AK22"/>
+    <mergeCell ref="L25:AK25"/>
+    <mergeCell ref="AD26:AE26"/>
+    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="U28:AK28"/>
+    <mergeCell ref="Y32:AK32"/>
+    <mergeCell ref="H56:T56"/>
+    <mergeCell ref="AC56:AF56"/>
+    <mergeCell ref="V41:AK41"/>
+    <mergeCell ref="V42:AK42"/>
+    <mergeCell ref="V43:AK43"/>
+    <mergeCell ref="V44:AK44"/>
+    <mergeCell ref="V45:AK45"/>
+    <mergeCell ref="L47:N47"/>
+    <mergeCell ref="AC47:AG47"/>
+    <mergeCell ref="L48:N48"/>
+    <mergeCell ref="AC48:AG48"/>
+    <mergeCell ref="X51:AK51"/>
+    <mergeCell ref="X52:AK52"/>
+    <mergeCell ref="X53:AK53"/>
+    <mergeCell ref="AC57:AF57"/>
+    <mergeCell ref="C66:AK67"/>
+    <mergeCell ref="R63:AK63"/>
+    <mergeCell ref="R64:U64"/>
+    <mergeCell ref="AH71:AI71"/>
+    <mergeCell ref="V71:X71"/>
+    <mergeCell ref="V72:X72"/>
+    <mergeCell ref="AH72:AI72"/>
+    <mergeCell ref="K76:AB76"/>
+    <mergeCell ref="B85:AK85"/>
+    <mergeCell ref="S77:AI77"/>
+    <mergeCell ref="K79:AB79"/>
+    <mergeCell ref="S80:AI80"/>
+    <mergeCell ref="K82:AB82"/>
+    <mergeCell ref="K74:M74"/>
+    <mergeCell ref="U74:X74"/>
+    <mergeCell ref="K83:AG83"/>
     <mergeCell ref="B86:AK92"/>
     <mergeCell ref="C107:G108"/>
     <mergeCell ref="H107:V108"/>
     <mergeCell ref="W107:AK108"/>
     <mergeCell ref="C105:G105"/>
     <mergeCell ref="H105:V105"/>
     <mergeCell ref="W105:AK105"/>
     <mergeCell ref="C106:G106"/>
     <mergeCell ref="H106:V106"/>
     <mergeCell ref="W106:AK106"/>
     <mergeCell ref="B101:G101"/>
     <mergeCell ref="H101:V102"/>
     <mergeCell ref="W101:AK102"/>
     <mergeCell ref="C103:G104"/>
     <mergeCell ref="H103:V104"/>
     <mergeCell ref="W103:AK104"/>
-    <mergeCell ref="V72:X72"/>
-[...55 lines deleted...]
-    <mergeCell ref="L12:AK12"/>
   </mergeCells>
   <conditionalFormatting sqref="D93">
     <cfRule type="expression" dxfId="28" priority="10">
       <formula>$AN$14&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D94">
     <cfRule type="expression" dxfId="27" priority="9">
       <formula>$AN$18&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D95">
     <cfRule type="expression" dxfId="26" priority="8">
       <formula>$AN$20&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D96">
     <cfRule type="expression" dxfId="25" priority="7">
       <formula>$AN$22&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D97">
     <cfRule type="expression" dxfId="24" priority="6">
       <formula>$K$76&lt;&gt;"valeur g calculée en fonction des valeurs fg des façades"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D98">
     <cfRule type="expression" dxfId="23" priority="5">
       <formula>OR($AN$76=1,$AN$79=1,$AN$82=1)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K83:AB83">
+  <conditionalFormatting sqref="K83">
     <cfRule type="expression" dxfId="22" priority="11">
       <formula>OR($K$82=$AR$84,$K$82=$AR$85)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U18:AK18 U19:V19 X19:AK19">
     <cfRule type="expression" dxfId="21" priority="16">
       <formula>$AN$18=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U21:AK21">
     <cfRule type="expression" dxfId="20" priority="15">
       <formula>$AN$18=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U22:AK22">
     <cfRule type="expression" dxfId="19" priority="14">
       <formula>$AN$22=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD26:AE26">
     <cfRule type="expression" dxfId="18" priority="2">
       <formula>"&lt;70"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="17" priority="4" operator="lessThan">
       <formula>70</formula>
@@ -20394,52 +20160,52 @@
       <formula>80</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="8">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L13:AK13" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$AQ$13:$AQ$23</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X18:AK19 W18" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>$AQ$27:$AQ$30</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L25:AK25" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>$AQ$33:$AQ$40</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K79:AB79" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>$AR$80:$AR$82</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K76:AB76" xr:uid="{00000000-0002-0000-0100-000004000000}">
       <formula1>$AR$74:$AR$78</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H56:T56" xr:uid="{00000000-0002-0000-0100-000005000000}">
       <formula1>$AQ$43:$AQ$49</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K82:AB82" xr:uid="{00000000-0002-0000-0100-000006000000}">
       <formula1>$AR$84:$AR$88</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K83:AB83" xr:uid="{00000000-0002-0000-0100-000007000000}">
-      <formula1>$AR$91:$AR$98</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K83" xr:uid="{00000000-0002-0000-0100-000007000000}">
+      <formula1>$AR$91:$AR$99</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="69" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1031" r:id="rId4" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>304800</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
@@ -21137,601 +20903,469 @@
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1063" r:id="rId36" name="Check Box 39">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>247650</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1066" r:id="rId37" name="Check Box 42">
-[...131 lines deleted...]
-            <control shapeId="1083" r:id="rId43" name="Option Button 59">
+            <control shapeId="1083" r:id="rId37" name="Option Button 59">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1084" r:id="rId44" name="Option Button 60">
+            <control shapeId="1084" r:id="rId38" name="Option Button 60">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1085" r:id="rId45" name="Group Box 61">
+            <control shapeId="1085" r:id="rId39" name="Group Box 61">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>14</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1088" r:id="rId46" name="Option Button 64">
+            <control shapeId="1088" r:id="rId40" name="Option Button 64">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1089" r:id="rId47" name="Option Button 65">
+            <control shapeId="1089" r:id="rId41" name="Option Button 65">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1091" r:id="rId48" name="Group Box 67">
+            <control shapeId="1091" r:id="rId42" name="Group Box 67">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1092" r:id="rId49" name="Option Button 68">
+            <control shapeId="1092" r:id="rId43" name="Option Button 68">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1093" r:id="rId50" name="Option Button 69">
+            <control shapeId="1093" r:id="rId44" name="Option Button 69">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1094" r:id="rId51" name="Option Button 70">
+            <control shapeId="1094" r:id="rId45" name="Option Button 70">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1095" r:id="rId52" name="Option Button 71">
+            <control shapeId="1095" r:id="rId46" name="Option Button 71">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1097" r:id="rId53" name="Group Box 73">
+            <control shapeId="1097" r:id="rId47" name="Group Box 73">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>123825</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1098" r:id="rId54" name="Group Box 74">
+            <control shapeId="1098" r:id="rId48" name="Group Box 74">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1102" r:id="rId55" name="Option Button 78">
+            <control shapeId="1102" r:id="rId49" name="Option Button 78">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>59</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>60</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1103" r:id="rId56" name="Option Button 79">
+            <control shapeId="1103" r:id="rId50" name="Option Button 79">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>60</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>60</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1106" r:id="rId57" name="Check Box 82">
+            <control shapeId="1106" r:id="rId51" name="Check Box 82">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>92</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>92</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1107" r:id="rId58" name="Check Box 83">
+            <control shapeId="1107" r:id="rId52" name="Check Box 83">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>95</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>95</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1108" r:id="rId59" name="Check Box 84">
+            <control shapeId="1108" r:id="rId53" name="Check Box 84">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>96</xdr:row>
                     <xdr:rowOff>209550</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>97</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1109" r:id="rId60" name="Check Box 85">
+            <control shapeId="1109" r:id="rId54" name="Check Box 85">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>96</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>96</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1112" r:id="rId61" name="Check Box 88">
+            <control shapeId="1112" r:id="rId55" name="Check Box 88">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>93</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>93</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1113" r:id="rId62" name="Check Box 89">
+            <control shapeId="1113" r:id="rId56" name="Check Box 89">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>94</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>94</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
@@ -21741,955 +21375,955 @@
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S18" sqref="S18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="43" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="43" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="43" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="43" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="44" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="44" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="44" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="44" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="44" customWidth="1"/>
     <col min="21" max="24" width="0" style="43" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="43" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E2" s="98" t="s">
+      <c r="E2" s="70" t="s">
         <v>190</v>
       </c>
-      <c r="F2" s="98"/>
-[...12 lines deleted...]
-      <c r="S2" s="98"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="70"/>
+      <c r="I2" s="70"/>
+      <c r="J2" s="70"/>
+      <c r="K2" s="70"/>
+      <c r="L2" s="70"/>
+      <c r="M2" s="70"/>
+      <c r="N2" s="70"/>
+      <c r="O2" s="70"/>
+      <c r="P2" s="70"/>
+      <c r="Q2" s="70"/>
+      <c r="R2" s="70"/>
+      <c r="S2" s="70"/>
       <c r="T2" s="45"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E3" s="98"/>
-[...13 lines deleted...]
-      <c r="S3" s="98"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="70"/>
+      <c r="I3" s="70"/>
+      <c r="J3" s="70"/>
+      <c r="K3" s="70"/>
+      <c r="L3" s="70"/>
+      <c r="M3" s="70"/>
+      <c r="N3" s="70"/>
+      <c r="O3" s="70"/>
+      <c r="P3" s="70"/>
+      <c r="Q3" s="70"/>
+      <c r="R3" s="70"/>
+      <c r="S3" s="70"/>
       <c r="T3" s="45"/>
     </row>
     <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E4" s="98"/>
-[...13 lines deleted...]
-      <c r="S4" s="98"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="70"/>
+      <c r="I4" s="70"/>
+      <c r="J4" s="70"/>
+      <c r="K4" s="70"/>
+      <c r="L4" s="70"/>
+      <c r="M4" s="70"/>
+      <c r="N4" s="70"/>
+      <c r="O4" s="70"/>
+      <c r="P4" s="70"/>
+      <c r="Q4" s="70"/>
+      <c r="R4" s="70"/>
+      <c r="S4" s="70"/>
       <c r="T4" s="45"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="46"/>
       <c r="C5" s="46"/>
       <c r="D5" s="46"/>
       <c r="E5" s="47"/>
       <c r="F5" s="47"/>
       <c r="G5" s="47"/>
       <c r="H5" s="47"/>
       <c r="I5" s="47"/>
       <c r="J5" s="47"/>
       <c r="K5" s="47"/>
       <c r="L5" s="47"/>
       <c r="M5" s="47"/>
       <c r="N5" s="47"/>
       <c r="O5" s="62" t="s">
+        <v>369</v>
+      </c>
+      <c r="P5" s="71" t="s">
         <v>370</v>
       </c>
-      <c r="P5" s="99" t="s">
-[...4 lines deleted...]
-      <c r="S5" s="99"/>
+      <c r="Q5" s="71"/>
+      <c r="R5" s="71"/>
+      <c r="S5" s="71"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="100" t="s">
+      <c r="B7" s="72" t="s">
         <v>191</v>
       </c>
-      <c r="C7" s="101"/>
+      <c r="C7" s="73"/>
       <c r="E7" s="48" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B8" s="102"/>
-      <c r="C8" s="103"/>
+      <c r="B8" s="74"/>
+      <c r="C8" s="75"/>
       <c r="E8" s="49" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="102"/>
-      <c r="C9" s="103"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="75"/>
       <c r="E9" s="49"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="102"/>
-      <c r="C10" s="103"/>
+      <c r="B10" s="74"/>
+      <c r="C10" s="75"/>
       <c r="E10" s="50" t="s">
         <v>168</v>
       </c>
       <c r="F10" s="69" t="s">
         <v>194</v>
       </c>
       <c r="G10" s="69"/>
       <c r="H10" s="69"/>
       <c r="I10" s="69"/>
       <c r="J10" s="69"/>
       <c r="K10" s="69"/>
       <c r="L10" s="69"/>
       <c r="M10" s="69"/>
       <c r="N10" s="69"/>
       <c r="O10" s="69"/>
       <c r="P10" s="69"/>
       <c r="Q10" s="69"/>
       <c r="R10" s="69"/>
       <c r="S10" s="69"/>
       <c r="T10" s="51"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="102"/>
-      <c r="C11" s="103"/>
+      <c r="B11" s="74"/>
+      <c r="C11" s="75"/>
       <c r="E11" s="50"/>
       <c r="F11" s="69"/>
       <c r="G11" s="69"/>
       <c r="H11" s="69"/>
       <c r="I11" s="69"/>
       <c r="J11" s="69"/>
       <c r="K11" s="69"/>
       <c r="L11" s="69"/>
       <c r="M11" s="69"/>
       <c r="N11" s="69"/>
       <c r="O11" s="69"/>
       <c r="P11" s="69"/>
       <c r="Q11" s="69"/>
       <c r="R11" s="69"/>
       <c r="S11" s="69"/>
       <c r="T11" s="51"/>
     </row>
     <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="102"/>
-      <c r="C12" s="103"/>
+      <c r="B12" s="74"/>
+      <c r="C12" s="75"/>
       <c r="E12" s="50"/>
       <c r="F12" s="69"/>
       <c r="G12" s="69"/>
       <c r="H12" s="69"/>
       <c r="I12" s="69"/>
       <c r="J12" s="69"/>
       <c r="K12" s="69"/>
       <c r="L12" s="69"/>
       <c r="M12" s="69"/>
       <c r="N12" s="69"/>
       <c r="O12" s="69"/>
       <c r="P12" s="69"/>
       <c r="Q12" s="69"/>
       <c r="R12" s="69"/>
       <c r="S12" s="69"/>
       <c r="T12" s="51"/>
     </row>
     <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B13" s="102"/>
-      <c r="C13" s="103"/>
+      <c r="B13" s="74"/>
+      <c r="C13" s="75"/>
       <c r="E13" s="52"/>
       <c r="F13" s="69"/>
       <c r="G13" s="69"/>
       <c r="H13" s="69"/>
       <c r="I13" s="69"/>
       <c r="J13" s="69"/>
       <c r="K13" s="69"/>
       <c r="L13" s="69"/>
       <c r="M13" s="69"/>
       <c r="N13" s="69"/>
       <c r="O13" s="69"/>
       <c r="P13" s="69"/>
       <c r="Q13" s="69"/>
       <c r="R13" s="69"/>
       <c r="S13" s="69"/>
       <c r="T13" s="51"/>
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="102"/>
-      <c r="C14" s="103"/>
+      <c r="B14" s="74"/>
+      <c r="C14" s="75"/>
       <c r="E14" s="52"/>
       <c r="F14" s="53"/>
       <c r="G14" s="53"/>
       <c r="H14" s="53"/>
       <c r="I14" s="53"/>
       <c r="J14" s="53"/>
       <c r="K14" s="53"/>
       <c r="L14" s="53"/>
       <c r="M14" s="53"/>
       <c r="N14" s="53"/>
       <c r="O14" s="53"/>
       <c r="P14" s="53"/>
       <c r="Q14" s="53"/>
       <c r="R14" s="53"/>
       <c r="S14" s="53"/>
       <c r="T14" s="53"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="102"/>
-      <c r="C15" s="103"/>
+      <c r="B15" s="74"/>
+      <c r="C15" s="75"/>
       <c r="E15" s="50" t="s">
         <v>170</v>
       </c>
       <c r="F15" s="69" t="s">
         <v>195</v>
       </c>
       <c r="G15" s="69"/>
       <c r="H15" s="69"/>
       <c r="I15" s="69"/>
       <c r="J15" s="69"/>
       <c r="K15" s="69"/>
       <c r="L15" s="69"/>
       <c r="M15" s="69"/>
       <c r="N15" s="69"/>
       <c r="O15" s="69"/>
       <c r="P15" s="69"/>
       <c r="Q15" s="69"/>
       <c r="R15" s="69"/>
       <c r="S15" s="69"/>
       <c r="T15" s="51"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="102"/>
-      <c r="C16" s="103"/>
+      <c r="B16" s="74"/>
+      <c r="C16" s="75"/>
       <c r="E16" s="50"/>
       <c r="F16" s="69"/>
       <c r="G16" s="69"/>
       <c r="H16" s="69"/>
       <c r="I16" s="69"/>
       <c r="J16" s="69"/>
       <c r="K16" s="69"/>
       <c r="L16" s="69"/>
       <c r="M16" s="69"/>
       <c r="N16" s="69"/>
       <c r="O16" s="69"/>
       <c r="P16" s="69"/>
       <c r="Q16" s="69"/>
       <c r="R16" s="69"/>
       <c r="S16" s="69"/>
       <c r="T16" s="51"/>
     </row>
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B17" s="104"/>
-      <c r="C17" s="105"/>
+      <c r="B17" s="76"/>
+      <c r="C17" s="77"/>
       <c r="E17" s="52"/>
       <c r="F17" s="69"/>
       <c r="G17" s="69"/>
       <c r="H17" s="69"/>
       <c r="I17" s="69"/>
       <c r="J17" s="69"/>
       <c r="K17" s="69"/>
       <c r="L17" s="69"/>
       <c r="M17" s="69"/>
       <c r="N17" s="69"/>
       <c r="O17" s="69"/>
       <c r="P17" s="69"/>
       <c r="Q17" s="69"/>
       <c r="R17" s="69"/>
       <c r="S17" s="69"/>
       <c r="T17" s="51"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B19" s="76"/>
-      <c r="C19" s="77"/>
+      <c r="B19" s="63"/>
+      <c r="C19" s="64"/>
       <c r="E19" s="48" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B20" s="78"/>
-      <c r="C20" s="79"/>
+      <c r="B20" s="65"/>
+      <c r="C20" s="66"/>
       <c r="E20" s="49" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="78"/>
-      <c r="C21" s="79"/>
+      <c r="B21" s="65"/>
+      <c r="C21" s="66"/>
       <c r="E21" s="49"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="78"/>
-      <c r="C22" s="79"/>
+      <c r="B22" s="65"/>
+      <c r="C22" s="66"/>
       <c r="F22" s="69" t="s">
         <v>197</v>
       </c>
       <c r="G22" s="69"/>
       <c r="H22" s="69"/>
       <c r="I22" s="69"/>
       <c r="J22" s="69"/>
       <c r="K22" s="69"/>
       <c r="L22" s="69"/>
       <c r="M22" s="69"/>
       <c r="N22" s="69"/>
       <c r="O22" s="69"/>
       <c r="P22" s="69"/>
       <c r="Q22" s="69"/>
       <c r="R22" s="69"/>
       <c r="S22" s="69"/>
       <c r="T22" s="51"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B23" s="78"/>
-      <c r="C23" s="79"/>
+      <c r="B23" s="65"/>
+      <c r="C23" s="66"/>
       <c r="E23" s="51"/>
       <c r="F23" s="69"/>
       <c r="G23" s="69"/>
       <c r="H23" s="69"/>
       <c r="I23" s="69"/>
       <c r="J23" s="69"/>
       <c r="K23" s="69"/>
       <c r="L23" s="69"/>
       <c r="M23" s="69"/>
       <c r="N23" s="69"/>
       <c r="O23" s="69"/>
       <c r="P23" s="69"/>
       <c r="Q23" s="69"/>
       <c r="R23" s="69"/>
       <c r="S23" s="69"/>
       <c r="T23" s="51"/>
     </row>
     <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B24" s="78"/>
-      <c r="C24" s="79"/>
+      <c r="B24" s="65"/>
+      <c r="C24" s="66"/>
       <c r="E24" s="51"/>
       <c r="F24" s="69"/>
       <c r="G24" s="69"/>
       <c r="H24" s="69"/>
       <c r="I24" s="69"/>
       <c r="J24" s="69"/>
       <c r="K24" s="69"/>
       <c r="L24" s="69"/>
       <c r="M24" s="69"/>
       <c r="N24" s="69"/>
       <c r="O24" s="69"/>
       <c r="P24" s="69"/>
       <c r="Q24" s="69"/>
       <c r="R24" s="69"/>
       <c r="S24" s="69"/>
       <c r="T24" s="51"/>
     </row>
     <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B25" s="78"/>
-      <c r="C25" s="79"/>
+      <c r="B25" s="65"/>
+      <c r="C25" s="66"/>
       <c r="E25" s="51"/>
       <c r="F25" s="69"/>
       <c r="G25" s="69"/>
       <c r="H25" s="69"/>
       <c r="I25" s="69"/>
       <c r="J25" s="69"/>
       <c r="K25" s="69"/>
       <c r="L25" s="69"/>
       <c r="M25" s="69"/>
       <c r="N25" s="69"/>
       <c r="O25" s="69"/>
       <c r="P25" s="69"/>
       <c r="Q25" s="69"/>
       <c r="R25" s="69"/>
       <c r="S25" s="69"/>
       <c r="T25" s="51"/>
     </row>
     <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B26" s="78"/>
-      <c r="C26" s="79"/>
+      <c r="B26" s="65"/>
+      <c r="C26" s="66"/>
       <c r="E26" s="51"/>
       <c r="F26" s="69"/>
       <c r="G26" s="69"/>
       <c r="H26" s="69"/>
       <c r="I26" s="69"/>
       <c r="J26" s="69"/>
       <c r="K26" s="69"/>
       <c r="L26" s="69"/>
       <c r="M26" s="69"/>
       <c r="N26" s="69"/>
       <c r="O26" s="69"/>
       <c r="P26" s="69"/>
       <c r="Q26" s="69"/>
       <c r="R26" s="69"/>
       <c r="S26" s="69"/>
       <c r="T26" s="51"/>
     </row>
     <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B27" s="78"/>
-      <c r="C27" s="79"/>
+      <c r="B27" s="65"/>
+      <c r="C27" s="66"/>
       <c r="E27" s="51"/>
       <c r="F27" s="69"/>
       <c r="G27" s="69"/>
       <c r="H27" s="69"/>
       <c r="I27" s="69"/>
       <c r="J27" s="69"/>
       <c r="K27" s="69"/>
       <c r="L27" s="69"/>
       <c r="M27" s="69"/>
       <c r="N27" s="69"/>
       <c r="O27" s="69"/>
       <c r="P27" s="69"/>
       <c r="Q27" s="69"/>
       <c r="R27" s="69"/>
       <c r="S27" s="69"/>
       <c r="T27" s="51"/>
     </row>
     <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B28" s="78"/>
-      <c r="C28" s="79"/>
+      <c r="B28" s="65"/>
+      <c r="C28" s="66"/>
       <c r="E28" s="51"/>
       <c r="F28" s="69"/>
       <c r="G28" s="69"/>
       <c r="H28" s="69"/>
       <c r="I28" s="69"/>
       <c r="J28" s="69"/>
       <c r="K28" s="69"/>
       <c r="L28" s="69"/>
       <c r="M28" s="69"/>
       <c r="N28" s="69"/>
       <c r="O28" s="69"/>
       <c r="P28" s="69"/>
       <c r="Q28" s="69"/>
       <c r="R28" s="69"/>
       <c r="S28" s="69"/>
       <c r="T28" s="51"/>
     </row>
     <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-      <c r="B29" s="80"/>
-      <c r="C29" s="81"/>
+      <c r="B29" s="67"/>
+      <c r="C29" s="68"/>
       <c r="E29" s="51"/>
       <c r="F29" s="69"/>
       <c r="G29" s="69"/>
       <c r="H29" s="69"/>
       <c r="I29" s="69"/>
       <c r="J29" s="69"/>
       <c r="K29" s="69"/>
       <c r="L29" s="69"/>
       <c r="M29" s="69"/>
       <c r="N29" s="69"/>
       <c r="O29" s="69"/>
       <c r="P29" s="69"/>
       <c r="Q29" s="69"/>
       <c r="R29" s="69"/>
       <c r="S29" s="69"/>
       <c r="T29" s="51"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="53"/>
       <c r="F30" s="53"/>
       <c r="G30" s="53"/>
       <c r="H30" s="53"/>
       <c r="I30" s="53"/>
       <c r="J30" s="53"/>
       <c r="K30" s="53"/>
       <c r="L30" s="53"/>
       <c r="M30" s="53"/>
       <c r="N30" s="53"/>
       <c r="O30" s="53"/>
       <c r="P30" s="53"/>
       <c r="Q30" s="53"/>
       <c r="R30" s="53"/>
       <c r="S30" s="53"/>
       <c r="T30" s="53"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B31" s="76"/>
-      <c r="C31" s="77"/>
+      <c r="B31" s="63"/>
+      <c r="C31" s="64"/>
       <c r="E31" s="48" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="78"/>
-      <c r="C32" s="79"/>
+      <c r="B32" s="65"/>
+      <c r="C32" s="66"/>
       <c r="E32" s="48"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B33" s="78"/>
-      <c r="C33" s="79"/>
+      <c r="B33" s="65"/>
+      <c r="C33" s="66"/>
       <c r="E33" s="50" t="s">
         <v>168</v>
       </c>
       <c r="F33" s="44" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="78"/>
-      <c r="C34" s="79"/>
+      <c r="B34" s="65"/>
+      <c r="C34" s="66"/>
       <c r="E34" s="50"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B35" s="78"/>
-      <c r="C35" s="79"/>
+      <c r="B35" s="65"/>
+      <c r="C35" s="66"/>
       <c r="E35" s="50" t="s">
         <v>170</v>
       </c>
       <c r="F35" s="44" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="78"/>
-      <c r="C36" s="79"/>
+      <c r="B36" s="65"/>
+      <c r="C36" s="66"/>
       <c r="E36" s="50"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="78"/>
-      <c r="C37" s="79"/>
+      <c r="B37" s="65"/>
+      <c r="C37" s="66"/>
       <c r="E37" s="50" t="s">
         <v>175</v>
       </c>
       <c r="F37" s="69" t="s">
         <v>199</v>
       </c>
       <c r="G37" s="69"/>
       <c r="H37" s="69"/>
       <c r="I37" s="69"/>
       <c r="J37" s="69"/>
       <c r="K37" s="69"/>
       <c r="L37" s="69"/>
       <c r="M37" s="69"/>
       <c r="N37" s="69"/>
       <c r="O37" s="69"/>
       <c r="P37" s="69"/>
       <c r="Q37" s="69"/>
       <c r="R37" s="69"/>
       <c r="S37" s="69"/>
       <c r="T37" s="51"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B38" s="80"/>
-      <c r="C38" s="81"/>
+      <c r="B38" s="67"/>
+      <c r="C38" s="68"/>
       <c r="E38" s="54"/>
       <c r="F38" s="69"/>
       <c r="G38" s="69"/>
       <c r="H38" s="69"/>
       <c r="I38" s="69"/>
       <c r="J38" s="69"/>
       <c r="K38" s="69"/>
       <c r="L38" s="69"/>
       <c r="M38" s="69"/>
       <c r="N38" s="69"/>
       <c r="O38" s="69"/>
       <c r="P38" s="69"/>
       <c r="Q38" s="69"/>
       <c r="R38" s="69"/>
       <c r="S38" s="69"/>
       <c r="T38" s="51"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="F39" s="69"/>
       <c r="G39" s="69"/>
       <c r="H39" s="69"/>
       <c r="I39" s="69"/>
       <c r="J39" s="69"/>
       <c r="K39" s="69"/>
       <c r="L39" s="69"/>
       <c r="M39" s="69"/>
       <c r="N39" s="69"/>
       <c r="O39" s="69"/>
       <c r="P39" s="69"/>
       <c r="Q39" s="69"/>
       <c r="R39" s="69"/>
       <c r="S39" s="69"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B40" s="76"/>
-      <c r="C40" s="77"/>
+      <c r="B40" s="63"/>
+      <c r="C40" s="64"/>
       <c r="E40" s="48" t="s">
         <v>200</v>
       </c>
       <c r="F40" s="48"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B41" s="78"/>
-      <c r="C41" s="79"/>
+      <c r="B41" s="65"/>
+      <c r="C41" s="66"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B42" s="78"/>
-[...3 lines deleted...]
-      <c r="G42" s="84"/>
+      <c r="B42" s="65"/>
+      <c r="C42" s="66"/>
+      <c r="E42" s="90"/>
+      <c r="F42" s="91"/>
+      <c r="G42" s="92"/>
       <c r="I42" s="44" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B43" s="78"/>
-      <c r="C43" s="79"/>
+      <c r="B43" s="65"/>
+      <c r="C43" s="66"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B44" s="78"/>
-      <c r="C44" s="79"/>
+      <c r="B44" s="65"/>
+      <c r="C44" s="66"/>
       <c r="G44" s="55"/>
       <c r="I44" s="44" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B45" s="78"/>
-      <c r="C45" s="79"/>
+      <c r="B45" s="65"/>
+      <c r="C45" s="66"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B46" s="78"/>
-      <c r="C46" s="79"/>
+      <c r="B46" s="65"/>
+      <c r="C46" s="66"/>
       <c r="G46" s="55"/>
       <c r="I46" s="44" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B47" s="78"/>
-      <c r="C47" s="79"/>
+      <c r="B47" s="65"/>
+      <c r="C47" s="66"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-      <c r="B48" s="78"/>
-      <c r="C48" s="79"/>
+      <c r="B48" s="65"/>
+      <c r="C48" s="66"/>
       <c r="E48" s="55"/>
       <c r="F48" s="56" t="s">
         <v>204</v>
       </c>
       <c r="I48" s="69" t="s">
         <v>205</v>
       </c>
       <c r="J48" s="69"/>
       <c r="K48" s="69"/>
       <c r="L48" s="69"/>
       <c r="M48" s="69"/>
       <c r="N48" s="69"/>
       <c r="O48" s="69"/>
       <c r="P48" s="69"/>
       <c r="Q48" s="69"/>
       <c r="R48" s="69"/>
       <c r="S48" s="69"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B49" s="78"/>
-      <c r="C49" s="79"/>
+      <c r="B49" s="65"/>
+      <c r="C49" s="66"/>
       <c r="F49" s="56"/>
       <c r="I49" s="69"/>
       <c r="J49" s="69"/>
       <c r="K49" s="69"/>
       <c r="L49" s="69"/>
       <c r="M49" s="69"/>
       <c r="N49" s="69"/>
       <c r="O49" s="69"/>
       <c r="P49" s="69"/>
       <c r="Q49" s="69"/>
       <c r="R49" s="69"/>
       <c r="S49" s="69"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B50" s="78"/>
-      <c r="C50" s="79"/>
+      <c r="B50" s="65"/>
+      <c r="C50" s="66"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B51" s="78"/>
-[...3 lines deleted...]
-      <c r="G51" s="87"/>
+      <c r="B51" s="65"/>
+      <c r="C51" s="66"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="94"/>
+      <c r="G51" s="95"/>
       <c r="I51" s="69" t="s">
         <v>206</v>
       </c>
       <c r="J51" s="69"/>
       <c r="K51" s="69"/>
       <c r="L51" s="69"/>
       <c r="M51" s="69"/>
       <c r="N51" s="69"/>
       <c r="O51" s="69"/>
       <c r="P51" s="69"/>
       <c r="Q51" s="69"/>
       <c r="R51" s="69"/>
       <c r="S51" s="69"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B52" s="78"/>
-      <c r="C52" s="79"/>
+      <c r="B52" s="65"/>
+      <c r="C52" s="66"/>
       <c r="E52" s="57"/>
       <c r="F52" s="57"/>
       <c r="G52" s="57"/>
       <c r="I52" s="69"/>
       <c r="J52" s="69"/>
       <c r="K52" s="69"/>
       <c r="L52" s="69"/>
       <c r="M52" s="69"/>
       <c r="N52" s="69"/>
       <c r="O52" s="69"/>
       <c r="P52" s="69"/>
       <c r="Q52" s="69"/>
       <c r="R52" s="69"/>
       <c r="S52" s="69"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B53" s="78"/>
-      <c r="C53" s="79"/>
+      <c r="B53" s="65"/>
+      <c r="C53" s="66"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="78"/>
-[...2 lines deleted...]
-      <c r="G54" s="89"/>
+      <c r="B54" s="65"/>
+      <c r="C54" s="66"/>
+      <c r="F54" s="96"/>
+      <c r="G54" s="97"/>
       <c r="I54" s="69" t="s">
         <v>207</v>
       </c>
       <c r="J54" s="69"/>
       <c r="K54" s="69"/>
       <c r="L54" s="69"/>
       <c r="M54" s="69"/>
       <c r="N54" s="69"/>
       <c r="O54" s="69"/>
       <c r="P54" s="69"/>
       <c r="Q54" s="69"/>
       <c r="R54" s="69"/>
       <c r="S54" s="69"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B55" s="78"/>
-[...2 lines deleted...]
-      <c r="G55" s="91"/>
+      <c r="B55" s="65"/>
+      <c r="C55" s="66"/>
+      <c r="F55" s="98"/>
+      <c r="G55" s="99"/>
       <c r="I55" s="69"/>
       <c r="J55" s="69"/>
       <c r="K55" s="69"/>
       <c r="L55" s="69"/>
       <c r="M55" s="69"/>
       <c r="N55" s="69"/>
       <c r="O55" s="69"/>
       <c r="P55" s="69"/>
       <c r="Q55" s="69"/>
       <c r="R55" s="69"/>
       <c r="S55" s="69"/>
     </row>
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B56" s="78"/>
-      <c r="C56" s="79"/>
+      <c r="B56" s="65"/>
+      <c r="C56" s="66"/>
       <c r="F56" s="57"/>
       <c r="G56" s="57"/>
       <c r="I56" s="69"/>
       <c r="J56" s="69"/>
       <c r="K56" s="69"/>
       <c r="L56" s="69"/>
       <c r="M56" s="69"/>
       <c r="N56" s="69"/>
       <c r="O56" s="69"/>
       <c r="P56" s="69"/>
       <c r="Q56" s="69"/>
       <c r="R56" s="69"/>
       <c r="S56" s="69"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B57" s="78"/>
-      <c r="C57" s="79"/>
+      <c r="B57" s="65"/>
+      <c r="C57" s="66"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="78"/>
-[...1 lines deleted...]
-      <c r="E58" s="92" t="s">
+      <c r="B58" s="65"/>
+      <c r="C58" s="66"/>
+      <c r="E58" s="100" t="s">
         <v>208</v>
       </c>
-      <c r="F58" s="93"/>
-      <c r="G58" s="94"/>
+      <c r="F58" s="101"/>
+      <c r="G58" s="102"/>
       <c r="I58" s="69" t="s">
         <v>209</v>
       </c>
       <c r="J58" s="69"/>
       <c r="K58" s="69"/>
       <c r="L58" s="69"/>
       <c r="M58" s="69"/>
       <c r="N58" s="69"/>
       <c r="O58" s="69"/>
       <c r="P58" s="69"/>
       <c r="Q58" s="69"/>
       <c r="R58" s="69"/>
       <c r="S58" s="69"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B59" s="78"/>
-[...3 lines deleted...]
-      <c r="G59" s="97"/>
+      <c r="B59" s="65"/>
+      <c r="C59" s="66"/>
+      <c r="E59" s="103"/>
+      <c r="F59" s="104"/>
+      <c r="G59" s="105"/>
       <c r="I59" s="69"/>
       <c r="J59" s="69"/>
       <c r="K59" s="69"/>
       <c r="L59" s="69"/>
       <c r="M59" s="69"/>
       <c r="N59" s="69"/>
       <c r="O59" s="69"/>
       <c r="P59" s="69"/>
       <c r="Q59" s="69"/>
       <c r="R59" s="69"/>
       <c r="S59" s="69"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B60" s="78"/>
-      <c r="C60" s="79"/>
+      <c r="B60" s="65"/>
+      <c r="C60" s="66"/>
       <c r="E60" s="48"/>
       <c r="F60" s="48"/>
       <c r="G60" s="48"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="78"/>
-[...1 lines deleted...]
-      <c r="E61" s="63" t="s">
+      <c r="B61" s="65"/>
+      <c r="C61" s="66"/>
+      <c r="E61" s="78" t="s">
         <v>204</v>
       </c>
-      <c r="F61" s="64"/>
-      <c r="G61" s="65"/>
+      <c r="F61" s="79"/>
+      <c r="G61" s="80"/>
       <c r="I61" s="69" t="s">
         <v>210</v>
       </c>
       <c r="J61" s="69"/>
       <c r="K61" s="69"/>
       <c r="L61" s="69"/>
       <c r="M61" s="69"/>
       <c r="N61" s="69"/>
       <c r="O61" s="69"/>
       <c r="P61" s="69"/>
       <c r="Q61" s="69"/>
       <c r="R61" s="69"/>
       <c r="S61" s="69"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B62" s="78"/>
-[...3 lines deleted...]
-      <c r="G62" s="68"/>
+      <c r="B62" s="65"/>
+      <c r="C62" s="66"/>
+      <c r="E62" s="81"/>
+      <c r="F62" s="82"/>
+      <c r="G62" s="83"/>
       <c r="I62" s="69"/>
       <c r="J62" s="69"/>
       <c r="K62" s="69"/>
       <c r="L62" s="69"/>
       <c r="M62" s="69"/>
       <c r="N62" s="69"/>
       <c r="O62" s="69"/>
       <c r="P62" s="69"/>
       <c r="Q62" s="69"/>
       <c r="R62" s="69"/>
       <c r="S62" s="69"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B63" s="78"/>
-      <c r="C63" s="79"/>
+      <c r="B63" s="65"/>
+      <c r="C63" s="66"/>
       <c r="E63" s="48"/>
       <c r="F63" s="48"/>
       <c r="G63" s="48"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="B64" s="78"/>
-[...1 lines deleted...]
-      <c r="E64" s="70" t="s">
+      <c r="B64" s="65"/>
+      <c r="C64" s="66"/>
+      <c r="E64" s="84" t="s">
         <v>204</v>
       </c>
-      <c r="F64" s="71"/>
-      <c r="G64" s="72"/>
+      <c r="F64" s="85"/>
+      <c r="G64" s="86"/>
       <c r="I64" s="58" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="B65" s="80"/>
-[...3 lines deleted...]
-      <c r="G65" s="75"/>
+      <c r="B65" s="67"/>
+      <c r="C65" s="68"/>
+      <c r="E65" s="87"/>
+      <c r="F65" s="88"/>
+      <c r="G65" s="89"/>
       <c r="I65" s="58"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
     <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="I51:S52"/>
     <mergeCell ref="F54:G55"/>
     <mergeCell ref="I54:S56"/>
     <mergeCell ref="E58:G59"/>
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="P5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{BAB0EB9A-70D3-431C-9BB2-C88BF90F7886}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{82B35412-3FED-4114-8229-A6D82414804A}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{383A07A6-B2F2-40B1-8575-503C725AC774}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
@@ -22736,441 +22370,441 @@
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:AR279"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="10" width="3" style="9" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="9" customWidth="1"/>
     <col min="12" max="19" width="3" style="9" customWidth="1"/>
     <col min="20" max="20" width="4.42578125" style="9" customWidth="1"/>
     <col min="21" max="23" width="3" style="9" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="9" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="9" customWidth="1"/>
     <col min="26" max="38" width="3" style="9" customWidth="1"/>
-    <col min="39" max="39" width="3" style="26" hidden="1" customWidth="1"/>
-    <col min="40" max="40" width="5.7109375" style="26" hidden="1" customWidth="1"/>
+    <col min="39" max="39" width="3" style="26" hidden="1"/>
+    <col min="40" max="40" width="8.85546875" style="26" hidden="1"/>
     <col min="41" max="16384" width="3.85546875" style="26" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:43" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="110"/>
-[...4 lines deleted...]
-      <c r="G2" s="119" t="s">
+      <c r="B2" s="180"/>
+      <c r="C2" s="181"/>
+      <c r="D2" s="181"/>
+      <c r="E2" s="181"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="189" t="s">
         <v>218</v>
       </c>
-      <c r="H2" s="120"/>
-[...7 lines deleted...]
-      <c r="P2" s="128" t="s">
+      <c r="H2" s="190"/>
+      <c r="I2" s="190"/>
+      <c r="J2" s="190"/>
+      <c r="K2" s="190"/>
+      <c r="L2" s="190"/>
+      <c r="M2" s="190"/>
+      <c r="N2" s="190"/>
+      <c r="O2" s="191"/>
+      <c r="P2" s="198" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="129"/>
-[...7 lines deleted...]
-      <c r="Y2" s="137" t="s">
+      <c r="Q2" s="199"/>
+      <c r="R2" s="199"/>
+      <c r="S2" s="199"/>
+      <c r="T2" s="199"/>
+      <c r="U2" s="199"/>
+      <c r="V2" s="199"/>
+      <c r="W2" s="199"/>
+      <c r="X2" s="200"/>
+      <c r="Y2" s="207" t="s">
         <v>219</v>
       </c>
-      <c r="Z2" s="138"/>
-[...10 lines deleted...]
-      <c r="AK2" s="139"/>
+      <c r="Z2" s="208"/>
+      <c r="AA2" s="208"/>
+      <c r="AB2" s="208"/>
+      <c r="AC2" s="208"/>
+      <c r="AD2" s="208"/>
+      <c r="AE2" s="208"/>
+      <c r="AF2" s="208"/>
+      <c r="AG2" s="208"/>
+      <c r="AH2" s="208"/>
+      <c r="AI2" s="208"/>
+      <c r="AJ2" s="208"/>
+      <c r="AK2" s="209"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="113"/>
-[...34 lines deleted...]
-      <c r="AK3" s="142"/>
+      <c r="B3" s="183"/>
+      <c r="C3" s="184"/>
+      <c r="D3" s="184"/>
+      <c r="E3" s="184"/>
+      <c r="F3" s="185"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="193"/>
+      <c r="I3" s="193"/>
+      <c r="J3" s="193"/>
+      <c r="K3" s="193"/>
+      <c r="L3" s="193"/>
+      <c r="M3" s="193"/>
+      <c r="N3" s="193"/>
+      <c r="O3" s="194"/>
+      <c r="P3" s="201"/>
+      <c r="Q3" s="202"/>
+      <c r="R3" s="202"/>
+      <c r="S3" s="202"/>
+      <c r="T3" s="202"/>
+      <c r="U3" s="202"/>
+      <c r="V3" s="202"/>
+      <c r="W3" s="202"/>
+      <c r="X3" s="203"/>
+      <c r="Y3" s="210"/>
+      <c r="Z3" s="211"/>
+      <c r="AA3" s="211"/>
+      <c r="AB3" s="211"/>
+      <c r="AC3" s="211"/>
+      <c r="AD3" s="211"/>
+      <c r="AE3" s="211"/>
+      <c r="AF3" s="211"/>
+      <c r="AG3" s="211"/>
+      <c r="AH3" s="211"/>
+      <c r="AI3" s="211"/>
+      <c r="AJ3" s="211"/>
+      <c r="AK3" s="212"/>
       <c r="AL3" s="1"/>
     </row>
     <row r="4" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="113"/>
-[...34 lines deleted...]
-      <c r="AK4" s="142"/>
+      <c r="B4" s="183"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="185"/>
+      <c r="G4" s="192"/>
+      <c r="H4" s="193"/>
+      <c r="I4" s="193"/>
+      <c r="J4" s="193"/>
+      <c r="K4" s="193"/>
+      <c r="L4" s="193"/>
+      <c r="M4" s="193"/>
+      <c r="N4" s="193"/>
+      <c r="O4" s="194"/>
+      <c r="P4" s="201"/>
+      <c r="Q4" s="202"/>
+      <c r="R4" s="202"/>
+      <c r="S4" s="202"/>
+      <c r="T4" s="202"/>
+      <c r="U4" s="202"/>
+      <c r="V4" s="202"/>
+      <c r="W4" s="202"/>
+      <c r="X4" s="203"/>
+      <c r="Y4" s="210"/>
+      <c r="Z4" s="211"/>
+      <c r="AA4" s="211"/>
+      <c r="AB4" s="211"/>
+      <c r="AC4" s="211"/>
+      <c r="AD4" s="211"/>
+      <c r="AE4" s="211"/>
+      <c r="AF4" s="211"/>
+      <c r="AG4" s="211"/>
+      <c r="AH4" s="211"/>
+      <c r="AI4" s="211"/>
+      <c r="AJ4" s="211"/>
+      <c r="AK4" s="212"/>
       <c r="AL4" s="1"/>
     </row>
     <row r="5" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="116"/>
-[...34 lines deleted...]
-      <c r="AK5" s="145"/>
+      <c r="B5" s="186"/>
+      <c r="C5" s="187"/>
+      <c r="D5" s="187"/>
+      <c r="E5" s="187"/>
+      <c r="F5" s="188"/>
+      <c r="G5" s="195"/>
+      <c r="H5" s="196"/>
+      <c r="I5" s="196"/>
+      <c r="J5" s="196"/>
+      <c r="K5" s="196"/>
+      <c r="L5" s="196"/>
+      <c r="M5" s="196"/>
+      <c r="N5" s="196"/>
+      <c r="O5" s="197"/>
+      <c r="P5" s="204"/>
+      <c r="Q5" s="205"/>
+      <c r="R5" s="205"/>
+      <c r="S5" s="205"/>
+      <c r="T5" s="205"/>
+      <c r="U5" s="205"/>
+      <c r="V5" s="205"/>
+      <c r="W5" s="205"/>
+      <c r="X5" s="206"/>
+      <c r="Y5" s="213"/>
+      <c r="Z5" s="214"/>
+      <c r="AA5" s="214"/>
+      <c r="AB5" s="214"/>
+      <c r="AC5" s="214"/>
+      <c r="AD5" s="214"/>
+      <c r="AE5" s="214"/>
+      <c r="AF5" s="214"/>
+      <c r="AG5" s="214"/>
+      <c r="AH5" s="214"/>
+      <c r="AI5" s="214"/>
+      <c r="AJ5" s="214"/>
+      <c r="AK5" s="215"/>
       <c r="AL5" s="1"/>
     </row>
     <row r="6" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
     </row>
     <row r="7" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
-      <c r="B7" s="146" t="s">
+      <c r="B7" s="129" t="s">
         <v>220</v>
       </c>
-      <c r="C7" s="146"/>
-[...13 lines deleted...]
-      <c r="Q7" s="148" t="s">
+      <c r="C7" s="129"/>
+      <c r="D7" s="129"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="177"/>
+      <c r="G7" s="132"/>
+      <c r="H7" s="132"/>
+      <c r="I7" s="132"/>
+      <c r="J7" s="132"/>
+      <c r="K7" s="132"/>
+      <c r="L7" s="132"/>
+      <c r="M7" s="132"/>
+      <c r="N7" s="132"/>
+      <c r="O7" s="132"/>
+      <c r="P7" s="178"/>
+      <c r="Q7" s="217" t="s">
         <v>222</v>
       </c>
-      <c r="R7" s="149"/>
-[...7 lines deleted...]
-      <c r="Z7" s="153"/>
+      <c r="R7" s="218"/>
+      <c r="S7" s="218"/>
+      <c r="T7" s="219"/>
+      <c r="U7" s="220"/>
+      <c r="V7" s="221"/>
+      <c r="W7" s="221"/>
+      <c r="X7" s="221"/>
+      <c r="Y7" s="221"/>
+      <c r="Z7" s="222"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="149" t="s">
+      <c r="AB7" s="218" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="149"/>
-[...7 lines deleted...]
-      <c r="AK7" s="153"/>
+      <c r="AC7" s="218"/>
+      <c r="AD7" s="218"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="220"/>
+      <c r="AG7" s="221"/>
+      <c r="AH7" s="221"/>
+      <c r="AI7" s="221"/>
+      <c r="AJ7" s="221"/>
+      <c r="AK7" s="222"/>
       <c r="AL7" s="1"/>
     </row>
     <row r="8" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
     </row>
     <row r="9" spans="1:43" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="14" t="s">
         <v>221</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="1"/>
-      <c r="F9" s="106"/>
-[...30 lines deleted...]
-      <c r="AK9" s="108"/>
+      <c r="F9" s="177"/>
+      <c r="G9" s="132"/>
+      <c r="H9" s="132"/>
+      <c r="I9" s="132"/>
+      <c r="J9" s="132"/>
+      <c r="K9" s="132"/>
+      <c r="L9" s="132"/>
+      <c r="M9" s="132"/>
+      <c r="N9" s="132"/>
+      <c r="O9" s="132"/>
+      <c r="P9" s="132"/>
+      <c r="Q9" s="132"/>
+      <c r="R9" s="132"/>
+      <c r="S9" s="132"/>
+      <c r="T9" s="132"/>
+      <c r="U9" s="132"/>
+      <c r="V9" s="132"/>
+      <c r="W9" s="132"/>
+      <c r="X9" s="132"/>
+      <c r="Y9" s="132"/>
+      <c r="Z9" s="132"/>
+      <c r="AA9" s="132"/>
+      <c r="AB9" s="132"/>
+      <c r="AC9" s="132"/>
+      <c r="AD9" s="132"/>
+      <c r="AE9" s="132"/>
+      <c r="AF9" s="132"/>
+      <c r="AG9" s="132"/>
+      <c r="AH9" s="132"/>
+      <c r="AI9" s="132"/>
+      <c r="AJ9" s="132"/>
+      <c r="AK9" s="178"/>
       <c r="AL9" s="1"/>
     </row>
     <row r="10" spans="1:43" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
@@ -23225,120 +22859,120 @@
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="1"/>
       <c r="AD11" s="1"/>
       <c r="AE11" s="1"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
       <c r="AJ11" s="1"/>
       <c r="AK11" s="1"/>
       <c r="AL11" s="1"/>
     </row>
     <row r="12" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="K12" s="1"/>
-      <c r="L12" s="154"/>
-[...24 lines deleted...]
-      <c r="AK12" s="154"/>
+      <c r="L12" s="167"/>
+      <c r="M12" s="167"/>
+      <c r="N12" s="167"/>
+      <c r="O12" s="167"/>
+      <c r="P12" s="167"/>
+      <c r="Q12" s="167"/>
+      <c r="R12" s="167"/>
+      <c r="S12" s="167"/>
+      <c r="T12" s="167"/>
+      <c r="U12" s="167"/>
+      <c r="V12" s="167"/>
+      <c r="W12" s="167"/>
+      <c r="X12" s="167"/>
+      <c r="Y12" s="167"/>
+      <c r="Z12" s="167"/>
+      <c r="AA12" s="167"/>
+      <c r="AB12" s="167"/>
+      <c r="AC12" s="167"/>
+      <c r="AD12" s="167"/>
+      <c r="AE12" s="167"/>
+      <c r="AF12" s="167"/>
+      <c r="AG12" s="167"/>
+      <c r="AH12" s="167"/>
+      <c r="AI12" s="167"/>
+      <c r="AJ12" s="167"/>
+      <c r="AK12" s="167"/>
       <c r="AL12" s="1"/>
     </row>
     <row r="13" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1"/>
       <c r="B13" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="L13" s="109" t="s">
+      <c r="L13" s="179" t="s">
         <v>237</v>
       </c>
-      <c r="M13" s="109"/>
-[...23 lines deleted...]
-      <c r="AK13" s="109"/>
+      <c r="M13" s="179"/>
+      <c r="N13" s="179"/>
+      <c r="O13" s="179"/>
+      <c r="P13" s="179"/>
+      <c r="Q13" s="179"/>
+      <c r="R13" s="179"/>
+      <c r="S13" s="179"/>
+      <c r="T13" s="179"/>
+      <c r="U13" s="179"/>
+      <c r="V13" s="179"/>
+      <c r="W13" s="179"/>
+      <c r="X13" s="179"/>
+      <c r="Y13" s="179"/>
+      <c r="Z13" s="179"/>
+      <c r="AA13" s="179"/>
+      <c r="AB13" s="179"/>
+      <c r="AC13" s="179"/>
+      <c r="AD13" s="179"/>
+      <c r="AE13" s="179"/>
+      <c r="AF13" s="179"/>
+      <c r="AG13" s="179"/>
+      <c r="AH13" s="179"/>
+      <c r="AI13" s="179"/>
+      <c r="AJ13" s="179"/>
+      <c r="AK13" s="179"/>
       <c r="AL13" s="1"/>
       <c r="AQ13" s="26" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="14" spans="1:43" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="23"/>
       <c r="M14" s="23"/>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
       <c r="Q14" s="23"/>
@@ -23364,122 +22998,122 @@
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AN14" s="26">
         <v>0</v>
       </c>
       <c r="AQ14" s="26" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="15" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="K15" s="1"/>
-      <c r="L15" s="155"/>
-[...1 lines deleted...]
-      <c r="N15" s="155"/>
+      <c r="L15" s="173"/>
+      <c r="M15" s="173"/>
+      <c r="N15" s="173"/>
       <c r="O15" s="1" t="s">
         <v>232</v>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
-      <c r="Z15" s="156"/>
-[...1 lines deleted...]
-      <c r="AB15" s="156"/>
+      <c r="Z15" s="164"/>
+      <c r="AA15" s="164"/>
+      <c r="AB15" s="164"/>
       <c r="AC15" s="1" t="s">
         <v>233</v>
       </c>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AQ15" s="26" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="16" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1"/>
       <c r="B16" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
-      <c r="L16" s="157"/>
-[...1 lines deleted...]
-      <c r="N16" s="157"/>
+      <c r="L16" s="171"/>
+      <c r="M16" s="171"/>
+      <c r="N16" s="171"/>
       <c r="O16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="36" t="s">
         <v>235</v>
       </c>
-      <c r="Z16" s="158" t="str">
+      <c r="Z16" s="174" t="str">
         <f>IFERROR(L15/L16,"")</f>
         <v/>
       </c>
-      <c r="AA16" s="158"/>
-      <c r="AB16" s="158"/>
+      <c r="AA16" s="174"/>
+      <c r="AB16" s="174"/>
       <c r="AC16" s="1" t="s">
         <v>234</v>
       </c>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AQ16" s="26" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="17" spans="1:43" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
@@ -23522,67 +23156,67 @@
       <c r="B18" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="23"/>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
       <c r="Q18" s="23"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="10" t="s">
         <v>262</v>
       </c>
-      <c r="W18" s="154" t="s">
+      <c r="W18" s="167" t="s">
         <v>237</v>
       </c>
-      <c r="X18" s="154"/>
-[...12 lines deleted...]
-      <c r="AK18" s="154"/>
+      <c r="X18" s="167"/>
+      <c r="Y18" s="167"/>
+      <c r="Z18" s="167"/>
+      <c r="AA18" s="167"/>
+      <c r="AB18" s="167"/>
+      <c r="AC18" s="167"/>
+      <c r="AD18" s="167"/>
+      <c r="AE18" s="167"/>
+      <c r="AF18" s="167"/>
+      <c r="AG18" s="167"/>
+      <c r="AH18" s="167"/>
+      <c r="AI18" s="167"/>
+      <c r="AJ18" s="167"/>
+      <c r="AK18" s="167"/>
       <c r="AL18" s="1"/>
       <c r="AN18" s="26">
         <v>0</v>
       </c>
       <c r="AQ18" s="26" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="19" spans="1:43" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
@@ -23713,65 +23347,65 @@
       <c r="B22" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="23"/>
       <c r="L22" s="23"/>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
       <c r="O22" s="23"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="10"/>
       <c r="V22" s="60" t="s">
         <v>231</v>
       </c>
-      <c r="W22" s="154"/>
-[...13 lines deleted...]
-      <c r="AK22" s="154"/>
+      <c r="W22" s="167"/>
+      <c r="X22" s="167"/>
+      <c r="Y22" s="167"/>
+      <c r="Z22" s="167"/>
+      <c r="AA22" s="167"/>
+      <c r="AB22" s="167"/>
+      <c r="AC22" s="167"/>
+      <c r="AD22" s="167"/>
+      <c r="AE22" s="167"/>
+      <c r="AF22" s="167"/>
+      <c r="AG22" s="167"/>
+      <c r="AH22" s="167"/>
+      <c r="AI22" s="167"/>
+      <c r="AJ22" s="167"/>
+      <c r="AK22" s="167"/>
       <c r="AL22" s="1"/>
       <c r="AN22" s="26">
         <v>0</v>
       </c>
       <c r="AQ22" s="26" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1"/>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="6"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
@@ -23838,217 +23472,217 @@
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
     </row>
     <row r="25" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1"/>
       <c r="B25" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
-      <c r="L25" s="154" t="s">
+      <c r="L25" s="167" t="s">
         <v>237</v>
       </c>
-      <c r="M25" s="154"/>
-[...23 lines deleted...]
-      <c r="AK25" s="154"/>
+      <c r="M25" s="167"/>
+      <c r="N25" s="167"/>
+      <c r="O25" s="167"/>
+      <c r="P25" s="167"/>
+      <c r="Q25" s="167"/>
+      <c r="R25" s="167"/>
+      <c r="S25" s="167"/>
+      <c r="T25" s="167"/>
+      <c r="U25" s="167"/>
+      <c r="V25" s="167"/>
+      <c r="W25" s="167"/>
+      <c r="X25" s="167"/>
+      <c r="Y25" s="167"/>
+      <c r="Z25" s="167"/>
+      <c r="AA25" s="167"/>
+      <c r="AB25" s="167"/>
+      <c r="AC25" s="167"/>
+      <c r="AD25" s="167"/>
+      <c r="AE25" s="167"/>
+      <c r="AF25" s="167"/>
+      <c r="AG25" s="167"/>
+      <c r="AH25" s="167"/>
+      <c r="AI25" s="167"/>
+      <c r="AJ25" s="167"/>
+      <c r="AK25" s="167"/>
       <c r="AL25" s="1"/>
     </row>
     <row r="26" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1" t="s">
         <v>265</v>
       </c>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1" t="s">
         <v>269</v>
       </c>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
-      <c r="AD26" s="159"/>
-      <c r="AE26" s="159"/>
+      <c r="AD26" s="175"/>
+      <c r="AE26" s="175"/>
       <c r="AF26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AG26" s="1" t="s">
         <v>25</v>
       </c>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
     </row>
     <row r="27" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1" t="s">
         <v>266</v>
       </c>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1" t="s">
         <v>270</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
-      <c r="AD27" s="159"/>
-      <c r="AE27" s="159"/>
+      <c r="AD27" s="175"/>
+      <c r="AE27" s="175"/>
       <c r="AF27" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AG27" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AQ27" s="26" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="28" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="U28" s="154"/>
-[...15 lines deleted...]
-      <c r="AK28" s="154"/>
+      <c r="U28" s="167"/>
+      <c r="V28" s="167"/>
+      <c r="W28" s="167"/>
+      <c r="X28" s="167"/>
+      <c r="Y28" s="167"/>
+      <c r="Z28" s="167"/>
+      <c r="AA28" s="167"/>
+      <c r="AB28" s="167"/>
+      <c r="AC28" s="167"/>
+      <c r="AD28" s="167"/>
+      <c r="AE28" s="167"/>
+      <c r="AF28" s="167"/>
+      <c r="AG28" s="167"/>
+      <c r="AH28" s="167"/>
+      <c r="AI28" s="167"/>
+      <c r="AJ28" s="167"/>
+      <c r="AK28" s="167"/>
       <c r="AL28" s="1"/>
       <c r="AQ28" s="26" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="29" spans="1:43" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
@@ -24168,64 +23802,64 @@
       <c r="A32" s="1"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1" t="s">
         <v>275</v>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
-      <c r="X32" s="154"/>
-[...12 lines deleted...]
-      <c r="AK32" s="154"/>
+      <c r="X32" s="167"/>
+      <c r="Y32" s="167"/>
+      <c r="Z32" s="167"/>
+      <c r="AA32" s="167"/>
+      <c r="AB32" s="167"/>
+      <c r="AC32" s="167"/>
+      <c r="AD32" s="167"/>
+      <c r="AE32" s="167"/>
+      <c r="AF32" s="167"/>
+      <c r="AG32" s="167"/>
+      <c r="AH32" s="167"/>
+      <c r="AI32" s="167"/>
+      <c r="AJ32" s="167"/>
+      <c r="AK32" s="167"/>
       <c r="AL32" s="1"/>
     </row>
     <row r="33" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1"/>
       <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
       <c r="H33" s="6"/>
       <c r="I33" s="6"/>
       <c r="J33" s="6"/>
       <c r="K33" s="6"/>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="6"/>
       <c r="Q33" s="6"/>
       <c r="R33" s="6"/>
       <c r="S33" s="6"/>
       <c r="T33" s="6"/>
       <c r="U33" s="6"/>
       <c r="V33" s="6"/>
@@ -24349,66 +23983,66 @@
         <v>278</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1" t="s">
         <v>151</v>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1" t="s">
         <v>281</v>
       </c>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
-      <c r="V36" s="154"/>
-[...14 lines deleted...]
-      <c r="AK36" s="154"/>
+      <c r="V36" s="167"/>
+      <c r="W36" s="167"/>
+      <c r="X36" s="167"/>
+      <c r="Y36" s="167"/>
+      <c r="Z36" s="167"/>
+      <c r="AA36" s="167"/>
+      <c r="AB36" s="167"/>
+      <c r="AC36" s="167"/>
+      <c r="AD36" s="167"/>
+      <c r="AE36" s="167"/>
+      <c r="AF36" s="167"/>
+      <c r="AG36" s="167"/>
+      <c r="AH36" s="167"/>
+      <c r="AI36" s="167"/>
+      <c r="AJ36" s="167"/>
+      <c r="AK36" s="167"/>
       <c r="AL36" s="1"/>
       <c r="AQ36" s="26" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="11"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
@@ -24576,256 +24210,256 @@
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1" t="s">
         <v>42</v>
       </c>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1" t="s">
         <v>285</v>
       </c>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
-      <c r="V41" s="154"/>
-[...14 lines deleted...]
-      <c r="AK41" s="154"/>
+      <c r="V41" s="167"/>
+      <c r="W41" s="167"/>
+      <c r="X41" s="167"/>
+      <c r="Y41" s="167"/>
+      <c r="Z41" s="167"/>
+      <c r="AA41" s="167"/>
+      <c r="AB41" s="167"/>
+      <c r="AC41" s="167"/>
+      <c r="AD41" s="167"/>
+      <c r="AE41" s="167"/>
+      <c r="AF41" s="167"/>
+      <c r="AG41" s="167"/>
+      <c r="AH41" s="167"/>
+      <c r="AI41" s="167"/>
+      <c r="AJ41" s="167"/>
+      <c r="AK41" s="167"/>
       <c r="AL41" s="1"/>
     </row>
     <row r="42" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1" t="s">
         <v>45</v>
       </c>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1" t="s">
         <v>286</v>
       </c>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
-      <c r="V42" s="154"/>
-[...14 lines deleted...]
-      <c r="AK42" s="154"/>
+      <c r="V42" s="167"/>
+      <c r="W42" s="167"/>
+      <c r="X42" s="167"/>
+      <c r="Y42" s="167"/>
+      <c r="Z42" s="167"/>
+      <c r="AA42" s="167"/>
+      <c r="AB42" s="167"/>
+      <c r="AC42" s="167"/>
+      <c r="AD42" s="167"/>
+      <c r="AE42" s="167"/>
+      <c r="AF42" s="167"/>
+      <c r="AG42" s="167"/>
+      <c r="AH42" s="167"/>
+      <c r="AI42" s="167"/>
+      <c r="AJ42" s="167"/>
+      <c r="AK42" s="167"/>
       <c r="AL42" s="1"/>
     </row>
     <row r="43" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1" t="s">
         <v>48</v>
       </c>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1" t="s">
         <v>287</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
-      <c r="V43" s="154"/>
-[...14 lines deleted...]
-      <c r="AK43" s="154"/>
+      <c r="V43" s="167"/>
+      <c r="W43" s="167"/>
+      <c r="X43" s="167"/>
+      <c r="Y43" s="167"/>
+      <c r="Z43" s="167"/>
+      <c r="AA43" s="167"/>
+      <c r="AB43" s="167"/>
+      <c r="AC43" s="167"/>
+      <c r="AD43" s="167"/>
+      <c r="AE43" s="167"/>
+      <c r="AF43" s="167"/>
+      <c r="AG43" s="167"/>
+      <c r="AH43" s="167"/>
+      <c r="AI43" s="167"/>
+      <c r="AJ43" s="167"/>
+      <c r="AK43" s="167"/>
       <c r="AL43" s="1"/>
       <c r="AQ43" s="26" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="44" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>293</v>
       </c>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1" t="s">
         <v>50</v>
       </c>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1" t="s">
         <v>288</v>
       </c>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
-      <c r="V44" s="154"/>
-[...14 lines deleted...]
-      <c r="AK44" s="154"/>
+      <c r="V44" s="167"/>
+      <c r="W44" s="167"/>
+      <c r="X44" s="167"/>
+      <c r="Y44" s="167"/>
+      <c r="Z44" s="167"/>
+      <c r="AA44" s="167"/>
+      <c r="AB44" s="167"/>
+      <c r="AC44" s="167"/>
+      <c r="AD44" s="167"/>
+      <c r="AE44" s="167"/>
+      <c r="AF44" s="167"/>
+      <c r="AG44" s="167"/>
+      <c r="AH44" s="167"/>
+      <c r="AI44" s="167"/>
+      <c r="AJ44" s="167"/>
+      <c r="AK44" s="167"/>
       <c r="AL44" s="1"/>
       <c r="AQ44" s="26" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="45" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>294</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1" t="s">
         <v>52</v>
       </c>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
         <v>289</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
-      <c r="V45" s="154"/>
-[...14 lines deleted...]
-      <c r="AK45" s="154"/>
+      <c r="V45" s="167"/>
+      <c r="W45" s="167"/>
+      <c r="X45" s="167"/>
+      <c r="Y45" s="167"/>
+      <c r="Z45" s="167"/>
+      <c r="AA45" s="167"/>
+      <c r="AB45" s="167"/>
+      <c r="AC45" s="167"/>
+      <c r="AD45" s="167"/>
+      <c r="AE45" s="167"/>
+      <c r="AF45" s="167"/>
+      <c r="AG45" s="167"/>
+      <c r="AH45" s="167"/>
+      <c r="AI45" s="167"/>
+      <c r="AJ45" s="167"/>
+      <c r="AK45" s="167"/>
       <c r="AL45" s="1"/>
       <c r="AQ45" s="26" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="46" spans="1:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
@@ -24844,131 +24478,131 @@
       <c r="AF46" s="1"/>
       <c r="AG46" s="1"/>
       <c r="AH46" s="1"/>
       <c r="AI46" s="1"/>
       <c r="AJ46" s="1"/>
       <c r="AK46" s="1"/>
       <c r="AL46" s="1"/>
       <c r="AQ46" s="26" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
-      <c r="L47" s="156"/>
-[...1 lines deleted...]
-      <c r="N47" s="156"/>
+      <c r="L47" s="164"/>
+      <c r="M47" s="164"/>
+      <c r="N47" s="164"/>
       <c r="O47" s="1" t="s">
         <v>295</v>
       </c>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1" t="s">
         <v>298</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
-      <c r="AC47" s="161" t="str">
+      <c r="AC47" s="172" t="str">
         <f>IFERROR(L47*1000/L15,"")</f>
         <v/>
       </c>
-      <c r="AD47" s="161"/>
-[...2 lines deleted...]
-      <c r="AG47" s="161"/>
+      <c r="AD47" s="172"/>
+      <c r="AE47" s="172"/>
+      <c r="AF47" s="172"/>
+      <c r="AG47" s="172"/>
       <c r="AH47" s="1" t="s">
         <v>152</v>
       </c>
       <c r="AI47" s="1"/>
       <c r="AJ47" s="1"/>
       <c r="AK47" s="1"/>
       <c r="AL47" s="1"/>
       <c r="AQ47" s="26" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
-      <c r="L48" s="156"/>
-[...1 lines deleted...]
-      <c r="N48" s="156"/>
+      <c r="L48" s="164"/>
+      <c r="M48" s="164"/>
+      <c r="N48" s="164"/>
       <c r="O48" s="1" t="s">
         <v>296</v>
       </c>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1" t="s">
         <v>298</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="1"/>
       <c r="Z48" s="1"/>
       <c r="AA48" s="1"/>
       <c r="AB48" s="1"/>
-      <c r="AC48" s="161" t="str">
+      <c r="AC48" s="172" t="str">
         <f>IFERROR(L48*1000/Z15,"")</f>
         <v/>
       </c>
-      <c r="AD48" s="161"/>
-[...2 lines deleted...]
-      <c r="AG48" s="161"/>
+      <c r="AD48" s="172"/>
+      <c r="AE48" s="172"/>
+      <c r="AF48" s="172"/>
+      <c r="AG48" s="172"/>
       <c r="AH48" s="1" t="s">
         <v>152</v>
       </c>
       <c r="AI48" s="1"/>
       <c r="AJ48" s="1"/>
       <c r="AK48" s="1"/>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="26" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1"/>
       <c r="B49" s="6"/>
       <c r="C49" s="6"/>
       <c r="D49" s="6"/>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
       <c r="G49" s="6"/>
       <c r="H49" s="6"/>
       <c r="I49" s="6"/>
       <c r="J49" s="6"/>
       <c r="K49" s="6"/>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
@@ -25051,156 +24685,156 @@
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1" t="s">
         <v>61</v>
       </c>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1" t="s">
         <v>300</v>
       </c>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
-      <c r="X51" s="154"/>
-[...12 lines deleted...]
-      <c r="AK51" s="154"/>
+      <c r="X51" s="167"/>
+      <c r="Y51" s="167"/>
+      <c r="Z51" s="167"/>
+      <c r="AA51" s="167"/>
+      <c r="AB51" s="167"/>
+      <c r="AC51" s="167"/>
+      <c r="AD51" s="167"/>
+      <c r="AE51" s="167"/>
+      <c r="AF51" s="167"/>
+      <c r="AG51" s="167"/>
+      <c r="AH51" s="167"/>
+      <c r="AI51" s="167"/>
+      <c r="AJ51" s="167"/>
+      <c r="AK51" s="167"/>
       <c r="AL51" s="1"/>
     </row>
     <row r="52" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1" t="s">
         <v>62</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1" t="s">
         <v>301</v>
       </c>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
-      <c r="X52" s="154"/>
-[...12 lines deleted...]
-      <c r="AK52" s="154"/>
+      <c r="X52" s="167"/>
+      <c r="Y52" s="167"/>
+      <c r="Z52" s="167"/>
+      <c r="AA52" s="167"/>
+      <c r="AB52" s="167"/>
+      <c r="AC52" s="167"/>
+      <c r="AD52" s="167"/>
+      <c r="AE52" s="167"/>
+      <c r="AF52" s="167"/>
+      <c r="AG52" s="167"/>
+      <c r="AH52" s="167"/>
+      <c r="AI52" s="167"/>
+      <c r="AJ52" s="167"/>
+      <c r="AK52" s="167"/>
       <c r="AL52" s="1"/>
     </row>
     <row r="53" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="1"/>
       <c r="B53" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1" t="s">
         <v>63</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1" t="s">
         <v>302</v>
       </c>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
-      <c r="X53" s="154"/>
-[...12 lines deleted...]
-      <c r="AK53" s="154"/>
+      <c r="X53" s="167"/>
+      <c r="Y53" s="167"/>
+      <c r="Z53" s="167"/>
+      <c r="AA53" s="167"/>
+      <c r="AB53" s="167"/>
+      <c r="AC53" s="167"/>
+      <c r="AD53" s="167"/>
+      <c r="AE53" s="167"/>
+      <c r="AF53" s="167"/>
+      <c r="AG53" s="167"/>
+      <c r="AH53" s="167"/>
+      <c r="AI53" s="167"/>
+      <c r="AJ53" s="167"/>
+      <c r="AK53" s="167"/>
       <c r="AL53" s="1"/>
     </row>
     <row r="54" spans="1:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1"/>
       <c r="B54" s="6"/>
       <c r="C54" s="6"/>
       <c r="D54" s="6"/>
       <c r="E54" s="6"/>
       <c r="F54" s="6"/>
       <c r="G54" s="6"/>
       <c r="H54" s="6"/>
       <c r="I54" s="6"/>
       <c r="J54" s="6"/>
       <c r="K54" s="6"/>
       <c r="L54" s="6"/>
       <c r="M54" s="6"/>
       <c r="N54" s="6"/>
       <c r="O54" s="6"/>
       <c r="P54" s="6"/>
       <c r="Q54" s="6"/>
       <c r="R54" s="6"/>
       <c r="S54" s="6"/>
       <c r="T54" s="6"/>
       <c r="U54" s="6"/>
       <c r="V54" s="6"/>
@@ -25251,129 +24885,129 @@
       <c r="Y55" s="1"/>
       <c r="Z55" s="1"/>
       <c r="AA55" s="1"/>
       <c r="AB55" s="1"/>
       <c r="AC55" s="1"/>
       <c r="AD55" s="1"/>
       <c r="AE55" s="1"/>
       <c r="AF55" s="1"/>
       <c r="AG55" s="1"/>
       <c r="AH55" s="1"/>
       <c r="AI55" s="1"/>
       <c r="AJ55" s="1"/>
       <c r="AK55" s="1"/>
       <c r="AL55" s="1"/>
     </row>
     <row r="56" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="1"/>
       <c r="B56" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
-      <c r="H56" s="154" t="s">
+      <c r="H56" s="167" t="s">
         <v>237</v>
       </c>
-      <c r="I56" s="154"/>
-[...10 lines deleted...]
-      <c r="T56" s="154"/>
+      <c r="I56" s="167"/>
+      <c r="J56" s="167"/>
+      <c r="K56" s="167"/>
+      <c r="L56" s="167"/>
+      <c r="M56" s="167"/>
+      <c r="N56" s="167"/>
+      <c r="O56" s="167"/>
+      <c r="P56" s="167"/>
+      <c r="Q56" s="167"/>
+      <c r="R56" s="167"/>
+      <c r="S56" s="167"/>
+      <c r="T56" s="167"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1" t="s">
         <v>311</v>
       </c>
       <c r="X56" s="1"/>
       <c r="Y56" s="1"/>
       <c r="Z56" s="1"/>
       <c r="AA56" s="1"/>
       <c r="AB56" s="1"/>
-      <c r="AC56" s="156"/>
-[...2 lines deleted...]
-      <c r="AF56" s="156"/>
+      <c r="AC56" s="164"/>
+      <c r="AD56" s="164"/>
+      <c r="AE56" s="164"/>
+      <c r="AF56" s="164"/>
       <c r="AG56" s="1" t="s">
         <v>65</v>
       </c>
       <c r="AH56" s="1"/>
       <c r="AI56" s="1"/>
       <c r="AJ56" s="1"/>
       <c r="AK56" s="1"/>
       <c r="AL56" s="1"/>
     </row>
     <row r="57" spans="1:43" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1" t="s">
         <v>309</v>
       </c>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1" t="s">
         <v>310</v>
       </c>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1" t="s">
         <v>312</v>
       </c>
       <c r="X57" s="1"/>
       <c r="Y57" s="1"/>
       <c r="Z57" s="1"/>
       <c r="AA57" s="1"/>
       <c r="AB57" s="1"/>
-      <c r="AC57" s="162"/>
-[...2 lines deleted...]
-      <c r="AF57" s="162"/>
+      <c r="AC57" s="163"/>
+      <c r="AD57" s="163"/>
+      <c r="AE57" s="163"/>
+      <c r="AF57" s="163"/>
       <c r="AG57" s="1" t="s">
         <v>68</v>
       </c>
       <c r="AH57" s="1"/>
       <c r="AI57" s="1"/>
       <c r="AJ57" s="1"/>
       <c r="AK57" s="1"/>
       <c r="AL57" s="1"/>
     </row>
     <row r="58" spans="1:43" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1"/>
       <c r="B58" s="6"/>
       <c r="C58" s="6"/>
       <c r="D58" s="6"/>
       <c r="E58" s="6"/>
       <c r="F58" s="6"/>
       <c r="G58" s="6"/>
       <c r="H58" s="6"/>
       <c r="I58" s="6"/>
       <c r="J58" s="6"/>
       <c r="K58" s="6"/>
       <c r="L58" s="6"/>
       <c r="M58" s="6"/>
       <c r="N58" s="6"/>
       <c r="O58" s="6"/>
@@ -25569,98 +25203,98 @@
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1" t="s">
         <v>318</v>
       </c>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
-      <c r="R63" s="154"/>
-[...18 lines deleted...]
-      <c r="AK63" s="154"/>
+      <c r="R63" s="167"/>
+      <c r="S63" s="167"/>
+      <c r="T63" s="167"/>
+      <c r="U63" s="167"/>
+      <c r="V63" s="167"/>
+      <c r="W63" s="167"/>
+      <c r="X63" s="167"/>
+      <c r="Y63" s="167"/>
+      <c r="Z63" s="167"/>
+      <c r="AA63" s="167"/>
+      <c r="AB63" s="167"/>
+      <c r="AC63" s="167"/>
+      <c r="AD63" s="167"/>
+      <c r="AE63" s="167"/>
+      <c r="AF63" s="167"/>
+      <c r="AG63" s="167"/>
+      <c r="AH63" s="167"/>
+      <c r="AI63" s="167"/>
+      <c r="AJ63" s="167"/>
+      <c r="AK63" s="167"/>
       <c r="AL63" s="1"/>
     </row>
     <row r="64" spans="1:43" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1" t="s">
         <v>319</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
-      <c r="R64" s="157"/>
-[...2 lines deleted...]
-      <c r="U64" s="157"/>
+      <c r="R64" s="171"/>
+      <c r="S64" s="171"/>
+      <c r="T64" s="171"/>
+      <c r="U64" s="171"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
       <c r="Z64" s="1"/>
       <c r="AA64" s="1"/>
       <c r="AB64" s="1"/>
       <c r="AC64" s="1"/>
       <c r="AD64" s="1"/>
       <c r="AE64" s="1"/>
       <c r="AF64" s="1"/>
       <c r="AG64" s="1"/>
       <c r="AH64" s="1"/>
       <c r="AI64" s="1"/>
       <c r="AJ64" s="1"/>
       <c r="AK64" s="1"/>
       <c r="AL64" s="1"/>
     </row>
     <row r="65" spans="1:44" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
@@ -25680,127 +25314,127 @@
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
       <c r="Z65" s="1"/>
       <c r="AA65" s="1"/>
       <c r="AB65" s="1"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
       <c r="AF65" s="1"/>
       <c r="AG65" s="1"/>
       <c r="AH65" s="1"/>
       <c r="AI65" s="1"/>
       <c r="AJ65" s="1"/>
       <c r="AK65" s="1"/>
       <c r="AL65" s="1"/>
     </row>
     <row r="66" spans="1:44" s="41" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="14"/>
       <c r="B66" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="C66" s="163" t="s">
+      <c r="C66" s="170" t="s">
         <v>321</v>
       </c>
-      <c r="D66" s="163"/>
-[...32 lines deleted...]
-      <c r="AK66" s="163"/>
+      <c r="D66" s="170"/>
+      <c r="E66" s="170"/>
+      <c r="F66" s="170"/>
+      <c r="G66" s="170"/>
+      <c r="H66" s="170"/>
+      <c r="I66" s="170"/>
+      <c r="J66" s="170"/>
+      <c r="K66" s="170"/>
+      <c r="L66" s="170"/>
+      <c r="M66" s="170"/>
+      <c r="N66" s="170"/>
+      <c r="O66" s="170"/>
+      <c r="P66" s="170"/>
+      <c r="Q66" s="170"/>
+      <c r="R66" s="170"/>
+      <c r="S66" s="170"/>
+      <c r="T66" s="170"/>
+      <c r="U66" s="170"/>
+      <c r="V66" s="170"/>
+      <c r="W66" s="170"/>
+      <c r="X66" s="170"/>
+      <c r="Y66" s="170"/>
+      <c r="Z66" s="170"/>
+      <c r="AA66" s="170"/>
+      <c r="AB66" s="170"/>
+      <c r="AC66" s="170"/>
+      <c r="AD66" s="170"/>
+      <c r="AE66" s="170"/>
+      <c r="AF66" s="170"/>
+      <c r="AG66" s="170"/>
+      <c r="AH66" s="170"/>
+      <c r="AI66" s="170"/>
+      <c r="AJ66" s="170"/>
+      <c r="AK66" s="170"/>
       <c r="AL66" s="14"/>
     </row>
     <row r="67" spans="1:44" s="41" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="14"/>
       <c r="B67" s="14"/>
-      <c r="C67" s="163"/>
-[...33 lines deleted...]
-      <c r="AK67" s="163"/>
+      <c r="C67" s="170"/>
+      <c r="D67" s="170"/>
+      <c r="E67" s="170"/>
+      <c r="F67" s="170"/>
+      <c r="G67" s="170"/>
+      <c r="H67" s="170"/>
+      <c r="I67" s="170"/>
+      <c r="J67" s="170"/>
+      <c r="K67" s="170"/>
+      <c r="L67" s="170"/>
+      <c r="M67" s="170"/>
+      <c r="N67" s="170"/>
+      <c r="O67" s="170"/>
+      <c r="P67" s="170"/>
+      <c r="Q67" s="170"/>
+      <c r="R67" s="170"/>
+      <c r="S67" s="170"/>
+      <c r="T67" s="170"/>
+      <c r="U67" s="170"/>
+      <c r="V67" s="170"/>
+      <c r="W67" s="170"/>
+      <c r="X67" s="170"/>
+      <c r="Y67" s="170"/>
+      <c r="Z67" s="170"/>
+      <c r="AA67" s="170"/>
+      <c r="AB67" s="170"/>
+      <c r="AC67" s="170"/>
+      <c r="AD67" s="170"/>
+      <c r="AE67" s="170"/>
+      <c r="AF67" s="170"/>
+      <c r="AG67" s="170"/>
+      <c r="AH67" s="170"/>
+      <c r="AI67" s="170"/>
+      <c r="AJ67" s="170"/>
+      <c r="AK67" s="170"/>
       <c r="AL67" s="14"/>
     </row>
     <row r="68" spans="1:44" s="40" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A68" s="37"/>
       <c r="B68" s="37" t="s">
         <v>73</v>
       </c>
       <c r="C68" s="38" t="s">
         <v>282</v>
       </c>
       <c r="D68" s="39"/>
       <c r="E68" s="39"/>
       <c r="F68" s="39"/>
       <c r="G68" s="39"/>
       <c r="H68" s="39"/>
       <c r="I68" s="39"/>
       <c r="J68" s="39"/>
       <c r="K68" s="39"/>
       <c r="L68" s="39"/>
       <c r="M68" s="39"/>
       <c r="N68" s="39"/>
       <c r="O68" s="39"/>
       <c r="P68" s="39"/>
       <c r="Q68" s="39"/>
       <c r="R68" s="39"/>
@@ -25911,118 +25545,118 @@
       <c r="A71" s="1"/>
       <c r="B71" s="9" t="s">
         <v>329</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="K71" s="1" t="s">
         <v>330</v>
       </c>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1" t="s">
         <v>333</v>
       </c>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="10"/>
-      <c r="V71" s="156"/>
-[...1 lines deleted...]
-      <c r="X71" s="156"/>
+      <c r="V71" s="164"/>
+      <c r="W71" s="164"/>
+      <c r="X71" s="164"/>
       <c r="Y71" s="1" t="s">
         <v>74</v>
       </c>
       <c r="Z71" s="1"/>
       <c r="AA71" s="1"/>
       <c r="AB71" s="1"/>
       <c r="AC71" s="1" t="s">
         <v>334</v>
       </c>
       <c r="AD71" s="1"/>
       <c r="AE71" s="1"/>
       <c r="AF71" s="1"/>
       <c r="AG71" s="10"/>
-      <c r="AH71" s="156"/>
-      <c r="AI71" s="156"/>
+      <c r="AH71" s="164"/>
+      <c r="AI71" s="164"/>
       <c r="AJ71" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AK71" s="1"/>
       <c r="AL71" s="1"/>
     </row>
     <row r="72" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="1"/>
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1" t="s">
         <v>331</v>
       </c>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1" t="s">
         <v>333</v>
       </c>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="10"/>
-      <c r="V72" s="162"/>
-[...1 lines deleted...]
-      <c r="X72" s="162"/>
+      <c r="V72" s="163"/>
+      <c r="W72" s="163"/>
+      <c r="X72" s="163"/>
       <c r="Y72" s="1" t="s">
         <v>74</v>
       </c>
       <c r="Z72" s="1"/>
       <c r="AA72" s="1"/>
       <c r="AB72" s="1"/>
       <c r="AC72" s="1" t="s">
         <v>334</v>
       </c>
       <c r="AD72" s="1"/>
       <c r="AE72" s="1"/>
       <c r="AF72" s="1"/>
       <c r="AG72" s="10"/>
-      <c r="AH72" s="156"/>
-      <c r="AI72" s="156"/>
+      <c r="AH72" s="164"/>
+      <c r="AI72" s="164"/>
       <c r="AJ72" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AK72" s="1"/>
       <c r="AL72" s="1"/>
     </row>
     <row r="73" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="1"/>
       <c r="B73" s="1"/>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
@@ -26036,68 +25670,68 @@
       <c r="AB73" s="1"/>
       <c r="AC73" s="1"/>
       <c r="AD73" s="1"/>
       <c r="AE73" s="1"/>
       <c r="AF73" s="1"/>
       <c r="AG73" s="1"/>
       <c r="AH73" s="1"/>
       <c r="AI73" s="1"/>
       <c r="AJ73" s="1"/>
       <c r="AK73" s="1"/>
       <c r="AL73" s="1"/>
     </row>
     <row r="74" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="1"/>
       <c r="B74" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
-      <c r="K74" s="167"/>
-[...1 lines deleted...]
-      <c r="M74" s="167"/>
+      <c r="K74" s="168"/>
+      <c r="L74" s="168"/>
+      <c r="M74" s="168"/>
       <c r="N74" s="1" t="s">
         <v>75</v>
       </c>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1" t="s">
         <v>266</v>
       </c>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
-      <c r="U74" s="156"/>
-[...2 lines deleted...]
-      <c r="X74" s="156"/>
+      <c r="U74" s="164"/>
+      <c r="V74" s="164"/>
+      <c r="W74" s="164"/>
+      <c r="X74" s="164"/>
       <c r="Y74" s="1" t="s">
         <v>336</v>
       </c>
       <c r="Z74" s="1"/>
       <c r="AA74" s="1"/>
       <c r="AB74" s="1"/>
       <c r="AC74" s="1"/>
       <c r="AD74" s="1"/>
       <c r="AE74" s="1"/>
       <c r="AF74" s="1"/>
       <c r="AG74" s="1"/>
       <c r="AH74" s="1"/>
       <c r="AI74" s="1"/>
       <c r="AJ74" s="1"/>
       <c r="AK74" s="1"/>
       <c r="AL74" s="1"/>
       <c r="AR74" s="26" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="75" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
       <c r="B75" s="9" t="s">
         <v>337</v>
       </c>
@@ -26132,130 +25766,130 @@
       <c r="AE75" s="5"/>
       <c r="AF75" s="5"/>
       <c r="AG75" s="5"/>
       <c r="AH75" s="5"/>
       <c r="AI75" s="5"/>
       <c r="AJ75" s="5"/>
       <c r="AK75" s="5"/>
       <c r="AL75" s="1"/>
       <c r="AR75" s="26" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
-      <c r="K76" s="164" t="s">
+      <c r="K76" s="165" t="s">
         <v>237</v>
       </c>
-      <c r="L76" s="164"/>
-[...15 lines deleted...]
-      <c r="AB76" s="164"/>
+      <c r="L76" s="165"/>
+      <c r="M76" s="165"/>
+      <c r="N76" s="165"/>
+      <c r="O76" s="165"/>
+      <c r="P76" s="165"/>
+      <c r="Q76" s="165"/>
+      <c r="R76" s="165"/>
+      <c r="S76" s="165"/>
+      <c r="T76" s="165"/>
+      <c r="U76" s="165"/>
+      <c r="V76" s="165"/>
+      <c r="W76" s="165"/>
+      <c r="X76" s="165"/>
+      <c r="Y76" s="165"/>
+      <c r="Z76" s="165"/>
+      <c r="AA76" s="165"/>
+      <c r="AB76" s="165"/>
       <c r="AC76" s="27" t="str">
         <f>IF(OR(K76="valeur g calculée en fonction des valeurs fg des façades",K76="autre (compléter ci-dessous)"),"Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD76" s="5"/>
       <c r="AF76" s="5"/>
       <c r="AG76" s="5"/>
       <c r="AH76" s="5"/>
       <c r="AI76" s="5"/>
       <c r="AJ76" s="5"/>
       <c r="AK76" s="5"/>
       <c r="AL76" s="1"/>
       <c r="AN76" s="26">
         <f>IF(AND(K76&lt;&gt;"Bitte wählen :",K76&lt;&gt;"Äusere Sonnenschutz"),1,0)</f>
         <v>0</v>
       </c>
       <c r="AR76" s="26" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="77" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="13" t="s">
         <v>339</v>
       </c>
       <c r="C77" s="14"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1" t="s">
         <v>345</v>
       </c>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="61"/>
       <c r="T77" s="61"/>
-      <c r="U77" s="160"/>
-[...13 lines deleted...]
-      <c r="AI77" s="160"/>
+      <c r="U77" s="176"/>
+      <c r="V77" s="176"/>
+      <c r="W77" s="176"/>
+      <c r="X77" s="176"/>
+      <c r="Y77" s="176"/>
+      <c r="Z77" s="176"/>
+      <c r="AA77" s="176"/>
+      <c r="AB77" s="176"/>
+      <c r="AC77" s="176"/>
+      <c r="AD77" s="176"/>
+      <c r="AE77" s="176"/>
+      <c r="AF77" s="176"/>
+      <c r="AG77" s="176"/>
+      <c r="AH77" s="176"/>
+      <c r="AI77" s="176"/>
       <c r="AJ77" s="1"/>
       <c r="AK77" s="1"/>
       <c r="AL77" s="1"/>
       <c r="AR77" s="26" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="78" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="14"/>
       <c r="C78" s="14"/>
       <c r="D78" s="14"/>
       <c r="E78" s="14"/>
       <c r="F78" s="14"/>
       <c r="G78" s="14"/>
       <c r="H78" s="14"/>
       <c r="I78" s="14"/>
       <c r="J78" s="14"/>
       <c r="K78" s="14"/>
       <c r="L78" s="14"/>
       <c r="M78" s="14"/>
       <c r="N78" s="14"/>
       <c r="O78" s="14"/>
       <c r="P78" s="14"/>
       <c r="Q78" s="14"/>
@@ -26278,126 +25912,126 @@
       <c r="AE78" s="14"/>
       <c r="AF78" s="14"/>
       <c r="AG78" s="14"/>
       <c r="AH78" s="14"/>
       <c r="AI78" s="14"/>
       <c r="AJ78" s="14"/>
       <c r="AK78" s="14"/>
       <c r="AL78" s="1"/>
       <c r="AR78" s="26" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="79" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
       <c r="B79" s="14" t="s">
         <v>346</v>
       </c>
       <c r="C79" s="14"/>
       <c r="D79" s="14"/>
       <c r="E79" s="14"/>
       <c r="F79" s="14"/>
       <c r="G79" s="14"/>
       <c r="H79" s="14"/>
       <c r="I79" s="14"/>
       <c r="J79" s="14"/>
-      <c r="K79" s="164" t="s">
+      <c r="K79" s="165" t="s">
         <v>237</v>
       </c>
-      <c r="L79" s="164"/>
-[...15 lines deleted...]
-      <c r="AB79" s="164"/>
+      <c r="L79" s="165"/>
+      <c r="M79" s="165"/>
+      <c r="N79" s="165"/>
+      <c r="O79" s="165"/>
+      <c r="P79" s="165"/>
+      <c r="Q79" s="165"/>
+      <c r="R79" s="165"/>
+      <c r="S79" s="165"/>
+      <c r="T79" s="165"/>
+      <c r="U79" s="165"/>
+      <c r="V79" s="165"/>
+      <c r="W79" s="165"/>
+      <c r="X79" s="165"/>
+      <c r="Y79" s="165"/>
+      <c r="Z79" s="165"/>
+      <c r="AA79" s="165"/>
+      <c r="AB79" s="165"/>
       <c r="AC79" s="27" t="str">
         <f>IF(K79="autre (compléter ci-dessous)","Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD79" s="14"/>
       <c r="AE79" s="14"/>
       <c r="AF79" s="14"/>
       <c r="AG79" s="14"/>
       <c r="AH79" s="14"/>
       <c r="AI79" s="14"/>
       <c r="AJ79" s="14"/>
       <c r="AK79" s="14"/>
       <c r="AL79" s="1"/>
       <c r="AN79" s="26">
         <f>IF(K79="autre",1,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="14"/>
       <c r="C80" s="14"/>
       <c r="D80" s="14"/>
       <c r="E80" s="14"/>
       <c r="F80" s="14"/>
       <c r="G80" s="14"/>
       <c r="H80" s="14"/>
       <c r="I80" s="14"/>
       <c r="J80" s="14"/>
       <c r="K80" s="14" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L80" s="14"/>
       <c r="M80" s="14"/>
       <c r="N80" s="14"/>
       <c r="O80" s="14"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" s="15"/>
-      <c r="S80" s="154"/>
-[...15 lines deleted...]
-      <c r="AI80" s="154"/>
+      <c r="S80" s="167"/>
+      <c r="T80" s="167"/>
+      <c r="U80" s="167"/>
+      <c r="V80" s="167"/>
+      <c r="W80" s="167"/>
+      <c r="X80" s="167"/>
+      <c r="Y80" s="167"/>
+      <c r="Z80" s="167"/>
+      <c r="AA80" s="167"/>
+      <c r="AB80" s="167"/>
+      <c r="AC80" s="167"/>
+      <c r="AD80" s="167"/>
+      <c r="AE80" s="167"/>
+      <c r="AF80" s="167"/>
+      <c r="AG80" s="167"/>
+      <c r="AH80" s="167"/>
+      <c r="AI80" s="167"/>
       <c r="AJ80" s="14"/>
       <c r="AK80" s="1"/>
       <c r="AL80" s="1"/>
       <c r="AR80" s="26" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="81" spans="1:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="1"/>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
@@ -26420,519 +26054,522 @@
       <c r="AE81" s="1"/>
       <c r="AF81" s="1"/>
       <c r="AG81" s="1"/>
       <c r="AH81" s="1"/>
       <c r="AI81" s="1"/>
       <c r="AJ81" s="1"/>
       <c r="AK81" s="1"/>
       <c r="AL81" s="1"/>
       <c r="AR81" s="26" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="82" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="14" t="s">
         <v>347</v>
       </c>
       <c r="C82" s="14"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
-      <c r="K82" s="164" t="s">
+      <c r="K82" s="165" t="s">
         <v>237</v>
       </c>
-      <c r="L82" s="164"/>
-[...15 lines deleted...]
-      <c r="AB82" s="164"/>
+      <c r="L82" s="165"/>
+      <c r="M82" s="165"/>
+      <c r="N82" s="165"/>
+      <c r="O82" s="165"/>
+      <c r="P82" s="165"/>
+      <c r="Q82" s="165"/>
+      <c r="R82" s="165"/>
+      <c r="S82" s="165"/>
+      <c r="T82" s="165"/>
+      <c r="U82" s="165"/>
+      <c r="V82" s="165"/>
+      <c r="W82" s="165"/>
+      <c r="X82" s="165"/>
+      <c r="Y82" s="165"/>
+      <c r="Z82" s="165"/>
+      <c r="AA82" s="165"/>
+      <c r="AB82" s="165"/>
       <c r="AC82" s="27" t="str">
         <f>IF(K82="autre (compléter ci-dessous)","Joindre justification","")</f>
         <v/>
       </c>
       <c r="AD82" s="1"/>
       <c r="AE82" s="1"/>
       <c r="AF82" s="1"/>
       <c r="AG82" s="1"/>
       <c r="AH82" s="1"/>
       <c r="AI82" s="1"/>
       <c r="AJ82" s="1"/>
       <c r="AK82" s="1"/>
       <c r="AL82" s="1"/>
       <c r="AN82" s="26">
         <f>IF(K83="pas d'allègement justifié selon OcEne art.28",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR82" s="26" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="83" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="14"/>
       <c r="C83" s="14"/>
       <c r="D83" s="14"/>
       <c r="E83" s="14"/>
       <c r="F83" s="14"/>
       <c r="G83" s="14"/>
       <c r="H83" s="14"/>
       <c r="I83" s="14"/>
       <c r="J83" s="14"/>
-      <c r="K83" s="166" t="s">
+      <c r="K83" s="169" t="s">
         <v>237</v>
       </c>
-      <c r="L83" s="166"/>
-[...22 lines deleted...]
-      <c r="AF83" s="1"/>
+      <c r="L83" s="169"/>
+      <c r="M83" s="169"/>
+      <c r="N83" s="169"/>
+      <c r="O83" s="169"/>
+      <c r="P83" s="169"/>
+      <c r="Q83" s="169"/>
+      <c r="R83" s="169"/>
+      <c r="S83" s="169"/>
+      <c r="T83" s="169"/>
+      <c r="U83" s="169"/>
+      <c r="V83" s="169"/>
+      <c r="W83" s="169"/>
+      <c r="X83" s="169"/>
+      <c r="Y83" s="169"/>
+      <c r="Z83" s="169"/>
+      <c r="AA83" s="169"/>
+      <c r="AB83" s="169"/>
+      <c r="AC83" s="169"/>
+      <c r="AD83" s="169"/>
+      <c r="AE83" s="169"/>
+      <c r="AF83" s="169"/>
       <c r="AG83" s="1"/>
       <c r="AH83" s="1"/>
       <c r="AI83" s="1"/>
       <c r="AJ83" s="14"/>
       <c r="AK83" s="14"/>
       <c r="AL83" s="1"/>
     </row>
     <row r="84" spans="1:44" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1"/>
       <c r="B84" s="16"/>
       <c r="C84" s="16"/>
       <c r="D84" s="16"/>
       <c r="E84" s="16"/>
       <c r="F84" s="16"/>
       <c r="G84" s="16"/>
       <c r="H84" s="16"/>
       <c r="I84" s="16"/>
       <c r="J84" s="16"/>
       <c r="K84" s="28" t="str">
-        <f>IF(K83=AR98,"Compensation de l'énergie électrique supplémentaire requise - EN-VS-104","")</f>
+        <f>IF(K83=AR99,"Ausgleich des zusätzlichen Elektrizitätbedarfs – EN-VS-104","")</f>
         <v/>
       </c>
-      <c r="L84" s="16"/>
       <c r="M84" s="16"/>
       <c r="N84" s="16"/>
       <c r="O84" s="16"/>
       <c r="P84" s="16"/>
       <c r="Q84" s="16"/>
       <c r="R84" s="16"/>
       <c r="S84" s="26"/>
       <c r="T84" s="16"/>
       <c r="U84" s="16"/>
       <c r="V84" s="16"/>
       <c r="W84" s="16"/>
       <c r="X84" s="16"/>
       <c r="Y84" s="16"/>
       <c r="Z84" s="16"/>
       <c r="AA84" s="16"/>
       <c r="AB84" s="16"/>
       <c r="AC84" s="16"/>
       <c r="AD84" s="16"/>
       <c r="AE84" s="16"/>
       <c r="AF84" s="16"/>
       <c r="AG84" s="16"/>
       <c r="AH84" s="16"/>
       <c r="AI84" s="16"/>
       <c r="AJ84" s="16"/>
-      <c r="AK84" s="16"/>
+      <c r="AK84" s="224" t="str">
+        <f>IF(AN84=TRUE,"Info: Diese Begründung ist nur für die Kategorien Wohnen gültig","")</f>
+        <v/>
+      </c>
       <c r="AL84" s="1"/>
+      <c r="AN84" s="26" t="b">
+        <f>IF(K83="Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente",TRUE,FALSE)</f>
+        <v>0</v>
+      </c>
       <c r="AR84" s="26" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="85" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="223" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C85" s="223"/>
       <c r="D85" s="223"/>
       <c r="E85" s="223"/>
       <c r="F85" s="223"/>
       <c r="G85" s="223"/>
       <c r="H85" s="223"/>
       <c r="I85" s="223"/>
       <c r="J85" s="223"/>
       <c r="K85" s="223"/>
       <c r="L85" s="223"/>
       <c r="M85" s="223"/>
       <c r="N85" s="223"/>
       <c r="O85" s="223"/>
       <c r="P85" s="223"/>
       <c r="Q85" s="223"/>
       <c r="R85" s="223"/>
       <c r="S85" s="223"/>
       <c r="T85" s="223"/>
       <c r="U85" s="223"/>
       <c r="V85" s="223"/>
       <c r="W85" s="223"/>
       <c r="X85" s="223"/>
       <c r="Y85" s="223"/>
       <c r="Z85" s="223"/>
       <c r="AA85" s="223"/>
       <c r="AB85" s="223"/>
       <c r="AC85" s="223"/>
       <c r="AD85" s="223"/>
       <c r="AE85" s="223"/>
       <c r="AF85" s="223"/>
       <c r="AG85" s="223"/>
       <c r="AH85" s="223"/>
       <c r="AI85" s="223"/>
       <c r="AJ85" s="223"/>
       <c r="AK85" s="223"/>
       <c r="AL85" s="1"/>
       <c r="AR85" s="26" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="86" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
-      <c r="B86" s="168"/>
-[...34 lines deleted...]
-      <c r="AK86" s="170"/>
+      <c r="B86" s="106"/>
+      <c r="C86" s="107"/>
+      <c r="D86" s="107"/>
+      <c r="E86" s="107"/>
+      <c r="F86" s="107"/>
+      <c r="G86" s="107"/>
+      <c r="H86" s="107"/>
+      <c r="I86" s="107"/>
+      <c r="J86" s="107"/>
+      <c r="K86" s="107"/>
+      <c r="L86" s="107"/>
+      <c r="M86" s="107"/>
+      <c r="N86" s="107"/>
+      <c r="O86" s="107"/>
+      <c r="P86" s="107"/>
+      <c r="Q86" s="107"/>
+      <c r="R86" s="107"/>
+      <c r="S86" s="107"/>
+      <c r="T86" s="107"/>
+      <c r="U86" s="107"/>
+      <c r="V86" s="107"/>
+      <c r="W86" s="107"/>
+      <c r="X86" s="107"/>
+      <c r="Y86" s="107"/>
+      <c r="Z86" s="107"/>
+      <c r="AA86" s="107"/>
+      <c r="AB86" s="107"/>
+      <c r="AC86" s="107"/>
+      <c r="AD86" s="107"/>
+      <c r="AE86" s="107"/>
+      <c r="AF86" s="107"/>
+      <c r="AG86" s="107"/>
+      <c r="AH86" s="107"/>
+      <c r="AI86" s="107"/>
+      <c r="AJ86" s="107"/>
+      <c r="AK86" s="108"/>
       <c r="AL86" s="1"/>
       <c r="AR86" s="26" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
-      <c r="B87" s="171"/>
-[...34 lines deleted...]
-      <c r="AK87" s="173"/>
+      <c r="B87" s="109"/>
+      <c r="C87" s="110"/>
+      <c r="D87" s="110"/>
+      <c r="E87" s="110"/>
+      <c r="F87" s="110"/>
+      <c r="G87" s="110"/>
+      <c r="H87" s="110"/>
+      <c r="I87" s="110"/>
+      <c r="J87" s="110"/>
+      <c r="K87" s="110"/>
+      <c r="L87" s="110"/>
+      <c r="M87" s="110"/>
+      <c r="N87" s="110"/>
+      <c r="O87" s="110"/>
+      <c r="P87" s="110"/>
+      <c r="Q87" s="110"/>
+      <c r="R87" s="110"/>
+      <c r="S87" s="110"/>
+      <c r="T87" s="110"/>
+      <c r="U87" s="110"/>
+      <c r="V87" s="110"/>
+      <c r="W87" s="110"/>
+      <c r="X87" s="110"/>
+      <c r="Y87" s="110"/>
+      <c r="Z87" s="110"/>
+      <c r="AA87" s="110"/>
+      <c r="AB87" s="110"/>
+      <c r="AC87" s="110"/>
+      <c r="AD87" s="110"/>
+      <c r="AE87" s="110"/>
+      <c r="AF87" s="110"/>
+      <c r="AG87" s="110"/>
+      <c r="AH87" s="110"/>
+      <c r="AI87" s="110"/>
+      <c r="AJ87" s="110"/>
+      <c r="AK87" s="111"/>
       <c r="AL87" s="1"/>
       <c r="AR87" s="26" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1"/>
-      <c r="B88" s="171"/>
-[...34 lines deleted...]
-      <c r="AK88" s="173"/>
+      <c r="B88" s="109"/>
+      <c r="C88" s="110"/>
+      <c r="D88" s="110"/>
+      <c r="E88" s="110"/>
+      <c r="F88" s="110"/>
+      <c r="G88" s="110"/>
+      <c r="H88" s="110"/>
+      <c r="I88" s="110"/>
+      <c r="J88" s="110"/>
+      <c r="K88" s="110"/>
+      <c r="L88" s="110"/>
+      <c r="M88" s="110"/>
+      <c r="N88" s="110"/>
+      <c r="O88" s="110"/>
+      <c r="P88" s="110"/>
+      <c r="Q88" s="110"/>
+      <c r="R88" s="110"/>
+      <c r="S88" s="110"/>
+      <c r="T88" s="110"/>
+      <c r="U88" s="110"/>
+      <c r="V88" s="110"/>
+      <c r="W88" s="110"/>
+      <c r="X88" s="110"/>
+      <c r="Y88" s="110"/>
+      <c r="Z88" s="110"/>
+      <c r="AA88" s="110"/>
+      <c r="AB88" s="110"/>
+      <c r="AC88" s="110"/>
+      <c r="AD88" s="110"/>
+      <c r="AE88" s="110"/>
+      <c r="AF88" s="110"/>
+      <c r="AG88" s="110"/>
+      <c r="AH88" s="110"/>
+      <c r="AI88" s="110"/>
+      <c r="AJ88" s="110"/>
+      <c r="AK88" s="111"/>
       <c r="AL88" s="1"/>
       <c r="AR88" s="26" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
     </row>
     <row r="89" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="171"/>
-[...34 lines deleted...]
-      <c r="AK89" s="173"/>
+      <c r="B89" s="109"/>
+      <c r="C89" s="110"/>
+      <c r="D89" s="110"/>
+      <c r="E89" s="110"/>
+      <c r="F89" s="110"/>
+      <c r="G89" s="110"/>
+      <c r="H89" s="110"/>
+      <c r="I89" s="110"/>
+      <c r="J89" s="110"/>
+      <c r="K89" s="110"/>
+      <c r="L89" s="110"/>
+      <c r="M89" s="110"/>
+      <c r="N89" s="110"/>
+      <c r="O89" s="110"/>
+      <c r="P89" s="110"/>
+      <c r="Q89" s="110"/>
+      <c r="R89" s="110"/>
+      <c r="S89" s="110"/>
+      <c r="T89" s="110"/>
+      <c r="U89" s="110"/>
+      <c r="V89" s="110"/>
+      <c r="W89" s="110"/>
+      <c r="X89" s="110"/>
+      <c r="Y89" s="110"/>
+      <c r="Z89" s="110"/>
+      <c r="AA89" s="110"/>
+      <c r="AB89" s="110"/>
+      <c r="AC89" s="110"/>
+      <c r="AD89" s="110"/>
+      <c r="AE89" s="110"/>
+      <c r="AF89" s="110"/>
+      <c r="AG89" s="110"/>
+      <c r="AH89" s="110"/>
+      <c r="AI89" s="110"/>
+      <c r="AJ89" s="110"/>
+      <c r="AK89" s="111"/>
       <c r="AL89" s="1"/>
     </row>
     <row r="90" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
-      <c r="B90" s="171"/>
-[...34 lines deleted...]
-      <c r="AK90" s="173"/>
+      <c r="B90" s="109"/>
+      <c r="C90" s="110"/>
+      <c r="D90" s="110"/>
+      <c r="E90" s="110"/>
+      <c r="F90" s="110"/>
+      <c r="G90" s="110"/>
+      <c r="H90" s="110"/>
+      <c r="I90" s="110"/>
+      <c r="J90" s="110"/>
+      <c r="K90" s="110"/>
+      <c r="L90" s="110"/>
+      <c r="M90" s="110"/>
+      <c r="N90" s="110"/>
+      <c r="O90" s="110"/>
+      <c r="P90" s="110"/>
+      <c r="Q90" s="110"/>
+      <c r="R90" s="110"/>
+      <c r="S90" s="110"/>
+      <c r="T90" s="110"/>
+      <c r="U90" s="110"/>
+      <c r="V90" s="110"/>
+      <c r="W90" s="110"/>
+      <c r="X90" s="110"/>
+      <c r="Y90" s="110"/>
+      <c r="Z90" s="110"/>
+      <c r="AA90" s="110"/>
+      <c r="AB90" s="110"/>
+      <c r="AC90" s="110"/>
+      <c r="AD90" s="110"/>
+      <c r="AE90" s="110"/>
+      <c r="AF90" s="110"/>
+      <c r="AG90" s="110"/>
+      <c r="AH90" s="110"/>
+      <c r="AI90" s="110"/>
+      <c r="AJ90" s="110"/>
+      <c r="AK90" s="111"/>
       <c r="AL90" s="1"/>
       <c r="AR90" s="42" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="91" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
-      <c r="B91" s="171"/>
-[...34 lines deleted...]
-      <c r="AK91" s="173"/>
+      <c r="B91" s="109"/>
+      <c r="C91" s="110"/>
+      <c r="D91" s="110"/>
+      <c r="E91" s="110"/>
+      <c r="F91" s="110"/>
+      <c r="G91" s="110"/>
+      <c r="H91" s="110"/>
+      <c r="I91" s="110"/>
+      <c r="J91" s="110"/>
+      <c r="K91" s="110"/>
+      <c r="L91" s="110"/>
+      <c r="M91" s="110"/>
+      <c r="N91" s="110"/>
+      <c r="O91" s="110"/>
+      <c r="P91" s="110"/>
+      <c r="Q91" s="110"/>
+      <c r="R91" s="110"/>
+      <c r="S91" s="110"/>
+      <c r="T91" s="110"/>
+      <c r="U91" s="110"/>
+      <c r="V91" s="110"/>
+      <c r="W91" s="110"/>
+      <c r="X91" s="110"/>
+      <c r="Y91" s="110"/>
+      <c r="Z91" s="110"/>
+      <c r="AA91" s="110"/>
+      <c r="AB91" s="110"/>
+      <c r="AC91" s="110"/>
+      <c r="AD91" s="110"/>
+      <c r="AE91" s="110"/>
+      <c r="AF91" s="110"/>
+      <c r="AG91" s="110"/>
+      <c r="AH91" s="110"/>
+      <c r="AI91" s="110"/>
+      <c r="AJ91" s="110"/>
+      <c r="AK91" s="111"/>
       <c r="AL91" s="1"/>
       <c r="AR91" s="31" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="92" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B92" s="174"/>
-[...34 lines deleted...]
-      <c r="AK92" s="176"/>
+      <c r="B92" s="112"/>
+      <c r="C92" s="113"/>
+      <c r="D92" s="113"/>
+      <c r="E92" s="113"/>
+      <c r="F92" s="113"/>
+      <c r="G92" s="113"/>
+      <c r="H92" s="113"/>
+      <c r="I92" s="113"/>
+      <c r="J92" s="113"/>
+      <c r="K92" s="113"/>
+      <c r="L92" s="113"/>
+      <c r="M92" s="113"/>
+      <c r="N92" s="113"/>
+      <c r="O92" s="113"/>
+      <c r="P92" s="113"/>
+      <c r="Q92" s="113"/>
+      <c r="R92" s="113"/>
+      <c r="S92" s="113"/>
+      <c r="T92" s="113"/>
+      <c r="U92" s="113"/>
+      <c r="V92" s="113"/>
+      <c r="W92" s="113"/>
+      <c r="X92" s="113"/>
+      <c r="Y92" s="113"/>
+      <c r="Z92" s="113"/>
+      <c r="AA92" s="113"/>
+      <c r="AB92" s="113"/>
+      <c r="AC92" s="113"/>
+      <c r="AD92" s="113"/>
+      <c r="AE92" s="113"/>
+      <c r="AF92" s="113"/>
+      <c r="AG92" s="113"/>
+      <c r="AH92" s="113"/>
+      <c r="AI92" s="113"/>
+      <c r="AJ92" s="113"/>
+      <c r="AK92" s="114"/>
       <c r="AL92" s="1"/>
       <c r="AR92" s="31" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
       <c r="B93" s="32"/>
       <c r="C93" s="30"/>
       <c r="D93" s="30" t="s">
         <v>363</v>
       </c>
       <c r="E93" s="33"/>
       <c r="F93" s="33"/>
       <c r="G93" s="33"/>
       <c r="H93" s="33"/>
       <c r="I93" s="33"/>
       <c r="J93" s="33"/>
       <c r="K93" s="33"/>
       <c r="L93" s="33"/>
       <c r="M93" s="33"/>
       <c r="N93" s="33"/>
       <c r="O93" s="33"/>
       <c r="P93" s="33"/>
       <c r="Q93" s="33"/>
@@ -27161,506 +26798,509 @@
       <c r="O98" s="19"/>
       <c r="P98" s="19"/>
       <c r="Q98" s="19"/>
       <c r="R98" s="19"/>
       <c r="S98" s="19"/>
       <c r="T98" s="19"/>
       <c r="U98" s="19"/>
       <c r="V98" s="19"/>
       <c r="W98" s="19"/>
       <c r="X98" s="19"/>
       <c r="Y98" s="19"/>
       <c r="Z98" s="19"/>
       <c r="AA98" s="19"/>
       <c r="AB98" s="19"/>
       <c r="AC98" s="19"/>
       <c r="AD98" s="19"/>
       <c r="AE98" s="19"/>
       <c r="AF98" s="19"/>
       <c r="AG98" s="19"/>
       <c r="AH98" s="19"/>
       <c r="AI98" s="19"/>
       <c r="AJ98" s="19"/>
       <c r="AK98" s="20"/>
       <c r="AL98" s="1"/>
       <c r="AR98" s="31" t="s">
-        <v>357</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:44" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1"/>
       <c r="B99" s="6"/>
       <c r="C99" s="6"/>
       <c r="D99" s="6"/>
       <c r="E99" s="6"/>
       <c r="F99" s="6"/>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="6"/>
       <c r="J99" s="6"/>
       <c r="K99" s="6"/>
       <c r="L99" s="6"/>
       <c r="M99" s="6"/>
       <c r="N99" s="6"/>
       <c r="O99" s="6"/>
       <c r="P99" s="6"/>
       <c r="Q99" s="6"/>
       <c r="R99" s="6"/>
       <c r="S99" s="6"/>
       <c r="T99" s="6"/>
       <c r="U99" s="6"/>
       <c r="V99" s="6"/>
       <c r="W99" s="6"/>
       <c r="X99" s="6"/>
       <c r="Y99" s="6"/>
       <c r="Z99" s="6"/>
       <c r="AA99" s="6"/>
       <c r="AB99" s="6"/>
       <c r="AC99" s="6"/>
       <c r="AD99" s="6"/>
       <c r="AE99" s="6"/>
       <c r="AF99" s="6"/>
       <c r="AG99" s="6"/>
       <c r="AH99" s="6"/>
       <c r="AI99" s="6"/>
       <c r="AJ99" s="6"/>
       <c r="AK99" s="6"/>
       <c r="AL99" s="1"/>
+      <c r="AR99" s="31" t="s">
+        <v>357</v>
+      </c>
     </row>
     <row r="100" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="1"/>
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
       <c r="AA100" s="1"/>
       <c r="AB100" s="1"/>
       <c r="AC100" s="1"/>
       <c r="AD100" s="1"/>
       <c r="AE100" s="1"/>
       <c r="AF100" s="1"/>
       <c r="AG100" s="1"/>
       <c r="AH100" s="1"/>
       <c r="AI100" s="1"/>
       <c r="AJ100" s="1"/>
       <c r="AK100" s="1"/>
       <c r="AL100" s="1"/>
     </row>
     <row r="101" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="1"/>
-      <c r="B101" s="197" t="s">
+      <c r="B101" s="137" t="s">
         <v>322</v>
       </c>
-      <c r="C101" s="197"/>
-[...4 lines deleted...]
-      <c r="H101" s="199" t="s">
+      <c r="C101" s="137"/>
+      <c r="D101" s="137"/>
+      <c r="E101" s="137"/>
+      <c r="F101" s="137"/>
+      <c r="G101" s="138"/>
+      <c r="H101" s="139" t="s">
         <v>327</v>
       </c>
-      <c r="I101" s="200"/>
-[...29 lines deleted...]
-      <c r="AK101" s="207"/>
+      <c r="I101" s="140"/>
+      <c r="J101" s="140"/>
+      <c r="K101" s="140"/>
+      <c r="L101" s="140"/>
+      <c r="M101" s="140"/>
+      <c r="N101" s="140"/>
+      <c r="O101" s="140"/>
+      <c r="P101" s="140"/>
+      <c r="Q101" s="140"/>
+      <c r="R101" s="140"/>
+      <c r="S101" s="140"/>
+      <c r="T101" s="140"/>
+      <c r="U101" s="140"/>
+      <c r="V101" s="141"/>
+      <c r="W101" s="145" t="s">
+        <v>378</v>
+      </c>
+      <c r="X101" s="146"/>
+      <c r="Y101" s="146"/>
+      <c r="Z101" s="146"/>
+      <c r="AA101" s="146"/>
+      <c r="AB101" s="146"/>
+      <c r="AC101" s="146"/>
+      <c r="AD101" s="146"/>
+      <c r="AE101" s="146"/>
+      <c r="AF101" s="146"/>
+      <c r="AG101" s="146"/>
+      <c r="AH101" s="146"/>
+      <c r="AI101" s="146"/>
+      <c r="AJ101" s="146"/>
+      <c r="AK101" s="147"/>
       <c r="AL101" s="1"/>
     </row>
     <row r="102" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="1"/>
       <c r="B102" s="21"/>
       <c r="C102" s="21"/>
       <c r="D102" s="21"/>
       <c r="E102" s="21"/>
       <c r="F102" s="21"/>
       <c r="G102" s="21"/>
-      <c r="H102" s="202"/>
-[...28 lines deleted...]
-      <c r="AK102" s="210"/>
+      <c r="H102" s="142"/>
+      <c r="I102" s="143"/>
+      <c r="J102" s="143"/>
+      <c r="K102" s="143"/>
+      <c r="L102" s="143"/>
+      <c r="M102" s="143"/>
+      <c r="N102" s="143"/>
+      <c r="O102" s="143"/>
+      <c r="P102" s="143"/>
+      <c r="Q102" s="143"/>
+      <c r="R102" s="143"/>
+      <c r="S102" s="143"/>
+      <c r="T102" s="143"/>
+      <c r="U102" s="143"/>
+      <c r="V102" s="144"/>
+      <c r="W102" s="148"/>
+      <c r="X102" s="149"/>
+      <c r="Y102" s="149"/>
+      <c r="Z102" s="149"/>
+      <c r="AA102" s="149"/>
+      <c r="AB102" s="149"/>
+      <c r="AC102" s="149"/>
+      <c r="AD102" s="149"/>
+      <c r="AE102" s="149"/>
+      <c r="AF102" s="149"/>
+      <c r="AG102" s="149"/>
+      <c r="AH102" s="149"/>
+      <c r="AI102" s="149"/>
+      <c r="AJ102" s="149"/>
+      <c r="AK102" s="150"/>
       <c r="AL102" s="1"/>
     </row>
     <row r="103" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
-      <c r="B103" s="177" t="s">
+      <c r="B103" s="115" t="s">
         <v>323</v>
       </c>
-      <c r="C103" s="177"/>
-[...33 lines deleted...]
-      <c r="AK103" s="219"/>
+      <c r="C103" s="115"/>
+      <c r="D103" s="115"/>
+      <c r="E103" s="115"/>
+      <c r="F103" s="115"/>
+      <c r="G103" s="116"/>
+      <c r="H103" s="151"/>
+      <c r="I103" s="152"/>
+      <c r="J103" s="152"/>
+      <c r="K103" s="152"/>
+      <c r="L103" s="152"/>
+      <c r="M103" s="152"/>
+      <c r="N103" s="152"/>
+      <c r="O103" s="152"/>
+      <c r="P103" s="152"/>
+      <c r="Q103" s="152"/>
+      <c r="R103" s="152"/>
+      <c r="S103" s="152"/>
+      <c r="T103" s="152"/>
+      <c r="U103" s="152"/>
+      <c r="V103" s="153"/>
+      <c r="W103" s="157"/>
+      <c r="X103" s="158"/>
+      <c r="Y103" s="158"/>
+      <c r="Z103" s="158"/>
+      <c r="AA103" s="158"/>
+      <c r="AB103" s="158"/>
+      <c r="AC103" s="158"/>
+      <c r="AD103" s="158"/>
+      <c r="AE103" s="158"/>
+      <c r="AF103" s="158"/>
+      <c r="AG103" s="158"/>
+      <c r="AH103" s="158"/>
+      <c r="AI103" s="158"/>
+      <c r="AJ103" s="158"/>
+      <c r="AK103" s="159"/>
       <c r="AL103" s="1"/>
     </row>
     <row r="104" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
-      <c r="B104" s="177"/>
-[...34 lines deleted...]
-      <c r="AK104" s="222"/>
+      <c r="B104" s="115"/>
+      <c r="C104" s="115"/>
+      <c r="D104" s="115"/>
+      <c r="E104" s="115"/>
+      <c r="F104" s="115"/>
+      <c r="G104" s="116"/>
+      <c r="H104" s="154"/>
+      <c r="I104" s="155"/>
+      <c r="J104" s="155"/>
+      <c r="K104" s="155"/>
+      <c r="L104" s="155"/>
+      <c r="M104" s="155"/>
+      <c r="N104" s="155"/>
+      <c r="O104" s="155"/>
+      <c r="P104" s="155"/>
+      <c r="Q104" s="155"/>
+      <c r="R104" s="155"/>
+      <c r="S104" s="155"/>
+      <c r="T104" s="155"/>
+      <c r="U104" s="155"/>
+      <c r="V104" s="156"/>
+      <c r="W104" s="160"/>
+      <c r="X104" s="161"/>
+      <c r="Y104" s="161"/>
+      <c r="Z104" s="161"/>
+      <c r="AA104" s="161"/>
+      <c r="AB104" s="161"/>
+      <c r="AC104" s="161"/>
+      <c r="AD104" s="161"/>
+      <c r="AE104" s="161"/>
+      <c r="AF104" s="161"/>
+      <c r="AG104" s="161"/>
+      <c r="AH104" s="161"/>
+      <c r="AI104" s="161"/>
+      <c r="AJ104" s="161"/>
+      <c r="AK104" s="162"/>
       <c r="AL104" s="1"/>
     </row>
     <row r="105" spans="1:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
-      <c r="B105" s="146" t="s">
+      <c r="B105" s="129" t="s">
         <v>324</v>
       </c>
-      <c r="C105" s="146"/>
-[...33 lines deleted...]
-      <c r="AK105" s="196"/>
+      <c r="C105" s="129"/>
+      <c r="D105" s="129"/>
+      <c r="E105" s="129"/>
+      <c r="F105" s="129"/>
+      <c r="G105" s="130"/>
+      <c r="H105" s="131"/>
+      <c r="I105" s="132"/>
+      <c r="J105" s="132"/>
+      <c r="K105" s="132"/>
+      <c r="L105" s="132"/>
+      <c r="M105" s="132"/>
+      <c r="N105" s="132"/>
+      <c r="O105" s="132"/>
+      <c r="P105" s="132"/>
+      <c r="Q105" s="132"/>
+      <c r="R105" s="132"/>
+      <c r="S105" s="132"/>
+      <c r="T105" s="132"/>
+      <c r="U105" s="132"/>
+      <c r="V105" s="133"/>
+      <c r="W105" s="134"/>
+      <c r="X105" s="135"/>
+      <c r="Y105" s="135"/>
+      <c r="Z105" s="135"/>
+      <c r="AA105" s="135"/>
+      <c r="AB105" s="135"/>
+      <c r="AC105" s="135"/>
+      <c r="AD105" s="135"/>
+      <c r="AE105" s="135"/>
+      <c r="AF105" s="135"/>
+      <c r="AG105" s="135"/>
+      <c r="AH105" s="135"/>
+      <c r="AI105" s="135"/>
+      <c r="AJ105" s="135"/>
+      <c r="AK105" s="136"/>
       <c r="AL105" s="1"/>
     </row>
     <row r="106" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
-      <c r="B106" s="146" t="s">
+      <c r="B106" s="129" t="s">
         <v>325</v>
       </c>
-      <c r="C106" s="146"/>
-[...33 lines deleted...]
-      <c r="AK106" s="196"/>
+      <c r="C106" s="129"/>
+      <c r="D106" s="129"/>
+      <c r="E106" s="129"/>
+      <c r="F106" s="129"/>
+      <c r="G106" s="130"/>
+      <c r="H106" s="131"/>
+      <c r="I106" s="132"/>
+      <c r="J106" s="132"/>
+      <c r="K106" s="132"/>
+      <c r="L106" s="132"/>
+      <c r="M106" s="132"/>
+      <c r="N106" s="132"/>
+      <c r="O106" s="132"/>
+      <c r="P106" s="132"/>
+      <c r="Q106" s="132"/>
+      <c r="R106" s="132"/>
+      <c r="S106" s="132"/>
+      <c r="T106" s="132"/>
+      <c r="U106" s="132"/>
+      <c r="V106" s="133"/>
+      <c r="W106" s="134"/>
+      <c r="X106" s="135"/>
+      <c r="Y106" s="135"/>
+      <c r="Z106" s="135"/>
+      <c r="AA106" s="135"/>
+      <c r="AB106" s="135"/>
+      <c r="AC106" s="135"/>
+      <c r="AD106" s="135"/>
+      <c r="AE106" s="135"/>
+      <c r="AF106" s="135"/>
+      <c r="AG106" s="135"/>
+      <c r="AH106" s="135"/>
+      <c r="AI106" s="135"/>
+      <c r="AJ106" s="135"/>
+      <c r="AK106" s="136"/>
       <c r="AL106" s="1"/>
     </row>
     <row r="107" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
-      <c r="B107" s="177" t="s">
+      <c r="B107" s="115" t="s">
         <v>326</v>
       </c>
-      <c r="C107" s="177"/>
-[...33 lines deleted...]
-      <c r="AK107" s="187"/>
+      <c r="C107" s="115"/>
+      <c r="D107" s="115"/>
+      <c r="E107" s="115"/>
+      <c r="F107" s="115"/>
+      <c r="G107" s="116"/>
+      <c r="H107" s="117"/>
+      <c r="I107" s="118"/>
+      <c r="J107" s="118"/>
+      <c r="K107" s="118"/>
+      <c r="L107" s="118"/>
+      <c r="M107" s="118"/>
+      <c r="N107" s="118"/>
+      <c r="O107" s="118"/>
+      <c r="P107" s="118"/>
+      <c r="Q107" s="118"/>
+      <c r="R107" s="118"/>
+      <c r="S107" s="118"/>
+      <c r="T107" s="118"/>
+      <c r="U107" s="118"/>
+      <c r="V107" s="119"/>
+      <c r="W107" s="123"/>
+      <c r="X107" s="124"/>
+      <c r="Y107" s="124"/>
+      <c r="Z107" s="124"/>
+      <c r="AA107" s="124"/>
+      <c r="AB107" s="124"/>
+      <c r="AC107" s="124"/>
+      <c r="AD107" s="124"/>
+      <c r="AE107" s="124"/>
+      <c r="AF107" s="124"/>
+      <c r="AG107" s="124"/>
+      <c r="AH107" s="124"/>
+      <c r="AI107" s="124"/>
+      <c r="AJ107" s="124"/>
+      <c r="AK107" s="125"/>
       <c r="AL107" s="1"/>
     </row>
     <row r="108" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
-      <c r="B108" s="177"/>
-[...34 lines deleted...]
-      <c r="AK108" s="190"/>
+      <c r="B108" s="115"/>
+      <c r="C108" s="115"/>
+      <c r="D108" s="115"/>
+      <c r="E108" s="115"/>
+      <c r="F108" s="115"/>
+      <c r="G108" s="116"/>
+      <c r="H108" s="120"/>
+      <c r="I108" s="121"/>
+      <c r="J108" s="121"/>
+      <c r="K108" s="121"/>
+      <c r="L108" s="121"/>
+      <c r="M108" s="121"/>
+      <c r="N108" s="121"/>
+      <c r="O108" s="121"/>
+      <c r="P108" s="121"/>
+      <c r="Q108" s="121"/>
+      <c r="R108" s="121"/>
+      <c r="S108" s="121"/>
+      <c r="T108" s="121"/>
+      <c r="U108" s="121"/>
+      <c r="V108" s="122"/>
+      <c r="W108" s="126"/>
+      <c r="X108" s="127"/>
+      <c r="Y108" s="127"/>
+      <c r="Z108" s="127"/>
+      <c r="AA108" s="127"/>
+      <c r="AB108" s="127"/>
+      <c r="AC108" s="127"/>
+      <c r="AD108" s="127"/>
+      <c r="AE108" s="127"/>
+      <c r="AF108" s="127"/>
+      <c r="AG108" s="127"/>
+      <c r="AH108" s="127"/>
+      <c r="AI108" s="127"/>
+      <c r="AJ108" s="127"/>
+      <c r="AK108" s="128"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
       <c r="B109" s="1"/>
       <c r="C109" s="1"/>
       <c r="D109" s="1"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="1"/>
       <c r="Z109" s="1"/>
       <c r="AA109" s="1"/>
       <c r="AB109" s="1"/>
       <c r="AC109" s="1"/>
       <c r="AD109" s="1"/>
       <c r="AE109" s="1"/>
       <c r="AF109" s="1"/>
       <c r="AG109" s="1"/>
       <c r="AH109" s="1"/>
       <c r="AI109" s="1"/>
       <c r="AJ109" s="1"/>
       <c r="AK109" s="10" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="AL109" s="1"/>
     </row>
     <row r="110" spans="1:44" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="1:44" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:44" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="114" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -27791,220 +27431,220 @@
     <row r="256" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="257" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="258" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="259" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="260" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="261" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="262" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="263" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="264" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="265" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="266" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="267" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="268" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="269" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="270" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="271" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="272" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="273" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="274" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="275" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="276" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="277" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="278" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="279" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="yr9fxQ89JdeQRBqIQ4HWWhk9HHuyX01L+XM/dFA7U7ZzXghdotzNHFHIC0hXleAOHfhlplGHgaZHR90O41D+OA==" saltValue="S+6QkGLDqtYDadmzGNiXSg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="g0XdGUMkAmCYpSR8kHddzei1tSas//XTYi+c1rOc7S4ugIKaZ3mOfETsszqXmmr8C+fyzb9fW+bUw4oSBXErZw==" saltValue="uGDEPhZ4n6Pa0UPsMJIyKg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="72">
+    <mergeCell ref="B2:F5"/>
+    <mergeCell ref="G2:O5"/>
+    <mergeCell ref="P2:X5"/>
+    <mergeCell ref="Y2:AK5"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:P7"/>
+    <mergeCell ref="Q7:T7"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="AB7:AE7"/>
+    <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="AD26:AE26"/>
+    <mergeCell ref="F9:AK9"/>
+    <mergeCell ref="L12:AK12"/>
+    <mergeCell ref="L13:AK13"/>
+    <mergeCell ref="L15:N15"/>
+    <mergeCell ref="Z15:AB15"/>
+    <mergeCell ref="L16:N16"/>
+    <mergeCell ref="Z16:AB16"/>
+    <mergeCell ref="W18:AK18"/>
+    <mergeCell ref="W22:AK22"/>
+    <mergeCell ref="L25:AK25"/>
+    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="U28:AK28"/>
+    <mergeCell ref="V36:AK36"/>
+    <mergeCell ref="V41:AK41"/>
+    <mergeCell ref="V42:AK42"/>
+    <mergeCell ref="AC57:AF57"/>
+    <mergeCell ref="V43:AK43"/>
+    <mergeCell ref="V44:AK44"/>
+    <mergeCell ref="V45:AK45"/>
+    <mergeCell ref="L47:N47"/>
+    <mergeCell ref="AC47:AG47"/>
+    <mergeCell ref="L48:N48"/>
+    <mergeCell ref="AC48:AG48"/>
+    <mergeCell ref="X51:AK51"/>
+    <mergeCell ref="X52:AK52"/>
+    <mergeCell ref="X53:AK53"/>
+    <mergeCell ref="H56:T56"/>
+    <mergeCell ref="AC56:AF56"/>
+    <mergeCell ref="R63:AK63"/>
+    <mergeCell ref="R64:U64"/>
+    <mergeCell ref="C66:AK67"/>
+    <mergeCell ref="V71:X71"/>
+    <mergeCell ref="AH71:AI71"/>
+    <mergeCell ref="V72:X72"/>
+    <mergeCell ref="AH72:AI72"/>
+    <mergeCell ref="K74:M74"/>
+    <mergeCell ref="U74:X74"/>
+    <mergeCell ref="W101:AK102"/>
+    <mergeCell ref="K83:AF83"/>
+    <mergeCell ref="H103:V104"/>
+    <mergeCell ref="W103:AK104"/>
+    <mergeCell ref="K76:AB76"/>
+    <mergeCell ref="K79:AB79"/>
+    <mergeCell ref="S80:AI80"/>
+    <mergeCell ref="K82:AB82"/>
     <mergeCell ref="H107:V108"/>
     <mergeCell ref="W107:AK108"/>
     <mergeCell ref="X32:AK32"/>
     <mergeCell ref="B103:G104"/>
     <mergeCell ref="B105:G105"/>
     <mergeCell ref="B106:G106"/>
     <mergeCell ref="B107:G108"/>
     <mergeCell ref="U77:AI77"/>
     <mergeCell ref="H105:V105"/>
     <mergeCell ref="W105:AK105"/>
     <mergeCell ref="H106:V106"/>
     <mergeCell ref="W106:AK106"/>
     <mergeCell ref="B85:AK85"/>
     <mergeCell ref="B86:AK92"/>
     <mergeCell ref="B101:G101"/>
     <mergeCell ref="H101:V102"/>
-    <mergeCell ref="H103:V104"/>
-[...54 lines deleted...]
-    <mergeCell ref="AF7:AK7"/>
   </mergeCells>
   <conditionalFormatting sqref="D93">
     <cfRule type="expression" dxfId="14" priority="9">
       <formula>$AN$14&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D94">
     <cfRule type="expression" dxfId="13" priority="8">
       <formula>$AN$18&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D95">
     <cfRule type="expression" dxfId="12" priority="7">
       <formula>$AN$20&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D96">
     <cfRule type="expression" dxfId="11" priority="6">
       <formula>$AN$22&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D97">
     <cfRule type="expression" dxfId="10" priority="5">
       <formula>$K$76&lt;&gt;"valeur g calculée en fonction des valeurs fg des façades"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D98">
     <cfRule type="expression" dxfId="9" priority="4">
       <formula>OR($AN$76=1,$AN$79=1,$AN$82=1)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K83:AB83">
+  <conditionalFormatting sqref="K83">
     <cfRule type="expression" dxfId="8" priority="10">
       <formula>OR($K$82=$AR$84,$K$82=$AR$85)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U22 W22:AK22">
     <cfRule type="expression" dxfId="7" priority="13">
       <formula>$AN$22=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U18:AK18 U19:V19 X19:AK19">
     <cfRule type="expression" dxfId="6" priority="15">
       <formula>$AN$18=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U21:AK21">
     <cfRule type="expression" dxfId="5" priority="14">
       <formula>$AN$18=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V22">
     <cfRule type="expression" dxfId="4" priority="3">
       <formula>$AN$60=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD26:AE26">
     <cfRule type="expression" dxfId="3" priority="2">
       <formula>"&lt;70"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="12" operator="lessThan">
       <formula>70</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD27:AE27">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>"&lt;80"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="11" operator="lessThan">
       <formula>80</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="8">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K83:AB83" xr:uid="{00000000-0002-0000-0300-000000000000}">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K82:AB82" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>$AR$84:$AR$88</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H56:T56" xr:uid="{00000000-0002-0000-0300-000002000000}">
       <formula1>$AQ$43:$AQ$49</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K76:AB76" xr:uid="{00000000-0002-0000-0300-000003000000}">
       <formula1>$AR$74:$AR$78</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K79:AB79" xr:uid="{00000000-0002-0000-0300-000004000000}">
       <formula1>$AR$80:$AR$82</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L25:AK25" xr:uid="{00000000-0002-0000-0300-000005000000}">
       <formula1>$AQ$33:$AQ$40</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X18:AK19 W18" xr:uid="{00000000-0002-0000-0300-000006000000}">
       <formula1>$AQ$27:$AQ$30</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L13:AK13" xr:uid="{00000000-0002-0000-0300-000007000000}">
       <formula1>$AQ$13:$AQ$23</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K83:AF83" xr:uid="{C8863787-0CC0-4347-9A9C-E39B566A1D3E}">
+      <formula1>$AR$91:$AR$99</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="69" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>