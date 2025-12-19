--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -230,60 +230,60 @@
   <Override PartName="/xl/ctrlProps/ctrlProp208.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp209.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp210.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp211.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp212.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp213.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp214.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp215.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp216.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp217.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp218.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp219.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9ECD39DE-3B7C-490A-A468-42B42F6380C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8EC34154-90BB-4D88-995A-A9C28E87B2BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="5" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="6" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Formulaire_Fr!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Formular_De!$1:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$A$1:$AL$166</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$A$1:$AL$269</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -1286,86 +1286,83 @@
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Art. 51 kEnV
 </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">1 Wenn die Heizungsanlage (Wärmeerzeugung und Verteilung) und/oder die Warmwassererzeugung und Verteilung in einem bestehenden Gebäude, das über eine Heizzentrale für 5 oder mehr Nutzeinheiten verfügt, ersetzt wird, muss das Gebäude mit den Geräten ausgestattet werden, die für die Erfassung der individuellen Abrechnung der Heiz- und/oder Warmwasserkosten erforderlich sind.
 2 In einer Gruppe von Gebäuden, die an eine Heizzentrale angeschlossen sind, müssen die für die Erstellung der individuellen Heizkostenabrechnung pro Gebäude erforderlichen Geräte installiert werden, wenn mehr als 75 Prozent der Gebäudehülle eines oder mehrerer Gebäude renoviert wird.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="786" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="786" uniqueCount="457">
   <si>
     <t>Service de l'énergie et des forces hydrauliques</t>
   </si>
   <si>
     <t>EN-VS-103</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Justificatif énergétique
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Chauffage et
 eau chaude sanitaire</t>
     </r>
   </si>
   <si>
     <t>neuve</t>
   </si>
   <si>
     <t>PAC sonde géothermique/eau</t>
-  </si>
-[...1 lines deleted...]
-    <t>remplacée</t>
   </si>
   <si>
     <t>PAC sonde géothermique/eau avec ch. secours électr.</t>
   </si>
   <si>
     <t>non-modifiée</t>
   </si>
   <si>
     <t>PAC air/eau, installée dans le bâtiment</t>
   </si>
   <si>
     <t>PAC air/eau avec ch. de secours électr., installée dans le bâtiment</t>
   </si>
   <si>
     <t>Commune :</t>
   </si>
   <si>
     <t>PAC air/eau, installée hors du bâtiment</t>
   </si>
   <si>
     <t>PAC air/eau avec ch. secours électr., installée hors du bâtiment</t>
   </si>
   <si>
     <t>Objet :</t>
   </si>
@@ -1913,53 +1910,50 @@
   <si>
     <t>Seuls les appareils conformes à l'ordonnance sur les instruments de mesure de l'énergie thermique (OIMTh) peuvent servir à l'établissement des décomptes.</t>
   </si>
   <si>
     <t>Plus de 75% de l'enveloppe d'un ou de plusieurs bâtiments dans un groupe de bâtiment est rénovée</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Dispositif de comptage d'énergie : </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>②</t>
     </r>
   </si>
   <si>
     <t>XI = installation sportive</t>
   </si>
   <si>
     <t>XII = piscine couverte</t>
-  </si>
-[...1 lines deleted...]
-    <t>remplacé</t>
   </si>
   <si>
     <t>existant</t>
   </si>
   <si>
     <t>Surface de référence énergétique SRE :</t>
   </si>
   <si>
     <t>Catégorie d'ouvrage :</t>
   </si>
   <si>
     <t>Puissance de chauffage calculée (SIA 384/2) :</t>
   </si>
   <si>
     <t>Accumulateur de chaleur :</t>
   </si>
   <si>
     <t>dont neuf :</t>
   </si>
   <si>
     <t>Chauffage électrique de secours :</t>
   </si>
   <si>
     <t>Rejet thermiques produits dans le bâtiment ?</t>
   </si>
@@ -2578,53 +2572,50 @@
   <si>
     <t>VI = Restaurants</t>
   </si>
   <si>
     <t>VII = Versammlungslokale</t>
   </si>
   <si>
     <t>VIII = Spitäler</t>
   </si>
   <si>
     <t>IX = Industrie</t>
   </si>
   <si>
     <t>X = Lager</t>
   </si>
   <si>
     <t>XI = Sportbauten</t>
   </si>
   <si>
     <t>XII = Hallenbäder</t>
   </si>
   <si>
     <t>Neuanlage</t>
   </si>
   <si>
-    <t>Ersatz</t>
-[...1 lines deleted...]
-  <si>
     <t>Unverändert</t>
   </si>
   <si>
     <t>Wärmepumpe Erdsonde / Wasser</t>
   </si>
   <si>
     <t>Wärmepumpe Erdsonde / Wasser mit el. Notheizung</t>
   </si>
   <si>
     <t>Wärmepumpe Luft / Wasser, innen aufgestellt</t>
   </si>
   <si>
     <t xml:space="preserve">Wärmepumpe Luft / Wasser mit el. Notheizung, innen aufgestellt </t>
   </si>
   <si>
     <t>Wärmepumpe Luft / Wasser, aussen aufgestellt</t>
   </si>
   <si>
     <t xml:space="preserve">Wärmepumpe Luft / Wasser mit el. Notheizung, aussen aufgestellt </t>
   </si>
   <si>
     <t>Wärmepumpe Wasser / Wasser (&lt;100 kW)</t>
   </si>
   <si>
     <t>Wärmepumpe Wasser / Wasser (ab.100 kW)</t>
@@ -3008,68 +2999,50 @@
   <si>
     <r>
       <t>Energienachweis</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Heizungs- und 
 Warmwasseranlagen</t>
     </r>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>Site web SEFH:</t>
   </si>
   <si>
     <t>https://www.vs.ch/web/energie/home</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prenez connaissance des aides à l'application, </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>site web du SEFH</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prenez connaissance des éléments de notre FAQ (foire aux questions), </t>
     </r>
     <r>
@@ -3290,54 +3263,71 @@
   <si>
     <t>Reversible WP</t>
   </si>
   <si>
     <t xml:space="preserve">Kühlung, Be- und Entfeuchtung </t>
   </si>
   <si>
     <t>Reversible WP geplant?</t>
   </si>
   <si>
     <t>EN-VS-104 und EN-VS-110</t>
   </si>
   <si>
     <t>PAC a/e</t>
   </si>
   <si>
     <t>Ist die WP mit den erforderlischen Komponenten ausgestattet, um Kühlenergie zu erzeugen und zu nutzen ?</t>
   </si>
   <si>
     <t>EN-VS-104 et EN-VS-110</t>
   </si>
   <si>
     <t>Nombre d'unités d'occupation : ②</t>
   </si>
   <si>
-    <t>Version 18 août 2025 (valable  jusqu'au 31.12.2025)</t>
+    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
   </si>
   <si>
-    <t>Version 18. August 2025 (gültig bis 31.12.2025)</t>
+    <t>VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
+(oder sein Beauftragter)
+Die Vollständigkeit und Richtigkeit wird bestätigt</t>
+  </si>
+  <si>
+    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>renouvelé</t>
+  </si>
+  <si>
+    <t>1=renouvelé</t>
+  </si>
+  <si>
+    <t>renouvelée</t>
+  </si>
+  <si>
+    <t>Erneuert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -5296,74 +5286,50 @@
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Calcul" xfId="3" builtinId="22"/>
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="39">
     <dxf>
       <font>
-        <color theme="0"/>
-[...22 lines deleted...]
-      <font>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="9"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
@@ -5431,50 +5397,74 @@
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color theme="0"/>
+        </left>
+        <right style="thin">
+          <color theme="0"/>
+        </right>
+        <top style="thin">
+          <color theme="0"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
@@ -14463,52 +14453,52 @@
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NON</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>16</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>61</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>22</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:col>23</xdr:col>
+          <xdr:colOff>1588</xdr:colOff>
           <xdr:row>62</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1290" name="Group Box 266" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1290"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A050000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -22537,51 +22527,51 @@
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="T6" sqref="T6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="86" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="86" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="86" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="86" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="87" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="87" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="87" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="87" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="87" customWidth="1"/>
     <col min="21" max="24" width="0" style="86" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="86" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E2" s="176" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F2" s="176"/>
       <c r="G2" s="176"/>
       <c r="H2" s="176"/>
       <c r="I2" s="176"/>
       <c r="J2" s="176"/>
       <c r="K2" s="176"/>
       <c r="L2" s="176"/>
       <c r="M2" s="176"/>
       <c r="N2" s="176"/>
       <c r="O2" s="176"/>
       <c r="P2" s="176"/>
       <c r="Q2" s="176"/>
       <c r="R2" s="176"/>
       <c r="S2" s="176"/>
       <c r="T2" s="88"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E3" s="176"/>
       <c r="F3" s="176"/>
       <c r="G3" s="176"/>
       <c r="H3" s="176"/>
       <c r="I3" s="176"/>
       <c r="J3" s="176"/>
       <c r="K3" s="176"/>
@@ -22607,88 +22597,88 @@
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="88"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="89"/>
       <c r="C5" s="89"/>
       <c r="D5" s="89"/>
       <c r="E5" s="90"/>
       <c r="F5" s="90"/>
       <c r="G5" s="90"/>
       <c r="H5" s="90"/>
       <c r="I5" s="90"/>
       <c r="J5" s="90"/>
       <c r="K5" s="90"/>
       <c r="L5" s="90"/>
       <c r="M5" s="90"/>
       <c r="N5" s="90"/>
       <c r="O5" s="90"/>
       <c r="P5" s="109" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="Q5" s="177" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="R5" s="177"/>
       <c r="S5" s="177"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B7" s="178" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C7" s="179"/>
       <c r="E7" s="91" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B8" s="180"/>
       <c r="C8" s="181"/>
       <c r="E8" s="92" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="180"/>
       <c r="C9" s="181"/>
       <c r="E9" s="92"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="180"/>
       <c r="C10" s="181"/>
       <c r="E10" s="93" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F10" s="147" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G10" s="147"/>
       <c r="H10" s="147"/>
       <c r="I10" s="147"/>
       <c r="J10" s="147"/>
       <c r="K10" s="147"/>
       <c r="L10" s="147"/>
       <c r="M10" s="147"/>
       <c r="N10" s="147"/>
       <c r="O10" s="147"/>
       <c r="P10" s="147"/>
       <c r="Q10" s="147"/>
       <c r="R10" s="147"/>
       <c r="S10" s="147"/>
       <c r="T10" s="94"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="180"/>
       <c r="C11" s="181"/>
       <c r="E11" s="93"/>
       <c r="F11" s="147"/>
       <c r="G11" s="147"/>
       <c r="H11" s="147"/>
       <c r="I11" s="147"/>
       <c r="J11" s="147"/>
@@ -22745,54 +22735,54 @@
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="180"/>
       <c r="C14" s="181"/>
       <c r="E14" s="95"/>
       <c r="F14" s="96"/>
       <c r="G14" s="96"/>
       <c r="H14" s="96"/>
       <c r="I14" s="96"/>
       <c r="J14" s="96"/>
       <c r="K14" s="96"/>
       <c r="L14" s="96"/>
       <c r="M14" s="96"/>
       <c r="N14" s="96"/>
       <c r="O14" s="96"/>
       <c r="P14" s="96"/>
       <c r="Q14" s="96"/>
       <c r="R14" s="96"/>
       <c r="S14" s="96"/>
       <c r="T14" s="96"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="180"/>
       <c r="C15" s="181"/>
       <c r="E15" s="93" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F15" s="147" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G15" s="147"/>
       <c r="H15" s="147"/>
       <c r="I15" s="147"/>
       <c r="J15" s="147"/>
       <c r="K15" s="147"/>
       <c r="L15" s="147"/>
       <c r="M15" s="147"/>
       <c r="N15" s="147"/>
       <c r="O15" s="147"/>
       <c r="P15" s="147"/>
       <c r="Q15" s="147"/>
       <c r="R15" s="147"/>
       <c r="S15" s="147"/>
       <c r="T15" s="94"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="180"/>
       <c r="C16" s="181"/>
       <c r="E16" s="93"/>
       <c r="F16" s="147"/>
       <c r="G16" s="147"/>
       <c r="H16" s="147"/>
       <c r="I16" s="147"/>
       <c r="J16" s="147"/>
@@ -22810,70 +22800,70 @@
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B17" s="182"/>
       <c r="C17" s="183"/>
       <c r="E17" s="95"/>
       <c r="F17" s="147"/>
       <c r="G17" s="147"/>
       <c r="H17" s="147"/>
       <c r="I17" s="147"/>
       <c r="J17" s="147"/>
       <c r="K17" s="147"/>
       <c r="L17" s="147"/>
       <c r="M17" s="147"/>
       <c r="N17" s="147"/>
       <c r="O17" s="147"/>
       <c r="P17" s="147"/>
       <c r="Q17" s="147"/>
       <c r="R17" s="147"/>
       <c r="S17" s="147"/>
       <c r="T17" s="94"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B19" s="154"/>
       <c r="C19" s="155"/>
       <c r="E19" s="91" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B20" s="156"/>
       <c r="C20" s="157"/>
       <c r="E20" s="92" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="156"/>
       <c r="C21" s="157"/>
       <c r="E21" s="92"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="156"/>
       <c r="C22" s="157"/>
       <c r="F22" s="147" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G22" s="147"/>
       <c r="H22" s="147"/>
       <c r="I22" s="147"/>
       <c r="J22" s="147"/>
       <c r="K22" s="147"/>
       <c r="L22" s="147"/>
       <c r="M22" s="147"/>
       <c r="N22" s="147"/>
       <c r="O22" s="147"/>
       <c r="P22" s="147"/>
       <c r="Q22" s="147"/>
       <c r="R22" s="147"/>
       <c r="S22" s="147"/>
       <c r="T22" s="94"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B23" s="156"/>
       <c r="C23" s="157"/>
       <c r="E23" s="94"/>
       <c r="F23" s="147"/>
       <c r="G23" s="147"/>
       <c r="H23" s="147"/>
       <c r="I23" s="147"/>
       <c r="J23" s="147"/>
@@ -23008,96 +22998,96 @@
       <c r="S29" s="147"/>
       <c r="T29" s="94"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="96"/>
       <c r="F30" s="96"/>
       <c r="G30" s="96"/>
       <c r="H30" s="96"/>
       <c r="I30" s="96"/>
       <c r="J30" s="96"/>
       <c r="K30" s="96"/>
       <c r="L30" s="96"/>
       <c r="M30" s="96"/>
       <c r="N30" s="96"/>
       <c r="O30" s="96"/>
       <c r="P30" s="96"/>
       <c r="Q30" s="96"/>
       <c r="R30" s="96"/>
       <c r="S30" s="96"/>
       <c r="T30" s="96"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B31" s="154"/>
       <c r="C31" s="155"/>
       <c r="E31" s="91" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="156"/>
       <c r="C32" s="157"/>
       <c r="E32" s="91"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B33" s="156"/>
       <c r="C33" s="157"/>
       <c r="E33" s="93" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F33" s="87" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="156"/>
       <c r="C34" s="157"/>
       <c r="E34" s="93"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B35" s="156"/>
       <c r="C35" s="157"/>
       <c r="E35" s="93" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F35" s="87" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="156"/>
       <c r="C36" s="157"/>
       <c r="E36" s="93"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="156"/>
       <c r="C37" s="157"/>
       <c r="E37" s="93" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F37" s="147" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G37" s="147"/>
       <c r="H37" s="147"/>
       <c r="I37" s="147"/>
       <c r="J37" s="147"/>
       <c r="K37" s="147"/>
       <c r="L37" s="147"/>
       <c r="M37" s="147"/>
       <c r="N37" s="147"/>
       <c r="O37" s="147"/>
       <c r="P37" s="147"/>
       <c r="Q37" s="147"/>
       <c r="R37" s="147"/>
       <c r="S37" s="147"/>
       <c r="T37" s="94"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B38" s="158"/>
       <c r="C38" s="159"/>
       <c r="E38" s="97"/>
       <c r="F38" s="147"/>
       <c r="G38" s="147"/>
       <c r="H38" s="147"/>
       <c r="I38" s="147"/>
       <c r="J38" s="147"/>
@@ -23110,158 +23100,158 @@
       <c r="Q38" s="147"/>
       <c r="R38" s="147"/>
       <c r="S38" s="147"/>
       <c r="T38" s="94"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.35">
       <c r="F39" s="147"/>
       <c r="G39" s="147"/>
       <c r="H39" s="147"/>
       <c r="I39" s="147"/>
       <c r="J39" s="147"/>
       <c r="K39" s="147"/>
       <c r="L39" s="147"/>
       <c r="M39" s="147"/>
       <c r="N39" s="147"/>
       <c r="O39" s="147"/>
       <c r="P39" s="147"/>
       <c r="Q39" s="147"/>
       <c r="R39" s="147"/>
       <c r="S39" s="147"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B40" s="154"/>
       <c r="C40" s="155"/>
       <c r="E40" s="91" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F40" s="91"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B41" s="156"/>
       <c r="C41" s="157"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B42" s="156"/>
       <c r="C42" s="157"/>
       <c r="E42" s="160"/>
       <c r="F42" s="161"/>
       <c r="G42" s="162"/>
       <c r="I42" s="87" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B43" s="156"/>
       <c r="C43" s="157"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B44" s="156"/>
       <c r="C44" s="157"/>
       <c r="G44" s="98"/>
       <c r="I44" s="87" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B45" s="156"/>
       <c r="C45" s="157"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B46" s="156"/>
       <c r="C46" s="157"/>
       <c r="G46" s="98"/>
       <c r="I46" s="87" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B47" s="156"/>
       <c r="C47" s="157"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.35">
       <c r="B48" s="156"/>
       <c r="C48" s="157"/>
       <c r="E48" s="98"/>
       <c r="F48" s="99" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="I48" s="147" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J48" s="147"/>
       <c r="K48" s="147"/>
       <c r="L48" s="147"/>
       <c r="M48" s="147"/>
       <c r="N48" s="147"/>
       <c r="O48" s="147"/>
       <c r="P48" s="147"/>
       <c r="Q48" s="147"/>
       <c r="R48" s="147"/>
       <c r="S48" s="147"/>
     </row>
     <row r="49" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B49" s="156"/>
       <c r="C49" s="157"/>
       <c r="F49" s="99"/>
       <c r="I49" s="147"/>
       <c r="J49" s="147"/>
       <c r="K49" s="147"/>
       <c r="L49" s="147"/>
       <c r="M49" s="147"/>
       <c r="N49" s="147"/>
       <c r="O49" s="147"/>
       <c r="P49" s="147"/>
       <c r="Q49" s="147"/>
       <c r="R49" s="147"/>
       <c r="S49" s="147"/>
     </row>
     <row r="50" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B50" s="156"/>
       <c r="C50" s="157"/>
     </row>
     <row r="51" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B51" s="156"/>
       <c r="C51" s="157"/>
       <c r="E51" s="163"/>
       <c r="F51" s="164"/>
       <c r="G51" s="165"/>
       <c r="I51" s="87" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="52" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B52" s="156"/>
       <c r="C52" s="157"/>
     </row>
     <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="156"/>
       <c r="C53" s="157"/>
       <c r="F53" s="166"/>
       <c r="G53" s="167"/>
       <c r="I53" s="147" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J53" s="147"/>
       <c r="K53" s="147"/>
       <c r="L53" s="147"/>
       <c r="M53" s="147"/>
       <c r="N53" s="147"/>
       <c r="O53" s="147"/>
       <c r="P53" s="147"/>
       <c r="Q53" s="147"/>
       <c r="R53" s="147"/>
       <c r="S53" s="147"/>
     </row>
     <row r="54" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B54" s="156"/>
       <c r="C54" s="157"/>
       <c r="F54" s="168"/>
       <c r="G54" s="169"/>
       <c r="I54" s="147"/>
       <c r="J54" s="147"/>
       <c r="K54" s="147"/>
       <c r="L54" s="147"/>
       <c r="M54" s="147"/>
       <c r="N54" s="147"/>
       <c r="O54" s="147"/>
       <c r="P54" s="147"/>
@@ -23272,150 +23262,150 @@
     <row r="55" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B55" s="156"/>
       <c r="C55" s="157"/>
       <c r="F55" s="100"/>
       <c r="G55" s="100"/>
       <c r="I55" s="147"/>
       <c r="J55" s="147"/>
       <c r="K55" s="147"/>
       <c r="L55" s="147"/>
       <c r="M55" s="147"/>
       <c r="N55" s="147"/>
       <c r="O55" s="147"/>
       <c r="P55" s="147"/>
       <c r="Q55" s="147"/>
       <c r="R55" s="147"/>
       <c r="S55" s="147"/>
     </row>
     <row r="56" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B56" s="156"/>
       <c r="C56" s="157"/>
     </row>
     <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B57" s="156"/>
       <c r="C57" s="157"/>
       <c r="E57" s="170" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F57" s="171"/>
       <c r="G57" s="172"/>
       <c r="I57" s="147" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J57" s="147"/>
       <c r="K57" s="147"/>
       <c r="L57" s="147"/>
       <c r="M57" s="147"/>
       <c r="N57" s="147"/>
       <c r="O57" s="147"/>
       <c r="P57" s="147"/>
       <c r="Q57" s="147"/>
       <c r="R57" s="147"/>
       <c r="S57" s="147"/>
     </row>
     <row r="58" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B58" s="156"/>
       <c r="C58" s="157"/>
       <c r="E58" s="173"/>
       <c r="F58" s="174"/>
       <c r="G58" s="175"/>
       <c r="I58" s="147"/>
       <c r="J58" s="147"/>
       <c r="K58" s="147"/>
       <c r="L58" s="147"/>
       <c r="M58" s="147"/>
       <c r="N58" s="147"/>
       <c r="O58" s="147"/>
       <c r="P58" s="147"/>
       <c r="Q58" s="147"/>
       <c r="R58" s="147"/>
       <c r="S58" s="147"/>
     </row>
     <row r="59" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B59" s="156"/>
       <c r="C59" s="157"/>
       <c r="E59" s="91"/>
       <c r="F59" s="91"/>
       <c r="G59" s="91"/>
     </row>
     <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B60" s="156"/>
       <c r="C60" s="157"/>
       <c r="E60" s="141" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="F60" s="142"/>
       <c r="G60" s="143"/>
       <c r="I60" s="147" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J60" s="147"/>
       <c r="K60" s="147"/>
       <c r="L60" s="147"/>
       <c r="M60" s="147"/>
       <c r="N60" s="147"/>
       <c r="O60" s="147"/>
       <c r="P60" s="147"/>
       <c r="Q60" s="147"/>
       <c r="R60" s="147"/>
       <c r="S60" s="147"/>
     </row>
     <row r="61" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B61" s="156"/>
       <c r="C61" s="157"/>
       <c r="E61" s="144"/>
       <c r="F61" s="145"/>
       <c r="G61" s="146"/>
       <c r="I61" s="147"/>
       <c r="J61" s="147"/>
       <c r="K61" s="147"/>
       <c r="L61" s="147"/>
       <c r="M61" s="147"/>
       <c r="N61" s="147"/>
       <c r="O61" s="147"/>
       <c r="P61" s="147"/>
       <c r="Q61" s="147"/>
       <c r="R61" s="147"/>
       <c r="S61" s="147"/>
     </row>
     <row r="62" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B62" s="156"/>
       <c r="C62" s="157"/>
       <c r="E62" s="91"/>
       <c r="F62" s="91"/>
       <c r="G62" s="91"/>
     </row>
     <row r="63" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B63" s="156"/>
       <c r="C63" s="157"/>
       <c r="E63" s="148" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="F63" s="149"/>
       <c r="G63" s="150"/>
       <c r="I63" s="101" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
     </row>
     <row r="64" spans="2:19" x14ac:dyDescent="0.35">
       <c r="B64" s="158"/>
       <c r="C64" s="159"/>
       <c r="E64" s="151"/>
       <c r="F64" s="152"/>
       <c r="G64" s="153"/>
       <c r="I64" s="101"/>
     </row>
     <row r="65" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+X1alwyAteoxGtSnvBfAzKVaj66LMvOHhOkO/FqR22ky+zvjHhXmFgaS85iElCc4BSJ3YPtgr0Kw7fCAjngtcA==" saltValue="+Uej70OHJd+r9qh+Jqzk5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="20">
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="Q5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
@@ -23496,235 +23486,235 @@
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:CG274"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="115" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A53" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="115" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="21" customWidth="1"/>
     <col min="2" max="2" width="4.28515625" style="21" customWidth="1"/>
     <col min="3" max="10" width="3" style="21" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="21" customWidth="1"/>
     <col min="12" max="12" width="4.5703125" style="21" customWidth="1"/>
     <col min="13" max="14" width="3" style="21" customWidth="1"/>
     <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
     <col min="16" max="19" width="3" style="21" customWidth="1"/>
     <col min="20" max="20" width="4.42578125" style="21" customWidth="1"/>
     <col min="21" max="23" width="3" style="21" customWidth="1"/>
     <col min="24" max="24" width="3.7109375" style="21" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="21" customWidth="1"/>
     <col min="26" max="33" width="3" style="21" customWidth="1"/>
     <col min="34" max="34" width="3.7109375" style="21" customWidth="1"/>
     <col min="35" max="38" width="3" style="21" customWidth="1"/>
-    <col min="39" max="39" width="3" style="47" hidden="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="52" max="85" width="3" style="47" hidden="1" customWidth="1"/>
+    <col min="39" max="39" width="3" style="47" hidden="1"/>
+    <col min="40" max="40" width="7" style="47" hidden="1"/>
+    <col min="41" max="42" width="7.28515625" style="47" hidden="1"/>
+    <col min="43" max="43" width="3.28515625" style="47" hidden="1"/>
+    <col min="44" max="44" width="13.28515625" style="47" hidden="1"/>
+    <col min="45" max="45" width="3" style="47" hidden="1"/>
+    <col min="46" max="46" width="11.7109375" style="47" hidden="1"/>
+    <col min="47" max="47" width="3" style="47" hidden="1"/>
+    <col min="48" max="48" width="15.5703125" style="47" hidden="1"/>
+    <col min="49" max="49" width="3" style="47" hidden="1"/>
+    <col min="50" max="50" width="25.42578125" style="47" hidden="1"/>
+    <col min="51" max="51" width="5.5703125" style="47" hidden="1"/>
+    <col min="52" max="85" width="3" style="47" hidden="1"/>
     <col min="86" max="16384" width="3" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:75" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="BC1" s="47" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="BO1" s="47" t="s">
-        <v>163</v>
+        <v>453</v>
       </c>
       <c r="BV1" s="47" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="184"/>
       <c r="C2" s="185"/>
       <c r="D2" s="185"/>
       <c r="E2" s="185"/>
       <c r="F2" s="186"/>
       <c r="G2" s="193" t="s">
         <v>0</v>
       </c>
       <c r="H2" s="194"/>
       <c r="I2" s="194"/>
       <c r="J2" s="194"/>
       <c r="K2" s="194"/>
       <c r="L2" s="194"/>
       <c r="M2" s="194"/>
       <c r="N2" s="194"/>
       <c r="O2" s="195"/>
       <c r="P2" s="202" t="s">
         <v>1</v>
       </c>
       <c r="Q2" s="203"/>
       <c r="R2" s="203"/>
       <c r="S2" s="203"/>
       <c r="T2" s="203"/>
       <c r="U2" s="203"/>
       <c r="V2" s="203"/>
       <c r="W2" s="203"/>
       <c r="X2" s="204"/>
       <c r="Y2" s="211" t="s">
         <v>2</v>
       </c>
       <c r="Z2" s="212"/>
       <c r="AA2" s="212"/>
       <c r="AB2" s="212"/>
       <c r="AC2" s="212"/>
       <c r="AD2" s="212"/>
       <c r="AE2" s="212"/>
       <c r="AF2" s="212"/>
       <c r="AG2" s="212"/>
       <c r="AH2" s="212"/>
       <c r="AI2" s="212"/>
       <c r="AJ2" s="212"/>
       <c r="AK2" s="213"/>
       <c r="AL2" s="1"/>
       <c r="AX2" s="47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="BC2" s="47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="BO2" s="47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="BV2" s="47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="3" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="187"/>
       <c r="C3" s="188"/>
       <c r="D3" s="188"/>
       <c r="E3" s="188"/>
       <c r="F3" s="189"/>
       <c r="G3" s="196"/>
       <c r="H3" s="197"/>
       <c r="I3" s="197"/>
       <c r="J3" s="197"/>
       <c r="K3" s="197"/>
       <c r="L3" s="197"/>
       <c r="M3" s="197"/>
       <c r="N3" s="197"/>
       <c r="O3" s="198"/>
       <c r="P3" s="205"/>
       <c r="Q3" s="206"/>
       <c r="R3" s="206"/>
       <c r="S3" s="206"/>
       <c r="T3" s="206"/>
       <c r="U3" s="206"/>
       <c r="V3" s="206"/>
       <c r="W3" s="206"/>
       <c r="X3" s="207"/>
       <c r="Y3" s="214"/>
       <c r="Z3" s="215"/>
       <c r="AA3" s="215"/>
       <c r="AB3" s="215"/>
       <c r="AC3" s="215"/>
       <c r="AD3" s="215"/>
       <c r="AE3" s="215"/>
       <c r="AF3" s="215"/>
       <c r="AG3" s="215"/>
       <c r="AH3" s="215"/>
       <c r="AI3" s="215"/>
       <c r="AJ3" s="215"/>
       <c r="AK3" s="216"/>
       <c r="AL3" s="1"/>
       <c r="AR3" s="48" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="AX3" s="47" t="s">
         <v>3</v>
       </c>
       <c r="BC3" s="47" t="s">
         <v>4</v>
       </c>
       <c r="BO3" s="47" t="s">
         <v>4</v>
       </c>
       <c r="BV3" s="47" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="187"/>
       <c r="C4" s="188"/>
       <c r="D4" s="188"/>
       <c r="E4" s="188"/>
       <c r="F4" s="189"/>
       <c r="G4" s="196"/>
       <c r="H4" s="197"/>
       <c r="I4" s="197"/>
       <c r="J4" s="197"/>
@@ -23735,1724 +23725,1724 @@
       <c r="O4" s="198"/>
       <c r="P4" s="205"/>
       <c r="Q4" s="206"/>
       <c r="R4" s="206"/>
       <c r="S4" s="206"/>
       <c r="T4" s="206"/>
       <c r="U4" s="206"/>
       <c r="V4" s="206"/>
       <c r="W4" s="206"/>
       <c r="X4" s="207"/>
       <c r="Y4" s="214"/>
       <c r="Z4" s="215"/>
       <c r="AA4" s="215"/>
       <c r="AB4" s="215"/>
       <c r="AC4" s="215"/>
       <c r="AD4" s="215"/>
       <c r="AE4" s="215"/>
       <c r="AF4" s="215"/>
       <c r="AG4" s="215"/>
       <c r="AH4" s="215"/>
       <c r="AI4" s="215"/>
       <c r="AJ4" s="215"/>
       <c r="AK4" s="216"/>
       <c r="AL4" s="1"/>
       <c r="AR4" s="47" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="AX4" s="47" t="s">
+        <v>455</v>
+      </c>
+      <c r="BC4" s="47" t="s">
         <v>5</v>
       </c>
-      <c r="BC4" s="47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO4" s="47" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="BV4" s="47" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="190"/>
       <c r="C5" s="191"/>
       <c r="D5" s="191"/>
       <c r="E5" s="191"/>
       <c r="F5" s="192"/>
       <c r="G5" s="199"/>
       <c r="H5" s="200"/>
       <c r="I5" s="200"/>
       <c r="J5" s="200"/>
       <c r="K5" s="200"/>
       <c r="L5" s="200"/>
       <c r="M5" s="200"/>
       <c r="N5" s="200"/>
       <c r="O5" s="201"/>
       <c r="P5" s="208"/>
       <c r="Q5" s="209"/>
       <c r="R5" s="209"/>
       <c r="S5" s="209"/>
       <c r="T5" s="209"/>
       <c r="U5" s="209"/>
       <c r="V5" s="209"/>
       <c r="W5" s="209"/>
       <c r="X5" s="210"/>
       <c r="Y5" s="217"/>
       <c r="Z5" s="218"/>
       <c r="AA5" s="218"/>
       <c r="AB5" s="218"/>
       <c r="AC5" s="218"/>
       <c r="AD5" s="218"/>
       <c r="AE5" s="218"/>
       <c r="AF5" s="218"/>
       <c r="AG5" s="218"/>
       <c r="AH5" s="218"/>
       <c r="AI5" s="218"/>
       <c r="AJ5" s="218"/>
       <c r="AK5" s="219"/>
       <c r="AL5" s="1"/>
       <c r="AR5" s="47" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="AX5" s="47" t="s">
+        <v>6</v>
+      </c>
+      <c r="BC5" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="BC5" s="47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO5" s="47" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="BV5" s="47" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:75" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="5"/>
       <c r="O6" s="5"/>
       <c r="P6" s="5"/>
       <c r="Q6" s="5"/>
       <c r="R6" s="5"/>
       <c r="S6" s="5"/>
       <c r="T6" s="5"/>
       <c r="U6" s="5"/>
       <c r="V6" s="6"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="6"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="6"/>
       <c r="AC6" s="6"/>
       <c r="AD6" s="6"/>
       <c r="AE6" s="6"/>
       <c r="AF6" s="6"/>
       <c r="AG6" s="6"/>
       <c r="AH6" s="6"/>
       <c r="AI6" s="6"/>
       <c r="AJ6" s="6"/>
       <c r="AK6" s="6"/>
       <c r="AL6" s="1"/>
       <c r="AR6" s="47" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="BC6" s="47" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="BO6" s="47" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="BV6" s="47" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:75" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="220" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C7" s="220"/>
       <c r="D7" s="220"/>
       <c r="E7" s="221"/>
       <c r="F7" s="222"/>
       <c r="G7" s="223"/>
       <c r="H7" s="223"/>
       <c r="I7" s="223"/>
       <c r="J7" s="223"/>
       <c r="K7" s="223"/>
       <c r="L7" s="223"/>
       <c r="M7" s="223"/>
       <c r="N7" s="223"/>
       <c r="O7" s="223"/>
       <c r="P7" s="224"/>
       <c r="Q7" s="225" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="R7" s="226"/>
       <c r="S7" s="226"/>
       <c r="T7" s="227"/>
       <c r="U7" s="228"/>
       <c r="V7" s="229"/>
       <c r="W7" s="229"/>
       <c r="X7" s="229"/>
       <c r="Y7" s="229"/>
       <c r="Z7" s="230"/>
       <c r="AA7" s="1"/>
       <c r="AB7" s="226" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="AC7" s="226"/>
       <c r="AD7" s="226"/>
       <c r="AE7" s="227"/>
       <c r="AF7" s="228"/>
       <c r="AG7" s="229"/>
       <c r="AH7" s="229"/>
       <c r="AI7" s="229"/>
       <c r="AJ7" s="229"/>
       <c r="AK7" s="230"/>
       <c r="AL7" s="1"/>
       <c r="BC7" s="47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="BO7" s="47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="BV7" s="47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:75" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
       <c r="BC8" s="47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="BO8" s="47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="BV8" s="47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:75" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="220" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C9" s="220"/>
       <c r="D9" s="220"/>
       <c r="E9" s="1"/>
       <c r="F9" s="222"/>
       <c r="G9" s="223"/>
       <c r="H9" s="223"/>
       <c r="I9" s="223"/>
       <c r="J9" s="223"/>
       <c r="K9" s="223"/>
       <c r="L9" s="223"/>
       <c r="M9" s="223"/>
       <c r="N9" s="223"/>
       <c r="O9" s="223"/>
       <c r="P9" s="223"/>
       <c r="Q9" s="223"/>
       <c r="R9" s="223"/>
       <c r="S9" s="223"/>
       <c r="T9" s="223"/>
       <c r="U9" s="223"/>
       <c r="V9" s="223"/>
       <c r="W9" s="223"/>
       <c r="X9" s="223"/>
       <c r="Y9" s="223"/>
       <c r="Z9" s="223"/>
       <c r="AA9" s="223"/>
       <c r="AB9" s="223"/>
       <c r="AC9" s="223"/>
       <c r="AD9" s="223"/>
       <c r="AE9" s="223"/>
       <c r="AF9" s="223"/>
       <c r="AG9" s="223"/>
       <c r="AH9" s="223"/>
       <c r="AI9" s="223"/>
       <c r="AJ9" s="223"/>
       <c r="AK9" s="223"/>
       <c r="AL9" s="1"/>
       <c r="AY9" s="47" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="BC9" s="47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="BO9" s="47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="BV9" s="47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:75" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
       <c r="S10" s="7"/>
       <c r="T10" s="7"/>
       <c r="U10" s="7"/>
       <c r="V10" s="7"/>
       <c r="W10" s="7"/>
       <c r="X10" s="7"/>
       <c r="Y10" s="7"/>
       <c r="Z10" s="7"/>
       <c r="AA10" s="7"/>
       <c r="AB10" s="52"/>
       <c r="AC10" s="52"/>
       <c r="AD10" s="52"/>
       <c r="AE10" s="52"/>
       <c r="AF10" s="7"/>
       <c r="AG10" s="7"/>
       <c r="AH10" s="7"/>
       <c r="AI10" s="7"/>
       <c r="AJ10" s="7"/>
       <c r="AK10" s="7"/>
       <c r="AL10" s="1"/>
       <c r="AX10" s="47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="BC10" s="47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="BO10" s="47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="BV10" s="47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="22"/>
       <c r="AC11" s="22"/>
       <c r="AD11" s="22"/>
       <c r="AE11" s="22"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
       <c r="AJ11" s="1"/>
       <c r="AK11" s="1"/>
       <c r="AL11" s="1"/>
       <c r="AR11" s="2"/>
       <c r="AS11" s="2"/>
       <c r="AT11" s="2"/>
       <c r="AX11" s="47" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="AY11" s="47">
         <v>20</v>
       </c>
       <c r="BC11" s="47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="BO11" s="47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="BV11" s="47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:75" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="49" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="50"/>
       <c r="L12" s="50"/>
       <c r="M12" s="50"/>
       <c r="N12" s="50"/>
       <c r="O12" s="50"/>
       <c r="P12" s="50"/>
       <c r="Q12" s="50"/>
       <c r="R12" s="36"/>
       <c r="S12" s="57" t="str">
         <f>IF(AN12=1,"Fournir justification en annexe","")</f>
         <v/>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
       <c r="AB12" s="1"/>
       <c r="AC12" s="1"/>
       <c r="AD12" s="51"/>
       <c r="AE12" s="51"/>
       <c r="AF12" s="51"/>
       <c r="AG12" s="51"/>
       <c r="AH12" s="51"/>
       <c r="AI12" s="1"/>
       <c r="AJ12" s="1"/>
       <c r="AK12" s="1"/>
       <c r="AL12" s="1"/>
       <c r="AN12" s="47">
         <v>0</v>
       </c>
       <c r="AO12" s="47" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AX12" s="47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="AY12" s="47">
         <v>25</v>
       </c>
       <c r="BC12" s="47" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="BO12" s="47" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="BV12" s="47" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:75" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1"/>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="7"/>
       <c r="S13" s="7"/>
       <c r="T13" s="7"/>
       <c r="U13" s="7"/>
       <c r="V13" s="7"/>
       <c r="W13" s="7"/>
       <c r="X13" s="7"/>
       <c r="Y13" s="7"/>
       <c r="Z13" s="7"/>
       <c r="AA13" s="7"/>
       <c r="AB13" s="7"/>
       <c r="AC13" s="7"/>
       <c r="AD13" s="7"/>
       <c r="AE13" s="7"/>
       <c r="AF13" s="7"/>
       <c r="AG13" s="7"/>
       <c r="AH13" s="7"/>
       <c r="AI13" s="7"/>
       <c r="AJ13" s="7"/>
       <c r="AK13" s="7"/>
       <c r="AL13" s="1"/>
       <c r="AX13" s="47" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="AY13" s="47">
         <v>25</v>
       </c>
       <c r="BC13" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="BO13" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="BV13" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:75" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="9"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AX14" s="47" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AY14" s="47">
         <v>20</v>
       </c>
       <c r="BC14" s="47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="BO14" s="47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="BV14" s="47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:75" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="34"/>
       <c r="C15" s="34"/>
       <c r="D15" s="34"/>
       <c r="E15" s="34"/>
       <c r="F15" s="34"/>
       <c r="G15" s="34"/>
       <c r="H15" s="34"/>
       <c r="I15" s="34"/>
       <c r="J15" s="34"/>
       <c r="K15" s="55"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AX15" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="AY15" s="48" t="s">
         <v>32</v>
       </c>
-      <c r="AY15" s="48" t="s">
+      <c r="BC15" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="BC15" s="47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO15" s="47" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="BV15" s="47" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="BW15" s="79"/>
     </row>
     <row r="16" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A16" s="1"/>
       <c r="B16" s="220" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C16" s="220"/>
       <c r="D16" s="220"/>
       <c r="E16" s="220"/>
       <c r="F16" s="233"/>
       <c r="G16" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AE16" s="56"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="56"/>
       <c r="AH16" s="10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AX16" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="AY16" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC16" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="AY16" s="48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO16" s="47" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="BV16" s="47" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="BW16" s="79"/>
     </row>
     <row r="17" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="259" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C17" s="259"/>
       <c r="D17" s="259"/>
       <c r="E17" s="259"/>
       <c r="F17" s="260"/>
       <c r="G17" s="80" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H17" s="11"/>
       <c r="I17" s="11"/>
       <c r="J17" s="11"/>
       <c r="K17" s="11"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17" s="11"/>
       <c r="O17" s="11"/>
       <c r="P17" s="11"/>
       <c r="Q17" s="11"/>
       <c r="R17" s="11"/>
       <c r="S17" s="11"/>
       <c r="T17" s="11"/>
       <c r="U17" s="11"/>
       <c r="V17" s="11"/>
       <c r="W17" s="11"/>
       <c r="X17" s="11"/>
       <c r="Y17" s="11"/>
       <c r="Z17" s="11"/>
       <c r="AA17" s="11"/>
       <c r="AB17" s="11"/>
       <c r="AC17" s="12"/>
       <c r="AD17" s="13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AE17" s="12"/>
       <c r="AF17" s="11"/>
       <c r="AG17" s="12"/>
       <c r="AH17" s="13"/>
       <c r="AI17" s="11"/>
       <c r="AJ17" s="11"/>
       <c r="AK17" s="11"/>
       <c r="AL17" s="1"/>
       <c r="AX17" s="47" t="s">
+        <v>38</v>
+      </c>
+      <c r="AY17" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC17" s="47" t="s">
         <v>39</v>
       </c>
-      <c r="AY17" s="48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO17" s="47" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="BV17" s="47" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="BW17" s="79"/>
     </row>
     <row r="18" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1"/>
       <c r="B18" s="238" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C18" s="238"/>
       <c r="D18" s="238"/>
       <c r="E18" s="238"/>
       <c r="F18" s="239"/>
       <c r="G18" s="244" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="H18" s="245"/>
       <c r="I18" s="245"/>
       <c r="J18" s="245"/>
       <c r="K18" s="245"/>
       <c r="L18" s="245"/>
       <c r="M18" s="245"/>
       <c r="N18" s="245"/>
       <c r="O18" s="245"/>
       <c r="P18" s="245"/>
       <c r="Q18" s="245"/>
       <c r="R18" s="245"/>
       <c r="S18" s="245"/>
       <c r="T18" s="245"/>
       <c r="U18" s="245"/>
       <c r="V18" s="245"/>
       <c r="W18" s="245"/>
       <c r="X18" s="245"/>
       <c r="Y18" s="245"/>
       <c r="Z18" s="245"/>
       <c r="AA18" s="245"/>
       <c r="AB18" s="245"/>
       <c r="AC18" s="246"/>
       <c r="AD18" s="253"/>
       <c r="AE18" s="254"/>
       <c r="AF18" s="231" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG18" s="232"/>
       <c r="AH18" s="14"/>
       <c r="AI18" s="53" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AJ18" s="53"/>
       <c r="AK18" s="53"/>
       <c r="AL18" s="1"/>
       <c r="AN18" s="47">
         <f>IFERROR(SEARCH("gaz",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AO18" s="47" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX18" s="47" t="s">
+        <v>40</v>
+      </c>
+      <c r="AY18" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC18" s="47" t="s">
         <v>41</v>
       </c>
-      <c r="AY18" s="48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO18" s="47" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="BV18" s="47" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="BW18" s="79"/>
     </row>
     <row r="19" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="b">
         <v>0</v>
       </c>
       <c r="B19" s="240"/>
       <c r="C19" s="240"/>
       <c r="D19" s="240"/>
       <c r="E19" s="240"/>
       <c r="F19" s="241"/>
       <c r="G19" s="247"/>
       <c r="H19" s="248"/>
       <c r="I19" s="248"/>
       <c r="J19" s="248"/>
       <c r="K19" s="248"/>
       <c r="L19" s="248"/>
       <c r="M19" s="248"/>
       <c r="N19" s="248"/>
       <c r="O19" s="248"/>
       <c r="P19" s="248"/>
       <c r="Q19" s="248"/>
       <c r="R19" s="248"/>
       <c r="S19" s="248"/>
       <c r="T19" s="248"/>
       <c r="U19" s="248"/>
       <c r="V19" s="248"/>
       <c r="W19" s="248"/>
       <c r="X19" s="248"/>
       <c r="Y19" s="248"/>
       <c r="Z19" s="248"/>
       <c r="AA19" s="248"/>
       <c r="AB19" s="248"/>
       <c r="AC19" s="249"/>
       <c r="AD19" s="255"/>
       <c r="AE19" s="256"/>
       <c r="AF19" s="220"/>
       <c r="AG19" s="233"/>
       <c r="AH19" s="16"/>
       <c r="AI19" s="20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="AJ19" s="20"/>
       <c r="AK19" s="20"/>
       <c r="AL19" s="1"/>
       <c r="AN19" s="47">
         <f>IFERROR(SEARCH("mazout",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AO19" s="47" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AX19" s="47" t="s">
+        <v>42</v>
+      </c>
+      <c r="AY19" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC19" s="47" t="s">
         <v>43</v>
       </c>
-      <c r="AY19" s="48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO19" s="47" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="BV19" s="47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="b">
         <v>0</v>
       </c>
       <c r="B20" s="242"/>
       <c r="C20" s="242"/>
       <c r="D20" s="242"/>
       <c r="E20" s="242"/>
       <c r="F20" s="243"/>
       <c r="G20" s="250"/>
       <c r="H20" s="251"/>
       <c r="I20" s="251"/>
       <c r="J20" s="251"/>
       <c r="K20" s="251"/>
       <c r="L20" s="251"/>
       <c r="M20" s="251"/>
       <c r="N20" s="251"/>
       <c r="O20" s="251"/>
       <c r="P20" s="251"/>
       <c r="Q20" s="251"/>
       <c r="R20" s="251"/>
       <c r="S20" s="251"/>
       <c r="T20" s="251"/>
       <c r="U20" s="251"/>
       <c r="V20" s="251"/>
       <c r="W20" s="251"/>
       <c r="X20" s="251"/>
       <c r="Y20" s="251"/>
       <c r="Z20" s="251"/>
       <c r="AA20" s="251"/>
       <c r="AB20" s="251"/>
       <c r="AC20" s="252"/>
       <c r="AD20" s="257"/>
       <c r="AE20" s="258"/>
       <c r="AF20" s="234"/>
       <c r="AG20" s="235"/>
       <c r="AH20" s="17"/>
       <c r="AI20" s="54" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="AJ20" s="54"/>
       <c r="AK20" s="54"/>
       <c r="AL20" s="1"/>
       <c r="AN20" s="47">
         <f>IFERROR(SEARCH("PAC",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AO20" s="47" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ20" s="47">
         <f>IF(G18="Chauffage électrique décentralisé",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR20" s="47" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS20" s="47">
         <f>IF(B18="remplacée",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT20" s="47" t="s">
-        <v>148</v>
+        <v>454</v>
       </c>
       <c r="AU20" s="47">
         <f>IF(AND(AQ20=1,AS20=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV20" s="47" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AX20" s="47" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY20" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC20" s="47" t="s">
         <v>45</v>
       </c>
-      <c r="AY20" s="48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BO20" s="47" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="BV20" s="47" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15"/>
       <c r="B21" s="238" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C21" s="238"/>
       <c r="D21" s="238"/>
       <c r="E21" s="238"/>
       <c r="F21" s="239"/>
       <c r="G21" s="244" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="H21" s="245"/>
       <c r="I21" s="245"/>
       <c r="J21" s="245"/>
       <c r="K21" s="245"/>
       <c r="L21" s="245"/>
       <c r="M21" s="245"/>
       <c r="N21" s="245"/>
       <c r="O21" s="245"/>
       <c r="P21" s="245"/>
       <c r="Q21" s="245"/>
       <c r="R21" s="245"/>
       <c r="S21" s="245"/>
       <c r="T21" s="245"/>
       <c r="U21" s="245"/>
       <c r="V21" s="245"/>
       <c r="W21" s="245"/>
       <c r="X21" s="245"/>
       <c r="Y21" s="245"/>
       <c r="Z21" s="245"/>
       <c r="AA21" s="245"/>
       <c r="AB21" s="245"/>
       <c r="AC21" s="246"/>
       <c r="AD21" s="253"/>
       <c r="AE21" s="254"/>
       <c r="AF21" s="220" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG21" s="233"/>
       <c r="AH21" s="16"/>
       <c r="AI21" s="20" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AJ21" s="20"/>
       <c r="AK21" s="20"/>
       <c r="AL21" s="1"/>
       <c r="AN21" s="47">
         <f>IFERROR(SEARCH("gaz",G21),0)</f>
         <v>0</v>
       </c>
       <c r="AO21" s="47" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX21" s="47" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="AY21" s="48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC21" s="47" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="BO21" s="47" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="BV21" s="47" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="22" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1"/>
       <c r="B22" s="240"/>
       <c r="C22" s="240"/>
       <c r="D22" s="240"/>
       <c r="E22" s="240"/>
       <c r="F22" s="241"/>
       <c r="G22" s="247"/>
       <c r="H22" s="248"/>
       <c r="I22" s="248"/>
       <c r="J22" s="248"/>
       <c r="K22" s="248"/>
       <c r="L22" s="248"/>
       <c r="M22" s="248"/>
       <c r="N22" s="248"/>
       <c r="O22" s="248"/>
       <c r="P22" s="248"/>
       <c r="Q22" s="248"/>
       <c r="R22" s="248"/>
       <c r="S22" s="248"/>
       <c r="T22" s="248"/>
       <c r="U22" s="248"/>
       <c r="V22" s="248"/>
       <c r="W22" s="248"/>
       <c r="X22" s="248"/>
       <c r="Y22" s="248"/>
       <c r="Z22" s="248"/>
       <c r="AA22" s="248"/>
       <c r="AB22" s="248"/>
       <c r="AC22" s="249"/>
       <c r="AD22" s="255"/>
       <c r="AE22" s="256"/>
       <c r="AF22" s="220"/>
       <c r="AG22" s="233"/>
       <c r="AH22" s="16"/>
       <c r="AI22" s="20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="AJ22" s="20"/>
       <c r="AK22" s="20"/>
       <c r="AL22" s="1"/>
       <c r="AN22" s="47">
         <f>IFERROR(SEARCH("mazout",G21),0)</f>
         <v>0</v>
       </c>
       <c r="AO22" s="47" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AX22" s="47" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="AY22" s="48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC22" s="47" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="BO22" s="47" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="BV22" s="47" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="1"/>
       <c r="B23" s="242"/>
       <c r="C23" s="242"/>
       <c r="D23" s="242"/>
       <c r="E23" s="242"/>
       <c r="F23" s="243"/>
       <c r="G23" s="250"/>
       <c r="H23" s="251"/>
       <c r="I23" s="251"/>
       <c r="J23" s="251"/>
       <c r="K23" s="251"/>
       <c r="L23" s="251"/>
       <c r="M23" s="251"/>
       <c r="N23" s="251"/>
       <c r="O23" s="251"/>
       <c r="P23" s="251"/>
       <c r="Q23" s="251"/>
       <c r="R23" s="251"/>
       <c r="S23" s="251"/>
       <c r="T23" s="251"/>
       <c r="U23" s="251"/>
       <c r="V23" s="251"/>
       <c r="W23" s="251"/>
       <c r="X23" s="251"/>
       <c r="Y23" s="251"/>
       <c r="Z23" s="251"/>
       <c r="AA23" s="251"/>
       <c r="AB23" s="251"/>
       <c r="AC23" s="252"/>
       <c r="AD23" s="257"/>
       <c r="AE23" s="258"/>
       <c r="AF23" s="234"/>
       <c r="AG23" s="235"/>
       <c r="AH23" s="17"/>
       <c r="AI23" s="54" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="AJ23" s="54"/>
       <c r="AK23" s="54"/>
       <c r="AL23" s="1"/>
       <c r="AN23" s="47">
         <f>IFERROR(SEARCH("PAC",G21),0)</f>
         <v>0</v>
       </c>
       <c r="AO23" s="47" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ23" s="47">
         <f>IF(G21="Chauffage électrique décentralisé",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR23" s="47" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS23" s="47">
         <f>IF(B21="remplacée",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT23" s="47" t="s">
-        <v>148</v>
+        <v>454</v>
       </c>
       <c r="AU23" s="47">
         <f>IF(AND(AQ23=1,AS23=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV23" s="47" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BC23" s="47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="BO23" s="47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="BV23" s="47" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="238" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C24" s="238"/>
       <c r="D24" s="238"/>
       <c r="E24" s="238"/>
       <c r="F24" s="239"/>
       <c r="G24" s="244" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="H24" s="245"/>
       <c r="I24" s="245"/>
       <c r="J24" s="245"/>
       <c r="K24" s="245"/>
       <c r="L24" s="245"/>
       <c r="M24" s="245"/>
       <c r="N24" s="245"/>
       <c r="O24" s="245"/>
       <c r="P24" s="245"/>
       <c r="Q24" s="245"/>
       <c r="R24" s="245"/>
       <c r="S24" s="245"/>
       <c r="T24" s="245"/>
       <c r="U24" s="245"/>
       <c r="V24" s="245"/>
       <c r="W24" s="245"/>
       <c r="X24" s="245"/>
       <c r="Y24" s="245"/>
       <c r="Z24" s="245"/>
       <c r="AA24" s="245"/>
       <c r="AB24" s="245"/>
       <c r="AC24" s="246"/>
       <c r="AD24" s="253"/>
       <c r="AE24" s="254"/>
       <c r="AF24" s="231" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG24" s="232"/>
       <c r="AH24" s="14"/>
       <c r="AI24" s="53" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AJ24" s="53"/>
       <c r="AK24" s="53"/>
       <c r="AL24" s="1"/>
       <c r="AN24" s="47">
         <f>IFERROR(SEARCH("gaz",G24),0)</f>
         <v>0</v>
       </c>
       <c r="AO24" s="47" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX24" s="104" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="BC24" s="47" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="BO24" s="47" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="BV24" s="47" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1"/>
       <c r="B25" s="240"/>
       <c r="C25" s="240"/>
       <c r="D25" s="240"/>
       <c r="E25" s="240"/>
       <c r="F25" s="241"/>
       <c r="G25" s="247"/>
       <c r="H25" s="248"/>
       <c r="I25" s="248"/>
       <c r="J25" s="248"/>
       <c r="K25" s="248"/>
       <c r="L25" s="248"/>
       <c r="M25" s="248"/>
       <c r="N25" s="248"/>
       <c r="O25" s="248"/>
       <c r="P25" s="248"/>
       <c r="Q25" s="248"/>
       <c r="R25" s="248"/>
       <c r="S25" s="248"/>
       <c r="T25" s="248"/>
       <c r="U25" s="248"/>
       <c r="V25" s="248"/>
       <c r="W25" s="248"/>
       <c r="X25" s="248"/>
       <c r="Y25" s="248"/>
       <c r="Z25" s="248"/>
       <c r="AA25" s="248"/>
       <c r="AB25" s="248"/>
       <c r="AC25" s="249"/>
       <c r="AD25" s="255"/>
       <c r="AE25" s="256"/>
       <c r="AF25" s="220"/>
       <c r="AG25" s="233"/>
       <c r="AH25" s="16"/>
       <c r="AI25" s="20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="AJ25" s="20"/>
       <c r="AK25" s="20"/>
       <c r="AL25" s="1"/>
       <c r="AN25" s="47">
         <f>IFERROR(SEARCH("mazout",G24),0)</f>
         <v>0</v>
       </c>
       <c r="AO25" s="47" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BC25" s="47" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="BO25" s="47" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="BV25" s="47" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="26" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="242"/>
       <c r="C26" s="242"/>
       <c r="D26" s="242"/>
       <c r="E26" s="242"/>
       <c r="F26" s="243"/>
       <c r="G26" s="250"/>
       <c r="H26" s="251"/>
       <c r="I26" s="251"/>
       <c r="J26" s="251"/>
       <c r="K26" s="251"/>
       <c r="L26" s="251"/>
       <c r="M26" s="251"/>
       <c r="N26" s="251"/>
       <c r="O26" s="251"/>
       <c r="P26" s="251"/>
       <c r="Q26" s="251"/>
       <c r="R26" s="251"/>
       <c r="S26" s="251"/>
       <c r="T26" s="251"/>
       <c r="U26" s="251"/>
       <c r="V26" s="251"/>
       <c r="W26" s="251"/>
       <c r="X26" s="251"/>
       <c r="Y26" s="251"/>
       <c r="Z26" s="251"/>
       <c r="AA26" s="251"/>
       <c r="AB26" s="251"/>
       <c r="AC26" s="252"/>
       <c r="AD26" s="257"/>
       <c r="AE26" s="258"/>
       <c r="AF26" s="234"/>
       <c r="AG26" s="235"/>
       <c r="AH26" s="17"/>
       <c r="AI26" s="54" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="AJ26" s="54"/>
       <c r="AK26" s="54"/>
       <c r="AL26" s="1"/>
       <c r="AN26" s="47">
         <f>IFERROR(SEARCH("PAC",G24),0)</f>
         <v>0</v>
       </c>
       <c r="AO26" s="47" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ26" s="47">
         <f>IF(G24="Chauffage électrique décentralisé",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR26" s="47" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS26" s="47">
         <f>IF(B24="remplacée",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT26" s="47" t="s">
-        <v>148</v>
+        <v>454</v>
       </c>
       <c r="AU26" s="47">
         <f>IF(AND(AQ26=1,AS26=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV26" s="47" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BC26" s="47" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="BO26" s="47" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="238" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C27" s="238"/>
       <c r="D27" s="238"/>
       <c r="E27" s="238"/>
       <c r="F27" s="239"/>
       <c r="G27" s="244" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="H27" s="245"/>
       <c r="I27" s="245"/>
       <c r="J27" s="245"/>
       <c r="K27" s="245"/>
       <c r="L27" s="245"/>
       <c r="M27" s="245"/>
       <c r="N27" s="245"/>
       <c r="O27" s="245"/>
       <c r="P27" s="245"/>
       <c r="Q27" s="245"/>
       <c r="R27" s="245"/>
       <c r="S27" s="245"/>
       <c r="T27" s="245"/>
       <c r="U27" s="245"/>
       <c r="V27" s="245"/>
       <c r="W27" s="245"/>
       <c r="X27" s="245"/>
       <c r="Y27" s="245"/>
       <c r="Z27" s="245"/>
       <c r="AA27" s="245"/>
       <c r="AB27" s="245"/>
       <c r="AC27" s="246"/>
       <c r="AD27" s="253"/>
       <c r="AE27" s="254"/>
       <c r="AF27" s="220" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG27" s="233"/>
       <c r="AH27" s="16"/>
       <c r="AI27" s="20" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AJ27" s="20"/>
       <c r="AK27" s="20"/>
       <c r="AL27" s="1"/>
       <c r="AN27" s="47">
         <f>IFERROR(SEARCH("gaz",G27),0)</f>
         <v>0</v>
       </c>
       <c r="AO27" s="47" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BC27" s="47" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="BO27" s="47" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="240"/>
       <c r="C28" s="240"/>
       <c r="D28" s="240"/>
       <c r="E28" s="240"/>
       <c r="F28" s="241"/>
       <c r="G28" s="247"/>
       <c r="H28" s="248"/>
       <c r="I28" s="248"/>
       <c r="J28" s="248"/>
       <c r="K28" s="248"/>
       <c r="L28" s="248"/>
       <c r="M28" s="248"/>
       <c r="N28" s="248"/>
       <c r="O28" s="248"/>
       <c r="P28" s="248"/>
       <c r="Q28" s="248"/>
       <c r="R28" s="248"/>
       <c r="S28" s="248"/>
       <c r="T28" s="248"/>
       <c r="U28" s="248"/>
       <c r="V28" s="248"/>
       <c r="W28" s="248"/>
       <c r="X28" s="248"/>
       <c r="Y28" s="248"/>
       <c r="Z28" s="248"/>
       <c r="AA28" s="248"/>
       <c r="AB28" s="248"/>
       <c r="AC28" s="249"/>
       <c r="AD28" s="255"/>
       <c r="AE28" s="256"/>
       <c r="AF28" s="220"/>
       <c r="AG28" s="233"/>
       <c r="AH28" s="16"/>
       <c r="AI28" s="20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="AJ28" s="20"/>
       <c r="AK28" s="20"/>
       <c r="AL28" s="1"/>
       <c r="AN28" s="47">
         <f>IFERROR(SEARCH("mazout",G27),0)</f>
         <v>0</v>
       </c>
       <c r="AO28" s="47" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BC28" s="47" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="BO28" s="47" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:75" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="242"/>
       <c r="C29" s="242"/>
       <c r="D29" s="242"/>
       <c r="E29" s="242"/>
       <c r="F29" s="243"/>
       <c r="G29" s="250"/>
       <c r="H29" s="251"/>
       <c r="I29" s="251"/>
       <c r="J29" s="251"/>
       <c r="K29" s="251"/>
       <c r="L29" s="251"/>
       <c r="M29" s="251"/>
       <c r="N29" s="251"/>
       <c r="O29" s="251"/>
       <c r="P29" s="251"/>
       <c r="Q29" s="251"/>
       <c r="R29" s="251"/>
       <c r="S29" s="251"/>
       <c r="T29" s="251"/>
       <c r="U29" s="251"/>
       <c r="V29" s="251"/>
       <c r="W29" s="251"/>
       <c r="X29" s="251"/>
       <c r="Y29" s="251"/>
       <c r="Z29" s="251"/>
       <c r="AA29" s="251"/>
       <c r="AB29" s="251"/>
       <c r="AC29" s="252"/>
       <c r="AD29" s="257"/>
       <c r="AE29" s="258"/>
       <c r="AF29" s="234"/>
       <c r="AG29" s="235"/>
       <c r="AH29" s="17"/>
       <c r="AI29" s="54" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="AJ29" s="54"/>
       <c r="AK29" s="54"/>
       <c r="AL29" s="1"/>
       <c r="AN29" s="47">
         <f>IFERROR(SEARCH("PAC",G27),0)</f>
         <v>0</v>
       </c>
       <c r="AO29" s="47" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ29" s="47">
         <f>IF(G27="Chauffage électrique décentralisé",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR29" s="47" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS29" s="47">
         <f>IF(B27="remplacée",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT29" s="47" t="s">
-        <v>148</v>
+        <v>454</v>
       </c>
       <c r="AU29" s="47">
         <f>IF(AND(AQ29=1,AS29=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV29" s="47" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BC29" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="BO29" s="47" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:75" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="263" t="str">
         <f>IF((OR(G18=BC10, G21=BC10, G24=BC10, G27=BC10)),CONCATENATE("-&gt; "&amp;AR3 &amp;AR4),"")</f>
         <v/>
       </c>
       <c r="C30" s="263"/>
       <c r="D30" s="263"/>
       <c r="E30" s="263"/>
       <c r="F30" s="263"/>
       <c r="G30" s="263"/>
       <c r="H30" s="263"/>
       <c r="I30" s="263"/>
       <c r="J30" s="263"/>
       <c r="K30" s="263"/>
       <c r="L30" s="263"/>
       <c r="M30" s="263"/>
       <c r="N30" s="263"/>
       <c r="O30" s="263"/>
       <c r="P30" s="263"/>
       <c r="Q30" s="263"/>
       <c r="R30" s="263"/>
       <c r="S30" s="263"/>
       <c r="T30" s="263"/>
       <c r="U30" s="263"/>
       <c r="V30" s="263"/>
       <c r="W30" s="263"/>
       <c r="X30" s="263"/>
       <c r="Y30" s="263"/>
       <c r="Z30" s="263"/>
       <c r="AA30" s="263"/>
       <c r="AB30" s="263"/>
       <c r="AC30" s="263"/>
       <c r="AD30" s="263"/>
       <c r="AE30" s="263"/>
       <c r="AF30" s="263"/>
       <c r="AG30" s="263"/>
       <c r="AH30" s="263"/>
       <c r="AI30" s="263"/>
       <c r="AJ30" s="263"/>
       <c r="AK30" s="263"/>
       <c r="AL30" s="1"/>
       <c r="BC30" s="47" t="s">
+        <v>54</v>
+      </c>
+      <c r="BO30" s="47" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="BV30" s="79"/>
     </row>
     <row r="31" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="237"/>
       <c r="C31" s="237"/>
       <c r="D31" s="237"/>
       <c r="E31" s="237"/>
       <c r="F31" s="237"/>
       <c r="G31" s="237"/>
       <c r="H31" s="237"/>
       <c r="I31" s="237"/>
       <c r="J31" s="237"/>
       <c r="K31" s="237"/>
       <c r="L31" s="237"/>
       <c r="M31" s="237"/>
       <c r="N31" s="237"/>
       <c r="O31" s="237"/>
       <c r="P31" s="237"/>
       <c r="Q31" s="237"/>
       <c r="R31" s="237"/>
       <c r="S31" s="237"/>
       <c r="T31" s="237"/>
       <c r="U31" s="237"/>
       <c r="V31" s="237"/>
       <c r="W31" s="237"/>
       <c r="X31" s="237"/>
       <c r="Y31" s="237"/>
       <c r="Z31" s="237"/>
       <c r="AA31" s="237"/>
       <c r="AB31" s="237"/>
       <c r="AC31" s="237"/>
       <c r="AD31" s="237"/>
       <c r="AE31" s="237"/>
       <c r="AF31" s="237"/>
       <c r="AG31" s="237"/>
       <c r="AH31" s="237"/>
       <c r="AI31" s="237"/>
       <c r="AJ31" s="237"/>
       <c r="AK31" s="237"/>
       <c r="AL31" s="1"/>
       <c r="BC31" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO31" s="47" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="BV31" s="79"/>
     </row>
     <row r="32" spans="1:75" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="237"/>
       <c r="C32" s="237"/>
       <c r="D32" s="237"/>
       <c r="E32" s="237"/>
       <c r="F32" s="237"/>
       <c r="G32" s="237"/>
       <c r="H32" s="237"/>
       <c r="I32" s="237"/>
       <c r="J32" s="237"/>
       <c r="K32" s="237"/>
       <c r="L32" s="237"/>
       <c r="M32" s="237"/>
       <c r="N32" s="237"/>
       <c r="O32" s="237"/>
       <c r="P32" s="237"/>
       <c r="Q32" s="237"/>
       <c r="R32" s="237"/>
       <c r="S32" s="237"/>
       <c r="T32" s="237"/>
       <c r="U32" s="237"/>
@@ -25581,148 +25571,148 @@
       <c r="O35" s="264"/>
       <c r="P35" s="264"/>
       <c r="Q35" s="264"/>
       <c r="R35" s="264"/>
       <c r="S35" s="264"/>
       <c r="T35" s="264"/>
       <c r="U35" s="264"/>
       <c r="V35" s="264"/>
       <c r="W35" s="264"/>
       <c r="X35" s="264"/>
       <c r="Y35" s="264"/>
       <c r="Z35" s="264"/>
       <c r="AA35" s="264"/>
       <c r="AB35" s="264"/>
       <c r="AC35" s="264"/>
       <c r="AD35" s="264"/>
       <c r="AE35" s="264"/>
       <c r="AF35" s="264"/>
       <c r="AG35" s="264"/>
       <c r="AH35" s="264"/>
       <c r="AI35" s="264"/>
       <c r="AJ35" s="264"/>
       <c r="AK35" s="264"/>
       <c r="AL35" s="1"/>
       <c r="BC35" s="47" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="BO35" s="47" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="BV35" s="79"/>
     </row>
     <row r="36" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A36" s="1"/>
       <c r="B36" s="264"/>
       <c r="C36" s="264"/>
       <c r="D36" s="264"/>
       <c r="E36" s="264"/>
       <c r="F36" s="264"/>
       <c r="G36" s="264"/>
       <c r="H36" s="264"/>
       <c r="I36" s="264"/>
       <c r="J36" s="264"/>
       <c r="K36" s="264"/>
       <c r="L36" s="264"/>
       <c r="M36" s="264"/>
       <c r="N36" s="264"/>
       <c r="O36" s="264"/>
       <c r="P36" s="264"/>
       <c r="Q36" s="264"/>
       <c r="R36" s="264"/>
       <c r="S36" s="264"/>
       <c r="T36" s="264"/>
       <c r="U36" s="264"/>
       <c r="V36" s="264"/>
       <c r="W36" s="264"/>
       <c r="X36" s="264"/>
       <c r="Y36" s="264"/>
       <c r="Z36" s="264"/>
       <c r="AA36" s="264"/>
       <c r="AB36" s="264"/>
       <c r="AC36" s="264"/>
       <c r="AD36" s="264"/>
       <c r="AE36" s="264"/>
       <c r="AF36" s="264"/>
       <c r="AG36" s="264"/>
       <c r="AH36" s="264"/>
       <c r="AI36" s="264"/>
       <c r="AJ36" s="264"/>
       <c r="AK36" s="264"/>
       <c r="AL36" s="1"/>
       <c r="BC36" s="47" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="37" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="237">
         <f>IF(OR(AN18&lt;&gt;0,AN19&lt;&gt;0,AN22&lt;&gt;0,AN21&lt;&gt;0,AN24&lt;&gt;0,AN25&lt;&gt;0,AN27&lt;&gt;0,AN28&lt;&gt;0),"-&gt; L'autorité compétente requiert un préavis du service pour toute mise en place d'une installation de production de chaleur recourant à des agents énergétiques fossiles selon art.54 al.2 LcEne",0)</f>
         <v>0</v>
       </c>
       <c r="C37" s="237"/>
       <c r="D37" s="237"/>
       <c r="E37" s="237"/>
       <c r="F37" s="237"/>
       <c r="G37" s="237"/>
       <c r="H37" s="237"/>
       <c r="I37" s="237"/>
       <c r="J37" s="237"/>
       <c r="K37" s="237"/>
       <c r="L37" s="237"/>
       <c r="M37" s="237"/>
       <c r="N37" s="237"/>
       <c r="O37" s="237"/>
       <c r="P37" s="237"/>
       <c r="Q37" s="237"/>
       <c r="R37" s="237"/>
       <c r="S37" s="237"/>
       <c r="T37" s="237"/>
       <c r="U37" s="237"/>
       <c r="V37" s="237"/>
       <c r="W37" s="237"/>
       <c r="X37" s="237"/>
       <c r="Y37" s="237"/>
       <c r="Z37" s="237"/>
       <c r="AA37" s="237"/>
       <c r="AB37" s="237"/>
       <c r="AC37" s="237"/>
       <c r="AD37" s="237"/>
       <c r="AE37" s="237"/>
       <c r="AF37" s="237"/>
       <c r="AG37" s="237"/>
       <c r="AH37" s="237"/>
       <c r="AI37" s="237"/>
       <c r="AJ37" s="237"/>
       <c r="AK37" s="237"/>
       <c r="AL37" s="1"/>
       <c r="AN37" s="47">
         <f>IF(B37&lt;&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO37" s="47" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
       <c r="B38" s="237"/>
       <c r="C38" s="237"/>
       <c r="D38" s="237"/>
       <c r="E38" s="237"/>
       <c r="F38" s="237"/>
       <c r="G38" s="237"/>
       <c r="H38" s="237"/>
       <c r="I38" s="237"/>
       <c r="J38" s="237"/>
       <c r="K38" s="237"/>
       <c r="L38" s="237"/>
       <c r="M38" s="237"/>
       <c r="N38" s="237"/>
       <c r="O38" s="237"/>
       <c r="P38" s="237"/>
       <c r="Q38" s="237"/>
       <c r="R38" s="237"/>
       <c r="S38" s="237"/>
       <c r="T38" s="237"/>
       <c r="U38" s="237"/>
       <c r="V38" s="237"/>
@@ -25765,101 +25755,101 @@
       <c r="S39" s="82"/>
       <c r="T39" s="82"/>
       <c r="U39" s="82"/>
       <c r="V39" s="82"/>
       <c r="W39" s="82"/>
       <c r="X39" s="82"/>
       <c r="Y39" s="82"/>
       <c r="Z39" s="82"/>
       <c r="AA39" s="82"/>
       <c r="AB39" s="82"/>
       <c r="AC39" s="19"/>
       <c r="AD39" s="19"/>
       <c r="AE39" s="19"/>
       <c r="AF39" s="19"/>
       <c r="AG39" s="19"/>
       <c r="AH39" s="19"/>
       <c r="AI39" s="19"/>
       <c r="AJ39" s="19"/>
       <c r="AK39" s="19"/>
       <c r="AL39" s="1"/>
       <c r="AN39" s="47">
         <f>IF(B39&lt;&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO39" s="47" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="237">
         <f>IF(OR(AU20=1,AU23=1,AU26=1,AU29=1),"-&gt; Fournir dossier de justification selon art.63 OcEne pour le remplacement des chauffages électriques décentralisés",0)</f>
         <v>0</v>
       </c>
       <c r="C40" s="237"/>
       <c r="D40" s="237"/>
       <c r="E40" s="237"/>
       <c r="F40" s="237"/>
       <c r="G40" s="237"/>
       <c r="H40" s="237"/>
       <c r="I40" s="237"/>
       <c r="J40" s="237"/>
       <c r="K40" s="237"/>
       <c r="L40" s="237"/>
       <c r="M40" s="237"/>
       <c r="N40" s="237"/>
       <c r="O40" s="237"/>
       <c r="P40" s="237"/>
       <c r="Q40" s="237"/>
       <c r="R40" s="237"/>
       <c r="S40" s="237"/>
       <c r="T40" s="237"/>
       <c r="U40" s="237"/>
       <c r="V40" s="237"/>
       <c r="W40" s="237"/>
       <c r="X40" s="237"/>
       <c r="Y40" s="237"/>
       <c r="Z40" s="237"/>
       <c r="AA40" s="237"/>
       <c r="AB40" s="237"/>
       <c r="AC40" s="237"/>
       <c r="AD40" s="237"/>
       <c r="AE40" s="237"/>
       <c r="AF40" s="237"/>
       <c r="AG40" s="237"/>
       <c r="AH40" s="237"/>
       <c r="AI40" s="237"/>
       <c r="AJ40" s="237"/>
       <c r="AK40" s="237"/>
       <c r="AL40" s="1"/>
       <c r="AN40" s="47">
         <f>IF(B40&lt;&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO40" s="47" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:74" x14ac:dyDescent="0.25">
       <c r="A41" s="1"/>
       <c r="B41" s="67" t="str">
         <f>IF((OR(B18=AX4, B21=AX4, B24=AX4, B27=AX4)),"-&gt; Fournir EN-VS-120 en cas de remplacement de producteur de chaleur","")</f>
         <v/>
       </c>
       <c r="C41" s="68"/>
       <c r="D41" s="68"/>
       <c r="E41" s="68"/>
       <c r="F41" s="68"/>
       <c r="G41" s="68"/>
       <c r="H41" s="68"/>
       <c r="I41" s="68"/>
       <c r="J41" s="68"/>
       <c r="K41" s="68"/>
       <c r="L41" s="68"/>
       <c r="M41" s="68"/>
       <c r="N41" s="68"/>
       <c r="O41" s="68"/>
       <c r="P41" s="68"/>
       <c r="Q41" s="68"/>
       <c r="R41" s="68"/>
       <c r="S41" s="68"/>
@@ -25904,233 +25894,233 @@
       <c r="R42" s="19"/>
       <c r="S42" s="19"/>
       <c r="T42" s="19"/>
       <c r="U42" s="19"/>
       <c r="V42" s="19"/>
       <c r="W42" s="19"/>
       <c r="X42" s="19"/>
       <c r="Y42" s="19"/>
       <c r="Z42" s="19"/>
       <c r="AA42" s="19"/>
       <c r="AB42" s="19"/>
       <c r="AC42" s="19"/>
       <c r="AD42" s="19"/>
       <c r="AE42" s="19"/>
       <c r="AF42" s="19"/>
       <c r="AG42" s="19"/>
       <c r="AH42" s="19"/>
       <c r="AI42" s="19"/>
       <c r="AJ42" s="19"/>
       <c r="AK42" s="19"/>
       <c r="AL42" s="1"/>
     </row>
     <row r="43" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="236"/>
       <c r="P43" s="236"/>
       <c r="Q43" s="236"/>
       <c r="R43" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="20"/>
       <c r="Z43" s="20"/>
       <c r="AA43" s="20"/>
       <c r="AB43" s="20"/>
       <c r="AC43" s="20"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="236"/>
       <c r="AG43" s="236"/>
       <c r="AH43" s="236"/>
       <c r="AI43" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ43" s="20"/>
       <c r="AK43" s="20"/>
       <c r="AL43" s="1"/>
     </row>
     <row r="44" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="19"/>
       <c r="H44" s="19"/>
       <c r="I44" s="19"/>
       <c r="J44" s="19"/>
       <c r="K44" s="261" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="L44" s="261"/>
       <c r="M44" s="261"/>
       <c r="N44" s="261"/>
       <c r="O44" s="261"/>
       <c r="P44" s="261"/>
       <c r="Q44" s="261"/>
       <c r="R44" s="19"/>
       <c r="S44" s="19"/>
       <c r="T44" s="19"/>
       <c r="U44" s="262" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="V44" s="262"/>
       <c r="W44" s="262"/>
       <c r="X44" s="262"/>
       <c r="Y44" s="262"/>
       <c r="Z44" s="262"/>
       <c r="AA44" s="262"/>
       <c r="AB44" s="262"/>
       <c r="AC44" s="262"/>
       <c r="AD44" s="262"/>
       <c r="AE44" s="262"/>
       <c r="AF44" s="85"/>
       <c r="AG44" s="85"/>
       <c r="AH44" s="85"/>
       <c r="AI44" s="1"/>
       <c r="AJ44" s="1"/>
       <c r="AK44" s="1"/>
       <c r="AL44" s="1"/>
     </row>
     <row r="45" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="275"/>
       <c r="P45" s="275"/>
       <c r="Q45" s="275"/>
       <c r="R45" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="262"/>
       <c r="V45" s="262"/>
       <c r="W45" s="262"/>
       <c r="X45" s="262"/>
       <c r="Y45" s="262"/>
       <c r="Z45" s="262"/>
       <c r="AA45" s="262"/>
       <c r="AB45" s="262"/>
       <c r="AC45" s="262"/>
       <c r="AD45" s="262"/>
       <c r="AE45" s="262"/>
       <c r="AF45" s="276" t="str">
         <f>IFERROR(O45*1000/O43,"")</f>
         <v/>
       </c>
       <c r="AG45" s="276"/>
       <c r="AH45" s="276"/>
       <c r="AI45" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="AJ45" s="1"/>
       <c r="AK45" s="1"/>
       <c r="AL45" s="1"/>
     </row>
     <row r="46" spans="1:74" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="270"/>
       <c r="P46" s="270"/>
       <c r="Q46" s="270"/>
       <c r="R46" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
       <c r="Y46" s="1"/>
       <c r="Z46" s="1"/>
       <c r="AA46" s="1"/>
       <c r="AB46" s="1"/>
       <c r="AC46" s="1"/>
       <c r="AD46" s="1"/>
       <c r="AE46" s="1"/>
       <c r="AF46" s="271"/>
       <c r="AG46" s="271"/>
       <c r="AH46" s="271"/>
       <c r="AI46" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AJ46" s="1"/>
       <c r="AK46" s="1"/>
       <c r="AL46" s="1"/>
     </row>
     <row r="47" spans="1:74" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="57" t="str">
         <f>IF(O45&lt;O46,"Attention, la puissance installée est inférieure à la puissance calculée","")</f>
         <v/>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="3"/>
       <c r="P47" s="3"/>
@@ -26141,151 +26131,151 @@
       <c r="U47" s="57" t="str">
         <f>IF(AF46/2&gt;O46,"La puissance de secours dépasse 50% de la puissance calculée","")</f>
         <v/>
       </c>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
       <c r="AC47" s="1"/>
       <c r="AD47" s="1"/>
       <c r="AE47" s="1"/>
       <c r="AF47" s="83"/>
       <c r="AG47" s="83"/>
       <c r="AH47" s="83"/>
       <c r="AI47" s="1"/>
       <c r="AJ47" s="1"/>
       <c r="AK47" s="1"/>
       <c r="AL47" s="1"/>
     </row>
     <row r="48" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
       <c r="B48" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="20"/>
       <c r="Z48" s="20"/>
       <c r="AA48" s="75"/>
       <c r="AB48" s="20"/>
       <c r="AC48" s="20"/>
       <c r="AD48" s="20"/>
       <c r="AE48" s="20"/>
       <c r="AF48" s="20"/>
       <c r="AG48" s="20"/>
       <c r="AH48" s="20"/>
       <c r="AI48" s="20"/>
       <c r="AJ48" s="20"/>
       <c r="AK48" s="20"/>
       <c r="AL48" s="1"/>
     </row>
     <row r="49" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
       <c r="B49" s="1"/>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
       <c r="X49" s="1"/>
       <c r="Y49" s="3"/>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="3"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
       <c r="AF49" s="3"/>
       <c r="AG49" s="3"/>
       <c r="AH49" s="3"/>
       <c r="AI49" s="3"/>
       <c r="AJ49" s="3"/>
       <c r="AK49" s="3"/>
       <c r="AL49" s="1"/>
     </row>
     <row r="50" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="B50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
       <c r="Z50" s="1"/>
       <c r="AA50" s="1"/>
       <c r="AB50" s="1"/>
       <c r="AC50" s="1"/>
       <c r="AD50" s="1"/>
       <c r="AE50" s="1"/>
       <c r="AF50" s="1"/>
       <c r="AG50" s="1"/>
       <c r="AH50" s="1"/>
       <c r="AI50" s="1"/>
       <c r="AJ50" s="1"/>
       <c r="AK50" s="1"/>
       <c r="AL50" s="1"/>
     </row>
     <row r="51" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -26309,73 +26299,73 @@
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
       <c r="X51" s="1"/>
       <c r="Y51" s="1"/>
       <c r="Z51" s="1"/>
       <c r="AA51" s="1"/>
       <c r="AB51" s="1"/>
       <c r="AC51" s="1"/>
       <c r="AD51" s="1"/>
       <c r="AE51" s="1"/>
       <c r="AF51" s="1"/>
       <c r="AG51" s="1"/>
       <c r="AH51" s="1"/>
       <c r="AI51" s="1"/>
       <c r="AJ51" s="1"/>
       <c r="AK51" s="1"/>
       <c r="AL51" s="1"/>
     </row>
     <row r="52" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="69"/>
       <c r="N52" s="69"/>
       <c r="O52" s="69"/>
       <c r="P52" s="69"/>
       <c r="Q52" s="69"/>
       <c r="R52" s="69"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="22"/>
       <c r="V52" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="W52" s="251"/>
       <c r="X52" s="251"/>
       <c r="Y52" s="251"/>
       <c r="Z52" s="251"/>
       <c r="AA52" s="251"/>
       <c r="AB52" s="251"/>
       <c r="AC52" s="251"/>
       <c r="AD52" s="251"/>
       <c r="AE52" s="251"/>
       <c r="AF52" s="251"/>
       <c r="AG52" s="251"/>
       <c r="AH52" s="251"/>
       <c r="AI52" s="251"/>
       <c r="AJ52" s="251"/>
       <c r="AK52" s="251"/>
       <c r="AL52" s="1"/>
       <c r="AN52" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:42" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="1"/>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
@@ -26396,90 +26386,90 @@
       <c r="R53" s="7"/>
       <c r="S53" s="7"/>
       <c r="T53" s="7"/>
       <c r="U53" s="7"/>
       <c r="V53" s="7"/>
       <c r="W53" s="7"/>
       <c r="X53" s="7"/>
       <c r="Y53" s="7"/>
       <c r="Z53" s="7"/>
       <c r="AA53" s="7"/>
       <c r="AB53" s="7"/>
       <c r="AC53" s="7"/>
       <c r="AD53" s="7"/>
       <c r="AE53" s="7"/>
       <c r="AF53" s="7"/>
       <c r="AG53" s="7"/>
       <c r="AH53" s="7"/>
       <c r="AI53" s="7"/>
       <c r="AJ53" s="7"/>
       <c r="AK53" s="7"/>
       <c r="AL53" s="1"/>
     </row>
     <row r="54" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="140" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="C54" s="140"/>
       <c r="D54" s="140"/>
       <c r="E54" s="140"/>
       <c r="F54" s="140"/>
       <c r="G54" s="140"/>
       <c r="H54" s="140"/>
       <c r="I54" s="140"/>
       <c r="J54" s="140"/>
       <c r="K54" s="140"/>
       <c r="L54" s="140"/>
       <c r="M54" s="140"/>
       <c r="N54" s="140"/>
       <c r="O54" s="140"/>
       <c r="P54" s="140"/>
       <c r="Q54" s="140"/>
       <c r="R54" s="140"/>
       <c r="S54" s="140"/>
       <c r="T54" s="140"/>
       <c r="U54" s="140"/>
       <c r="V54" s="140"/>
       <c r="W54" s="140"/>
       <c r="X54" s="140"/>
       <c r="Y54" s="140"/>
       <c r="Z54" s="140"/>
       <c r="AA54" s="140"/>
       <c r="AB54" s="140"/>
       <c r="AC54" s="140"/>
       <c r="AD54" s="140"/>
       <c r="AE54" s="140"/>
       <c r="AF54" s="140"/>
       <c r="AG54" s="140"/>
       <c r="AH54" s="140"/>
       <c r="AI54" s="140"/>
       <c r="AJ54" s="140"/>
       <c r="AK54" s="140"/>
       <c r="AL54" s="1"/>
       <c r="AN54" s="47" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="AO54" s="47">
         <f>IF(SUM(AP54:AP57)&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AP54" s="47">
         <f>IFERROR(SEARCH("PAC air/eau",G18),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="127"/>
       <c r="C55" s="127"/>
       <c r="D55" s="127"/>
       <c r="E55" s="127"/>
       <c r="F55" s="127"/>
       <c r="G55" s="127"/>
       <c r="H55" s="127"/>
       <c r="I55" s="127"/>
       <c r="J55" s="127"/>
       <c r="K55" s="127"/>
       <c r="L55" s="127"/>
       <c r="M55" s="127"/>
       <c r="N55" s="127"/>
@@ -26494,51 +26484,51 @@
       <c r="W55" s="127"/>
       <c r="X55" s="127"/>
       <c r="Y55" s="127"/>
       <c r="Z55" s="127"/>
       <c r="AA55" s="127"/>
       <c r="AB55" s="127"/>
       <c r="AC55" s="127"/>
       <c r="AD55" s="127"/>
       <c r="AE55" s="127"/>
       <c r="AF55" s="127"/>
       <c r="AG55" s="127"/>
       <c r="AH55" s="127"/>
       <c r="AI55" s="127"/>
       <c r="AJ55" s="127"/>
       <c r="AK55" s="127"/>
       <c r="AL55" s="1"/>
       <c r="AP55" s="47">
         <f>IFERROR(SEARCH("PAC air/eau",G21),0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="127"/>
       <c r="B56" s="127"/>
       <c r="C56" s="265" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D56" s="265"/>
       <c r="E56" s="265"/>
       <c r="F56" s="265"/>
       <c r="G56" s="265"/>
       <c r="H56" s="265"/>
       <c r="I56" s="265"/>
       <c r="J56" s="265"/>
       <c r="K56" s="265"/>
       <c r="L56" s="265"/>
       <c r="M56" s="265"/>
       <c r="N56" s="265"/>
       <c r="O56" s="265"/>
       <c r="P56" s="265"/>
       <c r="Q56" s="127"/>
       <c r="R56" s="128"/>
       <c r="S56" s="128"/>
       <c r="T56" s="128"/>
       <c r="U56" s="128"/>
       <c r="V56" s="128"/>
       <c r="W56" s="128"/>
       <c r="X56" s="266"/>
       <c r="Y56" s="267"/>
       <c r="Z56" s="267"/>
       <c r="AA56" s="267"/>
@@ -26628,51 +26618,51 @@
       <c r="T58" s="127"/>
       <c r="U58" s="127"/>
       <c r="V58" s="127"/>
       <c r="W58" s="127"/>
       <c r="X58" s="267"/>
       <c r="Y58" s="267"/>
       <c r="Z58" s="267"/>
       <c r="AA58" s="267"/>
       <c r="AB58" s="267"/>
       <c r="AC58" s="127"/>
       <c r="AD58" s="127"/>
       <c r="AE58" s="127"/>
       <c r="AF58" s="127"/>
       <c r="AG58" s="127"/>
       <c r="AH58" s="127"/>
       <c r="AI58" s="127"/>
       <c r="AJ58" s="127"/>
       <c r="AK58" s="127"/>
       <c r="AL58" s="127"/>
     </row>
     <row r="59" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="127"/>
       <c r="B59" s="127"/>
       <c r="C59" s="127"/>
       <c r="D59" s="268" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="E59" s="268"/>
       <c r="F59" s="268"/>
       <c r="G59" s="268"/>
       <c r="H59" s="268"/>
       <c r="I59" s="268"/>
       <c r="J59" s="268"/>
       <c r="K59" s="268"/>
       <c r="L59" s="268"/>
       <c r="M59" s="268"/>
       <c r="N59" s="268"/>
       <c r="O59" s="268"/>
       <c r="P59" s="268"/>
       <c r="Q59" s="127"/>
       <c r="R59" s="128"/>
       <c r="S59" s="128"/>
       <c r="T59" s="128"/>
       <c r="U59" s="128"/>
       <c r="V59" s="128"/>
       <c r="W59" s="128"/>
       <c r="X59" s="137"/>
       <c r="Y59" s="137"/>
       <c r="Z59" s="127"/>
       <c r="AA59" s="127"/>
       <c r="AB59" s="127"/>
@@ -26749,51 +26739,51 @@
       <c r="S61" s="127"/>
       <c r="T61" s="127"/>
       <c r="U61" s="127"/>
       <c r="V61" s="127"/>
       <c r="W61" s="127"/>
       <c r="X61" s="137"/>
       <c r="Y61" s="137"/>
       <c r="Z61" s="127"/>
       <c r="AA61" s="127"/>
       <c r="AB61" s="127"/>
       <c r="AC61" s="127"/>
       <c r="AD61" s="127"/>
       <c r="AE61" s="127"/>
       <c r="AF61" s="127"/>
       <c r="AG61" s="127"/>
       <c r="AH61" s="127"/>
       <c r="AI61" s="127"/>
       <c r="AJ61" s="127"/>
       <c r="AK61" s="127"/>
       <c r="AL61" s="127"/>
     </row>
     <row r="62" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="127"/>
       <c r="B62" s="124"/>
       <c r="C62" s="265" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D62" s="265"/>
       <c r="E62" s="265"/>
       <c r="F62" s="265"/>
       <c r="G62" s="265"/>
       <c r="H62" s="265"/>
       <c r="I62" s="265"/>
       <c r="J62" s="265"/>
       <c r="K62" s="265"/>
       <c r="L62" s="265"/>
       <c r="M62" s="265"/>
       <c r="N62" s="265"/>
       <c r="O62" s="265"/>
       <c r="P62" s="265"/>
       <c r="Q62" s="127"/>
       <c r="R62" s="128"/>
       <c r="S62" s="128"/>
       <c r="T62" s="128"/>
       <c r="U62" s="128"/>
       <c r="V62" s="128"/>
       <c r="W62" s="128"/>
       <c r="X62" s="137"/>
       <c r="Y62" s="137"/>
       <c r="Z62" s="127"/>
       <c r="AA62" s="127"/>
@@ -26960,169 +26950,169 @@
       <c r="R66" s="139"/>
       <c r="S66" s="139"/>
       <c r="T66" s="139"/>
       <c r="U66" s="139"/>
       <c r="V66" s="139"/>
       <c r="W66" s="139"/>
       <c r="X66" s="139"/>
       <c r="Y66" s="139"/>
       <c r="Z66" s="139"/>
       <c r="AA66" s="139"/>
       <c r="AB66" s="139"/>
       <c r="AC66" s="139"/>
       <c r="AD66" s="139"/>
       <c r="AE66" s="139"/>
       <c r="AF66" s="139"/>
       <c r="AG66" s="139"/>
       <c r="AH66" s="139"/>
       <c r="AI66" s="139"/>
       <c r="AJ66" s="139"/>
       <c r="AK66" s="139"/>
       <c r="AL66" s="1"/>
     </row>
     <row r="67" spans="1:85" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="1"/>
       <c r="B67" s="272" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C67" s="272"/>
       <c r="D67" s="272"/>
       <c r="E67" s="272"/>
       <c r="F67" s="272"/>
       <c r="G67" s="272"/>
       <c r="H67" s="272"/>
       <c r="I67" s="272"/>
       <c r="J67" s="272"/>
       <c r="K67" s="272"/>
       <c r="L67" s="272"/>
       <c r="M67" s="272"/>
       <c r="N67" s="272"/>
       <c r="O67" s="272"/>
       <c r="P67" s="272"/>
       <c r="Q67" s="272"/>
       <c r="R67" s="272"/>
       <c r="S67" s="272"/>
       <c r="T67" s="272"/>
       <c r="U67" s="272"/>
       <c r="V67" s="272"/>
       <c r="W67" s="272"/>
       <c r="X67" s="272"/>
       <c r="Y67" s="272"/>
       <c r="Z67" s="272"/>
       <c r="AA67" s="272"/>
       <c r="AB67" s="272"/>
       <c r="AC67" s="272"/>
       <c r="AD67" s="272"/>
       <c r="AE67" s="272"/>
       <c r="AF67" s="272"/>
       <c r="AG67" s="272"/>
       <c r="AH67" s="272"/>
       <c r="AI67" s="272"/>
       <c r="AJ67" s="272"/>
       <c r="AK67" s="272"/>
       <c r="AL67" s="1"/>
     </row>
     <row r="68" spans="1:85" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="20" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C68" s="20"/>
       <c r="D68" s="20"/>
       <c r="E68" s="20"/>
       <c r="F68" s="20"/>
       <c r="G68" s="20"/>
       <c r="H68" s="20"/>
       <c r="I68" s="20"/>
       <c r="J68" s="20"/>
       <c r="K68" s="20"/>
       <c r="L68" s="20"/>
       <c r="M68" s="20"/>
       <c r="N68" s="20"/>
       <c r="O68" s="70"/>
       <c r="P68" s="70"/>
       <c r="Q68" s="70"/>
       <c r="R68" s="70"/>
       <c r="S68" s="70"/>
       <c r="T68" s="70"/>
       <c r="U68" s="20"/>
       <c r="V68" s="20"/>
       <c r="W68" s="20"/>
       <c r="X68" s="22"/>
       <c r="Y68" s="22" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="Z68" s="242"/>
       <c r="AA68" s="242"/>
       <c r="AB68" s="242"/>
       <c r="AC68" s="242"/>
       <c r="AD68" s="242"/>
       <c r="AE68" s="242"/>
       <c r="AF68" s="242"/>
       <c r="AG68" s="242"/>
       <c r="AH68" s="242"/>
       <c r="AI68" s="242"/>
       <c r="AJ68" s="242"/>
       <c r="AK68" s="242"/>
       <c r="AL68" s="1"/>
       <c r="AN68" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:85" s="74" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="71"/>
       <c r="B69" s="72" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C69" s="72"/>
       <c r="D69" s="72"/>
       <c r="E69" s="72"/>
       <c r="F69" s="72"/>
       <c r="G69" s="72"/>
       <c r="H69" s="72"/>
       <c r="I69" s="72"/>
       <c r="J69" s="72"/>
       <c r="K69" s="72"/>
       <c r="L69" s="72"/>
       <c r="M69" s="72"/>
       <c r="N69" s="72"/>
       <c r="O69" s="72"/>
       <c r="P69" s="72" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="Q69" s="72"/>
       <c r="R69" s="72"/>
       <c r="S69" s="72"/>
       <c r="T69" s="72"/>
       <c r="U69" s="72" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="V69" s="72"/>
       <c r="W69" s="72"/>
       <c r="X69" s="72"/>
       <c r="Y69" s="72" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="Z69" s="72"/>
       <c r="AA69" s="72"/>
       <c r="AB69" s="273"/>
       <c r="AC69" s="273"/>
       <c r="AD69" s="273"/>
       <c r="AE69" s="273"/>
       <c r="AF69" s="273"/>
       <c r="AG69" s="273"/>
       <c r="AH69" s="273"/>
       <c r="AI69" s="273"/>
       <c r="AJ69" s="273"/>
       <c r="AK69" s="273"/>
       <c r="AL69" s="71"/>
       <c r="AM69" s="73"/>
       <c r="AN69" s="73"/>
       <c r="AO69" s="73"/>
       <c r="AP69" s="73"/>
       <c r="AQ69" s="73"/>
       <c r="AR69" s="73"/>
       <c r="AS69" s="73"/>
       <c r="AT69" s="73"/>
       <c r="AU69" s="73"/>
       <c r="AV69" s="73"/>
       <c r="AW69" s="73"/>
@@ -27184,51 +27174,51 @@
       <c r="R70" s="20"/>
       <c r="S70" s="20"/>
       <c r="T70" s="20"/>
       <c r="U70" s="20"/>
       <c r="V70" s="20"/>
       <c r="W70" s="20"/>
       <c r="X70" s="20"/>
       <c r="Y70" s="20"/>
       <c r="Z70" s="20"/>
       <c r="AA70" s="20"/>
       <c r="AB70" s="20"/>
       <c r="AC70" s="20"/>
       <c r="AD70" s="20"/>
       <c r="AE70" s="20"/>
       <c r="AF70" s="20"/>
       <c r="AG70" s="20"/>
       <c r="AH70" s="20"/>
       <c r="AI70" s="20"/>
       <c r="AJ70" s="20"/>
       <c r="AK70" s="20"/>
       <c r="AL70" s="1"/>
     </row>
     <row r="71" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="1"/>
       <c r="B71" s="20" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C71" s="20"/>
       <c r="D71" s="20"/>
       <c r="E71" s="20"/>
       <c r="F71" s="20"/>
       <c r="G71" s="20"/>
       <c r="H71" s="20"/>
       <c r="I71" s="20"/>
       <c r="J71" s="20"/>
       <c r="K71" s="20"/>
       <c r="L71" s="20"/>
       <c r="M71" s="20"/>
       <c r="N71" s="20"/>
       <c r="O71" s="248"/>
       <c r="P71" s="248"/>
       <c r="Q71" s="248"/>
       <c r="R71" s="248"/>
       <c r="S71" s="248"/>
       <c r="T71" s="248"/>
       <c r="U71" s="248"/>
       <c r="V71" s="248"/>
       <c r="W71" s="248"/>
       <c r="X71" s="248"/>
       <c r="Y71" s="248"/>
       <c r="Z71" s="248"/>
@@ -27306,602 +27296,602 @@
       <c r="R73" s="23"/>
       <c r="S73" s="23"/>
       <c r="T73" s="23"/>
       <c r="U73" s="23"/>
       <c r="V73" s="23"/>
       <c r="W73" s="23"/>
       <c r="X73" s="23"/>
       <c r="Y73" s="23"/>
       <c r="Z73" s="23"/>
       <c r="AA73" s="23"/>
       <c r="AB73" s="23"/>
       <c r="AC73" s="23"/>
       <c r="AD73" s="23"/>
       <c r="AE73" s="23"/>
       <c r="AF73" s="23"/>
       <c r="AG73" s="23"/>
       <c r="AH73" s="23"/>
       <c r="AI73" s="23"/>
       <c r="AJ73" s="23"/>
       <c r="AK73" s="23"/>
       <c r="AL73" s="1"/>
     </row>
     <row r="74" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="1"/>
       <c r="B74" s="34" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C74" s="34"/>
       <c r="D74" s="34"/>
       <c r="E74" s="34"/>
       <c r="F74" s="34"/>
       <c r="G74" s="34"/>
       <c r="H74" s="34"/>
       <c r="I74" s="34"/>
       <c r="J74" s="34"/>
       <c r="K74" s="75"/>
       <c r="L74" s="34"/>
       <c r="M74" s="34"/>
       <c r="N74" s="34"/>
       <c r="O74" s="34"/>
       <c r="P74" s="34"/>
       <c r="Q74" s="34"/>
       <c r="R74" s="34"/>
       <c r="S74" s="34"/>
       <c r="T74" s="34"/>
       <c r="U74" s="34"/>
       <c r="V74" s="34"/>
       <c r="W74" s="34"/>
       <c r="X74" s="34"/>
       <c r="Y74" s="34"/>
       <c r="Z74" s="34"/>
       <c r="AA74" s="34"/>
       <c r="AB74" s="34"/>
       <c r="AC74" s="34"/>
       <c r="AD74" s="34"/>
       <c r="AE74" s="34"/>
       <c r="AF74" s="34"/>
       <c r="AG74" s="34"/>
       <c r="AH74" s="34"/>
       <c r="AI74" s="34"/>
       <c r="AJ74" s="34"/>
       <c r="AK74" s="34"/>
       <c r="AL74" s="1"/>
     </row>
     <row r="75" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
       <c r="B75" s="269" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C75" s="269"/>
       <c r="D75" s="269"/>
       <c r="E75" s="269"/>
       <c r="F75" s="269"/>
       <c r="G75" s="269"/>
       <c r="H75" s="269"/>
       <c r="I75" s="269"/>
       <c r="J75" s="269"/>
       <c r="K75" s="269"/>
       <c r="L75" s="24"/>
       <c r="M75" s="24"/>
       <c r="N75" s="25" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="O75" s="24"/>
       <c r="P75" s="24"/>
       <c r="Q75" s="24"/>
       <c r="R75" s="24"/>
       <c r="S75" s="24"/>
       <c r="T75" s="24"/>
       <c r="U75" s="25" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="V75" s="24"/>
       <c r="W75" s="24"/>
       <c r="X75" s="24"/>
       <c r="Y75" s="25" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="Z75" s="24"/>
       <c r="AA75" s="24"/>
       <c r="AB75" s="24"/>
       <c r="AC75" s="24"/>
       <c r="AD75" s="24"/>
       <c r="AE75" s="25" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="AF75" s="24"/>
       <c r="AG75" s="24"/>
       <c r="AH75" s="24"/>
       <c r="AI75" s="24"/>
       <c r="AJ75" s="24"/>
       <c r="AK75" s="24"/>
       <c r="AL75" s="1"/>
     </row>
     <row r="76" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="269" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C76" s="269"/>
       <c r="D76" s="269"/>
       <c r="E76" s="269"/>
       <c r="F76" s="269"/>
       <c r="G76" s="269"/>
       <c r="H76" s="269"/>
       <c r="I76" s="269"/>
       <c r="J76" s="269"/>
       <c r="K76" s="269"/>
       <c r="L76" s="24"/>
       <c r="M76" s="24"/>
       <c r="N76" s="26"/>
       <c r="O76" s="26"/>
       <c r="P76" s="26"/>
       <c r="Q76" s="26"/>
       <c r="R76" s="26"/>
       <c r="S76" s="26"/>
       <c r="T76" s="26"/>
       <c r="U76" s="26"/>
       <c r="V76" s="26"/>
       <c r="W76" s="26"/>
       <c r="X76" s="26"/>
       <c r="Y76" s="27" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="Z76" s="26"/>
       <c r="AA76" s="26"/>
       <c r="AB76" s="26"/>
       <c r="AC76" s="26"/>
       <c r="AD76" s="26"/>
       <c r="AE76" s="27" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="AF76" s="26"/>
       <c r="AG76" s="26"/>
       <c r="AH76" s="26"/>
       <c r="AI76" s="26"/>
       <c r="AJ76" s="26"/>
       <c r="AK76" s="26"/>
       <c r="AL76" s="1"/>
     </row>
     <row r="77" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="280" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C77" s="280"/>
       <c r="D77" s="280"/>
       <c r="E77" s="280"/>
       <c r="F77" s="280"/>
       <c r="G77" s="280"/>
       <c r="H77" s="280"/>
       <c r="I77" s="280"/>
       <c r="J77" s="280"/>
       <c r="K77" s="280"/>
       <c r="L77" s="25"/>
       <c r="M77" s="25"/>
       <c r="N77" s="185" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="O77" s="185"/>
       <c r="P77" s="185"/>
       <c r="Q77" s="185"/>
       <c r="R77" s="185"/>
       <c r="S77" s="185"/>
       <c r="T77" s="281" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="U77" s="281"/>
       <c r="V77" s="281"/>
       <c r="W77" s="281"/>
       <c r="X77" s="281"/>
       <c r="Y77" s="25"/>
       <c r="Z77" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AA77" s="25"/>
       <c r="AB77" s="25"/>
       <c r="AC77" s="25"/>
       <c r="AD77" s="25"/>
       <c r="AE77" s="25"/>
       <c r="AF77" s="25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AG77" s="25"/>
       <c r="AH77" s="25"/>
       <c r="AI77" s="25"/>
       <c r="AJ77" s="25"/>
       <c r="AK77" s="24"/>
       <c r="AL77" s="1"/>
     </row>
     <row r="78" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="28"/>
       <c r="C78" s="28"/>
       <c r="D78" s="28"/>
       <c r="E78" s="28"/>
       <c r="F78" s="28"/>
       <c r="G78" s="28"/>
       <c r="H78" s="28"/>
       <c r="I78" s="28"/>
       <c r="J78" s="28"/>
       <c r="K78" s="28"/>
       <c r="L78" s="25"/>
       <c r="M78" s="25"/>
       <c r="N78" s="188" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O78" s="188"/>
       <c r="P78" s="188"/>
       <c r="Q78" s="188"/>
       <c r="R78" s="188"/>
       <c r="S78" s="188"/>
       <c r="T78" s="274" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U78" s="274"/>
       <c r="V78" s="274"/>
       <c r="W78" s="274"/>
       <c r="X78" s="274"/>
       <c r="Y78" s="25"/>
       <c r="Z78" s="25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA78" s="25"/>
       <c r="AB78" s="25"/>
       <c r="AC78" s="25"/>
       <c r="AD78" s="25"/>
       <c r="AE78" s="25"/>
       <c r="AF78" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AG78" s="25"/>
       <c r="AH78" s="25"/>
       <c r="AI78" s="25"/>
       <c r="AJ78" s="25"/>
       <c r="AK78" s="24"/>
       <c r="AL78" s="1"/>
     </row>
     <row r="79" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
       <c r="B79" s="28"/>
       <c r="C79" s="28"/>
       <c r="D79" s="28"/>
       <c r="E79" s="28"/>
       <c r="F79" s="28"/>
       <c r="G79" s="28"/>
       <c r="H79" s="28"/>
       <c r="I79" s="28"/>
       <c r="J79" s="28"/>
       <c r="K79" s="28"/>
       <c r="L79" s="25"/>
       <c r="M79" s="25"/>
       <c r="N79" s="188" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="O79" s="188"/>
       <c r="P79" s="188"/>
       <c r="Q79" s="188"/>
       <c r="R79" s="188"/>
       <c r="S79" s="188"/>
       <c r="T79" s="274" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="U79" s="274"/>
       <c r="V79" s="274"/>
       <c r="W79" s="274"/>
       <c r="X79" s="274"/>
       <c r="Y79" s="25"/>
       <c r="Z79" s="25" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AA79" s="25"/>
       <c r="AB79" s="25"/>
       <c r="AC79" s="25"/>
       <c r="AD79" s="25"/>
       <c r="AE79" s="25"/>
       <c r="AF79" s="25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AG79" s="25"/>
       <c r="AH79" s="25"/>
       <c r="AI79" s="25"/>
       <c r="AJ79" s="25"/>
       <c r="AK79" s="24"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:85" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A80" s="1"/>
       <c r="B80" s="28"/>
       <c r="C80" s="28"/>
       <c r="D80" s="28"/>
       <c r="E80" s="28"/>
       <c r="F80" s="28"/>
       <c r="G80" s="28"/>
       <c r="H80" s="28"/>
       <c r="I80" s="28"/>
       <c r="J80" s="28"/>
       <c r="K80" s="28"/>
       <c r="L80" s="25"/>
       <c r="M80" s="25"/>
       <c r="N80" s="188" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="O80" s="188"/>
       <c r="P80" s="188"/>
       <c r="Q80" s="188"/>
       <c r="R80" s="188"/>
       <c r="S80" s="188"/>
       <c r="T80" s="274" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="U80" s="274"/>
       <c r="V80" s="274"/>
       <c r="W80" s="274"/>
       <c r="X80" s="274"/>
       <c r="Y80" s="29"/>
       <c r="Z80" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AA80" s="25"/>
       <c r="AB80" s="25"/>
       <c r="AC80" s="25"/>
       <c r="AD80" s="25"/>
       <c r="AE80" s="25"/>
       <c r="AF80" s="25" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AG80" s="25"/>
       <c r="AH80" s="25"/>
       <c r="AI80" s="25"/>
       <c r="AJ80" s="25"/>
       <c r="AK80" s="24"/>
       <c r="AL80" s="1"/>
     </row>
     <row r="81" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="28"/>
       <c r="C81" s="28"/>
       <c r="D81" s="28"/>
       <c r="E81" s="28"/>
       <c r="F81" s="28"/>
       <c r="G81" s="28"/>
       <c r="H81" s="28"/>
       <c r="I81" s="28"/>
       <c r="J81" s="28"/>
       <c r="K81" s="28"/>
       <c r="L81" s="25"/>
       <c r="M81" s="25"/>
       <c r="N81" s="188" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O81" s="188"/>
       <c r="P81" s="188"/>
       <c r="Q81" s="188"/>
       <c r="R81" s="188"/>
       <c r="S81" s="188"/>
       <c r="T81" s="274" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="U81" s="274"/>
       <c r="V81" s="274"/>
       <c r="W81" s="274"/>
       <c r="X81" s="274"/>
       <c r="Y81" s="25"/>
       <c r="Z81" s="25" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AA81" s="25"/>
       <c r="AB81" s="25"/>
       <c r="AC81" s="25"/>
       <c r="AD81" s="25"/>
       <c r="AE81" s="25"/>
       <c r="AF81" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AG81" s="25"/>
       <c r="AH81" s="25"/>
       <c r="AI81" s="25"/>
       <c r="AJ81" s="25"/>
       <c r="AK81" s="24"/>
       <c r="AL81" s="1"/>
     </row>
     <row r="82" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="28"/>
       <c r="C82" s="28"/>
       <c r="D82" s="28"/>
       <c r="E82" s="28"/>
       <c r="F82" s="28"/>
       <c r="G82" s="28"/>
       <c r="H82" s="28"/>
       <c r="I82" s="28"/>
       <c r="J82" s="28"/>
       <c r="K82" s="28"/>
       <c r="L82" s="25"/>
       <c r="M82" s="25"/>
       <c r="N82" s="188" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="O82" s="188"/>
       <c r="P82" s="188"/>
       <c r="Q82" s="188"/>
       <c r="R82" s="188"/>
       <c r="S82" s="188"/>
       <c r="T82" s="274" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="U82" s="274"/>
       <c r="V82" s="274"/>
       <c r="W82" s="274"/>
       <c r="X82" s="274"/>
       <c r="Y82" s="25"/>
       <c r="Z82" s="25" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AA82" s="25"/>
       <c r="AB82" s="25"/>
       <c r="AC82" s="25"/>
       <c r="AD82" s="25"/>
       <c r="AE82" s="25"/>
       <c r="AF82" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AG82" s="25"/>
       <c r="AH82" s="25"/>
       <c r="AI82" s="25"/>
       <c r="AJ82" s="25"/>
       <c r="AK82" s="24"/>
       <c r="AL82" s="1"/>
     </row>
     <row r="83" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="28" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C83" s="28"/>
       <c r="D83" s="28"/>
       <c r="E83" s="28"/>
       <c r="F83" s="28"/>
       <c r="G83" s="28"/>
       <c r="H83" s="28"/>
       <c r="I83" s="28"/>
       <c r="J83" s="28"/>
       <c r="K83" s="28"/>
       <c r="L83" s="25"/>
       <c r="M83" s="25"/>
       <c r="N83" s="25"/>
       <c r="O83" s="25"/>
       <c r="P83" s="25" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="Q83" s="25"/>
       <c r="R83" s="25"/>
       <c r="S83" s="25"/>
       <c r="T83" s="25"/>
       <c r="U83" s="25"/>
       <c r="V83" s="25" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="W83" s="25"/>
       <c r="X83" s="25"/>
       <c r="Y83" s="25"/>
       <c r="Z83" s="25"/>
       <c r="AA83" s="25"/>
       <c r="AB83" s="25"/>
       <c r="AC83" s="25"/>
       <c r="AD83" s="25"/>
       <c r="AE83" s="25"/>
       <c r="AF83" s="25"/>
       <c r="AG83" s="25"/>
       <c r="AH83" s="25"/>
       <c r="AI83" s="25"/>
       <c r="AJ83" s="25"/>
       <c r="AK83" s="24"/>
       <c r="AL83" s="1"/>
     </row>
     <row r="84" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
       <c r="B84" s="28" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C84" s="28"/>
       <c r="D84" s="28"/>
       <c r="E84" s="28"/>
       <c r="F84" s="28"/>
       <c r="G84" s="28"/>
       <c r="H84" s="28"/>
       <c r="I84" s="28"/>
       <c r="J84" s="28"/>
       <c r="K84" s="28"/>
       <c r="L84" s="25"/>
       <c r="M84" s="25"/>
       <c r="N84" s="25"/>
       <c r="O84" s="25"/>
       <c r="P84" s="25" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Q84" s="25"/>
       <c r="R84" s="25"/>
       <c r="S84" s="25"/>
       <c r="T84" s="25"/>
       <c r="U84" s="25"/>
       <c r="V84" s="25" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="W84" s="25"/>
       <c r="X84" s="25"/>
       <c r="Y84" s="25" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="Z84" s="25"/>
       <c r="AA84" s="279"/>
       <c r="AB84" s="279"/>
       <c r="AC84" s="279"/>
       <c r="AD84" s="279"/>
       <c r="AE84" s="279"/>
       <c r="AF84" s="279"/>
       <c r="AG84" s="279"/>
       <c r="AH84" s="279"/>
       <c r="AI84" s="279"/>
       <c r="AJ84" s="279"/>
       <c r="AK84" s="279"/>
       <c r="AL84" s="1"/>
     </row>
     <row r="85" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="28" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C85" s="28"/>
       <c r="D85" s="28"/>
       <c r="E85" s="28"/>
       <c r="F85" s="28"/>
       <c r="G85" s="28"/>
       <c r="H85" s="28"/>
       <c r="I85" s="28"/>
       <c r="J85" s="28"/>
       <c r="K85" s="28"/>
       <c r="L85" s="25"/>
       <c r="M85" s="25"/>
       <c r="N85" s="25"/>
       <c r="O85" s="25"/>
       <c r="P85" s="25" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Q85" s="25"/>
       <c r="R85" s="25"/>
       <c r="S85" s="25"/>
       <c r="T85" s="25"/>
       <c r="U85" s="25"/>
       <c r="V85" s="25" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="W85" s="25"/>
       <c r="X85" s="25"/>
       <c r="Y85" s="25" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="Z85" s="25"/>
       <c r="AA85" s="277"/>
       <c r="AB85" s="277"/>
       <c r="AC85" s="277"/>
       <c r="AD85" s="277"/>
       <c r="AE85" s="277"/>
       <c r="AF85" s="277"/>
       <c r="AG85" s="277"/>
       <c r="AH85" s="277"/>
       <c r="AI85" s="277"/>
       <c r="AJ85" s="277"/>
       <c r="AK85" s="277"/>
       <c r="AL85" s="1"/>
     </row>
     <row r="86" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1"/>
       <c r="B86" s="30"/>
       <c r="C86" s="30"/>
       <c r="D86" s="30"/>
       <c r="E86" s="30"/>
       <c r="F86" s="30"/>
       <c r="G86" s="30"/>
       <c r="H86" s="30"/>
       <c r="I86" s="30"/>
@@ -27916,118 +27906,118 @@
       <c r="R86" s="31"/>
       <c r="S86" s="31"/>
       <c r="T86" s="31"/>
       <c r="U86" s="31"/>
       <c r="V86" s="31"/>
       <c r="W86" s="31"/>
       <c r="X86" s="31"/>
       <c r="Y86" s="31"/>
       <c r="Z86" s="31"/>
       <c r="AA86" s="31"/>
       <c r="AB86" s="31"/>
       <c r="AC86" s="31"/>
       <c r="AD86" s="31"/>
       <c r="AE86" s="31"/>
       <c r="AF86" s="31"/>
       <c r="AG86" s="31"/>
       <c r="AH86" s="31"/>
       <c r="AI86" s="31"/>
       <c r="AJ86" s="31"/>
       <c r="AK86" s="31"/>
       <c r="AL86" s="1"/>
     </row>
     <row r="87" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="32" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C87" s="28"/>
       <c r="D87" s="28"/>
       <c r="E87" s="28"/>
       <c r="F87" s="28"/>
       <c r="G87" s="28"/>
       <c r="H87" s="28"/>
       <c r="I87" s="28"/>
       <c r="J87" s="28"/>
       <c r="K87" s="28"/>
       <c r="L87" s="25"/>
       <c r="M87" s="25"/>
       <c r="N87" s="25"/>
       <c r="O87" s="25"/>
       <c r="P87" s="25"/>
       <c r="Q87" s="25"/>
       <c r="R87" s="25"/>
       <c r="S87" s="25"/>
       <c r="T87" s="25"/>
       <c r="U87" s="25"/>
       <c r="V87" s="25"/>
       <c r="W87" s="25"/>
       <c r="X87" s="25"/>
       <c r="Y87" s="25"/>
       <c r="Z87" s="25"/>
       <c r="AA87" s="25"/>
       <c r="AB87" s="25"/>
       <c r="AC87" s="25"/>
       <c r="AD87" s="25"/>
       <c r="AE87" s="25"/>
       <c r="AF87" s="25"/>
       <c r="AG87" s="25"/>
       <c r="AH87" s="25"/>
       <c r="AI87" s="25"/>
       <c r="AJ87" s="25"/>
       <c r="AK87" s="25"/>
       <c r="AL87" s="1"/>
     </row>
     <row r="88" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1"/>
       <c r="B88" s="28" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C88" s="28"/>
       <c r="D88" s="28"/>
       <c r="E88" s="28"/>
       <c r="F88" s="28"/>
       <c r="G88" s="28"/>
       <c r="H88" s="28"/>
       <c r="I88" s="28"/>
       <c r="J88" s="28"/>
       <c r="K88" s="28"/>
       <c r="L88" s="25"/>
       <c r="M88" s="25"/>
       <c r="N88" s="25"/>
       <c r="O88" s="77"/>
       <c r="P88" s="77"/>
       <c r="Q88" s="77"/>
       <c r="R88" s="77"/>
       <c r="S88" s="77"/>
       <c r="T88" s="77"/>
       <c r="U88" s="25"/>
       <c r="V88" s="20"/>
       <c r="W88" s="20"/>
       <c r="X88" s="22"/>
       <c r="Y88" s="22" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="Z88" s="242"/>
       <c r="AA88" s="242"/>
       <c r="AB88" s="242"/>
       <c r="AC88" s="242"/>
       <c r="AD88" s="242"/>
       <c r="AE88" s="242"/>
       <c r="AF88" s="242"/>
       <c r="AG88" s="242"/>
       <c r="AH88" s="242"/>
       <c r="AI88" s="242"/>
       <c r="AJ88" s="242"/>
       <c r="AK88" s="242"/>
       <c r="AL88" s="1"/>
       <c r="AN88" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
       <c r="B89" s="28"/>
       <c r="C89" s="28"/>
       <c r="D89" s="28"/>
       <c r="E89" s="28"/>
       <c r="F89" s="28"/>
@@ -28045,221 +28035,221 @@
       <c r="R89" s="25"/>
       <c r="S89" s="25"/>
       <c r="T89" s="25"/>
       <c r="U89" s="25"/>
       <c r="V89" s="25"/>
       <c r="W89" s="25"/>
       <c r="X89" s="25"/>
       <c r="Y89" s="25"/>
       <c r="Z89" s="25"/>
       <c r="AA89" s="25"/>
       <c r="AB89" s="25"/>
       <c r="AC89" s="25"/>
       <c r="AD89" s="25"/>
       <c r="AE89" s="25"/>
       <c r="AF89" s="25"/>
       <c r="AG89" s="25"/>
       <c r="AH89" s="25"/>
       <c r="AI89" s="25"/>
       <c r="AJ89" s="25"/>
       <c r="AK89" s="25"/>
       <c r="AL89" s="1"/>
     </row>
     <row r="90" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
       <c r="B90" s="25" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C90" s="25"/>
       <c r="D90" s="25"/>
       <c r="E90" s="25"/>
       <c r="F90" s="25"/>
       <c r="G90" s="25"/>
       <c r="H90" s="25"/>
       <c r="I90" s="25"/>
       <c r="J90" s="25"/>
       <c r="K90" s="25" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L90" s="25"/>
       <c r="M90" s="25"/>
       <c r="N90" s="25"/>
       <c r="O90" s="25"/>
       <c r="P90" s="25"/>
       <c r="Q90" s="25"/>
       <c r="R90" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S90" s="25"/>
       <c r="T90" s="25"/>
       <c r="U90" s="25" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="V90" s="25"/>
       <c r="X90" s="25"/>
       <c r="Y90" s="25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Z90" s="25"/>
       <c r="AA90" s="1"/>
       <c r="AB90" s="278"/>
       <c r="AC90" s="278"/>
       <c r="AD90" s="278"/>
       <c r="AE90" s="278"/>
       <c r="AF90" s="278"/>
       <c r="AG90" s="278"/>
       <c r="AH90" s="278"/>
       <c r="AI90" s="278"/>
       <c r="AJ90" s="278"/>
       <c r="AK90" s="278"/>
       <c r="AL90" s="1"/>
     </row>
     <row r="91" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
       <c r="B91" s="25"/>
       <c r="C91" s="25"/>
       <c r="D91" s="25"/>
       <c r="E91" s="25"/>
       <c r="F91" s="25"/>
       <c r="G91" s="25"/>
       <c r="H91" s="25"/>
       <c r="I91" s="25"/>
       <c r="J91" s="25"/>
       <c r="K91" s="25" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="L91" s="25"/>
       <c r="M91" s="25"/>
       <c r="N91" s="25"/>
       <c r="O91" s="25"/>
       <c r="P91" s="25"/>
       <c r="Q91" s="25"/>
       <c r="R91" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S91" s="25"/>
       <c r="T91" s="25"/>
       <c r="U91" s="25" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="V91" s="25"/>
       <c r="W91" s="1"/>
       <c r="X91" s="25"/>
       <c r="Y91" s="25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Z91" s="25"/>
       <c r="AA91" s="25"/>
       <c r="AB91" s="278"/>
       <c r="AC91" s="278"/>
       <c r="AD91" s="278"/>
       <c r="AE91" s="278"/>
       <c r="AF91" s="278"/>
       <c r="AG91" s="278"/>
       <c r="AH91" s="278"/>
       <c r="AI91" s="278"/>
       <c r="AJ91" s="278"/>
       <c r="AK91" s="278"/>
       <c r="AL91" s="1"/>
     </row>
     <row r="92" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
       <c r="B92" s="25"/>
       <c r="C92" s="25"/>
       <c r="D92" s="25"/>
       <c r="E92" s="25"/>
       <c r="F92" s="25"/>
       <c r="G92" s="25"/>
       <c r="H92" s="25"/>
       <c r="I92" s="25"/>
       <c r="J92" s="25"/>
       <c r="K92" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="L92" s="25"/>
       <c r="M92" s="25"/>
       <c r="N92" s="25"/>
       <c r="O92" s="25"/>
       <c r="P92" s="25"/>
       <c r="Q92" s="25"/>
       <c r="R92" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S92" s="25"/>
       <c r="T92" s="25"/>
       <c r="U92" s="25"/>
       <c r="V92" s="25"/>
       <c r="W92" s="25"/>
       <c r="X92" s="25"/>
       <c r="Y92" s="25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Z92" s="25"/>
       <c r="AA92" s="25"/>
       <c r="AB92" s="278"/>
       <c r="AC92" s="278"/>
       <c r="AD92" s="278"/>
       <c r="AE92" s="278"/>
       <c r="AF92" s="278"/>
       <c r="AG92" s="278"/>
       <c r="AH92" s="278"/>
       <c r="AI92" s="278"/>
       <c r="AJ92" s="278"/>
       <c r="AK92" s="278"/>
       <c r="AL92" s="1"/>
     </row>
     <row r="93" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
       <c r="B93" s="25"/>
       <c r="C93" s="25"/>
       <c r="D93" s="25"/>
       <c r="E93" s="25"/>
       <c r="F93" s="25"/>
       <c r="G93" s="25"/>
       <c r="H93" s="25"/>
       <c r="I93" s="25"/>
       <c r="J93" s="25"/>
       <c r="K93" s="25" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="L93" s="25"/>
       <c r="M93" s="25"/>
       <c r="N93" s="25"/>
       <c r="O93" s="25"/>
       <c r="P93" s="25"/>
       <c r="Q93" s="25"/>
       <c r="R93" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S93" s="25"/>
       <c r="T93" s="25"/>
       <c r="U93" s="25"/>
       <c r="V93" s="25"/>
       <c r="W93" s="25"/>
       <c r="X93" s="25"/>
       <c r="Y93" s="25" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Z93" s="25"/>
       <c r="AA93" s="25"/>
       <c r="AB93" s="278"/>
       <c r="AC93" s="278"/>
       <c r="AD93" s="278"/>
       <c r="AE93" s="278"/>
       <c r="AF93" s="278"/>
       <c r="AG93" s="278"/>
       <c r="AH93" s="278"/>
       <c r="AI93" s="278"/>
       <c r="AJ93" s="278"/>
       <c r="AK93" s="278"/>
       <c r="AL93" s="1"/>
     </row>
     <row r="94" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
       <c r="B94" s="25"/>
       <c r="C94" s="25"/>
       <c r="D94" s="25"/>
       <c r="E94" s="25"/>
       <c r="F94" s="25"/>
       <c r="G94" s="25"/>
       <c r="H94" s="25"/>
       <c r="I94" s="25"/>
@@ -28274,193 +28264,193 @@
       <c r="R94" s="25"/>
       <c r="S94" s="25"/>
       <c r="T94" s="25"/>
       <c r="U94" s="25"/>
       <c r="V94" s="25"/>
       <c r="W94" s="25"/>
       <c r="X94" s="25"/>
       <c r="Y94" s="25"/>
       <c r="Z94" s="25"/>
       <c r="AA94" s="25"/>
       <c r="AB94" s="25"/>
       <c r="AC94" s="25"/>
       <c r="AD94" s="25"/>
       <c r="AE94" s="25"/>
       <c r="AF94" s="25"/>
       <c r="AG94" s="25"/>
       <c r="AH94" s="25"/>
       <c r="AI94" s="25"/>
       <c r="AJ94" s="25"/>
       <c r="AK94" s="25"/>
       <c r="AL94" s="1"/>
     </row>
     <row r="95" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
       <c r="B95" s="25" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C95" s="25"/>
       <c r="D95" s="25"/>
       <c r="E95" s="25"/>
       <c r="F95" s="25"/>
       <c r="G95" s="25"/>
       <c r="H95" s="25"/>
       <c r="I95" s="25"/>
       <c r="J95" s="25"/>
       <c r="K95" s="25"/>
       <c r="L95" s="25"/>
       <c r="M95" s="25"/>
       <c r="N95" s="25"/>
       <c r="O95" s="25"/>
       <c r="P95" s="25" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q95" s="25"/>
       <c r="R95" s="25"/>
       <c r="S95" s="25"/>
       <c r="T95" s="25"/>
       <c r="U95" s="25"/>
       <c r="V95" s="25"/>
       <c r="W95" s="25"/>
       <c r="X95" s="25"/>
       <c r="Y95" s="25"/>
       <c r="Z95" s="25"/>
       <c r="AA95" s="25"/>
       <c r="AB95" s="25"/>
       <c r="AC95" s="25"/>
       <c r="AD95" s="25"/>
       <c r="AE95" s="25"/>
       <c r="AF95" s="25"/>
       <c r="AG95" s="25"/>
       <c r="AH95" s="25"/>
       <c r="AI95" s="25"/>
       <c r="AJ95" s="25"/>
       <c r="AK95" s="25"/>
       <c r="AL95" s="1"/>
     </row>
     <row r="96" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A96" s="1"/>
       <c r="B96" s="25"/>
       <c r="C96" s="25"/>
       <c r="D96" s="25"/>
       <c r="E96" s="25"/>
       <c r="F96" s="25"/>
       <c r="G96" s="25"/>
       <c r="H96" s="25"/>
       <c r="I96" s="25"/>
       <c r="J96" s="25"/>
       <c r="K96" s="25"/>
       <c r="L96" s="25"/>
       <c r="M96" s="25"/>
       <c r="N96" s="25"/>
       <c r="O96" s="25"/>
       <c r="P96" s="25" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="Q96" s="25"/>
       <c r="R96" s="25"/>
       <c r="S96" s="25"/>
       <c r="T96" s="25"/>
       <c r="U96" s="25"/>
       <c r="V96" s="25"/>
       <c r="W96" s="25"/>
       <c r="X96" s="25"/>
       <c r="Y96" s="25"/>
       <c r="Z96" s="25"/>
       <c r="AA96" s="25"/>
       <c r="AB96" s="25"/>
       <c r="AC96" s="25"/>
       <c r="AD96" s="25"/>
       <c r="AE96" s="25"/>
       <c r="AF96" s="25"/>
       <c r="AG96" s="25"/>
       <c r="AH96" s="25"/>
       <c r="AI96" s="25"/>
       <c r="AJ96" s="25"/>
       <c r="AK96" s="25"/>
       <c r="AL96" s="1"/>
     </row>
     <row r="97" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A97" s="1"/>
       <c r="B97" s="25"/>
       <c r="C97" s="25"/>
       <c r="D97" s="25"/>
       <c r="E97" s="25"/>
       <c r="F97" s="25"/>
       <c r="G97" s="25"/>
       <c r="H97" s="25"/>
       <c r="I97" s="25"/>
       <c r="J97" s="25"/>
       <c r="K97" s="25"/>
       <c r="L97" s="25"/>
       <c r="M97" s="25"/>
       <c r="N97" s="25"/>
       <c r="O97" s="25"/>
       <c r="P97" s="25" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="Q97" s="25"/>
       <c r="R97" s="25"/>
       <c r="S97" s="25"/>
       <c r="T97" s="25"/>
       <c r="U97" s="25"/>
       <c r="V97" s="25"/>
       <c r="W97" s="25"/>
       <c r="X97" s="25"/>
       <c r="Y97" s="25"/>
       <c r="Z97" s="25"/>
       <c r="AA97" s="25"/>
       <c r="AB97" s="25"/>
       <c r="AC97" s="25"/>
       <c r="AD97" s="25"/>
       <c r="AE97" s="25"/>
       <c r="AF97" s="25"/>
       <c r="AG97" s="25"/>
       <c r="AH97" s="25"/>
       <c r="AI97" s="25"/>
       <c r="AJ97" s="25"/>
       <c r="AK97" s="25"/>
       <c r="AL97" s="1"/>
     </row>
     <row r="98" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A98" s="1"/>
       <c r="B98" s="25"/>
       <c r="C98" s="25"/>
       <c r="D98" s="25"/>
       <c r="E98" s="25"/>
       <c r="F98" s="25"/>
       <c r="G98" s="25"/>
       <c r="H98" s="25"/>
       <c r="I98" s="25"/>
       <c r="J98" s="25"/>
       <c r="K98" s="25"/>
       <c r="L98" s="25"/>
       <c r="M98" s="25"/>
       <c r="N98" s="25"/>
       <c r="O98" s="25"/>
       <c r="P98" s="337" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="Q98" s="337"/>
       <c r="R98" s="337"/>
       <c r="S98" s="337"/>
       <c r="T98" s="337"/>
       <c r="U98" s="337"/>
       <c r="V98" s="337"/>
       <c r="W98" s="337"/>
       <c r="X98" s="337"/>
       <c r="Y98" s="337"/>
       <c r="Z98" s="337"/>
       <c r="AA98" s="337"/>
       <c r="AB98" s="337"/>
       <c r="AC98" s="337"/>
       <c r="AD98" s="337"/>
       <c r="AE98" s="337"/>
       <c r="AF98" s="337"/>
       <c r="AG98" s="337"/>
       <c r="AH98" s="337"/>
       <c r="AI98" s="337"/>
       <c r="AJ98" s="25"/>
       <c r="AK98" s="25"/>
       <c r="AL98" s="1"/>
     </row>
     <row r="99" spans="1:40" x14ac:dyDescent="0.25">
@@ -28484,98 +28474,98 @@
       <c r="R99" s="33"/>
       <c r="S99" s="33"/>
       <c r="T99" s="33"/>
       <c r="U99" s="33"/>
       <c r="V99" s="33"/>
       <c r="W99" s="33"/>
       <c r="X99" s="33"/>
       <c r="Y99" s="33"/>
       <c r="Z99" s="33"/>
       <c r="AA99" s="33"/>
       <c r="AB99" s="33"/>
       <c r="AC99" s="33"/>
       <c r="AD99" s="33"/>
       <c r="AE99" s="33"/>
       <c r="AF99" s="33"/>
       <c r="AG99" s="33"/>
       <c r="AH99" s="33"/>
       <c r="AI99" s="33"/>
       <c r="AJ99" s="33"/>
       <c r="AK99" s="33"/>
       <c r="AL99" s="1"/>
     </row>
     <row r="100" spans="1:40" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="76" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C100" s="338" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D100" s="338"/>
       <c r="E100" s="338"/>
       <c r="F100" s="338"/>
       <c r="G100" s="338"/>
       <c r="H100" s="338"/>
       <c r="I100" s="338"/>
       <c r="J100" s="338"/>
       <c r="K100" s="338"/>
       <c r="L100" s="338"/>
       <c r="M100" s="338"/>
       <c r="N100" s="338"/>
       <c r="O100" s="338"/>
       <c r="P100" s="338"/>
       <c r="Q100" s="338"/>
       <c r="R100" s="338"/>
       <c r="S100" s="338"/>
       <c r="T100" s="338"/>
       <c r="U100" s="338"/>
       <c r="V100" s="338"/>
       <c r="W100" s="338"/>
       <c r="X100" s="338"/>
       <c r="Y100" s="338"/>
       <c r="Z100" s="338"/>
       <c r="AA100" s="338"/>
       <c r="AB100" s="338"/>
       <c r="AC100" s="338"/>
       <c r="AD100" s="338"/>
       <c r="AE100" s="338"/>
       <c r="AF100" s="338"/>
       <c r="AG100" s="338"/>
       <c r="AH100" s="338"/>
       <c r="AI100" s="338"/>
       <c r="AJ100" s="338"/>
       <c r="AK100" s="338"/>
       <c r="AL100" s="1"/>
     </row>
     <row r="101" spans="1:40" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="1"/>
       <c r="B101" s="76" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C101" s="338" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="D101" s="338"/>
       <c r="E101" s="338"/>
       <c r="F101" s="338"/>
       <c r="G101" s="338"/>
       <c r="H101" s="338"/>
       <c r="I101" s="338"/>
       <c r="J101" s="338"/>
       <c r="K101" s="338"/>
       <c r="L101" s="338"/>
       <c r="M101" s="338"/>
       <c r="N101" s="338"/>
       <c r="O101" s="338"/>
       <c r="P101" s="338"/>
       <c r="Q101" s="338"/>
       <c r="R101" s="338"/>
       <c r="S101" s="338"/>
       <c r="T101" s="338"/>
       <c r="U101" s="338"/>
       <c r="V101" s="338"/>
       <c r="W101" s="338"/>
       <c r="X101" s="338"/>
       <c r="Y101" s="338"/>
       <c r="Z101" s="338"/>
       <c r="AA101" s="338"/>
@@ -28612,331 +28602,331 @@
       <c r="R102" s="7"/>
       <c r="S102" s="7"/>
       <c r="T102" s="7"/>
       <c r="U102" s="7"/>
       <c r="V102" s="7"/>
       <c r="W102" s="7"/>
       <c r="X102" s="7"/>
       <c r="Y102" s="7"/>
       <c r="Z102" s="7"/>
       <c r="AA102" s="7"/>
       <c r="AB102" s="7"/>
       <c r="AC102" s="7"/>
       <c r="AD102" s="7"/>
       <c r="AE102" s="7"/>
       <c r="AF102" s="7"/>
       <c r="AG102" s="7"/>
       <c r="AH102" s="7"/>
       <c r="AI102" s="7"/>
       <c r="AJ102" s="7"/>
       <c r="AK102" s="7"/>
       <c r="AL102" s="1"/>
     </row>
     <row r="103" spans="1:40" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1"/>
       <c r="B103" s="34" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C103" s="34"/>
       <c r="D103" s="34"/>
       <c r="E103" s="34"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
       <c r="X103" s="1"/>
       <c r="Y103" s="1"/>
       <c r="Z103" s="1"/>
       <c r="AA103" s="1"/>
       <c r="AB103" s="1"/>
       <c r="AC103" s="1"/>
       <c r="AD103" s="1"/>
       <c r="AE103" s="1"/>
       <c r="AF103" s="1"/>
       <c r="AG103" s="1"/>
       <c r="AH103" s="1"/>
       <c r="AI103" s="1"/>
       <c r="AJ103" s="1"/>
       <c r="AK103" s="1"/>
       <c r="AL103" s="1"/>
     </row>
     <row r="104" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="1"/>
       <c r="B104" s="20" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C104" s="20"/>
       <c r="D104" s="20"/>
       <c r="E104" s="20"/>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
       <c r="X104" s="1"/>
       <c r="Y104" s="1"/>
       <c r="Z104" s="1"/>
       <c r="AA104" s="1"/>
       <c r="AB104" s="1"/>
       <c r="AC104" s="1"/>
       <c r="AD104" s="1"/>
       <c r="AE104" s="1"/>
       <c r="AF104" s="1"/>
       <c r="AG104" s="1"/>
       <c r="AH104" s="1"/>
       <c r="AI104" s="1"/>
       <c r="AJ104" s="1"/>
       <c r="AK104" s="1"/>
       <c r="AL104" s="1"/>
     </row>
     <row r="105" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1"/>
       <c r="B105" s="20"/>
       <c r="C105" s="20"/>
       <c r="D105" s="20"/>
       <c r="E105" s="20"/>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
       <c r="X105" s="1"/>
       <c r="Y105" s="1"/>
       <c r="Z105" s="1"/>
       <c r="AA105" s="1"/>
       <c r="AB105" s="1"/>
       <c r="AC105" s="1"/>
       <c r="AD105" s="1"/>
       <c r="AE105" s="1"/>
       <c r="AF105" s="1"/>
       <c r="AG105" s="1"/>
       <c r="AH105" s="1"/>
       <c r="AI105" s="1"/>
       <c r="AJ105" s="1"/>
       <c r="AK105" s="1"/>
       <c r="AL105" s="1"/>
     </row>
     <row r="106" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
       <c r="B106" s="20"/>
       <c r="C106" s="20"/>
       <c r="D106" s="20"/>
       <c r="E106" s="20"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
       <c r="X106" s="1"/>
       <c r="Y106" s="1"/>
       <c r="Z106" s="1"/>
       <c r="AA106" s="1"/>
       <c r="AB106" s="1"/>
       <c r="AC106" s="1"/>
       <c r="AD106" s="1"/>
       <c r="AE106" s="1"/>
       <c r="AF106" s="1"/>
       <c r="AG106" s="1"/>
       <c r="AH106" s="1"/>
       <c r="AI106" s="1"/>
       <c r="AJ106" s="1"/>
       <c r="AK106" s="1"/>
       <c r="AL106" s="1"/>
     </row>
     <row r="107" spans="1:40" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
       <c r="B107" s="20" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C107" s="20"/>
       <c r="D107" s="20"/>
       <c r="E107" s="20"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
       <c r="X107" s="1"/>
       <c r="Y107" s="1"/>
       <c r="Z107" s="1"/>
       <c r="AA107" s="1"/>
       <c r="AB107" s="1"/>
       <c r="AC107" s="1"/>
       <c r="AD107" s="1"/>
       <c r="AE107" s="1"/>
       <c r="AF107" s="1"/>
       <c r="AG107" s="1"/>
       <c r="AH107" s="1"/>
       <c r="AI107" s="1"/>
       <c r="AJ107" s="1"/>
       <c r="AK107" s="1"/>
       <c r="AL107" s="1"/>
     </row>
     <row r="108" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
       <c r="B108" s="20"/>
       <c r="C108" s="20"/>
       <c r="D108" s="20"/>
       <c r="E108" s="20"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
       <c r="X108" s="1"/>
       <c r="Y108" s="1"/>
       <c r="Z108" s="1"/>
       <c r="AA108" s="1"/>
       <c r="AB108" s="1"/>
       <c r="AC108" s="1"/>
       <c r="AD108" s="1"/>
       <c r="AE108" s="1"/>
       <c r="AF108" s="1"/>
       <c r="AG108" s="1"/>
       <c r="AH108" s="1"/>
       <c r="AI108" s="1"/>
       <c r="AJ108" s="1"/>
       <c r="AK108" s="1"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:40" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
       <c r="B109" s="20" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C109" s="20"/>
       <c r="D109" s="20"/>
       <c r="E109" s="20"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="69"/>
       <c r="P109" s="69"/>
       <c r="Q109" s="69"/>
       <c r="R109" s="69"/>
       <c r="S109" s="69"/>
       <c r="T109" s="69"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
       <c r="X109" s="22" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="Y109" s="251"/>
       <c r="Z109" s="251"/>
       <c r="AA109" s="251"/>
       <c r="AB109" s="251"/>
       <c r="AC109" s="251"/>
       <c r="AD109" s="251"/>
       <c r="AE109" s="251"/>
       <c r="AF109" s="251"/>
       <c r="AG109" s="251"/>
       <c r="AH109" s="251"/>
       <c r="AI109" s="251"/>
       <c r="AJ109" s="251"/>
       <c r="AK109" s="251"/>
       <c r="AL109" s="1"/>
       <c r="AN109" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1"/>
       <c r="B110" s="20"/>
       <c r="C110" s="20"/>
       <c r="D110" s="20"/>
       <c r="E110" s="20"/>
@@ -28955,113 +28945,113 @@
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
       <c r="X110" s="1"/>
       <c r="Y110" s="1"/>
       <c r="Z110" s="1"/>
       <c r="AA110" s="1"/>
       <c r="AB110" s="1"/>
       <c r="AC110" s="1"/>
       <c r="AD110" s="1"/>
       <c r="AE110" s="1"/>
       <c r="AF110" s="1"/>
       <c r="AG110" s="1"/>
       <c r="AH110" s="1"/>
       <c r="AI110" s="1"/>
       <c r="AJ110" s="1"/>
       <c r="AK110" s="1"/>
       <c r="AL110" s="1"/>
     </row>
     <row r="111" spans="1:40" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1"/>
       <c r="B111" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="69"/>
       <c r="P111" s="69"/>
       <c r="Q111" s="69"/>
       <c r="R111" s="69"/>
       <c r="S111" s="69"/>
       <c r="T111" s="69"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="22" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="Y111" s="251"/>
       <c r="Z111" s="251"/>
       <c r="AA111" s="251"/>
       <c r="AB111" s="251"/>
       <c r="AC111" s="251"/>
       <c r="AD111" s="251"/>
       <c r="AE111" s="251"/>
       <c r="AF111" s="251"/>
       <c r="AG111" s="251"/>
       <c r="AH111" s="251"/>
       <c r="AI111" s="251"/>
       <c r="AJ111" s="251"/>
       <c r="AK111" s="251"/>
       <c r="AL111" s="1"/>
       <c r="AN111" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1"/>
       <c r="B112" s="1" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="78" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="20"/>
       <c r="W112" s="20"/>
       <c r="X112" s="20"/>
       <c r="Y112" s="20"/>
       <c r="Z112" s="20"/>
       <c r="AA112" s="20"/>
       <c r="AB112" s="20"/>
       <c r="AC112" s="20"/>
       <c r="AD112" s="20"/>
       <c r="AE112" s="20"/>
       <c r="AF112" s="20"/>
       <c r="AG112" s="20"/>
       <c r="AH112" s="20"/>
       <c r="AI112" s="20"/>
       <c r="AJ112" s="20"/>
       <c r="AK112" s="20"/>
       <c r="AL112" s="1"/>
     </row>
@@ -29086,110 +29076,110 @@
       <c r="R113" s="7"/>
       <c r="S113" s="7"/>
       <c r="T113" s="7"/>
       <c r="U113" s="7"/>
       <c r="V113" s="7"/>
       <c r="W113" s="7"/>
       <c r="X113" s="7"/>
       <c r="Y113" s="7"/>
       <c r="Z113" s="7"/>
       <c r="AA113" s="7"/>
       <c r="AB113" s="7"/>
       <c r="AC113" s="7"/>
       <c r="AD113" s="7"/>
       <c r="AE113" s="7"/>
       <c r="AF113" s="7"/>
       <c r="AG113" s="7"/>
       <c r="AH113" s="7"/>
       <c r="AI113" s="7"/>
       <c r="AJ113" s="7"/>
       <c r="AK113" s="7"/>
       <c r="AL113" s="1"/>
     </row>
     <row r="114" spans="1:40" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="1"/>
       <c r="B114" s="34" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1"/>
       <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
       <c r="X114" s="1"/>
       <c r="Y114" s="1"/>
       <c r="Z114" s="35"/>
       <c r="AA114" s="1"/>
       <c r="AB114" s="1"/>
       <c r="AC114" s="1"/>
       <c r="AD114" s="1"/>
       <c r="AE114" s="1"/>
       <c r="AF114" s="1"/>
       <c r="AG114" s="1"/>
       <c r="AH114" s="1"/>
       <c r="AJ114" s="1"/>
       <c r="AK114" s="1"/>
       <c r="AL114" s="1"/>
     </row>
     <row r="115" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A115" s="1"/>
       <c r="B115" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="C115" s="1"/>
       <c r="D115" s="1"/>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="336"/>
       <c r="P115" s="336"/>
       <c r="Q115" s="336"/>
       <c r="R115" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
       <c r="X115" s="1"/>
       <c r="Y115" s="1"/>
       <c r="Z115" s="1"/>
       <c r="AA115" s="1"/>
       <c r="AB115" s="1"/>
       <c r="AC115" s="1"/>
       <c r="AD115" s="1"/>
       <c r="AE115" s="1"/>
       <c r="AF115" s="1"/>
       <c r="AG115" s="1"/>
       <c r="AH115" s="1"/>
       <c r="AI115" s="1"/>
       <c r="AJ115" s="1"/>
       <c r="AK115" s="1"/>
       <c r="AL115" s="1"/>
     </row>
     <row r="116" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A116" s="1"/>
       <c r="B116" s="1"/>
@@ -29211,124 +29201,124 @@
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
       <c r="X116" s="1"/>
       <c r="Y116" s="1"/>
       <c r="Z116" s="1"/>
       <c r="AA116" s="1"/>
       <c r="AB116" s="1"/>
       <c r="AC116" s="1"/>
       <c r="AD116" s="1"/>
       <c r="AE116" s="1"/>
       <c r="AF116" s="1"/>
       <c r="AG116" s="1"/>
       <c r="AH116" s="1"/>
       <c r="AI116" s="1"/>
       <c r="AJ116" s="1"/>
       <c r="AK116" s="1"/>
       <c r="AL116" s="1"/>
     </row>
     <row r="117" spans="1:40" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="1"/>
       <c r="B117" s="114" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C117" s="85"/>
       <c r="D117" s="85"/>
       <c r="E117" s="85"/>
       <c r="F117" s="85"/>
       <c r="G117" s="85"/>
       <c r="H117" s="85"/>
       <c r="I117" s="85"/>
       <c r="J117" s="85"/>
       <c r="K117" s="85"/>
       <c r="L117" s="85"/>
       <c r="M117" s="85"/>
       <c r="N117" s="85"/>
       <c r="O117" s="85"/>
       <c r="P117" s="85"/>
       <c r="Q117" s="85"/>
       <c r="R117" s="85"/>
       <c r="S117" s="85"/>
       <c r="T117" s="85"/>
       <c r="U117" s="85"/>
       <c r="V117" s="85"/>
       <c r="W117" s="85"/>
       <c r="X117" s="85"/>
       <c r="Y117" s="85"/>
       <c r="Z117" s="85"/>
       <c r="AA117" s="85"/>
       <c r="AB117" s="85"/>
       <c r="AC117" s="85"/>
       <c r="AD117" s="85"/>
       <c r="AE117" s="85"/>
       <c r="AF117" s="85"/>
       <c r="AG117" s="85"/>
       <c r="AH117" s="85"/>
       <c r="AI117" s="85"/>
       <c r="AJ117" s="112"/>
       <c r="AK117" s="1"/>
       <c r="AL117" s="1"/>
     </row>
     <row r="118" spans="1:40" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="1"/>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="1"/>
       <c r="E118" s="1"/>
       <c r="F118" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
       <c r="X118" s="1"/>
       <c r="Y118" s="1"/>
       <c r="Z118" s="1"/>
       <c r="AA118" s="1"/>
       <c r="AB118" s="1"/>
       <c r="AC118" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AD118" s="1"/>
       <c r="AE118" s="1"/>
       <c r="AF118" s="1"/>
       <c r="AG118" s="1"/>
       <c r="AH118" s="1"/>
       <c r="AI118" s="1"/>
       <c r="AJ118" s="56"/>
       <c r="AK118" s="1"/>
       <c r="AL118" s="1"/>
     </row>
     <row r="119" spans="1:40" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="1"/>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="1"/>
       <c r="E119" s="1"/>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
@@ -29343,63 +29333,63 @@
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
       <c r="X119" s="1"/>
       <c r="Y119" s="1"/>
       <c r="Z119" s="1"/>
       <c r="AA119" s="1"/>
       <c r="AB119" s="1"/>
       <c r="AC119" s="1"/>
       <c r="AD119" s="1"/>
       <c r="AE119" s="1"/>
       <c r="AF119" s="1"/>
       <c r="AG119" s="1"/>
       <c r="AH119" s="1"/>
       <c r="AI119" s="1"/>
       <c r="AJ119" s="56"/>
       <c r="AK119" s="1"/>
       <c r="AL119" s="1"/>
     </row>
     <row r="120" spans="1:40" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="1"/>
       <c r="B120" s="121"/>
       <c r="C120" s="41"/>
       <c r="D120" s="41"/>
       <c r="E120" s="41"/>
       <c r="F120" s="282" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="G120" s="282"/>
       <c r="H120" s="282"/>
       <c r="I120" s="282"/>
       <c r="J120" s="282"/>
       <c r="K120" s="282"/>
       <c r="L120" s="282"/>
       <c r="M120" s="282"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="220" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q120" s="220"/>
       <c r="R120" s="220"/>
       <c r="S120" s="220"/>
       <c r="T120" s="220"/>
       <c r="U120" s="220"/>
       <c r="V120" s="220"/>
       <c r="W120" s="220"/>
       <c r="X120" s="220"/>
       <c r="Y120" s="220"/>
       <c r="Z120" s="220"/>
       <c r="AA120" s="220"/>
       <c r="AB120" s="220"/>
       <c r="AC120" s="220"/>
       <c r="AD120" s="220"/>
       <c r="AE120" s="220"/>
       <c r="AF120" s="220"/>
       <c r="AG120" s="220"/>
       <c r="AH120" s="220"/>
       <c r="AI120" s="1"/>
       <c r="AJ120" s="56"/>
       <c r="AK120" s="1"/>
       <c r="AL120" s="1"/>
       <c r="AN120" s="47" t="b">
         <v>0</v>
@@ -29466,193 +29456,193 @@
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
       <c r="X122" s="1"/>
       <c r="Y122" s="1"/>
       <c r="Z122" s="1"/>
       <c r="AA122" s="1"/>
       <c r="AB122" s="1"/>
       <c r="AC122" s="1"/>
       <c r="AD122" s="1"/>
       <c r="AE122" s="1"/>
       <c r="AF122" s="1"/>
       <c r="AG122" s="1"/>
       <c r="AH122" s="1"/>
       <c r="AI122" s="1"/>
       <c r="AJ122" s="1"/>
       <c r="AK122" s="1"/>
       <c r="AL122" s="1"/>
     </row>
     <row r="123" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="1"/>
       <c r="B123" s="114" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C123" s="85"/>
       <c r="D123" s="85"/>
       <c r="E123" s="85"/>
       <c r="F123" s="85"/>
       <c r="G123" s="85"/>
       <c r="H123" s="85"/>
       <c r="I123" s="85"/>
       <c r="J123" s="85"/>
       <c r="K123" s="85"/>
       <c r="L123" s="85"/>
       <c r="M123" s="85"/>
       <c r="N123" s="85"/>
       <c r="O123" s="85"/>
       <c r="P123" s="85"/>
       <c r="Q123" s="85"/>
       <c r="R123" s="85"/>
       <c r="S123" s="85"/>
       <c r="T123" s="85"/>
       <c r="U123" s="85"/>
       <c r="V123" s="85"/>
       <c r="W123" s="85"/>
       <c r="X123" s="85"/>
       <c r="Y123" s="85"/>
       <c r="Z123" s="85"/>
       <c r="AA123" s="85"/>
       <c r="AB123" s="85"/>
       <c r="AC123" s="85"/>
       <c r="AD123" s="85"/>
       <c r="AE123" s="85"/>
       <c r="AF123" s="85"/>
       <c r="AG123" s="85"/>
       <c r="AH123" s="85"/>
       <c r="AI123" s="85"/>
       <c r="AJ123" s="112"/>
       <c r="AK123" s="1"/>
       <c r="AL123" s="1"/>
     </row>
     <row r="124" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="1"/>
       <c r="B124" s="10"/>
       <c r="C124" s="1"/>
       <c r="D124" s="1"/>
       <c r="E124" s="1"/>
       <c r="F124" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
       <c r="X124" s="1"/>
       <c r="Y124" s="1"/>
       <c r="Z124" s="1"/>
       <c r="AA124" s="1"/>
       <c r="AB124" s="1"/>
       <c r="AC124" s="1"/>
       <c r="AD124" s="1"/>
       <c r="AE124" s="1"/>
       <c r="AF124" s="1"/>
       <c r="AG124" s="1"/>
       <c r="AH124" s="1"/>
       <c r="AI124" s="1"/>
       <c r="AJ124" s="56"/>
       <c r="AK124" s="1"/>
       <c r="AL124" s="1"/>
     </row>
     <row r="125" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1"/>
       <c r="B125" s="10"/>
       <c r="C125" s="1"/>
       <c r="D125" s="1"/>
       <c r="E125" s="1"/>
       <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
       <c r="X125" s="1"/>
       <c r="Y125" s="1"/>
       <c r="Z125" s="1"/>
       <c r="AA125" s="1"/>
       <c r="AB125" s="1"/>
       <c r="AC125" s="1"/>
       <c r="AD125" s="1"/>
       <c r="AE125" s="1"/>
       <c r="AF125" s="1"/>
       <c r="AG125" s="1"/>
       <c r="AH125" s="1"/>
       <c r="AI125" s="1"/>
       <c r="AJ125" s="56"/>
       <c r="AK125" s="1"/>
       <c r="AL125" s="1"/>
     </row>
     <row r="126" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="1"/>
       <c r="B126" s="10"/>
       <c r="C126" s="1"/>
       <c r="D126" s="1"/>
       <c r="E126" s="1"/>
       <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="341" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="Q126" s="341"/>
       <c r="R126" s="341"/>
       <c r="S126" s="341"/>
       <c r="T126" s="341"/>
       <c r="U126" s="341"/>
       <c r="V126" s="341"/>
       <c r="W126" s="341"/>
       <c r="X126" s="341"/>
       <c r="Y126" s="341"/>
       <c r="Z126" s="341"/>
       <c r="AA126" s="341"/>
       <c r="AB126" s="341"/>
       <c r="AC126" s="341"/>
       <c r="AD126" s="341"/>
       <c r="AE126" s="341"/>
       <c r="AF126" s="341"/>
       <c r="AG126" s="341"/>
       <c r="AH126" s="341"/>
       <c r="AI126" s="341"/>
       <c r="AJ126" s="342"/>
       <c r="AK126" s="124"/>
       <c r="AL126" s="37"/>
     </row>
     <row r="127" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -29720,147 +29710,147 @@
       <c r="V128" s="111"/>
       <c r="W128" s="111"/>
       <c r="X128" s="111"/>
       <c r="Y128" s="111"/>
       <c r="Z128" s="111"/>
       <c r="AA128" s="111"/>
       <c r="AB128" s="111"/>
       <c r="AC128" s="111"/>
       <c r="AD128" s="111"/>
       <c r="AE128" s="111"/>
       <c r="AF128" s="111"/>
       <c r="AG128" s="111"/>
       <c r="AH128" s="111"/>
       <c r="AI128" s="111"/>
       <c r="AJ128" s="115"/>
       <c r="AK128" s="111"/>
       <c r="AL128" s="1"/>
     </row>
     <row r="129" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="1"/>
       <c r="B129" s="116"/>
       <c r="C129" s="24"/>
       <c r="D129" s="24"/>
       <c r="E129" s="24"/>
       <c r="F129" s="269" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="G129" s="269"/>
       <c r="H129" s="269"/>
       <c r="I129" s="269"/>
       <c r="J129" s="269"/>
       <c r="K129" s="269"/>
       <c r="L129" s="269"/>
       <c r="M129" s="269"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="Q129" s="111"/>
       <c r="R129" s="111"/>
       <c r="S129" s="111"/>
       <c r="T129" s="111"/>
       <c r="U129" s="111"/>
       <c r="V129" s="111"/>
       <c r="W129" s="111"/>
       <c r="X129" s="111"/>
       <c r="Y129" s="111"/>
       <c r="Z129" s="111"/>
       <c r="AA129" s="111"/>
       <c r="AB129" s="111"/>
       <c r="AC129" s="111"/>
       <c r="AD129" s="111"/>
       <c r="AE129" s="111"/>
       <c r="AF129" s="111"/>
       <c r="AG129" s="111"/>
       <c r="AH129" s="111"/>
       <c r="AI129" s="111"/>
       <c r="AJ129" s="115"/>
       <c r="AK129" s="111"/>
       <c r="AL129" s="1"/>
     </row>
     <row r="130" spans="1:44" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="1"/>
       <c r="B130" s="116"/>
       <c r="C130" s="24"/>
       <c r="D130" s="24"/>
       <c r="E130" s="24"/>
       <c r="F130" s="269"/>
       <c r="G130" s="269"/>
       <c r="H130" s="269"/>
       <c r="I130" s="269"/>
       <c r="J130" s="269"/>
       <c r="K130" s="269"/>
       <c r="L130" s="269"/>
       <c r="M130" s="269"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="282" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Q130" s="282"/>
       <c r="R130" s="282"/>
       <c r="S130" s="282"/>
       <c r="T130" s="282"/>
       <c r="U130" s="282"/>
       <c r="V130" s="282"/>
       <c r="W130" s="282"/>
       <c r="X130" s="282"/>
       <c r="Y130" s="282"/>
       <c r="Z130" s="282"/>
       <c r="AA130" s="282"/>
       <c r="AB130" s="282"/>
       <c r="AC130" s="282"/>
       <c r="AD130" s="282"/>
       <c r="AE130" s="282"/>
       <c r="AF130" s="282"/>
       <c r="AG130" s="282"/>
       <c r="AH130" s="282"/>
       <c r="AI130" s="282"/>
       <c r="AJ130" s="115"/>
       <c r="AK130" s="111"/>
       <c r="AL130" s="1"/>
     </row>
     <row r="131" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="1"/>
       <c r="B131" s="117"/>
       <c r="C131" s="26"/>
       <c r="D131" s="26"/>
       <c r="E131" s="26"/>
       <c r="F131" s="340"/>
       <c r="G131" s="340"/>
       <c r="H131" s="340"/>
       <c r="I131" s="340"/>
       <c r="J131" s="340"/>
       <c r="K131" s="340"/>
       <c r="L131" s="340"/>
       <c r="M131" s="340"/>
       <c r="N131" s="11"/>
       <c r="O131" s="11"/>
       <c r="P131" s="118" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="Q131" s="119"/>
       <c r="R131" s="119"/>
       <c r="S131" s="119"/>
       <c r="T131" s="119"/>
       <c r="U131" s="119"/>
       <c r="V131" s="119"/>
       <c r="W131" s="119"/>
       <c r="X131" s="119"/>
       <c r="Y131" s="119"/>
       <c r="Z131" s="119"/>
       <c r="AA131" s="119"/>
       <c r="AB131" s="119"/>
       <c r="AC131" s="119"/>
       <c r="AD131" s="119"/>
       <c r="AE131" s="119"/>
       <c r="AF131" s="119"/>
       <c r="AG131" s="119"/>
       <c r="AH131" s="119"/>
       <c r="AI131" s="119"/>
       <c r="AJ131" s="120"/>
       <c r="AK131" s="111"/>
       <c r="AL131" s="1"/>
       <c r="AN131" s="47" t="b">
         <v>0</v>
@@ -29887,189 +29877,189 @@
       <c r="R132" s="111"/>
       <c r="S132" s="111"/>
       <c r="T132" s="111"/>
       <c r="U132" s="111"/>
       <c r="V132" s="111"/>
       <c r="W132" s="111"/>
       <c r="X132" s="111"/>
       <c r="Y132" s="111"/>
       <c r="Z132" s="111"/>
       <c r="AA132" s="111"/>
       <c r="AB132" s="111"/>
       <c r="AC132" s="111"/>
       <c r="AD132" s="111"/>
       <c r="AE132" s="111"/>
       <c r="AF132" s="111"/>
       <c r="AG132" s="111"/>
       <c r="AH132" s="111"/>
       <c r="AI132" s="111"/>
       <c r="AJ132" s="111"/>
       <c r="AK132" s="111"/>
       <c r="AL132" s="1"/>
     </row>
     <row r="133" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="1"/>
       <c r="B133" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C133" s="1"/>
       <c r="D133" s="1"/>
       <c r="E133" s="1"/>
       <c r="F133" s="1"/>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
       <c r="X133" s="1"/>
       <c r="Y133" s="1"/>
       <c r="Z133" s="1"/>
       <c r="AA133" s="1"/>
       <c r="AB133" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AC133" s="1"/>
       <c r="AD133" s="1"/>
       <c r="AE133" s="1"/>
       <c r="AF133" s="1"/>
       <c r="AG133" s="1"/>
       <c r="AH133" s="1"/>
       <c r="AI133" s="1"/>
       <c r="AJ133" s="1"/>
       <c r="AK133" s="1"/>
       <c r="AL133" s="1"/>
       <c r="AR133" s="2"/>
     </row>
     <row r="134" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="1"/>
       <c r="B134" s="1"/>
       <c r="C134" s="1"/>
       <c r="D134" s="1"/>
       <c r="E134" s="1"/>
       <c r="F134" s="1"/>
       <c r="G134" s="1"/>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
       <c r="X134" s="1"/>
       <c r="Y134" s="1"/>
       <c r="Z134" s="1"/>
       <c r="AA134" s="1"/>
       <c r="AB134" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AC134" s="1"/>
       <c r="AD134" s="1"/>
       <c r="AE134" s="1"/>
       <c r="AF134" s="1"/>
       <c r="AG134" s="1"/>
       <c r="AH134" s="1"/>
       <c r="AI134" s="1"/>
       <c r="AJ134" s="1"/>
       <c r="AK134" s="1"/>
       <c r="AL134" s="1"/>
     </row>
     <row r="135" spans="1:44" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="1"/>
       <c r="B135" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C135" s="1"/>
       <c r="D135" s="1"/>
       <c r="E135" s="1"/>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="69"/>
       <c r="P135" s="69"/>
       <c r="Q135" s="69"/>
       <c r="R135" s="69"/>
       <c r="S135" s="69"/>
       <c r="T135" s="69"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
       <c r="X135" s="22" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="Y135" s="251"/>
       <c r="Z135" s="251"/>
       <c r="AA135" s="251"/>
       <c r="AB135" s="251"/>
       <c r="AC135" s="251"/>
       <c r="AD135" s="251"/>
       <c r="AE135" s="251"/>
       <c r="AF135" s="251"/>
       <c r="AG135" s="251"/>
       <c r="AH135" s="251"/>
       <c r="AI135" s="251"/>
       <c r="AJ135" s="251"/>
       <c r="AK135" s="251"/>
       <c r="AL135" s="1"/>
       <c r="AN135" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:44" x14ac:dyDescent="0.25">
       <c r="A136" s="1"/>
       <c r="B136" s="28" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C136" s="1"/>
       <c r="D136" s="1"/>
       <c r="E136" s="1"/>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
       <c r="X136" s="1"/>
       <c r="Y136" s="1"/>
       <c r="Z136" s="1"/>
@@ -30107,142 +30097,142 @@
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
       <c r="X137" s="1"/>
       <c r="Y137" s="1"/>
       <c r="Z137" s="1"/>
       <c r="AA137" s="1"/>
       <c r="AB137" s="1"/>
       <c r="AC137" s="1"/>
       <c r="AD137" s="1"/>
       <c r="AE137" s="1"/>
       <c r="AF137" s="1"/>
       <c r="AG137" s="1"/>
       <c r="AH137" s="1"/>
       <c r="AI137" s="1"/>
       <c r="AJ137" s="1"/>
       <c r="AK137" s="1"/>
       <c r="AL137" s="1"/>
     </row>
     <row r="138" spans="1:44" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="1"/>
       <c r="B138" s="28" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C138" s="311" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D138" s="311"/>
       <c r="E138" s="311"/>
       <c r="F138" s="311"/>
       <c r="G138" s="311"/>
       <c r="H138" s="311"/>
       <c r="I138" s="311"/>
       <c r="J138" s="311"/>
       <c r="K138" s="311"/>
       <c r="L138" s="311"/>
       <c r="M138" s="311"/>
       <c r="N138" s="311"/>
       <c r="O138" s="311"/>
       <c r="P138" s="311"/>
       <c r="Q138" s="311"/>
       <c r="R138" s="311"/>
       <c r="S138" s="311"/>
       <c r="T138" s="311"/>
       <c r="U138" s="311"/>
       <c r="V138" s="311"/>
       <c r="W138" s="311"/>
       <c r="X138" s="311"/>
       <c r="Y138" s="311"/>
       <c r="Z138" s="311"/>
       <c r="AA138" s="311"/>
       <c r="AB138" s="311"/>
       <c r="AC138" s="311"/>
       <c r="AD138" s="311"/>
       <c r="AE138" s="311"/>
       <c r="AF138" s="311"/>
       <c r="AG138" s="311"/>
       <c r="AH138" s="311"/>
       <c r="AI138" s="311"/>
       <c r="AJ138" s="311"/>
       <c r="AK138" s="1"/>
       <c r="AL138" s="1"/>
     </row>
     <row r="139" spans="1:44" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="1"/>
       <c r="B139" s="25" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C139" s="312" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="D139" s="312"/>
       <c r="E139" s="312"/>
       <c r="F139" s="312"/>
       <c r="G139" s="312"/>
       <c r="H139" s="312"/>
       <c r="I139" s="312"/>
       <c r="J139" s="312"/>
       <c r="K139" s="312"/>
       <c r="L139" s="312"/>
       <c r="M139" s="312"/>
       <c r="N139" s="312"/>
       <c r="O139" s="312"/>
       <c r="P139" s="312"/>
       <c r="Q139" s="312"/>
       <c r="R139" s="312"/>
       <c r="S139" s="312"/>
       <c r="T139" s="312"/>
       <c r="U139" s="312"/>
       <c r="V139" s="312"/>
       <c r="W139" s="312"/>
       <c r="X139" s="312"/>
       <c r="Y139" s="312"/>
       <c r="Z139" s="312"/>
       <c r="AA139" s="312"/>
       <c r="AB139" s="312"/>
       <c r="AC139" s="312"/>
       <c r="AD139" s="312"/>
       <c r="AE139" s="312"/>
       <c r="AF139" s="312"/>
       <c r="AG139" s="312"/>
       <c r="AH139" s="312"/>
       <c r="AI139" s="312"/>
       <c r="AJ139" s="312"/>
       <c r="AK139" s="1"/>
       <c r="AL139" s="1"/>
     </row>
     <row r="140" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="1"/>
       <c r="B140" s="28" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C140" s="311" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D140" s="311"/>
       <c r="E140" s="311"/>
       <c r="F140" s="311"/>
       <c r="G140" s="311"/>
       <c r="H140" s="311"/>
       <c r="I140" s="311"/>
       <c r="J140" s="311"/>
       <c r="K140" s="311"/>
       <c r="L140" s="311"/>
       <c r="M140" s="311"/>
       <c r="N140" s="311"/>
       <c r="O140" s="311"/>
       <c r="P140" s="311"/>
       <c r="Q140" s="311"/>
       <c r="R140" s="311"/>
       <c r="S140" s="311"/>
       <c r="T140" s="311"/>
       <c r="U140" s="311"/>
       <c r="V140" s="311"/>
       <c r="W140" s="311"/>
       <c r="X140" s="311"/>
       <c r="Y140" s="311"/>
       <c r="Z140" s="311"/>
       <c r="AA140" s="311"/>
@@ -30279,51 +30269,51 @@
       <c r="R141" s="7"/>
       <c r="S141" s="7"/>
       <c r="T141" s="7"/>
       <c r="U141" s="7"/>
       <c r="V141" s="7"/>
       <c r="W141" s="7"/>
       <c r="X141" s="7"/>
       <c r="Y141" s="7"/>
       <c r="Z141" s="7"/>
       <c r="AA141" s="7"/>
       <c r="AB141" s="7"/>
       <c r="AC141" s="7"/>
       <c r="AD141" s="7"/>
       <c r="AE141" s="7"/>
       <c r="AF141" s="7"/>
       <c r="AG141" s="7"/>
       <c r="AH141" s="7"/>
       <c r="AI141" s="7"/>
       <c r="AJ141" s="7"/>
       <c r="AK141" s="1"/>
       <c r="AL141" s="1"/>
     </row>
     <row r="142" spans="1:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="1"/>
       <c r="B142" s="34" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C142" s="1"/>
       <c r="D142" s="1"/>
       <c r="E142" s="1"/>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
       <c r="X142" s="1"/>
       <c r="Y142" s="1"/>
       <c r="Z142" s="1"/>
@@ -30522,345 +30512,345 @@
       <c r="S147" s="333"/>
       <c r="T147" s="333"/>
       <c r="U147" s="333"/>
       <c r="V147" s="333"/>
       <c r="W147" s="333"/>
       <c r="X147" s="333"/>
       <c r="Y147" s="333"/>
       <c r="Z147" s="333"/>
       <c r="AA147" s="333"/>
       <c r="AB147" s="333"/>
       <c r="AC147" s="333"/>
       <c r="AD147" s="333"/>
       <c r="AE147" s="333"/>
       <c r="AF147" s="333"/>
       <c r="AG147" s="333"/>
       <c r="AH147" s="333"/>
       <c r="AI147" s="333"/>
       <c r="AJ147" s="333"/>
       <c r="AK147" s="334"/>
       <c r="AL147" s="1"/>
     </row>
     <row r="148" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="1"/>
       <c r="B148" s="58"/>
       <c r="C148" s="46" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D148" s="39"/>
       <c r="E148" s="39"/>
       <c r="F148" s="39"/>
       <c r="G148" s="39"/>
       <c r="H148" s="39"/>
       <c r="I148" s="39"/>
       <c r="J148" s="39"/>
       <c r="K148" s="39"/>
       <c r="L148" s="39"/>
       <c r="M148" s="39"/>
       <c r="N148" s="39"/>
       <c r="O148" s="39"/>
       <c r="P148" s="39"/>
       <c r="Q148" s="39"/>
       <c r="R148" s="39"/>
       <c r="S148" s="39"/>
       <c r="T148" s="39"/>
       <c r="U148" s="39"/>
       <c r="V148" s="39"/>
       <c r="W148" s="39"/>
       <c r="X148" s="39"/>
       <c r="Y148" s="39"/>
       <c r="Z148" s="39"/>
       <c r="AA148" s="39"/>
       <c r="AB148" s="39"/>
       <c r="AC148" s="39"/>
       <c r="AD148" s="39"/>
       <c r="AE148" s="39"/>
       <c r="AF148" s="39"/>
       <c r="AG148" s="39"/>
       <c r="AH148" s="39"/>
       <c r="AI148" s="39"/>
       <c r="AJ148" s="39"/>
       <c r="AK148" s="59"/>
       <c r="AL148" s="1"/>
     </row>
     <row r="149" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="1"/>
       <c r="B149" s="58"/>
       <c r="C149" s="84" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D149" s="39"/>
       <c r="E149" s="39"/>
       <c r="F149" s="39"/>
       <c r="G149" s="39"/>
       <c r="H149" s="39"/>
       <c r="I149" s="39"/>
       <c r="J149" s="39"/>
       <c r="K149" s="39"/>
       <c r="L149" s="39"/>
       <c r="M149" s="39"/>
       <c r="N149" s="39"/>
       <c r="O149" s="39"/>
       <c r="P149" s="39"/>
       <c r="Q149" s="39"/>
       <c r="R149" s="39"/>
       <c r="S149" s="39"/>
       <c r="T149" s="39"/>
       <c r="U149" s="39"/>
       <c r="V149" s="39"/>
       <c r="W149" s="39"/>
       <c r="X149" s="39"/>
       <c r="Y149" s="39"/>
       <c r="Z149" s="39"/>
       <c r="AA149" s="39"/>
       <c r="AB149" s="39"/>
       <c r="AC149" s="39"/>
       <c r="AD149" s="39"/>
       <c r="AE149" s="39"/>
       <c r="AF149" s="39"/>
       <c r="AG149" s="39"/>
       <c r="AH149" s="39"/>
       <c r="AI149" s="39"/>
       <c r="AJ149" s="39"/>
       <c r="AK149" s="59"/>
       <c r="AL149" s="1"/>
     </row>
     <row r="150" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="1"/>
       <c r="B150" s="58"/>
       <c r="C150" s="65" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D150" s="39"/>
       <c r="E150" s="39"/>
       <c r="F150" s="39"/>
       <c r="G150" s="39"/>
       <c r="H150" s="39"/>
       <c r="I150" s="39"/>
       <c r="J150" s="39"/>
       <c r="K150" s="39"/>
       <c r="L150" s="39"/>
       <c r="M150" s="39"/>
       <c r="N150" s="39"/>
       <c r="O150" s="39"/>
       <c r="P150" s="39"/>
       <c r="Q150" s="39"/>
       <c r="R150" s="39"/>
       <c r="S150" s="39"/>
       <c r="T150" s="39"/>
       <c r="U150" s="39"/>
       <c r="V150" s="39"/>
       <c r="W150" s="39"/>
       <c r="X150" s="39"/>
       <c r="Y150" s="39"/>
       <c r="Z150" s="39"/>
       <c r="AA150" s="39"/>
       <c r="AB150" s="39"/>
       <c r="AC150" s="39"/>
       <c r="AD150" s="39"/>
       <c r="AE150" s="39"/>
       <c r="AF150" s="39"/>
       <c r="AG150" s="39"/>
       <c r="AH150" s="39"/>
       <c r="AI150" s="39"/>
       <c r="AJ150" s="39"/>
       <c r="AK150" s="59"/>
       <c r="AL150" s="1"/>
     </row>
     <row r="151" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="1"/>
       <c r="B151" s="60"/>
       <c r="C151" s="65" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D151" s="38"/>
       <c r="E151" s="39"/>
       <c r="F151" s="39"/>
       <c r="G151" s="39"/>
       <c r="H151" s="39"/>
       <c r="I151" s="39"/>
       <c r="J151" s="39"/>
       <c r="K151" s="39"/>
       <c r="L151" s="39"/>
       <c r="M151" s="39"/>
       <c r="N151" s="39"/>
       <c r="O151" s="39"/>
       <c r="P151" s="39"/>
       <c r="Q151" s="39"/>
       <c r="R151" s="39"/>
       <c r="S151" s="39"/>
       <c r="T151" s="39"/>
       <c r="U151" s="39"/>
       <c r="V151" s="39"/>
       <c r="W151" s="39"/>
       <c r="X151" s="39"/>
       <c r="Y151" s="39"/>
       <c r="Z151" s="39"/>
       <c r="AA151" s="39"/>
       <c r="AB151" s="39"/>
       <c r="AC151" s="39"/>
       <c r="AD151" s="39"/>
       <c r="AE151" s="39"/>
       <c r="AF151" s="39"/>
       <c r="AG151" s="39"/>
       <c r="AH151" s="39"/>
       <c r="AI151" s="39"/>
       <c r="AJ151" s="39"/>
       <c r="AK151" s="59"/>
       <c r="AL151" s="1"/>
     </row>
     <row r="152" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="1"/>
       <c r="B152" s="60"/>
       <c r="C152" s="65" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D152" s="38"/>
       <c r="E152" s="39"/>
       <c r="F152" s="39"/>
       <c r="G152" s="39"/>
       <c r="H152" s="39"/>
       <c r="I152" s="39"/>
       <c r="J152" s="39"/>
       <c r="K152" s="39"/>
       <c r="L152" s="39"/>
       <c r="M152" s="39"/>
       <c r="N152" s="39"/>
       <c r="O152" s="39"/>
       <c r="P152" s="39"/>
       <c r="Q152" s="39"/>
       <c r="R152" s="39"/>
       <c r="S152" s="39"/>
       <c r="T152" s="39"/>
       <c r="U152" s="39"/>
       <c r="V152" s="39"/>
       <c r="W152" s="39"/>
       <c r="X152" s="39"/>
       <c r="Y152" s="39"/>
       <c r="Z152" s="39"/>
       <c r="AA152" s="39"/>
       <c r="AB152" s="39"/>
       <c r="AC152" s="39"/>
       <c r="AD152" s="39"/>
       <c r="AE152" s="39"/>
       <c r="AF152" s="39"/>
       <c r="AG152" s="39"/>
       <c r="AH152" s="39"/>
       <c r="AI152" s="39"/>
       <c r="AJ152" s="39"/>
       <c r="AK152" s="59"/>
       <c r="AL152" s="1"/>
     </row>
     <row r="153" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="1"/>
       <c r="B153" s="60"/>
       <c r="C153" s="65" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="D153" s="38"/>
       <c r="E153" s="39"/>
       <c r="F153" s="39"/>
       <c r="G153" s="39"/>
       <c r="H153" s="39"/>
       <c r="I153" s="39"/>
       <c r="J153" s="39"/>
       <c r="K153" s="39"/>
       <c r="L153" s="39"/>
       <c r="M153" s="39"/>
       <c r="N153" s="39"/>
       <c r="O153" s="39"/>
       <c r="P153" s="39"/>
       <c r="Q153" s="39"/>
       <c r="R153" s="39"/>
       <c r="S153" s="39"/>
       <c r="T153" s="39"/>
       <c r="U153" s="39"/>
       <c r="V153" s="39"/>
       <c r="W153" s="39"/>
       <c r="X153" s="39"/>
       <c r="Y153" s="39"/>
       <c r="Z153" s="39"/>
       <c r="AA153" s="39"/>
       <c r="AB153" s="39"/>
       <c r="AC153" s="39"/>
       <c r="AD153" s="39"/>
       <c r="AE153" s="39"/>
       <c r="AF153" s="39"/>
       <c r="AG153" s="39"/>
       <c r="AH153" s="39"/>
       <c r="AI153" s="39"/>
       <c r="AJ153" s="39"/>
       <c r="AK153" s="59"/>
       <c r="AL153" s="1"/>
     </row>
     <row r="154" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="1"/>
       <c r="B154" s="60"/>
       <c r="C154" s="65" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D154" s="38"/>
       <c r="E154" s="39"/>
       <c r="F154" s="39"/>
       <c r="G154" s="39"/>
       <c r="H154" s="39"/>
       <c r="I154" s="39"/>
       <c r="J154" s="39"/>
       <c r="K154" s="39"/>
       <c r="L154" s="39"/>
       <c r="M154" s="39"/>
       <c r="N154" s="39"/>
       <c r="O154" s="39"/>
       <c r="P154" s="39"/>
       <c r="Q154" s="39"/>
       <c r="R154" s="39"/>
       <c r="S154" s="39"/>
       <c r="T154" s="39"/>
       <c r="U154" s="39"/>
       <c r="V154" s="39"/>
       <c r="W154" s="39"/>
       <c r="X154" s="39"/>
       <c r="Y154" s="39"/>
       <c r="Z154" s="39"/>
       <c r="AA154" s="39"/>
       <c r="AB154" s="39"/>
       <c r="AC154" s="39"/>
       <c r="AD154" s="39"/>
       <c r="AE154" s="39"/>
       <c r="AF154" s="39"/>
       <c r="AG154" s="39"/>
       <c r="AH154" s="39"/>
       <c r="AI154" s="39"/>
       <c r="AJ154" s="39"/>
       <c r="AK154" s="59"/>
       <c r="AL154" s="1"/>
     </row>
     <row r="155" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="1"/>
       <c r="B155" s="61"/>
       <c r="C155" s="66" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D155" s="62"/>
       <c r="E155" s="63"/>
       <c r="F155" s="63"/>
       <c r="G155" s="63"/>
       <c r="H155" s="63"/>
       <c r="I155" s="63"/>
       <c r="J155" s="63"/>
       <c r="K155" s="63"/>
       <c r="L155" s="63"/>
       <c r="M155" s="63"/>
       <c r="N155" s="63"/>
       <c r="O155" s="63"/>
       <c r="P155" s="63"/>
       <c r="Q155" s="63"/>
       <c r="R155" s="63"/>
       <c r="S155" s="63"/>
       <c r="T155" s="63"/>
       <c r="U155" s="63"/>
       <c r="V155" s="63"/>
       <c r="W155" s="63"/>
       <c r="X155" s="63"/>
       <c r="Y155" s="63"/>
       <c r="Z155" s="63"/>
       <c r="AA155" s="63"/>
@@ -30897,118 +30887,118 @@
       <c r="R156" s="7"/>
       <c r="S156" s="7"/>
       <c r="T156" s="7"/>
       <c r="U156" s="7"/>
       <c r="V156" s="7"/>
       <c r="W156" s="7"/>
       <c r="X156" s="7"/>
       <c r="Y156" s="7"/>
       <c r="Z156" s="7"/>
       <c r="AA156" s="7"/>
       <c r="AB156" s="7"/>
       <c r="AC156" s="7"/>
       <c r="AD156" s="7"/>
       <c r="AE156" s="7"/>
       <c r="AF156" s="7"/>
       <c r="AG156" s="7"/>
       <c r="AH156" s="7"/>
       <c r="AI156" s="7"/>
       <c r="AJ156" s="7"/>
       <c r="AK156" s="7"/>
       <c r="AL156" s="1"/>
     </row>
     <row r="157" spans="1:38" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="1"/>
       <c r="B157" s="335" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C157" s="335"/>
       <c r="D157" s="335"/>
       <c r="E157" s="335"/>
       <c r="F157" s="335"/>
       <c r="G157" s="335"/>
       <c r="H157" s="335"/>
       <c r="I157" s="335"/>
       <c r="J157" s="335"/>
       <c r="K157" s="335"/>
       <c r="L157" s="335"/>
       <c r="M157" s="335"/>
       <c r="N157" s="335"/>
       <c r="O157" s="335"/>
       <c r="P157" s="335"/>
       <c r="Q157" s="335"/>
       <c r="R157" s="335"/>
       <c r="S157" s="335"/>
       <c r="T157" s="335"/>
       <c r="U157" s="335"/>
       <c r="V157" s="335"/>
       <c r="W157" s="335"/>
       <c r="X157" s="335"/>
       <c r="Y157" s="335"/>
       <c r="Z157" s="335"/>
       <c r="AA157" s="335"/>
       <c r="AB157" s="335"/>
       <c r="AC157" s="335"/>
       <c r="AD157" s="335"/>
       <c r="AE157" s="335"/>
       <c r="AF157" s="335"/>
       <c r="AG157" s="335"/>
       <c r="AH157" s="335"/>
       <c r="AI157" s="335"/>
       <c r="AJ157" s="335"/>
       <c r="AK157" s="335"/>
       <c r="AL157" s="1"/>
     </row>
     <row r="158" spans="1:38" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="1"/>
       <c r="B158" s="272" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C158" s="272"/>
       <c r="D158" s="272"/>
       <c r="E158" s="272"/>
       <c r="F158" s="272"/>
       <c r="G158" s="313"/>
       <c r="H158" s="314" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="I158" s="315"/>
       <c r="J158" s="315"/>
       <c r="K158" s="315"/>
       <c r="L158" s="315"/>
       <c r="M158" s="315"/>
       <c r="N158" s="315"/>
       <c r="O158" s="315"/>
       <c r="P158" s="315"/>
       <c r="Q158" s="315"/>
       <c r="R158" s="315"/>
       <c r="S158" s="315"/>
       <c r="T158" s="315"/>
       <c r="U158" s="315"/>
       <c r="V158" s="316"/>
       <c r="W158" s="320" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="X158" s="321"/>
       <c r="Y158" s="321"/>
       <c r="Z158" s="321"/>
       <c r="AA158" s="321"/>
       <c r="AB158" s="321"/>
       <c r="AC158" s="321"/>
       <c r="AD158" s="321"/>
       <c r="AE158" s="321"/>
       <c r="AF158" s="321"/>
       <c r="AG158" s="321"/>
       <c r="AH158" s="321"/>
       <c r="AI158" s="321"/>
       <c r="AJ158" s="321"/>
       <c r="AK158" s="322"/>
       <c r="AL158" s="1"/>
     </row>
     <row r="159" spans="1:38" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="1"/>
       <c r="B159" s="40"/>
       <c r="C159" s="40"/>
       <c r="D159" s="40"/>
       <c r="E159" s="40"/>
       <c r="F159" s="40"/>
       <c r="G159" s="40"/>
@@ -31026,51 +31016,51 @@
       <c r="S159" s="318"/>
       <c r="T159" s="318"/>
       <c r="U159" s="318"/>
       <c r="V159" s="319"/>
       <c r="W159" s="323"/>
       <c r="X159" s="324"/>
       <c r="Y159" s="324"/>
       <c r="Z159" s="324"/>
       <c r="AA159" s="324"/>
       <c r="AB159" s="324"/>
       <c r="AC159" s="324"/>
       <c r="AD159" s="324"/>
       <c r="AE159" s="324"/>
       <c r="AF159" s="324"/>
       <c r="AG159" s="324"/>
       <c r="AH159" s="324"/>
       <c r="AI159" s="324"/>
       <c r="AJ159" s="324"/>
       <c r="AK159" s="325"/>
       <c r="AL159" s="1"/>
     </row>
     <row r="160" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="1"/>
       <c r="B160" s="41"/>
       <c r="C160" s="282" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D160" s="282"/>
       <c r="E160" s="282"/>
       <c r="F160" s="282"/>
       <c r="G160" s="282"/>
       <c r="H160" s="294"/>
       <c r="I160" s="295"/>
       <c r="J160" s="295"/>
       <c r="K160" s="295"/>
       <c r="L160" s="295"/>
       <c r="M160" s="295"/>
       <c r="N160" s="295"/>
       <c r="O160" s="295"/>
       <c r="P160" s="295"/>
       <c r="Q160" s="295"/>
       <c r="R160" s="295"/>
       <c r="S160" s="295"/>
       <c r="T160" s="295"/>
       <c r="U160" s="295"/>
       <c r="V160" s="296"/>
       <c r="W160" s="300"/>
       <c r="X160" s="301"/>
       <c r="Y160" s="301"/>
       <c r="Z160" s="301"/>
       <c r="AA160" s="301"/>
@@ -31108,135 +31098,135 @@
       <c r="S161" s="298"/>
       <c r="T161" s="298"/>
       <c r="U161" s="298"/>
       <c r="V161" s="299"/>
       <c r="W161" s="303"/>
       <c r="X161" s="304"/>
       <c r="Y161" s="304"/>
       <c r="Z161" s="304"/>
       <c r="AA161" s="304"/>
       <c r="AB161" s="304"/>
       <c r="AC161" s="304"/>
       <c r="AD161" s="304"/>
       <c r="AE161" s="304"/>
       <c r="AF161" s="304"/>
       <c r="AG161" s="304"/>
       <c r="AH161" s="304"/>
       <c r="AI161" s="304"/>
       <c r="AJ161" s="304"/>
       <c r="AK161" s="305"/>
       <c r="AL161" s="1"/>
     </row>
     <row r="162" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="1"/>
       <c r="B162" s="20"/>
       <c r="C162" s="220" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D162" s="220"/>
       <c r="E162" s="220"/>
       <c r="F162" s="220"/>
       <c r="G162" s="220"/>
       <c r="H162" s="306"/>
       <c r="I162" s="223"/>
       <c r="J162" s="223"/>
       <c r="K162" s="223"/>
       <c r="L162" s="223"/>
       <c r="M162" s="223"/>
       <c r="N162" s="223"/>
       <c r="O162" s="223"/>
       <c r="P162" s="223"/>
       <c r="Q162" s="223"/>
       <c r="R162" s="223"/>
       <c r="S162" s="223"/>
       <c r="T162" s="223"/>
       <c r="U162" s="223"/>
       <c r="V162" s="307"/>
       <c r="W162" s="308"/>
       <c r="X162" s="309"/>
       <c r="Y162" s="309"/>
       <c r="Z162" s="309"/>
       <c r="AA162" s="309"/>
       <c r="AB162" s="309"/>
       <c r="AC162" s="309"/>
       <c r="AD162" s="309"/>
       <c r="AE162" s="309"/>
       <c r="AF162" s="309"/>
       <c r="AG162" s="309"/>
       <c r="AH162" s="309"/>
       <c r="AI162" s="309"/>
       <c r="AJ162" s="309"/>
       <c r="AK162" s="310"/>
       <c r="AL162" s="1"/>
     </row>
     <row r="163" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="1"/>
       <c r="B163" s="20"/>
       <c r="C163" s="220" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D163" s="220"/>
       <c r="E163" s="220"/>
       <c r="F163" s="220"/>
       <c r="G163" s="220"/>
       <c r="H163" s="306"/>
       <c r="I163" s="223"/>
       <c r="J163" s="223"/>
       <c r="K163" s="223"/>
       <c r="L163" s="223"/>
       <c r="M163" s="223"/>
       <c r="N163" s="223"/>
       <c r="O163" s="223"/>
       <c r="P163" s="223"/>
       <c r="Q163" s="223"/>
       <c r="R163" s="223"/>
       <c r="S163" s="223"/>
       <c r="T163" s="223"/>
       <c r="U163" s="223"/>
       <c r="V163" s="307"/>
       <c r="W163" s="308"/>
       <c r="X163" s="309"/>
       <c r="Y163" s="309"/>
       <c r="Z163" s="309"/>
       <c r="AA163" s="309"/>
       <c r="AB163" s="309"/>
       <c r="AC163" s="309"/>
       <c r="AD163" s="309"/>
       <c r="AE163" s="309"/>
       <c r="AF163" s="309"/>
       <c r="AG163" s="309"/>
       <c r="AH163" s="309"/>
       <c r="AI163" s="309"/>
       <c r="AJ163" s="309"/>
       <c r="AK163" s="310"/>
       <c r="AL163" s="1"/>
     </row>
     <row r="164" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="1"/>
       <c r="B164" s="41"/>
       <c r="C164" s="282" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D164" s="282"/>
       <c r="E164" s="282"/>
       <c r="F164" s="282"/>
       <c r="G164" s="282"/>
       <c r="H164" s="283"/>
       <c r="I164" s="284"/>
       <c r="J164" s="284"/>
       <c r="K164" s="284"/>
       <c r="L164" s="284"/>
       <c r="M164" s="284"/>
       <c r="N164" s="284"/>
       <c r="O164" s="284"/>
       <c r="P164" s="284"/>
       <c r="Q164" s="284"/>
       <c r="R164" s="284"/>
       <c r="S164" s="284"/>
       <c r="T164" s="284"/>
       <c r="U164" s="284"/>
       <c r="V164" s="285"/>
       <c r="W164" s="288"/>
       <c r="X164" s="289"/>
       <c r="Y164" s="289"/>
       <c r="Z164" s="289"/>
       <c r="AA164" s="289"/>
@@ -31308,51 +31298,51 @@
       <c r="M166" s="44"/>
       <c r="N166" s="44"/>
       <c r="O166" s="44"/>
       <c r="P166" s="44"/>
       <c r="Q166" s="44"/>
       <c r="R166" s="44"/>
       <c r="S166" s="44"/>
       <c r="T166" s="44"/>
       <c r="U166" s="44"/>
       <c r="V166" s="44"/>
       <c r="W166" s="45"/>
       <c r="X166" s="45"/>
       <c r="Y166" s="45"/>
       <c r="Z166" s="45"/>
       <c r="AA166" s="45"/>
       <c r="AB166" s="45"/>
       <c r="AC166" s="45"/>
       <c r="AD166" s="45"/>
       <c r="AE166" s="45"/>
       <c r="AF166" s="45"/>
       <c r="AG166" s="45"/>
       <c r="AH166" s="45"/>
       <c r="AI166" s="45"/>
       <c r="AJ166" s="45"/>
       <c r="AK166" s="52" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="AL166" s="1"/>
     </row>
     <row r="167" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="170" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="173" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="174" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="175" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="176" spans="1:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="177" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="178" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="179" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="180" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="181" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="182" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="183" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="184" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="185" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="186" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="187" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="188" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -31419,51 +31409,51 @@
     <row r="249" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="250" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="251" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="252" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="253" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="254" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="255" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="256" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="257" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="258" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="259" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="260" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="263" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="264" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="265" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="266" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="267" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="268" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="269" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="270" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="271" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="272" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="273" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="274" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7A1ahZ7Asx7Vydtt05c3ACgBfUaepviVSQRNeYpaiG3RtJiJJhqLNO7g8RsxiT5lvJi9/w0ZI/dXEY7OLTKqOA==" saltValue="QHc2ZXr8eA9QbeuelDmgwQ==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="FMRMXvDcWEhrsV1ZTLbUMOOXFHLf4t2d0H4dastmqDuz1hg4N9dHISFSr78eScmvu6BJMKRpPaxKbGhMtg2WYg==" saltValue="Mt8iPiwKT4o1iHehUpfWIA==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="106">
     <mergeCell ref="B157:AK157"/>
     <mergeCell ref="Y109:AK109"/>
     <mergeCell ref="Y111:AK111"/>
     <mergeCell ref="O115:Q115"/>
     <mergeCell ref="P98:AI98"/>
     <mergeCell ref="C101:AK101"/>
     <mergeCell ref="C100:AK100"/>
     <mergeCell ref="P120:AH121"/>
     <mergeCell ref="P130:AI130"/>
     <mergeCell ref="F120:M121"/>
     <mergeCell ref="F129:M131"/>
     <mergeCell ref="P126:AJ127"/>
     <mergeCell ref="AB93:AK93"/>
     <mergeCell ref="N80:S80"/>
     <mergeCell ref="T80:X80"/>
     <mergeCell ref="O72:AK72"/>
     <mergeCell ref="C164:G165"/>
     <mergeCell ref="H164:V165"/>
     <mergeCell ref="W164:AK165"/>
     <mergeCell ref="C160:G161"/>
     <mergeCell ref="H160:V161"/>
     <mergeCell ref="W160:AK161"/>
     <mergeCell ref="C162:G162"/>
     <mergeCell ref="H162:V162"/>
@@ -31631,60 +31621,60 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Y88:AK88">
     <cfRule type="expression" dxfId="22" priority="17">
       <formula>$AN$88&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD12:AH12">
     <cfRule type="cellIs" dxfId="21" priority="21" operator="equal">
       <formula>"à renseigner"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF46:AH47">
     <cfRule type="cellIs" dxfId="20" priority="24" operator="greaterThan">
       <formula>$AF$45/2</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B18:F29" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$AX$2:$AX$5</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K44" xr:uid="{00000000-0002-0000-0100-000005000000}">
       <formula1>$AX$10:$AX$22</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G18:AC20" xr:uid="{00000000-0002-0000-0100-000001000000}">
-      <formula1>IF($B$18="neuve",$BV$2:$BV$25,IF($B$18="remplacée",$BO$2:$BO$35,IF($B$18="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
+      <formula1>IF($B$18="neuve",$BV$2:$BV$25,IF($B$18="renouvelée",$BO$2:$BO$35,IF($B$18="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G21:AC23" xr:uid="{00000000-0002-0000-0100-000002000000}">
-      <formula1>IF($B$21="neuve",$BV$2:$BV$25,IF($B$21="remplacée",$BO$2:$BO$35,IF($B$21="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
+      <formula1>IF($B$21="neuve",$BV$2:$BV$25,IF($B$21="renouvelée",$BO$2:$BO$35,IF($B$21="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G24:AC26" xr:uid="{00000000-0002-0000-0100-000003000000}">
-      <formula1>IF($B$24="neuve",$BV$2:$BV$25,IF($B$24="remplacée",$BO$2:$BO$35,IF($B$24="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
+      <formula1>IF($B$24="neuve",$BV$2:$BV$25,IF($B$24="renouvelée",$BO$2:$BO$35,IF($B$24="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G27:AC29" xr:uid="{00000000-0002-0000-0100-000004000000}">
-      <formula1>IF($B$27="neuve",$BV$2:$BV$25,IF($B$27="remplacée",$BO$2:$BO$35,IF($B$27="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
+      <formula1>IF($B$27="neuve",$BV$2:$BV$25,IF($B$27="renouvelée",$BO$2:$BO$35,IF($B$27="non-modifiée",$BC$2:$BC$36,$AX$24)))</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="73" max="37" man="1"/>
     <brk id="113" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1031" r:id="rId4" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
@@ -34044,51 +34034,51 @@
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S18" sqref="S18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="86" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="86" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="86" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="86" customWidth="1"/>
     <col min="5" max="5" width="5.140625" style="87" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="87" customWidth="1"/>
     <col min="7" max="8" width="4.85546875" style="87" customWidth="1"/>
     <col min="9" max="19" width="11.42578125" style="87" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="87" customWidth="1"/>
     <col min="21" max="24" width="0" style="86" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="11.42578125" style="86" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E2" s="176" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F2" s="176"/>
       <c r="G2" s="176"/>
       <c r="H2" s="176"/>
       <c r="I2" s="176"/>
       <c r="J2" s="176"/>
       <c r="K2" s="176"/>
       <c r="L2" s="176"/>
       <c r="M2" s="176"/>
       <c r="N2" s="176"/>
       <c r="O2" s="176"/>
       <c r="P2" s="176"/>
       <c r="Q2" s="176"/>
       <c r="R2" s="176"/>
       <c r="S2" s="176"/>
       <c r="T2" s="88"/>
     </row>
     <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E3" s="176"/>
       <c r="F3" s="176"/>
       <c r="G3" s="176"/>
       <c r="H3" s="176"/>
       <c r="I3" s="176"/>
       <c r="J3" s="176"/>
       <c r="K3" s="176"/>
@@ -34113,89 +34103,89 @@
       <c r="L4" s="176"/>
       <c r="M4" s="176"/>
       <c r="N4" s="176"/>
       <c r="O4" s="176"/>
       <c r="P4" s="176"/>
       <c r="Q4" s="176"/>
       <c r="R4" s="176"/>
       <c r="S4" s="176"/>
       <c r="T4" s="88"/>
     </row>
     <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="89"/>
       <c r="C5" s="89"/>
       <c r="D5" s="89"/>
       <c r="E5" s="90"/>
       <c r="F5" s="90"/>
       <c r="G5" s="90"/>
       <c r="H5" s="90"/>
       <c r="I5" s="90"/>
       <c r="J5" s="90"/>
       <c r="K5" s="90"/>
       <c r="L5" s="90"/>
       <c r="M5" s="90"/>
       <c r="N5" s="90"/>
       <c r="O5" s="109" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="P5" s="177" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="Q5" s="177"/>
       <c r="R5" s="177"/>
       <c r="S5" s="177"/>
     </row>
     <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B7" s="178" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C7" s="179"/>
       <c r="E7" s="91" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B8" s="180"/>
       <c r="C8" s="181"/>
       <c r="E8" s="92" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="180"/>
       <c r="C9" s="181"/>
       <c r="E9" s="92"/>
     </row>
     <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="180"/>
       <c r="C10" s="181"/>
       <c r="E10" s="93" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F10" s="147" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="G10" s="147"/>
       <c r="H10" s="147"/>
       <c r="I10" s="147"/>
       <c r="J10" s="147"/>
       <c r="K10" s="147"/>
       <c r="L10" s="147"/>
       <c r="M10" s="147"/>
       <c r="N10" s="147"/>
       <c r="O10" s="147"/>
       <c r="P10" s="147"/>
       <c r="Q10" s="147"/>
       <c r="R10" s="147"/>
       <c r="S10" s="147"/>
       <c r="T10" s="94"/>
     </row>
     <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="180"/>
       <c r="C11" s="181"/>
       <c r="E11" s="93"/>
       <c r="F11" s="147"/>
       <c r="G11" s="147"/>
       <c r="H11" s="147"/>
       <c r="I11" s="147"/>
       <c r="J11" s="147"/>
@@ -34252,54 +34242,54 @@
     </row>
     <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="180"/>
       <c r="C14" s="181"/>
       <c r="E14" s="95"/>
       <c r="F14" s="96"/>
       <c r="G14" s="96"/>
       <c r="H14" s="96"/>
       <c r="I14" s="96"/>
       <c r="J14" s="96"/>
       <c r="K14" s="96"/>
       <c r="L14" s="96"/>
       <c r="M14" s="96"/>
       <c r="N14" s="96"/>
       <c r="O14" s="96"/>
       <c r="P14" s="96"/>
       <c r="Q14" s="96"/>
       <c r="R14" s="96"/>
       <c r="S14" s="96"/>
       <c r="T14" s="96"/>
     </row>
     <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="180"/>
       <c r="C15" s="181"/>
       <c r="E15" s="93" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F15" s="147" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G15" s="147"/>
       <c r="H15" s="147"/>
       <c r="I15" s="147"/>
       <c r="J15" s="147"/>
       <c r="K15" s="147"/>
       <c r="L15" s="147"/>
       <c r="M15" s="147"/>
       <c r="N15" s="147"/>
       <c r="O15" s="147"/>
       <c r="P15" s="147"/>
       <c r="Q15" s="147"/>
       <c r="R15" s="147"/>
       <c r="S15" s="147"/>
       <c r="T15" s="94"/>
     </row>
     <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="180"/>
       <c r="C16" s="181"/>
       <c r="E16" s="93"/>
       <c r="F16" s="147"/>
       <c r="G16" s="147"/>
       <c r="H16" s="147"/>
       <c r="I16" s="147"/>
       <c r="J16" s="147"/>
@@ -34317,70 +34307,70 @@
     <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="B17" s="182"/>
       <c r="C17" s="183"/>
       <c r="E17" s="95"/>
       <c r="F17" s="147"/>
       <c r="G17" s="147"/>
       <c r="H17" s="147"/>
       <c r="I17" s="147"/>
       <c r="J17" s="147"/>
       <c r="K17" s="147"/>
       <c r="L17" s="147"/>
       <c r="M17" s="147"/>
       <c r="N17" s="147"/>
       <c r="O17" s="147"/>
       <c r="P17" s="147"/>
       <c r="Q17" s="147"/>
       <c r="R17" s="147"/>
       <c r="S17" s="147"/>
       <c r="T17" s="94"/>
     </row>
     <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
     <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B19" s="154"/>
       <c r="C19" s="155"/>
       <c r="E19" s="91" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
     </row>
     <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B20" s="156"/>
       <c r="C20" s="157"/>
       <c r="E20" s="92" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="156"/>
       <c r="C21" s="157"/>
       <c r="E21" s="92"/>
     </row>
     <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="156"/>
       <c r="C22" s="157"/>
       <c r="F22" s="147" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G22" s="147"/>
       <c r="H22" s="147"/>
       <c r="I22" s="147"/>
       <c r="J22" s="147"/>
       <c r="K22" s="147"/>
       <c r="L22" s="147"/>
       <c r="M22" s="147"/>
       <c r="N22" s="147"/>
       <c r="O22" s="147"/>
       <c r="P22" s="147"/>
       <c r="Q22" s="147"/>
       <c r="R22" s="147"/>
       <c r="S22" s="147"/>
       <c r="T22" s="94"/>
     </row>
     <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="B23" s="156"/>
       <c r="C23" s="157"/>
       <c r="E23" s="94"/>
       <c r="F23" s="147"/>
       <c r="G23" s="147"/>
       <c r="H23" s="147"/>
       <c r="I23" s="147"/>
       <c r="J23" s="147"/>
@@ -34515,96 +34505,96 @@
       <c r="S29" s="147"/>
       <c r="T29" s="94"/>
     </row>
     <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="96"/>
       <c r="F30" s="96"/>
       <c r="G30" s="96"/>
       <c r="H30" s="96"/>
       <c r="I30" s="96"/>
       <c r="J30" s="96"/>
       <c r="K30" s="96"/>
       <c r="L30" s="96"/>
       <c r="M30" s="96"/>
       <c r="N30" s="96"/>
       <c r="O30" s="96"/>
       <c r="P30" s="96"/>
       <c r="Q30" s="96"/>
       <c r="R30" s="96"/>
       <c r="S30" s="96"/>
       <c r="T30" s="96"/>
     </row>
     <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B31" s="154"/>
       <c r="C31" s="155"/>
       <c r="E31" s="91" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
     </row>
     <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="156"/>
       <c r="C32" s="157"/>
       <c r="E32" s="91"/>
     </row>
     <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B33" s="156"/>
       <c r="C33" s="157"/>
       <c r="E33" s="93" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F33" s="87" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="156"/>
       <c r="C34" s="157"/>
       <c r="E34" s="93"/>
     </row>
     <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B35" s="156"/>
       <c r="C35" s="157"/>
       <c r="E35" s="93" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F35" s="87" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="156"/>
       <c r="C36" s="157"/>
       <c r="E36" s="93"/>
     </row>
     <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="156"/>
       <c r="C37" s="157"/>
       <c r="E37" s="93" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F37" s="147" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G37" s="147"/>
       <c r="H37" s="147"/>
       <c r="I37" s="147"/>
       <c r="J37" s="147"/>
       <c r="K37" s="147"/>
       <c r="L37" s="147"/>
       <c r="M37" s="147"/>
       <c r="N37" s="147"/>
       <c r="O37" s="147"/>
       <c r="P37" s="147"/>
       <c r="Q37" s="147"/>
       <c r="R37" s="147"/>
       <c r="S37" s="147"/>
       <c r="T37" s="94"/>
     </row>
     <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B38" s="158"/>
       <c r="C38" s="159"/>
       <c r="E38" s="97"/>
       <c r="F38" s="147"/>
       <c r="G38" s="147"/>
       <c r="H38" s="147"/>
       <c r="I38" s="147"/>
       <c r="J38" s="147"/>
@@ -34617,186 +34607,186 @@
       <c r="Q38" s="147"/>
       <c r="R38" s="147"/>
       <c r="S38" s="147"/>
       <c r="T38" s="94"/>
     </row>
     <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="F39" s="147"/>
       <c r="G39" s="147"/>
       <c r="H39" s="147"/>
       <c r="I39" s="147"/>
       <c r="J39" s="147"/>
       <c r="K39" s="147"/>
       <c r="L39" s="147"/>
       <c r="M39" s="147"/>
       <c r="N39" s="147"/>
       <c r="O39" s="147"/>
       <c r="P39" s="147"/>
       <c r="Q39" s="147"/>
       <c r="R39" s="147"/>
       <c r="S39" s="147"/>
     </row>
     <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B40" s="154"/>
       <c r="C40" s="155"/>
       <c r="E40" s="91" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F40" s="91"/>
     </row>
     <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B41" s="156"/>
       <c r="C41" s="157"/>
     </row>
     <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B42" s="156"/>
       <c r="C42" s="157"/>
       <c r="E42" s="160"/>
       <c r="F42" s="161"/>
       <c r="G42" s="162"/>
       <c r="I42" s="87" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B43" s="156"/>
       <c r="C43" s="157"/>
     </row>
     <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B44" s="156"/>
       <c r="C44" s="157"/>
       <c r="G44" s="98"/>
       <c r="I44" s="87" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B45" s="156"/>
       <c r="C45" s="157"/>
     </row>
     <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B46" s="156"/>
       <c r="C46" s="157"/>
       <c r="G46" s="98"/>
       <c r="I46" s="87" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B47" s="156"/>
       <c r="C47" s="157"/>
     </row>
     <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="B48" s="156"/>
       <c r="C48" s="157"/>
       <c r="E48" s="98"/>
       <c r="F48" s="99" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="I48" s="147" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J48" s="147"/>
       <c r="K48" s="147"/>
       <c r="L48" s="147"/>
       <c r="M48" s="147"/>
       <c r="N48" s="147"/>
       <c r="O48" s="147"/>
       <c r="P48" s="147"/>
       <c r="Q48" s="147"/>
       <c r="R48" s="147"/>
       <c r="S48" s="147"/>
     </row>
     <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B49" s="156"/>
       <c r="C49" s="157"/>
       <c r="F49" s="99"/>
       <c r="I49" s="147"/>
       <c r="J49" s="147"/>
       <c r="K49" s="147"/>
       <c r="L49" s="147"/>
       <c r="M49" s="147"/>
       <c r="N49" s="147"/>
       <c r="O49" s="147"/>
       <c r="P49" s="147"/>
       <c r="Q49" s="147"/>
       <c r="R49" s="147"/>
       <c r="S49" s="147"/>
     </row>
     <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B50" s="156"/>
       <c r="C50" s="157"/>
     </row>
     <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B51" s="156"/>
       <c r="C51" s="157"/>
       <c r="E51" s="163"/>
       <c r="F51" s="164"/>
       <c r="G51" s="165"/>
       <c r="I51" s="147" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J51" s="147"/>
       <c r="K51" s="147"/>
       <c r="L51" s="147"/>
       <c r="M51" s="147"/>
       <c r="N51" s="147"/>
       <c r="O51" s="147"/>
       <c r="P51" s="147"/>
       <c r="Q51" s="147"/>
       <c r="R51" s="147"/>
       <c r="S51" s="147"/>
     </row>
     <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B52" s="156"/>
       <c r="C52" s="157"/>
       <c r="E52" s="100"/>
       <c r="F52" s="100"/>
       <c r="G52" s="100"/>
       <c r="I52" s="147"/>
       <c r="J52" s="147"/>
       <c r="K52" s="147"/>
       <c r="L52" s="147"/>
       <c r="M52" s="147"/>
       <c r="N52" s="147"/>
       <c r="O52" s="147"/>
       <c r="P52" s="147"/>
       <c r="Q52" s="147"/>
       <c r="R52" s="147"/>
       <c r="S52" s="147"/>
     </row>
     <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B53" s="156"/>
       <c r="C53" s="157"/>
     </row>
     <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" s="156"/>
       <c r="C54" s="157"/>
       <c r="F54" s="166"/>
       <c r="G54" s="167"/>
       <c r="I54" s="147" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="J54" s="147"/>
       <c r="K54" s="147"/>
       <c r="L54" s="147"/>
       <c r="M54" s="147"/>
       <c r="N54" s="147"/>
       <c r="O54" s="147"/>
       <c r="P54" s="147"/>
       <c r="Q54" s="147"/>
       <c r="R54" s="147"/>
       <c r="S54" s="147"/>
     </row>
     <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B55" s="156"/>
       <c r="C55" s="157"/>
       <c r="F55" s="168"/>
       <c r="G55" s="169"/>
       <c r="I55" s="147"/>
       <c r="J55" s="147"/>
       <c r="K55" s="147"/>
       <c r="L55" s="147"/>
       <c r="M55" s="147"/>
       <c r="N55" s="147"/>
       <c r="O55" s="147"/>
       <c r="P55" s="147"/>
@@ -34807,150 +34797,150 @@
     <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B56" s="156"/>
       <c r="C56" s="157"/>
       <c r="F56" s="100"/>
       <c r="G56" s="100"/>
       <c r="I56" s="147"/>
       <c r="J56" s="147"/>
       <c r="K56" s="147"/>
       <c r="L56" s="147"/>
       <c r="M56" s="147"/>
       <c r="N56" s="147"/>
       <c r="O56" s="147"/>
       <c r="P56" s="147"/>
       <c r="Q56" s="147"/>
       <c r="R56" s="147"/>
       <c r="S56" s="147"/>
     </row>
     <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B57" s="156"/>
       <c r="C57" s="157"/>
     </row>
     <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B58" s="156"/>
       <c r="C58" s="157"/>
       <c r="E58" s="170" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F58" s="171"/>
       <c r="G58" s="172"/>
       <c r="I58" s="147" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="J58" s="147"/>
       <c r="K58" s="147"/>
       <c r="L58" s="147"/>
       <c r="M58" s="147"/>
       <c r="N58" s="147"/>
       <c r="O58" s="147"/>
       <c r="P58" s="147"/>
       <c r="Q58" s="147"/>
       <c r="R58" s="147"/>
       <c r="S58" s="147"/>
     </row>
     <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B59" s="156"/>
       <c r="C59" s="157"/>
       <c r="E59" s="173"/>
       <c r="F59" s="174"/>
       <c r="G59" s="175"/>
       <c r="I59" s="147"/>
       <c r="J59" s="147"/>
       <c r="K59" s="147"/>
       <c r="L59" s="147"/>
       <c r="M59" s="147"/>
       <c r="N59" s="147"/>
       <c r="O59" s="147"/>
       <c r="P59" s="147"/>
       <c r="Q59" s="147"/>
       <c r="R59" s="147"/>
       <c r="S59" s="147"/>
     </row>
     <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B60" s="156"/>
       <c r="C60" s="157"/>
       <c r="E60" s="91"/>
       <c r="F60" s="91"/>
       <c r="G60" s="91"/>
     </row>
     <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B61" s="156"/>
       <c r="C61" s="157"/>
       <c r="E61" s="141" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F61" s="142"/>
       <c r="G61" s="143"/>
       <c r="I61" s="147" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J61" s="147"/>
       <c r="K61" s="147"/>
       <c r="L61" s="147"/>
       <c r="M61" s="147"/>
       <c r="N61" s="147"/>
       <c r="O61" s="147"/>
       <c r="P61" s="147"/>
       <c r="Q61" s="147"/>
       <c r="R61" s="147"/>
       <c r="S61" s="147"/>
     </row>
     <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B62" s="156"/>
       <c r="C62" s="157"/>
       <c r="E62" s="144"/>
       <c r="F62" s="145"/>
       <c r="G62" s="146"/>
       <c r="I62" s="147"/>
       <c r="J62" s="147"/>
       <c r="K62" s="147"/>
       <c r="L62" s="147"/>
       <c r="M62" s="147"/>
       <c r="N62" s="147"/>
       <c r="O62" s="147"/>
       <c r="P62" s="147"/>
       <c r="Q62" s="147"/>
       <c r="R62" s="147"/>
       <c r="S62" s="147"/>
     </row>
     <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B63" s="156"/>
       <c r="C63" s="157"/>
       <c r="E63" s="91"/>
       <c r="F63" s="91"/>
       <c r="G63" s="91"/>
     </row>
     <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
       <c r="B64" s="156"/>
       <c r="C64" s="157"/>
       <c r="E64" s="148" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F64" s="149"/>
       <c r="G64" s="150"/>
       <c r="I64" s="101" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
     </row>
     <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
       <c r="B65" s="158"/>
       <c r="C65" s="159"/>
       <c r="E65" s="151"/>
       <c r="F65" s="152"/>
       <c r="G65" s="153"/>
       <c r="I65" s="101"/>
     </row>
     <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
     <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
     <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="P5:S5"/>
     <mergeCell ref="B7:C17"/>
@@ -35038,2118 +35028,2118 @@
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:CG284"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="115" workbookViewId="0">
+    <sheetView zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="115" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="21" customWidth="1"/>
     <col min="2" max="2" width="4.28515625" style="21" customWidth="1"/>
     <col min="3" max="3" width="3" style="21" customWidth="1"/>
     <col min="4" max="4" width="5.140625" style="21" customWidth="1"/>
     <col min="5" max="10" width="3" style="21" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="21" customWidth="1"/>
     <col min="12" max="12" width="4.5703125" style="21" customWidth="1"/>
     <col min="13" max="14" width="3" style="21" customWidth="1"/>
     <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
     <col min="16" max="19" width="3" style="21" customWidth="1"/>
     <col min="20" max="20" width="4.42578125" style="21" customWidth="1"/>
     <col min="21" max="23" width="3" style="21" customWidth="1"/>
     <col min="24" max="24" width="3.7109375" style="21" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="21" customWidth="1"/>
     <col min="26" max="33" width="3" style="21" customWidth="1"/>
     <col min="34" max="34" width="3.7109375" style="21" customWidth="1"/>
     <col min="35" max="38" width="3" style="21" customWidth="1"/>
-    <col min="39" max="39" width="3" style="104" hidden="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="75" max="85" width="3" style="47" hidden="1" customWidth="1"/>
+    <col min="39" max="39" width="3" style="104" hidden="1"/>
+    <col min="40" max="40" width="7" style="104" hidden="1"/>
+    <col min="41" max="42" width="7.28515625" style="104" hidden="1"/>
+    <col min="43" max="43" width="3.28515625" style="104" hidden="1"/>
+    <col min="44" max="44" width="13.28515625" style="104" hidden="1"/>
+    <col min="45" max="45" width="3" style="104" hidden="1"/>
+    <col min="46" max="46" width="11.7109375" style="104" hidden="1"/>
+    <col min="47" max="47" width="3" style="104" hidden="1"/>
+    <col min="48" max="48" width="15.5703125" style="104" hidden="1"/>
+    <col min="49" max="49" width="3" style="104" hidden="1"/>
+    <col min="50" max="50" width="25.42578125" style="104" hidden="1"/>
+    <col min="51" max="51" width="5.5703125" style="104" hidden="1"/>
+    <col min="52" max="54" width="3" style="104" hidden="1"/>
+    <col min="55" max="55" width="60.85546875" style="104" hidden="1"/>
+    <col min="56" max="66" width="3" style="104" hidden="1"/>
+    <col min="67" max="67" width="60.85546875" style="104" hidden="1"/>
+    <col min="68" max="73" width="3" style="47" hidden="1"/>
+    <col min="74" max="74" width="60.85546875" style="47" hidden="1"/>
+    <col min="75" max="85" width="3" style="47" hidden="1"/>
     <col min="86" max="16384" width="3" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:75" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="BC1" s="104" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="BO1" s="104" t="s">
-        <v>163</v>
+        <v>453</v>
       </c>
       <c r="BV1" s="104" t="s">
-        <v>261</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="184"/>
       <c r="C2" s="185"/>
       <c r="D2" s="185"/>
       <c r="E2" s="185"/>
       <c r="F2" s="186"/>
       <c r="G2" s="193" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="H2" s="194"/>
       <c r="I2" s="194"/>
       <c r="J2" s="194"/>
       <c r="K2" s="194"/>
       <c r="L2" s="194"/>
       <c r="M2" s="194"/>
       <c r="N2" s="194"/>
       <c r="O2" s="195"/>
       <c r="P2" s="202" t="s">
         <v>1</v>
       </c>
       <c r="Q2" s="203"/>
       <c r="R2" s="203"/>
       <c r="S2" s="203"/>
       <c r="T2" s="203"/>
       <c r="U2" s="203"/>
       <c r="V2" s="203"/>
       <c r="W2" s="203"/>
       <c r="X2" s="204"/>
       <c r="Y2" s="211" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="Z2" s="212"/>
       <c r="AA2" s="212"/>
       <c r="AB2" s="212"/>
       <c r="AC2" s="212"/>
       <c r="AD2" s="212"/>
       <c r="AE2" s="212"/>
       <c r="AF2" s="212"/>
       <c r="AG2" s="212"/>
       <c r="AH2" s="212"/>
       <c r="AI2" s="212"/>
       <c r="AJ2" s="212"/>
       <c r="AK2" s="213"/>
       <c r="AL2" s="1"/>
       <c r="AX2" s="104" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="BC2" s="104" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="BO2" s="104" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="BV2" s="104" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="187"/>
       <c r="C3" s="188"/>
       <c r="D3" s="188"/>
       <c r="E3" s="188"/>
       <c r="F3" s="189"/>
       <c r="G3" s="196"/>
       <c r="H3" s="197"/>
       <c r="I3" s="197"/>
       <c r="J3" s="197"/>
       <c r="K3" s="197"/>
       <c r="L3" s="197"/>
       <c r="M3" s="197"/>
       <c r="N3" s="197"/>
       <c r="O3" s="198"/>
       <c r="P3" s="205"/>
       <c r="Q3" s="206"/>
       <c r="R3" s="206"/>
       <c r="S3" s="206"/>
       <c r="T3" s="206"/>
       <c r="U3" s="206"/>
       <c r="V3" s="206"/>
       <c r="W3" s="206"/>
       <c r="X3" s="207"/>
       <c r="Y3" s="214"/>
       <c r="Z3" s="215"/>
       <c r="AA3" s="215"/>
       <c r="AB3" s="215"/>
       <c r="AC3" s="215"/>
       <c r="AD3" s="215"/>
       <c r="AE3" s="215"/>
       <c r="AF3" s="215"/>
       <c r="AG3" s="215"/>
       <c r="AH3" s="215"/>
       <c r="AI3" s="215"/>
       <c r="AJ3" s="215"/>
       <c r="AK3" s="216"/>
       <c r="AL3" s="1"/>
       <c r="AR3" s="104" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="AX3" s="104" t="s">
+        <v>272</v>
+      </c>
+      <c r="BC3" s="104" t="s">
         <v>274</v>
       </c>
-      <c r="BC3" s="104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO3" s="104" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="BV3" s="104" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
     </row>
     <row r="4" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="187"/>
       <c r="C4" s="188"/>
       <c r="D4" s="188"/>
       <c r="E4" s="188"/>
       <c r="F4" s="189"/>
       <c r="G4" s="196"/>
       <c r="H4" s="197"/>
       <c r="I4" s="197"/>
       <c r="J4" s="197"/>
       <c r="K4" s="197"/>
       <c r="L4" s="197"/>
       <c r="M4" s="197"/>
       <c r="N4" s="197"/>
       <c r="O4" s="198"/>
       <c r="P4" s="205"/>
       <c r="Q4" s="206"/>
       <c r="R4" s="206"/>
       <c r="S4" s="206"/>
       <c r="T4" s="206"/>
       <c r="U4" s="206"/>
       <c r="V4" s="206"/>
       <c r="W4" s="206"/>
       <c r="X4" s="207"/>
       <c r="Y4" s="214"/>
       <c r="Z4" s="215"/>
       <c r="AA4" s="215"/>
       <c r="AB4" s="215"/>
       <c r="AC4" s="215"/>
       <c r="AD4" s="215"/>
       <c r="AE4" s="215"/>
       <c r="AF4" s="215"/>
       <c r="AG4" s="215"/>
       <c r="AH4" s="215"/>
       <c r="AI4" s="215"/>
       <c r="AJ4" s="215"/>
       <c r="AK4" s="216"/>
       <c r="AL4" s="1"/>
       <c r="AR4" s="104" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="AX4" s="104" t="s">
+        <v>456</v>
+      </c>
+      <c r="BC4" s="104" t="s">
         <v>275</v>
       </c>
-      <c r="BC4" s="104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO4" s="104" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="BV4" s="104" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:75" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="190"/>
       <c r="C5" s="191"/>
       <c r="D5" s="191"/>
       <c r="E5" s="191"/>
       <c r="F5" s="192"/>
       <c r="G5" s="199"/>
       <c r="H5" s="200"/>
       <c r="I5" s="200"/>
       <c r="J5" s="200"/>
       <c r="K5" s="200"/>
       <c r="L5" s="200"/>
       <c r="M5" s="200"/>
       <c r="N5" s="200"/>
       <c r="O5" s="201"/>
       <c r="P5" s="208"/>
       <c r="Q5" s="209"/>
       <c r="R5" s="209"/>
       <c r="S5" s="209"/>
       <c r="T5" s="209"/>
       <c r="U5" s="209"/>
       <c r="V5" s="209"/>
       <c r="W5" s="209"/>
       <c r="X5" s="210"/>
       <c r="Y5" s="217"/>
       <c r="Z5" s="218"/>
       <c r="AA5" s="218"/>
       <c r="AB5" s="218"/>
       <c r="AC5" s="218"/>
       <c r="AD5" s="218"/>
       <c r="AE5" s="218"/>
       <c r="AF5" s="218"/>
       <c r="AG5" s="218"/>
       <c r="AH5" s="218"/>
       <c r="AI5" s="218"/>
       <c r="AJ5" s="218"/>
       <c r="AK5" s="219"/>
       <c r="AL5" s="1"/>
       <c r="AR5" s="104" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="AX5" s="104" t="s">
+        <v>273</v>
+      </c>
+      <c r="BC5" s="104" t="s">
         <v>276</v>
       </c>
-      <c r="BC5" s="104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BO5" s="104" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="BV5" s="104" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="6" spans="1:75" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="5"/>
       <c r="O6" s="5"/>
       <c r="P6" s="5"/>
       <c r="Q6" s="5"/>
       <c r="R6" s="5"/>
       <c r="S6" s="5"/>
       <c r="T6" s="5"/>
       <c r="U6" s="5"/>
       <c r="V6" s="6"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="6"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="6"/>
       <c r="AC6" s="6"/>
       <c r="AD6" s="6"/>
       <c r="AE6" s="6"/>
       <c r="AF6" s="6"/>
       <c r="AG6" s="6"/>
       <c r="AH6" s="6"/>
       <c r="AI6" s="6"/>
       <c r="AJ6" s="6"/>
       <c r="AK6" s="6"/>
       <c r="AL6" s="1"/>
       <c r="AR6" s="104" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="BC6" s="104" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="BO6" s="104" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="BV6" s="104" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="7" spans="1:75" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="220" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C7" s="220"/>
       <c r="D7" s="220"/>
       <c r="E7" s="221"/>
       <c r="F7" s="222"/>
       <c r="G7" s="223"/>
       <c r="H7" s="223"/>
       <c r="I7" s="223"/>
       <c r="J7" s="223"/>
       <c r="K7" s="223"/>
       <c r="L7" s="223"/>
       <c r="M7" s="223"/>
       <c r="N7" s="223"/>
       <c r="O7" s="223"/>
       <c r="P7" s="224"/>
       <c r="Q7" s="225" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="R7" s="226"/>
       <c r="S7" s="226"/>
       <c r="T7" s="227"/>
       <c r="U7" s="228"/>
       <c r="V7" s="229"/>
       <c r="W7" s="229"/>
       <c r="X7" s="229"/>
       <c r="Y7" s="229"/>
       <c r="Z7" s="230"/>
       <c r="AA7" s="1"/>
       <c r="AB7" s="226" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="AC7" s="226"/>
       <c r="AD7" s="226"/>
       <c r="AE7" s="227"/>
       <c r="AF7" s="228"/>
       <c r="AG7" s="229"/>
       <c r="AH7" s="229"/>
       <c r="AI7" s="229"/>
       <c r="AJ7" s="229"/>
       <c r="AK7" s="230"/>
       <c r="AL7" s="1"/>
       <c r="BC7" s="104" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="BO7" s="104" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="BV7" s="104" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
     <row r="8" spans="1:75" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
       <c r="BC8" s="104" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="BO8" s="104" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="BV8" s="104" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="9" spans="1:75" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="220" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C9" s="220"/>
       <c r="D9" s="220"/>
       <c r="E9" s="1"/>
       <c r="F9" s="222"/>
       <c r="G9" s="223"/>
       <c r="H9" s="223"/>
       <c r="I9" s="223"/>
       <c r="J9" s="223"/>
       <c r="K9" s="223"/>
       <c r="L9" s="223"/>
       <c r="M9" s="223"/>
       <c r="N9" s="223"/>
       <c r="O9" s="223"/>
       <c r="P9" s="223"/>
       <c r="Q9" s="223"/>
       <c r="R9" s="223"/>
       <c r="S9" s="223"/>
       <c r="T9" s="223"/>
       <c r="U9" s="223"/>
       <c r="V9" s="223"/>
       <c r="W9" s="223"/>
       <c r="X9" s="223"/>
       <c r="Y9" s="223"/>
       <c r="Z9" s="223"/>
       <c r="AA9" s="223"/>
       <c r="AB9" s="223"/>
       <c r="AC9" s="223"/>
       <c r="AD9" s="223"/>
       <c r="AE9" s="223"/>
       <c r="AF9" s="223"/>
       <c r="AG9" s="223"/>
       <c r="AH9" s="223"/>
       <c r="AI9" s="223"/>
       <c r="AJ9" s="223"/>
       <c r="AK9" s="224"/>
       <c r="AL9" s="1"/>
       <c r="AY9" s="104" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="BC9" s="104" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="BO9" s="104" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="BV9" s="104" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:75" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
       <c r="S10" s="7"/>
       <c r="T10" s="7"/>
       <c r="U10" s="7"/>
       <c r="V10" s="7"/>
       <c r="W10" s="7"/>
       <c r="X10" s="7"/>
       <c r="Y10" s="7"/>
       <c r="Z10" s="7"/>
       <c r="AA10" s="7"/>
       <c r="AB10" s="52"/>
       <c r="AC10" s="52"/>
       <c r="AD10" s="52"/>
       <c r="AE10" s="52"/>
       <c r="AF10" s="7"/>
       <c r="AG10" s="7"/>
       <c r="AH10" s="7"/>
       <c r="AI10" s="7"/>
       <c r="AJ10" s="7"/>
       <c r="AK10" s="7"/>
       <c r="AL10" s="1"/>
       <c r="AX10" s="104" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="BC10" s="104" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="BO10" s="104" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="BV10" s="104" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="11" spans="1:75" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="22"/>
       <c r="AC11" s="22"/>
       <c r="AD11" s="22"/>
       <c r="AE11" s="22"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
       <c r="AJ11" s="1"/>
       <c r="AK11" s="1"/>
       <c r="AL11" s="1"/>
       <c r="AX11" s="104" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="AY11" s="104">
         <v>20</v>
       </c>
       <c r="BC11" s="104" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="BO11" s="104" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="BV11" s="104" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
     </row>
     <row r="12" spans="1:75" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="49" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="36"/>
       <c r="M12" s="36"/>
       <c r="N12" s="50"/>
       <c r="O12" s="50"/>
       <c r="P12" s="50"/>
       <c r="Q12" s="50"/>
       <c r="R12" s="50"/>
       <c r="S12" s="102" t="str">
         <f>IF(AN12=1,"Fournir justification en annexe","")</f>
         <v/>
       </c>
       <c r="T12" s="69"/>
       <c r="U12" s="69"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
       <c r="AB12" s="1"/>
       <c r="AC12" s="1"/>
       <c r="AD12" s="51"/>
       <c r="AE12" s="51"/>
       <c r="AF12" s="51"/>
       <c r="AG12" s="51"/>
       <c r="AH12" s="51"/>
       <c r="AI12" s="1"/>
       <c r="AJ12" s="1"/>
       <c r="AK12" s="103" t="str">
         <f>IF(AN12=1,"Begründung im Anhang anzugeben","")</f>
         <v/>
       </c>
       <c r="AL12" s="1"/>
       <c r="AN12" s="104">
         <v>0</v>
       </c>
       <c r="AO12" s="104" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AX12" s="104" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="AY12" s="104">
         <v>25</v>
       </c>
       <c r="BC12" s="104" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="BO12" s="104" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="BV12" s="104" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
     </row>
     <row r="13" spans="1:75" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1"/>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="7"/>
       <c r="S13" s="7"/>
       <c r="T13" s="7"/>
       <c r="U13" s="7"/>
       <c r="V13" s="7"/>
       <c r="W13" s="7"/>
       <c r="X13" s="7"/>
       <c r="Y13" s="7"/>
       <c r="Z13" s="7"/>
       <c r="AA13" s="7"/>
       <c r="AB13" s="7"/>
       <c r="AC13" s="7"/>
       <c r="AD13" s="7"/>
       <c r="AE13" s="7"/>
       <c r="AF13" s="7"/>
       <c r="AG13" s="7"/>
       <c r="AH13" s="7"/>
       <c r="AI13" s="7"/>
       <c r="AJ13" s="7"/>
       <c r="AK13" s="7"/>
       <c r="AL13" s="1"/>
       <c r="AX13" s="104" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="AY13" s="104">
         <v>25</v>
       </c>
       <c r="BC13" s="104" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="BO13" s="104" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="BV13" s="104" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
     </row>
     <row r="14" spans="1:75" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="8" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="9"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AX14" s="104" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="AY14" s="104">
         <v>20</v>
       </c>
       <c r="BC14" s="104" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="BO14" s="104" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="BV14" s="104" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:75" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="34"/>
       <c r="C15" s="34"/>
       <c r="D15" s="34"/>
       <c r="E15" s="34"/>
       <c r="F15" s="34"/>
       <c r="G15" s="34"/>
       <c r="H15" s="34"/>
       <c r="I15" s="34"/>
       <c r="J15" s="34"/>
       <c r="K15" s="55"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AR15" s="104" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="AX15" s="104" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="AY15" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC15" s="104" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="BO15" s="104" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="BV15" s="104" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="BW15" s="79"/>
     </row>
     <row r="16" spans="1:75" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A16" s="1"/>
       <c r="B16" s="220" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C16" s="220"/>
       <c r="D16" s="220"/>
       <c r="E16" s="220"/>
       <c r="F16" s="233"/>
       <c r="G16" s="10" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="10" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="AE16" s="56"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="56"/>
       <c r="AH16" s="10" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AX16" s="104" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="AY16" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC16" s="104" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="BO16" s="104" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="BV16" s="104" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="BW16" s="79"/>
     </row>
     <row r="17" spans="1:75" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="259" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C17" s="259"/>
       <c r="D17" s="259"/>
       <c r="E17" s="259"/>
       <c r="F17" s="260"/>
       <c r="G17" s="80" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="H17" s="11"/>
       <c r="I17" s="11"/>
       <c r="J17" s="11"/>
       <c r="K17" s="11"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17" s="11"/>
       <c r="O17" s="11"/>
       <c r="P17" s="11"/>
       <c r="Q17" s="11"/>
       <c r="R17" s="11"/>
       <c r="S17" s="11"/>
       <c r="T17" s="11"/>
       <c r="U17" s="11"/>
       <c r="V17" s="11"/>
       <c r="W17" s="11"/>
       <c r="X17" s="11"/>
       <c r="Y17" s="11"/>
       <c r="Z17" s="11"/>
       <c r="AA17" s="11"/>
       <c r="AB17" s="11"/>
       <c r="AC17" s="12"/>
       <c r="AD17" s="13" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="AE17" s="12"/>
       <c r="AF17" s="11"/>
       <c r="AG17" s="12"/>
       <c r="AH17" s="13"/>
       <c r="AI17" s="11"/>
       <c r="AJ17" s="11"/>
       <c r="AK17" s="11"/>
       <c r="AL17" s="1"/>
       <c r="AX17" s="104" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="AY17" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC17" s="104" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="BO17" s="104" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="BV17" s="104" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="BW17" s="79"/>
     </row>
     <row r="18" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1"/>
       <c r="B18" s="238" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C18" s="238"/>
       <c r="D18" s="238"/>
       <c r="E18" s="238"/>
       <c r="F18" s="239"/>
       <c r="G18" s="244" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="H18" s="245"/>
       <c r="I18" s="245"/>
       <c r="J18" s="245"/>
       <c r="K18" s="245"/>
       <c r="L18" s="245"/>
       <c r="M18" s="245"/>
       <c r="N18" s="245"/>
       <c r="O18" s="245"/>
       <c r="P18" s="245"/>
       <c r="Q18" s="245"/>
       <c r="R18" s="245"/>
       <c r="S18" s="245"/>
       <c r="T18" s="245"/>
       <c r="U18" s="245"/>
       <c r="V18" s="245"/>
       <c r="W18" s="245"/>
       <c r="X18" s="245"/>
       <c r="Y18" s="245"/>
       <c r="Z18" s="245"/>
       <c r="AA18" s="245"/>
       <c r="AB18" s="245"/>
       <c r="AC18" s="246"/>
       <c r="AD18" s="343"/>
       <c r="AE18" s="344"/>
       <c r="AF18" s="231" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG18" s="232"/>
       <c r="AH18" s="14"/>
       <c r="AI18" s="53" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="AJ18" s="53"/>
       <c r="AK18" s="53"/>
       <c r="AL18" s="1"/>
       <c r="AN18" s="104">
         <f>IFERROR(SEARCH("gaz",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AO18" s="104" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX18" s="104" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="AY18" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC18" s="104" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="BO18" s="104" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="BV18" s="104" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="BW18" s="79"/>
     </row>
     <row r="19" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="b">
         <v>0</v>
       </c>
       <c r="B19" s="240"/>
       <c r="C19" s="240"/>
       <c r="D19" s="240"/>
       <c r="E19" s="240"/>
       <c r="F19" s="241"/>
       <c r="G19" s="247"/>
       <c r="H19" s="248"/>
       <c r="I19" s="248"/>
       <c r="J19" s="248"/>
       <c r="K19" s="248"/>
       <c r="L19" s="248"/>
       <c r="M19" s="248"/>
       <c r="N19" s="248"/>
       <c r="O19" s="248"/>
       <c r="P19" s="248"/>
       <c r="Q19" s="248"/>
       <c r="R19" s="248"/>
       <c r="S19" s="248"/>
       <c r="T19" s="248"/>
       <c r="U19" s="248"/>
       <c r="V19" s="248"/>
       <c r="W19" s="248"/>
       <c r="X19" s="248"/>
       <c r="Y19" s="248"/>
       <c r="Z19" s="248"/>
       <c r="AA19" s="248"/>
       <c r="AB19" s="248"/>
       <c r="AC19" s="249"/>
       <c r="AD19" s="345"/>
       <c r="AE19" s="346"/>
       <c r="AF19" s="220"/>
       <c r="AG19" s="233"/>
       <c r="AH19" s="16"/>
       <c r="AI19" s="20" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="AJ19" s="20"/>
       <c r="AK19" s="20"/>
       <c r="AL19" s="1"/>
       <c r="AN19" s="104">
         <f>IFERROR(SEARCH("Öl",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AO19" s="104" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AX19" s="104" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="AY19" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC19" s="104" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="BO19" s="104" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="BV19" s="104" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
     </row>
     <row r="20" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="b">
         <v>0</v>
       </c>
       <c r="B20" s="242"/>
       <c r="C20" s="242"/>
       <c r="D20" s="242"/>
       <c r="E20" s="242"/>
       <c r="F20" s="243"/>
       <c r="G20" s="250"/>
       <c r="H20" s="251"/>
       <c r="I20" s="251"/>
       <c r="J20" s="251"/>
       <c r="K20" s="251"/>
       <c r="L20" s="251"/>
       <c r="M20" s="251"/>
       <c r="N20" s="251"/>
       <c r="O20" s="251"/>
       <c r="P20" s="251"/>
       <c r="Q20" s="251"/>
       <c r="R20" s="251"/>
       <c r="S20" s="251"/>
       <c r="T20" s="251"/>
       <c r="U20" s="251"/>
       <c r="V20" s="251"/>
       <c r="W20" s="251"/>
       <c r="X20" s="251"/>
       <c r="Y20" s="251"/>
       <c r="Z20" s="251"/>
       <c r="AA20" s="251"/>
       <c r="AB20" s="251"/>
       <c r="AC20" s="252"/>
       <c r="AD20" s="347"/>
       <c r="AE20" s="348"/>
       <c r="AF20" s="234"/>
       <c r="AG20" s="235"/>
       <c r="AH20" s="17"/>
       <c r="AI20" s="54" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="AJ20" s="54"/>
       <c r="AK20" s="54"/>
       <c r="AL20" s="1"/>
       <c r="AN20" s="104">
         <f>IFERROR(SEARCH("Wärmepumpe",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AO20" s="104" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ20" s="104">
         <f>IF(G18="Elektrische Widerstandsheizung dezentral",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR20" s="104" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS20" s="104">
         <f>IF(B18="Ersatz",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT20" s="104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AU20" s="104">
         <f>IF(AND(AQ20=1,AS20=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV20" s="104" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AX20" s="104" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="AY20" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC20" s="104" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="BO20" s="104" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="BV20" s="104" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="21" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15"/>
       <c r="B21" s="238" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C21" s="238"/>
       <c r="D21" s="238"/>
       <c r="E21" s="238"/>
       <c r="F21" s="239"/>
       <c r="G21" s="244" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="H21" s="245"/>
       <c r="I21" s="245"/>
       <c r="J21" s="245"/>
       <c r="K21" s="245"/>
       <c r="L21" s="245"/>
       <c r="M21" s="245"/>
       <c r="N21" s="245"/>
       <c r="O21" s="245"/>
       <c r="P21" s="245"/>
       <c r="Q21" s="245"/>
       <c r="R21" s="245"/>
       <c r="S21" s="245"/>
       <c r="T21" s="245"/>
       <c r="U21" s="245"/>
       <c r="V21" s="245"/>
       <c r="W21" s="245"/>
       <c r="X21" s="245"/>
       <c r="Y21" s="245"/>
       <c r="Z21" s="245"/>
       <c r="AA21" s="245"/>
       <c r="AB21" s="245"/>
       <c r="AC21" s="246"/>
       <c r="AD21" s="343"/>
       <c r="AE21" s="344"/>
       <c r="AF21" s="220" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG21" s="233"/>
       <c r="AH21" s="16"/>
       <c r="AI21" s="53" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="AJ21" s="20"/>
       <c r="AK21" s="20"/>
       <c r="AL21" s="1"/>
       <c r="AN21" s="104">
         <f>IFERROR(SEARCH("gaz",G21),0)</f>
         <v>0</v>
       </c>
       <c r="AO21" s="104" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX21" s="104" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="AY21" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC21" s="104" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="BO21" s="104" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="BV21" s="104" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="22" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1"/>
       <c r="B22" s="240"/>
       <c r="C22" s="240"/>
       <c r="D22" s="240"/>
       <c r="E22" s="240"/>
       <c r="F22" s="241"/>
       <c r="G22" s="247"/>
       <c r="H22" s="248"/>
       <c r="I22" s="248"/>
       <c r="J22" s="248"/>
       <c r="K22" s="248"/>
       <c r="L22" s="248"/>
       <c r="M22" s="248"/>
       <c r="N22" s="248"/>
       <c r="O22" s="248"/>
       <c r="P22" s="248"/>
       <c r="Q22" s="248"/>
       <c r="R22" s="248"/>
       <c r="S22" s="248"/>
       <c r="T22" s="248"/>
       <c r="U22" s="248"/>
       <c r="V22" s="248"/>
       <c r="W22" s="248"/>
       <c r="X22" s="248"/>
       <c r="Y22" s="248"/>
       <c r="Z22" s="248"/>
       <c r="AA22" s="248"/>
       <c r="AB22" s="248"/>
       <c r="AC22" s="249"/>
       <c r="AD22" s="345"/>
       <c r="AE22" s="346"/>
       <c r="AF22" s="220"/>
       <c r="AG22" s="233"/>
       <c r="AH22" s="16"/>
       <c r="AI22" s="20" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="AJ22" s="20"/>
       <c r="AK22" s="20"/>
       <c r="AL22" s="1"/>
       <c r="AN22" s="104">
         <f>IFERROR(SEARCH("Öl",G21),0)</f>
         <v>0</v>
       </c>
       <c r="AO22" s="104" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AX22" s="104" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="AY22" s="105" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BC22" s="104" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="BO22" s="104" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="BV22" s="104" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
     </row>
     <row r="23" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="1"/>
       <c r="B23" s="242"/>
       <c r="C23" s="242"/>
       <c r="D23" s="242"/>
       <c r="E23" s="242"/>
       <c r="F23" s="243"/>
       <c r="G23" s="250"/>
       <c r="H23" s="251"/>
       <c r="I23" s="251"/>
       <c r="J23" s="251"/>
       <c r="K23" s="251"/>
       <c r="L23" s="251"/>
       <c r="M23" s="251"/>
       <c r="N23" s="251"/>
       <c r="O23" s="251"/>
       <c r="P23" s="251"/>
       <c r="Q23" s="251"/>
       <c r="R23" s="251"/>
       <c r="S23" s="251"/>
       <c r="T23" s="251"/>
       <c r="U23" s="251"/>
       <c r="V23" s="251"/>
       <c r="W23" s="251"/>
       <c r="X23" s="251"/>
       <c r="Y23" s="251"/>
       <c r="Z23" s="251"/>
       <c r="AA23" s="251"/>
       <c r="AB23" s="251"/>
       <c r="AC23" s="252"/>
       <c r="AD23" s="347"/>
       <c r="AE23" s="348"/>
       <c r="AF23" s="234"/>
       <c r="AG23" s="235"/>
       <c r="AH23" s="17"/>
       <c r="AI23" s="54" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="AJ23" s="54"/>
       <c r="AK23" s="54"/>
       <c r="AL23" s="1"/>
       <c r="AN23" s="104">
         <f>IFERROR(SEARCH("Wärmepumpe",G21),0)</f>
         <v>0</v>
       </c>
       <c r="AO23" s="104" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ23" s="104">
         <f>IF(G21="Elektrische Widerstandsheizung dezentral",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR23" s="104" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS23" s="104">
         <f>IF(B21="Ersatz",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT23" s="104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AU23" s="104">
         <f>IF(AND(AQ23=1,AS23=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV23" s="104" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BC23" s="104" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="BO23" s="104" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="BV23" s="104" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="24" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
       <c r="B24" s="238" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C24" s="238"/>
       <c r="D24" s="238"/>
       <c r="E24" s="238"/>
       <c r="F24" s="239"/>
       <c r="G24" s="244" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="H24" s="245"/>
       <c r="I24" s="245"/>
       <c r="J24" s="245"/>
       <c r="K24" s="245"/>
       <c r="L24" s="245"/>
       <c r="M24" s="245"/>
       <c r="N24" s="245"/>
       <c r="O24" s="245"/>
       <c r="P24" s="245"/>
       <c r="Q24" s="245"/>
       <c r="R24" s="245"/>
       <c r="S24" s="245"/>
       <c r="T24" s="245"/>
       <c r="U24" s="245"/>
       <c r="V24" s="245"/>
       <c r="W24" s="245"/>
       <c r="X24" s="245"/>
       <c r="Y24" s="245"/>
       <c r="Z24" s="245"/>
       <c r="AA24" s="245"/>
       <c r="AB24" s="245"/>
       <c r="AC24" s="246"/>
       <c r="AD24" s="343"/>
       <c r="AE24" s="344"/>
       <c r="AF24" s="231" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG24" s="232"/>
       <c r="AH24" s="14"/>
       <c r="AI24" s="53" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="AJ24" s="53"/>
       <c r="AK24" s="53"/>
       <c r="AL24" s="1"/>
       <c r="AN24" s="104">
         <f>IFERROR(SEARCH("gaz",G24),0)</f>
         <v>0</v>
       </c>
       <c r="AO24" s="104" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX24" s="104" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="BC24" s="104" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="BO24" s="104" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="BV24" s="104" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="25" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1"/>
       <c r="B25" s="240"/>
       <c r="C25" s="240"/>
       <c r="D25" s="240"/>
       <c r="E25" s="240"/>
       <c r="F25" s="241"/>
       <c r="G25" s="247"/>
       <c r="H25" s="248"/>
       <c r="I25" s="248"/>
       <c r="J25" s="248"/>
       <c r="K25" s="248"/>
       <c r="L25" s="248"/>
       <c r="M25" s="248"/>
       <c r="N25" s="248"/>
       <c r="O25" s="248"/>
       <c r="P25" s="248"/>
       <c r="Q25" s="248"/>
       <c r="R25" s="248"/>
       <c r="S25" s="248"/>
       <c r="T25" s="248"/>
       <c r="U25" s="248"/>
       <c r="V25" s="248"/>
       <c r="W25" s="248"/>
       <c r="X25" s="248"/>
       <c r="Y25" s="248"/>
       <c r="Z25" s="248"/>
       <c r="AA25" s="248"/>
       <c r="AB25" s="248"/>
       <c r="AC25" s="249"/>
       <c r="AD25" s="345"/>
       <c r="AE25" s="346"/>
       <c r="AF25" s="220"/>
       <c r="AG25" s="233"/>
       <c r="AH25" s="16"/>
       <c r="AI25" s="20" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="AJ25" s="20"/>
       <c r="AK25" s="20"/>
       <c r="AL25" s="1"/>
       <c r="AN25" s="104">
         <f>IFERROR(SEARCH("Öl",G24),0)</f>
         <v>0</v>
       </c>
       <c r="AO25" s="104" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BC25" s="104" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="BO25" s="104" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="BV25" s="104" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="26" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1"/>
       <c r="B26" s="242"/>
       <c r="C26" s="242"/>
       <c r="D26" s="242"/>
       <c r="E26" s="242"/>
       <c r="F26" s="243"/>
       <c r="G26" s="250"/>
       <c r="H26" s="251"/>
       <c r="I26" s="251"/>
       <c r="J26" s="251"/>
       <c r="K26" s="251"/>
       <c r="L26" s="251"/>
       <c r="M26" s="251"/>
       <c r="N26" s="251"/>
       <c r="O26" s="251"/>
       <c r="P26" s="251"/>
       <c r="Q26" s="251"/>
       <c r="R26" s="251"/>
       <c r="S26" s="251"/>
       <c r="T26" s="251"/>
       <c r="U26" s="251"/>
       <c r="V26" s="251"/>
       <c r="W26" s="251"/>
       <c r="X26" s="251"/>
       <c r="Y26" s="251"/>
       <c r="Z26" s="251"/>
       <c r="AA26" s="251"/>
       <c r="AB26" s="251"/>
       <c r="AC26" s="252"/>
       <c r="AD26" s="347"/>
       <c r="AE26" s="348"/>
       <c r="AF26" s="234"/>
       <c r="AG26" s="235"/>
       <c r="AH26" s="17"/>
       <c r="AI26" s="54" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="AJ26" s="54"/>
       <c r="AK26" s="54"/>
       <c r="AL26" s="1"/>
       <c r="AN26" s="104">
         <f>IFERROR(SEARCH("Wärmepumpe",G24),0)</f>
         <v>0</v>
       </c>
       <c r="AO26" s="104" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ26" s="104">
         <f>IF(G24="Elektrische Widerstandsheizung dezentral",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR26" s="104" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS26" s="104">
         <f>IF(B24="Ersatz",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT26" s="104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AU26" s="104">
         <f>IF(AND(AQ26=1,AS26=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV26" s="104" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BC26" s="104" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="BO26" s="104" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
     </row>
     <row r="27" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="238" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C27" s="238"/>
       <c r="D27" s="238"/>
       <c r="E27" s="238"/>
       <c r="F27" s="239"/>
       <c r="G27" s="244" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="H27" s="245"/>
       <c r="I27" s="245"/>
       <c r="J27" s="245"/>
       <c r="K27" s="245"/>
       <c r="L27" s="245"/>
       <c r="M27" s="245"/>
       <c r="N27" s="245"/>
       <c r="O27" s="245"/>
       <c r="P27" s="245"/>
       <c r="Q27" s="245"/>
       <c r="R27" s="245"/>
       <c r="S27" s="245"/>
       <c r="T27" s="245"/>
       <c r="U27" s="245"/>
       <c r="V27" s="245"/>
       <c r="W27" s="245"/>
       <c r="X27" s="245"/>
       <c r="Y27" s="245"/>
       <c r="Z27" s="245"/>
       <c r="AA27" s="245"/>
       <c r="AB27" s="245"/>
       <c r="AC27" s="246"/>
       <c r="AD27" s="343"/>
       <c r="AE27" s="344"/>
       <c r="AF27" s="220" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AG27" s="233"/>
       <c r="AH27" s="16"/>
       <c r="AI27" s="53" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="AJ27" s="20"/>
       <c r="AK27" s="20"/>
       <c r="AL27" s="1"/>
       <c r="AN27" s="104">
         <f>IFERROR(SEARCH("gaz",G27),0)</f>
         <v>0</v>
       </c>
       <c r="AO27" s="104" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BC27" s="104" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="BO27" s="104" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="28" spans="1:75" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="240"/>
       <c r="C28" s="240"/>
       <c r="D28" s="240"/>
       <c r="E28" s="240"/>
       <c r="F28" s="241"/>
       <c r="G28" s="247"/>
       <c r="H28" s="248"/>
       <c r="I28" s="248"/>
       <c r="J28" s="248"/>
       <c r="K28" s="248"/>
       <c r="L28" s="248"/>
       <c r="M28" s="248"/>
       <c r="N28" s="248"/>
       <c r="O28" s="248"/>
       <c r="P28" s="248"/>
       <c r="Q28" s="248"/>
       <c r="R28" s="248"/>
       <c r="S28" s="248"/>
       <c r="T28" s="248"/>
       <c r="U28" s="248"/>
       <c r="V28" s="248"/>
       <c r="W28" s="248"/>
       <c r="X28" s="248"/>
       <c r="Y28" s="248"/>
       <c r="Z28" s="248"/>
       <c r="AA28" s="248"/>
       <c r="AB28" s="248"/>
       <c r="AC28" s="249"/>
       <c r="AD28" s="345"/>
       <c r="AE28" s="346"/>
       <c r="AF28" s="220"/>
       <c r="AG28" s="233"/>
       <c r="AH28" s="16"/>
       <c r="AI28" s="20" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="AJ28" s="20"/>
       <c r="AK28" s="20"/>
       <c r="AL28" s="1"/>
       <c r="AN28" s="104">
         <f>IFERROR(SEARCH("Öl",G27),0)</f>
         <v>0</v>
       </c>
       <c r="AO28" s="104" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BC28" s="104" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="BO28" s="104" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="29" spans="1:75" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1"/>
       <c r="B29" s="242"/>
       <c r="C29" s="242"/>
       <c r="D29" s="242"/>
       <c r="E29" s="242"/>
       <c r="F29" s="243"/>
       <c r="G29" s="250"/>
       <c r="H29" s="251"/>
       <c r="I29" s="251"/>
       <c r="J29" s="251"/>
       <c r="K29" s="251"/>
       <c r="L29" s="251"/>
       <c r="M29" s="251"/>
       <c r="N29" s="251"/>
       <c r="O29" s="251"/>
       <c r="P29" s="251"/>
       <c r="Q29" s="251"/>
       <c r="R29" s="251"/>
       <c r="S29" s="251"/>
       <c r="T29" s="251"/>
       <c r="U29" s="251"/>
       <c r="V29" s="251"/>
       <c r="W29" s="251"/>
       <c r="X29" s="251"/>
       <c r="Y29" s="251"/>
       <c r="Z29" s="251"/>
       <c r="AA29" s="251"/>
       <c r="AB29" s="251"/>
       <c r="AC29" s="252"/>
       <c r="AD29" s="347"/>
       <c r="AE29" s="348"/>
       <c r="AF29" s="234"/>
       <c r="AG29" s="235"/>
       <c r="AH29" s="17"/>
       <c r="AI29" s="54" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="AJ29" s="54"/>
       <c r="AK29" s="54"/>
       <c r="AL29" s="1"/>
       <c r="AN29" s="104">
         <f>IFERROR(SEARCH("Wärmepumpe",G27),0)</f>
         <v>0</v>
       </c>
       <c r="AO29" s="104" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ29" s="104">
         <f>IF(G27="Elektrische Widerstandsheizung dezentral",1,0)</f>
         <v>0</v>
       </c>
       <c r="AR29" s="104" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AS29" s="104">
         <f>IF(B27="Ersatz",1,0)</f>
         <v>0</v>
       </c>
       <c r="AT29" s="104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AU29" s="104">
         <f>IF(AND(AQ29=1,AS29=1),1,0)</f>
         <v>0</v>
       </c>
       <c r="AV29" s="104" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BC29" s="104" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="BO29" s="104" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
     </row>
     <row r="30" spans="1:75" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="349" t="str">
         <f>IF((OR(G18=BC10, G21=BC10, G24=BC10, G27=BC10)),CONCATENATE("-&gt; "&amp;AR3 &amp;AR4),"")</f>
         <v/>
       </c>
       <c r="C30" s="349"/>
       <c r="D30" s="349"/>
       <c r="E30" s="349"/>
       <c r="F30" s="349"/>
       <c r="G30" s="349"/>
       <c r="H30" s="349"/>
       <c r="I30" s="349"/>
       <c r="J30" s="349"/>
       <c r="K30" s="349"/>
       <c r="L30" s="349"/>
       <c r="M30" s="349"/>
       <c r="N30" s="349"/>
       <c r="O30" s="349"/>
       <c r="P30" s="349"/>
       <c r="Q30" s="349"/>
       <c r="R30" s="349"/>
       <c r="S30" s="349"/>
       <c r="T30" s="349"/>
       <c r="U30" s="349"/>
       <c r="V30" s="349"/>
       <c r="W30" s="349"/>
       <c r="X30" s="349"/>
       <c r="Y30" s="349"/>
       <c r="Z30" s="349"/>
       <c r="AA30" s="349"/>
       <c r="AB30" s="349"/>
       <c r="AC30" s="349"/>
       <c r="AD30" s="349"/>
       <c r="AE30" s="349"/>
       <c r="AF30" s="349"/>
       <c r="AG30" s="349"/>
       <c r="AH30" s="349"/>
       <c r="AI30" s="349"/>
       <c r="AJ30" s="349"/>
       <c r="AK30" s="349"/>
       <c r="AL30" s="1"/>
       <c r="BC30" s="104" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="BO30" s="104" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="BV30" s="79"/>
     </row>
     <row r="31" spans="1:75" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="350"/>
       <c r="C31" s="350"/>
       <c r="D31" s="350"/>
       <c r="E31" s="350"/>
       <c r="F31" s="350"/>
       <c r="G31" s="350"/>
       <c r="H31" s="350"/>
       <c r="I31" s="350"/>
       <c r="J31" s="350"/>
       <c r="K31" s="350"/>
       <c r="L31" s="350"/>
       <c r="M31" s="350"/>
       <c r="N31" s="350"/>
       <c r="O31" s="350"/>
       <c r="P31" s="350"/>
       <c r="Q31" s="350"/>
       <c r="R31" s="350"/>
       <c r="S31" s="350"/>
       <c r="T31" s="350"/>
       <c r="U31" s="350"/>
       <c r="V31" s="350"/>
       <c r="W31" s="350"/>
       <c r="X31" s="350"/>
       <c r="Y31" s="350"/>
       <c r="Z31" s="350"/>
       <c r="AA31" s="350"/>
       <c r="AB31" s="350"/>
       <c r="AC31" s="350"/>
       <c r="AD31" s="350"/>
       <c r="AE31" s="350"/>
       <c r="AF31" s="350"/>
       <c r="AG31" s="350"/>
       <c r="AH31" s="350"/>
       <c r="AI31" s="350"/>
       <c r="AJ31" s="350"/>
       <c r="AK31" s="350"/>
       <c r="AL31" s="1"/>
       <c r="BC31" s="104" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="BO31" s="104" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="BV31" s="79"/>
     </row>
     <row r="32" spans="1:75" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="350"/>
       <c r="C32" s="350"/>
       <c r="D32" s="350"/>
       <c r="E32" s="350"/>
       <c r="F32" s="350"/>
       <c r="G32" s="350"/>
       <c r="H32" s="350"/>
       <c r="I32" s="350"/>
       <c r="J32" s="350"/>
       <c r="K32" s="350"/>
       <c r="L32" s="350"/>
       <c r="M32" s="350"/>
       <c r="N32" s="350"/>
       <c r="O32" s="350"/>
       <c r="P32" s="350"/>
       <c r="Q32" s="350"/>
       <c r="R32" s="350"/>
       <c r="S32" s="350"/>
       <c r="T32" s="350"/>
       <c r="U32" s="350"/>
       <c r="V32" s="350"/>
       <c r="W32" s="350"/>
       <c r="X32" s="350"/>
       <c r="Y32" s="350"/>
       <c r="Z32" s="350"/>
       <c r="AA32" s="350"/>
       <c r="AB32" s="350"/>
       <c r="AC32" s="350"/>
       <c r="AD32" s="350"/>
       <c r="AE32" s="350"/>
       <c r="AF32" s="350"/>
       <c r="AG32" s="350"/>
       <c r="AH32" s="350"/>
       <c r="AI32" s="350"/>
       <c r="AJ32" s="350"/>
       <c r="AK32" s="350"/>
       <c r="AL32" s="1"/>
       <c r="AN32" s="104">
         <v>2</v>
       </c>
       <c r="BC32" s="104" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="BO32" s="104" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="BV32" s="79"/>
     </row>
     <row r="33" spans="1:55" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A33" s="1"/>
       <c r="B33" s="350"/>
       <c r="C33" s="350"/>
       <c r="D33" s="350"/>
       <c r="E33" s="350"/>
       <c r="F33" s="350"/>
       <c r="G33" s="350"/>
       <c r="H33" s="350"/>
       <c r="I33" s="350"/>
       <c r="J33" s="350"/>
       <c r="K33" s="350"/>
       <c r="L33" s="350"/>
       <c r="M33" s="350"/>
       <c r="N33" s="350"/>
       <c r="O33" s="350"/>
       <c r="P33" s="350"/>
       <c r="Q33" s="350"/>
       <c r="R33" s="350"/>
       <c r="S33" s="350"/>
       <c r="T33" s="350"/>
       <c r="U33" s="350"/>
       <c r="V33" s="350"/>
       <c r="W33" s="350"/>
       <c r="X33" s="350"/>
       <c r="Y33" s="350"/>
       <c r="Z33" s="350"/>
       <c r="AA33" s="350"/>
       <c r="AB33" s="350"/>
       <c r="AC33" s="350"/>
       <c r="AD33" s="350"/>
       <c r="AE33" s="350"/>
       <c r="AF33" s="350"/>
       <c r="AG33" s="350"/>
       <c r="AH33" s="350"/>
       <c r="AI33" s="350"/>
       <c r="AJ33" s="350"/>
       <c r="AK33" s="350"/>
       <c r="AL33" s="1"/>
       <c r="BC33" s="104" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="34" spans="1:55" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1"/>
       <c r="B34" s="351" t="str">
         <f>IF(OR(AN18&lt;&gt;0,AN19&lt;&gt;0,AN22&lt;&gt;0,AN21&lt;&gt;0,AN24&lt;&gt;0,AN25&lt;&gt;0,AN27&lt;&gt;0,AN28&lt;&gt;0),CONCATENATE("-&gt; "&amp;AR5&amp;AR6),"")</f>
         <v/>
       </c>
       <c r="C34" s="351"/>
       <c r="D34" s="351"/>
       <c r="E34" s="351"/>
       <c r="F34" s="351"/>
       <c r="G34" s="351"/>
       <c r="H34" s="351"/>
       <c r="I34" s="351"/>
       <c r="J34" s="351"/>
       <c r="K34" s="351"/>
       <c r="L34" s="351"/>
       <c r="M34" s="351"/>
       <c r="N34" s="351"/>
       <c r="O34" s="351"/>
       <c r="P34" s="351"/>
       <c r="Q34" s="351"/>
       <c r="R34" s="351"/>
       <c r="S34" s="351"/>
       <c r="T34" s="351"/>
       <c r="U34" s="351"/>
       <c r="V34" s="351"/>
       <c r="W34" s="351"/>
       <c r="X34" s="351"/>
       <c r="Y34" s="351"/>
       <c r="Z34" s="351"/>
       <c r="AA34" s="351"/>
       <c r="AB34" s="351"/>
       <c r="AC34" s="351"/>
       <c r="AD34" s="351"/>
       <c r="AE34" s="351"/>
       <c r="AF34" s="351"/>
       <c r="AG34" s="351"/>
       <c r="AH34" s="351"/>
       <c r="AI34" s="351"/>
       <c r="AJ34" s="351"/>
       <c r="AK34" s="351"/>
       <c r="AL34" s="1"/>
       <c r="AN34" s="104">
         <f>IF(B37&lt;&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO34" s="104" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:55" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A35" s="1"/>
       <c r="B35" s="351"/>
       <c r="C35" s="351"/>
       <c r="D35" s="351"/>
       <c r="E35" s="351"/>
       <c r="F35" s="351"/>
       <c r="G35" s="351"/>
       <c r="H35" s="351"/>
       <c r="I35" s="351"/>
       <c r="J35" s="351"/>
       <c r="K35" s="351"/>
       <c r="L35" s="351"/>
       <c r="M35" s="351"/>
       <c r="N35" s="351"/>
       <c r="O35" s="351"/>
       <c r="P35" s="351"/>
       <c r="Q35" s="351"/>
       <c r="R35" s="351"/>
       <c r="S35" s="351"/>
       <c r="T35" s="351"/>
       <c r="U35" s="351"/>
       <c r="V35" s="351"/>
@@ -37191,101 +37181,101 @@
       <c r="R36" s="351"/>
       <c r="S36" s="351"/>
       <c r="T36" s="351"/>
       <c r="U36" s="351"/>
       <c r="V36" s="351"/>
       <c r="W36" s="351"/>
       <c r="X36" s="351"/>
       <c r="Y36" s="351"/>
       <c r="Z36" s="351"/>
       <c r="AA36" s="351"/>
       <c r="AB36" s="351"/>
       <c r="AC36" s="351"/>
       <c r="AD36" s="351"/>
       <c r="AE36" s="351"/>
       <c r="AF36" s="351"/>
       <c r="AG36" s="351"/>
       <c r="AH36" s="351"/>
       <c r="AI36" s="351"/>
       <c r="AJ36" s="351"/>
       <c r="AK36" s="351"/>
       <c r="AL36" s="1"/>
       <c r="AN36" s="104">
         <v>0</v>
       </c>
       <c r="AO36" s="104" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:55" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A37" s="1"/>
       <c r="B37" s="237">
         <f>IF(OR(AN18&lt;&gt;0,AN19&lt;&gt;0,AN22&lt;&gt;0,AN21&lt;&gt;0,AN24&lt;&gt;0,AN25&lt;&gt;0,AN27&lt;&gt;0,AN28&lt;&gt;0),"-&gt; Die zuständige Behörde verlangt von der Dienststelle eine Vormeinung für jede Errichtung einer Wärmeerzeugungsanlage, die mit fossilen Energien betrieben wird gemäss Art.54 Abs.2 kEnG",0)</f>
         <v>0</v>
       </c>
       <c r="C37" s="237"/>
       <c r="D37" s="237"/>
       <c r="E37" s="237"/>
       <c r="F37" s="237"/>
       <c r="G37" s="237"/>
       <c r="H37" s="237"/>
       <c r="I37" s="237"/>
       <c r="J37" s="237"/>
       <c r="K37" s="237"/>
       <c r="L37" s="237"/>
       <c r="M37" s="237"/>
       <c r="N37" s="237"/>
       <c r="O37" s="237"/>
       <c r="P37" s="237"/>
       <c r="Q37" s="237"/>
       <c r="R37" s="237"/>
       <c r="S37" s="237"/>
       <c r="T37" s="237"/>
       <c r="U37" s="237"/>
       <c r="V37" s="237"/>
       <c r="W37" s="237"/>
       <c r="X37" s="237"/>
       <c r="Y37" s="237"/>
       <c r="Z37" s="237"/>
       <c r="AA37" s="237"/>
       <c r="AB37" s="237"/>
       <c r="AC37" s="237"/>
       <c r="AD37" s="237"/>
       <c r="AE37" s="237"/>
       <c r="AF37" s="237"/>
       <c r="AG37" s="237"/>
       <c r="AH37" s="237"/>
       <c r="AI37" s="237"/>
       <c r="AJ37" s="237"/>
       <c r="AK37" s="237"/>
       <c r="AL37" s="1"/>
       <c r="AN37" s="104">
         <f>IF(B40&lt;&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO37" s="104" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:55" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
       <c r="B38" s="237"/>
       <c r="C38" s="237"/>
       <c r="D38" s="237"/>
       <c r="E38" s="237"/>
       <c r="F38" s="237"/>
       <c r="G38" s="237"/>
       <c r="H38" s="237"/>
       <c r="I38" s="237"/>
       <c r="J38" s="237"/>
       <c r="K38" s="237"/>
       <c r="L38" s="237"/>
       <c r="M38" s="237"/>
       <c r="N38" s="237"/>
       <c r="O38" s="237"/>
       <c r="P38" s="237"/>
       <c r="Q38" s="237"/>
       <c r="R38" s="237"/>
       <c r="S38" s="237"/>
       <c r="T38" s="237"/>
       <c r="U38" s="237"/>
       <c r="V38" s="237"/>
@@ -37453,233 +37443,233 @@
       <c r="R42" s="19"/>
       <c r="S42" s="19"/>
       <c r="T42" s="19"/>
       <c r="U42" s="19"/>
       <c r="V42" s="19"/>
       <c r="W42" s="19"/>
       <c r="X42" s="19"/>
       <c r="Y42" s="19"/>
       <c r="Z42" s="19"/>
       <c r="AA42" s="19"/>
       <c r="AB42" s="19"/>
       <c r="AC42" s="19"/>
       <c r="AD42" s="19"/>
       <c r="AE42" s="19"/>
       <c r="AF42" s="19"/>
       <c r="AG42" s="19"/>
       <c r="AH42" s="19"/>
       <c r="AI42" s="19"/>
       <c r="AJ42" s="19"/>
       <c r="AK42" s="19"/>
       <c r="AL42" s="1"/>
     </row>
     <row r="43" spans="1:55" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="236"/>
       <c r="P43" s="236"/>
       <c r="Q43" s="236"/>
       <c r="R43" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="20"/>
       <c r="Z43" s="20"/>
       <c r="AA43" s="20"/>
       <c r="AB43" s="20"/>
       <c r="AC43" s="20"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="236"/>
       <c r="AG43" s="236"/>
       <c r="AH43" s="236"/>
       <c r="AI43" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AJ43" s="20"/>
       <c r="AK43" s="20"/>
       <c r="AL43" s="1"/>
     </row>
     <row r="44" spans="1:55" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="19"/>
       <c r="H44" s="19"/>
       <c r="I44" s="19"/>
       <c r="J44" s="19"/>
       <c r="K44" s="261" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="L44" s="261"/>
       <c r="M44" s="261"/>
       <c r="N44" s="261"/>
       <c r="O44" s="261"/>
       <c r="P44" s="261"/>
       <c r="Q44" s="261"/>
       <c r="R44" s="19"/>
       <c r="S44" s="19"/>
       <c r="T44" s="19"/>
       <c r="U44" s="262" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="V44" s="262"/>
       <c r="W44" s="262"/>
       <c r="X44" s="262"/>
       <c r="Y44" s="262"/>
       <c r="Z44" s="262"/>
       <c r="AA44" s="262"/>
       <c r="AB44" s="262"/>
       <c r="AC44" s="262"/>
       <c r="AD44" s="262"/>
       <c r="AE44" s="262"/>
       <c r="AF44" s="85"/>
       <c r="AG44" s="85"/>
       <c r="AH44" s="85"/>
       <c r="AI44" s="1"/>
       <c r="AJ44" s="1"/>
       <c r="AK44" s="1"/>
       <c r="AL44" s="1"/>
     </row>
     <row r="45" spans="1:55" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="275"/>
       <c r="P45" s="275"/>
       <c r="Q45" s="275"/>
       <c r="R45" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="262"/>
       <c r="V45" s="262"/>
       <c r="W45" s="262"/>
       <c r="X45" s="262"/>
       <c r="Y45" s="262"/>
       <c r="Z45" s="262"/>
       <c r="AA45" s="262"/>
       <c r="AB45" s="262"/>
       <c r="AC45" s="262"/>
       <c r="AD45" s="262"/>
       <c r="AE45" s="262"/>
       <c r="AF45" s="276" t="str">
         <f>IFERROR(O45*1000/O43,"")</f>
         <v/>
       </c>
       <c r="AG45" s="276"/>
       <c r="AH45" s="276"/>
       <c r="AI45" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="AJ45" s="1"/>
       <c r="AK45" s="1"/>
       <c r="AL45" s="1"/>
     </row>
     <row r="46" spans="1:55" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="270"/>
       <c r="P46" s="270"/>
       <c r="Q46" s="270"/>
       <c r="R46" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
       <c r="Y46" s="1"/>
       <c r="Z46" s="1"/>
       <c r="AA46" s="1"/>
       <c r="AB46" s="1"/>
       <c r="AC46" s="1"/>
       <c r="AD46" s="1"/>
       <c r="AE46" s="1"/>
       <c r="AF46" s="271"/>
       <c r="AG46" s="271"/>
       <c r="AH46" s="271"/>
       <c r="AI46" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AJ46" s="1"/>
       <c r="AK46" s="1"/>
       <c r="AL46" s="1"/>
     </row>
     <row r="47" spans="1:55" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="57" t="str">
         <f>IF(O45&lt;O46,"Achtung: Die installierte Leistung ist geringer als die berechnete Leistung","")</f>
         <v/>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="3"/>
       <c r="P47" s="3"/>
@@ -37690,154 +37680,154 @@
       <c r="U47" s="57" t="str">
         <f>IF(AF46/2&gt;O46,"Die Elektrische Notheizung übersteigt 50% der berechneten Leistung","")</f>
         <v/>
       </c>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
       <c r="AC47" s="1"/>
       <c r="AD47" s="1"/>
       <c r="AE47" s="1"/>
       <c r="AF47" s="83"/>
       <c r="AG47" s="83"/>
       <c r="AH47" s="83"/>
       <c r="AI47" s="1"/>
       <c r="AJ47" s="1"/>
       <c r="AK47" s="1"/>
       <c r="AL47" s="1"/>
     </row>
     <row r="48" spans="1:55" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
       <c r="B48" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="20"/>
       <c r="Z48" s="20"/>
       <c r="AA48" s="75"/>
       <c r="AB48" s="20"/>
       <c r="AC48" s="20"/>
       <c r="AD48" s="20"/>
       <c r="AE48" s="20"/>
       <c r="AF48" s="20"/>
       <c r="AG48" s="20"/>
       <c r="AH48" s="20"/>
       <c r="AI48" s="20"/>
       <c r="AJ48" s="20"/>
       <c r="AK48" s="20"/>
       <c r="AL48" s="1"/>
     </row>
     <row r="49" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
       <c r="B49" s="1"/>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
       <c r="X49" s="1"/>
       <c r="Y49" s="3"/>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="3"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
       <c r="AF49" s="3"/>
       <c r="AG49" s="3"/>
       <c r="AH49" s="3"/>
       <c r="AI49" s="3"/>
       <c r="AJ49" s="3"/>
       <c r="AK49" s="3"/>
       <c r="AL49" s="1"/>
       <c r="AN49" s="104">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="B50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
       <c r="Z50" s="1"/>
       <c r="AA50" s="1"/>
       <c r="AB50" s="1"/>
       <c r="AC50" s="1"/>
       <c r="AD50" s="1"/>
       <c r="AE50" s="1"/>
       <c r="AF50" s="1"/>
       <c r="AG50" s="1"/>
       <c r="AH50" s="1"/>
       <c r="AI50" s="1"/>
       <c r="AJ50" s="1"/>
       <c r="AK50" s="1"/>
       <c r="AL50" s="1"/>
     </row>
     <row r="51" spans="1:85" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
@@ -37861,73 +37851,73 @@
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
       <c r="X51" s="1"/>
       <c r="Y51" s="1"/>
       <c r="Z51" s="1"/>
       <c r="AA51" s="1"/>
       <c r="AB51" s="1"/>
       <c r="AC51" s="1"/>
       <c r="AD51" s="1"/>
       <c r="AE51" s="1"/>
       <c r="AF51" s="1"/>
       <c r="AG51" s="1"/>
       <c r="AH51" s="1"/>
       <c r="AI51" s="1"/>
       <c r="AJ51" s="1"/>
       <c r="AK51" s="1"/>
       <c r="AL51" s="1"/>
     </row>
     <row r="52" spans="1:85" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="69"/>
       <c r="N52" s="69"/>
       <c r="O52" s="69"/>
       <c r="P52" s="69"/>
       <c r="Q52" s="69"/>
       <c r="R52" s="69"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="22"/>
       <c r="V52" s="22" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="W52" s="251"/>
       <c r="X52" s="251"/>
       <c r="Y52" s="251"/>
       <c r="Z52" s="251"/>
       <c r="AA52" s="251"/>
       <c r="AB52" s="251"/>
       <c r="AC52" s="251"/>
       <c r="AD52" s="251"/>
       <c r="AE52" s="251"/>
       <c r="AF52" s="251"/>
       <c r="AG52" s="251"/>
       <c r="AH52" s="251"/>
       <c r="AI52" s="251"/>
       <c r="AJ52" s="251"/>
       <c r="AK52" s="251"/>
       <c r="AL52" s="1"/>
       <c r="AN52" s="104">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:85" s="74" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="1"/>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
@@ -37995,91 +37985,91 @@
       <c r="BM53" s="106"/>
       <c r="BN53" s="106"/>
       <c r="BO53" s="106"/>
       <c r="BP53" s="73"/>
       <c r="BQ53" s="73"/>
       <c r="BR53" s="73"/>
       <c r="BS53" s="73"/>
       <c r="BT53" s="73"/>
       <c r="BU53" s="73"/>
       <c r="BV53" s="73"/>
       <c r="BW53" s="73"/>
       <c r="BX53" s="73"/>
       <c r="BY53" s="73"/>
       <c r="BZ53" s="73"/>
       <c r="CA53" s="73"/>
       <c r="CB53" s="73"/>
       <c r="CC53" s="73"/>
       <c r="CD53" s="73"/>
       <c r="CE53" s="73"/>
       <c r="CF53" s="73"/>
       <c r="CG53" s="73"/>
     </row>
     <row r="54" spans="1:85" s="74" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="1"/>
       <c r="B54" s="34" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C54" s="34"/>
       <c r="D54" s="34"/>
       <c r="E54" s="34"/>
       <c r="F54" s="34"/>
       <c r="G54" s="34"/>
       <c r="H54" s="34"/>
       <c r="I54" s="34"/>
       <c r="J54" s="34"/>
       <c r="K54" s="34"/>
       <c r="L54" s="34"/>
       <c r="M54" s="34"/>
       <c r="N54" s="34"/>
       <c r="O54" s="34"/>
       <c r="P54" s="34"/>
       <c r="Q54" s="34"/>
       <c r="R54" s="34"/>
       <c r="S54" s="34"/>
       <c r="T54" s="34"/>
       <c r="U54" s="34"/>
       <c r="V54" s="34"/>
       <c r="W54" s="34"/>
       <c r="X54" s="34"/>
       <c r="Y54" s="34"/>
       <c r="Z54" s="34"/>
       <c r="AA54" s="34"/>
       <c r="AB54" s="34"/>
       <c r="AC54" s="34"/>
       <c r="AD54" s="34"/>
       <c r="AE54" s="34"/>
       <c r="AF54" s="34"/>
       <c r="AG54" s="34"/>
       <c r="AH54" s="34"/>
       <c r="AI54" s="34"/>
       <c r="AJ54" s="34"/>
       <c r="AK54" s="34"/>
       <c r="AL54" s="1"/>
       <c r="AM54" s="104"/>
       <c r="AN54" s="47" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="AO54" s="47">
         <f>IF(SUM(AP54:AP57)&gt;0,1,0)</f>
         <v>0</v>
       </c>
       <c r="AP54" s="47">
         <f>IFERROR(SEARCH("Wärmepumpe Luft / Wasser",G18),0)</f>
         <v>0</v>
       </c>
       <c r="AQ54" s="106"/>
       <c r="AR54" s="106"/>
       <c r="AS54" s="106"/>
       <c r="AT54" s="106"/>
       <c r="AU54" s="106"/>
       <c r="AV54" s="106"/>
       <c r="AW54" s="106"/>
       <c r="AX54" s="106"/>
       <c r="AY54" s="106"/>
       <c r="AZ54" s="106"/>
       <c r="BA54" s="106"/>
       <c r="BB54" s="106"/>
       <c r="BC54" s="106"/>
       <c r="BD54" s="106"/>
       <c r="BE54" s="106"/>
       <c r="BF54" s="106"/>
@@ -38183,51 +38173,51 @@
       <c r="BN55" s="106"/>
       <c r="BO55" s="106"/>
       <c r="BP55" s="73"/>
       <c r="BQ55" s="73"/>
       <c r="BR55" s="73"/>
       <c r="BS55" s="73"/>
       <c r="BT55" s="73"/>
       <c r="BU55" s="73"/>
       <c r="BV55" s="73"/>
       <c r="BW55" s="73"/>
       <c r="BX55" s="73"/>
       <c r="BY55" s="73"/>
       <c r="BZ55" s="73"/>
       <c r="CA55" s="73"/>
       <c r="CB55" s="73"/>
       <c r="CC55" s="73"/>
       <c r="CD55" s="73"/>
       <c r="CE55" s="73"/>
       <c r="CF55" s="73"/>
       <c r="CG55" s="73"/>
     </row>
     <row r="56" spans="1:85" s="74" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A56" s="1"/>
       <c r="B56" s="127"/>
       <c r="C56" s="268" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D56" s="268"/>
       <c r="E56" s="268"/>
       <c r="F56" s="268"/>
       <c r="G56" s="268"/>
       <c r="H56" s="268"/>
       <c r="I56" s="268"/>
       <c r="J56" s="268"/>
       <c r="K56" s="268"/>
       <c r="L56" s="268"/>
       <c r="M56" s="268"/>
       <c r="N56" s="268"/>
       <c r="O56" s="268"/>
       <c r="P56" s="268"/>
       <c r="Q56" s="133"/>
       <c r="R56" s="134"/>
       <c r="S56" s="134"/>
       <c r="T56" s="134"/>
       <c r="U56" s="128"/>
       <c r="V56" s="128"/>
       <c r="W56" s="128"/>
       <c r="X56" s="133"/>
       <c r="Y56" s="135"/>
       <c r="Z56" s="135"/>
       <c r="AA56" s="135"/>
@@ -38453,51 +38443,51 @@
       <c r="BN58" s="106"/>
       <c r="BO58" s="106"/>
       <c r="BP58" s="73"/>
       <c r="BQ58" s="73"/>
       <c r="BR58" s="73"/>
       <c r="BS58" s="73"/>
       <c r="BT58" s="73"/>
       <c r="BU58" s="73"/>
       <c r="BV58" s="73"/>
       <c r="BW58" s="73"/>
       <c r="BX58" s="73"/>
       <c r="BY58" s="73"/>
       <c r="BZ58" s="73"/>
       <c r="CA58" s="73"/>
       <c r="CB58" s="73"/>
       <c r="CC58" s="73"/>
       <c r="CD58" s="73"/>
       <c r="CE58" s="73"/>
       <c r="CF58" s="73"/>
       <c r="CG58" s="73"/>
     </row>
     <row r="59" spans="1:85" s="74" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A59" s="1"/>
       <c r="B59" s="127"/>
       <c r="C59" s="268" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D59" s="268"/>
       <c r="E59" s="268"/>
       <c r="F59" s="268"/>
       <c r="G59" s="268"/>
       <c r="H59" s="268"/>
       <c r="I59" s="268"/>
       <c r="J59" s="268"/>
       <c r="K59" s="268"/>
       <c r="L59" s="268"/>
       <c r="M59" s="268"/>
       <c r="N59" s="268"/>
       <c r="O59" s="268"/>
       <c r="P59" s="268"/>
       <c r="Q59" s="129"/>
       <c r="R59" s="136"/>
       <c r="S59" s="136"/>
       <c r="T59" s="136"/>
       <c r="U59" s="128"/>
       <c r="V59" s="128"/>
       <c r="W59" s="128"/>
       <c r="X59" s="129"/>
       <c r="Y59" s="130"/>
       <c r="Z59" s="130"/>
       <c r="AA59" s="130"/>
@@ -38715,51 +38705,51 @@
       <c r="BN61" s="106"/>
       <c r="BO61" s="106"/>
       <c r="BP61" s="73"/>
       <c r="BQ61" s="73"/>
       <c r="BR61" s="73"/>
       <c r="BS61" s="73"/>
       <c r="BT61" s="73"/>
       <c r="BU61" s="73"/>
       <c r="BV61" s="73"/>
       <c r="BW61" s="73"/>
       <c r="BX61" s="73"/>
       <c r="BY61" s="73"/>
       <c r="BZ61" s="73"/>
       <c r="CA61" s="73"/>
       <c r="CB61" s="73"/>
       <c r="CC61" s="73"/>
       <c r="CD61" s="73"/>
       <c r="CE61" s="73"/>
       <c r="CF61" s="73"/>
       <c r="CG61" s="73"/>
     </row>
     <row r="62" spans="1:85" s="74" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A62" s="1"/>
       <c r="B62" s="124"/>
       <c r="C62" s="265" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D62" s="265"/>
       <c r="E62" s="265"/>
       <c r="F62" s="265"/>
       <c r="G62" s="265"/>
       <c r="H62" s="265"/>
       <c r="I62" s="265"/>
       <c r="J62" s="265"/>
       <c r="K62" s="265"/>
       <c r="L62" s="265"/>
       <c r="M62" s="265"/>
       <c r="N62" s="265"/>
       <c r="O62" s="265"/>
       <c r="P62" s="265"/>
       <c r="Q62" s="129"/>
       <c r="R62" s="136"/>
       <c r="S62" s="136"/>
       <c r="T62" s="136"/>
       <c r="U62" s="128"/>
       <c r="V62" s="128"/>
       <c r="W62" s="128"/>
       <c r="X62" s="129"/>
       <c r="Y62" s="130"/>
       <c r="Z62" s="130"/>
       <c r="AA62" s="130"/>
@@ -39159,167 +39149,167 @@
       <c r="BM66" s="106"/>
       <c r="BN66" s="106"/>
       <c r="BO66" s="106"/>
       <c r="BP66" s="73"/>
       <c r="BQ66" s="73"/>
       <c r="BR66" s="73"/>
       <c r="BS66" s="73"/>
       <c r="BT66" s="73"/>
       <c r="BU66" s="73"/>
       <c r="BV66" s="73"/>
       <c r="BW66" s="73"/>
       <c r="BX66" s="73"/>
       <c r="BY66" s="73"/>
       <c r="BZ66" s="73"/>
       <c r="CA66" s="73"/>
       <c r="CB66" s="73"/>
       <c r="CC66" s="73"/>
       <c r="CD66" s="73"/>
       <c r="CE66" s="73"/>
       <c r="CF66" s="73"/>
       <c r="CG66" s="73"/>
     </row>
     <row r="67" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="1"/>
       <c r="B67" s="272" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C67" s="272"/>
       <c r="D67" s="272"/>
       <c r="E67" s="272"/>
       <c r="F67" s="272"/>
       <c r="G67" s="272"/>
       <c r="H67" s="272"/>
       <c r="I67" s="272"/>
       <c r="J67" s="272"/>
       <c r="K67" s="272"/>
       <c r="L67" s="272"/>
       <c r="M67" s="272"/>
       <c r="N67" s="272"/>
       <c r="O67" s="272"/>
       <c r="P67" s="272"/>
       <c r="Q67" s="272"/>
       <c r="R67" s="272"/>
       <c r="S67" s="272"/>
       <c r="T67" s="272"/>
       <c r="U67" s="272"/>
       <c r="V67" s="272"/>
       <c r="W67" s="272"/>
       <c r="X67" s="272"/>
       <c r="Y67" s="272"/>
       <c r="Z67" s="272"/>
       <c r="AA67" s="272"/>
       <c r="AB67" s="272"/>
       <c r="AC67" s="272"/>
       <c r="AD67" s="272"/>
       <c r="AE67" s="272"/>
       <c r="AF67" s="272"/>
       <c r="AG67" s="272"/>
       <c r="AH67" s="272"/>
       <c r="AI67" s="272"/>
       <c r="AJ67" s="272"/>
       <c r="AK67" s="272"/>
       <c r="AL67" s="1"/>
       <c r="AM67" s="106"/>
     </row>
     <row r="68" spans="1:85" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="20" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C68" s="20"/>
       <c r="D68" s="20"/>
       <c r="E68" s="20"/>
       <c r="F68" s="20"/>
       <c r="G68" s="20"/>
       <c r="H68" s="20"/>
       <c r="I68" s="20"/>
       <c r="J68" s="20"/>
       <c r="K68" s="20"/>
       <c r="L68" s="20"/>
       <c r="M68" s="20"/>
       <c r="N68" s="20"/>
       <c r="O68" s="70"/>
       <c r="P68" s="70"/>
       <c r="Q68" s="70"/>
       <c r="R68" s="70"/>
       <c r="S68" s="70"/>
       <c r="T68" s="70"/>
       <c r="U68" s="20"/>
       <c r="V68" s="20"/>
       <c r="W68" s="20"/>
       <c r="X68" s="22"/>
       <c r="Y68" s="22" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="Z68" s="242"/>
       <c r="AA68" s="242"/>
       <c r="AB68" s="242"/>
       <c r="AC68" s="242"/>
       <c r="AD68" s="242"/>
       <c r="AE68" s="242"/>
       <c r="AF68" s="242"/>
       <c r="AG68" s="242"/>
       <c r="AH68" s="242"/>
       <c r="AI68" s="242"/>
       <c r="AJ68" s="242"/>
       <c r="AK68" s="242"/>
       <c r="AL68" s="1"/>
     </row>
     <row r="69" spans="1:85" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="71"/>
       <c r="B69" s="72" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C69" s="72"/>
       <c r="D69" s="72"/>
       <c r="E69" s="72"/>
       <c r="F69" s="72"/>
       <c r="G69" s="72"/>
       <c r="H69" s="72"/>
       <c r="I69" s="72"/>
       <c r="J69" s="72"/>
       <c r="K69" s="72"/>
       <c r="L69" s="72"/>
       <c r="M69" s="72"/>
       <c r="N69" s="72"/>
       <c r="O69" s="72"/>
       <c r="P69" s="72" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="Q69" s="72"/>
       <c r="R69" s="72"/>
       <c r="S69" s="72"/>
       <c r="T69" s="72"/>
       <c r="U69" s="72" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="V69" s="72"/>
       <c r="W69" s="72"/>
       <c r="X69" s="72"/>
       <c r="Y69" s="72" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="Z69" s="72"/>
       <c r="AA69" s="72"/>
       <c r="AB69" s="273"/>
       <c r="AC69" s="273"/>
       <c r="AD69" s="273"/>
       <c r="AE69" s="273"/>
       <c r="AF69" s="273"/>
       <c r="AG69" s="273"/>
       <c r="AH69" s="273"/>
       <c r="AI69" s="273"/>
       <c r="AJ69" s="273"/>
       <c r="AK69" s="273"/>
       <c r="AL69" s="71"/>
     </row>
     <row r="70" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="1"/>
       <c r="B70" s="20"/>
       <c r="C70" s="20"/>
       <c r="D70" s="20"/>
       <c r="E70" s="20"/>
       <c r="F70" s="20"/>
       <c r="G70" s="20"/>
       <c r="H70" s="20"/>
       <c r="I70" s="20"/>
@@ -39334,51 +39324,51 @@
       <c r="R70" s="20"/>
       <c r="S70" s="20"/>
       <c r="T70" s="20"/>
       <c r="U70" s="20"/>
       <c r="V70" s="20"/>
       <c r="W70" s="20"/>
       <c r="X70" s="20"/>
       <c r="Y70" s="20"/>
       <c r="Z70" s="20"/>
       <c r="AA70" s="20"/>
       <c r="AB70" s="20"/>
       <c r="AC70" s="20"/>
       <c r="AD70" s="20"/>
       <c r="AE70" s="20"/>
       <c r="AF70" s="20"/>
       <c r="AG70" s="20"/>
       <c r="AH70" s="20"/>
       <c r="AI70" s="20"/>
       <c r="AJ70" s="20"/>
       <c r="AK70" s="20"/>
       <c r="AL70" s="1"/>
     </row>
     <row r="71" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="1"/>
       <c r="B71" s="20" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C71" s="20"/>
       <c r="D71" s="20"/>
       <c r="E71" s="20"/>
       <c r="F71" s="20"/>
       <c r="G71" s="20"/>
       <c r="H71" s="20"/>
       <c r="I71" s="20"/>
       <c r="J71" s="20"/>
       <c r="K71" s="20"/>
       <c r="L71" s="20"/>
       <c r="M71" s="20"/>
       <c r="N71" s="20"/>
       <c r="O71" s="248"/>
       <c r="P71" s="248"/>
       <c r="Q71" s="248"/>
       <c r="R71" s="248"/>
       <c r="S71" s="248"/>
       <c r="T71" s="248"/>
       <c r="U71" s="248"/>
       <c r="V71" s="248"/>
       <c r="W71" s="248"/>
       <c r="X71" s="248"/>
       <c r="Y71" s="248"/>
       <c r="Z71" s="248"/>
@@ -39456,602 +39446,602 @@
       <c r="R73" s="23"/>
       <c r="S73" s="23"/>
       <c r="T73" s="23"/>
       <c r="U73" s="23"/>
       <c r="V73" s="23"/>
       <c r="W73" s="23"/>
       <c r="X73" s="23"/>
       <c r="Y73" s="23"/>
       <c r="Z73" s="23"/>
       <c r="AA73" s="23"/>
       <c r="AB73" s="23"/>
       <c r="AC73" s="23"/>
       <c r="AD73" s="23"/>
       <c r="AE73" s="23"/>
       <c r="AF73" s="23"/>
       <c r="AG73" s="23"/>
       <c r="AH73" s="23"/>
       <c r="AI73" s="23"/>
       <c r="AJ73" s="23"/>
       <c r="AK73" s="23"/>
       <c r="AL73" s="1"/>
     </row>
     <row r="74" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="1"/>
       <c r="B74" s="34" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C74" s="34"/>
       <c r="D74" s="34"/>
       <c r="E74" s="34"/>
       <c r="F74" s="34"/>
       <c r="G74" s="34"/>
       <c r="H74" s="34"/>
       <c r="I74" s="34"/>
       <c r="J74" s="34"/>
       <c r="K74" s="75"/>
       <c r="L74" s="34"/>
       <c r="M74" s="34"/>
       <c r="N74" s="34"/>
       <c r="O74" s="34"/>
       <c r="P74" s="34"/>
       <c r="Q74" s="34"/>
       <c r="R74" s="34"/>
       <c r="S74" s="34"/>
       <c r="T74" s="34"/>
       <c r="U74" s="34"/>
       <c r="V74" s="34"/>
       <c r="W74" s="34"/>
       <c r="X74" s="34"/>
       <c r="Y74" s="34"/>
       <c r="Z74" s="34"/>
       <c r="AA74" s="34"/>
       <c r="AB74" s="34"/>
       <c r="AC74" s="34"/>
       <c r="AD74" s="34"/>
       <c r="AE74" s="34"/>
       <c r="AF74" s="34"/>
       <c r="AG74" s="34"/>
       <c r="AH74" s="34"/>
       <c r="AI74" s="34"/>
       <c r="AJ74" s="34"/>
       <c r="AK74" s="34"/>
       <c r="AL74" s="1"/>
     </row>
     <row r="75" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
       <c r="B75" s="269" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C75" s="269"/>
       <c r="D75" s="269"/>
       <c r="E75" s="269"/>
       <c r="F75" s="269"/>
       <c r="G75" s="269"/>
       <c r="H75" s="269"/>
       <c r="I75" s="269"/>
       <c r="J75" s="269"/>
       <c r="K75" s="269"/>
       <c r="L75" s="24"/>
       <c r="M75" s="24"/>
       <c r="N75" s="25" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="O75" s="24"/>
       <c r="P75" s="24"/>
       <c r="Q75" s="24"/>
       <c r="R75" s="24"/>
       <c r="S75" s="24"/>
       <c r="T75" s="24"/>
       <c r="U75" s="25" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="V75" s="24"/>
       <c r="W75" s="24"/>
       <c r="X75" s="24"/>
       <c r="Y75" s="25" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="Z75" s="24"/>
       <c r="AA75" s="24"/>
       <c r="AB75" s="24"/>
       <c r="AC75" s="24"/>
       <c r="AD75" s="24"/>
       <c r="AE75" s="25" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="AF75" s="24"/>
       <c r="AG75" s="24"/>
       <c r="AH75" s="24"/>
       <c r="AI75" s="24"/>
       <c r="AJ75" s="24"/>
       <c r="AK75" s="24"/>
       <c r="AL75" s="1"/>
     </row>
     <row r="76" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
       <c r="B76" s="269" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C76" s="269"/>
       <c r="D76" s="269"/>
       <c r="E76" s="269"/>
       <c r="F76" s="269"/>
       <c r="G76" s="269"/>
       <c r="H76" s="269"/>
       <c r="I76" s="269"/>
       <c r="J76" s="269"/>
       <c r="K76" s="269"/>
       <c r="L76" s="24"/>
       <c r="M76" s="24"/>
       <c r="N76" s="26"/>
       <c r="O76" s="26"/>
       <c r="P76" s="26"/>
       <c r="Q76" s="26"/>
       <c r="R76" s="26"/>
       <c r="S76" s="26"/>
       <c r="T76" s="26"/>
       <c r="U76" s="26"/>
       <c r="V76" s="26"/>
       <c r="W76" s="26"/>
       <c r="X76" s="26"/>
       <c r="Y76" s="27" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="Z76" s="26"/>
       <c r="AA76" s="26"/>
       <c r="AB76" s="26"/>
       <c r="AC76" s="26"/>
       <c r="AD76" s="26"/>
       <c r="AE76" s="27" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="AF76" s="26"/>
       <c r="AG76" s="26"/>
       <c r="AH76" s="26"/>
       <c r="AI76" s="26"/>
       <c r="AJ76" s="26"/>
       <c r="AK76" s="26"/>
       <c r="AL76" s="1"/>
     </row>
     <row r="77" spans="1:85" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77" s="280" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C77" s="280"/>
       <c r="D77" s="280"/>
       <c r="E77" s="280"/>
       <c r="F77" s="280"/>
       <c r="G77" s="280"/>
       <c r="H77" s="280"/>
       <c r="I77" s="280"/>
       <c r="J77" s="280"/>
       <c r="K77" s="280"/>
       <c r="L77" s="25"/>
       <c r="M77" s="25"/>
       <c r="N77" s="185" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="O77" s="185"/>
       <c r="P77" s="185"/>
       <c r="Q77" s="185"/>
       <c r="R77" s="185"/>
       <c r="S77" s="185"/>
       <c r="T77" s="281" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="U77" s="281"/>
       <c r="V77" s="281"/>
       <c r="W77" s="281"/>
       <c r="X77" s="281"/>
       <c r="Y77" s="25"/>
       <c r="Z77" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AA77" s="25"/>
       <c r="AB77" s="25"/>
       <c r="AC77" s="25"/>
       <c r="AD77" s="25"/>
       <c r="AE77" s="25"/>
       <c r="AF77" s="25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AG77" s="25"/>
       <c r="AH77" s="25"/>
       <c r="AI77" s="25"/>
       <c r="AJ77" s="25"/>
       <c r="AK77" s="24"/>
       <c r="AL77" s="1"/>
     </row>
     <row r="78" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="28"/>
       <c r="C78" s="28"/>
       <c r="D78" s="28"/>
       <c r="E78" s="28"/>
       <c r="F78" s="28"/>
       <c r="G78" s="28"/>
       <c r="H78" s="28"/>
       <c r="I78" s="28"/>
       <c r="J78" s="28"/>
       <c r="K78" s="28"/>
       <c r="L78" s="25"/>
       <c r="M78" s="25"/>
       <c r="N78" s="188" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O78" s="188"/>
       <c r="P78" s="188"/>
       <c r="Q78" s="188"/>
       <c r="R78" s="188"/>
       <c r="S78" s="188"/>
       <c r="T78" s="274" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U78" s="274"/>
       <c r="V78" s="274"/>
       <c r="W78" s="274"/>
       <c r="X78" s="274"/>
       <c r="Y78" s="25"/>
       <c r="Z78" s="25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA78" s="25"/>
       <c r="AB78" s="25"/>
       <c r="AC78" s="25"/>
       <c r="AD78" s="25"/>
       <c r="AE78" s="25"/>
       <c r="AF78" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AG78" s="25"/>
       <c r="AH78" s="25"/>
       <c r="AI78" s="25"/>
       <c r="AJ78" s="25"/>
       <c r="AK78" s="24"/>
       <c r="AL78" s="1"/>
     </row>
     <row r="79" spans="1:85" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
       <c r="B79" s="28"/>
       <c r="C79" s="28"/>
       <c r="D79" s="28"/>
       <c r="E79" s="28"/>
       <c r="F79" s="28"/>
       <c r="G79" s="28"/>
       <c r="H79" s="28"/>
       <c r="I79" s="28"/>
       <c r="J79" s="28"/>
       <c r="K79" s="28"/>
       <c r="L79" s="25"/>
       <c r="M79" s="25"/>
       <c r="N79" s="188" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="O79" s="188"/>
       <c r="P79" s="188"/>
       <c r="Q79" s="188"/>
       <c r="R79" s="188"/>
       <c r="S79" s="188"/>
       <c r="T79" s="274" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="U79" s="274"/>
       <c r="V79" s="274"/>
       <c r="W79" s="274"/>
       <c r="X79" s="274"/>
       <c r="Y79" s="25"/>
       <c r="Z79" s="25" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AA79" s="25"/>
       <c r="AB79" s="25"/>
       <c r="AC79" s="25"/>
       <c r="AD79" s="25"/>
       <c r="AE79" s="25"/>
       <c r="AF79" s="25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AG79" s="25"/>
       <c r="AH79" s="25"/>
       <c r="AI79" s="25"/>
       <c r="AJ79" s="25"/>
       <c r="AK79" s="24"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:85" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A80" s="1"/>
       <c r="B80" s="28"/>
       <c r="C80" s="28"/>
       <c r="D80" s="28"/>
       <c r="E80" s="28"/>
       <c r="F80" s="28"/>
       <c r="G80" s="28"/>
       <c r="H80" s="28"/>
       <c r="I80" s="28"/>
       <c r="J80" s="28"/>
       <c r="K80" s="28"/>
       <c r="L80" s="25"/>
       <c r="M80" s="25"/>
       <c r="N80" s="188" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="O80" s="188"/>
       <c r="P80" s="188"/>
       <c r="Q80" s="188"/>
       <c r="R80" s="188"/>
       <c r="S80" s="188"/>
       <c r="T80" s="274" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="U80" s="274"/>
       <c r="V80" s="274"/>
       <c r="W80" s="274"/>
       <c r="X80" s="274"/>
       <c r="Y80" s="29"/>
       <c r="Z80" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AA80" s="25"/>
       <c r="AB80" s="25"/>
       <c r="AC80" s="25"/>
       <c r="AD80" s="25"/>
       <c r="AE80" s="25"/>
       <c r="AF80" s="25" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AG80" s="25"/>
       <c r="AH80" s="25"/>
       <c r="AI80" s="25"/>
       <c r="AJ80" s="25"/>
       <c r="AK80" s="24"/>
       <c r="AL80" s="1"/>
     </row>
     <row r="81" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
       <c r="B81" s="28"/>
       <c r="C81" s="28"/>
       <c r="D81" s="28"/>
       <c r="E81" s="28"/>
       <c r="F81" s="28"/>
       <c r="G81" s="28"/>
       <c r="H81" s="28"/>
       <c r="I81" s="28"/>
       <c r="J81" s="28"/>
       <c r="K81" s="28"/>
       <c r="L81" s="25"/>
       <c r="M81" s="25"/>
       <c r="N81" s="188" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O81" s="188"/>
       <c r="P81" s="188"/>
       <c r="Q81" s="188"/>
       <c r="R81" s="188"/>
       <c r="S81" s="188"/>
       <c r="T81" s="274" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="U81" s="274"/>
       <c r="V81" s="274"/>
       <c r="W81" s="274"/>
       <c r="X81" s="274"/>
       <c r="Y81" s="25"/>
       <c r="Z81" s="25" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AA81" s="25"/>
       <c r="AB81" s="25"/>
       <c r="AC81" s="25"/>
       <c r="AD81" s="25"/>
       <c r="AE81" s="25"/>
       <c r="AF81" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AG81" s="25"/>
       <c r="AH81" s="25"/>
       <c r="AI81" s="25"/>
       <c r="AJ81" s="25"/>
       <c r="AK81" s="24"/>
       <c r="AL81" s="1"/>
     </row>
     <row r="82" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="28"/>
       <c r="C82" s="28"/>
       <c r="D82" s="28"/>
       <c r="E82" s="28"/>
       <c r="F82" s="28"/>
       <c r="G82" s="28"/>
       <c r="H82" s="28"/>
       <c r="I82" s="28"/>
       <c r="J82" s="28"/>
       <c r="K82" s="28"/>
       <c r="L82" s="25"/>
       <c r="M82" s="25"/>
       <c r="N82" s="188" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="O82" s="188"/>
       <c r="P82" s="188"/>
       <c r="Q82" s="188"/>
       <c r="R82" s="188"/>
       <c r="S82" s="188"/>
       <c r="T82" s="274" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="U82" s="274"/>
       <c r="V82" s="274"/>
       <c r="W82" s="274"/>
       <c r="X82" s="274"/>
       <c r="Y82" s="25"/>
       <c r="Z82" s="25" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AA82" s="25"/>
       <c r="AB82" s="25"/>
       <c r="AC82" s="25"/>
       <c r="AD82" s="25"/>
       <c r="AE82" s="25"/>
       <c r="AF82" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AG82" s="25"/>
       <c r="AH82" s="25"/>
       <c r="AI82" s="25"/>
       <c r="AJ82" s="25"/>
       <c r="AK82" s="24"/>
       <c r="AL82" s="1"/>
     </row>
     <row r="83" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="28" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C83" s="28"/>
       <c r="D83" s="28"/>
       <c r="E83" s="28"/>
       <c r="F83" s="28"/>
       <c r="G83" s="28"/>
       <c r="H83" s="28"/>
       <c r="I83" s="28"/>
       <c r="J83" s="28"/>
       <c r="K83" s="28"/>
       <c r="L83" s="25"/>
       <c r="M83" s="25"/>
       <c r="N83" s="25"/>
       <c r="O83" s="25"/>
       <c r="P83" s="25" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="Q83" s="25"/>
       <c r="R83" s="25"/>
       <c r="S83" s="25"/>
       <c r="T83" s="25"/>
       <c r="U83" s="25"/>
       <c r="V83" s="25" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="W83" s="25"/>
       <c r="X83" s="25"/>
       <c r="Y83" s="25"/>
       <c r="Z83" s="25"/>
       <c r="AA83" s="25"/>
       <c r="AB83" s="25"/>
       <c r="AC83" s="25"/>
       <c r="AD83" s="25"/>
       <c r="AE83" s="25"/>
       <c r="AF83" s="25"/>
       <c r="AG83" s="25"/>
       <c r="AH83" s="25"/>
       <c r="AI83" s="25"/>
       <c r="AJ83" s="25"/>
       <c r="AK83" s="24"/>
       <c r="AL83" s="1"/>
     </row>
     <row r="84" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
       <c r="B84" s="28" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C84" s="28"/>
       <c r="D84" s="28"/>
       <c r="E84" s="28"/>
       <c r="F84" s="28"/>
       <c r="G84" s="28"/>
       <c r="H84" s="28"/>
       <c r="I84" s="28"/>
       <c r="J84" s="28"/>
       <c r="K84" s="28"/>
       <c r="L84" s="25"/>
       <c r="M84" s="25"/>
       <c r="N84" s="25"/>
       <c r="O84" s="25"/>
       <c r="P84" s="25" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="Q84" s="25"/>
       <c r="R84" s="25"/>
       <c r="S84" s="25"/>
       <c r="T84" s="25"/>
       <c r="U84" s="25"/>
       <c r="V84" s="25" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="W84" s="25"/>
       <c r="X84" s="25"/>
       <c r="Y84" s="25" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="Z84" s="25"/>
       <c r="AA84" s="279"/>
       <c r="AB84" s="279"/>
       <c r="AC84" s="279"/>
       <c r="AD84" s="279"/>
       <c r="AE84" s="279"/>
       <c r="AF84" s="279"/>
       <c r="AG84" s="279"/>
       <c r="AH84" s="279"/>
       <c r="AI84" s="279"/>
       <c r="AJ84" s="279"/>
       <c r="AK84" s="279"/>
       <c r="AL84" s="1"/>
     </row>
     <row r="85" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A85" s="1"/>
       <c r="B85" s="28" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C85" s="28"/>
       <c r="D85" s="28"/>
       <c r="E85" s="28"/>
       <c r="F85" s="28"/>
       <c r="G85" s="28"/>
       <c r="H85" s="28"/>
       <c r="I85" s="28"/>
       <c r="J85" s="28"/>
       <c r="K85" s="28"/>
       <c r="L85" s="25"/>
       <c r="M85" s="25"/>
       <c r="N85" s="25"/>
       <c r="O85" s="25"/>
       <c r="P85" s="25" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="Q85" s="25"/>
       <c r="R85" s="25"/>
       <c r="S85" s="25"/>
       <c r="T85" s="25"/>
       <c r="U85" s="25"/>
       <c r="V85" s="25" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="W85" s="25"/>
       <c r="X85" s="25"/>
       <c r="Y85" s="25" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="Z85" s="25"/>
       <c r="AA85" s="277"/>
       <c r="AB85" s="277"/>
       <c r="AC85" s="277"/>
       <c r="AD85" s="277"/>
       <c r="AE85" s="277"/>
       <c r="AF85" s="277"/>
       <c r="AG85" s="277"/>
       <c r="AH85" s="277"/>
       <c r="AI85" s="277"/>
       <c r="AJ85" s="277"/>
       <c r="AK85" s="277"/>
       <c r="AL85" s="1"/>
       <c r="AN85" s="104">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1"/>
       <c r="B86" s="30"/>
       <c r="C86" s="30"/>
       <c r="D86" s="30"/>
       <c r="E86" s="30"/>
       <c r="F86" s="30"/>
@@ -40069,118 +40059,118 @@
       <c r="R86" s="31"/>
       <c r="S86" s="31"/>
       <c r="T86" s="31"/>
       <c r="U86" s="31"/>
       <c r="V86" s="31"/>
       <c r="W86" s="31"/>
       <c r="X86" s="31"/>
       <c r="Y86" s="31"/>
       <c r="Z86" s="31"/>
       <c r="AA86" s="31"/>
       <c r="AB86" s="31"/>
       <c r="AC86" s="31"/>
       <c r="AD86" s="31"/>
       <c r="AE86" s="31"/>
       <c r="AF86" s="31"/>
       <c r="AG86" s="31"/>
       <c r="AH86" s="31"/>
       <c r="AI86" s="31"/>
       <c r="AJ86" s="31"/>
       <c r="AK86" s="31"/>
       <c r="AL86" s="1"/>
     </row>
     <row r="87" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="32" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C87" s="28"/>
       <c r="D87" s="28"/>
       <c r="E87" s="28"/>
       <c r="F87" s="28"/>
       <c r="G87" s="28"/>
       <c r="H87" s="28"/>
       <c r="I87" s="28"/>
       <c r="J87" s="28"/>
       <c r="K87" s="28"/>
       <c r="L87" s="25"/>
       <c r="M87" s="25"/>
       <c r="N87" s="25"/>
       <c r="O87" s="25"/>
       <c r="P87" s="25"/>
       <c r="Q87" s="25"/>
       <c r="R87" s="25"/>
       <c r="S87" s="25"/>
       <c r="T87" s="25"/>
       <c r="U87" s="25"/>
       <c r="V87" s="25"/>
       <c r="W87" s="25"/>
       <c r="X87" s="25"/>
       <c r="Y87" s="25"/>
       <c r="Z87" s="25"/>
       <c r="AA87" s="25"/>
       <c r="AB87" s="25"/>
       <c r="AC87" s="25"/>
       <c r="AD87" s="25"/>
       <c r="AE87" s="25"/>
       <c r="AF87" s="25"/>
       <c r="AG87" s="25"/>
       <c r="AH87" s="25"/>
       <c r="AI87" s="25"/>
       <c r="AJ87" s="25"/>
       <c r="AK87" s="25"/>
       <c r="AL87" s="1"/>
     </row>
     <row r="88" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1"/>
       <c r="B88" s="28" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C88" s="28"/>
       <c r="D88" s="28"/>
       <c r="E88" s="28"/>
       <c r="F88" s="28"/>
       <c r="G88" s="28"/>
       <c r="H88" s="28"/>
       <c r="I88" s="28"/>
       <c r="J88" s="28"/>
       <c r="K88" s="28"/>
       <c r="L88" s="25"/>
       <c r="M88" s="25"/>
       <c r="N88" s="25"/>
       <c r="O88" s="77"/>
       <c r="P88" s="77"/>
       <c r="Q88" s="77"/>
       <c r="R88" s="77"/>
       <c r="S88" s="77"/>
       <c r="T88" s="77"/>
       <c r="U88" s="25"/>
       <c r="V88" s="20"/>
       <c r="W88" s="20"/>
       <c r="X88" s="22"/>
       <c r="Y88" s="22" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="Z88" s="242"/>
       <c r="AA88" s="242"/>
       <c r="AB88" s="242"/>
       <c r="AC88" s="242"/>
       <c r="AD88" s="242"/>
       <c r="AE88" s="242"/>
       <c r="AF88" s="242"/>
       <c r="AG88" s="242"/>
       <c r="AH88" s="242"/>
       <c r="AI88" s="242"/>
       <c r="AJ88" s="242"/>
       <c r="AK88" s="242"/>
       <c r="AL88" s="1"/>
     </row>
     <row r="89" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
       <c r="B89" s="28"/>
       <c r="C89" s="28"/>
       <c r="D89" s="28"/>
       <c r="E89" s="28"/>
       <c r="F89" s="28"/>
       <c r="G89" s="28"/>
       <c r="H89" s="28"/>
       <c r="I89" s="28"/>
@@ -40195,221 +40185,221 @@
       <c r="R89" s="25"/>
       <c r="S89" s="25"/>
       <c r="T89" s="25"/>
       <c r="U89" s="25"/>
       <c r="V89" s="25"/>
       <c r="W89" s="25"/>
       <c r="X89" s="25"/>
       <c r="Y89" s="25"/>
       <c r="Z89" s="25"/>
       <c r="AA89" s="25"/>
       <c r="AB89" s="25"/>
       <c r="AC89" s="25"/>
       <c r="AD89" s="25"/>
       <c r="AE89" s="25"/>
       <c r="AF89" s="25"/>
       <c r="AG89" s="25"/>
       <c r="AH89" s="25"/>
       <c r="AI89" s="25"/>
       <c r="AJ89" s="25"/>
       <c r="AK89" s="25"/>
       <c r="AL89" s="1"/>
     </row>
     <row r="90" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A90" s="1"/>
       <c r="B90" s="25" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C90" s="25"/>
       <c r="D90" s="25"/>
       <c r="E90" s="25"/>
       <c r="F90" s="25"/>
       <c r="G90" s="25"/>
       <c r="H90" s="25"/>
       <c r="I90" s="25"/>
       <c r="J90" s="25"/>
       <c r="K90" s="25" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="L90" s="25"/>
       <c r="M90" s="25"/>
       <c r="N90" s="25"/>
       <c r="O90" s="25"/>
       <c r="P90" s="25"/>
       <c r="Q90" s="25"/>
       <c r="R90" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S90" s="25"/>
       <c r="T90" s="25"/>
       <c r="U90" s="25" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="V90" s="25"/>
       <c r="X90" s="25"/>
       <c r="Y90" s="25" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="Z90" s="25"/>
       <c r="AA90" s="1"/>
       <c r="AB90" s="107"/>
       <c r="AC90" s="278"/>
       <c r="AD90" s="278"/>
       <c r="AE90" s="278"/>
       <c r="AF90" s="278"/>
       <c r="AG90" s="278"/>
       <c r="AH90" s="278"/>
       <c r="AI90" s="278"/>
       <c r="AJ90" s="278"/>
       <c r="AK90" s="278"/>
       <c r="AL90" s="1"/>
     </row>
     <row r="91" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A91" s="1"/>
       <c r="B91" s="25"/>
       <c r="C91" s="25"/>
       <c r="D91" s="25"/>
       <c r="E91" s="25"/>
       <c r="F91" s="25"/>
       <c r="G91" s="25"/>
       <c r="H91" s="25"/>
       <c r="I91" s="25"/>
       <c r="J91" s="25"/>
       <c r="K91" s="25" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="L91" s="25"/>
       <c r="M91" s="25"/>
       <c r="N91" s="25"/>
       <c r="O91" s="25"/>
       <c r="P91" s="25"/>
       <c r="Q91" s="25"/>
       <c r="R91" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S91" s="25"/>
       <c r="T91" s="25"/>
       <c r="U91" s="25" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="V91" s="25"/>
       <c r="W91" s="1"/>
       <c r="X91" s="25"/>
       <c r="Y91" s="25" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="Z91" s="25"/>
       <c r="AA91" s="25"/>
       <c r="AB91" s="107"/>
       <c r="AC91" s="278"/>
       <c r="AD91" s="278"/>
       <c r="AE91" s="278"/>
       <c r="AF91" s="278"/>
       <c r="AG91" s="278"/>
       <c r="AH91" s="278"/>
       <c r="AI91" s="278"/>
       <c r="AJ91" s="278"/>
       <c r="AK91" s="278"/>
       <c r="AL91" s="1"/>
     </row>
     <row r="92" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
       <c r="B92" s="25"/>
       <c r="C92" s="25"/>
       <c r="D92" s="25"/>
       <c r="E92" s="25"/>
       <c r="F92" s="25"/>
       <c r="G92" s="25"/>
       <c r="H92" s="25"/>
       <c r="I92" s="25"/>
       <c r="J92" s="25"/>
       <c r="K92" s="25" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="L92" s="25"/>
       <c r="M92" s="25"/>
       <c r="N92" s="25"/>
       <c r="O92" s="25"/>
       <c r="P92" s="25"/>
       <c r="Q92" s="25"/>
       <c r="R92" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S92" s="25"/>
       <c r="T92" s="25"/>
       <c r="U92" s="25"/>
       <c r="V92" s="25"/>
       <c r="W92" s="25"/>
       <c r="X92" s="25"/>
       <c r="Y92" s="25" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="Z92" s="25"/>
       <c r="AA92" s="25"/>
       <c r="AB92" s="107"/>
       <c r="AC92" s="278"/>
       <c r="AD92" s="278"/>
       <c r="AE92" s="278"/>
       <c r="AF92" s="278"/>
       <c r="AG92" s="278"/>
       <c r="AH92" s="278"/>
       <c r="AI92" s="278"/>
       <c r="AJ92" s="278"/>
       <c r="AK92" s="278"/>
       <c r="AL92" s="1"/>
     </row>
     <row r="93" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
       <c r="B93" s="25"/>
       <c r="C93" s="25"/>
       <c r="D93" s="25"/>
       <c r="E93" s="25"/>
       <c r="F93" s="25"/>
       <c r="G93" s="25"/>
       <c r="H93" s="25"/>
       <c r="I93" s="25"/>
       <c r="J93" s="25"/>
       <c r="K93" s="25" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="L93" s="25"/>
       <c r="M93" s="25"/>
       <c r="N93" s="25"/>
       <c r="O93" s="25"/>
       <c r="P93" s="25"/>
       <c r="Q93" s="25"/>
       <c r="R93" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S93" s="25"/>
       <c r="T93" s="25"/>
       <c r="U93" s="25"/>
       <c r="V93" s="25"/>
       <c r="W93" s="25"/>
       <c r="X93" s="25"/>
       <c r="Y93" s="25" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="Z93" s="25"/>
       <c r="AA93" s="25"/>
       <c r="AB93" s="107"/>
       <c r="AC93" s="278"/>
       <c r="AD93" s="278"/>
       <c r="AE93" s="278"/>
       <c r="AF93" s="278"/>
       <c r="AG93" s="278"/>
       <c r="AH93" s="278"/>
       <c r="AI93" s="278"/>
       <c r="AJ93" s="278"/>
       <c r="AK93" s="278"/>
       <c r="AL93" s="1"/>
     </row>
     <row r="94" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
       <c r="B94" s="25"/>
       <c r="C94" s="25"/>
       <c r="D94" s="25"/>
       <c r="E94" s="25"/>
       <c r="F94" s="25"/>
       <c r="G94" s="25"/>
       <c r="H94" s="25"/>
       <c r="I94" s="25"/>
@@ -40424,193 +40414,193 @@
       <c r="R94" s="25"/>
       <c r="S94" s="25"/>
       <c r="T94" s="25"/>
       <c r="U94" s="25"/>
       <c r="V94" s="25"/>
       <c r="W94" s="25"/>
       <c r="X94" s="25"/>
       <c r="Y94" s="25"/>
       <c r="Z94" s="25"/>
       <c r="AA94" s="25"/>
       <c r="AB94" s="25"/>
       <c r="AC94" s="25"/>
       <c r="AD94" s="25"/>
       <c r="AE94" s="25"/>
       <c r="AF94" s="25"/>
       <c r="AG94" s="25"/>
       <c r="AH94" s="25"/>
       <c r="AI94" s="25"/>
       <c r="AJ94" s="25"/>
       <c r="AK94" s="25"/>
       <c r="AL94" s="1"/>
     </row>
     <row r="95" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
       <c r="B95" s="25" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C95" s="25"/>
       <c r="D95" s="25"/>
       <c r="E95" s="25"/>
       <c r="F95" s="25"/>
       <c r="G95" s="25"/>
       <c r="H95" s="25"/>
       <c r="I95" s="25"/>
       <c r="J95" s="25"/>
       <c r="K95" s="25"/>
       <c r="L95" s="25"/>
       <c r="M95" s="25"/>
       <c r="N95" s="25"/>
       <c r="O95" s="25"/>
       <c r="P95" s="25" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="Q95" s="25"/>
       <c r="R95" s="25"/>
       <c r="S95" s="25"/>
       <c r="T95" s="25"/>
       <c r="U95" s="25"/>
       <c r="V95" s="25"/>
       <c r="W95" s="25"/>
       <c r="X95" s="25"/>
       <c r="Y95" s="25"/>
       <c r="Z95" s="25"/>
       <c r="AA95" s="25"/>
       <c r="AB95" s="25"/>
       <c r="AC95" s="25"/>
       <c r="AD95" s="25"/>
       <c r="AE95" s="25"/>
       <c r="AF95" s="25"/>
       <c r="AG95" s="25"/>
       <c r="AH95" s="25"/>
       <c r="AI95" s="25"/>
       <c r="AJ95" s="25"/>
       <c r="AK95" s="25"/>
       <c r="AL95" s="1"/>
     </row>
     <row r="96" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A96" s="1"/>
       <c r="B96" s="25"/>
       <c r="C96" s="25"/>
       <c r="D96" s="25"/>
       <c r="E96" s="25"/>
       <c r="F96" s="25"/>
       <c r="G96" s="25"/>
       <c r="H96" s="25"/>
       <c r="I96" s="25"/>
       <c r="J96" s="25"/>
       <c r="K96" s="25"/>
       <c r="L96" s="25"/>
       <c r="M96" s="25"/>
       <c r="N96" s="25"/>
       <c r="O96" s="25"/>
       <c r="P96" s="25" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="Q96" s="25"/>
       <c r="R96" s="25"/>
       <c r="S96" s="25"/>
       <c r="T96" s="25"/>
       <c r="U96" s="25"/>
       <c r="V96" s="25"/>
       <c r="W96" s="25"/>
       <c r="X96" s="25"/>
       <c r="Y96" s="25"/>
       <c r="Z96" s="25"/>
       <c r="AA96" s="25"/>
       <c r="AB96" s="25"/>
       <c r="AC96" s="25"/>
       <c r="AD96" s="25"/>
       <c r="AE96" s="25"/>
       <c r="AF96" s="25"/>
       <c r="AG96" s="25"/>
       <c r="AH96" s="25"/>
       <c r="AI96" s="25"/>
       <c r="AJ96" s="25"/>
       <c r="AK96" s="25"/>
       <c r="AL96" s="1"/>
     </row>
     <row r="97" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A97" s="1"/>
       <c r="B97" s="25"/>
       <c r="C97" s="25"/>
       <c r="D97" s="25"/>
       <c r="E97" s="25"/>
       <c r="F97" s="25"/>
       <c r="G97" s="25"/>
       <c r="H97" s="25"/>
       <c r="I97" s="25"/>
       <c r="J97" s="25"/>
       <c r="K97" s="25"/>
       <c r="L97" s="25"/>
       <c r="M97" s="25"/>
       <c r="N97" s="25"/>
       <c r="O97" s="25"/>
       <c r="P97" s="25" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="Q97" s="25"/>
       <c r="R97" s="25"/>
       <c r="S97" s="25"/>
       <c r="T97" s="25"/>
       <c r="U97" s="25"/>
       <c r="V97" s="25"/>
       <c r="W97" s="25"/>
       <c r="X97" s="25"/>
       <c r="Y97" s="25"/>
       <c r="Z97" s="25"/>
       <c r="AA97" s="25"/>
       <c r="AB97" s="25"/>
       <c r="AC97" s="25"/>
       <c r="AD97" s="25"/>
       <c r="AE97" s="25"/>
       <c r="AF97" s="25"/>
       <c r="AG97" s="25"/>
       <c r="AH97" s="25"/>
       <c r="AI97" s="25"/>
       <c r="AJ97" s="25"/>
       <c r="AK97" s="25"/>
       <c r="AL97" s="1"/>
     </row>
     <row r="98" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A98" s="1"/>
       <c r="B98" s="25"/>
       <c r="C98" s="25"/>
       <c r="D98" s="25"/>
       <c r="E98" s="25"/>
       <c r="F98" s="25"/>
       <c r="G98" s="25"/>
       <c r="H98" s="25"/>
       <c r="I98" s="25"/>
       <c r="J98" s="25"/>
       <c r="K98" s="25"/>
       <c r="L98" s="25"/>
       <c r="M98" s="25"/>
       <c r="N98" s="25"/>
       <c r="O98" s="25"/>
       <c r="P98" s="337" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="Q98" s="337"/>
       <c r="R98" s="337"/>
       <c r="S98" s="337"/>
       <c r="T98" s="337"/>
       <c r="U98" s="337"/>
       <c r="V98" s="337"/>
       <c r="W98" s="337"/>
       <c r="X98" s="337"/>
       <c r="Y98" s="337"/>
       <c r="Z98" s="337"/>
       <c r="AA98" s="337"/>
       <c r="AB98" s="337"/>
       <c r="AC98" s="337"/>
       <c r="AD98" s="337"/>
       <c r="AE98" s="337"/>
       <c r="AF98" s="337"/>
       <c r="AG98" s="337"/>
       <c r="AH98" s="337"/>
       <c r="AI98" s="337"/>
       <c r="AJ98" s="25"/>
       <c r="AK98" s="25"/>
       <c r="AL98" s="1"/>
     </row>
     <row r="99" spans="1:40" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
@@ -40634,54 +40624,54 @@
       <c r="R99" s="33"/>
       <c r="S99" s="33"/>
       <c r="T99" s="33"/>
       <c r="U99" s="33"/>
       <c r="V99" s="33"/>
       <c r="W99" s="33"/>
       <c r="X99" s="33"/>
       <c r="Y99" s="33"/>
       <c r="Z99" s="33"/>
       <c r="AA99" s="33"/>
       <c r="AB99" s="33"/>
       <c r="AC99" s="33"/>
       <c r="AD99" s="33"/>
       <c r="AE99" s="33"/>
       <c r="AF99" s="33"/>
       <c r="AG99" s="33"/>
       <c r="AH99" s="33"/>
       <c r="AI99" s="33"/>
       <c r="AJ99" s="33"/>
       <c r="AK99" s="33"/>
       <c r="AL99" s="1"/>
     </row>
     <row r="100" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A100" s="1"/>
       <c r="B100" s="76" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C100" s="338" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D100" s="338"/>
       <c r="E100" s="338"/>
       <c r="F100" s="338"/>
       <c r="G100" s="338"/>
       <c r="H100" s="338"/>
       <c r="I100" s="338"/>
       <c r="J100" s="338"/>
       <c r="K100" s="338"/>
       <c r="L100" s="338"/>
       <c r="M100" s="338"/>
       <c r="N100" s="338"/>
       <c r="O100" s="338"/>
       <c r="P100" s="338"/>
       <c r="Q100" s="338"/>
       <c r="R100" s="338"/>
       <c r="S100" s="338"/>
       <c r="T100" s="338"/>
       <c r="U100" s="338"/>
       <c r="V100" s="338"/>
       <c r="W100" s="338"/>
       <c r="X100" s="338"/>
       <c r="Y100" s="338"/>
       <c r="Z100" s="338"/>
       <c r="AA100" s="338"/>
@@ -40718,54 +40708,54 @@
       <c r="R101" s="338"/>
       <c r="S101" s="338"/>
       <c r="T101" s="338"/>
       <c r="U101" s="338"/>
       <c r="V101" s="338"/>
       <c r="W101" s="338"/>
       <c r="X101" s="338"/>
       <c r="Y101" s="338"/>
       <c r="Z101" s="338"/>
       <c r="AA101" s="338"/>
       <c r="AB101" s="338"/>
       <c r="AC101" s="338"/>
       <c r="AD101" s="338"/>
       <c r="AE101" s="338"/>
       <c r="AF101" s="338"/>
       <c r="AG101" s="338"/>
       <c r="AH101" s="338"/>
       <c r="AI101" s="338"/>
       <c r="AJ101" s="338"/>
       <c r="AK101" s="338"/>
       <c r="AL101" s="1"/>
     </row>
     <row r="102" spans="1:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="1"/>
       <c r="B102" s="76" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C102" s="338" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="D102" s="338"/>
       <c r="E102" s="338"/>
       <c r="F102" s="338"/>
       <c r="G102" s="338"/>
       <c r="H102" s="338"/>
       <c r="I102" s="338"/>
       <c r="J102" s="338"/>
       <c r="K102" s="338"/>
       <c r="L102" s="338"/>
       <c r="M102" s="338"/>
       <c r="N102" s="338"/>
       <c r="O102" s="338"/>
       <c r="P102" s="338"/>
       <c r="Q102" s="338"/>
       <c r="R102" s="338"/>
       <c r="S102" s="338"/>
       <c r="T102" s="338"/>
       <c r="U102" s="338"/>
       <c r="V102" s="338"/>
       <c r="W102" s="338"/>
       <c r="X102" s="338"/>
       <c r="Y102" s="338"/>
       <c r="Z102" s="338"/>
       <c r="AA102" s="338"/>
@@ -40882,337 +40872,337 @@
       <c r="R105" s="7"/>
       <c r="S105" s="7"/>
       <c r="T105" s="7"/>
       <c r="U105" s="7"/>
       <c r="V105" s="7"/>
       <c r="W105" s="7"/>
       <c r="X105" s="7"/>
       <c r="Y105" s="7"/>
       <c r="Z105" s="7"/>
       <c r="AA105" s="7"/>
       <c r="AB105" s="7"/>
       <c r="AC105" s="7"/>
       <c r="AD105" s="7"/>
       <c r="AE105" s="7"/>
       <c r="AF105" s="7"/>
       <c r="AG105" s="7"/>
       <c r="AH105" s="7"/>
       <c r="AI105" s="7"/>
       <c r="AJ105" s="7"/>
       <c r="AK105" s="7"/>
       <c r="AL105" s="1"/>
     </row>
     <row r="106" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1"/>
       <c r="B106" s="34" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C106" s="34"/>
       <c r="D106" s="34"/>
       <c r="E106" s="34"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
       <c r="X106" s="1"/>
       <c r="Y106" s="1"/>
       <c r="Z106" s="1"/>
       <c r="AA106" s="1"/>
       <c r="AB106" s="1"/>
       <c r="AC106" s="1"/>
       <c r="AD106" s="1"/>
       <c r="AE106" s="1"/>
       <c r="AF106" s="1"/>
       <c r="AG106" s="1"/>
       <c r="AH106" s="1"/>
       <c r="AI106" s="1"/>
       <c r="AJ106" s="1"/>
       <c r="AK106" s="1"/>
       <c r="AL106" s="1"/>
     </row>
     <row r="107" spans="1:40" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1"/>
       <c r="B107" s="20" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="C107" s="20"/>
       <c r="D107" s="20"/>
       <c r="E107" s="20"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
       <c r="X107" s="1"/>
       <c r="Y107" s="1"/>
       <c r="Z107" s="1"/>
       <c r="AA107" s="1"/>
       <c r="AB107" s="1"/>
       <c r="AC107" s="1"/>
       <c r="AD107" s="1"/>
       <c r="AE107" s="1"/>
       <c r="AF107" s="1"/>
       <c r="AG107" s="1"/>
       <c r="AH107" s="1"/>
       <c r="AI107" s="1"/>
       <c r="AJ107" s="1"/>
       <c r="AK107" s="1"/>
       <c r="AL107" s="1"/>
     </row>
     <row r="108" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1"/>
       <c r="B108" s="20"/>
       <c r="C108" s="20"/>
       <c r="D108" s="20"/>
       <c r="E108" s="20"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
       <c r="X108" s="1"/>
       <c r="Y108" s="1"/>
       <c r="Z108" s="1"/>
       <c r="AA108" s="1"/>
       <c r="AB108" s="1"/>
       <c r="AC108" s="1"/>
       <c r="AD108" s="1"/>
       <c r="AE108" s="1"/>
       <c r="AF108" s="1"/>
       <c r="AG108" s="1"/>
       <c r="AH108" s="1"/>
       <c r="AI108" s="1"/>
       <c r="AJ108" s="1"/>
       <c r="AK108" s="1"/>
       <c r="AL108" s="1"/>
     </row>
     <row r="109" spans="1:40" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1"/>
       <c r="B109" s="20"/>
       <c r="C109" s="20"/>
       <c r="D109" s="20"/>
       <c r="E109" s="20"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="1"/>
       <c r="Z109" s="1"/>
       <c r="AA109" s="1"/>
       <c r="AB109" s="1"/>
       <c r="AC109" s="1"/>
       <c r="AD109" s="1"/>
       <c r="AE109" s="1"/>
       <c r="AF109" s="1"/>
       <c r="AG109" s="1"/>
       <c r="AH109" s="1"/>
       <c r="AI109" s="1"/>
       <c r="AJ109" s="1"/>
       <c r="AK109" s="1"/>
       <c r="AL109" s="1"/>
       <c r="AN109" s="104">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1"/>
       <c r="B110" s="20" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C110" s="20"/>
       <c r="D110" s="20"/>
       <c r="E110" s="20"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
       <c r="X110" s="1"/>
       <c r="Y110" s="1"/>
       <c r="Z110" s="1"/>
       <c r="AA110" s="1"/>
       <c r="AB110" s="1"/>
       <c r="AC110" s="1"/>
       <c r="AD110" s="1"/>
       <c r="AE110" s="1"/>
       <c r="AF110" s="1"/>
       <c r="AG110" s="1"/>
       <c r="AH110" s="1"/>
       <c r="AI110" s="1"/>
       <c r="AJ110" s="1"/>
       <c r="AK110" s="1"/>
       <c r="AL110" s="1"/>
     </row>
     <row r="111" spans="1:40" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1"/>
       <c r="B111" s="20"/>
       <c r="C111" s="20"/>
       <c r="D111" s="20"/>
       <c r="E111" s="20"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
       <c r="Z111" s="1"/>
       <c r="AA111" s="1"/>
       <c r="AB111" s="1"/>
       <c r="AC111" s="1"/>
       <c r="AD111" s="1"/>
       <c r="AE111" s="1"/>
       <c r="AF111" s="1"/>
       <c r="AG111" s="1"/>
       <c r="AH111" s="1"/>
       <c r="AI111" s="1"/>
       <c r="AJ111" s="1"/>
       <c r="AK111" s="1"/>
       <c r="AL111" s="1"/>
       <c r="AN111" s="104">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:40" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1"/>
       <c r="B112" s="20" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="C112" s="20"/>
       <c r="D112" s="20"/>
       <c r="E112" s="20"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="69"/>
       <c r="P112" s="69"/>
       <c r="Q112" s="69"/>
       <c r="R112" s="69"/>
       <c r="S112" s="69"/>
       <c r="T112" s="69"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="22" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="Y112" s="251"/>
       <c r="Z112" s="251"/>
       <c r="AA112" s="251"/>
       <c r="AB112" s="251"/>
       <c r="AC112" s="251"/>
       <c r="AD112" s="251"/>
       <c r="AE112" s="251"/>
       <c r="AF112" s="251"/>
       <c r="AG112" s="251"/>
       <c r="AH112" s="251"/>
       <c r="AI112" s="251"/>
       <c r="AJ112" s="251"/>
       <c r="AK112" s="251"/>
       <c r="AL112" s="1"/>
     </row>
     <row r="113" spans="1:40" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="1"/>
       <c r="B113" s="20"/>
       <c r="C113" s="20"/>
       <c r="D113" s="20"/>
       <c r="E113" s="20"/>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
@@ -41228,110 +41218,110 @@
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
       <c r="X113" s="1"/>
       <c r="Y113" s="1"/>
       <c r="Z113" s="1"/>
       <c r="AA113" s="1"/>
       <c r="AB113" s="1"/>
       <c r="AC113" s="1"/>
       <c r="AD113" s="1"/>
       <c r="AE113" s="1"/>
       <c r="AF113" s="1"/>
       <c r="AG113" s="1"/>
       <c r="AH113" s="1"/>
       <c r="AI113" s="1"/>
       <c r="AJ113" s="1"/>
       <c r="AK113" s="1"/>
       <c r="AL113" s="1"/>
     </row>
     <row r="114" spans="1:40" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="1"/>
       <c r="B114" s="1" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1"/>
       <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="69"/>
       <c r="P114" s="69"/>
       <c r="Q114" s="69"/>
       <c r="R114" s="69"/>
       <c r="S114" s="69"/>
       <c r="T114" s="69"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
       <c r="X114" s="22" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="Y114" s="251"/>
       <c r="Z114" s="251"/>
       <c r="AA114" s="251"/>
       <c r="AB114" s="251"/>
       <c r="AC114" s="251"/>
       <c r="AD114" s="251"/>
       <c r="AE114" s="251"/>
       <c r="AF114" s="251"/>
       <c r="AG114" s="251"/>
       <c r="AH114" s="251"/>
       <c r="AI114" s="251"/>
       <c r="AJ114" s="251"/>
       <c r="AK114" s="251"/>
       <c r="AL114" s="1"/>
     </row>
     <row r="115" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A115" s="1"/>
       <c r="B115" s="1" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C115" s="1"/>
       <c r="D115" s="1"/>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="78" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="20"/>
       <c r="W115" s="20"/>
       <c r="X115" s="20"/>
       <c r="Y115" s="20"/>
       <c r="Z115" s="20"/>
       <c r="AA115" s="20"/>
       <c r="AB115" s="20"/>
       <c r="AC115" s="20"/>
       <c r="AD115" s="20"/>
       <c r="AE115" s="20"/>
       <c r="AF115" s="20"/>
       <c r="AG115" s="20"/>
       <c r="AH115" s="20"/>
       <c r="AI115" s="20"/>
       <c r="AJ115" s="20"/>
       <c r="AK115" s="20"/>
       <c r="AL115" s="1"/>
     </row>
@@ -41356,111 +41346,111 @@
       <c r="R116" s="7"/>
       <c r="S116" s="7"/>
       <c r="T116" s="7"/>
       <c r="U116" s="7"/>
       <c r="V116" s="7"/>
       <c r="W116" s="7"/>
       <c r="X116" s="7"/>
       <c r="Y116" s="7"/>
       <c r="Z116" s="7"/>
       <c r="AA116" s="7"/>
       <c r="AB116" s="7"/>
       <c r="AC116" s="7"/>
       <c r="AD116" s="7"/>
       <c r="AE116" s="7"/>
       <c r="AF116" s="7"/>
       <c r="AG116" s="7"/>
       <c r="AH116" s="7"/>
       <c r="AI116" s="7"/>
       <c r="AJ116" s="7"/>
       <c r="AK116" s="7"/>
       <c r="AL116" s="1"/>
     </row>
     <row r="117" spans="1:40" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="1"/>
       <c r="B117" s="34" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C117" s="1"/>
       <c r="D117" s="1"/>
       <c r="E117" s="1"/>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
       <c r="X117" s="1"/>
       <c r="Y117" s="1"/>
       <c r="Z117" s="35"/>
       <c r="AA117" s="1"/>
       <c r="AB117" s="1"/>
       <c r="AC117" s="1"/>
       <c r="AD117" s="1"/>
       <c r="AE117" s="1"/>
       <c r="AF117" s="1"/>
       <c r="AG117" s="1"/>
       <c r="AH117" s="1"/>
       <c r="AI117" s="1"/>
       <c r="AJ117" s="1"/>
       <c r="AK117" s="1"/>
       <c r="AL117" s="1"/>
     </row>
     <row r="118" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A118" s="1"/>
       <c r="B118" s="1" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C118" s="1"/>
       <c r="D118" s="1"/>
       <c r="E118" s="1"/>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="336"/>
       <c r="P118" s="336"/>
       <c r="Q118" s="336"/>
       <c r="R118" s="1" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
       <c r="X118" s="1"/>
       <c r="Y118" s="1"/>
       <c r="Z118" s="1"/>
       <c r="AA118" s="1"/>
       <c r="AB118" s="1"/>
       <c r="AC118" s="1"/>
       <c r="AD118" s="1"/>
       <c r="AE118" s="1"/>
       <c r="AF118" s="1"/>
       <c r="AG118" s="1"/>
       <c r="AH118" s="1"/>
       <c r="AI118" s="1"/>
       <c r="AJ118" s="1"/>
       <c r="AK118" s="1"/>
       <c r="AL118" s="1"/>
     </row>
     <row r="119" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A119" s="1"/>
       <c r="B119" s="1"/>
@@ -41482,124 +41472,124 @@
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
       <c r="X119" s="1"/>
       <c r="Y119" s="1"/>
       <c r="Z119" s="1"/>
       <c r="AA119" s="1"/>
       <c r="AB119" s="1"/>
       <c r="AC119" s="1"/>
       <c r="AD119" s="1"/>
       <c r="AE119" s="1"/>
       <c r="AF119" s="1"/>
       <c r="AG119" s="1"/>
       <c r="AH119" s="1"/>
       <c r="AI119" s="1"/>
       <c r="AJ119" s="1"/>
       <c r="AK119" s="1"/>
       <c r="AL119" s="1"/>
     </row>
     <row r="120" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="1"/>
       <c r="B120" s="126" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C120" s="85"/>
       <c r="D120" s="85"/>
       <c r="E120" s="85"/>
       <c r="F120" s="85"/>
       <c r="G120" s="85"/>
       <c r="H120" s="85"/>
       <c r="I120" s="85"/>
       <c r="J120" s="85"/>
       <c r="K120" s="85"/>
       <c r="L120" s="85"/>
       <c r="M120" s="85"/>
       <c r="N120" s="85"/>
       <c r="O120" s="85"/>
       <c r="P120" s="85"/>
       <c r="Q120" s="85"/>
       <c r="R120" s="85"/>
       <c r="S120" s="85"/>
       <c r="T120" s="85"/>
       <c r="U120" s="85"/>
       <c r="V120" s="85"/>
       <c r="W120" s="85"/>
       <c r="X120" s="85"/>
       <c r="Y120" s="85"/>
       <c r="Z120" s="85"/>
       <c r="AA120" s="85"/>
       <c r="AB120" s="85"/>
       <c r="AC120" s="85"/>
       <c r="AD120" s="85"/>
       <c r="AE120" s="85"/>
       <c r="AF120" s="85"/>
       <c r="AG120" s="85"/>
       <c r="AH120" s="112"/>
       <c r="AI120" s="1"/>
       <c r="AJ120" s="1"/>
       <c r="AK120" s="1"/>
       <c r="AL120" s="1"/>
     </row>
     <row r="121" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="1"/>
       <c r="B121" s="10"/>
       <c r="C121" s="1"/>
       <c r="D121" s="1"/>
       <c r="E121" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="2"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
       <c r="X121" s="1"/>
       <c r="Y121" s="1"/>
       <c r="Z121" s="1"/>
       <c r="AA121" s="1"/>
       <c r="AB121" s="1"/>
       <c r="AC121" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="AD121" s="1"/>
       <c r="AE121" s="1"/>
       <c r="AF121" s="1"/>
       <c r="AG121" s="1"/>
       <c r="AH121" s="56"/>
       <c r="AI121" s="1"/>
       <c r="AJ121" s="1"/>
       <c r="AK121" s="1"/>
       <c r="AL121" s="1"/>
     </row>
     <row r="122" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="1"/>
       <c r="B122" s="10"/>
       <c r="C122" s="1"/>
       <c r="D122" s="1"/>
       <c r="E122" s="1"/>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
@@ -41613,64 +41603,64 @@
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
       <c r="X122" s="1"/>
       <c r="Y122" s="1"/>
       <c r="Z122" s="1"/>
       <c r="AA122" s="1"/>
       <c r="AB122" s="1"/>
       <c r="AC122" s="1"/>
       <c r="AD122" s="1"/>
       <c r="AE122" s="1"/>
       <c r="AF122" s="1"/>
       <c r="AG122" s="1"/>
       <c r="AH122" s="56"/>
       <c r="AI122" s="1"/>
       <c r="AJ122" s="1"/>
       <c r="AK122" s="1"/>
       <c r="AL122" s="1"/>
     </row>
     <row r="123" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="1"/>
       <c r="B123" s="121"/>
       <c r="C123" s="41"/>
       <c r="D123" s="41"/>
       <c r="E123" s="282" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="F123" s="282"/>
       <c r="G123" s="282"/>
       <c r="H123" s="282"/>
       <c r="I123" s="282"/>
       <c r="J123" s="282"/>
       <c r="K123" s="282"/>
       <c r="L123" s="282"/>
       <c r="M123" s="282"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="220" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="Q123" s="220"/>
       <c r="R123" s="220"/>
       <c r="S123" s="220"/>
       <c r="T123" s="220"/>
       <c r="U123" s="220"/>
       <c r="V123" s="220"/>
       <c r="W123" s="220"/>
       <c r="X123" s="220"/>
       <c r="Y123" s="220"/>
       <c r="Z123" s="220"/>
       <c r="AA123" s="220"/>
       <c r="AB123" s="220"/>
       <c r="AC123" s="220"/>
       <c r="AD123" s="220"/>
       <c r="AE123" s="1"/>
       <c r="AF123" s="1"/>
       <c r="AG123" s="1"/>
       <c r="AH123" s="56"/>
       <c r="AI123" s="1"/>
       <c r="AJ123" s="1"/>
       <c r="AK123" s="1"/>
       <c r="AL123" s="1"/>
       <c r="AN123" s="104" t="b">
         <v>0</v>
@@ -41737,193 +41727,193 @@
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
       <c r="X125" s="1"/>
       <c r="Y125" s="1"/>
       <c r="Z125" s="1"/>
       <c r="AA125" s="1"/>
       <c r="AB125" s="1"/>
       <c r="AC125" s="1"/>
       <c r="AD125" s="1"/>
       <c r="AE125" s="1"/>
       <c r="AF125" s="1"/>
       <c r="AG125" s="1"/>
       <c r="AH125" s="1"/>
       <c r="AI125" s="1"/>
       <c r="AJ125" s="1"/>
       <c r="AK125" s="1"/>
       <c r="AL125" s="1"/>
     </row>
     <row r="126" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="1"/>
       <c r="B126" s="126" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="C126" s="85"/>
       <c r="D126" s="85"/>
       <c r="E126" s="85"/>
       <c r="F126" s="85"/>
       <c r="G126" s="85"/>
       <c r="H126" s="85"/>
       <c r="I126" s="85"/>
       <c r="J126" s="85"/>
       <c r="K126" s="85"/>
       <c r="L126" s="85"/>
       <c r="M126" s="85"/>
       <c r="N126" s="85"/>
       <c r="O126" s="85"/>
       <c r="P126" s="85"/>
       <c r="Q126" s="85"/>
       <c r="R126" s="85"/>
       <c r="S126" s="85"/>
       <c r="T126" s="85"/>
       <c r="U126" s="85"/>
       <c r="V126" s="85"/>
       <c r="W126" s="85"/>
       <c r="X126" s="85"/>
       <c r="Y126" s="85"/>
       <c r="Z126" s="85"/>
       <c r="AA126" s="85"/>
       <c r="AB126" s="85"/>
       <c r="AC126" s="85"/>
       <c r="AD126" s="85"/>
       <c r="AE126" s="85"/>
       <c r="AF126" s="85"/>
       <c r="AG126" s="85"/>
       <c r="AH126" s="112"/>
       <c r="AI126" s="1"/>
       <c r="AJ126" s="1"/>
       <c r="AK126" s="1"/>
       <c r="AL126" s="1"/>
     </row>
     <row r="127" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="1"/>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="1"/>
       <c r="E127" s="1" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
       <c r="X127" s="1"/>
       <c r="Y127" s="1"/>
       <c r="Z127" s="1"/>
       <c r="AA127" s="1"/>
       <c r="AB127" s="1"/>
       <c r="AC127" s="1"/>
       <c r="AD127" s="1"/>
       <c r="AE127" s="1"/>
       <c r="AF127" s="1"/>
       <c r="AG127" s="1"/>
       <c r="AH127" s="56"/>
       <c r="AI127" s="1"/>
       <c r="AJ127" s="1"/>
       <c r="AK127" s="1"/>
       <c r="AL127" s="1"/>
     </row>
     <row r="128" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A128" s="1"/>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="1"/>
       <c r="E128" s="1"/>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
       <c r="X128" s="1"/>
       <c r="Y128" s="1"/>
       <c r="Z128" s="1"/>
       <c r="AA128" s="1"/>
       <c r="AB128" s="1"/>
       <c r="AC128" s="1"/>
       <c r="AD128" s="1"/>
       <c r="AE128" s="1"/>
       <c r="AF128" s="1"/>
       <c r="AG128" s="1"/>
       <c r="AH128" s="56"/>
       <c r="AI128" s="1"/>
       <c r="AJ128" s="1"/>
       <c r="AK128" s="1"/>
       <c r="AL128" s="1"/>
     </row>
     <row r="129" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="1"/>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="1"/>
       <c r="E129" s="1"/>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="341" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="Q129" s="341"/>
       <c r="R129" s="341"/>
       <c r="S129" s="341"/>
       <c r="T129" s="341"/>
       <c r="U129" s="341"/>
       <c r="V129" s="341"/>
       <c r="W129" s="341"/>
       <c r="X129" s="341"/>
       <c r="Y129" s="341"/>
       <c r="Z129" s="341"/>
       <c r="AA129" s="341"/>
       <c r="AB129" s="341"/>
       <c r="AC129" s="341"/>
       <c r="AD129" s="341"/>
       <c r="AE129" s="341"/>
       <c r="AF129" s="341"/>
       <c r="AG129" s="341"/>
       <c r="AH129" s="342"/>
       <c r="AI129" s="124"/>
       <c r="AJ129" s="124"/>
       <c r="AK129" s="124"/>
       <c r="AL129" s="37"/>
     </row>
     <row r="130" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -41990,148 +41980,148 @@
       <c r="U131" s="111"/>
       <c r="V131" s="111"/>
       <c r="W131" s="111"/>
       <c r="X131" s="111"/>
       <c r="Y131" s="111"/>
       <c r="Z131" s="111"/>
       <c r="AA131" s="111"/>
       <c r="AB131" s="111"/>
       <c r="AC131" s="111"/>
       <c r="AD131" s="111"/>
       <c r="AE131" s="111"/>
       <c r="AF131" s="111"/>
       <c r="AG131" s="111"/>
       <c r="AH131" s="115"/>
       <c r="AI131" s="111"/>
       <c r="AJ131" s="111"/>
       <c r="AK131" s="111"/>
       <c r="AL131" s="1"/>
     </row>
     <row r="132" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="1"/>
       <c r="B132" s="121"/>
       <c r="C132" s="24"/>
       <c r="D132" s="24"/>
       <c r="E132" s="269" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="F132" s="269"/>
       <c r="G132" s="269"/>
       <c r="H132" s="269"/>
       <c r="I132" s="269"/>
       <c r="J132" s="269"/>
       <c r="K132" s="269"/>
       <c r="L132" s="269"/>
       <c r="M132" s="269"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="Q132" s="111"/>
       <c r="R132" s="111"/>
       <c r="S132" s="111"/>
       <c r="T132" s="111"/>
       <c r="U132" s="111"/>
       <c r="V132" s="111"/>
       <c r="W132" s="111"/>
       <c r="X132" s="111"/>
       <c r="Y132" s="111"/>
       <c r="Z132" s="111"/>
       <c r="AA132" s="111"/>
       <c r="AB132" s="111"/>
       <c r="AC132" s="111"/>
       <c r="AD132" s="111"/>
       <c r="AE132" s="111"/>
       <c r="AF132" s="111"/>
       <c r="AG132" s="111"/>
       <c r="AH132" s="115"/>
       <c r="AI132" s="111"/>
       <c r="AJ132" s="111"/>
       <c r="AK132" s="111"/>
       <c r="AL132" s="1"/>
     </row>
     <row r="133" spans="1:40" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="1"/>
       <c r="B133" s="116"/>
       <c r="C133" s="24"/>
       <c r="D133" s="24"/>
       <c r="E133" s="269"/>
       <c r="F133" s="269"/>
       <c r="G133" s="269"/>
       <c r="H133" s="269"/>
       <c r="I133" s="269"/>
       <c r="J133" s="269"/>
       <c r="K133" s="269"/>
       <c r="L133" s="269"/>
       <c r="M133" s="269"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="341" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="Q133" s="341"/>
       <c r="R133" s="341"/>
       <c r="S133" s="341"/>
       <c r="T133" s="341"/>
       <c r="U133" s="341"/>
       <c r="V133" s="341"/>
       <c r="W133" s="341"/>
       <c r="X133" s="341"/>
       <c r="Y133" s="341"/>
       <c r="Z133" s="341"/>
       <c r="AA133" s="341"/>
       <c r="AB133" s="341"/>
       <c r="AC133" s="341"/>
       <c r="AD133" s="341"/>
       <c r="AE133" s="341"/>
       <c r="AF133" s="341"/>
       <c r="AG133" s="341"/>
       <c r="AH133" s="342"/>
       <c r="AI133" s="125"/>
       <c r="AJ133" s="111"/>
       <c r="AK133" s="111"/>
       <c r="AL133" s="1"/>
     </row>
     <row r="134" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="1"/>
       <c r="B134" s="117"/>
       <c r="C134" s="26"/>
       <c r="D134" s="26"/>
       <c r="E134" s="340"/>
       <c r="F134" s="340"/>
       <c r="G134" s="340"/>
       <c r="H134" s="340"/>
       <c r="I134" s="340"/>
       <c r="J134" s="340"/>
       <c r="K134" s="340"/>
       <c r="L134" s="340"/>
       <c r="M134" s="340"/>
       <c r="N134" s="11"/>
       <c r="O134" s="11"/>
       <c r="P134" s="118" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="Q134" s="119"/>
       <c r="R134" s="119"/>
       <c r="S134" s="119"/>
       <c r="T134" s="119"/>
       <c r="U134" s="119"/>
       <c r="V134" s="119"/>
       <c r="W134" s="119"/>
       <c r="X134" s="119"/>
       <c r="Y134" s="119"/>
       <c r="Z134" s="119"/>
       <c r="AA134" s="119"/>
       <c r="AB134" s="119"/>
       <c r="AC134" s="119"/>
       <c r="AD134" s="119"/>
       <c r="AE134" s="119"/>
       <c r="AF134" s="119"/>
       <c r="AG134" s="119"/>
       <c r="AH134" s="120"/>
       <c r="AI134" s="111"/>
       <c r="AJ134" s="111"/>
       <c r="AK134" s="111"/>
       <c r="AL134" s="1"/>
       <c r="AN134" s="104" t="b">
         <v>0</v>
@@ -42158,125 +42148,125 @@
       <c r="R135" s="111"/>
       <c r="S135" s="111"/>
       <c r="T135" s="111"/>
       <c r="U135" s="111"/>
       <c r="V135" s="111"/>
       <c r="W135" s="111"/>
       <c r="X135" s="111"/>
       <c r="Y135" s="111"/>
       <c r="Z135" s="111"/>
       <c r="AA135" s="111"/>
       <c r="AB135" s="111"/>
       <c r="AC135" s="111"/>
       <c r="AD135" s="111"/>
       <c r="AE135" s="111"/>
       <c r="AF135" s="111"/>
       <c r="AG135" s="111"/>
       <c r="AH135" s="111"/>
       <c r="AI135" s="111"/>
       <c r="AJ135" s="111"/>
       <c r="AK135" s="111"/>
       <c r="AL135" s="1"/>
     </row>
     <row r="136" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="1"/>
       <c r="B136" s="1" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C136" s="1"/>
       <c r="D136" s="1"/>
       <c r="E136" s="1"/>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
       <c r="X136" s="1"/>
       <c r="Y136" s="1"/>
       <c r="Z136" s="1"/>
       <c r="AA136" s="1"/>
       <c r="AB136" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="AC136" s="1"/>
       <c r="AD136" s="1"/>
       <c r="AE136" s="1"/>
       <c r="AF136" s="1"/>
       <c r="AG136" s="1"/>
       <c r="AH136" s="1"/>
       <c r="AI136" s="1"/>
       <c r="AJ136" s="1"/>
       <c r="AK136" s="1"/>
       <c r="AL136" s="1"/>
     </row>
     <row r="137" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="1"/>
       <c r="B137" s="1"/>
       <c r="C137" s="1"/>
       <c r="D137" s="1"/>
       <c r="E137" s="1"/>
       <c r="F137" s="1"/>
       <c r="G137" s="1"/>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
       <c r="X137" s="1"/>
       <c r="Y137" s="1"/>
       <c r="Z137" s="1"/>
       <c r="AA137" s="1"/>
       <c r="AB137" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="AC137" s="1"/>
       <c r="AD137" s="1"/>
       <c r="AE137" s="1"/>
       <c r="AF137" s="1"/>
       <c r="AG137" s="1"/>
       <c r="AH137" s="1"/>
       <c r="AI137" s="1"/>
       <c r="AJ137" s="1"/>
       <c r="AK137" s="1"/>
       <c r="AL137" s="1"/>
     </row>
     <row r="138" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="1"/>
       <c r="B138" s="1"/>
       <c r="C138" s="1"/>
       <c r="D138" s="1"/>
       <c r="E138" s="1"/>
       <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
@@ -42288,98 +42278,98 @@
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
       <c r="X138" s="1"/>
       <c r="Y138" s="1"/>
       <c r="Z138" s="1"/>
       <c r="AA138" s="1"/>
       <c r="AB138" s="1"/>
       <c r="AC138" s="1"/>
       <c r="AD138" s="1"/>
       <c r="AE138" s="1"/>
       <c r="AF138" s="1"/>
       <c r="AG138" s="1"/>
       <c r="AH138" s="1"/>
       <c r="AI138" s="1"/>
       <c r="AJ138" s="1"/>
       <c r="AK138" s="1"/>
       <c r="AL138" s="1"/>
     </row>
     <row r="139" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="1"/>
       <c r="B139" s="1" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C139" s="1"/>
       <c r="D139" s="1"/>
       <c r="E139" s="1"/>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="69"/>
       <c r="P139" s="69"/>
       <c r="Q139" s="69"/>
       <c r="R139" s="69"/>
       <c r="S139" s="69"/>
       <c r="T139" s="69"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
       <c r="X139" s="22" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="Y139" s="251"/>
       <c r="Z139" s="251"/>
       <c r="AA139" s="251"/>
       <c r="AB139" s="251"/>
       <c r="AC139" s="251"/>
       <c r="AD139" s="251"/>
       <c r="AE139" s="251"/>
       <c r="AF139" s="251"/>
       <c r="AG139" s="251"/>
       <c r="AH139" s="251"/>
       <c r="AI139" s="251"/>
       <c r="AJ139" s="251"/>
       <c r="AK139" s="251"/>
       <c r="AL139" s="1"/>
       <c r="AN139" s="104">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A140" s="1"/>
       <c r="B140" s="28" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C140" s="1"/>
       <c r="D140" s="1"/>
       <c r="E140" s="1"/>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
       <c r="X140" s="1"/>
       <c r="Y140" s="1"/>
       <c r="Z140" s="1"/>
@@ -42417,54 +42407,54 @@
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
       <c r="X141" s="1"/>
       <c r="Y141" s="1"/>
       <c r="Z141" s="1"/>
       <c r="AA141" s="1"/>
       <c r="AB141" s="1"/>
       <c r="AC141" s="1"/>
       <c r="AD141" s="1"/>
       <c r="AE141" s="1"/>
       <c r="AF141" s="1"/>
       <c r="AG141" s="1"/>
       <c r="AH141" s="1"/>
       <c r="AI141" s="1"/>
       <c r="AJ141" s="1"/>
       <c r="AK141" s="1"/>
       <c r="AL141" s="1"/>
     </row>
     <row r="142" spans="1:40" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A142" s="1"/>
       <c r="B142" s="28" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C142" s="311" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D142" s="311"/>
       <c r="E142" s="311"/>
       <c r="F142" s="311"/>
       <c r="G142" s="311"/>
       <c r="H142" s="311"/>
       <c r="I142" s="311"/>
       <c r="J142" s="311"/>
       <c r="K142" s="311"/>
       <c r="L142" s="311"/>
       <c r="M142" s="311"/>
       <c r="N142" s="311"/>
       <c r="O142" s="311"/>
       <c r="P142" s="311"/>
       <c r="Q142" s="311"/>
       <c r="R142" s="311"/>
       <c r="S142" s="311"/>
       <c r="T142" s="311"/>
       <c r="U142" s="311"/>
       <c r="V142" s="311"/>
       <c r="W142" s="311"/>
       <c r="X142" s="311"/>
       <c r="Y142" s="311"/>
       <c r="Z142" s="311"/>
       <c r="AA142" s="311"/>
@@ -42501,54 +42491,54 @@
       <c r="R143" s="311"/>
       <c r="S143" s="311"/>
       <c r="T143" s="311"/>
       <c r="U143" s="311"/>
       <c r="V143" s="311"/>
       <c r="W143" s="311"/>
       <c r="X143" s="311"/>
       <c r="Y143" s="311"/>
       <c r="Z143" s="311"/>
       <c r="AA143" s="311"/>
       <c r="AB143" s="311"/>
       <c r="AC143" s="311"/>
       <c r="AD143" s="311"/>
       <c r="AE143" s="311"/>
       <c r="AF143" s="311"/>
       <c r="AG143" s="311"/>
       <c r="AH143" s="311"/>
       <c r="AI143" s="311"/>
       <c r="AJ143" s="311"/>
       <c r="AK143" s="1"/>
       <c r="AL143" s="1"/>
     </row>
     <row r="144" spans="1:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="1"/>
       <c r="B144" s="25" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C144" s="312" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D144" s="312"/>
       <c r="E144" s="312"/>
       <c r="F144" s="312"/>
       <c r="G144" s="312"/>
       <c r="H144" s="312"/>
       <c r="I144" s="312"/>
       <c r="J144" s="312"/>
       <c r="K144" s="312"/>
       <c r="L144" s="312"/>
       <c r="M144" s="312"/>
       <c r="N144" s="312"/>
       <c r="O144" s="312"/>
       <c r="P144" s="312"/>
       <c r="Q144" s="312"/>
       <c r="R144" s="312"/>
       <c r="S144" s="312"/>
       <c r="T144" s="312"/>
       <c r="U144" s="312"/>
       <c r="V144" s="312"/>
       <c r="W144" s="312"/>
       <c r="X144" s="312"/>
       <c r="Y144" s="312"/>
       <c r="Z144" s="312"/>
       <c r="AA144" s="312"/>
@@ -42745,54 +42735,54 @@
       <c r="R149" s="312"/>
       <c r="S149" s="312"/>
       <c r="T149" s="312"/>
       <c r="U149" s="312"/>
       <c r="V149" s="312"/>
       <c r="W149" s="312"/>
       <c r="X149" s="312"/>
       <c r="Y149" s="312"/>
       <c r="Z149" s="312"/>
       <c r="AA149" s="312"/>
       <c r="AB149" s="312"/>
       <c r="AC149" s="312"/>
       <c r="AD149" s="312"/>
       <c r="AE149" s="312"/>
       <c r="AF149" s="312"/>
       <c r="AG149" s="312"/>
       <c r="AH149" s="312"/>
       <c r="AI149" s="312"/>
       <c r="AJ149" s="312"/>
       <c r="AK149" s="1"/>
       <c r="AL149" s="1"/>
     </row>
     <row r="150" spans="1:38" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A150" s="1"/>
       <c r="B150" s="28" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C150" s="311" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="D150" s="311"/>
       <c r="E150" s="311"/>
       <c r="F150" s="311"/>
       <c r="G150" s="311"/>
       <c r="H150" s="311"/>
       <c r="I150" s="311"/>
       <c r="J150" s="311"/>
       <c r="K150" s="311"/>
       <c r="L150" s="311"/>
       <c r="M150" s="311"/>
       <c r="N150" s="311"/>
       <c r="O150" s="311"/>
       <c r="P150" s="311"/>
       <c r="Q150" s="311"/>
       <c r="R150" s="311"/>
       <c r="S150" s="311"/>
       <c r="T150" s="311"/>
       <c r="U150" s="311"/>
       <c r="V150" s="311"/>
       <c r="W150" s="311"/>
       <c r="X150" s="311"/>
       <c r="Y150" s="311"/>
       <c r="Z150" s="311"/>
       <c r="AA150" s="311"/>
@@ -42829,93 +42819,93 @@
       <c r="R151" s="7"/>
       <c r="S151" s="7"/>
       <c r="T151" s="7"/>
       <c r="U151" s="7"/>
       <c r="V151" s="7"/>
       <c r="W151" s="7"/>
       <c r="X151" s="7"/>
       <c r="Y151" s="7"/>
       <c r="Z151" s="7"/>
       <c r="AA151" s="7"/>
       <c r="AB151" s="7"/>
       <c r="AC151" s="7"/>
       <c r="AD151" s="7"/>
       <c r="AE151" s="7"/>
       <c r="AF151" s="7"/>
       <c r="AG151" s="7"/>
       <c r="AH151" s="7"/>
       <c r="AI151" s="7"/>
       <c r="AJ151" s="7"/>
       <c r="AK151" s="1"/>
       <c r="AL151" s="1"/>
     </row>
     <row r="152" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="1"/>
       <c r="B152" s="34" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C152" s="1"/>
       <c r="D152" s="1"/>
       <c r="E152" s="1"/>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
       <c r="X152" s="1"/>
       <c r="Y152" s="1"/>
       <c r="Z152" s="1"/>
       <c r="AA152" s="1"/>
       <c r="AB152" s="1"/>
       <c r="AC152" s="1"/>
       <c r="AD152" s="1"/>
       <c r="AE152" s="1"/>
       <c r="AF152" s="1"/>
       <c r="AG152" s="1"/>
       <c r="AH152" s="1"/>
       <c r="AI152" s="1"/>
       <c r="AJ152" s="1"/>
       <c r="AK152" s="1"/>
       <c r="AL152" s="1"/>
     </row>
     <row r="153" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="1"/>
       <c r="B153" s="34" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="C153" s="1"/>
       <c r="D153" s="1"/>
       <c r="E153" s="1"/>
       <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
       <c r="X153" s="1"/>
       <c r="Y153" s="1"/>
       <c r="Z153" s="1"/>
@@ -43114,345 +43104,345 @@
       <c r="S158" s="333"/>
       <c r="T158" s="333"/>
       <c r="U158" s="333"/>
       <c r="V158" s="333"/>
       <c r="W158" s="333"/>
       <c r="X158" s="333"/>
       <c r="Y158" s="333"/>
       <c r="Z158" s="333"/>
       <c r="AA158" s="333"/>
       <c r="AB158" s="333"/>
       <c r="AC158" s="333"/>
       <c r="AD158" s="333"/>
       <c r="AE158" s="333"/>
       <c r="AF158" s="333"/>
       <c r="AG158" s="333"/>
       <c r="AH158" s="333"/>
       <c r="AI158" s="333"/>
       <c r="AJ158" s="333"/>
       <c r="AK158" s="334"/>
       <c r="AL158" s="1"/>
     </row>
     <row r="159" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="1"/>
       <c r="B159" s="58"/>
       <c r="C159" s="108" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D159" s="39"/>
       <c r="E159" s="39"/>
       <c r="F159" s="39"/>
       <c r="G159" s="39"/>
       <c r="H159" s="39"/>
       <c r="I159" s="39"/>
       <c r="J159" s="39"/>
       <c r="K159" s="39"/>
       <c r="L159" s="39"/>
       <c r="M159" s="39"/>
       <c r="N159" s="39"/>
       <c r="O159" s="39"/>
       <c r="P159" s="39"/>
       <c r="Q159" s="39"/>
       <c r="R159" s="39"/>
       <c r="S159" s="39"/>
       <c r="T159" s="39"/>
       <c r="U159" s="39"/>
       <c r="V159" s="39"/>
       <c r="W159" s="39"/>
       <c r="X159" s="39"/>
       <c r="Y159" s="39"/>
       <c r="Z159" s="39"/>
       <c r="AA159" s="39"/>
       <c r="AB159" s="39"/>
       <c r="AC159" s="39"/>
       <c r="AD159" s="39"/>
       <c r="AE159" s="39"/>
       <c r="AF159" s="39"/>
       <c r="AG159" s="39"/>
       <c r="AH159" s="39"/>
       <c r="AI159" s="39"/>
       <c r="AJ159" s="39"/>
       <c r="AK159" s="59"/>
       <c r="AL159" s="1"/>
     </row>
     <row r="160" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="1"/>
       <c r="B160" s="58"/>
       <c r="C160" s="84" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="D160" s="39"/>
       <c r="E160" s="39"/>
       <c r="F160" s="39"/>
       <c r="G160" s="39"/>
       <c r="H160" s="39"/>
       <c r="I160" s="39"/>
       <c r="J160" s="39"/>
       <c r="K160" s="39"/>
       <c r="L160" s="39"/>
       <c r="M160" s="39"/>
       <c r="N160" s="39"/>
       <c r="O160" s="39"/>
       <c r="P160" s="39"/>
       <c r="Q160" s="39"/>
       <c r="R160" s="39"/>
       <c r="S160" s="39"/>
       <c r="T160" s="39"/>
       <c r="U160" s="39"/>
       <c r="V160" s="39"/>
       <c r="W160" s="39"/>
       <c r="X160" s="39"/>
       <c r="Y160" s="39"/>
       <c r="Z160" s="39"/>
       <c r="AA160" s="39"/>
       <c r="AB160" s="39"/>
       <c r="AC160" s="39"/>
       <c r="AD160" s="39"/>
       <c r="AE160" s="39"/>
       <c r="AF160" s="39"/>
       <c r="AG160" s="39"/>
       <c r="AH160" s="39"/>
       <c r="AI160" s="39"/>
       <c r="AJ160" s="39"/>
       <c r="AK160" s="59"/>
       <c r="AL160" s="1"/>
     </row>
     <row r="161" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="1"/>
       <c r="B161" s="58"/>
       <c r="C161" s="65" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="D161" s="39"/>
       <c r="E161" s="39"/>
       <c r="F161" s="39"/>
       <c r="G161" s="39"/>
       <c r="H161" s="39"/>
       <c r="I161" s="39"/>
       <c r="J161" s="39"/>
       <c r="K161" s="39"/>
       <c r="L161" s="39"/>
       <c r="M161" s="39"/>
       <c r="N161" s="39"/>
       <c r="O161" s="39"/>
       <c r="P161" s="39"/>
       <c r="Q161" s="39"/>
       <c r="R161" s="39"/>
       <c r="S161" s="39"/>
       <c r="T161" s="39"/>
       <c r="U161" s="39"/>
       <c r="V161" s="39"/>
       <c r="W161" s="39"/>
       <c r="X161" s="39"/>
       <c r="Y161" s="39"/>
       <c r="Z161" s="39"/>
       <c r="AA161" s="39"/>
       <c r="AB161" s="39"/>
       <c r="AC161" s="39"/>
       <c r="AD161" s="39"/>
       <c r="AE161" s="39"/>
       <c r="AF161" s="39"/>
       <c r="AG161" s="39"/>
       <c r="AH161" s="39"/>
       <c r="AI161" s="39"/>
       <c r="AJ161" s="39"/>
       <c r="AK161" s="59"/>
       <c r="AL161" s="1"/>
     </row>
     <row r="162" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="1"/>
       <c r="B162" s="60"/>
       <c r="C162" s="65" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D162" s="38"/>
       <c r="E162" s="39"/>
       <c r="F162" s="39"/>
       <c r="G162" s="39"/>
       <c r="H162" s="39"/>
       <c r="I162" s="39"/>
       <c r="J162" s="39"/>
       <c r="K162" s="39"/>
       <c r="L162" s="39"/>
       <c r="M162" s="39"/>
       <c r="N162" s="39"/>
       <c r="O162" s="39"/>
       <c r="P162" s="39"/>
       <c r="Q162" s="39"/>
       <c r="R162" s="39"/>
       <c r="S162" s="39"/>
       <c r="T162" s="39"/>
       <c r="U162" s="39"/>
       <c r="V162" s="39"/>
       <c r="W162" s="39"/>
       <c r="X162" s="39"/>
       <c r="Y162" s="39"/>
       <c r="Z162" s="39"/>
       <c r="AA162" s="39"/>
       <c r="AB162" s="39"/>
       <c r="AC162" s="39"/>
       <c r="AD162" s="39"/>
       <c r="AE162" s="39"/>
       <c r="AF162" s="39"/>
       <c r="AG162" s="39"/>
       <c r="AH162" s="39"/>
       <c r="AI162" s="39"/>
       <c r="AJ162" s="39"/>
       <c r="AK162" s="59"/>
       <c r="AL162" s="1"/>
     </row>
     <row r="163" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="1"/>
       <c r="B163" s="60"/>
       <c r="C163" s="65" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D163" s="38"/>
       <c r="E163" s="39"/>
       <c r="F163" s="39"/>
       <c r="G163" s="39"/>
       <c r="H163" s="39"/>
       <c r="I163" s="39"/>
       <c r="J163" s="39"/>
       <c r="K163" s="39"/>
       <c r="L163" s="39"/>
       <c r="M163" s="39"/>
       <c r="N163" s="39"/>
       <c r="O163" s="39"/>
       <c r="P163" s="39"/>
       <c r="Q163" s="39"/>
       <c r="R163" s="39"/>
       <c r="S163" s="39"/>
       <c r="T163" s="39"/>
       <c r="U163" s="39"/>
       <c r="V163" s="39"/>
       <c r="W163" s="39"/>
       <c r="X163" s="39"/>
       <c r="Y163" s="39"/>
       <c r="Z163" s="39"/>
       <c r="AA163" s="39"/>
       <c r="AB163" s="39"/>
       <c r="AC163" s="39"/>
       <c r="AD163" s="39"/>
       <c r="AE163" s="39"/>
       <c r="AF163" s="39"/>
       <c r="AG163" s="39"/>
       <c r="AH163" s="39"/>
       <c r="AI163" s="39"/>
       <c r="AJ163" s="39"/>
       <c r="AK163" s="59"/>
       <c r="AL163" s="1"/>
     </row>
     <row r="164" spans="1:38" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A164" s="1"/>
       <c r="B164" s="60"/>
       <c r="C164" s="65" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="D164" s="38"/>
       <c r="E164" s="39"/>
       <c r="F164" s="39"/>
       <c r="G164" s="39"/>
       <c r="H164" s="39"/>
       <c r="I164" s="39"/>
       <c r="J164" s="39"/>
       <c r="K164" s="39"/>
       <c r="L164" s="39"/>
       <c r="M164" s="39"/>
       <c r="N164" s="39"/>
       <c r="O164" s="39"/>
       <c r="P164" s="39"/>
       <c r="Q164" s="39"/>
       <c r="R164" s="39"/>
       <c r="S164" s="39"/>
       <c r="T164" s="39"/>
       <c r="U164" s="39"/>
       <c r="V164" s="39"/>
       <c r="W164" s="39"/>
       <c r="X164" s="39"/>
       <c r="Y164" s="39"/>
       <c r="Z164" s="39"/>
       <c r="AA164" s="39"/>
       <c r="AB164" s="39"/>
       <c r="AC164" s="39"/>
       <c r="AD164" s="39"/>
       <c r="AE164" s="39"/>
       <c r="AF164" s="39"/>
       <c r="AG164" s="39"/>
       <c r="AH164" s="39"/>
       <c r="AI164" s="39"/>
       <c r="AJ164" s="39"/>
       <c r="AK164" s="59"/>
       <c r="AL164" s="1"/>
     </row>
     <row r="165" spans="1:38" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="1"/>
       <c r="B165" s="60"/>
       <c r="C165" s="65" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="D165" s="38"/>
       <c r="E165" s="39"/>
       <c r="F165" s="39"/>
       <c r="G165" s="39"/>
       <c r="H165" s="39"/>
       <c r="I165" s="39"/>
       <c r="J165" s="39"/>
       <c r="K165" s="39"/>
       <c r="L165" s="39"/>
       <c r="M165" s="39"/>
       <c r="N165" s="39"/>
       <c r="O165" s="39"/>
       <c r="P165" s="39"/>
       <c r="Q165" s="39"/>
       <c r="R165" s="39"/>
       <c r="S165" s="39"/>
       <c r="T165" s="39"/>
       <c r="U165" s="39"/>
       <c r="V165" s="39"/>
       <c r="W165" s="39"/>
       <c r="X165" s="39"/>
       <c r="Y165" s="39"/>
       <c r="Z165" s="39"/>
       <c r="AA165" s="39"/>
       <c r="AB165" s="39"/>
       <c r="AC165" s="39"/>
       <c r="AD165" s="39"/>
       <c r="AE165" s="39"/>
       <c r="AF165" s="39"/>
       <c r="AG165" s="39"/>
       <c r="AH165" s="39"/>
       <c r="AI165" s="39"/>
       <c r="AJ165" s="39"/>
       <c r="AK165" s="59"/>
       <c r="AL165" s="1"/>
     </row>
     <row r="166" spans="1:38" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="1"/>
       <c r="B166" s="61"/>
       <c r="C166" s="66" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D166" s="62"/>
       <c r="E166" s="63"/>
       <c r="F166" s="63"/>
       <c r="G166" s="63"/>
       <c r="H166" s="63"/>
       <c r="I166" s="63"/>
       <c r="J166" s="63"/>
       <c r="K166" s="63"/>
       <c r="L166" s="63"/>
       <c r="M166" s="63"/>
       <c r="N166" s="63"/>
       <c r="O166" s="63"/>
       <c r="P166" s="63"/>
       <c r="Q166" s="63"/>
       <c r="R166" s="63"/>
       <c r="S166" s="63"/>
       <c r="T166" s="63"/>
       <c r="U166" s="63"/>
       <c r="V166" s="63"/>
       <c r="W166" s="63"/>
       <c r="X166" s="63"/>
       <c r="Y166" s="63"/>
       <c r="Z166" s="63"/>
       <c r="AA166" s="63"/>
@@ -43489,118 +43479,118 @@
       <c r="R167" s="7"/>
       <c r="S167" s="7"/>
       <c r="T167" s="7"/>
       <c r="U167" s="7"/>
       <c r="V167" s="7"/>
       <c r="W167" s="7"/>
       <c r="X167" s="7"/>
       <c r="Y167" s="7"/>
       <c r="Z167" s="7"/>
       <c r="AA167" s="7"/>
       <c r="AB167" s="7"/>
       <c r="AC167" s="7"/>
       <c r="AD167" s="7"/>
       <c r="AE167" s="7"/>
       <c r="AF167" s="7"/>
       <c r="AG167" s="7"/>
       <c r="AH167" s="7"/>
       <c r="AI167" s="7"/>
       <c r="AJ167" s="7"/>
       <c r="AK167" s="7"/>
       <c r="AL167" s="1"/>
     </row>
     <row r="168" spans="1:38" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="1"/>
       <c r="B168" s="352" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C168" s="335"/>
       <c r="D168" s="335"/>
       <c r="E168" s="335"/>
       <c r="F168" s="335"/>
       <c r="G168" s="335"/>
       <c r="H168" s="335"/>
       <c r="I168" s="335"/>
       <c r="J168" s="335"/>
       <c r="K168" s="335"/>
       <c r="L168" s="335"/>
       <c r="M168" s="335"/>
       <c r="N168" s="335"/>
       <c r="O168" s="335"/>
       <c r="P168" s="335"/>
       <c r="Q168" s="335"/>
       <c r="R168" s="335"/>
       <c r="S168" s="335"/>
       <c r="T168" s="335"/>
       <c r="U168" s="335"/>
       <c r="V168" s="335"/>
       <c r="W168" s="335"/>
       <c r="X168" s="335"/>
       <c r="Y168" s="335"/>
       <c r="Z168" s="335"/>
       <c r="AA168" s="335"/>
       <c r="AB168" s="335"/>
       <c r="AC168" s="335"/>
       <c r="AD168" s="335"/>
       <c r="AE168" s="335"/>
       <c r="AF168" s="335"/>
       <c r="AG168" s="335"/>
       <c r="AH168" s="335"/>
       <c r="AI168" s="335"/>
       <c r="AJ168" s="335"/>
       <c r="AK168" s="335"/>
       <c r="AL168" s="1"/>
     </row>
     <row r="169" spans="1:38" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="1"/>
       <c r="B169" s="272" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C169" s="272"/>
       <c r="D169" s="272"/>
       <c r="E169" s="272"/>
       <c r="F169" s="272"/>
       <c r="G169" s="313"/>
       <c r="H169" s="314" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="I169" s="315"/>
       <c r="J169" s="315"/>
       <c r="K169" s="315"/>
       <c r="L169" s="315"/>
       <c r="M169" s="315"/>
       <c r="N169" s="315"/>
       <c r="O169" s="315"/>
       <c r="P169" s="315"/>
       <c r="Q169" s="315"/>
       <c r="R169" s="315"/>
       <c r="S169" s="315"/>
       <c r="T169" s="315"/>
       <c r="U169" s="315"/>
       <c r="V169" s="316"/>
       <c r="W169" s="320" t="s">
-        <v>397</v>
+        <v>451</v>
       </c>
       <c r="X169" s="321"/>
       <c r="Y169" s="321"/>
       <c r="Z169" s="321"/>
       <c r="AA169" s="321"/>
       <c r="AB169" s="321"/>
       <c r="AC169" s="321"/>
       <c r="AD169" s="321"/>
       <c r="AE169" s="321"/>
       <c r="AF169" s="321"/>
       <c r="AG169" s="321"/>
       <c r="AH169" s="321"/>
       <c r="AI169" s="321"/>
       <c r="AJ169" s="321"/>
       <c r="AK169" s="322"/>
       <c r="AL169" s="1"/>
     </row>
     <row r="170" spans="1:38" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="1"/>
       <c r="B170" s="40"/>
       <c r="C170" s="40"/>
       <c r="D170" s="40"/>
       <c r="E170" s="40"/>
       <c r="F170" s="40"/>
       <c r="G170" s="40"/>
@@ -43617,51 +43607,51 @@
       <c r="R170" s="318"/>
       <c r="S170" s="318"/>
       <c r="T170" s="318"/>
       <c r="U170" s="318"/>
       <c r="V170" s="319"/>
       <c r="W170" s="323"/>
       <c r="X170" s="324"/>
       <c r="Y170" s="324"/>
       <c r="Z170" s="324"/>
       <c r="AA170" s="324"/>
       <c r="AB170" s="324"/>
       <c r="AC170" s="324"/>
       <c r="AD170" s="324"/>
       <c r="AE170" s="324"/>
       <c r="AF170" s="324"/>
       <c r="AG170" s="324"/>
       <c r="AH170" s="324"/>
       <c r="AI170" s="324"/>
       <c r="AJ170" s="324"/>
       <c r="AK170" s="325"/>
       <c r="AL170" s="1"/>
     </row>
     <row r="171" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="1"/>
       <c r="B171" s="282" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C171" s="282"/>
       <c r="D171" s="282"/>
       <c r="E171" s="282"/>
       <c r="F171" s="282"/>
       <c r="G171" s="353"/>
       <c r="H171" s="294"/>
       <c r="I171" s="295"/>
       <c r="J171" s="295"/>
       <c r="K171" s="295"/>
       <c r="L171" s="295"/>
       <c r="M171" s="295"/>
       <c r="N171" s="295"/>
       <c r="O171" s="295"/>
       <c r="P171" s="295"/>
       <c r="Q171" s="295"/>
       <c r="R171" s="295"/>
       <c r="S171" s="295"/>
       <c r="T171" s="295"/>
       <c r="U171" s="295"/>
       <c r="V171" s="296"/>
       <c r="W171" s="300"/>
       <c r="X171" s="301"/>
       <c r="Y171" s="301"/>
       <c r="Z171" s="301"/>
@@ -43699,135 +43689,135 @@
       <c r="R172" s="298"/>
       <c r="S172" s="298"/>
       <c r="T172" s="298"/>
       <c r="U172" s="298"/>
       <c r="V172" s="299"/>
       <c r="W172" s="303"/>
       <c r="X172" s="304"/>
       <c r="Y172" s="304"/>
       <c r="Z172" s="304"/>
       <c r="AA172" s="304"/>
       <c r="AB172" s="304"/>
       <c r="AC172" s="304"/>
       <c r="AD172" s="304"/>
       <c r="AE172" s="304"/>
       <c r="AF172" s="304"/>
       <c r="AG172" s="304"/>
       <c r="AH172" s="304"/>
       <c r="AI172" s="304"/>
       <c r="AJ172" s="304"/>
       <c r="AK172" s="305"/>
       <c r="AL172" s="1"/>
     </row>
     <row r="173" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="1"/>
       <c r="B173" s="220" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C173" s="220"/>
       <c r="D173" s="220"/>
       <c r="E173" s="220"/>
       <c r="F173" s="220"/>
       <c r="G173" s="233"/>
       <c r="H173" s="306"/>
       <c r="I173" s="223"/>
       <c r="J173" s="223"/>
       <c r="K173" s="223"/>
       <c r="L173" s="223"/>
       <c r="M173" s="223"/>
       <c r="N173" s="223"/>
       <c r="O173" s="223"/>
       <c r="P173" s="223"/>
       <c r="Q173" s="223"/>
       <c r="R173" s="223"/>
       <c r="S173" s="223"/>
       <c r="T173" s="223"/>
       <c r="U173" s="223"/>
       <c r="V173" s="307"/>
       <c r="W173" s="308"/>
       <c r="X173" s="309"/>
       <c r="Y173" s="309"/>
       <c r="Z173" s="309"/>
       <c r="AA173" s="309"/>
       <c r="AB173" s="309"/>
       <c r="AC173" s="309"/>
       <c r="AD173" s="309"/>
       <c r="AE173" s="309"/>
       <c r="AF173" s="309"/>
       <c r="AG173" s="309"/>
       <c r="AH173" s="309"/>
       <c r="AI173" s="309"/>
       <c r="AJ173" s="309"/>
       <c r="AK173" s="310"/>
       <c r="AL173" s="1"/>
     </row>
     <row r="174" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="1"/>
       <c r="B174" s="220" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C174" s="220"/>
       <c r="D174" s="220"/>
       <c r="E174" s="220"/>
       <c r="F174" s="220"/>
       <c r="G174" s="233"/>
       <c r="H174" s="306"/>
       <c r="I174" s="223"/>
       <c r="J174" s="223"/>
       <c r="K174" s="223"/>
       <c r="L174" s="223"/>
       <c r="M174" s="223"/>
       <c r="N174" s="223"/>
       <c r="O174" s="223"/>
       <c r="P174" s="223"/>
       <c r="Q174" s="223"/>
       <c r="R174" s="223"/>
       <c r="S174" s="223"/>
       <c r="T174" s="223"/>
       <c r="U174" s="223"/>
       <c r="V174" s="307"/>
       <c r="W174" s="308"/>
       <c r="X174" s="309"/>
       <c r="Y174" s="309"/>
       <c r="Z174" s="309"/>
       <c r="AA174" s="309"/>
       <c r="AB174" s="309"/>
       <c r="AC174" s="309"/>
       <c r="AD174" s="309"/>
       <c r="AE174" s="309"/>
       <c r="AF174" s="309"/>
       <c r="AG174" s="309"/>
       <c r="AH174" s="309"/>
       <c r="AI174" s="309"/>
       <c r="AJ174" s="309"/>
       <c r="AK174" s="310"/>
       <c r="AL174" s="1"/>
     </row>
     <row r="175" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="1"/>
       <c r="B175" s="282" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C175" s="282"/>
       <c r="D175" s="282"/>
       <c r="E175" s="282"/>
       <c r="F175" s="282"/>
       <c r="G175" s="353"/>
       <c r="H175" s="283"/>
       <c r="I175" s="284"/>
       <c r="J175" s="284"/>
       <c r="K175" s="284"/>
       <c r="L175" s="284"/>
       <c r="M175" s="284"/>
       <c r="N175" s="284"/>
       <c r="O175" s="284"/>
       <c r="P175" s="284"/>
       <c r="Q175" s="284"/>
       <c r="R175" s="284"/>
       <c r="S175" s="284"/>
       <c r="T175" s="284"/>
       <c r="U175" s="284"/>
       <c r="V175" s="285"/>
       <c r="W175" s="288"/>
       <c r="X175" s="289"/>
       <c r="Y175" s="289"/>
       <c r="Z175" s="289"/>
@@ -43940,98 +43930,98 @@
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
       <c r="X269" s="1"/>
       <c r="Y269" s="1"/>
       <c r="Z269" s="1"/>
       <c r="AA269" s="1"/>
       <c r="AB269" s="1"/>
       <c r="AC269" s="1"/>
       <c r="AD269" s="1"/>
       <c r="AE269" s="1"/>
       <c r="AF269" s="1"/>
       <c r="AG269" s="1"/>
       <c r="AH269" s="1"/>
       <c r="AI269" s="1"/>
       <c r="AJ269" s="1"/>
       <c r="AK269" s="22" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="AL269" s="1"/>
     </row>
     <row r="270" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A270" s="1"/>
       <c r="B270" s="1"/>
       <c r="C270" s="1"/>
       <c r="D270" s="1"/>
       <c r="E270" s="1"/>
       <c r="F270" s="1"/>
       <c r="G270" s="1"/>
       <c r="H270" s="1"/>
       <c r="I270" s="1"/>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
       <c r="X270" s="1"/>
       <c r="Y270" s="1"/>
       <c r="Z270" s="1"/>
       <c r="AA270" s="1"/>
       <c r="AB270" s="1"/>
       <c r="AC270" s="1"/>
       <c r="AD270" s="1"/>
       <c r="AE270" s="1"/>
       <c r="AF270" s="1"/>
       <c r="AG270" s="1"/>
       <c r="AH270" s="1"/>
       <c r="AI270" s="1"/>
       <c r="AJ270" s="1"/>
       <c r="AK270" s="1"/>
       <c r="AL270" s="1"/>
     </row>
     <row r="283" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="284" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PjRL0Z2EIUAqRx++muV3wHJ4hO4YOCDkqZW/Efwg6WDCJIOA7aqFxGWpJ2SjSpyY0kWwOr/v/II+90Fs3zeMvw==" saltValue="Z98pufv7WWYxDgJ8Unh8cQ==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="oVjcw7YDfH6DqU6CfWLGu+X6Sx3o3gy3eExfPQE6l0OaVylWEwwvLtuT7WtbgxB7PjlOVl1XOkZj4CsoIdmSog==" saltValue="JZAPCVmfAD15CJi+6x4CZA==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="105">
     <mergeCell ref="H175:V176"/>
     <mergeCell ref="W175:AK176"/>
     <mergeCell ref="H173:V173"/>
     <mergeCell ref="W173:AK173"/>
     <mergeCell ref="H174:V174"/>
     <mergeCell ref="W174:AK174"/>
     <mergeCell ref="B173:G173"/>
     <mergeCell ref="B174:G174"/>
     <mergeCell ref="B175:G176"/>
     <mergeCell ref="B169:G169"/>
     <mergeCell ref="H169:V170"/>
     <mergeCell ref="W169:AK170"/>
     <mergeCell ref="H171:V172"/>
     <mergeCell ref="W171:AK172"/>
     <mergeCell ref="Y139:AK139"/>
     <mergeCell ref="C150:AJ150"/>
     <mergeCell ref="B154:AK158"/>
     <mergeCell ref="B168:AK168"/>
     <mergeCell ref="C142:AJ143"/>
     <mergeCell ref="C144:AJ149"/>
     <mergeCell ref="B171:G172"/>
     <mergeCell ref="Y114:AK114"/>
     <mergeCell ref="O118:Q118"/>
     <mergeCell ref="P123:AD124"/>
@@ -44155,108 +44145,108 @@
   <conditionalFormatting sqref="C165">
     <cfRule type="expression" dxfId="12" priority="8">
       <formula>$AN$37&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C166">
     <cfRule type="expression" dxfId="11" priority="7">
       <formula>$AN$12&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U68">
     <cfRule type="expression" dxfId="10" priority="21">
       <formula>$AN$52=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V88">
     <cfRule type="expression" dxfId="9" priority="20">
       <formula>$AN$85=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V52:AK52">
     <cfRule type="expression" dxfId="8" priority="13">
       <formula>$AN$49&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="W139:AK139">
+    <cfRule type="expression" dxfId="7" priority="1">
+      <formula>$AN$139=2</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="X114">
-    <cfRule type="expression" dxfId="7" priority="5">
+    <cfRule type="expression" dxfId="6" priority="5">
       <formula>$AN$109&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="X112:AK112">
-    <cfRule type="expression" dxfId="6" priority="17">
+    <cfRule type="expression" dxfId="5" priority="17">
       <formula>$AN$109&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Y68:AK68">
-    <cfRule type="expression" dxfId="5" priority="19">
+    <cfRule type="expression" dxfId="4" priority="19">
       <formula>$AN$52&lt;&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Y88:AK88">
-    <cfRule type="expression" dxfId="4" priority="18">
+    <cfRule type="expression" dxfId="3" priority="18">
       <formula>$AN$85&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Y114:AK114">
-    <cfRule type="expression" dxfId="3" priority="16">
+    <cfRule type="expression" dxfId="2" priority="16">
       <formula>$AN$111&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD12:AH12">
-    <cfRule type="cellIs" dxfId="2" priority="22" operator="equal">
+    <cfRule type="cellIs" dxfId="1" priority="22" operator="equal">
       <formula>"à renseigner"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF46:AH47">
-    <cfRule type="cellIs" dxfId="1" priority="23" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="0" priority="23" operator="greaterThan">
       <formula>$AF$45/2</formula>
-    </cfRule>
-[...3 lines deleted...]
-      <formula>$AN$139=2</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K44" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>$AX$10:$AX$22</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="B18:F29" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>$AX$2:$AX$5</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G27:AC29" xr:uid="{00000000-0002-0000-0300-000002000000}">
-      <formula1>IF($B$27="Neuanlage",$BV$2:$BV$25,IF($B$27="Ersatz",$BO$2:$BO$32,IF($B$27="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
+      <formula1>IF($B$27="Neuanlage",$BV$2:$BV$25,IF($B$27="Erneuert",$BO$2:$BO$32,IF($B$27="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G24:AC26" xr:uid="{00000000-0002-0000-0300-000003000000}">
-      <formula1>IF($B$24="Neuanlage",$BV$2:$BV$25,IF($B$24="Ersatz",$BO$2:$BO$32,IF($B$24="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
+      <formula1>IF($B$24="Neuanlage",$BV$2:$BV$25,IF($B$24="Erneuert",$BO$2:$BO$32,IF($B$24="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G21:AC23" xr:uid="{00000000-0002-0000-0300-000004000000}">
-      <formula1>IF($B$21="Neuanlage",$BV$2:$BV$25,IF($B$21="Ersatz",$BO$2:$BO$32,IF($B$21="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
+      <formula1>IF($B$21="Neuanlage",$BV$2:$BV$25,IF($B$21="Erneuert",$BO$2:$BO$32,IF($B$21="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="G18:AC20" xr:uid="{00000000-0002-0000-0300-000005000000}">
-      <formula1>IF($B$18="Neuanlage",$BV$2:$BV$25,IF($B$18="Ersatz",$BO$2:$BO$32,IF($B$18="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
+      <formula1>IF($B$18="Neuanlage",$BV$2:$BV$25,IF($B$18="Erneuert",$BO$2:$BO$32,IF($B$18="Unverändert",$BC$2:$BC$33,$AX$24)))</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="66" max="37" man="1"/>
     <brk id="116" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>