--- v0 (2025-12-19)
+++ v1 (2026-03-12)
@@ -87,122 +87,122 @@
   <Override PartName="/xl/ctrlProps/ctrlProp65.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp67.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp68.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp69.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp70.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp71.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp72.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp73.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp74.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp75.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp76.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7D61D820-8223-45AC-95B4-AD278B82B2C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{51A5CC5A-3B49-4F52-A724-B925364DE103}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="6" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="1" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="7" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="5" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Formulaire_Fr!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Formular_De!$1:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$70</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$A$1:$AL$125</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$A$1:$AL$125</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$A$1:$AL$126</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$A$1:$AL$126</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AK12" i="5" l="1"/>
+  <c r="AN17" i="5" l="1"/>
+  <c r="AK12" i="5"/>
   <c r="AK12" i="1"/>
   <c r="AK42" i="1"/>
   <c r="AK42" i="5"/>
   <c r="AN21" i="5" l="1"/>
   <c r="AD21" i="5" s="1"/>
   <c r="AN21" i="1"/>
   <c r="AD21" i="1" s="1"/>
   <c r="AK36" i="5" l="1"/>
-  <c r="AK46" i="5"/>
   <c r="AK47" i="5"/>
+  <c r="AK48" i="5"/>
   <c r="AK26" i="5"/>
   <c r="BC22" i="5" l="1"/>
   <c r="AN19" i="5"/>
   <c r="B24" i="5" s="1"/>
-  <c r="AN17" i="5"/>
-  <c r="Y17" i="5" s="1"/>
+  <c r="Y17" i="5"/>
   <c r="AD19" i="5" l="1"/>
   <c r="AN17" i="1"/>
   <c r="Y17" i="1" s="1"/>
-  <c r="AK47" i="1" l="1"/>
+  <c r="AK48" i="1" l="1"/>
   <c r="AN19" i="1" l="1"/>
   <c r="B24" i="1" s="1"/>
   <c r="AD19" i="1" l="1"/>
-  <c r="AK46" i="1"/>
+  <c r="AK47" i="1"/>
   <c r="AK26" i="1" l="1"/>
   <c r="AK36" i="1" l="1"/>
   <c r="BC22" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tanina Menoud</author>
   </authors>
   <commentList>
     <comment ref="AB7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Le n° EGID peut être trouvé sur :
 https://map.geo.admin.ch/</t>
         </r>
@@ -474,51 +474,51 @@
           <t>Vollzugshilfe EN-102 Kap.8.1</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Bei gekühlten Räumen oder bei Räumen, bei welchen eine Kühlung notwendig oder erwünscht ist, sind Anforderungen an den g-Wert, die Steuerung und die Windfestigkeit des Sonnenschutzes nach dem Stand der Technik einzuhalten. Bei den anderen Räumen sind die Anforderungen an den g-Wert des Sonnenschutzes nach dem Stand der Technik einzuhalten. Von den Anforderungen an den sommerlichen Wärmeschutz der Gebäu-dehülle sind befreit: 
 a. Gebäude, deren Baubewilligung auf maximal 3 Jahre befristet ist (pro-visorische Gebäude);2 
 b. Umnutzungen, wenn damit keine Räume neu unter die Anforderungen des sommerlichen Wärmeschutzes fallen; 
 c. Vorhaben, für die mit einem anerkannten Rechenverfahren nachge-wiesen wird, dass kein erhöhter Energieverbrauch auftreten wird; 
 d. Gebäude der Kategorie XII und Räume, welche nicht dem längeren Aufenthalt von Personen dienen (unter einer Stunde pro Tag); 
 e. Bauteile, die aus betrieblichen Gründen nicht ausgerüstet werden können.
 Automatische Steuerung des Sonnenschutzes ist nötig, wenn eine Kältemaschine für die Kühlung eingebaut wird. Das heisst bei einer Anlage ohne Kältemaschine z.B. Free-Cooling via Erdsonde oder Grundwasser, ist die Automatisierung des Sonnenschutzes keine Pflicht. Das alleinige Betreiben von Umwälz- und Förderpumpen gilt nicht als aktive Kühlung.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="243">
   <si>
     <t>Service de l'énergie et des forces hydrauliques</t>
   </si>
   <si>
     <t>EN-VS-102b</t>
   </si>
   <si>
     <t>Commune :</t>
   </si>
   <si>
     <t>Objet :</t>
   </si>
   <si>
     <t>EGID :</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Performance globale </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -1817,59 +1817,86 @@
   <si>
     <t>Wärmebilanz (Bericht des zertifizierten Programms oder Log-File des GEAK) oder Begründung, falls zutreffend</t>
   </si>
   <si>
     <t>Document de simulation</t>
   </si>
   <si>
     <t>Simulationsdokument</t>
   </si>
   <si>
     <r>
       <t>W/m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
-    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
-[...1 lines deleted...]
-  <si>
     <t>VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
 (oder sein Beauftragter)
 Die Vollständigkeit und Richtigkeit wird bestätigt</t>
   </si>
   <si>
-    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
+    <r>
+      <t xml:space="preserve">PAC rév. dans </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0" tint="-0.499984740745262"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>habitat</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0" tint="-0.499984740745262"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> sans éléments actifs supplémentaires d’émission de froid</t>
+    </r>
+  </si>
+  <si>
+    <t>Rev. WP für Wohnbauten ohne zusätzliche aktive Kühlabgabeelemente</t>
+  </si>
+  <si>
+    <t>Version 5 mars 2026 (valable  jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>Version 5. März 2026 (gültig bis 31.12.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="45" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2566,51 +2593,51 @@
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="239">
+  <cellXfs count="240">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -2937,155 +2964,104 @@
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -3115,50 +3091,101 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -3168,50 +3195,54 @@
     <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="22" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -3332,95 +3363,109 @@
     </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="15">
+  <dxfs count="17">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="9"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike/>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike/>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="9"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
@@ -3428,50 +3473,64 @@
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike/>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike/>
         <color theme="0" tint="-0.499984740745262"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
@@ -4475,57 +4534,57 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>61</xdr:row>
+          <xdr:row>62</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>61</xdr:row>
+          <xdr:row>62</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1041" name="Check Box 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1041"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000011040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -4537,57 +4596,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>63</xdr:row>
+          <xdr:row>64</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>63</xdr:row>
+          <xdr:row>64</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1042" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1042"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -4599,57 +4658,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>62</xdr:row>
+          <xdr:row>63</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>62</xdr:row>
+          <xdr:row>63</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1043" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1043"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000013040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -4661,57 +4720,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>64</xdr:row>
+          <xdr:row>65</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>64</xdr:row>
+          <xdr:row>65</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1044" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1044"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000014040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -5410,58 +5469,58 @@
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>70</xdr:row>
+          <xdr:row>71</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>70</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:row>72</xdr:row>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1067" name="Check Box 43" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1067"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFC0"/>
@@ -5864,57 +5923,57 @@
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>65</xdr:row>
+          <xdr:row>66</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>65</xdr:row>
+          <xdr:row>66</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1087" name="Check Box 63" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1087"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -6261,57 +6320,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>66</xdr:row>
+          <xdr:row>67</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>66</xdr:row>
+          <xdr:row>67</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1097" name="Check Box 73" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1097"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000049040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -6323,57 +6382,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>67</xdr:row>
+          <xdr:row>68</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>67</xdr:row>
+          <xdr:row>68</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1101" name="Check Box 77" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1101"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00004D040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -6576,57 +6635,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>68</xdr:row>
+          <xdr:row>69</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>68</xdr:row>
+          <xdr:row>69</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1105" name="Check Box 81" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1105"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000051040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -6802,57 +6861,57 @@
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
-          <xdr:row>69</xdr:row>
+          <xdr:row>70</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>69</xdr:row>
+          <xdr:row>70</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1125" name="Check Box 101" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1125"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000065040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -7530,57 +7589,57 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>61</xdr:row>
+          <xdr:row>62</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>61</xdr:row>
+          <xdr:row>62</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5121" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5121"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000001140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -7592,57 +7651,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>63</xdr:row>
+          <xdr:row>64</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>63</xdr:row>
+          <xdr:row>64</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5122" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5122"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -7654,57 +7713,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>62</xdr:row>
+          <xdr:row>63</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>62</xdr:row>
+          <xdr:row>63</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5123" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5123"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -7716,57 +7775,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>64</xdr:row>
+          <xdr:row>65</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>64</xdr:row>
+          <xdr:row>65</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5124" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5124"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -8465,58 +8524,58 @@
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>70</xdr:row>
+          <xdr:row>71</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>70</xdr:row>
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:row>72</xdr:row>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5134" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5134"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFC0"/>
@@ -8919,57 +8978,57 @@
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>65</xdr:row>
+          <xdr:row>66</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>65</xdr:row>
+          <xdr:row>66</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5141" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5141"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000015140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -9316,57 +9375,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>66</xdr:row>
+          <xdr:row>67</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>66</xdr:row>
+          <xdr:row>67</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5147" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5147"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00001B140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -9378,57 +9437,57 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>67</xdr:row>
+          <xdr:row>68</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>67</xdr:row>
+          <xdr:row>68</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5148" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5148"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00001C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -9631,57 +9690,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>68</xdr:row>
+          <xdr:row>69</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>68</xdr:row>
+          <xdr:row>69</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5152" name="Check Box 32" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5152"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000020140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -9857,57 +9916,57 @@
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>69</xdr:row>
+          <xdr:row>70</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>69</xdr:row>
+          <xdr:row>70</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5179" name="Check Box 59" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5179"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00003B140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -11182,51 +11241,51 @@
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BK212"/>
+  <dimension ref="A1:BK213"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="10" width="3" style="8" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="8" customWidth="1"/>
     <col min="12" max="19" width="3" style="8" customWidth="1"/>
     <col min="20" max="20" width="4.42578125" style="8" customWidth="1"/>
     <col min="21" max="23" width="3" style="8" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="8" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="8" customWidth="1"/>
     <col min="26" max="38" width="3" style="8" customWidth="1"/>
     <col min="39" max="39" width="5.28515625" style="29" hidden="1" customWidth="1"/>
     <col min="40" max="40" width="8.85546875" style="29" hidden="1" customWidth="1"/>
     <col min="41" max="41" width="5.7109375" style="29" hidden="1" customWidth="1"/>
     <col min="42" max="45" width="3" style="29" hidden="1" customWidth="1"/>
     <col min="46" max="46" width="25.42578125" style="29" hidden="1" customWidth="1"/>
     <col min="47" max="47" width="4.7109375" style="29" hidden="1" customWidth="1"/>
     <col min="48" max="54" width="3" style="29" hidden="1" customWidth="1"/>
     <col min="55" max="16384" width="3" style="30" hidden="1"/>
   </cols>
   <sheetData>
@@ -11250,224 +11309,224 @@
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="191"/>
-[...4 lines deleted...]
-      <c r="G2" s="200" t="s">
+      <c r="B2" s="192"/>
+      <c r="C2" s="193"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="193"/>
+      <c r="F2" s="194"/>
+      <c r="G2" s="201" t="s">
         <v>0</v>
       </c>
-      <c r="H2" s="201"/>
-[...7 lines deleted...]
-      <c r="P2" s="209" t="s">
+      <c r="H2" s="202"/>
+      <c r="I2" s="202"/>
+      <c r="J2" s="202"/>
+      <c r="K2" s="202"/>
+      <c r="L2" s="202"/>
+      <c r="M2" s="202"/>
+      <c r="N2" s="202"/>
+      <c r="O2" s="203"/>
+      <c r="P2" s="210" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="210"/>
-[...7 lines deleted...]
-      <c r="Y2" s="218" t="s">
+      <c r="Q2" s="211"/>
+      <c r="R2" s="211"/>
+      <c r="S2" s="211"/>
+      <c r="T2" s="211"/>
+      <c r="U2" s="211"/>
+      <c r="V2" s="211"/>
+      <c r="W2" s="211"/>
+      <c r="X2" s="212"/>
+      <c r="Y2" s="219" t="s">
         <v>82</v>
       </c>
-      <c r="Z2" s="219"/>
-[...10 lines deleted...]
-      <c r="AK2" s="220"/>
+      <c r="Z2" s="220"/>
+      <c r="AA2" s="220"/>
+      <c r="AB2" s="220"/>
+      <c r="AC2" s="220"/>
+      <c r="AD2" s="220"/>
+      <c r="AE2" s="220"/>
+      <c r="AF2" s="220"/>
+      <c r="AG2" s="220"/>
+      <c r="AH2" s="220"/>
+      <c r="AI2" s="220"/>
+      <c r="AJ2" s="220"/>
+      <c r="AK2" s="221"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="194"/>
-[...34 lines deleted...]
-      <c r="AK3" s="223"/>
+      <c r="B3" s="195"/>
+      <c r="C3" s="196"/>
+      <c r="D3" s="196"/>
+      <c r="E3" s="196"/>
+      <c r="F3" s="197"/>
+      <c r="G3" s="204"/>
+      <c r="H3" s="205"/>
+      <c r="I3" s="205"/>
+      <c r="J3" s="205"/>
+      <c r="K3" s="205"/>
+      <c r="L3" s="205"/>
+      <c r="M3" s="205"/>
+      <c r="N3" s="205"/>
+      <c r="O3" s="206"/>
+      <c r="P3" s="213"/>
+      <c r="Q3" s="214"/>
+      <c r="R3" s="214"/>
+      <c r="S3" s="214"/>
+      <c r="T3" s="214"/>
+      <c r="U3" s="214"/>
+      <c r="V3" s="214"/>
+      <c r="W3" s="214"/>
+      <c r="X3" s="215"/>
+      <c r="Y3" s="222"/>
+      <c r="Z3" s="223"/>
+      <c r="AA3" s="223"/>
+      <c r="AB3" s="223"/>
+      <c r="AC3" s="223"/>
+      <c r="AD3" s="223"/>
+      <c r="AE3" s="223"/>
+      <c r="AF3" s="223"/>
+      <c r="AG3" s="223"/>
+      <c r="AH3" s="223"/>
+      <c r="AI3" s="223"/>
+      <c r="AJ3" s="223"/>
+      <c r="AK3" s="224"/>
       <c r="AL3" s="1"/>
       <c r="AU3" s="29" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="194"/>
-[...34 lines deleted...]
-      <c r="AK4" s="223"/>
+      <c r="B4" s="195"/>
+      <c r="C4" s="196"/>
+      <c r="D4" s="196"/>
+      <c r="E4" s="196"/>
+      <c r="F4" s="197"/>
+      <c r="G4" s="204"/>
+      <c r="H4" s="205"/>
+      <c r="I4" s="205"/>
+      <c r="J4" s="205"/>
+      <c r="K4" s="205"/>
+      <c r="L4" s="205"/>
+      <c r="M4" s="205"/>
+      <c r="N4" s="205"/>
+      <c r="O4" s="206"/>
+      <c r="P4" s="213"/>
+      <c r="Q4" s="214"/>
+      <c r="R4" s="214"/>
+      <c r="S4" s="214"/>
+      <c r="T4" s="214"/>
+      <c r="U4" s="214"/>
+      <c r="V4" s="214"/>
+      <c r="W4" s="214"/>
+      <c r="X4" s="215"/>
+      <c r="Y4" s="222"/>
+      <c r="Z4" s="223"/>
+      <c r="AA4" s="223"/>
+      <c r="AB4" s="223"/>
+      <c r="AC4" s="223"/>
+      <c r="AD4" s="223"/>
+      <c r="AE4" s="223"/>
+      <c r="AF4" s="223"/>
+      <c r="AG4" s="223"/>
+      <c r="AH4" s="223"/>
+      <c r="AI4" s="223"/>
+      <c r="AJ4" s="223"/>
+      <c r="AK4" s="224"/>
       <c r="AL4" s="1"/>
       <c r="AT4" s="29" t="s">
         <v>56</v>
       </c>
       <c r="AU4" s="48" t="s">
         <v>72</v>
       </c>
       <c r="BA4" s="29" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="197"/>
-[...34 lines deleted...]
-      <c r="AK5" s="226"/>
+      <c r="B5" s="198"/>
+      <c r="C5" s="199"/>
+      <c r="D5" s="199"/>
+      <c r="E5" s="199"/>
+      <c r="F5" s="200"/>
+      <c r="G5" s="207"/>
+      <c r="H5" s="208"/>
+      <c r="I5" s="208"/>
+      <c r="J5" s="208"/>
+      <c r="K5" s="208"/>
+      <c r="L5" s="208"/>
+      <c r="M5" s="208"/>
+      <c r="N5" s="208"/>
+      <c r="O5" s="209"/>
+      <c r="P5" s="216"/>
+      <c r="Q5" s="217"/>
+      <c r="R5" s="217"/>
+      <c r="S5" s="217"/>
+      <c r="T5" s="217"/>
+      <c r="U5" s="217"/>
+      <c r="V5" s="217"/>
+      <c r="W5" s="217"/>
+      <c r="X5" s="218"/>
+      <c r="Y5" s="225"/>
+      <c r="Z5" s="226"/>
+      <c r="AA5" s="226"/>
+      <c r="AB5" s="226"/>
+      <c r="AC5" s="226"/>
+      <c r="AD5" s="226"/>
+      <c r="AE5" s="226"/>
+      <c r="AF5" s="226"/>
+      <c r="AG5" s="226"/>
+      <c r="AH5" s="226"/>
+      <c r="AI5" s="226"/>
+      <c r="AJ5" s="226"/>
+      <c r="AK5" s="227"/>
       <c r="AL5" s="1"/>
       <c r="AT5" s="29" t="s">
         <v>35</v>
       </c>
       <c r="AU5" s="29">
         <v>20</v>
       </c>
       <c r="BA5" s="29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="6" spans="1:53" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
@@ -11488,87 +11547,87 @@
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
       <c r="AT6" s="29" t="s">
         <v>68</v>
       </c>
       <c r="AU6" s="29">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="133" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="133"/>
       <c r="D7" s="133"/>
-      <c r="E7" s="227"/>
+      <c r="E7" s="228"/>
       <c r="F7" s="183"/>
       <c r="G7" s="128"/>
       <c r="H7" s="128"/>
       <c r="I7" s="128"/>
       <c r="J7" s="128"/>
       <c r="K7" s="128"/>
       <c r="L7" s="128"/>
       <c r="M7" s="128"/>
       <c r="N7" s="128"/>
       <c r="O7" s="128"/>
       <c r="P7" s="184"/>
-      <c r="Q7" s="228" t="s">
+      <c r="Q7" s="229" t="s">
         <v>52</v>
       </c>
-      <c r="R7" s="229"/>
-[...7 lines deleted...]
-      <c r="Z7" s="233"/>
+      <c r="R7" s="230"/>
+      <c r="S7" s="230"/>
+      <c r="T7" s="231"/>
+      <c r="U7" s="232"/>
+      <c r="V7" s="233"/>
+      <c r="W7" s="233"/>
+      <c r="X7" s="233"/>
+      <c r="Y7" s="233"/>
+      <c r="Z7" s="234"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="229" t="s">
+      <c r="AB7" s="230" t="s">
         <v>4</v>
       </c>
-      <c r="AC7" s="229"/>
-[...7 lines deleted...]
-      <c r="AK7" s="233"/>
+      <c r="AC7" s="230"/>
+      <c r="AD7" s="230"/>
+      <c r="AE7" s="231"/>
+      <c r="AF7" s="232"/>
+      <c r="AG7" s="233"/>
+      <c r="AH7" s="233"/>
+      <c r="AI7" s="233"/>
+      <c r="AJ7" s="233"/>
+      <c r="AK7" s="234"/>
       <c r="AL7" s="1"/>
       <c r="AT7" s="29" t="s">
         <v>69</v>
       </c>
       <c r="AU7" s="29">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:53" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
@@ -12094,65 +12153,65 @@
       <c r="AL18" s="1"/>
       <c r="AN18" s="30"/>
       <c r="AO18" s="30"/>
       <c r="AP18" s="30"/>
     </row>
     <row r="19" spans="1:63" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="47"/>
       <c r="D19" s="47"/>
       <c r="E19" s="47"/>
       <c r="F19" s="47"/>
       <c r="G19" s="47"/>
       <c r="H19" s="47"/>
       <c r="I19" s="47"/>
       <c r="J19" s="47"/>
       <c r="K19" s="47"/>
       <c r="L19" s="47"/>
       <c r="M19" s="47"/>
       <c r="N19" s="47"/>
       <c r="O19" s="26" t="s">
         <v>64</v>
       </c>
-      <c r="P19" s="125"/>
-[...1 lines deleted...]
-      <c r="R19" s="125"/>
+      <c r="P19" s="188"/>
+      <c r="Q19" s="188"/>
+      <c r="R19" s="188"/>
       <c r="S19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="47"/>
       <c r="V19" s="30"/>
       <c r="W19" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="X19" s="125"/>
-[...1 lines deleted...]
-      <c r="Z19" s="125"/>
+      <c r="X19" s="188"/>
+      <c r="Y19" s="188"/>
+      <c r="Z19" s="188"/>
       <c r="AA19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="AB19" s="1"/>
       <c r="AC19" s="47"/>
       <c r="AD19" s="49" t="str">
         <f>IF(AND(P19&lt;&gt;0,X19&lt;&gt;0),IF(AN19=0,"Valeur limite respectée","Valeur limite non-respectée"),"")</f>
         <v/>
       </c>
       <c r="AE19" s="47"/>
       <c r="AF19" s="47"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AN19" s="29">
         <f>IF(P19&gt;X19,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO19" s="29" t="s">
         <v>81</v>
       </c>
     </row>
@@ -12197,65 +12256,65 @@
       <c r="AL20" s="1"/>
       <c r="AN20" s="30"/>
       <c r="AO20" s="30"/>
       <c r="AP20" s="30"/>
     </row>
     <row r="21" spans="1:63" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C21" s="47"/>
       <c r="D21" s="47"/>
       <c r="E21" s="47"/>
       <c r="F21" s="47"/>
       <c r="G21" s="47"/>
       <c r="H21" s="47"/>
       <c r="I21" s="47"/>
       <c r="J21" s="47"/>
       <c r="K21" s="47"/>
       <c r="L21" s="47"/>
       <c r="M21" s="47"/>
       <c r="N21" s="47"/>
       <c r="O21" s="26" t="s">
         <v>230</v>
       </c>
-      <c r="P21" s="125"/>
-[...1 lines deleted...]
-      <c r="R21" s="125"/>
+      <c r="P21" s="188"/>
+      <c r="Q21" s="188"/>
+      <c r="R21" s="188"/>
       <c r="S21" s="1" t="s">
         <v>237</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="47"/>
       <c r="V21" s="30"/>
       <c r="W21" s="26" t="s">
         <v>231</v>
       </c>
-      <c r="X21" s="125"/>
-[...1 lines deleted...]
-      <c r="Z21" s="125"/>
+      <c r="X21" s="188"/>
+      <c r="Y21" s="188"/>
+      <c r="Z21" s="188"/>
       <c r="AA21" s="1" t="s">
         <v>237</v>
       </c>
       <c r="AB21" s="1"/>
       <c r="AC21" s="47"/>
       <c r="AD21" s="49" t="str">
         <f>IF(AND(P21&lt;&gt;0,X21&lt;&gt;0),IF(AN21=0,"Valeur limite respectée","Valeur limite non-respectée"),"")</f>
         <v/>
       </c>
       <c r="AE21" s="47"/>
       <c r="AF21" s="47"/>
       <c r="AG21" s="1"/>
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
       <c r="AN21" s="29">
         <f>IF(P21&gt;X21,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO21" s="29" t="s">
         <v>81</v>
       </c>
     </row>
@@ -12405,61 +12464,61 @@
       <c r="S24" s="6"/>
       <c r="T24" s="6"/>
       <c r="U24" s="6"/>
       <c r="V24" s="6"/>
       <c r="W24" s="6"/>
       <c r="X24" s="6"/>
       <c r="Y24" s="6"/>
       <c r="Z24" s="6"/>
       <c r="AA24" s="6"/>
       <c r="AB24" s="6"/>
       <c r="AC24" s="6"/>
       <c r="AD24" s="6"/>
       <c r="AE24" s="6"/>
       <c r="AF24" s="6"/>
       <c r="AG24" s="6"/>
       <c r="AH24" s="6"/>
       <c r="AI24" s="6"/>
       <c r="AJ24" s="6"/>
       <c r="AK24" s="6"/>
       <c r="AL24" s="1"/>
     </row>
     <row r="25" spans="1:63" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="b">
         <v>0</v>
       </c>
-      <c r="B25" s="166" t="s">
+      <c r="B25" s="153" t="s">
         <v>7</v>
       </c>
-      <c r="C25" s="166"/>
-[...6 lines deleted...]
-      <c r="J25" s="166"/>
+      <c r="C25" s="153"/>
+      <c r="D25" s="153"/>
+      <c r="E25" s="153"/>
+      <c r="F25" s="153"/>
+      <c r="G25" s="153"/>
+      <c r="H25" s="153"/>
+      <c r="I25" s="153"/>
+      <c r="J25" s="153"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
@@ -12630,77 +12689,77 @@
       <c r="AB29" s="1"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
     </row>
     <row r="30" spans="1:63" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="38"/>
       <c r="I30" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J30" s="1"/>
-      <c r="K30" s="188"/>
-[...25 lines deleted...]
-      <c r="AK30" s="188"/>
+      <c r="K30" s="189"/>
+      <c r="L30" s="189"/>
+      <c r="M30" s="189"/>
+      <c r="N30" s="189"/>
+      <c r="O30" s="189"/>
+      <c r="P30" s="189"/>
+      <c r="Q30" s="189"/>
+      <c r="R30" s="189"/>
+      <c r="S30" s="189"/>
+      <c r="T30" s="189"/>
+      <c r="U30" s="189"/>
+      <c r="V30" s="189"/>
+      <c r="W30" s="189"/>
+      <c r="X30" s="189"/>
+      <c r="Y30" s="189"/>
+      <c r="Z30" s="189"/>
+      <c r="AA30" s="189"/>
+      <c r="AB30" s="189"/>
+      <c r="AC30" s="189"/>
+      <c r="AD30" s="189"/>
+      <c r="AE30" s="189"/>
+      <c r="AF30" s="189"/>
+      <c r="AG30" s="189"/>
+      <c r="AH30" s="189"/>
+      <c r="AI30" s="189"/>
+      <c r="AJ30" s="189"/>
+      <c r="AK30" s="189"/>
       <c r="AL30" s="1"/>
     </row>
     <row r="31" spans="1:63" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
       <c r="H31" s="6"/>
       <c r="I31" s="6"/>
       <c r="J31" s="6"/>
       <c r="K31" s="6"/>
       <c r="L31" s="6"/>
       <c r="M31" s="6"/>
       <c r="N31" s="6"/>
       <c r="O31" s="6"/>
       <c r="P31" s="6"/>
       <c r="Q31" s="6"/>
       <c r="R31" s="6"/>
       <c r="S31" s="6"/>
       <c r="T31" s="6"/>
       <c r="U31" s="6"/>
       <c r="V31" s="6"/>
@@ -12965,694 +13024,697 @@
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
       <c r="Q37" s="6"/>
       <c r="R37" s="6"/>
       <c r="S37" s="6"/>
       <c r="T37" s="6"/>
       <c r="U37" s="6"/>
       <c r="V37" s="6"/>
       <c r="W37" s="6"/>
       <c r="X37" s="6"/>
       <c r="Y37" s="6"/>
       <c r="Z37" s="6"/>
       <c r="AA37" s="6"/>
       <c r="AB37" s="6"/>
       <c r="AC37" s="6"/>
       <c r="AD37" s="6"/>
       <c r="AE37" s="6"/>
       <c r="AF37" s="6"/>
       <c r="AG37" s="6"/>
       <c r="AH37" s="6"/>
       <c r="AI37" s="6"/>
       <c r="AJ37" s="6"/>
       <c r="AK37" s="11"/>
       <c r="AL37" s="1"/>
       <c r="AQ37" s="29" t="s">
-        <v>10</v>
+        <v>239</v>
       </c>
     </row>
     <row r="38" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
-      <c r="B38" s="189" t="s">
+      <c r="B38" s="190" t="s">
         <v>12</v>
       </c>
-      <c r="C38" s="189"/>
-[...7 lines deleted...]
-      <c r="K38" s="189"/>
+      <c r="C38" s="190"/>
+      <c r="D38" s="190"/>
+      <c r="E38" s="190"/>
+      <c r="F38" s="190"/>
+      <c r="G38" s="190"/>
+      <c r="H38" s="190"/>
+      <c r="I38" s="190"/>
+      <c r="J38" s="190"/>
+      <c r="K38" s="190"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
       <c r="Z38" s="1"/>
       <c r="AA38" s="1"/>
       <c r="AB38" s="1"/>
       <c r="AC38" s="1"/>
       <c r="AD38" s="1"/>
       <c r="AE38" s="1"/>
       <c r="AF38" s="1"/>
       <c r="AG38" s="1"/>
       <c r="AH38" s="1"/>
       <c r="AI38" s="1"/>
       <c r="AJ38" s="1"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
       <c r="AQ38" s="29" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:45" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1"/>
       <c r="B39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="H39" s="38"/>
       <c r="I39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
       <c r="X39" s="1"/>
       <c r="Y39" s="1"/>
       <c r="Z39" s="1"/>
       <c r="AA39" s="1"/>
       <c r="AB39" s="1"/>
       <c r="AC39" s="1"/>
       <c r="AD39" s="1"/>
       <c r="AE39" s="1"/>
       <c r="AF39" s="1"/>
       <c r="AG39" s="1"/>
       <c r="AH39" s="1"/>
       <c r="AI39" s="1"/>
       <c r="AJ39" s="1"/>
       <c r="AK39" s="1"/>
       <c r="AL39" s="1"/>
       <c r="AN39" s="29">
         <v>0</v>
       </c>
       <c r="AQ39" s="29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="38"/>
       <c r="I40" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
       <c r="X40" s="1"/>
       <c r="Y40" s="1"/>
       <c r="Z40" s="1"/>
       <c r="AA40" s="1"/>
       <c r="AB40" s="1"/>
       <c r="AC40" s="1"/>
       <c r="AD40" s="1"/>
       <c r="AE40" s="1"/>
       <c r="AF40" s="1"/>
       <c r="AG40" s="1"/>
       <c r="AH40" s="1"/>
       <c r="AI40" s="1"/>
       <c r="AJ40" s="1"/>
       <c r="AK40" s="1"/>
       <c r="AL40" s="1"/>
       <c r="AQ40" s="29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1"/>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="38"/>
       <c r="I41" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1" t="s">
         <v>17</v>
       </c>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
-      <c r="Y41" s="190" t="s">
+      <c r="Y41" s="191" t="s">
         <v>56</v>
       </c>
-      <c r="Z41" s="190"/>
-[...10 lines deleted...]
-      <c r="AK41" s="190"/>
+      <c r="Z41" s="191"/>
+      <c r="AA41" s="191"/>
+      <c r="AB41" s="191"/>
+      <c r="AC41" s="191"/>
+      <c r="AD41" s="191"/>
+      <c r="AE41" s="191"/>
+      <c r="AF41" s="191"/>
+      <c r="AG41" s="191"/>
+      <c r="AH41" s="191"/>
+      <c r="AI41" s="191"/>
+      <c r="AJ41" s="191"/>
+      <c r="AK41" s="191"/>
       <c r="AL41" s="1"/>
       <c r="AQ41" s="29" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
       <c r="AH42" s="1"/>
       <c r="AI42" s="1"/>
       <c r="AJ42" s="1"/>
       <c r="AK42" s="41" t="str">
         <f>IF(Y41="simulation dynamique","Joindre document de simulation","")</f>
         <v/>
       </c>
       <c r="AL42" s="1"/>
       <c r="AQ42" s="29" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="34" t="s">
         <v>41</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="38"/>
       <c r="I43" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
       <c r="Z43" s="1"/>
       <c r="AA43" s="1"/>
       <c r="AB43" s="1"/>
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
       <c r="AH43" s="1"/>
       <c r="AI43" s="1"/>
       <c r="AJ43" s="1"/>
       <c r="AK43" s="1"/>
       <c r="AL43" s="1"/>
       <c r="AN43" s="29">
         <v>0</v>
       </c>
-      <c r="AQ43" s="43" t="s">
-        <v>54</v>
+      <c r="AQ43" s="29" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="38"/>
       <c r="I44" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="38"/>
       <c r="M44" s="1" t="s">
         <v>47</v>
       </c>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
       <c r="X44" s="1"/>
       <c r="Y44" s="1"/>
       <c r="Z44" s="1"/>
       <c r="AA44" s="1"/>
       <c r="AB44" s="1"/>
       <c r="AC44" s="1"/>
       <c r="AD44" s="1"/>
       <c r="AE44" s="1"/>
       <c r="AF44" s="1"/>
       <c r="AG44" s="1"/>
       <c r="AH44" s="1"/>
       <c r="AI44" s="1"/>
       <c r="AJ44" s="1"/>
       <c r="AK44" s="1"/>
       <c r="AL44" s="1"/>
+      <c r="AQ44" s="43" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="45" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="38"/>
       <c r="M45" s="1" t="s">
         <v>48</v>
       </c>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1" t="s">
         <v>17</v>
       </c>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
-      <c r="Y45" s="190" t="s">
+      <c r="Y45" s="125" t="s">
         <v>56</v>
       </c>
-      <c r="Z45" s="190"/>
-[...10 lines deleted...]
-      <c r="AK45" s="190"/>
+      <c r="Z45" s="125"/>
+      <c r="AA45" s="125"/>
+      <c r="AB45" s="125"/>
+      <c r="AC45" s="125"/>
+      <c r="AD45" s="125"/>
+      <c r="AE45" s="125"/>
+      <c r="AF45" s="125"/>
+      <c r="AG45" s="125"/>
+      <c r="AH45" s="125"/>
+      <c r="AI45" s="125"/>
+      <c r="AJ45" s="125"/>
+      <c r="AK45" s="125"/>
       <c r="AL45" s="1"/>
       <c r="AN45" s="29" t="b">
         <v>0</v>
       </c>
       <c r="AQ45" s="40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
-      <c r="Y46" s="1"/>
-[...14 lines deleted...]
-      </c>
+      <c r="Y46" s="125"/>
+      <c r="Z46" s="125"/>
+      <c r="AA46" s="125"/>
+      <c r="AB46" s="125"/>
+      <c r="AC46" s="125"/>
+      <c r="AD46" s="125"/>
+      <c r="AE46" s="125"/>
+      <c r="AF46" s="125"/>
+      <c r="AG46" s="125"/>
+      <c r="AH46" s="125"/>
+      <c r="AI46" s="125"/>
+      <c r="AJ46" s="125"/>
+      <c r="AK46" s="125"/>
       <c r="AL46" s="1"/>
       <c r="AQ46" s="29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
       <c r="AC47" s="1"/>
       <c r="AD47" s="1"/>
       <c r="AE47" s="1"/>
       <c r="AF47" s="1"/>
       <c r="AG47" s="1"/>
       <c r="AH47" s="1"/>
       <c r="AI47" s="1"/>
       <c r="AJ47" s="1"/>
       <c r="AK47" s="41" t="str">
-        <f>IF(AND(AN43=2,AN45=TRUE,Y45=AQ43),"Fournir justificatifs EN-VS-104 et EN-VS-110","")</f>
+        <f>IF(Y45="simulation dynamique","Joindre document de simulation","")</f>
         <v/>
       </c>
       <c r="AL47" s="1"/>
       <c r="AQ47" s="29" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="48" spans="1:45" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
-      <c r="B48" s="6"/>
-[...34 lines deleted...]
-      <c r="AK48" s="6"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
+      <c r="O48" s="1"/>
+      <c r="P48" s="1"/>
+      <c r="Q48" s="1"/>
+      <c r="R48" s="1"/>
+      <c r="S48" s="1"/>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+      <c r="X48" s="1"/>
+      <c r="Y48" s="1"/>
+      <c r="Z48" s="1"/>
+      <c r="AA48" s="1"/>
+      <c r="AB48" s="1"/>
+      <c r="AC48" s="1"/>
+      <c r="AD48" s="1"/>
+      <c r="AE48" s="1"/>
+      <c r="AF48" s="1"/>
+      <c r="AG48" s="1"/>
+      <c r="AH48" s="1"/>
+      <c r="AI48" s="1"/>
+      <c r="AJ48" s="1"/>
+      <c r="AK48" s="41" t="str">
+        <f>IF(AND(AN43=2,AN45=TRUE,Y45=AQ43),"Fournir justificatifs EN-VS-104 et EN-VS-110","")</f>
+        <v/>
+      </c>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="29" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="49" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:43" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1"/>
-      <c r="B49" s="126" t="s">
-[...36 lines deleted...]
-      <c r="AK49" s="126"/>
+      <c r="B49" s="6"/>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6"/>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6"/>
+      <c r="H49" s="6"/>
+      <c r="I49" s="6"/>
+      <c r="J49" s="6"/>
+      <c r="K49" s="6"/>
+      <c r="L49" s="6"/>
+      <c r="M49" s="6"/>
+      <c r="N49" s="6"/>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
+      <c r="Q49" s="6"/>
+      <c r="R49" s="6"/>
+      <c r="S49" s="6"/>
+      <c r="T49" s="6"/>
+      <c r="U49" s="6"/>
+      <c r="V49" s="6"/>
+      <c r="W49" s="6"/>
+      <c r="X49" s="6"/>
+      <c r="Y49" s="6"/>
+      <c r="Z49" s="6"/>
+      <c r="AA49" s="6"/>
+      <c r="AB49" s="6"/>
+      <c r="AC49" s="6"/>
+      <c r="AD49" s="6"/>
+      <c r="AE49" s="6"/>
+      <c r="AF49" s="6"/>
+      <c r="AG49" s="6"/>
+      <c r="AH49" s="6"/>
+      <c r="AI49" s="6"/>
+      <c r="AJ49" s="6"/>
+      <c r="AK49" s="6"/>
       <c r="AL49" s="1"/>
       <c r="AQ49" s="29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
-      <c r="B50" s="174"/>
-[...34 lines deleted...]
-      <c r="AK50" s="176"/>
+      <c r="B50" s="126" t="s">
+        <v>49</v>
+      </c>
+      <c r="C50" s="126"/>
+      <c r="D50" s="126"/>
+      <c r="E50" s="126"/>
+      <c r="F50" s="126"/>
+      <c r="G50" s="126"/>
+      <c r="H50" s="126"/>
+      <c r="I50" s="126"/>
+      <c r="J50" s="126"/>
+      <c r="K50" s="126"/>
+      <c r="L50" s="126"/>
+      <c r="M50" s="126"/>
+      <c r="N50" s="126"/>
+      <c r="O50" s="126"/>
+      <c r="P50" s="126"/>
+      <c r="Q50" s="126"/>
+      <c r="R50" s="126"/>
+      <c r="S50" s="126"/>
+      <c r="T50" s="126"/>
+      <c r="U50" s="126"/>
+      <c r="V50" s="126"/>
+      <c r="W50" s="126"/>
+      <c r="X50" s="126"/>
+      <c r="Y50" s="126"/>
+      <c r="Z50" s="126"/>
+      <c r="AA50" s="126"/>
+      <c r="AB50" s="126"/>
+      <c r="AC50" s="126"/>
+      <c r="AD50" s="126"/>
+      <c r="AE50" s="126"/>
+      <c r="AF50" s="126"/>
+      <c r="AG50" s="126"/>
+      <c r="AH50" s="126"/>
+      <c r="AI50" s="126"/>
+      <c r="AJ50" s="126"/>
+      <c r="AK50" s="126"/>
       <c r="AL50" s="1"/>
       <c r="AN50" s="30"/>
       <c r="AQ50" s="29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
-      <c r="B51" s="177"/>
-[...34 lines deleted...]
-      <c r="AK51" s="179"/>
+      <c r="B51" s="174"/>
+      <c r="C51" s="175"/>
+      <c r="D51" s="175"/>
+      <c r="E51" s="175"/>
+      <c r="F51" s="175"/>
+      <c r="G51" s="175"/>
+      <c r="H51" s="175"/>
+      <c r="I51" s="175"/>
+      <c r="J51" s="175"/>
+      <c r="K51" s="175"/>
+      <c r="L51" s="175"/>
+      <c r="M51" s="175"/>
+      <c r="N51" s="175"/>
+      <c r="O51" s="175"/>
+      <c r="P51" s="175"/>
+      <c r="Q51" s="175"/>
+      <c r="R51" s="175"/>
+      <c r="S51" s="175"/>
+      <c r="T51" s="175"/>
+      <c r="U51" s="175"/>
+      <c r="V51" s="175"/>
+      <c r="W51" s="175"/>
+      <c r="X51" s="175"/>
+      <c r="Y51" s="175"/>
+      <c r="Z51" s="175"/>
+      <c r="AA51" s="175"/>
+      <c r="AB51" s="175"/>
+      <c r="AC51" s="175"/>
+      <c r="AD51" s="175"/>
+      <c r="AE51" s="175"/>
+      <c r="AF51" s="175"/>
+      <c r="AG51" s="175"/>
+      <c r="AH51" s="175"/>
+      <c r="AI51" s="175"/>
+      <c r="AJ51" s="175"/>
+      <c r="AK51" s="176"/>
       <c r="AL51" s="1"/>
       <c r="AO51" s="29">
         <v>2</v>
       </c>
       <c r="AQ51" s="29" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="177"/>
       <c r="C52" s="178"/>
       <c r="D52" s="178"/>
       <c r="E52" s="178"/>
       <c r="F52" s="178"/>
       <c r="G52" s="178"/>
       <c r="H52" s="178"/>
       <c r="I52" s="178"/>
       <c r="J52" s="178"/>
       <c r="K52" s="178"/>
       <c r="L52" s="178"/>
       <c r="M52" s="178"/>
       <c r="N52" s="178"/>
       <c r="O52" s="178"/>
       <c r="P52" s="178"/>
@@ -13903,1591 +13965,1630 @@
       <c r="Q58" s="178"/>
       <c r="R58" s="178"/>
       <c r="S58" s="178"/>
       <c r="T58" s="178"/>
       <c r="U58" s="178"/>
       <c r="V58" s="178"/>
       <c r="W58" s="178"/>
       <c r="X58" s="178"/>
       <c r="Y58" s="178"/>
       <c r="Z58" s="178"/>
       <c r="AA58" s="178"/>
       <c r="AB58" s="178"/>
       <c r="AC58" s="178"/>
       <c r="AD58" s="178"/>
       <c r="AE58" s="178"/>
       <c r="AF58" s="178"/>
       <c r="AG58" s="178"/>
       <c r="AH58" s="178"/>
       <c r="AI58" s="178"/>
       <c r="AJ58" s="178"/>
       <c r="AK58" s="179"/>
       <c r="AL58" s="1"/>
     </row>
     <row r="59" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
-      <c r="B59" s="180"/>
-[...34 lines deleted...]
-      <c r="AK59" s="182"/>
+      <c r="B59" s="177"/>
+      <c r="C59" s="178"/>
+      <c r="D59" s="178"/>
+      <c r="E59" s="178"/>
+      <c r="F59" s="178"/>
+      <c r="G59" s="178"/>
+      <c r="H59" s="178"/>
+      <c r="I59" s="178"/>
+      <c r="J59" s="178"/>
+      <c r="K59" s="178"/>
+      <c r="L59" s="178"/>
+      <c r="M59" s="178"/>
+      <c r="N59" s="178"/>
+      <c r="O59" s="178"/>
+      <c r="P59" s="178"/>
+      <c r="Q59" s="178"/>
+      <c r="R59" s="178"/>
+      <c r="S59" s="178"/>
+      <c r="T59" s="178"/>
+      <c r="U59" s="178"/>
+      <c r="V59" s="178"/>
+      <c r="W59" s="178"/>
+      <c r="X59" s="178"/>
+      <c r="Y59" s="178"/>
+      <c r="Z59" s="178"/>
+      <c r="AA59" s="178"/>
+      <c r="AB59" s="178"/>
+      <c r="AC59" s="178"/>
+      <c r="AD59" s="178"/>
+      <c r="AE59" s="178"/>
+      <c r="AF59" s="178"/>
+      <c r="AG59" s="178"/>
+      <c r="AH59" s="178"/>
+      <c r="AI59" s="178"/>
+      <c r="AJ59" s="178"/>
+      <c r="AK59" s="179"/>
       <c r="AL59" s="1"/>
     </row>
-    <row r="60" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="1"/>
-      <c r="B60" s="19"/>
-[...34 lines deleted...]
-      <c r="AK60" s="20"/>
+      <c r="B60" s="180"/>
+      <c r="C60" s="181"/>
+      <c r="D60" s="181"/>
+      <c r="E60" s="181"/>
+      <c r="F60" s="181"/>
+      <c r="G60" s="181"/>
+      <c r="H60" s="181"/>
+      <c r="I60" s="181"/>
+      <c r="J60" s="181"/>
+      <c r="K60" s="181"/>
+      <c r="L60" s="181"/>
+      <c r="M60" s="181"/>
+      <c r="N60" s="181"/>
+      <c r="O60" s="181"/>
+      <c r="P60" s="181"/>
+      <c r="Q60" s="181"/>
+      <c r="R60" s="181"/>
+      <c r="S60" s="181"/>
+      <c r="T60" s="181"/>
+      <c r="U60" s="181"/>
+      <c r="V60" s="181"/>
+      <c r="W60" s="181"/>
+      <c r="X60" s="181"/>
+      <c r="Y60" s="181"/>
+      <c r="Z60" s="181"/>
+      <c r="AA60" s="181"/>
+      <c r="AB60" s="181"/>
+      <c r="AC60" s="181"/>
+      <c r="AD60" s="181"/>
+      <c r="AE60" s="181"/>
+      <c r="AF60" s="181"/>
+      <c r="AG60" s="181"/>
+      <c r="AH60" s="181"/>
+      <c r="AI60" s="181"/>
+      <c r="AJ60" s="181"/>
+      <c r="AK60" s="182"/>
       <c r="AL60" s="1"/>
     </row>
-    <row r="61" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1"/>
-      <c r="B61" s="77" t="s">
-[...36 lines deleted...]
-      <c r="AK61" s="1"/>
+      <c r="B61" s="19"/>
+      <c r="C61" s="19"/>
+      <c r="D61" s="19"/>
+      <c r="E61" s="19"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="20"/>
+      <c r="H61" s="20"/>
+      <c r="I61" s="20"/>
+      <c r="J61" s="20"/>
+      <c r="K61" s="20"/>
+      <c r="L61" s="20"/>
+      <c r="M61" s="20"/>
+      <c r="N61" s="20"/>
+      <c r="O61" s="20"/>
+      <c r="P61" s="21"/>
+      <c r="Q61" s="21"/>
+      <c r="R61" s="21"/>
+      <c r="S61" s="21"/>
+      <c r="T61" s="21"/>
+      <c r="U61" s="21"/>
+      <c r="V61" s="21"/>
+      <c r="W61" s="21"/>
+      <c r="X61" s="21"/>
+      <c r="Y61" s="20"/>
+      <c r="Z61" s="20"/>
+      <c r="AA61" s="20"/>
+      <c r="AB61" s="20"/>
+      <c r="AC61" s="20"/>
+      <c r="AD61" s="20"/>
+      <c r="AE61" s="20"/>
+      <c r="AF61" s="20"/>
+      <c r="AG61" s="20"/>
+      <c r="AH61" s="20"/>
+      <c r="AI61" s="20"/>
+      <c r="AJ61" s="20"/>
+      <c r="AK61" s="20"/>
       <c r="AL61" s="1"/>
     </row>
     <row r="62" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="1"/>
-      <c r="B62" s="1"/>
-[...4 lines deleted...]
-      <c r="E62" s="1"/>
+      <c r="B62" s="77" t="s">
+        <v>223</v>
+      </c>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
       <c r="AI62" s="1"/>
       <c r="AJ62" s="1"/>
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
-      <c r="V63" s="133"/>
-[...14 lines deleted...]
-      <c r="AK63" s="133"/>
+      <c r="V63" s="1"/>
+      <c r="W63" s="1"/>
+      <c r="X63" s="1"/>
+      <c r="Y63" s="1"/>
+      <c r="Z63" s="1"/>
+      <c r="AA63" s="1"/>
+      <c r="AB63" s="1"/>
+      <c r="AC63" s="1"/>
+      <c r="AD63" s="1"/>
+      <c r="AE63" s="1"/>
+      <c r="AF63" s="1"/>
+      <c r="AG63" s="1"/>
+      <c r="AH63" s="1"/>
+      <c r="AI63" s="1"/>
+      <c r="AJ63" s="1"/>
+      <c r="AK63" s="1"/>
       <c r="AL63" s="1"/>
     </row>
     <row r="64" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="133"/>
       <c r="W64" s="133"/>
       <c r="X64" s="133"/>
       <c r="Y64" s="133"/>
       <c r="Z64" s="133"/>
       <c r="AA64" s="133"/>
       <c r="AB64" s="133"/>
       <c r="AC64" s="133"/>
       <c r="AD64" s="133"/>
       <c r="AE64" s="133"/>
       <c r="AF64" s="133"/>
       <c r="AG64" s="133"/>
       <c r="AH64" s="133"/>
       <c r="AI64" s="133"/>
       <c r="AJ64" s="133"/>
       <c r="AK64" s="133"/>
       <c r="AL64" s="1"/>
     </row>
     <row r="65" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
-        <v>233</v>
+        <v>21</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
-      <c r="V65" s="1"/>
-[...14 lines deleted...]
-      <c r="AK65" s="1"/>
+      <c r="V65" s="133"/>
+      <c r="W65" s="133"/>
+      <c r="X65" s="133"/>
+      <c r="Y65" s="133"/>
+      <c r="Z65" s="133"/>
+      <c r="AA65" s="133"/>
+      <c r="AB65" s="133"/>
+      <c r="AC65" s="133"/>
+      <c r="AD65" s="133"/>
+      <c r="AE65" s="133"/>
+      <c r="AF65" s="133"/>
+      <c r="AG65" s="133"/>
+      <c r="AH65" s="133"/>
+      <c r="AI65" s="133"/>
+      <c r="AJ65" s="133"/>
+      <c r="AK65" s="133"/>
       <c r="AL65" s="1"/>
     </row>
     <row r="66" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
-        <v>131</v>
+        <v>233</v>
       </c>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
       <c r="X66" s="1"/>
       <c r="Y66" s="1"/>
       <c r="Z66" s="1"/>
       <c r="AA66" s="1"/>
       <c r="AB66" s="1"/>
       <c r="AC66" s="1"/>
       <c r="AD66" s="1"/>
       <c r="AE66" s="1"/>
       <c r="AF66" s="1"/>
       <c r="AG66" s="1"/>
       <c r="AH66" s="1"/>
       <c r="AI66" s="1"/>
       <c r="AJ66" s="1"/>
       <c r="AK66" s="1"/>
       <c r="AL66" s="1"/>
     </row>
     <row r="67" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="1"/>
       <c r="B67" s="1"/>
       <c r="C67" s="1"/>
-      <c r="D67" s="81" t="s">
-        <v>132</v>
+      <c r="D67" s="1" t="s">
+        <v>131</v>
       </c>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
       <c r="X67" s="1"/>
       <c r="Y67" s="1"/>
       <c r="Z67" s="1"/>
       <c r="AA67" s="1"/>
       <c r="AB67" s="1"/>
       <c r="AC67" s="1"/>
       <c r="AD67" s="1"/>
       <c r="AE67" s="1"/>
       <c r="AF67" s="1"/>
       <c r="AG67" s="1"/>
       <c r="AH67" s="1"/>
       <c r="AI67" s="1"/>
       <c r="AJ67" s="1"/>
       <c r="AK67" s="1"/>
       <c r="AL67" s="1"/>
     </row>
     <row r="68" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
-      <c r="D68" s="80" t="s">
-        <v>133</v>
+      <c r="D68" s="81" t="s">
+        <v>132</v>
       </c>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
       <c r="X68" s="1"/>
       <c r="Y68" s="1"/>
       <c r="Z68" s="1"/>
       <c r="AA68" s="1"/>
       <c r="AB68" s="1"/>
       <c r="AC68" s="1"/>
       <c r="AD68" s="1"/>
       <c r="AE68" s="1"/>
       <c r="AF68" s="1"/>
       <c r="AG68" s="1"/>
       <c r="AH68" s="1"/>
       <c r="AI68" s="1"/>
       <c r="AJ68" s="1"/>
       <c r="AK68" s="1"/>
       <c r="AL68" s="1"/>
     </row>
     <row r="69" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="1"/>
-      <c r="D69" s="81" t="s">
-        <v>134</v>
+      <c r="D69" s="80" t="s">
+        <v>133</v>
       </c>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
       <c r="X69" s="1"/>
       <c r="Y69" s="1"/>
       <c r="Z69" s="1"/>
       <c r="AA69" s="1"/>
       <c r="AB69" s="1"/>
       <c r="AC69" s="1"/>
       <c r="AD69" s="1"/>
       <c r="AE69" s="1"/>
       <c r="AF69" s="1"/>
       <c r="AG69" s="1"/>
       <c r="AH69" s="1"/>
       <c r="AI69" s="1"/>
       <c r="AJ69" s="1"/>
       <c r="AK69" s="1"/>
       <c r="AL69" s="1"/>
     </row>
     <row r="70" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="1"/>
       <c r="B70" s="1"/>
       <c r="C70" s="1"/>
       <c r="D70" s="81" t="s">
-        <v>235</v>
+        <v>134</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
       <c r="X70" s="1"/>
       <c r="Y70" s="1"/>
       <c r="Z70" s="1"/>
       <c r="AA70" s="1"/>
       <c r="AB70" s="1"/>
       <c r="AC70" s="1"/>
       <c r="AD70" s="1"/>
       <c r="AE70" s="1"/>
       <c r="AF70" s="1"/>
       <c r="AG70" s="1"/>
       <c r="AH70" s="1"/>
       <c r="AI70" s="1"/>
       <c r="AJ70" s="1"/>
       <c r="AK70" s="1"/>
       <c r="AL70" s="1"/>
     </row>
     <row r="71" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="1"/>
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
-      <c r="D71" s="1" t="s">
-        <v>58</v>
+      <c r="D71" s="81" t="s">
+        <v>235</v>
       </c>
       <c r="E71" s="1"/>
-      <c r="F71" s="42"/>
-[...30 lines deleted...]
-      <c r="AK71" s="42"/>
+      <c r="F71" s="1"/>
+      <c r="G71" s="1"/>
+      <c r="H71" s="1"/>
+      <c r="I71" s="1"/>
+      <c r="J71" s="1"/>
+      <c r="K71" s="1"/>
+      <c r="L71" s="1"/>
+      <c r="M71" s="1"/>
+      <c r="N71" s="1"/>
+      <c r="O71" s="1"/>
+      <c r="P71" s="1"/>
+      <c r="Q71" s="1"/>
+      <c r="R71" s="1"/>
+      <c r="S71" s="1"/>
+      <c r="T71" s="1"/>
+      <c r="U71" s="1"/>
+      <c r="V71" s="1"/>
+      <c r="W71" s="1"/>
+      <c r="X71" s="1"/>
+      <c r="Y71" s="1"/>
+      <c r="Z71" s="1"/>
+      <c r="AA71" s="1"/>
+      <c r="AB71" s="1"/>
+      <c r="AC71" s="1"/>
+      <c r="AD71" s="1"/>
+      <c r="AE71" s="1"/>
+      <c r="AF71" s="1"/>
+      <c r="AG71" s="1"/>
+      <c r="AH71" s="1"/>
+      <c r="AI71" s="1"/>
+      <c r="AJ71" s="1"/>
+      <c r="AK71" s="1"/>
       <c r="AL71" s="1"/>
     </row>
     <row r="72" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A72" s="1"/>
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
-      <c r="D72" s="1"/>
+      <c r="D72" s="1" t="s">
+        <v>58</v>
+      </c>
       <c r="E72" s="1"/>
       <c r="F72" s="42"/>
       <c r="G72" s="42"/>
       <c r="H72" s="42"/>
       <c r="I72" s="42"/>
       <c r="J72" s="42"/>
       <c r="K72" s="42"/>
       <c r="L72" s="42"/>
       <c r="M72" s="42"/>
       <c r="N72" s="42"/>
       <c r="O72" s="42"/>
       <c r="P72" s="42"/>
       <c r="Q72" s="42"/>
       <c r="R72" s="42"/>
       <c r="S72" s="42"/>
       <c r="T72" s="42"/>
       <c r="U72" s="42"/>
       <c r="V72" s="42"/>
       <c r="W72" s="42"/>
       <c r="X72" s="42"/>
       <c r="Y72" s="42"/>
       <c r="Z72" s="42"/>
       <c r="AA72" s="42"/>
       <c r="AB72" s="42"/>
       <c r="AC72" s="42"/>
       <c r="AD72" s="42"/>
       <c r="AE72" s="42"/>
       <c r="AF72" s="42"/>
       <c r="AG72" s="42"/>
       <c r="AH72" s="42"/>
       <c r="AI72" s="42"/>
       <c r="AJ72" s="42"/>
       <c r="AK72" s="42"/>
       <c r="AL72" s="1"/>
     </row>
-    <row r="73" spans="1:38" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="1"/>
-      <c r="B73" s="6"/>
-[...34 lines deleted...]
-      <c r="AK73" s="6"/>
+      <c r="B73" s="1"/>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="42"/>
+      <c r="G73" s="42"/>
+      <c r="H73" s="42"/>
+      <c r="I73" s="42"/>
+      <c r="J73" s="42"/>
+      <c r="K73" s="42"/>
+      <c r="L73" s="42"/>
+      <c r="M73" s="42"/>
+      <c r="N73" s="42"/>
+      <c r="O73" s="42"/>
+      <c r="P73" s="42"/>
+      <c r="Q73" s="42"/>
+      <c r="R73" s="42"/>
+      <c r="S73" s="42"/>
+      <c r="T73" s="42"/>
+      <c r="U73" s="42"/>
+      <c r="V73" s="42"/>
+      <c r="W73" s="42"/>
+      <c r="X73" s="42"/>
+      <c r="Y73" s="42"/>
+      <c r="Z73" s="42"/>
+      <c r="AA73" s="42"/>
+      <c r="AB73" s="42"/>
+      <c r="AC73" s="42"/>
+      <c r="AD73" s="42"/>
+      <c r="AE73" s="42"/>
+      <c r="AF73" s="42"/>
+      <c r="AG73" s="42"/>
+      <c r="AH73" s="42"/>
+      <c r="AI73" s="42"/>
+      <c r="AJ73" s="42"/>
+      <c r="AK73" s="42"/>
       <c r="AL73" s="1"/>
     </row>
-    <row r="74" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:38" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1"/>
-      <c r="B74" s="1"/>
-[...34 lines deleted...]
-      <c r="AK74" s="1"/>
+      <c r="B74" s="6"/>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6"/>
+      <c r="E74" s="6"/>
+      <c r="F74" s="6"/>
+      <c r="G74" s="6"/>
+      <c r="H74" s="6"/>
+      <c r="I74" s="6"/>
+      <c r="J74" s="6"/>
+      <c r="K74" s="6"/>
+      <c r="L74" s="6"/>
+      <c r="M74" s="6"/>
+      <c r="N74" s="6"/>
+      <c r="O74" s="6"/>
+      <c r="P74" s="6"/>
+      <c r="Q74" s="6"/>
+      <c r="R74" s="6"/>
+      <c r="S74" s="6"/>
+      <c r="T74" s="6"/>
+      <c r="U74" s="6"/>
+      <c r="V74" s="6"/>
+      <c r="W74" s="6"/>
+      <c r="X74" s="6"/>
+      <c r="Y74" s="6"/>
+      <c r="Z74" s="6"/>
+      <c r="AA74" s="6"/>
+      <c r="AB74" s="6"/>
+      <c r="AC74" s="6"/>
+      <c r="AD74" s="6"/>
+      <c r="AE74" s="6"/>
+      <c r="AF74" s="6"/>
+      <c r="AG74" s="6"/>
+      <c r="AH74" s="6"/>
+      <c r="AI74" s="6"/>
+      <c r="AJ74" s="6"/>
+      <c r="AK74" s="6"/>
       <c r="AL74" s="1"/>
     </row>
     <row r="75" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
-      <c r="B75" s="166" t="s">
-[...40 lines deleted...]
-      <c r="AK75" s="150"/>
+      <c r="B75" s="1"/>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="L75" s="1"/>
+      <c r="M75" s="1"/>
+      <c r="N75" s="1"/>
+      <c r="O75" s="1"/>
+      <c r="P75" s="1"/>
+      <c r="Q75" s="1"/>
+      <c r="R75" s="1"/>
+      <c r="S75" s="1"/>
+      <c r="T75" s="1"/>
+      <c r="U75" s="1"/>
+      <c r="V75" s="1"/>
+      <c r="W75" s="1"/>
+      <c r="X75" s="1"/>
+      <c r="Y75" s="1"/>
+      <c r="Z75" s="1"/>
+      <c r="AA75" s="1"/>
+      <c r="AB75" s="1"/>
+      <c r="AC75" s="1"/>
+      <c r="AD75" s="1"/>
+      <c r="AE75" s="1"/>
+      <c r="AF75" s="1"/>
+      <c r="AG75" s="1"/>
+      <c r="AH75" s="1"/>
+      <c r="AI75" s="1"/>
+      <c r="AJ75" s="1"/>
+      <c r="AK75" s="1"/>
       <c r="AL75" s="1"/>
     </row>
     <row r="76" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
-      <c r="B76" s="12"/>
-[...34 lines deleted...]
-      <c r="AK76" s="153"/>
+      <c r="B76" s="153" t="s">
+        <v>22</v>
+      </c>
+      <c r="C76" s="153"/>
+      <c r="D76" s="153"/>
+      <c r="E76" s="153"/>
+      <c r="F76" s="153"/>
+      <c r="G76" s="154"/>
+      <c r="H76" s="155" t="s">
+        <v>23</v>
+      </c>
+      <c r="I76" s="156"/>
+      <c r="J76" s="156"/>
+      <c r="K76" s="156"/>
+      <c r="L76" s="156"/>
+      <c r="M76" s="156"/>
+      <c r="N76" s="156"/>
+      <c r="O76" s="156"/>
+      <c r="P76" s="156"/>
+      <c r="Q76" s="156"/>
+      <c r="R76" s="156"/>
+      <c r="S76" s="156"/>
+      <c r="T76" s="156"/>
+      <c r="U76" s="156"/>
+      <c r="V76" s="157"/>
+      <c r="W76" s="134" t="s">
+        <v>51</v>
+      </c>
+      <c r="X76" s="135"/>
+      <c r="Y76" s="135"/>
+      <c r="Z76" s="135"/>
+      <c r="AA76" s="135"/>
+      <c r="AB76" s="135"/>
+      <c r="AC76" s="135"/>
+      <c r="AD76" s="135"/>
+      <c r="AE76" s="135"/>
+      <c r="AF76" s="135"/>
+      <c r="AG76" s="135"/>
+      <c r="AH76" s="135"/>
+      <c r="AI76" s="135"/>
+      <c r="AJ76" s="135"/>
+      <c r="AK76" s="136"/>
       <c r="AL76" s="1"/>
     </row>
     <row r="77" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
-      <c r="B77" s="13"/>
-[...36 lines deleted...]
-      <c r="AK77" s="162"/>
+      <c r="B77" s="12"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="158"/>
+      <c r="I77" s="159"/>
+      <c r="J77" s="159"/>
+      <c r="K77" s="159"/>
+      <c r="L77" s="159"/>
+      <c r="M77" s="159"/>
+      <c r="N77" s="159"/>
+      <c r="O77" s="159"/>
+      <c r="P77" s="159"/>
+      <c r="Q77" s="159"/>
+      <c r="R77" s="159"/>
+      <c r="S77" s="159"/>
+      <c r="T77" s="159"/>
+      <c r="U77" s="159"/>
+      <c r="V77" s="160"/>
+      <c r="W77" s="137"/>
+      <c r="X77" s="138"/>
+      <c r="Y77" s="138"/>
+      <c r="Z77" s="138"/>
+      <c r="AA77" s="138"/>
+      <c r="AB77" s="138"/>
+      <c r="AC77" s="138"/>
+      <c r="AD77" s="138"/>
+      <c r="AE77" s="138"/>
+      <c r="AF77" s="138"/>
+      <c r="AG77" s="138"/>
+      <c r="AH77" s="138"/>
+      <c r="AI77" s="138"/>
+      <c r="AJ77" s="138"/>
+      <c r="AK77" s="139"/>
       <c r="AL77" s="1"/>
     </row>
     <row r="78" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
       <c r="B78" s="13"/>
-      <c r="C78" s="134"/>
-[...33 lines deleted...]
-      <c r="AK78" s="165"/>
+      <c r="C78" s="140" t="s">
+        <v>24</v>
+      </c>
+      <c r="D78" s="140"/>
+      <c r="E78" s="140"/>
+      <c r="F78" s="140"/>
+      <c r="G78" s="140"/>
+      <c r="H78" s="141"/>
+      <c r="I78" s="142"/>
+      <c r="J78" s="142"/>
+      <c r="K78" s="142"/>
+      <c r="L78" s="142"/>
+      <c r="M78" s="142"/>
+      <c r="N78" s="142"/>
+      <c r="O78" s="142"/>
+      <c r="P78" s="142"/>
+      <c r="Q78" s="142"/>
+      <c r="R78" s="142"/>
+      <c r="S78" s="142"/>
+      <c r="T78" s="142"/>
+      <c r="U78" s="142"/>
+      <c r="V78" s="143"/>
+      <c r="W78" s="147"/>
+      <c r="X78" s="148"/>
+      <c r="Y78" s="148"/>
+      <c r="Z78" s="148"/>
+      <c r="AA78" s="148"/>
+      <c r="AB78" s="148"/>
+      <c r="AC78" s="148"/>
+      <c r="AD78" s="148"/>
+      <c r="AE78" s="148"/>
+      <c r="AF78" s="148"/>
+      <c r="AG78" s="148"/>
+      <c r="AH78" s="148"/>
+      <c r="AI78" s="148"/>
+      <c r="AJ78" s="148"/>
+      <c r="AK78" s="149"/>
       <c r="AL78" s="1"/>
     </row>
     <row r="79" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
-      <c r="B79" s="14"/>
-[...36 lines deleted...]
-      <c r="AK79" s="132"/>
+      <c r="B79" s="13"/>
+      <c r="C79" s="140"/>
+      <c r="D79" s="140"/>
+      <c r="E79" s="140"/>
+      <c r="F79" s="140"/>
+      <c r="G79" s="140"/>
+      <c r="H79" s="144"/>
+      <c r="I79" s="145"/>
+      <c r="J79" s="145"/>
+      <c r="K79" s="145"/>
+      <c r="L79" s="145"/>
+      <c r="M79" s="145"/>
+      <c r="N79" s="145"/>
+      <c r="O79" s="145"/>
+      <c r="P79" s="145"/>
+      <c r="Q79" s="145"/>
+      <c r="R79" s="145"/>
+      <c r="S79" s="145"/>
+      <c r="T79" s="145"/>
+      <c r="U79" s="145"/>
+      <c r="V79" s="146"/>
+      <c r="W79" s="150"/>
+      <c r="X79" s="151"/>
+      <c r="Y79" s="151"/>
+      <c r="Z79" s="151"/>
+      <c r="AA79" s="151"/>
+      <c r="AB79" s="151"/>
+      <c r="AC79" s="151"/>
+      <c r="AD79" s="151"/>
+      <c r="AE79" s="151"/>
+      <c r="AF79" s="151"/>
+      <c r="AG79" s="151"/>
+      <c r="AH79" s="151"/>
+      <c r="AI79" s="151"/>
+      <c r="AJ79" s="151"/>
+      <c r="AK79" s="152"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="14"/>
       <c r="C80" s="133" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D80" s="133"/>
       <c r="E80" s="133"/>
       <c r="F80" s="133"/>
       <c r="G80" s="133"/>
       <c r="H80" s="127"/>
       <c r="I80" s="128"/>
       <c r="J80" s="128"/>
       <c r="K80" s="128"/>
       <c r="L80" s="128"/>
       <c r="M80" s="128"/>
       <c r="N80" s="128"/>
       <c r="O80" s="128"/>
       <c r="P80" s="128"/>
       <c r="Q80" s="128"/>
       <c r="R80" s="128"/>
       <c r="S80" s="128"/>
       <c r="T80" s="128"/>
       <c r="U80" s="128"/>
       <c r="V80" s="129"/>
       <c r="W80" s="130"/>
       <c r="X80" s="131"/>
       <c r="Y80" s="131"/>
       <c r="Z80" s="131"/>
       <c r="AA80" s="131"/>
       <c r="AB80" s="131"/>
       <c r="AC80" s="131"/>
       <c r="AD80" s="131"/>
       <c r="AE80" s="131"/>
       <c r="AF80" s="131"/>
       <c r="AG80" s="131"/>
       <c r="AH80" s="131"/>
       <c r="AI80" s="131"/>
       <c r="AJ80" s="131"/>
       <c r="AK80" s="132"/>
       <c r="AL80" s="1"/>
     </row>
     <row r="81" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
-      <c r="B81" s="13"/>
-[...36 lines deleted...]
-      <c r="AK81" s="143"/>
+      <c r="B81" s="14"/>
+      <c r="C81" s="133" t="s">
+        <v>26</v>
+      </c>
+      <c r="D81" s="133"/>
+      <c r="E81" s="133"/>
+      <c r="F81" s="133"/>
+      <c r="G81" s="133"/>
+      <c r="H81" s="127"/>
+      <c r="I81" s="128"/>
+      <c r="J81" s="128"/>
+      <c r="K81" s="128"/>
+      <c r="L81" s="128"/>
+      <c r="M81" s="128"/>
+      <c r="N81" s="128"/>
+      <c r="O81" s="128"/>
+      <c r="P81" s="128"/>
+      <c r="Q81" s="128"/>
+      <c r="R81" s="128"/>
+      <c r="S81" s="128"/>
+      <c r="T81" s="128"/>
+      <c r="U81" s="128"/>
+      <c r="V81" s="129"/>
+      <c r="W81" s="130"/>
+      <c r="X81" s="131"/>
+      <c r="Y81" s="131"/>
+      <c r="Z81" s="131"/>
+      <c r="AA81" s="131"/>
+      <c r="AB81" s="131"/>
+      <c r="AC81" s="131"/>
+      <c r="AD81" s="131"/>
+      <c r="AE81" s="131"/>
+      <c r="AF81" s="131"/>
+      <c r="AG81" s="131"/>
+      <c r="AH81" s="131"/>
+      <c r="AI81" s="131"/>
+      <c r="AJ81" s="131"/>
+      <c r="AK81" s="132"/>
       <c r="AL81" s="1"/>
     </row>
     <row r="82" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
       <c r="B82" s="13"/>
-      <c r="C82" s="134"/>
-[...33 lines deleted...]
-      <c r="AK82" s="146"/>
+      <c r="C82" s="140" t="s">
+        <v>27</v>
+      </c>
+      <c r="D82" s="140"/>
+      <c r="E82" s="140"/>
+      <c r="F82" s="140"/>
+      <c r="G82" s="140"/>
+      <c r="H82" s="161"/>
+      <c r="I82" s="162"/>
+      <c r="J82" s="162"/>
+      <c r="K82" s="162"/>
+      <c r="L82" s="162"/>
+      <c r="M82" s="162"/>
+      <c r="N82" s="162"/>
+      <c r="O82" s="162"/>
+      <c r="P82" s="162"/>
+      <c r="Q82" s="162"/>
+      <c r="R82" s="162"/>
+      <c r="S82" s="162"/>
+      <c r="T82" s="162"/>
+      <c r="U82" s="162"/>
+      <c r="V82" s="163"/>
+      <c r="W82" s="167"/>
+      <c r="X82" s="168"/>
+      <c r="Y82" s="168"/>
+      <c r="Z82" s="168"/>
+      <c r="AA82" s="168"/>
+      <c r="AB82" s="168"/>
+      <c r="AC82" s="168"/>
+      <c r="AD82" s="168"/>
+      <c r="AE82" s="168"/>
+      <c r="AF82" s="168"/>
+      <c r="AG82" s="168"/>
+      <c r="AH82" s="168"/>
+      <c r="AI82" s="168"/>
+      <c r="AJ82" s="168"/>
+      <c r="AK82" s="169"/>
       <c r="AL82" s="1"/>
     </row>
     <row r="83" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="13"/>
-      <c r="C83" s="78"/>
-[...35 lines deleted...]
-      </c>
+      <c r="C83" s="140"/>
+      <c r="D83" s="140"/>
+      <c r="E83" s="140"/>
+      <c r="F83" s="140"/>
+      <c r="G83" s="140"/>
+      <c r="H83" s="164"/>
+      <c r="I83" s="165"/>
+      <c r="J83" s="165"/>
+      <c r="K83" s="165"/>
+      <c r="L83" s="165"/>
+      <c r="M83" s="165"/>
+      <c r="N83" s="165"/>
+      <c r="O83" s="165"/>
+      <c r="P83" s="165"/>
+      <c r="Q83" s="165"/>
+      <c r="R83" s="165"/>
+      <c r="S83" s="165"/>
+      <c r="T83" s="165"/>
+      <c r="U83" s="165"/>
+      <c r="V83" s="166"/>
+      <c r="W83" s="170"/>
+      <c r="X83" s="171"/>
+      <c r="Y83" s="171"/>
+      <c r="Z83" s="171"/>
+      <c r="AA83" s="171"/>
+      <c r="AB83" s="171"/>
+      <c r="AC83" s="171"/>
+      <c r="AD83" s="171"/>
+      <c r="AE83" s="171"/>
+      <c r="AF83" s="171"/>
+      <c r="AG83" s="171"/>
+      <c r="AH83" s="171"/>
+      <c r="AI83" s="171"/>
+      <c r="AJ83" s="171"/>
+      <c r="AK83" s="172"/>
       <c r="AL83" s="1"/>
     </row>
-    <row r="84" spans="1:38" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
-      <c r="B84" s="15"/>
-[...34 lines deleted...]
-      <c r="AK84" s="76"/>
+      <c r="B84" s="13"/>
+      <c r="C84" s="78"/>
+      <c r="D84" s="78"/>
+      <c r="E84" s="78"/>
+      <c r="F84" s="78"/>
+      <c r="G84" s="78"/>
+      <c r="H84" s="79"/>
+      <c r="I84" s="79"/>
+      <c r="J84" s="79"/>
+      <c r="K84" s="79"/>
+      <c r="L84" s="79"/>
+      <c r="M84" s="79"/>
+      <c r="N84" s="79"/>
+      <c r="O84" s="79"/>
+      <c r="P84" s="79"/>
+      <c r="Q84" s="79"/>
+      <c r="R84" s="79"/>
+      <c r="S84" s="79"/>
+      <c r="T84" s="79"/>
+      <c r="U84" s="79"/>
+      <c r="V84" s="79"/>
+      <c r="W84" s="2"/>
+      <c r="X84" s="2"/>
+      <c r="Y84" s="2"/>
+      <c r="Z84" s="2"/>
+      <c r="AA84" s="2"/>
+      <c r="AB84" s="2"/>
+      <c r="AC84" s="2"/>
+      <c r="AD84" s="2"/>
+      <c r="AE84" s="2"/>
+      <c r="AF84" s="2"/>
+      <c r="AG84" s="2"/>
+      <c r="AH84" s="2"/>
+      <c r="AI84" s="2"/>
+      <c r="AJ84" s="2"/>
+      <c r="AK84" s="26" t="s">
+        <v>241</v>
+      </c>
       <c r="AL84" s="1"/>
     </row>
-    <row r="85" spans="1:38" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:38" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1"/>
-      <c r="B85" s="22" t="s">
-[...36 lines deleted...]
-      <c r="AK85" s="1"/>
+      <c r="B85" s="15"/>
+      <c r="C85" s="16"/>
+      <c r="D85" s="16"/>
+      <c r="E85" s="16"/>
+      <c r="F85" s="16"/>
+      <c r="G85" s="16"/>
+      <c r="H85" s="17"/>
+      <c r="I85" s="17"/>
+      <c r="J85" s="17"/>
+      <c r="K85" s="17"/>
+      <c r="L85" s="17"/>
+      <c r="M85" s="17"/>
+      <c r="N85" s="17"/>
+      <c r="O85" s="17"/>
+      <c r="P85" s="17"/>
+      <c r="Q85" s="17"/>
+      <c r="R85" s="17"/>
+      <c r="S85" s="17"/>
+      <c r="T85" s="17"/>
+      <c r="U85" s="17"/>
+      <c r="V85" s="17"/>
+      <c r="W85" s="18"/>
+      <c r="X85" s="18"/>
+      <c r="Y85" s="18"/>
+      <c r="Z85" s="18"/>
+      <c r="AA85" s="18"/>
+      <c r="AB85" s="18"/>
+      <c r="AC85" s="18"/>
+      <c r="AD85" s="18"/>
+      <c r="AE85" s="18"/>
+      <c r="AF85" s="18"/>
+      <c r="AG85" s="18"/>
+      <c r="AH85" s="18"/>
+      <c r="AI85" s="18"/>
+      <c r="AJ85" s="18"/>
+      <c r="AK85" s="76"/>
       <c r="AL85" s="1"/>
     </row>
     <row r="86" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
-      <c r="B86" s="133" t="s">
-[...36 lines deleted...]
-      <c r="AK86" s="133"/>
+      <c r="B86" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="C86" s="22"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1"/>
+      <c r="I86" s="1"/>
+      <c r="J86" s="1"/>
+      <c r="K86" s="1"/>
+      <c r="L86" s="1"/>
+      <c r="M86" s="1"/>
+      <c r="N86" s="1"/>
+      <c r="O86" s="1"/>
+      <c r="P86" s="1"/>
+      <c r="Q86" s="1"/>
+      <c r="R86" s="1"/>
+      <c r="S86" s="1"/>
+      <c r="T86" s="1"/>
+      <c r="U86" s="1"/>
+      <c r="V86" s="1"/>
+      <c r="W86" s="1"/>
+      <c r="X86" s="1"/>
+      <c r="Y86" s="1"/>
+      <c r="Z86" s="1"/>
+      <c r="AA86" s="1"/>
+      <c r="AB86" s="1"/>
+      <c r="AC86" s="1"/>
+      <c r="AD86" s="1"/>
+      <c r="AE86" s="1"/>
+      <c r="AF86" s="1"/>
+      <c r="AG86" s="1"/>
+      <c r="AH86" s="1"/>
+      <c r="AI86" s="1"/>
+      <c r="AJ86" s="1"/>
+      <c r="AK86" s="1"/>
       <c r="AL86" s="1"/>
     </row>
     <row r="87" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
       <c r="B87" s="133" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C87" s="133"/>
       <c r="D87" s="133"/>
       <c r="E87" s="133"/>
       <c r="F87" s="133"/>
       <c r="G87" s="133"/>
       <c r="H87" s="133"/>
       <c r="I87" s="133"/>
       <c r="J87" s="133"/>
       <c r="K87" s="133"/>
       <c r="L87" s="133"/>
       <c r="M87" s="133"/>
       <c r="N87" s="133"/>
       <c r="O87" s="133"/>
       <c r="P87" s="133"/>
       <c r="Q87" s="133"/>
       <c r="R87" s="133"/>
       <c r="S87" s="133"/>
       <c r="T87" s="133"/>
       <c r="U87" s="133"/>
       <c r="V87" s="133"/>
       <c r="W87" s="133"/>
       <c r="X87" s="133"/>
       <c r="Y87" s="133"/>
       <c r="Z87" s="133"/>
       <c r="AA87" s="133"/>
       <c r="AB87" s="133"/>
       <c r="AC87" s="133"/>
       <c r="AD87" s="133"/>
       <c r="AE87" s="133"/>
       <c r="AF87" s="133"/>
       <c r="AG87" s="133"/>
       <c r="AH87" s="133"/>
       <c r="AI87" s="133"/>
       <c r="AJ87" s="133"/>
       <c r="AK87" s="133"/>
       <c r="AL87" s="1"/>
     </row>
     <row r="88" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1"/>
       <c r="B88" s="133" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C88" s="133"/>
       <c r="D88" s="133"/>
       <c r="E88" s="133"/>
       <c r="F88" s="133"/>
       <c r="G88" s="133"/>
       <c r="H88" s="133"/>
       <c r="I88" s="133"/>
       <c r="J88" s="133"/>
       <c r="K88" s="133"/>
       <c r="L88" s="133"/>
       <c r="M88" s="133"/>
       <c r="N88" s="133"/>
       <c r="O88" s="133"/>
       <c r="P88" s="133"/>
       <c r="Q88" s="133"/>
       <c r="R88" s="133"/>
       <c r="S88" s="133"/>
       <c r="T88" s="133"/>
       <c r="U88" s="133"/>
       <c r="V88" s="133"/>
       <c r="W88" s="133"/>
       <c r="X88" s="133"/>
       <c r="Y88" s="133"/>
       <c r="Z88" s="133"/>
       <c r="AA88" s="133"/>
       <c r="AB88" s="133"/>
       <c r="AC88" s="133"/>
       <c r="AD88" s="133"/>
       <c r="AE88" s="133"/>
       <c r="AF88" s="133"/>
       <c r="AG88" s="133"/>
       <c r="AH88" s="133"/>
       <c r="AI88" s="133"/>
       <c r="AJ88" s="133"/>
-      <c r="AK88" s="1"/>
+      <c r="AK88" s="133"/>
       <c r="AL88" s="1"/>
     </row>
-    <row r="89" spans="1:38" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="6"/>
-[...34 lines deleted...]
-      <c r="AK89" s="6"/>
+      <c r="B89" s="133" t="s">
+        <v>31</v>
+      </c>
+      <c r="C89" s="133"/>
+      <c r="D89" s="133"/>
+      <c r="E89" s="133"/>
+      <c r="F89" s="133"/>
+      <c r="G89" s="133"/>
+      <c r="H89" s="133"/>
+      <c r="I89" s="133"/>
+      <c r="J89" s="133"/>
+      <c r="K89" s="133"/>
+      <c r="L89" s="133"/>
+      <c r="M89" s="133"/>
+      <c r="N89" s="133"/>
+      <c r="O89" s="133"/>
+      <c r="P89" s="133"/>
+      <c r="Q89" s="133"/>
+      <c r="R89" s="133"/>
+      <c r="S89" s="133"/>
+      <c r="T89" s="133"/>
+      <c r="U89" s="133"/>
+      <c r="V89" s="133"/>
+      <c r="W89" s="133"/>
+      <c r="X89" s="133"/>
+      <c r="Y89" s="133"/>
+      <c r="Z89" s="133"/>
+      <c r="AA89" s="133"/>
+      <c r="AB89" s="133"/>
+      <c r="AC89" s="133"/>
+      <c r="AD89" s="133"/>
+      <c r="AE89" s="133"/>
+      <c r="AF89" s="133"/>
+      <c r="AG89" s="133"/>
+      <c r="AH89" s="133"/>
+      <c r="AI89" s="133"/>
+      <c r="AJ89" s="133"/>
+      <c r="AK89" s="1"/>
       <c r="AL89" s="1"/>
     </row>
-    <row r="90" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:38" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1"/>
-      <c r="B90" s="22" t="s">
+      <c r="B90" s="6"/>
+      <c r="C90" s="6"/>
+      <c r="D90" s="6"/>
+      <c r="E90" s="6"/>
+      <c r="F90" s="6"/>
+      <c r="G90" s="6"/>
+      <c r="H90" s="6"/>
+      <c r="I90" s="6"/>
+      <c r="J90" s="6"/>
+      <c r="K90" s="6"/>
+      <c r="L90" s="6"/>
+      <c r="M90" s="6"/>
+      <c r="N90" s="6"/>
+      <c r="O90" s="6"/>
+      <c r="P90" s="6"/>
+      <c r="Q90" s="6"/>
+      <c r="R90" s="6"/>
+      <c r="S90" s="6"/>
+      <c r="T90" s="6"/>
+      <c r="U90" s="6"/>
+      <c r="V90" s="6"/>
+      <c r="W90" s="6"/>
+      <c r="X90" s="6"/>
+      <c r="Y90" s="6"/>
+      <c r="Z90" s="6"/>
+      <c r="AA90" s="6"/>
+      <c r="AB90" s="6"/>
+      <c r="AC90" s="6"/>
+      <c r="AD90" s="6"/>
+      <c r="AE90" s="6"/>
+      <c r="AF90" s="6"/>
+      <c r="AG90" s="6"/>
+      <c r="AH90" s="6"/>
+      <c r="AI90" s="6"/>
+      <c r="AJ90" s="6"/>
+      <c r="AK90" s="6"/>
+      <c r="AL90" s="1"/>
+    </row>
+    <row r="91" spans="1:38" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="1"/>
+      <c r="B91" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="C90" s="22"/>
-[...75 lines deleted...]
-      <c r="AK91" s="133"/>
+      <c r="C91" s="22"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
+      <c r="H91" s="1"/>
+      <c r="I91" s="1"/>
+      <c r="J91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="L91" s="1"/>
+      <c r="M91" s="1"/>
+      <c r="N91" s="1"/>
+      <c r="O91" s="1"/>
+      <c r="P91" s="1"/>
+      <c r="Q91" s="1"/>
+      <c r="R91" s="1"/>
+      <c r="S91" s="1"/>
+      <c r="T91" s="1"/>
+      <c r="U91" s="1"/>
+      <c r="V91" s="1"/>
+      <c r="W91" s="1"/>
+      <c r="X91" s="1"/>
+      <c r="Y91" s="1"/>
+      <c r="Z91" s="1"/>
+      <c r="AA91" s="1"/>
+      <c r="AB91" s="1"/>
+      <c r="AC91" s="1"/>
+      <c r="AD91" s="1"/>
+      <c r="AE91" s="1"/>
+      <c r="AF91" s="1"/>
+      <c r="AG91" s="1"/>
+      <c r="AH91" s="1"/>
+      <c r="AI91" s="1"/>
+      <c r="AJ91" s="1"/>
+      <c r="AK91" s="1"/>
       <c r="AL91" s="1"/>
     </row>
     <row r="92" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
-      <c r="B92" s="14" t="s">
-[...36 lines deleted...]
-      <c r="AK92" s="13"/>
+      <c r="B92" s="133" t="s">
+        <v>53</v>
+      </c>
+      <c r="C92" s="133"/>
+      <c r="D92" s="133"/>
+      <c r="E92" s="133"/>
+      <c r="F92" s="133"/>
+      <c r="G92" s="133"/>
+      <c r="H92" s="133"/>
+      <c r="I92" s="133"/>
+      <c r="J92" s="133"/>
+      <c r="K92" s="133"/>
+      <c r="L92" s="133"/>
+      <c r="M92" s="133"/>
+      <c r="N92" s="133"/>
+      <c r="O92" s="133"/>
+      <c r="P92" s="133"/>
+      <c r="Q92" s="133"/>
+      <c r="R92" s="133"/>
+      <c r="S92" s="133"/>
+      <c r="T92" s="133"/>
+      <c r="U92" s="133"/>
+      <c r="V92" s="133"/>
+      <c r="W92" s="133"/>
+      <c r="X92" s="133"/>
+      <c r="Y92" s="133"/>
+      <c r="Z92" s="133"/>
+      <c r="AA92" s="133"/>
+      <c r="AB92" s="133"/>
+      <c r="AC92" s="133"/>
+      <c r="AD92" s="133"/>
+      <c r="AE92" s="133"/>
+      <c r="AF92" s="133"/>
+      <c r="AG92" s="133"/>
+      <c r="AH92" s="133"/>
+      <c r="AI92" s="133"/>
+      <c r="AJ92" s="133"/>
+      <c r="AK92" s="133"/>
       <c r="AL92" s="1"/>
     </row>
     <row r="93" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
-      <c r="B93" s="133" t="s">
-[...36 lines deleted...]
-      <c r="AK93" s="133"/>
+      <c r="B93" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C93" s="13"/>
+      <c r="D93" s="13"/>
+      <c r="E93" s="13"/>
+      <c r="F93" s="13"/>
+      <c r="G93" s="13"/>
+      <c r="H93" s="13"/>
+      <c r="I93" s="13"/>
+      <c r="J93" s="13"/>
+      <c r="K93" s="13"/>
+      <c r="L93" s="13"/>
+      <c r="M93" s="13"/>
+      <c r="N93" s="13"/>
+      <c r="O93" s="13"/>
+      <c r="P93" s="13"/>
+      <c r="Q93" s="13"/>
+      <c r="R93" s="13"/>
+      <c r="S93" s="13"/>
+      <c r="T93" s="13"/>
+      <c r="U93" s="13"/>
+      <c r="V93" s="13"/>
+      <c r="W93" s="13"/>
+      <c r="X93" s="13"/>
+      <c r="Y93" s="13"/>
+      <c r="Z93" s="13"/>
+      <c r="AA93" s="13"/>
+      <c r="AB93" s="13"/>
+      <c r="AC93" s="13"/>
+      <c r="AD93" s="13"/>
+      <c r="AE93" s="13"/>
+      <c r="AF93" s="13"/>
+      <c r="AG93" s="13"/>
+      <c r="AH93" s="13"/>
+      <c r="AI93" s="13"/>
+      <c r="AJ93" s="13"/>
+      <c r="AK93" s="13"/>
       <c r="AL93" s="1"/>
     </row>
     <row r="94" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
-      <c r="B94" s="147" t="s">
+      <c r="B94" s="133" t="s">
+        <v>33</v>
+      </c>
+      <c r="C94" s="133"/>
+      <c r="D94" s="133"/>
+      <c r="E94" s="133"/>
+      <c r="F94" s="133"/>
+      <c r="G94" s="133"/>
+      <c r="H94" s="133"/>
+      <c r="I94" s="133"/>
+      <c r="J94" s="133"/>
+      <c r="K94" s="133"/>
+      <c r="L94" s="133"/>
+      <c r="M94" s="133"/>
+      <c r="N94" s="133"/>
+      <c r="O94" s="133"/>
+      <c r="P94" s="133"/>
+      <c r="Q94" s="133"/>
+      <c r="R94" s="133"/>
+      <c r="S94" s="133"/>
+      <c r="T94" s="133"/>
+      <c r="U94" s="133"/>
+      <c r="V94" s="133"/>
+      <c r="W94" s="133"/>
+      <c r="X94" s="133"/>
+      <c r="Y94" s="133"/>
+      <c r="Z94" s="133"/>
+      <c r="AA94" s="133"/>
+      <c r="AB94" s="133"/>
+      <c r="AC94" s="133"/>
+      <c r="AD94" s="133"/>
+      <c r="AE94" s="133"/>
+      <c r="AF94" s="133"/>
+      <c r="AG94" s="133"/>
+      <c r="AH94" s="133"/>
+      <c r="AI94" s="133"/>
+      <c r="AJ94" s="133"/>
+      <c r="AK94" s="133"/>
+      <c r="AL94" s="1"/>
+    </row>
+    <row r="95" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="1"/>
+      <c r="B95" s="173" t="s">
         <v>34</v>
       </c>
-      <c r="C94" s="147"/>
-[...73 lines deleted...]
-      <c r="AK95" s="25"/>
+      <c r="C95" s="173"/>
+      <c r="D95" s="173"/>
+      <c r="E95" s="173"/>
+      <c r="F95" s="173"/>
+      <c r="G95" s="173"/>
+      <c r="H95" s="173"/>
+      <c r="I95" s="173"/>
+      <c r="J95" s="173"/>
+      <c r="K95" s="173"/>
+      <c r="L95" s="173"/>
+      <c r="M95" s="173"/>
+      <c r="N95" s="173"/>
+      <c r="O95" s="173"/>
+      <c r="P95" s="173"/>
+      <c r="Q95" s="173"/>
+      <c r="R95" s="173"/>
+      <c r="S95" s="173"/>
+      <c r="T95" s="173"/>
+      <c r="U95" s="173"/>
+      <c r="V95" s="173"/>
+      <c r="W95" s="173"/>
+      <c r="X95" s="173"/>
+      <c r="Y95" s="173"/>
+      <c r="Z95" s="173"/>
+      <c r="AA95" s="173"/>
+      <c r="AB95" s="173"/>
+      <c r="AC95" s="173"/>
+      <c r="AD95" s="173"/>
+      <c r="AE95" s="173"/>
+      <c r="AF95" s="173"/>
+      <c r="AG95" s="173"/>
+      <c r="AH95" s="173"/>
+      <c r="AI95" s="173"/>
+      <c r="AJ95" s="173"/>
+      <c r="AK95" s="173"/>
       <c r="AL95" s="1"/>
     </row>
     <row r="96" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="1"/>
+      <c r="B96" s="18"/>
+      <c r="C96" s="18"/>
+      <c r="D96" s="23"/>
+      <c r="E96" s="23"/>
+      <c r="F96" s="23"/>
+      <c r="G96" s="23"/>
+      <c r="H96" s="23"/>
+      <c r="I96" s="23"/>
+      <c r="J96" s="23"/>
+      <c r="K96" s="23"/>
+      <c r="L96" s="23"/>
+      <c r="M96" s="23"/>
+      <c r="N96" s="24"/>
+      <c r="O96" s="24"/>
+      <c r="P96" s="24"/>
+      <c r="Q96" s="24"/>
+      <c r="R96" s="24"/>
+      <c r="S96" s="24"/>
+      <c r="T96" s="24"/>
+      <c r="U96" s="24"/>
+      <c r="V96" s="25"/>
+      <c r="W96" s="25"/>
+      <c r="X96" s="25"/>
+      <c r="Y96" s="25"/>
+      <c r="Z96" s="25"/>
+      <c r="AA96" s="25"/>
+      <c r="AB96" s="25"/>
+      <c r="AC96" s="25"/>
+      <c r="AD96" s="25"/>
+      <c r="AE96" s="25"/>
+      <c r="AF96" s="25"/>
+      <c r="AG96" s="25"/>
+      <c r="AH96" s="25"/>
+      <c r="AI96" s="25"/>
+      <c r="AJ96" s="25"/>
+      <c r="AK96" s="25"/>
       <c r="AL96" s="1"/>
     </row>
     <row r="97" spans="38:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AL97" s="1"/>
     </row>
-    <row r="98" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL98" s="1"/>
+    </row>
     <row r="99" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="101" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="102" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="103" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="104" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="105" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="106" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="107" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="108" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="109" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="114" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -15541,286 +15642,291 @@
     <row r="176" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="177" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="178" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="179" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="180" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="181" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="182" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="183" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="184" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="185" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="186" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="187" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="188" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="189" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="190" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="191" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="193" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="194" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="195" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="196" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="197" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="198" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="199" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="200" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="201" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="209" spans="1:38" hidden="1" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-      <c r="AL212" s="1"/>
+    <row r="210" spans="1:38" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="1"/>
+      <c r="B210" s="1"/>
+      <c r="C210" s="1"/>
+      <c r="D210" s="1"/>
+      <c r="E210" s="1"/>
+      <c r="F210" s="1"/>
+      <c r="G210" s="1"/>
+      <c r="H210" s="1"/>
+      <c r="I210" s="1"/>
+      <c r="J210" s="1"/>
+      <c r="K210" s="1"/>
+      <c r="L210" s="1"/>
+      <c r="M210" s="1"/>
+      <c r="N210" s="1"/>
+      <c r="O210" s="1"/>
+      <c r="P210" s="1"/>
+      <c r="Q210" s="1"/>
+      <c r="R210" s="1"/>
+      <c r="S210" s="1"/>
+      <c r="T210" s="1"/>
+      <c r="U210" s="1"/>
+      <c r="V210" s="1"/>
+      <c r="W210" s="1"/>
+      <c r="X210" s="1"/>
+      <c r="Y210" s="1"/>
+      <c r="Z210" s="1"/>
+      <c r="AA210" s="1"/>
+      <c r="AB210" s="1"/>
+      <c r="AC210" s="1"/>
+      <c r="AD210" s="1"/>
+      <c r="AE210" s="1"/>
+      <c r="AF210" s="1"/>
+      <c r="AG210" s="1"/>
+      <c r="AH210" s="1"/>
+      <c r="AI210" s="1"/>
+      <c r="AJ210" s="1"/>
+      <c r="AK210" s="1"/>
+    </row>
+    <row r="213" spans="1:38" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AL213" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="4ErwMNQJY7C02J602etKOwl2kK4BnhEcz+Aj4MSxWB35sZOki/Ch9Ab+6Hd0E7g+g3H/EcGu1Y0B5vWkUWP8/Q==" saltValue="/3te3EfPKGpEZ09IS2Xf+g==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="U+1jw10QpO06Hn+aVWtQiwDkpub71fIEspOJtPdUwQbiHlXb0l+WgXjIAIekIfMIdwGikq0aOJUwkB8CiDnfMg==" saltValue="+Ysz37Os7tZLx2XG88jcvQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="50">
     <mergeCell ref="B2:F5"/>
     <mergeCell ref="G2:O5"/>
     <mergeCell ref="P2:X5"/>
     <mergeCell ref="Y2:AK5"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="F7:P7"/>
     <mergeCell ref="Q7:T7"/>
     <mergeCell ref="U7:Z7"/>
     <mergeCell ref="AB7:AE7"/>
     <mergeCell ref="AF7:AK7"/>
-    <mergeCell ref="B50:AK59"/>
+    <mergeCell ref="B51:AK60"/>
     <mergeCell ref="F9:AK9"/>
     <mergeCell ref="H17:J17"/>
     <mergeCell ref="R17:T17"/>
     <mergeCell ref="U17:V17"/>
     <mergeCell ref="Y17:Z17"/>
     <mergeCell ref="P19:R19"/>
     <mergeCell ref="X19:Z19"/>
     <mergeCell ref="K30:AK30"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B25:J25"/>
     <mergeCell ref="B38:K38"/>
     <mergeCell ref="Y41:AK41"/>
-    <mergeCell ref="Y45:AK45"/>
     <mergeCell ref="P21:R21"/>
-    <mergeCell ref="C81:G82"/>
-[...2 lines deleted...]
-    <mergeCell ref="B93:AK93"/>
+    <mergeCell ref="X21:Z21"/>
+    <mergeCell ref="C82:G83"/>
+    <mergeCell ref="H82:V83"/>
+    <mergeCell ref="W82:AK83"/>
     <mergeCell ref="B94:AK94"/>
-    <mergeCell ref="B86:AK86"/>
+    <mergeCell ref="B95:AK95"/>
     <mergeCell ref="B87:AK87"/>
-    <mergeCell ref="B88:AJ88"/>
-[...5 lines deleted...]
-    <mergeCell ref="C80:G80"/>
+    <mergeCell ref="B88:AK88"/>
+    <mergeCell ref="B89:AJ89"/>
+    <mergeCell ref="B92:AK92"/>
+    <mergeCell ref="Y45:AK46"/>
+    <mergeCell ref="B50:AK50"/>
     <mergeCell ref="H80:V80"/>
     <mergeCell ref="W80:AK80"/>
-    <mergeCell ref="C79:G79"/>
-[...3 lines deleted...]
-    <mergeCell ref="W77:AK78"/>
+    <mergeCell ref="C81:G81"/>
+    <mergeCell ref="H81:V81"/>
+    <mergeCell ref="W81:AK81"/>
+    <mergeCell ref="C80:G80"/>
+    <mergeCell ref="W76:AK77"/>
+    <mergeCell ref="C78:G79"/>
+    <mergeCell ref="H78:V79"/>
+    <mergeCell ref="W78:AK79"/>
+    <mergeCell ref="V65:AK65"/>
+    <mergeCell ref="B76:G76"/>
+    <mergeCell ref="H76:V77"/>
     <mergeCell ref="V64:AK64"/>
-    <mergeCell ref="B75:G75"/>
-[...1 lines deleted...]
-    <mergeCell ref="V63:AK63"/>
   </mergeCells>
-  <conditionalFormatting sqref="D66">
-    <cfRule type="expression" dxfId="14" priority="24">
+  <conditionalFormatting sqref="B21:AK21">
+    <cfRule type="expression" dxfId="16" priority="1">
+      <formula>$Y$17="&lt;20"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D67">
+    <cfRule type="expression" dxfId="15" priority="25">
       <formula>$AM$23&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D67">
-[...1 lines deleted...]
-      <formula>$AK$47="Fournir justificatifs EN-VS-104 et EN-VS-110"</formula>
+  <conditionalFormatting sqref="D68">
+    <cfRule type="expression" dxfId="14" priority="5">
+      <formula>$AK$48="Fournir justificatifs EN-VS-104 et EN-VS-110"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D68">
-    <cfRule type="expression" dxfId="12" priority="44">
+  <conditionalFormatting sqref="D69">
+    <cfRule type="expression" dxfId="13" priority="45">
       <formula>$AM$26&lt;&gt;5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D69">
-    <cfRule type="expression" dxfId="11" priority="2">
+  <conditionalFormatting sqref="D70">
+    <cfRule type="expression" dxfId="12" priority="3">
       <formula>OR($AN$39=2,AND($AN$39=3,$Y$41="autre (justifier en annexe)"))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D70">
-[...1 lines deleted...]
-      <formula>OR($AK$42="Joindre document de simulation",$AK$46="Joindre document de simulation")</formula>
+  <conditionalFormatting sqref="D71">
+    <cfRule type="expression" dxfId="11" priority="2">
+      <formula>OR($AK$42="Joindre document de simulation",$AK$47="Joindre document de simulation")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD19">
-    <cfRule type="expression" dxfId="9" priority="42">
+    <cfRule type="expression" dxfId="10" priority="43">
       <formula>$AN$19=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD21">
-    <cfRule type="expression" dxfId="8" priority="5">
+    <cfRule type="expression" dxfId="9" priority="6">
       <formula>$AN$21=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD12:AH12">
-    <cfRule type="cellIs" dxfId="7" priority="34" operator="equal">
+    <cfRule type="cellIs" dxfId="8" priority="35" operator="equal">
       <formula>"à renseigner"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="Y41:AK41" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$AQ$46:$AQ$52</formula1>
     </dataValidation>
-    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="Y45:AK45" xr:uid="{00000000-0002-0000-0100-000001000000}">
-      <formula1>$AQ$36:$AQ$43</formula1>
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="Y45" xr:uid="{00000000-0002-0000-0100-000001000000}">
+      <formula1>$AQ$36:$AQ$44</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="60" max="37" man="1"/>
+    <brk id="61" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1041" r:id="rId4" name="Check Box 17">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>61</xdr:row>
+                    <xdr:row>62</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>61</xdr:row>
+                    <xdr:row>62</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1042" r:id="rId5" name="Check Box 18">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>133350</xdr:colOff>
+                    <xdr:row>64</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>2</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>64</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1043" r:id="rId6" name="Check Box 19">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>63</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>63</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1043" r:id="rId6" name="Check Box 19">
-[...20 lines deleted...]
-          <mc:Choice Requires="x14">
             <control shapeId="1044" r:id="rId7" name="Check Box 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>64</xdr:row>
+                    <xdr:row>65</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>64</xdr:row>
+                    <xdr:row>65</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1052" r:id="rId8" name="Option Button 28">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
@@ -15990,58 +16096,58 @@
                   <from>
                     <xdr:col>22</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>23</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1067" r:id="rId17" name="Check Box 43">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>70</xdr:row>
+                    <xdr:row>71</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>70</xdr:row>
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:row>72</xdr:row>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1070" r:id="rId18" name="Option Button 46">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
@@ -16144,57 +16250,57 @@
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1087" r:id="rId24" name="Check Box 63">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>65</xdr:row>
+                    <xdr:row>66</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>65</xdr:row>
+                    <xdr:row>66</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1089" r:id="rId25" name="Option Button 65">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
@@ -16276,79 +16382,79 @@
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1097" r:id="rId30" name="Check Box 73">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>66</xdr:row>
+                    <xdr:row>67</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>66</xdr:row>
+                    <xdr:row>67</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1101" r:id="rId31" name="Check Box 77">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>67</xdr:row>
+                    <xdr:row>68</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>67</xdr:row>
+                    <xdr:row>68</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1102" r:id="rId32" name="Group Box 78">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>323850</xdr:colOff>
                     <xdr:row>42</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
@@ -16386,57 +16492,57 @@
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>333375</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1105" r:id="rId35" name="Check Box 81">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>68</xdr:row>
+                    <xdr:row>69</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>68</xdr:row>
+                    <xdr:row>69</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1109" r:id="rId36" name="Group Box 85">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
@@ -16452,57 +16558,57 @@
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>24</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1125" r:id="rId38" name="Check Box 101">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>69</xdr:row>
+                    <xdr:row>70</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>69</xdr:row>
+                    <xdr:row>70</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6EFEF35-9439-4B75-BF22-9193792FA625}">
   <sheetPr codeName="Feuil2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15:S17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
@@ -17496,57 +17602,57 @@
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BI223"/>
+  <dimension ref="A1:BI224"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="F7" sqref="F7:P7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="3" width="3" style="8" customWidth="1"/>
     <col min="4" max="4" width="3.5703125" style="8" customWidth="1"/>
     <col min="5" max="10" width="3" style="8" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="8" customWidth="1"/>
     <col min="12" max="19" width="3" style="8" customWidth="1"/>
     <col min="20" max="20" width="4.42578125" style="8" customWidth="1"/>
     <col min="21" max="23" width="3" style="8" customWidth="1"/>
     <col min="24" max="24" width="3.85546875" style="8" customWidth="1"/>
     <col min="25" max="25" width="4.7109375" style="8" customWidth="1"/>
     <col min="26" max="38" width="3" style="8" customWidth="1"/>
     <col min="39" max="39" width="5.28515625" style="69" hidden="1" customWidth="1"/>
     <col min="40" max="40" width="8.85546875" style="69" hidden="1" customWidth="1"/>
     <col min="41" max="45" width="3" style="69" hidden="1" customWidth="1"/>
     <col min="46" max="46" width="25.42578125" style="69" hidden="1" customWidth="1"/>
     <col min="47" max="47" width="4.7109375" style="69" hidden="1" customWidth="1"/>
     <col min="48" max="16384" width="3" style="69" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -17564,224 +17670,224 @@
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
     </row>
     <row r="2" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="191"/>
-[...4 lines deleted...]
-      <c r="G2" s="200" t="s">
+      <c r="B2" s="192"/>
+      <c r="C2" s="193"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="193"/>
+      <c r="F2" s="194"/>
+      <c r="G2" s="201" t="s">
         <v>135</v>
       </c>
-      <c r="H2" s="201"/>
-[...7 lines deleted...]
-      <c r="P2" s="209" t="s">
+      <c r="H2" s="202"/>
+      <c r="I2" s="202"/>
+      <c r="J2" s="202"/>
+      <c r="K2" s="202"/>
+      <c r="L2" s="202"/>
+      <c r="M2" s="202"/>
+      <c r="N2" s="202"/>
+      <c r="O2" s="203"/>
+      <c r="P2" s="210" t="s">
         <v>1</v>
       </c>
-      <c r="Q2" s="210"/>
-[...7 lines deleted...]
-      <c r="Y2" s="218" t="s">
+      <c r="Q2" s="211"/>
+      <c r="R2" s="211"/>
+      <c r="S2" s="211"/>
+      <c r="T2" s="211"/>
+      <c r="U2" s="211"/>
+      <c r="V2" s="211"/>
+      <c r="W2" s="211"/>
+      <c r="X2" s="212"/>
+      <c r="Y2" s="219" t="s">
         <v>136</v>
       </c>
-      <c r="Z2" s="219"/>
-[...10 lines deleted...]
-      <c r="AK2" s="220"/>
+      <c r="Z2" s="220"/>
+      <c r="AA2" s="220"/>
+      <c r="AB2" s="220"/>
+      <c r="AC2" s="220"/>
+      <c r="AD2" s="220"/>
+      <c r="AE2" s="220"/>
+      <c r="AF2" s="220"/>
+      <c r="AG2" s="220"/>
+      <c r="AH2" s="220"/>
+      <c r="AI2" s="220"/>
+      <c r="AJ2" s="220"/>
+      <c r="AK2" s="221"/>
       <c r="AL2" s="1"/>
     </row>
     <row r="3" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
-      <c r="B3" s="194"/>
-[...34 lines deleted...]
-      <c r="AK3" s="223"/>
+      <c r="B3" s="195"/>
+      <c r="C3" s="196"/>
+      <c r="D3" s="196"/>
+      <c r="E3" s="196"/>
+      <c r="F3" s="197"/>
+      <c r="G3" s="204"/>
+      <c r="H3" s="205"/>
+      <c r="I3" s="205"/>
+      <c r="J3" s="205"/>
+      <c r="K3" s="205"/>
+      <c r="L3" s="205"/>
+      <c r="M3" s="205"/>
+      <c r="N3" s="205"/>
+      <c r="O3" s="206"/>
+      <c r="P3" s="213"/>
+      <c r="Q3" s="214"/>
+      <c r="R3" s="214"/>
+      <c r="S3" s="214"/>
+      <c r="T3" s="214"/>
+      <c r="U3" s="214"/>
+      <c r="V3" s="214"/>
+      <c r="W3" s="214"/>
+      <c r="X3" s="215"/>
+      <c r="Y3" s="222"/>
+      <c r="Z3" s="223"/>
+      <c r="AA3" s="223"/>
+      <c r="AB3" s="223"/>
+      <c r="AC3" s="223"/>
+      <c r="AD3" s="223"/>
+      <c r="AE3" s="223"/>
+      <c r="AF3" s="223"/>
+      <c r="AG3" s="223"/>
+      <c r="AH3" s="223"/>
+      <c r="AI3" s="223"/>
+      <c r="AJ3" s="223"/>
+      <c r="AK3" s="224"/>
       <c r="AL3" s="1"/>
       <c r="AU3" s="69" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="194"/>
-[...34 lines deleted...]
-      <c r="AK4" s="223"/>
+      <c r="B4" s="195"/>
+      <c r="C4" s="196"/>
+      <c r="D4" s="196"/>
+      <c r="E4" s="196"/>
+      <c r="F4" s="197"/>
+      <c r="G4" s="204"/>
+      <c r="H4" s="205"/>
+      <c r="I4" s="205"/>
+      <c r="J4" s="205"/>
+      <c r="K4" s="205"/>
+      <c r="L4" s="205"/>
+      <c r="M4" s="205"/>
+      <c r="N4" s="205"/>
+      <c r="O4" s="206"/>
+      <c r="P4" s="213"/>
+      <c r="Q4" s="214"/>
+      <c r="R4" s="214"/>
+      <c r="S4" s="214"/>
+      <c r="T4" s="214"/>
+      <c r="U4" s="214"/>
+      <c r="V4" s="214"/>
+      <c r="W4" s="214"/>
+      <c r="X4" s="215"/>
+      <c r="Y4" s="222"/>
+      <c r="Z4" s="223"/>
+      <c r="AA4" s="223"/>
+      <c r="AB4" s="223"/>
+      <c r="AC4" s="223"/>
+      <c r="AD4" s="223"/>
+      <c r="AE4" s="223"/>
+      <c r="AF4" s="223"/>
+      <c r="AG4" s="223"/>
+      <c r="AH4" s="223"/>
+      <c r="AI4" s="223"/>
+      <c r="AJ4" s="223"/>
+      <c r="AK4" s="224"/>
       <c r="AL4" s="1"/>
       <c r="AT4" s="69" t="s">
         <v>152</v>
       </c>
       <c r="AU4" s="71" t="s">
         <v>72</v>
       </c>
       <c r="BA4" s="29" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="5" spans="1:53" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="197"/>
-[...34 lines deleted...]
-      <c r="AK5" s="226"/>
+      <c r="B5" s="198"/>
+      <c r="C5" s="199"/>
+      <c r="D5" s="199"/>
+      <c r="E5" s="199"/>
+      <c r="F5" s="200"/>
+      <c r="G5" s="207"/>
+      <c r="H5" s="208"/>
+      <c r="I5" s="208"/>
+      <c r="J5" s="208"/>
+      <c r="K5" s="208"/>
+      <c r="L5" s="208"/>
+      <c r="M5" s="208"/>
+      <c r="N5" s="208"/>
+      <c r="O5" s="209"/>
+      <c r="P5" s="216"/>
+      <c r="Q5" s="217"/>
+      <c r="R5" s="217"/>
+      <c r="S5" s="217"/>
+      <c r="T5" s="217"/>
+      <c r="U5" s="217"/>
+      <c r="V5" s="217"/>
+      <c r="W5" s="217"/>
+      <c r="X5" s="218"/>
+      <c r="Y5" s="225"/>
+      <c r="Z5" s="226"/>
+      <c r="AA5" s="226"/>
+      <c r="AB5" s="226"/>
+      <c r="AC5" s="226"/>
+      <c r="AD5" s="226"/>
+      <c r="AE5" s="226"/>
+      <c r="AF5" s="226"/>
+      <c r="AG5" s="226"/>
+      <c r="AH5" s="226"/>
+      <c r="AI5" s="226"/>
+      <c r="AJ5" s="226"/>
+      <c r="AK5" s="227"/>
       <c r="AL5" s="1"/>
       <c r="AT5" s="69" t="s">
         <v>153</v>
       </c>
       <c r="AU5" s="69">
         <v>20</v>
       </c>
       <c r="BA5" s="29" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:53" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
@@ -17802,87 +17908,87 @@
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
       <c r="AK6" s="5"/>
       <c r="AL6" s="1"/>
       <c r="AT6" s="69" t="s">
         <v>154</v>
       </c>
       <c r="AU6" s="69">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:53" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="133" t="s">
         <v>143</v>
       </c>
       <c r="C7" s="133"/>
       <c r="D7" s="133"/>
-      <c r="E7" s="227"/>
+      <c r="E7" s="228"/>
       <c r="F7" s="183"/>
       <c r="G7" s="128"/>
       <c r="H7" s="128"/>
       <c r="I7" s="128"/>
       <c r="J7" s="128"/>
       <c r="K7" s="128"/>
       <c r="L7" s="128"/>
       <c r="M7" s="128"/>
       <c r="N7" s="128"/>
       <c r="O7" s="128"/>
       <c r="P7" s="184"/>
-      <c r="Q7" s="228" t="s">
+      <c r="Q7" s="229" t="s">
         <v>145</v>
       </c>
-      <c r="R7" s="229"/>
-[...7 lines deleted...]
-      <c r="Z7" s="233"/>
+      <c r="R7" s="230"/>
+      <c r="S7" s="230"/>
+      <c r="T7" s="231"/>
+      <c r="U7" s="232"/>
+      <c r="V7" s="233"/>
+      <c r="W7" s="233"/>
+      <c r="X7" s="233"/>
+      <c r="Y7" s="233"/>
+      <c r="Z7" s="234"/>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="229" t="s">
+      <c r="AB7" s="230" t="s">
         <v>4</v>
       </c>
-      <c r="AC7" s="229"/>
-[...7 lines deleted...]
-      <c r="AK7" s="233"/>
+      <c r="AC7" s="230"/>
+      <c r="AD7" s="230"/>
+      <c r="AE7" s="231"/>
+      <c r="AF7" s="232"/>
+      <c r="AG7" s="233"/>
+      <c r="AH7" s="233"/>
+      <c r="AI7" s="233"/>
+      <c r="AJ7" s="233"/>
+      <c r="AK7" s="234"/>
       <c r="AL7" s="1"/>
       <c r="AT7" s="69" t="s">
         <v>155</v>
       </c>
       <c r="AU7" s="69">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:53" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
@@ -18394,65 +18500,65 @@
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
     </row>
     <row r="19" spans="1:61" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C19" s="47"/>
       <c r="D19" s="47"/>
       <c r="E19" s="47"/>
       <c r="F19" s="47"/>
       <c r="G19" s="47"/>
       <c r="H19" s="47"/>
       <c r="I19" s="47"/>
       <c r="J19" s="47"/>
       <c r="K19" s="47"/>
       <c r="L19" s="47"/>
       <c r="M19" s="47"/>
       <c r="N19" s="47"/>
       <c r="O19" s="26" t="s">
         <v>64</v>
       </c>
-      <c r="P19" s="125"/>
-[...1 lines deleted...]
-      <c r="R19" s="125"/>
+      <c r="P19" s="188"/>
+      <c r="Q19" s="188"/>
+      <c r="R19" s="188"/>
       <c r="S19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="47"/>
       <c r="V19" s="30"/>
       <c r="W19" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="X19" s="125"/>
-[...1 lines deleted...]
-      <c r="Z19" s="125"/>
+      <c r="X19" s="188"/>
+      <c r="Y19" s="188"/>
+      <c r="Z19" s="188"/>
       <c r="AA19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="AB19" s="1"/>
       <c r="AC19" s="47"/>
       <c r="AD19" s="49" t="str">
         <f>IF(AND(P19&lt;&gt;0,X19&lt;&gt;0),IF(AN19=0,"Grenzwert eingehaltet","Grenzwert nicht eingehaltet"),"")</f>
         <v/>
       </c>
       <c r="AE19" s="47"/>
       <c r="AF19" s="47"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AN19" s="69">
         <f>IF(P19&gt;X19,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO19" s="69" t="s">
         <v>81</v>
       </c>
     </row>
@@ -18494,65 +18600,65 @@
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
     </row>
     <row r="21" spans="1:61" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C21" s="47"/>
       <c r="D21" s="47"/>
       <c r="E21" s="47"/>
       <c r="F21" s="47"/>
       <c r="G21" s="47"/>
       <c r="H21" s="47"/>
       <c r="I21" s="47"/>
       <c r="J21" s="47"/>
       <c r="K21" s="47"/>
       <c r="L21" s="47"/>
       <c r="M21" s="47"/>
       <c r="N21" s="47"/>
       <c r="O21" s="26" t="s">
         <v>230</v>
       </c>
-      <c r="P21" s="125"/>
-[...1 lines deleted...]
-      <c r="R21" s="125"/>
+      <c r="P21" s="188"/>
+      <c r="Q21" s="188"/>
+      <c r="R21" s="188"/>
       <c r="S21" s="1" t="s">
         <v>237</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="47"/>
       <c r="V21" s="30"/>
       <c r="W21" s="26" t="s">
         <v>231</v>
       </c>
-      <c r="X21" s="125"/>
-[...1 lines deleted...]
-      <c r="Z21" s="125"/>
+      <c r="X21" s="188"/>
+      <c r="Y21" s="188"/>
+      <c r="Z21" s="188"/>
       <c r="AA21" s="1" t="s">
         <v>237</v>
       </c>
       <c r="AB21" s="1"/>
       <c r="AC21" s="47"/>
       <c r="AD21" s="49" t="str">
         <f>IF(AND(P21&lt;&gt;0,X21&lt;&gt;0),IF(AN21=0,"Grenzwert eingehaltet","Grenzwert nicht eingehaltet"),"")</f>
         <v/>
       </c>
       <c r="AE21" s="47"/>
       <c r="AF21" s="47"/>
       <c r="AG21" s="1"/>
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
       <c r="AN21" s="69">
         <f>IF(P21&gt;X21,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO21" s="69" t="s">
         <v>81</v>
       </c>
     </row>
@@ -18691,61 +18797,61 @@
       <c r="S24" s="6"/>
       <c r="T24" s="6"/>
       <c r="U24" s="6"/>
       <c r="V24" s="6"/>
       <c r="W24" s="6"/>
       <c r="X24" s="6"/>
       <c r="Y24" s="6"/>
       <c r="Z24" s="6"/>
       <c r="AA24" s="6"/>
       <c r="AB24" s="6"/>
       <c r="AC24" s="6"/>
       <c r="AD24" s="6"/>
       <c r="AE24" s="6"/>
       <c r="AF24" s="6"/>
       <c r="AG24" s="6"/>
       <c r="AH24" s="6"/>
       <c r="AI24" s="6"/>
       <c r="AJ24" s="6"/>
       <c r="AK24" s="6"/>
       <c r="AL24" s="1"/>
     </row>
     <row r="25" spans="1:61" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="b">
         <v>0</v>
       </c>
-      <c r="B25" s="166" t="s">
+      <c r="B25" s="153" t="s">
         <v>166</v>
       </c>
-      <c r="C25" s="166"/>
-[...6 lines deleted...]
-      <c r="J25" s="166"/>
+      <c r="C25" s="153"/>
+      <c r="D25" s="153"/>
+      <c r="E25" s="153"/>
+      <c r="F25" s="153"/>
+      <c r="G25" s="153"/>
+      <c r="H25" s="153"/>
+      <c r="I25" s="153"/>
+      <c r="J25" s="153"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
@@ -18917,76 +19023,76 @@
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
     </row>
     <row r="30" spans="1:61" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="38"/>
       <c r="I30" s="1" t="s">
         <v>178</v>
       </c>
       <c r="J30" s="1"/>
       <c r="K30" s="14"/>
-      <c r="L30" s="188"/>
-[...24 lines deleted...]
-      <c r="AK30" s="188"/>
+      <c r="L30" s="189"/>
+      <c r="M30" s="189"/>
+      <c r="N30" s="189"/>
+      <c r="O30" s="189"/>
+      <c r="P30" s="189"/>
+      <c r="Q30" s="189"/>
+      <c r="R30" s="189"/>
+      <c r="S30" s="189"/>
+      <c r="T30" s="189"/>
+      <c r="U30" s="189"/>
+      <c r="V30" s="189"/>
+      <c r="W30" s="189"/>
+      <c r="X30" s="189"/>
+      <c r="Y30" s="189"/>
+      <c r="Z30" s="189"/>
+      <c r="AA30" s="189"/>
+      <c r="AB30" s="189"/>
+      <c r="AC30" s="189"/>
+      <c r="AD30" s="189"/>
+      <c r="AE30" s="189"/>
+      <c r="AF30" s="189"/>
+      <c r="AG30" s="189"/>
+      <c r="AH30" s="189"/>
+      <c r="AI30" s="189"/>
+      <c r="AJ30" s="189"/>
+      <c r="AK30" s="189"/>
       <c r="AL30" s="1"/>
     </row>
     <row r="31" spans="1:61" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
       <c r="H31" s="6"/>
       <c r="I31" s="6"/>
       <c r="J31" s="6"/>
       <c r="K31" s="6"/>
       <c r="L31" s="6"/>
       <c r="M31" s="6"/>
       <c r="N31" s="6"/>
       <c r="O31" s="6"/>
       <c r="P31" s="6"/>
       <c r="Q31" s="6"/>
       <c r="R31" s="6"/>
       <c r="S31" s="6"/>
       <c r="T31" s="6"/>
       <c r="U31" s="6"/>
       <c r="V31" s="6"/>
@@ -19246,694 +19352,697 @@
       <c r="N37" s="6"/>
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
       <c r="Q37" s="6"/>
       <c r="R37" s="6"/>
       <c r="S37" s="6"/>
       <c r="T37" s="6"/>
       <c r="U37" s="6"/>
       <c r="V37" s="6"/>
       <c r="W37" s="6"/>
       <c r="X37" s="6"/>
       <c r="Y37" s="6"/>
       <c r="Z37" s="6"/>
       <c r="AA37" s="6"/>
       <c r="AB37" s="6"/>
       <c r="AC37" s="6"/>
       <c r="AD37" s="6"/>
       <c r="AE37" s="6"/>
       <c r="AF37" s="6"/>
       <c r="AG37" s="6"/>
       <c r="AH37" s="6"/>
       <c r="AI37" s="6"/>
       <c r="AJ37" s="6"/>
       <c r="AK37" s="11"/>
       <c r="AL37" s="1"/>
-      <c r="AQ37" s="70" t="s">
-        <v>190</v>
+      <c r="AQ37" s="69" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1"/>
-      <c r="B38" s="189" t="s">
+      <c r="B38" s="190" t="s">
         <v>179</v>
       </c>
-      <c r="C38" s="189"/>
-[...7 lines deleted...]
-      <c r="K38" s="189"/>
+      <c r="C38" s="190"/>
+      <c r="D38" s="190"/>
+      <c r="E38" s="190"/>
+      <c r="F38" s="190"/>
+      <c r="G38" s="190"/>
+      <c r="H38" s="190"/>
+      <c r="I38" s="190"/>
+      <c r="J38" s="190"/>
+      <c r="K38" s="190"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
       <c r="Z38" s="1"/>
       <c r="AA38" s="1"/>
       <c r="AB38" s="1"/>
       <c r="AC38" s="1"/>
       <c r="AD38" s="1"/>
       <c r="AE38" s="1"/>
       <c r="AF38" s="1"/>
       <c r="AG38" s="1"/>
       <c r="AH38" s="1"/>
       <c r="AI38" s="1"/>
       <c r="AJ38" s="1"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
       <c r="AQ38" s="70" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:45" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1"/>
       <c r="B39" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="H39" s="38"/>
       <c r="I39" s="1" t="s">
         <v>182</v>
       </c>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
       <c r="X39" s="1"/>
       <c r="Y39" s="1"/>
       <c r="Z39" s="1"/>
       <c r="AA39" s="1"/>
       <c r="AB39" s="1"/>
       <c r="AC39" s="1"/>
       <c r="AD39" s="1"/>
       <c r="AE39" s="1"/>
       <c r="AF39" s="1"/>
       <c r="AG39" s="1"/>
       <c r="AH39" s="1"/>
       <c r="AI39" s="1"/>
       <c r="AJ39" s="1"/>
       <c r="AK39" s="1"/>
       <c r="AL39" s="1"/>
       <c r="AN39" s="69">
         <v>0</v>
       </c>
       <c r="AQ39" s="70" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="40" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="38"/>
       <c r="I40" s="1" t="s">
         <v>183</v>
       </c>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
       <c r="X40" s="1"/>
       <c r="Y40" s="1"/>
       <c r="Z40" s="1"/>
       <c r="AA40" s="1"/>
       <c r="AB40" s="1"/>
       <c r="AC40" s="1"/>
       <c r="AD40" s="1"/>
       <c r="AE40" s="1"/>
       <c r="AF40" s="1"/>
       <c r="AG40" s="1"/>
       <c r="AH40" s="1"/>
       <c r="AI40" s="1"/>
       <c r="AJ40" s="1"/>
       <c r="AK40" s="1"/>
       <c r="AL40" s="1"/>
       <c r="AQ40" s="70" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="41" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1"/>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="38"/>
       <c r="I41" s="1" t="s">
         <v>184</v>
       </c>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1" t="s">
         <v>189</v>
       </c>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
-      <c r="Y41" s="190" t="s">
+      <c r="Y41" s="191" t="s">
         <v>152</v>
       </c>
-      <c r="Z41" s="190"/>
-[...10 lines deleted...]
-      <c r="AK41" s="190"/>
+      <c r="Z41" s="191"/>
+      <c r="AA41" s="191"/>
+      <c r="AB41" s="191"/>
+      <c r="AC41" s="191"/>
+      <c r="AD41" s="191"/>
+      <c r="AE41" s="191"/>
+      <c r="AF41" s="191"/>
+      <c r="AG41" s="191"/>
+      <c r="AH41" s="191"/>
+      <c r="AI41" s="191"/>
+      <c r="AJ41" s="191"/>
+      <c r="AK41" s="191"/>
       <c r="AL41" s="1"/>
       <c r="AQ41" s="70" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="42" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
       <c r="AH42" s="1"/>
       <c r="AI42" s="1"/>
       <c r="AJ42" s="1"/>
       <c r="AK42" s="41" t="str">
         <f>IF(Y41="dynamischen Simulation","Simulationsdokument anzugeben","")</f>
         <v/>
       </c>
       <c r="AL42" s="1"/>
       <c r="AQ42" s="70" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="43" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="34" t="s">
         <v>181</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="38"/>
       <c r="I43" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
       <c r="Z43" s="1"/>
       <c r="AA43" s="1"/>
       <c r="AB43" s="1"/>
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
       <c r="AH43" s="1"/>
       <c r="AI43" s="1"/>
       <c r="AJ43" s="1"/>
       <c r="AK43" s="1"/>
       <c r="AL43" s="1"/>
       <c r="AN43" s="69">
         <v>0</v>
       </c>
       <c r="AQ43" s="70" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="44" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="38"/>
       <c r="I44" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="38"/>
       <c r="M44" s="1" t="s">
         <v>187</v>
       </c>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
       <c r="X44" s="1"/>
       <c r="Y44" s="1"/>
       <c r="Z44" s="1"/>
       <c r="AA44" s="1"/>
       <c r="AB44" s="1"/>
       <c r="AC44" s="1"/>
       <c r="AD44" s="1"/>
       <c r="AE44" s="1"/>
       <c r="AF44" s="1"/>
       <c r="AG44" s="1"/>
       <c r="AH44" s="1"/>
       <c r="AI44" s="1"/>
       <c r="AJ44" s="1"/>
       <c r="AK44" s="1"/>
       <c r="AL44" s="1"/>
+      <c r="AQ44" s="70" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="45" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="38"/>
       <c r="M45" s="1" t="s">
         <v>188</v>
       </c>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1" t="s">
         <v>189</v>
       </c>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
-      <c r="Y45" s="190" t="s">
+      <c r="Y45" s="125" t="s">
         <v>152</v>
       </c>
-      <c r="Z45" s="190"/>
-[...10 lines deleted...]
-      <c r="AK45" s="190"/>
+      <c r="Z45" s="125"/>
+      <c r="AA45" s="125"/>
+      <c r="AB45" s="125"/>
+      <c r="AC45" s="125"/>
+      <c r="AD45" s="125"/>
+      <c r="AE45" s="125"/>
+      <c r="AF45" s="125"/>
+      <c r="AG45" s="125"/>
+      <c r="AH45" s="125"/>
+      <c r="AI45" s="125"/>
+      <c r="AJ45" s="125"/>
+      <c r="AK45" s="125"/>
       <c r="AL45" s="1"/>
       <c r="AN45" s="69" t="b">
         <v>0</v>
       </c>
       <c r="AQ45" s="74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:45" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
-      <c r="Y46" s="1"/>
-[...14 lines deleted...]
-      </c>
+      <c r="Y46" s="125"/>
+      <c r="Z46" s="125"/>
+      <c r="AA46" s="125"/>
+      <c r="AB46" s="125"/>
+      <c r="AC46" s="125"/>
+      <c r="AD46" s="125"/>
+      <c r="AE46" s="125"/>
+      <c r="AF46" s="125"/>
+      <c r="AG46" s="125"/>
+      <c r="AH46" s="125"/>
+      <c r="AI46" s="125"/>
+      <c r="AJ46" s="125"/>
+      <c r="AK46" s="125"/>
       <c r="AL46" s="1"/>
       <c r="AQ46" s="69" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="47" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
       <c r="Z47" s="1"/>
       <c r="AA47" s="1"/>
       <c r="AB47" s="1"/>
       <c r="AC47" s="1"/>
       <c r="AD47" s="1"/>
       <c r="AE47" s="1"/>
       <c r="AF47" s="1"/>
       <c r="AG47" s="1"/>
       <c r="AH47" s="1"/>
       <c r="AI47" s="1"/>
       <c r="AJ47" s="1"/>
       <c r="AK47" s="41" t="str">
-        <f>IF(AND(AN43=2,AN45=TRUE,Y45=AQ43),"EN-VS-104 und EN-VS-110 anzugeben","")</f>
+        <f>IF(Y45="dynamischen Simulation","Simulationsdokument anzugeben","")</f>
         <v/>
       </c>
       <c r="AL47" s="1"/>
       <c r="AQ47" s="70" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="48" spans="1:45" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:45" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
-      <c r="B48" s="6"/>
-[...34 lines deleted...]
-      <c r="AK48" s="6"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
+      <c r="O48" s="1"/>
+      <c r="P48" s="1"/>
+      <c r="Q48" s="1"/>
+      <c r="R48" s="1"/>
+      <c r="S48" s="1"/>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+      <c r="X48" s="1"/>
+      <c r="Y48" s="1"/>
+      <c r="Z48" s="1"/>
+      <c r="AA48" s="1"/>
+      <c r="AB48" s="1"/>
+      <c r="AC48" s="1"/>
+      <c r="AD48" s="1"/>
+      <c r="AE48" s="1"/>
+      <c r="AF48" s="1"/>
+      <c r="AG48" s="1"/>
+      <c r="AH48" s="1"/>
+      <c r="AI48" s="1"/>
+      <c r="AJ48" s="1"/>
+      <c r="AK48" s="41" t="str">
+        <f>IF(AND(AN43=2,AN45=TRUE,Y45=AQ43),"EN-VS-104 und EN-VS-110 anzugeben","")</f>
+        <v/>
+      </c>
       <c r="AL48" s="1"/>
       <c r="AQ48" s="70" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="49" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:43" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1"/>
-      <c r="B49" s="126" t="s">
-[...36 lines deleted...]
-      <c r="AK49" s="126"/>
+      <c r="B49" s="6"/>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6"/>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6"/>
+      <c r="H49" s="6"/>
+      <c r="I49" s="6"/>
+      <c r="J49" s="6"/>
+      <c r="K49" s="6"/>
+      <c r="L49" s="6"/>
+      <c r="M49" s="6"/>
+      <c r="N49" s="6"/>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
+      <c r="Q49" s="6"/>
+      <c r="R49" s="6"/>
+      <c r="S49" s="6"/>
+      <c r="T49" s="6"/>
+      <c r="U49" s="6"/>
+      <c r="V49" s="6"/>
+      <c r="W49" s="6"/>
+      <c r="X49" s="6"/>
+      <c r="Y49" s="6"/>
+      <c r="Z49" s="6"/>
+      <c r="AA49" s="6"/>
+      <c r="AB49" s="6"/>
+      <c r="AC49" s="6"/>
+      <c r="AD49" s="6"/>
+      <c r="AE49" s="6"/>
+      <c r="AF49" s="6"/>
+      <c r="AG49" s="6"/>
+      <c r="AH49" s="6"/>
+      <c r="AI49" s="6"/>
+      <c r="AJ49" s="6"/>
+      <c r="AK49" s="6"/>
       <c r="AL49" s="1"/>
       <c r="AQ49" s="70" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
-      <c r="B50" s="174"/>
-[...34 lines deleted...]
-      <c r="AK50" s="176"/>
+      <c r="B50" s="126" t="s">
+        <v>208</v>
+      </c>
+      <c r="C50" s="126"/>
+      <c r="D50" s="126"/>
+      <c r="E50" s="126"/>
+      <c r="F50" s="126"/>
+      <c r="G50" s="126"/>
+      <c r="H50" s="126"/>
+      <c r="I50" s="126"/>
+      <c r="J50" s="126"/>
+      <c r="K50" s="126"/>
+      <c r="L50" s="126"/>
+      <c r="M50" s="126"/>
+      <c r="N50" s="126"/>
+      <c r="O50" s="126"/>
+      <c r="P50" s="126"/>
+      <c r="Q50" s="126"/>
+      <c r="R50" s="126"/>
+      <c r="S50" s="126"/>
+      <c r="T50" s="126"/>
+      <c r="U50" s="126"/>
+      <c r="V50" s="126"/>
+      <c r="W50" s="126"/>
+      <c r="X50" s="126"/>
+      <c r="Y50" s="126"/>
+      <c r="Z50" s="126"/>
+      <c r="AA50" s="126"/>
+      <c r="AB50" s="126"/>
+      <c r="AC50" s="126"/>
+      <c r="AD50" s="126"/>
+      <c r="AE50" s="126"/>
+      <c r="AF50" s="126"/>
+      <c r="AG50" s="126"/>
+      <c r="AH50" s="126"/>
+      <c r="AI50" s="126"/>
+      <c r="AJ50" s="126"/>
+      <c r="AK50" s="126"/>
       <c r="AL50" s="1"/>
       <c r="AQ50" s="70" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="51" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
-      <c r="B51" s="177"/>
-[...34 lines deleted...]
-      <c r="AK51" s="179"/>
+      <c r="B51" s="174"/>
+      <c r="C51" s="175"/>
+      <c r="D51" s="175"/>
+      <c r="E51" s="175"/>
+      <c r="F51" s="175"/>
+      <c r="G51" s="175"/>
+      <c r="H51" s="175"/>
+      <c r="I51" s="175"/>
+      <c r="J51" s="175"/>
+      <c r="K51" s="175"/>
+      <c r="L51" s="175"/>
+      <c r="M51" s="175"/>
+      <c r="N51" s="175"/>
+      <c r="O51" s="175"/>
+      <c r="P51" s="175"/>
+      <c r="Q51" s="175"/>
+      <c r="R51" s="175"/>
+      <c r="S51" s="175"/>
+      <c r="T51" s="175"/>
+      <c r="U51" s="175"/>
+      <c r="V51" s="175"/>
+      <c r="W51" s="175"/>
+      <c r="X51" s="175"/>
+      <c r="Y51" s="175"/>
+      <c r="Z51" s="175"/>
+      <c r="AA51" s="175"/>
+      <c r="AB51" s="175"/>
+      <c r="AC51" s="175"/>
+      <c r="AD51" s="175"/>
+      <c r="AE51" s="175"/>
+      <c r="AF51" s="175"/>
+      <c r="AG51" s="175"/>
+      <c r="AH51" s="175"/>
+      <c r="AI51" s="175"/>
+      <c r="AJ51" s="175"/>
+      <c r="AK51" s="176"/>
       <c r="AL51" s="1"/>
       <c r="AO51" s="69">
         <v>2</v>
       </c>
       <c r="AQ51" s="70" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="177"/>
       <c r="C52" s="178"/>
       <c r="D52" s="178"/>
       <c r="E52" s="178"/>
       <c r="F52" s="178"/>
       <c r="G52" s="178"/>
       <c r="H52" s="178"/>
       <c r="I52" s="178"/>
       <c r="J52" s="178"/>
       <c r="K52" s="178"/>
       <c r="L52" s="178"/>
       <c r="M52" s="178"/>
       <c r="N52" s="178"/>
       <c r="O52" s="178"/>
       <c r="P52" s="178"/>
@@ -20183,1939 +20292,1887 @@
       <c r="Q58" s="178"/>
       <c r="R58" s="178"/>
       <c r="S58" s="178"/>
       <c r="T58" s="178"/>
       <c r="U58" s="178"/>
       <c r="V58" s="178"/>
       <c r="W58" s="178"/>
       <c r="X58" s="178"/>
       <c r="Y58" s="178"/>
       <c r="Z58" s="178"/>
       <c r="AA58" s="178"/>
       <c r="AB58" s="178"/>
       <c r="AC58" s="178"/>
       <c r="AD58" s="178"/>
       <c r="AE58" s="178"/>
       <c r="AF58" s="178"/>
       <c r="AG58" s="178"/>
       <c r="AH58" s="178"/>
       <c r="AI58" s="178"/>
       <c r="AJ58" s="178"/>
       <c r="AK58" s="179"/>
       <c r="AL58" s="1"/>
     </row>
     <row r="59" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
-      <c r="B59" s="180"/>
-[...34 lines deleted...]
-      <c r="AK59" s="182"/>
+      <c r="B59" s="177"/>
+      <c r="C59" s="178"/>
+      <c r="D59" s="178"/>
+      <c r="E59" s="178"/>
+      <c r="F59" s="178"/>
+      <c r="G59" s="178"/>
+      <c r="H59" s="178"/>
+      <c r="I59" s="178"/>
+      <c r="J59" s="178"/>
+      <c r="K59" s="178"/>
+      <c r="L59" s="178"/>
+      <c r="M59" s="178"/>
+      <c r="N59" s="178"/>
+      <c r="O59" s="178"/>
+      <c r="P59" s="178"/>
+      <c r="Q59" s="178"/>
+      <c r="R59" s="178"/>
+      <c r="S59" s="178"/>
+      <c r="T59" s="178"/>
+      <c r="U59" s="178"/>
+      <c r="V59" s="178"/>
+      <c r="W59" s="178"/>
+      <c r="X59" s="178"/>
+      <c r="Y59" s="178"/>
+      <c r="Z59" s="178"/>
+      <c r="AA59" s="178"/>
+      <c r="AB59" s="178"/>
+      <c r="AC59" s="178"/>
+      <c r="AD59" s="178"/>
+      <c r="AE59" s="178"/>
+      <c r="AF59" s="178"/>
+      <c r="AG59" s="178"/>
+      <c r="AH59" s="178"/>
+      <c r="AI59" s="178"/>
+      <c r="AJ59" s="178"/>
+      <c r="AK59" s="179"/>
       <c r="AL59" s="1"/>
     </row>
-    <row r="60" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="1"/>
-      <c r="B60" s="19"/>
-[...34 lines deleted...]
-      <c r="AK60" s="20"/>
+      <c r="B60" s="180"/>
+      <c r="C60" s="181"/>
+      <c r="D60" s="181"/>
+      <c r="E60" s="181"/>
+      <c r="F60" s="181"/>
+      <c r="G60" s="181"/>
+      <c r="H60" s="181"/>
+      <c r="I60" s="181"/>
+      <c r="J60" s="181"/>
+      <c r="K60" s="181"/>
+      <c r="L60" s="181"/>
+      <c r="M60" s="181"/>
+      <c r="N60" s="181"/>
+      <c r="O60" s="181"/>
+      <c r="P60" s="181"/>
+      <c r="Q60" s="181"/>
+      <c r="R60" s="181"/>
+      <c r="S60" s="181"/>
+      <c r="T60" s="181"/>
+      <c r="U60" s="181"/>
+      <c r="V60" s="181"/>
+      <c r="W60" s="181"/>
+      <c r="X60" s="181"/>
+      <c r="Y60" s="181"/>
+      <c r="Z60" s="181"/>
+      <c r="AA60" s="181"/>
+      <c r="AB60" s="181"/>
+      <c r="AC60" s="181"/>
+      <c r="AD60" s="181"/>
+      <c r="AE60" s="181"/>
+      <c r="AF60" s="181"/>
+      <c r="AG60" s="181"/>
+      <c r="AH60" s="181"/>
+      <c r="AI60" s="181"/>
+      <c r="AJ60" s="181"/>
+      <c r="AK60" s="182"/>
       <c r="AL60" s="1"/>
     </row>
-    <row r="61" spans="1:43" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:43" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1"/>
-      <c r="B61" s="77" t="s">
-[...36 lines deleted...]
-      <c r="AK61" s="1"/>
+      <c r="B61" s="19"/>
+      <c r="C61" s="19"/>
+      <c r="D61" s="19"/>
+      <c r="E61" s="19"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="20"/>
+      <c r="H61" s="20"/>
+      <c r="I61" s="20"/>
+      <c r="J61" s="20"/>
+      <c r="K61" s="20"/>
+      <c r="L61" s="20"/>
+      <c r="M61" s="20"/>
+      <c r="N61" s="20"/>
+      <c r="O61" s="20"/>
+      <c r="P61" s="21"/>
+      <c r="Q61" s="21"/>
+      <c r="R61" s="21"/>
+      <c r="S61" s="21"/>
+      <c r="T61" s="21"/>
+      <c r="U61" s="21"/>
+      <c r="V61" s="21"/>
+      <c r="W61" s="21"/>
+      <c r="X61" s="21"/>
+      <c r="Y61" s="20"/>
+      <c r="Z61" s="20"/>
+      <c r="AA61" s="20"/>
+      <c r="AB61" s="20"/>
+      <c r="AC61" s="20"/>
+      <c r="AD61" s="20"/>
+      <c r="AE61" s="20"/>
+      <c r="AF61" s="20"/>
+      <c r="AG61" s="20"/>
+      <c r="AH61" s="20"/>
+      <c r="AI61" s="20"/>
+      <c r="AJ61" s="20"/>
+      <c r="AK61" s="20"/>
       <c r="AL61" s="1"/>
     </row>
     <row r="62" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="1"/>
-      <c r="B62" s="1"/>
-[...4 lines deleted...]
-      <c r="E62" s="1"/>
+      <c r="B62" s="77" t="s">
+        <v>222</v>
+      </c>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
       <c r="Z62" s="1"/>
       <c r="AA62" s="1"/>
       <c r="AB62" s="1"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
       <c r="AF62" s="1"/>
       <c r="AG62" s="1"/>
       <c r="AH62" s="1"/>
       <c r="AI62" s="1"/>
       <c r="AJ62" s="1"/>
       <c r="AK62" s="1"/>
       <c r="AL62" s="1"/>
     </row>
     <row r="63" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1" t="s">
-        <v>197</v>
+        <v>224</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
-      <c r="V63" s="133"/>
-[...14 lines deleted...]
-      <c r="AK63" s="133"/>
+      <c r="V63" s="1"/>
+      <c r="W63" s="1"/>
+      <c r="X63" s="1"/>
+      <c r="Y63" s="1"/>
+      <c r="Z63" s="1"/>
+      <c r="AA63" s="1"/>
+      <c r="AB63" s="1"/>
+      <c r="AC63" s="1"/>
+      <c r="AD63" s="1"/>
+      <c r="AE63" s="1"/>
+      <c r="AF63" s="1"/>
+      <c r="AG63" s="1"/>
+      <c r="AH63" s="1"/>
+      <c r="AI63" s="1"/>
+      <c r="AJ63" s="1"/>
+      <c r="AK63" s="1"/>
       <c r="AL63" s="1"/>
     </row>
     <row r="64" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="133"/>
       <c r="W64" s="133"/>
       <c r="X64" s="133"/>
       <c r="Y64" s="133"/>
       <c r="Z64" s="133"/>
       <c r="AA64" s="133"/>
       <c r="AB64" s="133"/>
       <c r="AC64" s="133"/>
       <c r="AD64" s="133"/>
       <c r="AE64" s="133"/>
       <c r="AF64" s="133"/>
       <c r="AG64" s="133"/>
       <c r="AH64" s="133"/>
       <c r="AI64" s="133"/>
       <c r="AJ64" s="133"/>
       <c r="AK64" s="133"/>
       <c r="AL64" s="1"/>
     </row>
     <row r="65" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
-        <v>234</v>
+        <v>198</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
-      <c r="V65" s="1"/>
-[...14 lines deleted...]
-      <c r="AK65" s="1"/>
+      <c r="V65" s="133"/>
+      <c r="W65" s="133"/>
+      <c r="X65" s="133"/>
+      <c r="Y65" s="133"/>
+      <c r="Z65" s="133"/>
+      <c r="AA65" s="133"/>
+      <c r="AB65" s="133"/>
+      <c r="AC65" s="133"/>
+      <c r="AD65" s="133"/>
+      <c r="AE65" s="133"/>
+      <c r="AF65" s="133"/>
+      <c r="AG65" s="133"/>
+      <c r="AH65" s="133"/>
+      <c r="AI65" s="133"/>
+      <c r="AJ65" s="133"/>
+      <c r="AK65" s="133"/>
       <c r="AL65" s="1"/>
     </row>
     <row r="66" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
-        <v>203</v>
+        <v>234</v>
       </c>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
       <c r="X66" s="1"/>
       <c r="Y66" s="1"/>
       <c r="Z66" s="1"/>
       <c r="AA66" s="1"/>
       <c r="AB66" s="1"/>
       <c r="AC66" s="1"/>
       <c r="AD66" s="1"/>
       <c r="AE66" s="1"/>
       <c r="AF66" s="1"/>
       <c r="AG66" s="1"/>
       <c r="AH66" s="1"/>
       <c r="AI66" s="1"/>
       <c r="AJ66" s="1"/>
       <c r="AK66" s="1"/>
       <c r="AL66" s="1"/>
     </row>
     <row r="67" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="1"/>
       <c r="B67" s="1"/>
       <c r="C67" s="1"/>
-      <c r="D67" s="81" t="s">
-        <v>200</v>
+      <c r="D67" s="1" t="s">
+        <v>203</v>
       </c>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
       <c r="X67" s="1"/>
       <c r="Y67" s="1"/>
       <c r="Z67" s="1"/>
       <c r="AA67" s="1"/>
       <c r="AB67" s="1"/>
       <c r="AC67" s="1"/>
       <c r="AD67" s="1"/>
       <c r="AE67" s="1"/>
       <c r="AF67" s="1"/>
       <c r="AG67" s="1"/>
       <c r="AH67" s="1"/>
       <c r="AI67" s="1"/>
       <c r="AJ67" s="1"/>
       <c r="AK67" s="1"/>
       <c r="AL67" s="1"/>
     </row>
     <row r="68" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
-      <c r="D68" s="1" t="s">
-        <v>199</v>
+      <c r="D68" s="81" t="s">
+        <v>200</v>
       </c>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
       <c r="X68" s="1"/>
       <c r="Y68" s="1"/>
       <c r="Z68" s="1"/>
       <c r="AA68" s="1"/>
       <c r="AB68" s="1"/>
       <c r="AC68" s="1"/>
       <c r="AD68" s="1"/>
       <c r="AE68" s="1"/>
       <c r="AF68" s="1"/>
       <c r="AG68" s="1"/>
       <c r="AH68" s="1"/>
       <c r="AI68" s="1"/>
       <c r="AJ68" s="1"/>
       <c r="AK68" s="1"/>
       <c r="AL68" s="1"/>
     </row>
     <row r="69" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="1"/>
-      <c r="D69" s="81" t="s">
-        <v>201</v>
+      <c r="D69" s="1" t="s">
+        <v>199</v>
       </c>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
       <c r="X69" s="1"/>
       <c r="Y69" s="1"/>
       <c r="Z69" s="1"/>
       <c r="AA69" s="1"/>
       <c r="AB69" s="1"/>
       <c r="AC69" s="1"/>
       <c r="AD69" s="1"/>
       <c r="AE69" s="1"/>
       <c r="AF69" s="1"/>
       <c r="AG69" s="1"/>
       <c r="AH69" s="1"/>
       <c r="AI69" s="1"/>
       <c r="AJ69" s="1"/>
       <c r="AK69" s="1"/>
       <c r="AL69" s="1"/>
     </row>
     <row r="70" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="1"/>
       <c r="B70" s="1"/>
       <c r="C70" s="1"/>
       <c r="D70" s="81" t="s">
-        <v>236</v>
+        <v>201</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
       <c r="X70" s="1"/>
       <c r="Y70" s="1"/>
       <c r="Z70" s="1"/>
       <c r="AA70" s="1"/>
       <c r="AB70" s="1"/>
       <c r="AC70" s="1"/>
       <c r="AD70" s="1"/>
       <c r="AE70" s="1"/>
       <c r="AF70" s="1"/>
       <c r="AG70" s="1"/>
       <c r="AH70" s="1"/>
       <c r="AI70" s="1"/>
       <c r="AJ70" s="1"/>
       <c r="AK70" s="1"/>
       <c r="AL70" s="1"/>
     </row>
     <row r="71" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="1"/>
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
-      <c r="D71" s="1" t="s">
-        <v>202</v>
+      <c r="D71" s="81" t="s">
+        <v>236</v>
       </c>
       <c r="E71" s="1"/>
-      <c r="F71" s="42"/>
-[...30 lines deleted...]
-      <c r="AK71" s="42"/>
+      <c r="F71" s="1"/>
+      <c r="G71" s="1"/>
+      <c r="H71" s="1"/>
+      <c r="I71" s="1"/>
+      <c r="J71" s="1"/>
+      <c r="K71" s="1"/>
+      <c r="L71" s="1"/>
+      <c r="M71" s="1"/>
+      <c r="N71" s="1"/>
+      <c r="O71" s="1"/>
+      <c r="P71" s="1"/>
+      <c r="Q71" s="1"/>
+      <c r="R71" s="1"/>
+      <c r="S71" s="1"/>
+      <c r="T71" s="1"/>
+      <c r="U71" s="1"/>
+      <c r="V71" s="1"/>
+      <c r="W71" s="1"/>
+      <c r="X71" s="1"/>
+      <c r="Y71" s="1"/>
+      <c r="Z71" s="1"/>
+      <c r="AA71" s="1"/>
+      <c r="AB71" s="1"/>
+      <c r="AC71" s="1"/>
+      <c r="AD71" s="1"/>
+      <c r="AE71" s="1"/>
+      <c r="AF71" s="1"/>
+      <c r="AG71" s="1"/>
+      <c r="AH71" s="1"/>
+      <c r="AI71" s="1"/>
+      <c r="AJ71" s="1"/>
+      <c r="AK71" s="1"/>
       <c r="AL71" s="1"/>
     </row>
     <row r="72" spans="1:38" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A72" s="1"/>
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
-      <c r="D72" s="1"/>
+      <c r="D72" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="E72" s="1"/>
       <c r="F72" s="42"/>
       <c r="G72" s="42"/>
       <c r="H72" s="42"/>
       <c r="I72" s="42"/>
       <c r="J72" s="42"/>
       <c r="K72" s="42"/>
       <c r="L72" s="42"/>
       <c r="M72" s="42"/>
       <c r="N72" s="42"/>
       <c r="O72" s="42"/>
       <c r="P72" s="42"/>
       <c r="Q72" s="42"/>
       <c r="R72" s="42"/>
       <c r="S72" s="42"/>
       <c r="T72" s="42"/>
       <c r="U72" s="42"/>
       <c r="V72" s="42"/>
       <c r="W72" s="42"/>
       <c r="X72" s="42"/>
       <c r="Y72" s="42"/>
       <c r="Z72" s="42"/>
       <c r="AA72" s="42"/>
       <c r="AB72" s="42"/>
       <c r="AC72" s="42"/>
       <c r="AD72" s="42"/>
       <c r="AE72" s="42"/>
       <c r="AF72" s="42"/>
       <c r="AG72" s="42"/>
       <c r="AH72" s="42"/>
       <c r="AI72" s="42"/>
       <c r="AJ72" s="42"/>
       <c r="AK72" s="42"/>
       <c r="AL72" s="1"/>
     </row>
-    <row r="73" spans="1:38" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="1"/>
-      <c r="B73" s="6"/>
-[...34 lines deleted...]
-      <c r="AK73" s="6"/>
+      <c r="B73" s="1"/>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="42"/>
+      <c r="G73" s="42"/>
+      <c r="H73" s="42"/>
+      <c r="I73" s="42"/>
+      <c r="J73" s="42"/>
+      <c r="K73" s="42"/>
+      <c r="L73" s="42"/>
+      <c r="M73" s="42"/>
+      <c r="N73" s="42"/>
+      <c r="O73" s="42"/>
+      <c r="P73" s="42"/>
+      <c r="Q73" s="42"/>
+      <c r="R73" s="42"/>
+      <c r="S73" s="42"/>
+      <c r="T73" s="42"/>
+      <c r="U73" s="42"/>
+      <c r="V73" s="42"/>
+      <c r="W73" s="42"/>
+      <c r="X73" s="42"/>
+      <c r="Y73" s="42"/>
+      <c r="Z73" s="42"/>
+      <c r="AA73" s="42"/>
+      <c r="AB73" s="42"/>
+      <c r="AC73" s="42"/>
+      <c r="AD73" s="42"/>
+      <c r="AE73" s="42"/>
+      <c r="AF73" s="42"/>
+      <c r="AG73" s="42"/>
+      <c r="AH73" s="42"/>
+      <c r="AI73" s="42"/>
+      <c r="AJ73" s="42"/>
+      <c r="AK73" s="42"/>
       <c r="AL73" s="1"/>
     </row>
-    <row r="74" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:38" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1"/>
-      <c r="B74" s="1"/>
-[...34 lines deleted...]
-      <c r="AK74" s="1"/>
+      <c r="B74" s="6"/>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6"/>
+      <c r="E74" s="6"/>
+      <c r="F74" s="6"/>
+      <c r="G74" s="6"/>
+      <c r="H74" s="6"/>
+      <c r="I74" s="6"/>
+      <c r="J74" s="6"/>
+      <c r="K74" s="6"/>
+      <c r="L74" s="6"/>
+      <c r="M74" s="6"/>
+      <c r="N74" s="6"/>
+      <c r="O74" s="6"/>
+      <c r="P74" s="6"/>
+      <c r="Q74" s="6"/>
+      <c r="R74" s="6"/>
+      <c r="S74" s="6"/>
+      <c r="T74" s="6"/>
+      <c r="U74" s="6"/>
+      <c r="V74" s="6"/>
+      <c r="W74" s="6"/>
+      <c r="X74" s="6"/>
+      <c r="Y74" s="6"/>
+      <c r="Z74" s="6"/>
+      <c r="AA74" s="6"/>
+      <c r="AB74" s="6"/>
+      <c r="AC74" s="6"/>
+      <c r="AD74" s="6"/>
+      <c r="AE74" s="6"/>
+      <c r="AF74" s="6"/>
+      <c r="AG74" s="6"/>
+      <c r="AH74" s="6"/>
+      <c r="AI74" s="6"/>
+      <c r="AJ74" s="6"/>
+      <c r="AK74" s="6"/>
       <c r="AL74" s="1"/>
     </row>
     <row r="75" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
-      <c r="B75" s="166" t="s">
-[...40 lines deleted...]
-      <c r="AK75" s="150"/>
+      <c r="B75" s="1"/>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="L75" s="1"/>
+      <c r="M75" s="1"/>
+      <c r="N75" s="1"/>
+      <c r="O75" s="1"/>
+      <c r="P75" s="1"/>
+      <c r="Q75" s="1"/>
+      <c r="R75" s="1"/>
+      <c r="S75" s="1"/>
+      <c r="T75" s="1"/>
+      <c r="U75" s="1"/>
+      <c r="V75" s="1"/>
+      <c r="W75" s="1"/>
+      <c r="X75" s="1"/>
+      <c r="Y75" s="1"/>
+      <c r="Z75" s="1"/>
+      <c r="AA75" s="1"/>
+      <c r="AB75" s="1"/>
+      <c r="AC75" s="1"/>
+      <c r="AD75" s="1"/>
+      <c r="AE75" s="1"/>
+      <c r="AF75" s="1"/>
+      <c r="AG75" s="1"/>
+      <c r="AH75" s="1"/>
+      <c r="AI75" s="1"/>
+      <c r="AJ75" s="1"/>
+      <c r="AK75" s="1"/>
       <c r="AL75" s="1"/>
     </row>
     <row r="76" spans="1:38" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
-      <c r="B76" s="12"/>
-[...34 lines deleted...]
-      <c r="AK76" s="153"/>
+      <c r="B76" s="153" t="s">
+        <v>142</v>
+      </c>
+      <c r="C76" s="153"/>
+      <c r="D76" s="153"/>
+      <c r="E76" s="153"/>
+      <c r="F76" s="153"/>
+      <c r="G76" s="154"/>
+      <c r="H76" s="155" t="s">
+        <v>137</v>
+      </c>
+      <c r="I76" s="156"/>
+      <c r="J76" s="156"/>
+      <c r="K76" s="156"/>
+      <c r="L76" s="156"/>
+      <c r="M76" s="156"/>
+      <c r="N76" s="156"/>
+      <c r="O76" s="156"/>
+      <c r="P76" s="156"/>
+      <c r="Q76" s="156"/>
+      <c r="R76" s="156"/>
+      <c r="S76" s="156"/>
+      <c r="T76" s="156"/>
+      <c r="U76" s="156"/>
+      <c r="V76" s="157"/>
+      <c r="W76" s="134" t="s">
+        <v>238</v>
+      </c>
+      <c r="X76" s="135"/>
+      <c r="Y76" s="135"/>
+      <c r="Z76" s="135"/>
+      <c r="AA76" s="135"/>
+      <c r="AB76" s="135"/>
+      <c r="AC76" s="135"/>
+      <c r="AD76" s="135"/>
+      <c r="AE76" s="135"/>
+      <c r="AF76" s="135"/>
+      <c r="AG76" s="135"/>
+      <c r="AH76" s="135"/>
+      <c r="AI76" s="135"/>
+      <c r="AJ76" s="135"/>
+      <c r="AK76" s="136"/>
       <c r="AL76" s="1"/>
     </row>
     <row r="77" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
-      <c r="B77" s="134" t="s">
-[...36 lines deleted...]
-      <c r="AK77" s="162"/>
+      <c r="B77" s="12"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="158"/>
+      <c r="I77" s="159"/>
+      <c r="J77" s="159"/>
+      <c r="K77" s="159"/>
+      <c r="L77" s="159"/>
+      <c r="M77" s="159"/>
+      <c r="N77" s="159"/>
+      <c r="O77" s="159"/>
+      <c r="P77" s="159"/>
+      <c r="Q77" s="159"/>
+      <c r="R77" s="159"/>
+      <c r="S77" s="159"/>
+      <c r="T77" s="159"/>
+      <c r="U77" s="159"/>
+      <c r="V77" s="160"/>
+      <c r="W77" s="137"/>
+      <c r="X77" s="138"/>
+      <c r="Y77" s="138"/>
+      <c r="Z77" s="138"/>
+      <c r="AA77" s="138"/>
+      <c r="AB77" s="138"/>
+      <c r="AC77" s="138"/>
+      <c r="AD77" s="138"/>
+      <c r="AE77" s="138"/>
+      <c r="AF77" s="138"/>
+      <c r="AG77" s="138"/>
+      <c r="AH77" s="138"/>
+      <c r="AI77" s="138"/>
+      <c r="AJ77" s="138"/>
+      <c r="AK77" s="139"/>
       <c r="AL77" s="1"/>
     </row>
     <row r="78" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1"/>
-      <c r="B78" s="134"/>
-[...34 lines deleted...]
-      <c r="AK78" s="165"/>
+      <c r="B78" s="140" t="s">
+        <v>138</v>
+      </c>
+      <c r="C78" s="140"/>
+      <c r="D78" s="140"/>
+      <c r="E78" s="140"/>
+      <c r="F78" s="140"/>
+      <c r="G78" s="237"/>
+      <c r="H78" s="141"/>
+      <c r="I78" s="142"/>
+      <c r="J78" s="142"/>
+      <c r="K78" s="142"/>
+      <c r="L78" s="142"/>
+      <c r="M78" s="142"/>
+      <c r="N78" s="142"/>
+      <c r="O78" s="142"/>
+      <c r="P78" s="142"/>
+      <c r="Q78" s="142"/>
+      <c r="R78" s="142"/>
+      <c r="S78" s="142"/>
+      <c r="T78" s="142"/>
+      <c r="U78" s="142"/>
+      <c r="V78" s="143"/>
+      <c r="W78" s="147"/>
+      <c r="X78" s="148"/>
+      <c r="Y78" s="148"/>
+      <c r="Z78" s="148"/>
+      <c r="AA78" s="148"/>
+      <c r="AB78" s="148"/>
+      <c r="AC78" s="148"/>
+      <c r="AD78" s="148"/>
+      <c r="AE78" s="148"/>
+      <c r="AF78" s="148"/>
+      <c r="AG78" s="148"/>
+      <c r="AH78" s="148"/>
+      <c r="AI78" s="148"/>
+      <c r="AJ78" s="148"/>
+      <c r="AK78" s="149"/>
       <c r="AL78" s="1"/>
     </row>
     <row r="79" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="1"/>
-      <c r="B79" s="133" t="s">
-[...36 lines deleted...]
-      <c r="AK79" s="132"/>
+      <c r="B79" s="140"/>
+      <c r="C79" s="140"/>
+      <c r="D79" s="140"/>
+      <c r="E79" s="140"/>
+      <c r="F79" s="140"/>
+      <c r="G79" s="237"/>
+      <c r="H79" s="144"/>
+      <c r="I79" s="145"/>
+      <c r="J79" s="145"/>
+      <c r="K79" s="145"/>
+      <c r="L79" s="145"/>
+      <c r="M79" s="145"/>
+      <c r="N79" s="145"/>
+      <c r="O79" s="145"/>
+      <c r="P79" s="145"/>
+      <c r="Q79" s="145"/>
+      <c r="R79" s="145"/>
+      <c r="S79" s="145"/>
+      <c r="T79" s="145"/>
+      <c r="U79" s="145"/>
+      <c r="V79" s="146"/>
+      <c r="W79" s="150"/>
+      <c r="X79" s="151"/>
+      <c r="Y79" s="151"/>
+      <c r="Z79" s="151"/>
+      <c r="AA79" s="151"/>
+      <c r="AB79" s="151"/>
+      <c r="AC79" s="151"/>
+      <c r="AD79" s="151"/>
+      <c r="AE79" s="151"/>
+      <c r="AF79" s="151"/>
+      <c r="AG79" s="151"/>
+      <c r="AH79" s="151"/>
+      <c r="AI79" s="151"/>
+      <c r="AJ79" s="151"/>
+      <c r="AK79" s="152"/>
       <c r="AL79" s="1"/>
     </row>
     <row r="80" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="1"/>
       <c r="B80" s="133" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C80" s="133"/>
       <c r="D80" s="133"/>
       <c r="E80" s="133"/>
       <c r="F80" s="133"/>
-      <c r="G80" s="234"/>
+      <c r="G80" s="235"/>
       <c r="H80" s="127"/>
       <c r="I80" s="128"/>
       <c r="J80" s="128"/>
       <c r="K80" s="128"/>
       <c r="L80" s="128"/>
       <c r="M80" s="128"/>
       <c r="N80" s="128"/>
       <c r="O80" s="128"/>
       <c r="P80" s="128"/>
       <c r="Q80" s="128"/>
       <c r="R80" s="128"/>
       <c r="S80" s="128"/>
       <c r="T80" s="128"/>
       <c r="U80" s="128"/>
       <c r="V80" s="129"/>
       <c r="W80" s="130"/>
       <c r="X80" s="131"/>
       <c r="Y80" s="131"/>
       <c r="Z80" s="131"/>
       <c r="AA80" s="131"/>
       <c r="AB80" s="131"/>
       <c r="AC80" s="131"/>
       <c r="AD80" s="131"/>
       <c r="AE80" s="131"/>
       <c r="AF80" s="131"/>
       <c r="AG80" s="131"/>
       <c r="AH80" s="131"/>
       <c r="AI80" s="131"/>
       <c r="AJ80" s="131"/>
       <c r="AK80" s="132"/>
       <c r="AL80" s="1"/>
     </row>
     <row r="81" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="1"/>
-      <c r="B81" s="134" t="s">
-[...36 lines deleted...]
-      <c r="AK81" s="143"/>
+      <c r="B81" s="133" t="s">
+        <v>140</v>
+      </c>
+      <c r="C81" s="133"/>
+      <c r="D81" s="133"/>
+      <c r="E81" s="133"/>
+      <c r="F81" s="133"/>
+      <c r="G81" s="235"/>
+      <c r="H81" s="127"/>
+      <c r="I81" s="128"/>
+      <c r="J81" s="128"/>
+      <c r="K81" s="128"/>
+      <c r="L81" s="128"/>
+      <c r="M81" s="128"/>
+      <c r="N81" s="128"/>
+      <c r="O81" s="128"/>
+      <c r="P81" s="128"/>
+      <c r="Q81" s="128"/>
+      <c r="R81" s="128"/>
+      <c r="S81" s="128"/>
+      <c r="T81" s="128"/>
+      <c r="U81" s="128"/>
+      <c r="V81" s="129"/>
+      <c r="W81" s="130"/>
+      <c r="X81" s="131"/>
+      <c r="Y81" s="131"/>
+      <c r="Z81" s="131"/>
+      <c r="AA81" s="131"/>
+      <c r="AB81" s="131"/>
+      <c r="AC81" s="131"/>
+      <c r="AD81" s="131"/>
+      <c r="AE81" s="131"/>
+      <c r="AF81" s="131"/>
+      <c r="AG81" s="131"/>
+      <c r="AH81" s="131"/>
+      <c r="AI81" s="131"/>
+      <c r="AJ81" s="131"/>
+      <c r="AK81" s="132"/>
       <c r="AL81" s="1"/>
     </row>
     <row r="82" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1"/>
-      <c r="B82" s="134"/>
-[...34 lines deleted...]
-      <c r="AK82" s="146"/>
+      <c r="B82" s="140" t="s">
+        <v>141</v>
+      </c>
+      <c r="C82" s="140"/>
+      <c r="D82" s="140"/>
+      <c r="E82" s="140"/>
+      <c r="F82" s="140"/>
+      <c r="G82" s="237"/>
+      <c r="H82" s="161"/>
+      <c r="I82" s="162"/>
+      <c r="J82" s="162"/>
+      <c r="K82" s="162"/>
+      <c r="L82" s="162"/>
+      <c r="M82" s="162"/>
+      <c r="N82" s="162"/>
+      <c r="O82" s="162"/>
+      <c r="P82" s="162"/>
+      <c r="Q82" s="162"/>
+      <c r="R82" s="162"/>
+      <c r="S82" s="162"/>
+      <c r="T82" s="162"/>
+      <c r="U82" s="162"/>
+      <c r="V82" s="163"/>
+      <c r="W82" s="167"/>
+      <c r="X82" s="168"/>
+      <c r="Y82" s="168"/>
+      <c r="Z82" s="168"/>
+      <c r="AA82" s="168"/>
+      <c r="AB82" s="168"/>
+      <c r="AC82" s="168"/>
+      <c r="AD82" s="168"/>
+      <c r="AE82" s="168"/>
+      <c r="AF82" s="168"/>
+      <c r="AG82" s="168"/>
+      <c r="AH82" s="168"/>
+      <c r="AI82" s="168"/>
+      <c r="AJ82" s="168"/>
+      <c r="AK82" s="169"/>
       <c r="AL82" s="1"/>
     </row>
     <row r="83" spans="1:38" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
-      <c r="B83" s="13"/>
-[...36 lines deleted...]
-      </c>
+      <c r="B83" s="140"/>
+      <c r="C83" s="140"/>
+      <c r="D83" s="140"/>
+      <c r="E83" s="140"/>
+      <c r="F83" s="140"/>
+      <c r="G83" s="237"/>
+      <c r="H83" s="164"/>
+      <c r="I83" s="165"/>
+      <c r="J83" s="165"/>
+      <c r="K83" s="165"/>
+      <c r="L83" s="165"/>
+      <c r="M83" s="165"/>
+      <c r="N83" s="165"/>
+      <c r="O83" s="165"/>
+      <c r="P83" s="165"/>
+      <c r="Q83" s="165"/>
+      <c r="R83" s="165"/>
+      <c r="S83" s="165"/>
+      <c r="T83" s="165"/>
+      <c r="U83" s="165"/>
+      <c r="V83" s="166"/>
+      <c r="W83" s="170"/>
+      <c r="X83" s="171"/>
+      <c r="Y83" s="171"/>
+      <c r="Z83" s="171"/>
+      <c r="AA83" s="171"/>
+      <c r="AB83" s="171"/>
+      <c r="AC83" s="171"/>
+      <c r="AD83" s="171"/>
+      <c r="AE83" s="171"/>
+      <c r="AF83" s="171"/>
+      <c r="AG83" s="171"/>
+      <c r="AH83" s="171"/>
+      <c r="AI83" s="171"/>
+      <c r="AJ83" s="171"/>
+      <c r="AK83" s="172"/>
       <c r="AL83" s="1"/>
     </row>
-    <row r="84" spans="1:38" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1"/>
-      <c r="B84" s="18"/>
-[...34 lines deleted...]
-      <c r="AK84" s="23"/>
+      <c r="B84" s="13"/>
+      <c r="C84" s="78"/>
+      <c r="D84" s="78"/>
+      <c r="E84" s="78"/>
+      <c r="F84" s="78"/>
+      <c r="G84" s="78"/>
+      <c r="H84" s="79"/>
+      <c r="I84" s="79"/>
+      <c r="J84" s="79"/>
+      <c r="K84" s="79"/>
+      <c r="L84" s="79"/>
+      <c r="M84" s="79"/>
+      <c r="N84" s="79"/>
+      <c r="O84" s="79"/>
+      <c r="P84" s="79"/>
+      <c r="Q84" s="79"/>
+      <c r="R84" s="79"/>
+      <c r="S84" s="79"/>
+      <c r="T84" s="79"/>
+      <c r="U84" s="79"/>
+      <c r="V84" s="79"/>
+      <c r="W84" s="2"/>
+      <c r="X84" s="2"/>
+      <c r="Y84" s="2"/>
+      <c r="Z84" s="2"/>
+      <c r="AA84" s="2"/>
+      <c r="AB84" s="2"/>
+      <c r="AC84" s="2"/>
+      <c r="AD84" s="2"/>
+      <c r="AE84" s="2"/>
+      <c r="AF84" s="2"/>
+      <c r="AG84" s="2"/>
+      <c r="AH84" s="2"/>
+      <c r="AI84" s="2"/>
+      <c r="AJ84" s="2"/>
+      <c r="AK84" s="26" t="s">
+        <v>242</v>
+      </c>
       <c r="AL84" s="1"/>
     </row>
-    <row r="85" spans="1:38" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:38" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1"/>
-      <c r="B85" s="22" t="s">
-[...36 lines deleted...]
-      <c r="AK85" s="1"/>
+      <c r="B85" s="18"/>
+      <c r="C85" s="18"/>
+      <c r="D85" s="18"/>
+      <c r="E85" s="18"/>
+      <c r="F85" s="18"/>
+      <c r="G85" s="23"/>
+      <c r="H85" s="23"/>
+      <c r="I85" s="23"/>
+      <c r="J85" s="23"/>
+      <c r="K85" s="23"/>
+      <c r="L85" s="23"/>
+      <c r="M85" s="23"/>
+      <c r="N85" s="23"/>
+      <c r="O85" s="23"/>
+      <c r="P85" s="24"/>
+      <c r="Q85" s="24"/>
+      <c r="R85" s="24"/>
+      <c r="S85" s="24"/>
+      <c r="T85" s="24"/>
+      <c r="U85" s="24"/>
+      <c r="V85" s="24"/>
+      <c r="W85" s="24"/>
+      <c r="X85" s="24"/>
+      <c r="Y85" s="23"/>
+      <c r="Z85" s="23"/>
+      <c r="AA85" s="23"/>
+      <c r="AB85" s="23"/>
+      <c r="AC85" s="23"/>
+      <c r="AD85" s="23"/>
+      <c r="AE85" s="23"/>
+      <c r="AF85" s="23"/>
+      <c r="AG85" s="23"/>
+      <c r="AH85" s="23"/>
+      <c r="AI85" s="23"/>
+      <c r="AJ85" s="23"/>
+      <c r="AK85" s="23"/>
       <c r="AL85" s="1"/>
     </row>
     <row r="86" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="1"/>
-      <c r="B86" s="238" t="s">
-[...36 lines deleted...]
-      <c r="AK86" s="238"/>
+      <c r="B86" s="22" t="s">
+        <v>206</v>
+      </c>
+      <c r="C86" s="22"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1"/>
+      <c r="I86" s="1"/>
+      <c r="J86" s="1"/>
+      <c r="K86" s="1"/>
+      <c r="L86" s="1"/>
+      <c r="M86" s="1"/>
+      <c r="N86" s="1"/>
+      <c r="O86" s="1"/>
+      <c r="P86" s="1"/>
+      <c r="Q86" s="1"/>
+      <c r="R86" s="1"/>
+      <c r="S86" s="1"/>
+      <c r="T86" s="1"/>
+      <c r="U86" s="1"/>
+      <c r="V86" s="1"/>
+      <c r="W86" s="1"/>
+      <c r="X86" s="1"/>
+      <c r="Y86" s="1"/>
+      <c r="Z86" s="1"/>
+      <c r="AA86" s="1"/>
+      <c r="AB86" s="1"/>
+      <c r="AC86" s="1"/>
+      <c r="AD86" s="1"/>
+      <c r="AE86" s="1"/>
+      <c r="AF86" s="1"/>
+      <c r="AG86" s="1"/>
+      <c r="AH86" s="1"/>
+      <c r="AI86" s="1"/>
+      <c r="AJ86" s="1"/>
+      <c r="AK86" s="1"/>
       <c r="AL86" s="1"/>
     </row>
     <row r="87" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1"/>
-      <c r="B87" s="238"/>
-[...34 lines deleted...]
-      <c r="AK87" s="238"/>
+      <c r="B87" s="239" t="s">
+        <v>209</v>
+      </c>
+      <c r="C87" s="239"/>
+      <c r="D87" s="239"/>
+      <c r="E87" s="239"/>
+      <c r="F87" s="239"/>
+      <c r="G87" s="239"/>
+      <c r="H87" s="239"/>
+      <c r="I87" s="239"/>
+      <c r="J87" s="239"/>
+      <c r="K87" s="239"/>
+      <c r="L87" s="239"/>
+      <c r="M87" s="239"/>
+      <c r="N87" s="239"/>
+      <c r="O87" s="239"/>
+      <c r="P87" s="239"/>
+      <c r="Q87" s="239"/>
+      <c r="R87" s="239"/>
+      <c r="S87" s="239"/>
+      <c r="T87" s="239"/>
+      <c r="U87" s="239"/>
+      <c r="V87" s="239"/>
+      <c r="W87" s="239"/>
+      <c r="X87" s="239"/>
+      <c r="Y87" s="239"/>
+      <c r="Z87" s="239"/>
+      <c r="AA87" s="239"/>
+      <c r="AB87" s="239"/>
+      <c r="AC87" s="239"/>
+      <c r="AD87" s="239"/>
+      <c r="AE87" s="239"/>
+      <c r="AF87" s="239"/>
+      <c r="AG87" s="239"/>
+      <c r="AH87" s="239"/>
+      <c r="AI87" s="239"/>
+      <c r="AJ87" s="239"/>
+      <c r="AK87" s="239"/>
       <c r="AL87" s="1"/>
     </row>
     <row r="88" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1"/>
-      <c r="B88" s="238"/>
-[...34 lines deleted...]
-      <c r="AK88" s="238"/>
+      <c r="B88" s="239"/>
+      <c r="C88" s="239"/>
+      <c r="D88" s="239"/>
+      <c r="E88" s="239"/>
+      <c r="F88" s="239"/>
+      <c r="G88" s="239"/>
+      <c r="H88" s="239"/>
+      <c r="I88" s="239"/>
+      <c r="J88" s="239"/>
+      <c r="K88" s="239"/>
+      <c r="L88" s="239"/>
+      <c r="M88" s="239"/>
+      <c r="N88" s="239"/>
+      <c r="O88" s="239"/>
+      <c r="P88" s="239"/>
+      <c r="Q88" s="239"/>
+      <c r="R88" s="239"/>
+      <c r="S88" s="239"/>
+      <c r="T88" s="239"/>
+      <c r="U88" s="239"/>
+      <c r="V88" s="239"/>
+      <c r="W88" s="239"/>
+      <c r="X88" s="239"/>
+      <c r="Y88" s="239"/>
+      <c r="Z88" s="239"/>
+      <c r="AA88" s="239"/>
+      <c r="AB88" s="239"/>
+      <c r="AC88" s="239"/>
+      <c r="AD88" s="239"/>
+      <c r="AE88" s="239"/>
+      <c r="AF88" s="239"/>
+      <c r="AG88" s="239"/>
+      <c r="AH88" s="239"/>
+      <c r="AI88" s="239"/>
+      <c r="AJ88" s="239"/>
+      <c r="AK88" s="239"/>
       <c r="AL88" s="1"/>
     </row>
-    <row r="89" spans="1:38" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:38" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1"/>
-      <c r="B89" s="6"/>
-[...34 lines deleted...]
-      <c r="AK89" s="6"/>
+      <c r="B89" s="239"/>
+      <c r="C89" s="239"/>
+      <c r="D89" s="239"/>
+      <c r="E89" s="239"/>
+      <c r="F89" s="239"/>
+      <c r="G89" s="239"/>
+      <c r="H89" s="239"/>
+      <c r="I89" s="239"/>
+      <c r="J89" s="239"/>
+      <c r="K89" s="239"/>
+      <c r="L89" s="239"/>
+      <c r="M89" s="239"/>
+      <c r="N89" s="239"/>
+      <c r="O89" s="239"/>
+      <c r="P89" s="239"/>
+      <c r="Q89" s="239"/>
+      <c r="R89" s="239"/>
+      <c r="S89" s="239"/>
+      <c r="T89" s="239"/>
+      <c r="U89" s="239"/>
+      <c r="V89" s="239"/>
+      <c r="W89" s="239"/>
+      <c r="X89" s="239"/>
+      <c r="Y89" s="239"/>
+      <c r="Z89" s="239"/>
+      <c r="AA89" s="239"/>
+      <c r="AB89" s="239"/>
+      <c r="AC89" s="239"/>
+      <c r="AD89" s="239"/>
+      <c r="AE89" s="239"/>
+      <c r="AF89" s="239"/>
+      <c r="AG89" s="239"/>
+      <c r="AH89" s="239"/>
+      <c r="AI89" s="239"/>
+      <c r="AJ89" s="239"/>
+      <c r="AK89" s="239"/>
       <c r="AL89" s="1"/>
     </row>
-    <row r="90" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:38" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1"/>
-      <c r="B90" s="22" t="s">
+      <c r="B90" s="6"/>
+      <c r="C90" s="6"/>
+      <c r="D90" s="6"/>
+      <c r="E90" s="6"/>
+      <c r="F90" s="6"/>
+      <c r="G90" s="6"/>
+      <c r="H90" s="6"/>
+      <c r="I90" s="6"/>
+      <c r="J90" s="6"/>
+      <c r="K90" s="6"/>
+      <c r="L90" s="6"/>
+      <c r="M90" s="6"/>
+      <c r="N90" s="6"/>
+      <c r="O90" s="6"/>
+      <c r="P90" s="6"/>
+      <c r="Q90" s="6"/>
+      <c r="R90" s="6"/>
+      <c r="S90" s="6"/>
+      <c r="T90" s="6"/>
+      <c r="U90" s="6"/>
+      <c r="V90" s="6"/>
+      <c r="W90" s="6"/>
+      <c r="X90" s="6"/>
+      <c r="Y90" s="6"/>
+      <c r="Z90" s="6"/>
+      <c r="AA90" s="6"/>
+      <c r="AB90" s="6"/>
+      <c r="AC90" s="6"/>
+      <c r="AD90" s="6"/>
+      <c r="AE90" s="6"/>
+      <c r="AF90" s="6"/>
+      <c r="AG90" s="6"/>
+      <c r="AH90" s="6"/>
+      <c r="AI90" s="6"/>
+      <c r="AJ90" s="6"/>
+      <c r="AK90" s="6"/>
+      <c r="AL90" s="1"/>
+    </row>
+    <row r="91" spans="1:38" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="1"/>
+      <c r="B91" s="22" t="s">
         <v>207</v>
       </c>
-      <c r="C90" s="22"/>
-[...75 lines deleted...]
-      <c r="AK91" s="133"/>
+      <c r="C91" s="22"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
+      <c r="H91" s="1"/>
+      <c r="I91" s="1"/>
+      <c r="J91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="L91" s="1"/>
+      <c r="M91" s="1"/>
+      <c r="N91" s="1"/>
+      <c r="O91" s="1"/>
+      <c r="P91" s="1"/>
+      <c r="Q91" s="1"/>
+      <c r="R91" s="1"/>
+      <c r="S91" s="1"/>
+      <c r="T91" s="1"/>
+      <c r="U91" s="1"/>
+      <c r="V91" s="1"/>
+      <c r="W91" s="1"/>
+      <c r="X91" s="1"/>
+      <c r="Y91" s="1"/>
+      <c r="Z91" s="1"/>
+      <c r="AA91" s="1"/>
+      <c r="AB91" s="1"/>
+      <c r="AC91" s="1"/>
+      <c r="AD91" s="1"/>
+      <c r="AE91" s="1"/>
+      <c r="AF91" s="1"/>
+      <c r="AG91" s="1"/>
+      <c r="AH91" s="1"/>
+      <c r="AI91" s="1"/>
+      <c r="AJ91" s="1"/>
+      <c r="AK91" s="1"/>
       <c r="AL91" s="1"/>
     </row>
     <row r="92" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1"/>
-      <c r="B92" s="238" t="s">
-[...36 lines deleted...]
-      <c r="AK92" s="238"/>
+      <c r="B92" s="133" t="s">
+        <v>210</v>
+      </c>
+      <c r="C92" s="133"/>
+      <c r="D92" s="133"/>
+      <c r="E92" s="133"/>
+      <c r="F92" s="133"/>
+      <c r="G92" s="133"/>
+      <c r="H92" s="133"/>
+      <c r="I92" s="133"/>
+      <c r="J92" s="133"/>
+      <c r="K92" s="133"/>
+      <c r="L92" s="133"/>
+      <c r="M92" s="133"/>
+      <c r="N92" s="133"/>
+      <c r="O92" s="133"/>
+      <c r="P92" s="133"/>
+      <c r="Q92" s="133"/>
+      <c r="R92" s="133"/>
+      <c r="S92" s="133"/>
+      <c r="T92" s="133"/>
+      <c r="U92" s="133"/>
+      <c r="V92" s="133"/>
+      <c r="W92" s="133"/>
+      <c r="X92" s="133"/>
+      <c r="Y92" s="133"/>
+      <c r="Z92" s="133"/>
+      <c r="AA92" s="133"/>
+      <c r="AB92" s="133"/>
+      <c r="AC92" s="133"/>
+      <c r="AD92" s="133"/>
+      <c r="AE92" s="133"/>
+      <c r="AF92" s="133"/>
+      <c r="AG92" s="133"/>
+      <c r="AH92" s="133"/>
+      <c r="AI92" s="133"/>
+      <c r="AJ92" s="133"/>
+      <c r="AK92" s="133"/>
       <c r="AL92" s="1"/>
     </row>
     <row r="93" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1"/>
-      <c r="B93" s="238"/>
-[...34 lines deleted...]
-      <c r="AK93" s="238"/>
+      <c r="B93" s="239" t="s">
+        <v>211</v>
+      </c>
+      <c r="C93" s="239"/>
+      <c r="D93" s="239"/>
+      <c r="E93" s="239"/>
+      <c r="F93" s="239"/>
+      <c r="G93" s="239"/>
+      <c r="H93" s="239"/>
+      <c r="I93" s="239"/>
+      <c r="J93" s="239"/>
+      <c r="K93" s="239"/>
+      <c r="L93" s="239"/>
+      <c r="M93" s="239"/>
+      <c r="N93" s="239"/>
+      <c r="O93" s="239"/>
+      <c r="P93" s="239"/>
+      <c r="Q93" s="239"/>
+      <c r="R93" s="239"/>
+      <c r="S93" s="239"/>
+      <c r="T93" s="239"/>
+      <c r="U93" s="239"/>
+      <c r="V93" s="239"/>
+      <c r="W93" s="239"/>
+      <c r="X93" s="239"/>
+      <c r="Y93" s="239"/>
+      <c r="Z93" s="239"/>
+      <c r="AA93" s="239"/>
+      <c r="AB93" s="239"/>
+      <c r="AC93" s="239"/>
+      <c r="AD93" s="239"/>
+      <c r="AE93" s="239"/>
+      <c r="AF93" s="239"/>
+      <c r="AG93" s="239"/>
+      <c r="AH93" s="239"/>
+      <c r="AI93" s="239"/>
+      <c r="AJ93" s="239"/>
+      <c r="AK93" s="239"/>
       <c r="AL93" s="1"/>
     </row>
     <row r="94" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1"/>
-      <c r="B94" s="237" t="s">
-[...36 lines deleted...]
-      <c r="AK94" s="237"/>
+      <c r="B94" s="239"/>
+      <c r="C94" s="239"/>
+      <c r="D94" s="239"/>
+      <c r="E94" s="239"/>
+      <c r="F94" s="239"/>
+      <c r="G94" s="239"/>
+      <c r="H94" s="239"/>
+      <c r="I94" s="239"/>
+      <c r="J94" s="239"/>
+      <c r="K94" s="239"/>
+      <c r="L94" s="239"/>
+      <c r="M94" s="239"/>
+      <c r="N94" s="239"/>
+      <c r="O94" s="239"/>
+      <c r="P94" s="239"/>
+      <c r="Q94" s="239"/>
+      <c r="R94" s="239"/>
+      <c r="S94" s="239"/>
+      <c r="T94" s="239"/>
+      <c r="U94" s="239"/>
+      <c r="V94" s="239"/>
+      <c r="W94" s="239"/>
+      <c r="X94" s="239"/>
+      <c r="Y94" s="239"/>
+      <c r="Z94" s="239"/>
+      <c r="AA94" s="239"/>
+      <c r="AB94" s="239"/>
+      <c r="AC94" s="239"/>
+      <c r="AD94" s="239"/>
+      <c r="AE94" s="239"/>
+      <c r="AF94" s="239"/>
+      <c r="AG94" s="239"/>
+      <c r="AH94" s="239"/>
+      <c r="AI94" s="239"/>
+      <c r="AJ94" s="239"/>
+      <c r="AK94" s="239"/>
       <c r="AL94" s="1"/>
     </row>
     <row r="95" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1"/>
-      <c r="B95" s="235" t="s">
+      <c r="B95" s="238" t="s">
+        <v>212</v>
+      </c>
+      <c r="C95" s="238"/>
+      <c r="D95" s="238"/>
+      <c r="E95" s="238"/>
+      <c r="F95" s="238"/>
+      <c r="G95" s="238"/>
+      <c r="H95" s="238"/>
+      <c r="I95" s="238"/>
+      <c r="J95" s="238"/>
+      <c r="K95" s="238"/>
+      <c r="L95" s="238"/>
+      <c r="M95" s="238"/>
+      <c r="N95" s="238"/>
+      <c r="O95" s="238"/>
+      <c r="P95" s="238"/>
+      <c r="Q95" s="238"/>
+      <c r="R95" s="238"/>
+      <c r="S95" s="238"/>
+      <c r="T95" s="238"/>
+      <c r="U95" s="238"/>
+      <c r="V95" s="238"/>
+      <c r="W95" s="238"/>
+      <c r="X95" s="238"/>
+      <c r="Y95" s="238"/>
+      <c r="Z95" s="238"/>
+      <c r="AA95" s="238"/>
+      <c r="AB95" s="238"/>
+      <c r="AC95" s="238"/>
+      <c r="AD95" s="238"/>
+      <c r="AE95" s="238"/>
+      <c r="AF95" s="238"/>
+      <c r="AG95" s="238"/>
+      <c r="AH95" s="238"/>
+      <c r="AI95" s="238"/>
+      <c r="AJ95" s="238"/>
+      <c r="AK95" s="238"/>
+      <c r="AL95" s="1"/>
+    </row>
+    <row r="96" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="1"/>
+      <c r="B96" s="236" t="s">
         <v>213</v>
       </c>
-      <c r="C95" s="235"/>
-[...36 lines deleted...]
-    <row r="96" spans="1:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C96" s="236"/>
+      <c r="D96" s="236"/>
+      <c r="E96" s="236"/>
+      <c r="F96" s="236"/>
+      <c r="G96" s="236"/>
+      <c r="H96" s="236"/>
+      <c r="I96" s="236"/>
+      <c r="J96" s="236"/>
+      <c r="K96" s="236"/>
+      <c r="L96" s="236"/>
+      <c r="M96" s="236"/>
+      <c r="N96" s="236"/>
+      <c r="O96" s="236"/>
+      <c r="P96" s="236"/>
+      <c r="Q96" s="236"/>
+      <c r="R96" s="236"/>
+      <c r="S96" s="236"/>
+      <c r="T96" s="236"/>
+      <c r="U96" s="236"/>
+      <c r="V96" s="236"/>
+      <c r="W96" s="236"/>
+      <c r="X96" s="236"/>
+      <c r="Y96" s="236"/>
+      <c r="Z96" s="236"/>
+      <c r="AA96" s="236"/>
+      <c r="AB96" s="236"/>
+      <c r="AC96" s="236"/>
+      <c r="AD96" s="236"/>
+      <c r="AE96" s="236"/>
+      <c r="AF96" s="236"/>
+      <c r="AG96" s="236"/>
+      <c r="AH96" s="236"/>
+      <c r="AI96" s="236"/>
+      <c r="AJ96" s="236"/>
+      <c r="AK96" s="236"/>
       <c r="AL96" s="1"/>
     </row>
     <row r="97" spans="38:38" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AL97" s="1"/>
     </row>
-    <row r="98" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...36 lines deleted...]
-    <row r="135" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" spans="38:38" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL98" s="1"/>
+    </row>
     <row r="136" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="137" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="138" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...28 lines deleted...]
-    <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="169" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="170" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="172" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...18 lines deleted...]
-    <row r="191" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="192" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="193" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...7 lines deleted...]
-    <row r="201" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="202" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="203" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="204" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="205" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="206" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="207" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="208" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="209" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25">
-[...38 lines deleted...]
-    <row r="210" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="209" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="210" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="1"/>
+      <c r="B210" s="1"/>
+      <c r="C210" s="1"/>
+      <c r="D210" s="1"/>
+      <c r="E210" s="1"/>
+      <c r="F210" s="1"/>
+      <c r="G210" s="1"/>
+      <c r="H210" s="1"/>
+      <c r="I210" s="1"/>
+      <c r="J210" s="1"/>
+      <c r="K210" s="1"/>
+      <c r="L210" s="1"/>
+      <c r="M210" s="1"/>
+      <c r="N210" s="1"/>
+      <c r="O210" s="1"/>
+      <c r="P210" s="1"/>
+      <c r="Q210" s="1"/>
+      <c r="R210" s="1"/>
+      <c r="S210" s="1"/>
+      <c r="T210" s="1"/>
+      <c r="U210" s="1"/>
+      <c r="V210" s="1"/>
+      <c r="W210" s="1"/>
+      <c r="X210" s="1"/>
+      <c r="Y210" s="1"/>
+      <c r="Z210" s="1"/>
+      <c r="AA210" s="1"/>
+      <c r="AB210" s="1"/>
+      <c r="AC210" s="1"/>
+      <c r="AD210" s="1"/>
+      <c r="AE210" s="1"/>
+      <c r="AF210" s="1"/>
+      <c r="AG210" s="1"/>
+      <c r="AH210" s="1"/>
+      <c r="AI210" s="1"/>
+      <c r="AJ210" s="1"/>
+      <c r="AK210" s="1"/>
+    </row>
     <row r="211" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="212" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-    <row r="213" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="212" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="213" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AL213" s="1"/>
+    </row>
     <row r="214" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="215" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="216" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="217" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="218" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="219" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="220" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="221" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="222" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="223" spans="1:38" ht="12.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="224" spans="1:38" ht="13.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MMpdsO37mBdn3ytk31K8wQ0WqX0SdhCksko9TYGt6343wJyrGgC4nYUFToKYflqDazO1QHFYWXW+2i9cnu0rLg==" saltValue="dxQ8rop9CjpuiHgdi1Yjiw==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Xng54t+5EM7DXkqRiZ+zcuH9N39rKDWLBye8KMZ9tFZGKtgAvhvEUeQQyaWeUPob/AdffTx4DtiTbZ3n1sKbxQ==" saltValue="NiiG8APs9EFjVhl4ZbzitA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="48">
     <mergeCell ref="F9:AK9"/>
     <mergeCell ref="H17:J17"/>
     <mergeCell ref="R17:T17"/>
     <mergeCell ref="U17:V17"/>
     <mergeCell ref="Y17:Z17"/>
     <mergeCell ref="B2:F5"/>
     <mergeCell ref="G2:O5"/>
     <mergeCell ref="P2:X5"/>
     <mergeCell ref="Y2:AK5"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="F7:P7"/>
     <mergeCell ref="Q7:T7"/>
     <mergeCell ref="U7:Z7"/>
     <mergeCell ref="AB7:AE7"/>
     <mergeCell ref="AF7:AK7"/>
+    <mergeCell ref="B96:AK96"/>
+    <mergeCell ref="W76:AK77"/>
+    <mergeCell ref="H78:V79"/>
+    <mergeCell ref="W78:AK79"/>
+    <mergeCell ref="B78:G79"/>
     <mergeCell ref="B95:AK95"/>
-    <mergeCell ref="W75:AK76"/>
-[...9 lines deleted...]
-    <mergeCell ref="B91:AK91"/>
+    <mergeCell ref="H82:V83"/>
+    <mergeCell ref="W82:AK83"/>
+    <mergeCell ref="B82:G83"/>
+    <mergeCell ref="B87:AK89"/>
+    <mergeCell ref="B93:AK94"/>
+    <mergeCell ref="B92:AK92"/>
+    <mergeCell ref="B76:G76"/>
+    <mergeCell ref="H76:V77"/>
+    <mergeCell ref="H80:V80"/>
+    <mergeCell ref="W80:AK80"/>
     <mergeCell ref="P19:R19"/>
     <mergeCell ref="X19:Z19"/>
-    <mergeCell ref="V64:AK64"/>
+    <mergeCell ref="V65:AK65"/>
     <mergeCell ref="B25:J25"/>
     <mergeCell ref="B38:K38"/>
     <mergeCell ref="L30:AK30"/>
     <mergeCell ref="Y41:AK41"/>
-    <mergeCell ref="Y45:AK45"/>
-[...2 lines deleted...]
-    <mergeCell ref="V63:AK63"/>
+    <mergeCell ref="B50:AK50"/>
+    <mergeCell ref="B51:AK60"/>
+    <mergeCell ref="V64:AK64"/>
     <mergeCell ref="P21:R21"/>
     <mergeCell ref="X21:Z21"/>
-    <mergeCell ref="B75:G75"/>
-[...5 lines deleted...]
-    <mergeCell ref="B79:G79"/>
+    <mergeCell ref="H81:V81"/>
+    <mergeCell ref="W81:AK81"/>
     <mergeCell ref="B80:G80"/>
+    <mergeCell ref="B81:G81"/>
+    <mergeCell ref="Y45:AK46"/>
   </mergeCells>
-  <conditionalFormatting sqref="D66">
-    <cfRule type="expression" dxfId="6" priority="26">
+  <conditionalFormatting sqref="B21:AK21">
+    <cfRule type="expression" dxfId="7" priority="1">
+      <formula>$Y$17="&lt;20"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D67">
+    <cfRule type="expression" dxfId="6" priority="27">
       <formula>$AM$23&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D67">
-[...1 lines deleted...]
-      <formula>$AK$47="EN-VS-104 und EN-VS-110 anzugeben"</formula>
+  <conditionalFormatting sqref="D68">
+    <cfRule type="expression" dxfId="5" priority="33">
+      <formula>$AK$48="EN-VS-104 und EN-VS-110 anzugeben"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D68">
-    <cfRule type="expression" dxfId="4" priority="45">
+  <conditionalFormatting sqref="D69">
+    <cfRule type="expression" dxfId="4" priority="46">
       <formula>$AM$26&lt;&gt;5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D70">
-[...1 lines deleted...]
-      <formula>OR($AK$42="Simulationsdokument anzugeben",$AK$46="Simulationsdokument anzugeben")</formula>
+  <conditionalFormatting sqref="D71">
+    <cfRule type="expression" dxfId="3" priority="2">
+      <formula>OR($AK$42="Simulationsdokument anzugeben",$AK$47="Simulationsdokument anzugeben")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD19">
-    <cfRule type="expression" dxfId="2" priority="43">
+    <cfRule type="expression" dxfId="2" priority="44">
       <formula>$AN$19=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD21">
-    <cfRule type="expression" dxfId="1" priority="5">
+    <cfRule type="expression" dxfId="1" priority="6">
       <formula>$AN$21=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD12:AH12">
-    <cfRule type="cellIs" dxfId="0" priority="27" operator="equal">
+    <cfRule type="cellIs" dxfId="0" priority="28" operator="equal">
       <formula>"à renseigner"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations disablePrompts="1" count="2">
-[...2 lines deleted...]
-    </dataValidation>
+  <dataValidations count="2">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="Y41:AK41" xr:uid="{00000000-0002-0000-0300-000002000000}">
       <formula1>$AQ$46:$AQ$52</formula1>
+    </dataValidation>
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="Y45:AK46" xr:uid="{E79C2055-A962-46CC-93A0-D17965DB317E}">
+      <formula1>$AQ$36:$AQ$44</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="59" max="37" man="1"/>
+    <brk id="60" max="37" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>61</xdr:row>
+                    <xdr:row>62</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>61</xdr:row>
+                    <xdr:row>62</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5122" r:id="rId5" name="Check Box 2">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>64</xdr:row>
+                    <xdr:rowOff>9525</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>2</xdr:col>
+                    <xdr:colOff>171450</xdr:colOff>
+                    <xdr:row>64</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="5123" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>63</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>63</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="5123" r:id="rId6" name="Check Box 3">
-[...20 lines deleted...]
-          <mc:Choice Requires="x14">
             <control shapeId="5124" r:id="rId7" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>64</xdr:row>
+                    <xdr:row>65</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>64</xdr:row>
+                    <xdr:row>65</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5125" r:id="rId8" name="Option Button 5">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
@@ -22285,58 +22342,58 @@
                   <from>
                     <xdr:col>29</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>37</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>23</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5134" r:id="rId17" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>70</xdr:row>
+                    <xdr:row>71</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>70</xdr:row>
-                    <xdr:rowOff>190500</xdr:rowOff>
+                    <xdr:row>72</xdr:row>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5135" r:id="rId18" name="Option Button 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>219075</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
@@ -22439,57 +22496,57 @@
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5141" r:id="rId24" name="Check Box 21">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>65</xdr:row>
+                    <xdr:row>66</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>65</xdr:row>
+                    <xdr:row>66</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5142" r:id="rId25" name="Option Button 22">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
@@ -22571,79 +22628,79 @@
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5147" r:id="rId30" name="Check Box 27">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>66</xdr:row>
+                    <xdr:row>67</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>66</xdr:row>
+                    <xdr:row>67</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5148" r:id="rId31" name="Check Box 28">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>67</xdr:row>
+                    <xdr:row>68</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>67</xdr:row>
+                    <xdr:row>68</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5149" r:id="rId32" name="Group Box 29">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>323850</xdr:colOff>
                     <xdr:row>42</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
@@ -22681,57 +22738,57 @@
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>333375</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5152" r:id="rId35" name="Check Box 32">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>68</xdr:row>
+                    <xdr:row>69</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>68</xdr:row>
+                    <xdr:row>69</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5153" r:id="rId36" name="Group Box 33">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
@@ -22747,57 +22804,57 @@
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>24</xdr:row>
                     <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5179" r:id="rId38" name="Check Box 59">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>69</xdr:row>
+                    <xdr:row>70</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>69</xdr:row>
+                    <xdr:row>70</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>