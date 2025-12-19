--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -120,60 +120,60 @@
   <Override PartName="/xl/ctrlProps/ctrlProp98.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp99.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp100.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp101.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp102.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp103.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp104.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp105.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp106.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp107.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp108.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp109.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TANWER\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49F04FD0-CC77-42A6-9B1E-C87C472C37A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{30C2B2EE-7B6B-451C-AC92-2731B81D075A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Aide" sheetId="6" r:id="rId1"/>
     <sheet name="Formulaire_Fr" sheetId="5" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="7" r:id="rId3"/>
     <sheet name="Formular_De" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Formulaire_Fr!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Formular_De!$1:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Aide!$A$1:$T$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Formulaire_Fr!$B$1:$AM$101</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Formular_De!$B$1:$AM$101</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -1755,55 +1755,50 @@
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Text zeigt an, dass das Ergebnis eines Datensatzes oder einer Datenmenge validiert ist</t>
     </r>
   </si>
   <si>
     <t>Die Wahl einer Standardlösungskombination entbindet vom rechnerischen Nachweis (Formular EN-101b)</t>
   </si>
   <si>
     <t>Neubauten :</t>
   </si>
   <si>
     <t>Falls eine Kühlung geplannt ist, und um nicht auf einen rechnerischen Nachweis zurückgreifen zu müssen (EN-VS-101b), ist eine Vereinfachung möglich, indem Sie diesem Formular die Formulare EN-VS-104 und EN-VS-110 beifügen.</t>
   </si>
   <si>
     <t>Provisorisches GEAK A/A, mit log-file und alle nützlische Beilagen für die Kontrolle</t>
   </si>
   <si>
-    <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
-[...3 lines deleted...]
-  <si>
     <t>Thermische Solaranlage für Warmwasseraufbereitung mit</t>
   </si>
   <si>
     <t>Absorberfläche min. 2 % der EBF</t>
   </si>
   <si>
     <t>Opake Bauteile</t>
   </si>
   <si>
     <t>Opake Bauteile gegen aussen</t>
   </si>
   <si>
     <t>Tel. / E-Mail :</t>
   </si>
   <si>
     <t>1=soumis 0= exempté pour 50m2 &amp; 20%</t>
   </si>
   <si>
     <t>Site web SEFH:</t>
   </si>
   <si>
     <t>https://www.vs.ch/web/energie/home</t>
   </si>
   <si>
     <r>
@@ -1983,60 +1978,65 @@
   <si>
     <t>min.</t>
   </si>
   <si>
     <r>
       <t>m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Projekt : </t>
   </si>
   <si>
     <t xml:space="preserve">projeté : </t>
   </si>
   <si>
-    <t>Version 17 juillet 2025 (valable  jusqu'au 31.12.2025)</t>
-[...1 lines deleted...]
-  <si>
     <t>Minergie P, A oder Minergie-Areal (provisorisch)</t>
   </si>
   <si>
     <t>Provisorisches Minergie P, A oder Areal Zertifikat</t>
   </si>
   <si>
-    <t>Version 17. Juli 2025 (gültig bis 31.12.2025)</t>
+    <t>Version décembre 2025 (valable  jusqu'au 31.12.2026)</t>
+  </si>
+  <si>
+    <t>Version Dezember 2025 (gültig bis 31.12.2026)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN
+(oder sein Beauftragter)
+Die Vollständigkeit und Richtigkeit wird bestätigt </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="61" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -3285,674 +3285,674 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="47" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="47" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="15" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="40" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="41" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="37" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="42" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="36" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="43" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="4" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="47" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...404 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="11" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Calcul" xfId="1" builtinId="22"/>
     <cellStyle name="Lien hypertexte 2" xfId="2" xr:uid="{42A8CCF0-EADC-4119-838C-0833D03015A7}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="9"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
@@ -4661,57 +4661,57 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="386715" y="4773372"/>
           <a:ext cx="1299210" cy="1275567"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>274320</xdr:colOff>
+          <xdr:colOff>276225</xdr:colOff>
           <xdr:row>43</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9217" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9217"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -4728,57 +4728,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>45</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>312420</xdr:colOff>
+          <xdr:colOff>314325</xdr:colOff>
           <xdr:row>45</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9218" name="Option Button 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9218"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -5235,57 +5235,57 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="20303332">
           <a:off x="583371" y="9506648"/>
           <a:ext cx="1249843" cy="857377"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>312420</xdr:colOff>
+          <xdr:colOff>314325</xdr:colOff>
           <xdr:row>47</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="9219" name="Option Button 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s9219"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003240000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -5309,515 +5309,515 @@
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>99060</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5121" name="ouinon" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5121"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000001140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>99060</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5122" name="Option Button 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5122"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NON</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5123" name="Option Button 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5123"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Habitat collectif</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>30480</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5124" name="Option Button 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5124"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Habitat individuel</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>26</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5125" name="Group Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5125"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000005140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>209550</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>36</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>60</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5126" name="Group Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5126"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000006140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5127" name="Option Button 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5127"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000007140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5832,59 +5832,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5128" name="Option Button 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5128"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000008140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5905,53 +5905,53 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5129" name="Option Button 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5129"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000009140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5966,59 +5966,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>182880</xdr:colOff>
+          <xdr:colOff>180975</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5130" name="Option Button 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5130"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6033,59 +6033,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5131" name="Option Button 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5131"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000B140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6100,59 +6100,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>35</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5132" name="Option Button 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5132"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6173,53 +6173,53 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5133" name="Option Button 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5133"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000D140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6234,59 +6234,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>182880</xdr:colOff>
+          <xdr:colOff>180975</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5134" name="Option Button 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5134"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6301,59 +6301,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5135" name="Option Button 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5135"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6368,57 +6368,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5136" name="Option Button 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5136"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000010140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6437,55 +6437,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5137" name="Option Button 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5137"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000011140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -6502,53 +6502,53 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>182880</xdr:colOff>
+          <xdr:colOff>180975</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5138" name="Option Button 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5138"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -6569,59 +6569,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5139" name="Option Button 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5139"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000013140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6638,57 +6638,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5140" name="Option Button 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5140"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000014140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6703,59 +6703,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5141" name="Option Button 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5141"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000015140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6770,59 +6770,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5142" name="Option Button 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5142"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000016140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6837,116 +6837,116 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>144780</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5143" name="Group Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5143"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000017140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>70</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5148" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5148"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6961,59 +6961,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>72</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5149" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5149"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001D140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7028,59 +7028,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>73</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>74</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5150" name="Check Box 30" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5150"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7095,59 +7095,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>75</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>76</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5151" name="Check Box 31" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5151"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7162,59 +7162,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>76</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>77</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5152" name="Check Box 32" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5152"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000020140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7229,59 +7229,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>77</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>78</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5153" name="Check Box 33" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5153"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000021140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7296,57 +7296,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>78</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>79</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5154" name="Check Box 34" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5154"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000022140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -7363,59 +7363,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>236220</xdr:rowOff>
+          <xdr:rowOff>238125</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5155" name="Option Button 35" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5155"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000023140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7430,57 +7430,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>25</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5156" name="Option Button 36" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5156"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000024140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -7497,59 +7497,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5157" name="Option Button 37" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5157"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000025140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7614,288 +7614,288 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="431801" y="307974"/>
           <a:ext cx="917574" cy="825725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
-          <xdr:colOff>236220</xdr:colOff>
+          <xdr:colOff>238125</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>14</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5158" name="Option Button 38" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5158"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000026140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5159" name="Option Button 39" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5159"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000027140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NON</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>18</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5160" name="Group Box 40" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5160"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000028140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>73</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>74</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5161" name="Check Box 41" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5161"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000029140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7910,59 +7910,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
-          <xdr:colOff>327660</xdr:colOff>
+          <xdr:colOff>323850</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5162" name="Option Button 42" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5162"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002A140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7977,59 +7977,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>45720</xdr:colOff>
+          <xdr:colOff>47625</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>236220</xdr:rowOff>
+          <xdr:rowOff>238125</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5163" name="Option Button 43" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5163"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002B140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8044,57 +8044,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>27</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5164" name="Option Button 44" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5164"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -8111,171 +8111,171 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>373380</xdr:colOff>
+          <xdr:colOff>371475</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5165" name="Group Box 45" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5165"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002D140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>365760</xdr:colOff>
+          <xdr:colOff>361950</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>289560</xdr:rowOff>
+          <xdr:rowOff>285750</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5166" name="Group Box 46" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5166"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>75</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>76</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5167" name="Check Box 47" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5167"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -8292,145 +8292,145 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>19</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>44</xdr:row>
           <xdr:rowOff>1752600</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>30480</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>1973580</xdr:rowOff>
+          <xdr:rowOff>1971675</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5175" name="Option Button 55" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5175"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000037140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Choisir une solution standard</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>70</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5176" name="Check Box 56" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5176"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000038140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8445,59 +8445,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>70</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5177" name="Check Box 57" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5177"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000039140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8512,460 +8512,460 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>297180</xdr:colOff>
+          <xdr:colOff>295275</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>68580</xdr:rowOff>
+          <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>35</xdr:row>
-          <xdr:rowOff>121920</xdr:rowOff>
+          <xdr:rowOff>123825</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5180" name="ouinon" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5180"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>68580</xdr:rowOff>
+          <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>35</xdr:row>
-          <xdr:rowOff>121920</xdr:rowOff>
+          <xdr:rowOff>123825</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5181" name="Option Button 61" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5181"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003D140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NON</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>35</xdr:row>
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5182" name="Group Box 62" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5182"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>289560</xdr:colOff>
+          <xdr:colOff>285750</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5183" name="ouinon" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5183"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>OUI</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>220980</xdr:colOff>
+          <xdr:colOff>219075</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5184" name="Option Button 64" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5184"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000040140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NON</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>198120</xdr:colOff>
+          <xdr:colOff>200025</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5185" name="Group Box 65" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5185"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000041140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -9020,59 +9020,59 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="386715" y="4773372"/>
           <a:ext cx="1303244" cy="1279153"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>274320</xdr:colOff>
+          <xdr:colOff>276225</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>236220</xdr:rowOff>
+          <xdr:rowOff>238125</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10241" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10241"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9087,59 +9087,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>45</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>312420</xdr:colOff>
+          <xdr:colOff>314325</xdr:colOff>
           <xdr:row>45</xdr:row>
-          <xdr:rowOff>236220</xdr:rowOff>
+          <xdr:rowOff>238125</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10242" name="Option Button 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10242"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9564,59 +9564,59 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="20303332">
           <a:off x="583371" y="9506648"/>
           <a:ext cx="1257463" cy="864101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>68580</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>312420</xdr:colOff>
+          <xdr:colOff>314325</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>236220</xdr:rowOff>
+          <xdr:rowOff>238125</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10243" name="Option Button 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10243"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9636,517 +9636,517 @@
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>297180</xdr:colOff>
+          <xdr:colOff>295275</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1061" name="ouinon" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1061"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000025040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>266700</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>121920</xdr:rowOff>
+          <xdr:rowOff>123825</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1062" name="Option Button 38" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1062"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000026040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NEIN</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1063" name="Option Button 39" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1063"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000027040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t> Wohnen MFH</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>30480</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1064" name="Option Button 40" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1064"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000028040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t> Wohnen EFH</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>26</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1070" name="Group Box 46" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1070"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00002E040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>36</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>60</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1075" name="Group Box 51" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1075"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000033040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1076" name="Option Button 52" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1076"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000034040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10161,59 +10161,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1092" name="Option Button 68" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1092"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000044040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10234,53 +10234,53 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1093" name="Option Button 69" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1093"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000045040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10295,59 +10295,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>182880</xdr:colOff>
+          <xdr:colOff>180975</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1094" name="Option Button 70" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1094"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000046040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10362,59 +10362,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1095" name="Option Button 71" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1095"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000047040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10429,59 +10429,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>35</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1096" name="Option Button 72" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1096"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000048040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10502,53 +10502,53 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1097" name="Option Button 73" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1097"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000049040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10563,59 +10563,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>182880</xdr:colOff>
+          <xdr:colOff>180975</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1098" name="Option Button 74" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1098"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00004A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10630,59 +10630,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1099" name="Option Button 75" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1099"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00004B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10697,57 +10697,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1100" name="Option Button 76" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1100"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00004C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10766,55 +10766,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1101" name="Option Button 77" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1101"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00004D040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10831,53 +10831,53 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>182880</xdr:colOff>
+          <xdr:colOff>180975</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1102" name="Option Button 78" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1102"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00004E040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -10898,59 +10898,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1103" name="Option Button 79" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1103"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00004F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10967,57 +10967,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>28</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1104" name="Option Button 80" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1104"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000050040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11032,59 +11032,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1105" name="Option Button 81" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1105"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000051040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11099,59 +11099,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>59</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1106" name="Option Button 82" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1106"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000052040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11168,114 +11168,114 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>30</xdr:row>
-          <xdr:rowOff>144780</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>198120</xdr:colOff>
+          <xdr:colOff>200025</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1124" name="Group Box 100" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1124"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000064040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>70</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1135" name="Check Box 111" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1135"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00006F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11290,59 +11290,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>72</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1136" name="Check Box 112" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1136"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000070040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11357,59 +11357,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>73</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>74</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1137" name="Check Box 113" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1137"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000071040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11424,59 +11424,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>75</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>76</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1138" name="Check Box 114" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1138"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000072040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11491,59 +11491,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>76</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>77</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1139" name="Check Box 115" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1139"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000073040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11558,59 +11558,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>77</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>78</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1140" name="Check Box 116" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1140"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000074040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11625,57 +11625,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>78</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>79</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1141" name="Check Box 117" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1141"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000075040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -11692,57 +11692,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1142" name="Option Button 118" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1142"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000076040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -11759,57 +11759,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>25</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1143" name="Option Button 119" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1143"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000077040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -11826,59 +11826,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1148" name="Option Button 124" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1148"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00007C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11943,288 +11943,288 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="428626" y="309562"/>
           <a:ext cx="912812" cy="835250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1155" name="Option Button 131" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1155"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000083040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>106680</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>99060</xdr:colOff>
+          <xdr:colOff>95250</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1156" name="Option Button 132" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1156"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000084040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NEIN</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>12</xdr:col>
           <xdr:colOff>190500</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>137160</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>289560</xdr:colOff>
+          <xdr:colOff>285750</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1157" name="Group Box 133" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1157"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000085040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>73</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>74</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1159" name="Check Box 135" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1159"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000087040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12239,59 +12239,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
-          <xdr:colOff>327660</xdr:colOff>
+          <xdr:colOff>323850</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1162" name="Option Button 138" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1162"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00008A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12306,57 +12306,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>45720</xdr:colOff>
+          <xdr:colOff>47625</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1163" name="Option Button 139" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1163"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00008B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -12373,57 +12373,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>27</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1164" name="Option Button 140" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1164"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00008C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -12440,171 +12440,171 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>373380</xdr:colOff>
+          <xdr:colOff>371475</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1166" name="Group Box 142" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1166"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00008E040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>365760</xdr:colOff>
+          <xdr:colOff>361950</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>289560</xdr:rowOff>
+          <xdr:rowOff>285750</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1167" name="Group Box 143" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1167"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00008F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>75</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>76</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1168" name="Check Box 144" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1168"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000090040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -12621,145 +12621,145 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>30480</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>44</xdr:row>
           <xdr:rowOff>1714500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>25</xdr:col>
-          <xdr:colOff>312420</xdr:colOff>
+          <xdr:colOff>314325</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>1935480</xdr:rowOff>
+          <xdr:rowOff>1933575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1173" name="Option Button 149" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1173"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000095040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>Bitte eine Standardlösung wählen</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>175260</xdr:colOff>
+          <xdr:colOff>171450</xdr:colOff>
           <xdr:row>70</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>71</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1174" name="Check Box 150" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1174"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000096040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12776,452 +12776,452 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>35</xdr:row>
-          <xdr:rowOff>144780</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1175" name="ouinon" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1175"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000097040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>266700</xdr:colOff>
           <xdr:row>35</xdr:row>
-          <xdr:rowOff>144780</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1176" name="Option Button 152" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1176"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000098040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NEIN</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>33</xdr:row>
-          <xdr:rowOff>160020</xdr:rowOff>
+          <xdr:rowOff>161925</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>198120</xdr:colOff>
+          <xdr:colOff>200025</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1177" name="Group Box 153" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1177"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000099040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>144780</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1178" name="Option Button 154" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1178"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00009A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>JA</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>251460</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>144780</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1179" name="Option Button 155" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1179"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00009B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="27432" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>NEIN</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>39</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1180" name="Group Box 156" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1180"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00009C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -13518,1699 +13518,1699 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/energieanforderungen-f&#252;r-geb&#228;ude" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp81.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp94.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp89.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp97.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp102.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp105.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp80.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp88.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp93.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp101.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp84.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp96.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp109.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp79.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp87.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp92.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp95.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp100.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp108.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp78.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp83.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp91.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp104.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp86.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp99.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp107.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp82.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp85.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp90.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp98.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp103.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp106.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7903C9E-60EE-4488-A4CD-41CD1F11B3B3}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S31" sqref="S31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.109375" style="84" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="20" max="20" width="13.88671875" style="85" customWidth="1"/>
+    <col min="1" max="1" width="4.140625" style="84" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="84" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" style="84" customWidth="1"/>
+    <col min="4" max="4" width="5.140625" style="84" customWidth="1"/>
+    <col min="5" max="5" width="5.140625" style="85" customWidth="1"/>
+    <col min="6" max="6" width="3.28515625" style="85" customWidth="1"/>
+    <col min="7" max="8" width="4.85546875" style="85" customWidth="1"/>
+    <col min="9" max="19" width="11.42578125" style="85" customWidth="1"/>
+    <col min="20" max="20" width="13.85546875" style="85" customWidth="1"/>
     <col min="21" max="24" width="0" style="84" hidden="1" customWidth="1"/>
-    <col min="25" max="16384" width="11.44140625" style="84" hidden="1"/>
+    <col min="25" max="16384" width="11.42578125" style="84" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:20" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="E2" s="120" t="s">
+    <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E2" s="148" t="s">
         <v>83</v>
       </c>
-      <c r="F2" s="120"/>
-[...12 lines deleted...]
-      <c r="S2" s="120"/>
+      <c r="F2" s="148"/>
+      <c r="G2" s="148"/>
+      <c r="H2" s="148"/>
+      <c r="I2" s="148"/>
+      <c r="J2" s="148"/>
+      <c r="K2" s="148"/>
+      <c r="L2" s="148"/>
+      <c r="M2" s="148"/>
+      <c r="N2" s="148"/>
+      <c r="O2" s="148"/>
+      <c r="P2" s="148"/>
+      <c r="Q2" s="148"/>
+      <c r="R2" s="148"/>
+      <c r="S2" s="148"/>
       <c r="T2" s="86"/>
     </row>
-    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="S3" s="120"/>
+    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E3" s="148"/>
+      <c r="F3" s="148"/>
+      <c r="G3" s="148"/>
+      <c r="H3" s="148"/>
+      <c r="I3" s="148"/>
+      <c r="J3" s="148"/>
+      <c r="K3" s="148"/>
+      <c r="L3" s="148"/>
+      <c r="M3" s="148"/>
+      <c r="N3" s="148"/>
+      <c r="O3" s="148"/>
+      <c r="P3" s="148"/>
+      <c r="Q3" s="148"/>
+      <c r="R3" s="148"/>
+      <c r="S3" s="148"/>
       <c r="T3" s="86"/>
     </row>
-    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="S4" s="120"/>
+    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E4" s="148"/>
+      <c r="F4" s="148"/>
+      <c r="G4" s="148"/>
+      <c r="H4" s="148"/>
+      <c r="I4" s="148"/>
+      <c r="J4" s="148"/>
+      <c r="K4" s="148"/>
+      <c r="L4" s="148"/>
+      <c r="M4" s="148"/>
+      <c r="N4" s="148"/>
+      <c r="O4" s="148"/>
+      <c r="P4" s="148"/>
+      <c r="Q4" s="148"/>
+      <c r="R4" s="148"/>
+      <c r="S4" s="148"/>
       <c r="T4" s="86"/>
     </row>
-    <row r="5" spans="2:20" ht="21.6" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="87"/>
       <c r="C5" s="87"/>
       <c r="D5" s="87"/>
       <c r="E5" s="88"/>
       <c r="F5" s="88"/>
       <c r="G5" s="88"/>
       <c r="H5" s="88"/>
       <c r="I5" s="88"/>
       <c r="J5" s="88"/>
       <c r="K5" s="88"/>
       <c r="L5" s="88"/>
       <c r="M5" s="88"/>
       <c r="N5" s="88"/>
       <c r="O5" s="88"/>
       <c r="P5" s="103" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q5" s="149" t="s">
         <v>177</v>
       </c>
-      <c r="Q5" s="121" t="s">
-[...7 lines deleted...]
-      <c r="B7" s="122" t="s">
+      <c r="R5" s="149"/>
+      <c r="S5" s="149"/>
+    </row>
+    <row r="6" spans="2:20" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B7" s="150" t="s">
         <v>84</v>
       </c>
-      <c r="C7" s="123"/>
+      <c r="C7" s="151"/>
       <c r="E7" s="89" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="8" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C8" s="125"/>
+    <row r="8" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B8" s="152"/>
+      <c r="C8" s="153"/>
       <c r="E8" s="90" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C9" s="125"/>
+    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="152"/>
+      <c r="C9" s="153"/>
       <c r="E9" s="90"/>
     </row>
-    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C10" s="125"/>
+    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="152"/>
+      <c r="C10" s="153"/>
       <c r="E10" s="91" t="s">
         <v>61</v>
       </c>
       <c r="F10" s="119" t="s">
         <v>87</v>
       </c>
       <c r="G10" s="119"/>
       <c r="H10" s="119"/>
       <c r="I10" s="119"/>
       <c r="J10" s="119"/>
       <c r="K10" s="119"/>
       <c r="L10" s="119"/>
       <c r="M10" s="119"/>
       <c r="N10" s="119"/>
       <c r="O10" s="119"/>
       <c r="P10" s="119"/>
       <c r="Q10" s="119"/>
       <c r="R10" s="119"/>
       <c r="S10" s="119"/>
       <c r="T10" s="92"/>
     </row>
-    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C11" s="125"/>
+    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="152"/>
+      <c r="C11" s="153"/>
       <c r="E11" s="91"/>
       <c r="F11" s="119"/>
       <c r="G11" s="119"/>
       <c r="H11" s="119"/>
       <c r="I11" s="119"/>
       <c r="J11" s="119"/>
       <c r="K11" s="119"/>
       <c r="L11" s="119"/>
       <c r="M11" s="119"/>
       <c r="N11" s="119"/>
       <c r="O11" s="119"/>
       <c r="P11" s="119"/>
       <c r="Q11" s="119"/>
       <c r="R11" s="119"/>
       <c r="S11" s="119"/>
       <c r="T11" s="92"/>
     </row>
-    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C12" s="125"/>
+    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="152"/>
+      <c r="C12" s="153"/>
       <c r="E12" s="91"/>
       <c r="F12" s="119"/>
       <c r="G12" s="119"/>
       <c r="H12" s="119"/>
       <c r="I12" s="119"/>
       <c r="J12" s="119"/>
       <c r="K12" s="119"/>
       <c r="L12" s="119"/>
       <c r="M12" s="119"/>
       <c r="N12" s="119"/>
       <c r="O12" s="119"/>
       <c r="P12" s="119"/>
       <c r="Q12" s="119"/>
       <c r="R12" s="119"/>
       <c r="S12" s="119"/>
       <c r="T12" s="92"/>
     </row>
-    <row r="13" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C13" s="125"/>
+    <row r="13" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B13" s="152"/>
+      <c r="C13" s="153"/>
       <c r="E13" s="93"/>
       <c r="F13" s="119"/>
       <c r="G13" s="119"/>
       <c r="H13" s="119"/>
       <c r="I13" s="119"/>
       <c r="J13" s="119"/>
       <c r="K13" s="119"/>
       <c r="L13" s="119"/>
       <c r="M13" s="119"/>
       <c r="N13" s="119"/>
       <c r="O13" s="119"/>
       <c r="P13" s="119"/>
       <c r="Q13" s="119"/>
       <c r="R13" s="119"/>
       <c r="S13" s="119"/>
       <c r="T13" s="92"/>
     </row>
-    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C14" s="125"/>
+    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="152"/>
+      <c r="C14" s="153"/>
       <c r="E14" s="93"/>
       <c r="F14" s="94"/>
       <c r="G14" s="94"/>
       <c r="H14" s="94"/>
       <c r="I14" s="94"/>
       <c r="J14" s="94"/>
       <c r="K14" s="94"/>
       <c r="L14" s="94"/>
       <c r="M14" s="94"/>
       <c r="N14" s="94"/>
       <c r="O14" s="94"/>
       <c r="P14" s="94"/>
       <c r="Q14" s="94"/>
       <c r="R14" s="94"/>
       <c r="S14" s="94"/>
       <c r="T14" s="94"/>
     </row>
-    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C15" s="125"/>
+    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="152"/>
+      <c r="C15" s="153"/>
       <c r="E15" s="91" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="119" t="s">
         <v>88</v>
       </c>
       <c r="G15" s="119"/>
       <c r="H15" s="119"/>
       <c r="I15" s="119"/>
       <c r="J15" s="119"/>
       <c r="K15" s="119"/>
       <c r="L15" s="119"/>
       <c r="M15" s="119"/>
       <c r="N15" s="119"/>
       <c r="O15" s="119"/>
       <c r="P15" s="119"/>
       <c r="Q15" s="119"/>
       <c r="R15" s="119"/>
       <c r="S15" s="119"/>
       <c r="T15" s="92"/>
     </row>
-    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C16" s="125"/>
+    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="152"/>
+      <c r="C16" s="153"/>
       <c r="E16" s="91"/>
       <c r="F16" s="119"/>
       <c r="G16" s="119"/>
       <c r="H16" s="119"/>
       <c r="I16" s="119"/>
       <c r="J16" s="119"/>
       <c r="K16" s="119"/>
       <c r="L16" s="119"/>
       <c r="M16" s="119"/>
       <c r="N16" s="119"/>
       <c r="O16" s="119"/>
       <c r="P16" s="119"/>
       <c r="Q16" s="119"/>
       <c r="R16" s="119"/>
       <c r="S16" s="119"/>
       <c r="T16" s="92"/>
     </row>
-    <row r="17" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C17" s="127"/>
+    <row r="17" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B17" s="154"/>
+      <c r="C17" s="155"/>
       <c r="E17" s="93"/>
       <c r="F17" s="119"/>
       <c r="G17" s="119"/>
       <c r="H17" s="119"/>
       <c r="I17" s="119"/>
       <c r="J17" s="119"/>
       <c r="K17" s="119"/>
       <c r="L17" s="119"/>
       <c r="M17" s="119"/>
       <c r="N17" s="119"/>
       <c r="O17" s="119"/>
       <c r="P17" s="119"/>
       <c r="Q17" s="119"/>
       <c r="R17" s="119"/>
       <c r="S17" s="119"/>
       <c r="T17" s="92"/>
     </row>
-    <row r="18" spans="2:20" x14ac:dyDescent="0.4"/>
-[...2 lines deleted...]
-      <c r="C19" s="114"/>
+    <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
+    <row r="19" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B19" s="126"/>
+      <c r="C19" s="127"/>
       <c r="E19" s="89" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="20" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C20" s="116"/>
+    <row r="20" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B20" s="128"/>
+      <c r="C20" s="129"/>
       <c r="E20" s="90" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C21" s="116"/>
+    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="128"/>
+      <c r="C21" s="129"/>
       <c r="E21" s="90"/>
     </row>
-    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C22" s="116"/>
+    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="128"/>
+      <c r="C22" s="129"/>
       <c r="F22" s="119" t="s">
         <v>90</v>
       </c>
       <c r="G22" s="119"/>
       <c r="H22" s="119"/>
       <c r="I22" s="119"/>
       <c r="J22" s="119"/>
       <c r="K22" s="119"/>
       <c r="L22" s="119"/>
       <c r="M22" s="119"/>
       <c r="N22" s="119"/>
       <c r="O22" s="119"/>
       <c r="P22" s="119"/>
       <c r="Q22" s="119"/>
       <c r="R22" s="119"/>
       <c r="S22" s="119"/>
       <c r="T22" s="92"/>
     </row>
-    <row r="23" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C23" s="116"/>
+    <row r="23" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B23" s="128"/>
+      <c r="C23" s="129"/>
       <c r="E23" s="92"/>
       <c r="F23" s="119"/>
       <c r="G23" s="119"/>
       <c r="H23" s="119"/>
       <c r="I23" s="119"/>
       <c r="J23" s="119"/>
       <c r="K23" s="119"/>
       <c r="L23" s="119"/>
       <c r="M23" s="119"/>
       <c r="N23" s="119"/>
       <c r="O23" s="119"/>
       <c r="P23" s="119"/>
       <c r="Q23" s="119"/>
       <c r="R23" s="119"/>
       <c r="S23" s="119"/>
       <c r="T23" s="92"/>
     </row>
-    <row r="24" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C24" s="116"/>
+    <row r="24" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B24" s="128"/>
+      <c r="C24" s="129"/>
       <c r="E24" s="92"/>
       <c r="F24" s="119"/>
       <c r="G24" s="119"/>
       <c r="H24" s="119"/>
       <c r="I24" s="119"/>
       <c r="J24" s="119"/>
       <c r="K24" s="119"/>
       <c r="L24" s="119"/>
       <c r="M24" s="119"/>
       <c r="N24" s="119"/>
       <c r="O24" s="119"/>
       <c r="P24" s="119"/>
       <c r="Q24" s="119"/>
       <c r="R24" s="119"/>
       <c r="S24" s="119"/>
       <c r="T24" s="92"/>
     </row>
-    <row r="25" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C25" s="116"/>
+    <row r="25" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B25" s="128"/>
+      <c r="C25" s="129"/>
       <c r="E25" s="92"/>
       <c r="F25" s="119"/>
       <c r="G25" s="119"/>
       <c r="H25" s="119"/>
       <c r="I25" s="119"/>
       <c r="J25" s="119"/>
       <c r="K25" s="119"/>
       <c r="L25" s="119"/>
       <c r="M25" s="119"/>
       <c r="N25" s="119"/>
       <c r="O25" s="119"/>
       <c r="P25" s="119"/>
       <c r="Q25" s="119"/>
       <c r="R25" s="119"/>
       <c r="S25" s="119"/>
       <c r="T25" s="92"/>
     </row>
-    <row r="26" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C26" s="116"/>
+    <row r="26" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B26" s="128"/>
+      <c r="C26" s="129"/>
       <c r="E26" s="92"/>
       <c r="F26" s="119"/>
       <c r="G26" s="119"/>
       <c r="H26" s="119"/>
       <c r="I26" s="119"/>
       <c r="J26" s="119"/>
       <c r="K26" s="119"/>
       <c r="L26" s="119"/>
       <c r="M26" s="119"/>
       <c r="N26" s="119"/>
       <c r="O26" s="119"/>
       <c r="P26" s="119"/>
       <c r="Q26" s="119"/>
       <c r="R26" s="119"/>
       <c r="S26" s="119"/>
       <c r="T26" s="92"/>
     </row>
-    <row r="27" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C27" s="116"/>
+    <row r="27" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B27" s="128"/>
+      <c r="C27" s="129"/>
       <c r="E27" s="92"/>
       <c r="F27" s="119"/>
       <c r="G27" s="119"/>
       <c r="H27" s="119"/>
       <c r="I27" s="119"/>
       <c r="J27" s="119"/>
       <c r="K27" s="119"/>
       <c r="L27" s="119"/>
       <c r="M27" s="119"/>
       <c r="N27" s="119"/>
       <c r="O27" s="119"/>
       <c r="P27" s="119"/>
       <c r="Q27" s="119"/>
       <c r="R27" s="119"/>
       <c r="S27" s="119"/>
       <c r="T27" s="92"/>
     </row>
-    <row r="28" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C28" s="116"/>
+    <row r="28" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B28" s="128"/>
+      <c r="C28" s="129"/>
       <c r="E28" s="92"/>
       <c r="F28" s="119"/>
       <c r="G28" s="119"/>
       <c r="H28" s="119"/>
       <c r="I28" s="119"/>
       <c r="J28" s="119"/>
       <c r="K28" s="119"/>
       <c r="L28" s="119"/>
       <c r="M28" s="119"/>
       <c r="N28" s="119"/>
       <c r="O28" s="119"/>
       <c r="P28" s="119"/>
       <c r="Q28" s="119"/>
       <c r="R28" s="119"/>
       <c r="S28" s="119"/>
       <c r="T28" s="92"/>
     </row>
-    <row r="29" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C29" s="118"/>
+    <row r="29" spans="2:20" x14ac:dyDescent="0.3">
+      <c r="B29" s="130"/>
+      <c r="C29" s="131"/>
       <c r="E29" s="92"/>
       <c r="F29" s="119"/>
       <c r="G29" s="119"/>
       <c r="H29" s="119"/>
       <c r="I29" s="119"/>
       <c r="J29" s="119"/>
       <c r="K29" s="119"/>
       <c r="L29" s="119"/>
       <c r="M29" s="119"/>
       <c r="N29" s="119"/>
       <c r="O29" s="119"/>
       <c r="P29" s="119"/>
       <c r="Q29" s="119"/>
       <c r="R29" s="119"/>
       <c r="S29" s="119"/>
       <c r="T29" s="92"/>
     </row>
-    <row r="30" spans="2:20" x14ac:dyDescent="0.35">
+    <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="E30" s="94"/>
       <c r="F30" s="94"/>
       <c r="G30" s="94"/>
       <c r="H30" s="94"/>
       <c r="I30" s="94"/>
       <c r="J30" s="94"/>
       <c r="K30" s="94"/>
       <c r="L30" s="94"/>
       <c r="M30" s="94"/>
       <c r="N30" s="94"/>
       <c r="O30" s="94"/>
       <c r="P30" s="94"/>
       <c r="Q30" s="94"/>
       <c r="R30" s="94"/>
       <c r="S30" s="94"/>
       <c r="T30" s="94"/>
     </row>
-    <row r="31" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C31" s="114"/>
+    <row r="31" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B31" s="126"/>
+      <c r="C31" s="127"/>
       <c r="E31" s="89" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C32" s="116"/>
+    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="128"/>
+      <c r="C32" s="129"/>
       <c r="E32" s="89"/>
     </row>
-    <row r="33" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C33" s="116"/>
+    <row r="33" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B33" s="128"/>
+      <c r="C33" s="129"/>
       <c r="E33" s="91" t="s">
         <v>61</v>
       </c>
       <c r="F33" s="85" t="s">
-        <v>179</v>
-[...4 lines deleted...]
-      <c r="C34" s="116"/>
+        <v>178</v>
+      </c>
+    </row>
+    <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="128"/>
+      <c r="C34" s="129"/>
       <c r="E34" s="91"/>
     </row>
-    <row r="35" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C35" s="116"/>
+    <row r="35" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B35" s="128"/>
+      <c r="C35" s="129"/>
       <c r="E35" s="91" t="s">
         <v>62</v>
       </c>
       <c r="F35" s="85" t="s">
-        <v>180</v>
-[...4 lines deleted...]
-      <c r="C36" s="116"/>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="128"/>
+      <c r="C36" s="129"/>
       <c r="E36" s="91"/>
     </row>
-    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C37" s="116"/>
+    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="128"/>
+      <c r="C37" s="129"/>
       <c r="E37" s="91" t="s">
         <v>63</v>
       </c>
       <c r="F37" s="119" t="s">
         <v>92</v>
       </c>
       <c r="G37" s="119"/>
       <c r="H37" s="119"/>
       <c r="I37" s="119"/>
       <c r="J37" s="119"/>
       <c r="K37" s="119"/>
       <c r="L37" s="119"/>
       <c r="M37" s="119"/>
       <c r="N37" s="119"/>
       <c r="O37" s="119"/>
       <c r="P37" s="119"/>
       <c r="Q37" s="119"/>
       <c r="R37" s="119"/>
       <c r="S37" s="119"/>
       <c r="T37" s="92"/>
     </row>
-    <row r="38" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C38" s="118"/>
+    <row r="38" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B38" s="130"/>
+      <c r="C38" s="131"/>
       <c r="E38" s="95"/>
       <c r="F38" s="119"/>
       <c r="G38" s="119"/>
       <c r="H38" s="119"/>
       <c r="I38" s="119"/>
       <c r="J38" s="119"/>
       <c r="K38" s="119"/>
       <c r="L38" s="119"/>
       <c r="M38" s="119"/>
       <c r="N38" s="119"/>
       <c r="O38" s="119"/>
       <c r="P38" s="119"/>
       <c r="Q38" s="119"/>
       <c r="R38" s="119"/>
       <c r="S38" s="119"/>
       <c r="T38" s="92"/>
     </row>
-    <row r="39" spans="2:20" x14ac:dyDescent="0.4">
+    <row r="39" spans="2:20" x14ac:dyDescent="0.35">
       <c r="F39" s="119"/>
       <c r="G39" s="119"/>
       <c r="H39" s="119"/>
       <c r="I39" s="119"/>
       <c r="J39" s="119"/>
       <c r="K39" s="119"/>
       <c r="L39" s="119"/>
       <c r="M39" s="119"/>
       <c r="N39" s="119"/>
       <c r="O39" s="119"/>
       <c r="P39" s="119"/>
       <c r="Q39" s="119"/>
       <c r="R39" s="119"/>
       <c r="S39" s="119"/>
     </row>
-    <row r="40" spans="2:20" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C40" s="114"/>
+    <row r="40" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B40" s="126"/>
+      <c r="C40" s="127"/>
       <c r="E40" s="89" t="s">
         <v>93</v>
       </c>
       <c r="F40" s="89"/>
     </row>
-    <row r="41" spans="2:20" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="G42" s="142"/>
+    <row r="41" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B41" s="128"/>
+      <c r="C41" s="129"/>
+    </row>
+    <row r="42" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B42" s="128"/>
+      <c r="C42" s="129"/>
+      <c r="E42" s="132"/>
+      <c r="F42" s="133"/>
+      <c r="G42" s="134"/>
       <c r="I42" s="85" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="43" spans="2:20" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="C44" s="116"/>
+    <row r="43" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B43" s="128"/>
+      <c r="C43" s="129"/>
+    </row>
+    <row r="44" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B44" s="128"/>
+      <c r="C44" s="129"/>
       <c r="G44" s="96"/>
       <c r="I44" s="85" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="45" spans="2:20" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="C46" s="116"/>
+    <row r="45" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B45" s="128"/>
+      <c r="C45" s="129"/>
+    </row>
+    <row r="46" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B46" s="128"/>
+      <c r="C46" s="129"/>
       <c r="G46" s="96"/>
       <c r="I46" s="85" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="47" spans="2:20" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="C48" s="116"/>
+    <row r="47" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B47" s="128"/>
+      <c r="C47" s="129"/>
+    </row>
+    <row r="48" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B48" s="128"/>
+      <c r="C48" s="129"/>
       <c r="E48" s="96"/>
       <c r="F48" s="97" t="s">
         <v>97</v>
       </c>
       <c r="I48" s="119" t="s">
         <v>98</v>
       </c>
       <c r="J48" s="119"/>
       <c r="K48" s="119"/>
       <c r="L48" s="119"/>
       <c r="M48" s="119"/>
       <c r="N48" s="119"/>
       <c r="O48" s="119"/>
       <c r="P48" s="119"/>
       <c r="Q48" s="119"/>
       <c r="R48" s="119"/>
       <c r="S48" s="119"/>
     </row>
-    <row r="49" spans="2:19" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C49" s="116"/>
+    <row r="49" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B49" s="128"/>
+      <c r="C49" s="129"/>
       <c r="F49" s="97"/>
       <c r="I49" s="119"/>
       <c r="J49" s="119"/>
       <c r="K49" s="119"/>
       <c r="L49" s="119"/>
       <c r="M49" s="119"/>
       <c r="N49" s="119"/>
       <c r="O49" s="119"/>
       <c r="P49" s="119"/>
       <c r="Q49" s="119"/>
       <c r="R49" s="119"/>
       <c r="S49" s="119"/>
     </row>
-    <row r="50" spans="2:19" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="G51" s="145"/>
+    <row r="50" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B50" s="128"/>
+      <c r="C50" s="129"/>
+    </row>
+    <row r="51" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B51" s="128"/>
+      <c r="C51" s="129"/>
+      <c r="E51" s="135"/>
+      <c r="F51" s="136"/>
+      <c r="G51" s="137"/>
       <c r="I51" s="85" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="52" spans="2:19" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="G53" s="147"/>
+    <row r="52" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B52" s="128"/>
+      <c r="C52" s="129"/>
+    </row>
+    <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="128"/>
+      <c r="C53" s="129"/>
+      <c r="F53" s="138"/>
+      <c r="G53" s="139"/>
       <c r="I53" s="119" t="s">
         <v>100</v>
       </c>
       <c r="J53" s="119"/>
       <c r="K53" s="119"/>
       <c r="L53" s="119"/>
       <c r="M53" s="119"/>
       <c r="N53" s="119"/>
       <c r="O53" s="119"/>
       <c r="P53" s="119"/>
       <c r="Q53" s="119"/>
       <c r="R53" s="119"/>
       <c r="S53" s="119"/>
     </row>
-    <row r="54" spans="2:19" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="G54" s="149"/>
+    <row r="54" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B54" s="128"/>
+      <c r="C54" s="129"/>
+      <c r="F54" s="140"/>
+      <c r="G54" s="141"/>
       <c r="I54" s="119"/>
       <c r="J54" s="119"/>
       <c r="K54" s="119"/>
       <c r="L54" s="119"/>
       <c r="M54" s="119"/>
       <c r="N54" s="119"/>
       <c r="O54" s="119"/>
       <c r="P54" s="119"/>
       <c r="Q54" s="119"/>
       <c r="R54" s="119"/>
       <c r="S54" s="119"/>
     </row>
-    <row r="55" spans="2:19" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C55" s="116"/>
+    <row r="55" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B55" s="128"/>
+      <c r="C55" s="129"/>
       <c r="F55" s="98"/>
       <c r="G55" s="98"/>
       <c r="I55" s="119"/>
       <c r="J55" s="119"/>
       <c r="K55" s="119"/>
       <c r="L55" s="119"/>
       <c r="M55" s="119"/>
       <c r="N55" s="119"/>
       <c r="O55" s="119"/>
       <c r="P55" s="119"/>
       <c r="Q55" s="119"/>
       <c r="R55" s="119"/>
       <c r="S55" s="119"/>
     </row>
-    <row r="56" spans="2:19" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="E57" s="150" t="s">
+    <row r="56" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B56" s="128"/>
+      <c r="C56" s="129"/>
+    </row>
+    <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="128"/>
+      <c r="C57" s="129"/>
+      <c r="E57" s="142" t="s">
         <v>101</v>
       </c>
-      <c r="F57" s="151"/>
-      <c r="G57" s="152"/>
+      <c r="F57" s="143"/>
+      <c r="G57" s="144"/>
       <c r="I57" s="119" t="s">
         <v>102</v>
       </c>
       <c r="J57" s="119"/>
       <c r="K57" s="119"/>
       <c r="L57" s="119"/>
       <c r="M57" s="119"/>
       <c r="N57" s="119"/>
       <c r="O57" s="119"/>
       <c r="P57" s="119"/>
       <c r="Q57" s="119"/>
       <c r="R57" s="119"/>
       <c r="S57" s="119"/>
     </row>
-    <row r="58" spans="2:19" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-      <c r="G58" s="155"/>
+    <row r="58" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B58" s="128"/>
+      <c r="C58" s="129"/>
+      <c r="E58" s="145"/>
+      <c r="F58" s="146"/>
+      <c r="G58" s="147"/>
       <c r="I58" s="119"/>
       <c r="J58" s="119"/>
       <c r="K58" s="119"/>
       <c r="L58" s="119"/>
       <c r="M58" s="119"/>
       <c r="N58" s="119"/>
       <c r="O58" s="119"/>
       <c r="P58" s="119"/>
       <c r="Q58" s="119"/>
       <c r="R58" s="119"/>
       <c r="S58" s="119"/>
     </row>
-    <row r="59" spans="2:19" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C59" s="116"/>
+    <row r="59" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B59" s="128"/>
+      <c r="C59" s="129"/>
       <c r="E59" s="89"/>
       <c r="F59" s="89"/>
       <c r="G59" s="89"/>
     </row>
-    <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-[...2 lines deleted...]
-      <c r="E60" s="128" t="s">
+    <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="128"/>
+      <c r="C60" s="129"/>
+      <c r="E60" s="113" t="s">
         <v>103</v>
       </c>
-      <c r="F60" s="129"/>
-      <c r="G60" s="130"/>
+      <c r="F60" s="114"/>
+      <c r="G60" s="115"/>
       <c r="I60" s="119" t="s">
         <v>104</v>
       </c>
       <c r="J60" s="119"/>
       <c r="K60" s="119"/>
       <c r="L60" s="119"/>
       <c r="M60" s="119"/>
       <c r="N60" s="119"/>
       <c r="O60" s="119"/>
       <c r="P60" s="119"/>
       <c r="Q60" s="119"/>
       <c r="R60" s="119"/>
       <c r="S60" s="119"/>
     </row>
-    <row r="61" spans="2:19" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-      <c r="G61" s="133"/>
+    <row r="61" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B61" s="128"/>
+      <c r="C61" s="129"/>
+      <c r="E61" s="116"/>
+      <c r="F61" s="117"/>
+      <c r="G61" s="118"/>
       <c r="I61" s="119"/>
       <c r="J61" s="119"/>
       <c r="K61" s="119"/>
       <c r="L61" s="119"/>
       <c r="M61" s="119"/>
       <c r="N61" s="119"/>
       <c r="O61" s="119"/>
       <c r="P61" s="119"/>
       <c r="Q61" s="119"/>
       <c r="R61" s="119"/>
       <c r="S61" s="119"/>
     </row>
-    <row r="62" spans="2:19" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C62" s="116"/>
+    <row r="62" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B62" s="128"/>
+      <c r="C62" s="129"/>
       <c r="E62" s="89"/>
       <c r="F62" s="89"/>
       <c r="G62" s="89"/>
     </row>
-    <row r="63" spans="2:19" x14ac:dyDescent="0.4">
-[...2 lines deleted...]
-      <c r="E63" s="134" t="s">
+    <row r="63" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B63" s="128"/>
+      <c r="C63" s="129"/>
+      <c r="E63" s="120" t="s">
         <v>103</v>
       </c>
-      <c r="F63" s="135"/>
-      <c r="G63" s="136"/>
+      <c r="F63" s="121"/>
+      <c r="G63" s="122"/>
       <c r="I63" s="99" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="64" spans="2:19" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-      <c r="G64" s="139"/>
+    <row r="64" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B64" s="130"/>
+      <c r="C64" s="131"/>
+      <c r="E64" s="123"/>
+      <c r="F64" s="124"/>
+      <c r="G64" s="125"/>
       <c r="I64" s="99"/>
     </row>
-    <row r="65" x14ac:dyDescent="0.4"/>
+    <row r="65" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+X1alwyAteoxGtSnvBfAzKVaj66LMvOHhOkO/FqR22ky+zvjHhXmFgaS85iElCc4BSJ3YPtgr0Kw7fCAjngtcA==" saltValue="+Uej70OHJd+r9qh+Jqzk5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="20">
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="Q5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="F53:G54"/>
     <mergeCell ref="I53:S55"/>
     <mergeCell ref="E57:G58"/>
     <mergeCell ref="I57:S58"/>
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{0E99730C-0066-4FA1-A9D6-524643607373}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{8D62FBC9-F654-4F6C-9B4F-D762CF2705D5}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{C82B18D1-B054-49BD-A345-778503B33833}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="9217" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>274320</xdr:colOff>
+                    <xdr:colOff>276225</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="9218" r:id="rId8" name="Option Button 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>45</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>312420</xdr:colOff>
+                    <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="9219" r:id="rId9" name="Option Button 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>312420</xdr:colOff>
+                    <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:CE256"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="G7" sqref="G7:Q7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.44140625" style="3" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="11.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="2" max="3" width="3" style="3" customWidth="1"/>
-    <col min="4" max="7" width="4.44140625" style="3" customWidth="1"/>
-    <col min="8" max="8" width="5.5546875" style="3" customWidth="1"/>
+    <col min="4" max="7" width="4.42578125" style="3" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="3" customWidth="1"/>
     <col min="9" max="9" width="4" style="3" customWidth="1"/>
     <col min="10" max="11" width="3" style="3" customWidth="1"/>
-    <col min="12" max="12" width="5.109375" style="3" customWidth="1"/>
+    <col min="12" max="12" width="5.140625" style="3" customWidth="1"/>
     <col min="13" max="20" width="3" style="3" customWidth="1"/>
-    <col min="21" max="21" width="4.44140625" style="3" customWidth="1"/>
+    <col min="21" max="21" width="4.42578125" style="3" customWidth="1"/>
     <col min="22" max="24" width="3" style="3" customWidth="1"/>
-    <col min="25" max="25" width="3.88671875" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="30" max="32" width="4.44140625" style="3" customWidth="1"/>
+    <col min="25" max="25" width="3.85546875" style="3" customWidth="1"/>
+    <col min="26" max="26" width="4.7109375" style="3" customWidth="1"/>
+    <col min="27" max="29" width="4.28515625" style="3" customWidth="1"/>
+    <col min="30" max="32" width="4.42578125" style="3" customWidth="1"/>
     <col min="33" max="39" width="3" style="3" customWidth="1"/>
-    <col min="40" max="40" width="11.109375" style="41" hidden="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="82" max="16384" width="11.44140625" style="3" hidden="1"/>
+    <col min="40" max="40" width="11.140625" style="41" hidden="1" customWidth="1"/>
+    <col min="41" max="42" width="11.42578125" style="41" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="11.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="44" max="44" width="5.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="45" max="81" width="11.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="82" max="16384" width="11.42578125" style="3" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:44" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:44" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
     </row>
-    <row r="2" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="1"/>
-      <c r="C2" s="258"/>
-[...4 lines deleted...]
-      <c r="H2" s="265" t="s">
+      <c r="C2" s="157"/>
+      <c r="D2" s="158"/>
+      <c r="E2" s="158"/>
+      <c r="F2" s="158"/>
+      <c r="G2" s="159"/>
+      <c r="H2" s="166" t="s">
         <v>0</v>
       </c>
-      <c r="I2" s="266"/>
-[...7 lines deleted...]
-      <c r="Q2" s="274" t="s">
+      <c r="I2" s="167"/>
+      <c r="J2" s="167"/>
+      <c r="K2" s="167"/>
+      <c r="L2" s="167"/>
+      <c r="M2" s="167"/>
+      <c r="N2" s="167"/>
+      <c r="O2" s="167"/>
+      <c r="P2" s="168"/>
+      <c r="Q2" s="175" t="s">
         <v>1</v>
       </c>
-      <c r="R2" s="275"/>
-[...7 lines deleted...]
-      <c r="Z2" s="289" t="s">
+      <c r="R2" s="176"/>
+      <c r="S2" s="176"/>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="176"/>
+      <c r="W2" s="176"/>
+      <c r="X2" s="176"/>
+      <c r="Y2" s="177"/>
+      <c r="Z2" s="192" t="s">
         <v>49</v>
       </c>
-      <c r="AA2" s="290"/>
-[...10 lines deleted...]
-      <c r="AL2" s="291"/>
+      <c r="AA2" s="193"/>
+      <c r="AB2" s="193"/>
+      <c r="AC2" s="193"/>
+      <c r="AD2" s="193"/>
+      <c r="AE2" s="193"/>
+      <c r="AF2" s="193"/>
+      <c r="AG2" s="193"/>
+      <c r="AH2" s="193"/>
+      <c r="AI2" s="193"/>
+      <c r="AJ2" s="193"/>
+      <c r="AK2" s="193"/>
+      <c r="AL2" s="194"/>
       <c r="AM2" s="7"/>
     </row>
-    <row r="3" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="1"/>
-      <c r="C3" s="215"/>
-[...34 lines deleted...]
-      <c r="AL3" s="294"/>
+      <c r="C3" s="160"/>
+      <c r="D3" s="161"/>
+      <c r="E3" s="161"/>
+      <c r="F3" s="161"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="169"/>
+      <c r="I3" s="170"/>
+      <c r="J3" s="170"/>
+      <c r="K3" s="170"/>
+      <c r="L3" s="170"/>
+      <c r="M3" s="170"/>
+      <c r="N3" s="170"/>
+      <c r="O3" s="170"/>
+      <c r="P3" s="171"/>
+      <c r="Q3" s="178"/>
+      <c r="R3" s="179"/>
+      <c r="S3" s="179"/>
+      <c r="T3" s="179"/>
+      <c r="U3" s="179"/>
+      <c r="V3" s="179"/>
+      <c r="W3" s="179"/>
+      <c r="X3" s="179"/>
+      <c r="Y3" s="180"/>
+      <c r="Z3" s="195"/>
+      <c r="AA3" s="196"/>
+      <c r="AB3" s="196"/>
+      <c r="AC3" s="196"/>
+      <c r="AD3" s="196"/>
+      <c r="AE3" s="196"/>
+      <c r="AF3" s="196"/>
+      <c r="AG3" s="196"/>
+      <c r="AH3" s="196"/>
+      <c r="AI3" s="196"/>
+      <c r="AJ3" s="196"/>
+      <c r="AK3" s="196"/>
+      <c r="AL3" s="197"/>
       <c r="AM3" s="7"/>
     </row>
-    <row r="4" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="1"/>
-      <c r="C4" s="215"/>
-[...34 lines deleted...]
-      <c r="AL4" s="294"/>
+      <c r="C4" s="160"/>
+      <c r="D4" s="161"/>
+      <c r="E4" s="161"/>
+      <c r="F4" s="161"/>
+      <c r="G4" s="162"/>
+      <c r="H4" s="169"/>
+      <c r="I4" s="170"/>
+      <c r="J4" s="170"/>
+      <c r="K4" s="170"/>
+      <c r="L4" s="170"/>
+      <c r="M4" s="170"/>
+      <c r="N4" s="170"/>
+      <c r="O4" s="170"/>
+      <c r="P4" s="171"/>
+      <c r="Q4" s="178"/>
+      <c r="R4" s="179"/>
+      <c r="S4" s="179"/>
+      <c r="T4" s="179"/>
+      <c r="U4" s="179"/>
+      <c r="V4" s="179"/>
+      <c r="W4" s="179"/>
+      <c r="X4" s="179"/>
+      <c r="Y4" s="180"/>
+      <c r="Z4" s="195"/>
+      <c r="AA4" s="196"/>
+      <c r="AB4" s="196"/>
+      <c r="AC4" s="196"/>
+      <c r="AD4" s="196"/>
+      <c r="AE4" s="196"/>
+      <c r="AF4" s="196"/>
+      <c r="AG4" s="196"/>
+      <c r="AH4" s="196"/>
+      <c r="AI4" s="196"/>
+      <c r="AJ4" s="196"/>
+      <c r="AK4" s="196"/>
+      <c r="AL4" s="197"/>
       <c r="AM4" s="7"/>
     </row>
-    <row r="5" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="1"/>
-      <c r="C5" s="262"/>
-[...34 lines deleted...]
-      <c r="AL5" s="297"/>
+      <c r="C5" s="163"/>
+      <c r="D5" s="164"/>
+      <c r="E5" s="164"/>
+      <c r="F5" s="164"/>
+      <c r="G5" s="165"/>
+      <c r="H5" s="172"/>
+      <c r="I5" s="173"/>
+      <c r="J5" s="173"/>
+      <c r="K5" s="173"/>
+      <c r="L5" s="173"/>
+      <c r="M5" s="173"/>
+      <c r="N5" s="173"/>
+      <c r="O5" s="173"/>
+      <c r="P5" s="174"/>
+      <c r="Q5" s="181"/>
+      <c r="R5" s="182"/>
+      <c r="S5" s="182"/>
+      <c r="T5" s="182"/>
+      <c r="U5" s="182"/>
+      <c r="V5" s="182"/>
+      <c r="W5" s="182"/>
+      <c r="X5" s="182"/>
+      <c r="Y5" s="183"/>
+      <c r="Z5" s="198"/>
+      <c r="AA5" s="199"/>
+      <c r="AB5" s="199"/>
+      <c r="AC5" s="199"/>
+      <c r="AD5" s="199"/>
+      <c r="AE5" s="199"/>
+      <c r="AF5" s="199"/>
+      <c r="AG5" s="199"/>
+      <c r="AH5" s="199"/>
+      <c r="AI5" s="199"/>
+      <c r="AJ5" s="199"/>
+      <c r="AK5" s="199"/>
+      <c r="AL5" s="200"/>
       <c r="AM5" s="7"/>
     </row>
-    <row r="6" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="1"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
       <c r="J6" s="5"/>
       <c r="K6" s="5"/>
       <c r="L6" s="5"/>
       <c r="M6" s="5"/>
       <c r="N6" s="5"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="6"/>
       <c r="V6" s="6"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="7"/>
       <c r="AA6" s="7"/>
       <c r="AB6" s="7"/>
       <c r="AC6" s="7"/>
       <c r="AD6" s="7"/>
       <c r="AE6" s="7"/>
       <c r="AF6" s="7"/>
       <c r="AG6" s="7"/>
       <c r="AH6" s="7"/>
       <c r="AI6" s="7"/>
       <c r="AJ6" s="7"/>
       <c r="AK6" s="7"/>
       <c r="AL6" s="7"/>
       <c r="AM6" s="7"/>
     </row>
-    <row r="7" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="1"/>
-      <c r="C7" s="170" t="s">
+      <c r="C7" s="184" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="170"/>
-[...13 lines deleted...]
-      <c r="R7" s="299" t="s">
+      <c r="D7" s="184"/>
+      <c r="E7" s="184"/>
+      <c r="F7" s="201"/>
+      <c r="G7" s="185"/>
+      <c r="H7" s="186"/>
+      <c r="I7" s="186"/>
+      <c r="J7" s="186"/>
+      <c r="K7" s="186"/>
+      <c r="L7" s="186"/>
+      <c r="M7" s="186"/>
+      <c r="N7" s="186"/>
+      <c r="O7" s="186"/>
+      <c r="P7" s="186"/>
+      <c r="Q7" s="187"/>
+      <c r="R7" s="202" t="s">
         <v>58</v>
       </c>
-      <c r="S7" s="240"/>
-[...7 lines deleted...]
-      <c r="AA7" s="244"/>
+      <c r="S7" s="203"/>
+      <c r="T7" s="203"/>
+      <c r="U7" s="204"/>
+      <c r="V7" s="205"/>
+      <c r="W7" s="206"/>
+      <c r="X7" s="206"/>
+      <c r="Y7" s="206"/>
+      <c r="Z7" s="206"/>
+      <c r="AA7" s="207"/>
       <c r="AB7" s="1"/>
-      <c r="AC7" s="240" t="s">
+      <c r="AC7" s="203" t="s">
         <v>4</v>
       </c>
-      <c r="AD7" s="240"/>
-[...7 lines deleted...]
-      <c r="AL7" s="244"/>
+      <c r="AD7" s="203"/>
+      <c r="AE7" s="203"/>
+      <c r="AF7" s="204"/>
+      <c r="AG7" s="205"/>
+      <c r="AH7" s="206"/>
+      <c r="AI7" s="206"/>
+      <c r="AJ7" s="206"/>
+      <c r="AK7" s="206"/>
+      <c r="AL7" s="207"/>
       <c r="AM7" s="1"/>
     </row>
-    <row r="8" spans="2:44" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:44" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
       <c r="AM8" s="1"/>
     </row>
-    <row r="9" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="1"/>
-      <c r="C9" s="170" t="s">
+      <c r="C9" s="184" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="170"/>
-      <c r="E9" s="170"/>
+      <c r="D9" s="184"/>
+      <c r="E9" s="184"/>
       <c r="F9" s="1"/>
-      <c r="G9" s="283"/>
-[...30 lines deleted...]
-      <c r="AL9" s="284"/>
+      <c r="G9" s="185"/>
+      <c r="H9" s="186"/>
+      <c r="I9" s="186"/>
+      <c r="J9" s="186"/>
+      <c r="K9" s="186"/>
+      <c r="L9" s="186"/>
+      <c r="M9" s="186"/>
+      <c r="N9" s="186"/>
+      <c r="O9" s="186"/>
+      <c r="P9" s="186"/>
+      <c r="Q9" s="186"/>
+      <c r="R9" s="186"/>
+      <c r="S9" s="186"/>
+      <c r="T9" s="186"/>
+      <c r="U9" s="186"/>
+      <c r="V9" s="186"/>
+      <c r="W9" s="186"/>
+      <c r="X9" s="186"/>
+      <c r="Y9" s="186"/>
+      <c r="Z9" s="186"/>
+      <c r="AA9" s="186"/>
+      <c r="AB9" s="186"/>
+      <c r="AC9" s="186"/>
+      <c r="AD9" s="186"/>
+      <c r="AE9" s="186"/>
+      <c r="AF9" s="186"/>
+      <c r="AG9" s="186"/>
+      <c r="AH9" s="186"/>
+      <c r="AI9" s="186"/>
+      <c r="AJ9" s="186"/>
+      <c r="AK9" s="186"/>
+      <c r="AL9" s="187"/>
       <c r="AM9" s="1"/>
       <c r="AN9" s="41">
         <f>IF(AN16=1,1,IF(AN15=0,0,IF(AND(AN14=1,AN18=1),0,1)))</f>
         <v>0</v>
       </c>
       <c r="AP9" s="41" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="10" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="1"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="72"/>
       <c r="H10" s="72"/>
       <c r="I10" s="72"/>
       <c r="J10" s="72"/>
       <c r="K10" s="72"/>
       <c r="L10" s="72"/>
       <c r="M10" s="72"/>
       <c r="N10" s="72"/>
       <c r="O10" s="72"/>
       <c r="P10" s="72"/>
       <c r="Q10" s="72"/>
       <c r="R10" s="72"/>
       <c r="S10" s="72"/>
       <c r="T10" s="72"/>
       <c r="U10" s="72"/>
       <c r="V10" s="72"/>
       <c r="W10" s="72"/>
       <c r="X10" s="72"/>
       <c r="Y10" s="72"/>
       <c r="Z10" s="72"/>
       <c r="AA10" s="72"/>
       <c r="AB10" s="72"/>
       <c r="AC10" s="72"/>
       <c r="AD10" s="72"/>
       <c r="AE10" s="72"/>
       <c r="AF10" s="72"/>
       <c r="AG10" s="72"/>
       <c r="AH10" s="72"/>
       <c r="AI10" s="72"/>
       <c r="AJ10" s="72"/>
       <c r="AK10" s="72"/>
       <c r="AL10" s="72"/>
       <c r="AM10" s="1"/>
     </row>
-    <row r="11" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="42"/>
       <c r="AD11" s="42"/>
       <c r="AE11" s="42"/>
       <c r="AF11" s="42"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
       <c r="AJ11" s="1"/>
       <c r="AK11" s="1"/>
       <c r="AL11" s="1"/>
       <c r="AM11" s="1"/>
     </row>
-    <row r="12" spans="2:44" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:44" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="1"/>
       <c r="C12" s="68" t="s">
         <v>65</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="69"/>
       <c r="M12" s="69"/>
       <c r="N12" s="69"/>
       <c r="O12" s="69"/>
       <c r="P12" s="69"/>
       <c r="Q12" s="69"/>
       <c r="R12" s="69"/>
       <c r="S12" s="70"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
       <c r="AB12" s="1"/>
       <c r="AC12" s="1"/>
       <c r="AD12" s="1"/>
       <c r="AE12" s="71"/>
       <c r="AF12" s="71"/>
       <c r="AG12" s="71"/>
       <c r="AH12" s="71"/>
       <c r="AI12" s="71"/>
       <c r="AJ12" s="1"/>
       <c r="AK12" s="1"/>
       <c r="AL12" s="101" t="str">
         <f>IF(AN12=1,"Fournir justification en annexe","")</f>
         <v/>
       </c>
       <c r="AM12" s="1"/>
       <c r="AN12" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="1"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8"/>
       <c r="P13" s="8"/>
       <c r="Q13" s="8"/>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="8"/>
       <c r="U13" s="8"/>
       <c r="V13" s="8"/>
       <c r="W13" s="8"/>
       <c r="X13" s="8"/>
       <c r="Y13" s="8"/>
       <c r="Z13" s="8"/>
       <c r="AA13" s="8"/>
       <c r="AB13" s="8"/>
       <c r="AC13" s="8"/>
       <c r="AD13" s="8"/>
       <c r="AE13" s="8"/>
       <c r="AF13" s="8"/>
       <c r="AG13" s="8"/>
       <c r="AH13" s="8"/>
       <c r="AI13" s="8"/>
       <c r="AJ13" s="8"/>
       <c r="AK13" s="8"/>
       <c r="AL13" s="8"/>
       <c r="AM13" s="1"/>
     </row>
-    <row r="14" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="1"/>
       <c r="C14" s="52" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="52"/>
       <c r="E14" s="52"/>
       <c r="F14" s="52"/>
       <c r="G14" s="52"/>
       <c r="H14" s="52"/>
       <c r="I14" s="52"/>
       <c r="J14" s="52"/>
       <c r="K14" s="52"/>
       <c r="L14" s="52"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1"/>
       <c r="AN14" s="41">
         <f>IF(I17&lt;1000,1,0)</f>
         <v>1</v>
       </c>
       <c r="AO14" s="41" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="15" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1"/>
       <c r="AN15" s="41">
         <f>IF(I17&gt;=50,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO15" s="41" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="16" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
@@ -15220,260 +15220,260 @@
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AM16" s="1"/>
       <c r="AN16" s="41">
         <f>IF(AND(I17&lt;&gt;0,S17=0),1,0)</f>
         <v>0</v>
       </c>
       <c r="AO16" s="41" t="s">
         <v>41</v>
       </c>
       <c r="AQ16" s="79">
         <f>IF(AND(S17&lt;&gt;0,I17=0),1,0)</f>
         <v>0</v>
       </c>
       <c r="AR16" s="79" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="17" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
-      <c r="I17" s="285"/>
-[...1 lines deleted...]
-      <c r="K17" s="285"/>
+      <c r="I17" s="188"/>
+      <c r="J17" s="188"/>
+      <c r="K17" s="188"/>
       <c r="L17" s="65" t="s">
         <v>59</v>
       </c>
       <c r="M17" s="10"/>
       <c r="N17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
-      <c r="S17" s="285"/>
-[...2 lines deleted...]
-      <c r="V17" s="286" t="s">
+      <c r="S17" s="188"/>
+      <c r="T17" s="188"/>
+      <c r="U17" s="188"/>
+      <c r="V17" s="189" t="s">
         <v>59</v>
       </c>
-      <c r="W17" s="286"/>
+      <c r="W17" s="189"/>
       <c r="X17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="287" t="str">
+      <c r="Z17" s="190" t="str">
         <f>IF(S17=0,"-", IF(AN17&gt;20,"&gt;20","&lt;20"))</f>
         <v>-</v>
       </c>
-      <c r="AA17" s="287"/>
+      <c r="AA17" s="190"/>
       <c r="AB17" s="10" t="s">
         <v>10</v>
       </c>
       <c r="AC17" s="1"/>
-      <c r="AD17" s="288" t="str">
+      <c r="AD17" s="191" t="str">
         <f>IF(AND(I17=0,S17=0),"",IF(AN9=0,"Projet exempté",IF(AND(AN9=1,S17&lt;&gt;0,AN20=1),"Projet exempté",IF(AND(AN9=1,I17&lt;&gt;0,AN21&lt;&gt;3,AN21&lt;&gt;0),"Projet exempté","Projet soumis"))))</f>
         <v/>
       </c>
-      <c r="AE17" s="288"/>
-[...6 lines deleted...]
-      <c r="AL17" s="288"/>
+      <c r="AE17" s="191"/>
+      <c r="AF17" s="191"/>
+      <c r="AG17" s="191"/>
+      <c r="AH17" s="191"/>
+      <c r="AI17" s="191"/>
+      <c r="AJ17" s="191"/>
+      <c r="AK17" s="191"/>
+      <c r="AL17" s="191"/>
       <c r="AM17" s="1"/>
       <c r="AN17" s="59">
         <f>IF(S17=0,100, I17/S17*100)</f>
         <v>100</v>
       </c>
       <c r="AO17" s="41" t="s">
         <v>42</v>
       </c>
       <c r="AR17" s="41"/>
       <c r="AS17" s="41"/>
     </row>
-    <row r="18" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
-      <c r="AD18" s="288"/>
-[...7 lines deleted...]
-      <c r="AL18" s="288"/>
+      <c r="AD18" s="191"/>
+      <c r="AE18" s="191"/>
+      <c r="AF18" s="191"/>
+      <c r="AG18" s="191"/>
+      <c r="AH18" s="191"/>
+      <c r="AI18" s="191"/>
+      <c r="AJ18" s="191"/>
+      <c r="AK18" s="191"/>
+      <c r="AL18" s="191"/>
       <c r="AM18" s="1"/>
       <c r="AN18" s="41">
         <f>IF(AN17&gt;=20,0,1)</f>
         <v>0</v>
       </c>
       <c r="AO18" s="41" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="19" spans="2:81" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:81" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="1"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="1"/>
       <c r="F19" s="42" t="s">
         <v>39</v>
       </c>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="34"/>
       <c r="J19" s="34" t="s">
         <v>60</v>
       </c>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="34"/>
       <c r="N19" s="75" t="s">
         <v>69</v>
       </c>
       <c r="O19" s="34"/>
       <c r="P19" s="34"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
       <c r="Z19" s="1"/>
       <c r="AA19" s="1"/>
       <c r="AB19" s="1"/>
       <c r="AC19" s="1"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AM19" s="1"/>
     </row>
-    <row r="20" spans="2:81" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:81" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="48"/>
       <c r="H20" s="1"/>
       <c r="I20" s="50" t="str">
         <f>IF(S17=0,"",IF(AN20=1,"Fournir le certificat Minergie",""))</f>
         <v/>
       </c>
       <c r="J20" s="50"/>
       <c r="K20" s="11"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="1"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
       <c r="AG20" s="1"/>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="60">
         <v>2</v>
       </c>
       <c r="AO20" s="60" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="21" spans="2:81" s="61" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:81" s="61" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="13"/>
       <c r="C21" s="12"/>
       <c r="D21" s="12"/>
       <c r="E21" s="13"/>
       <c r="F21" s="45" t="s">
         <v>40</v>
       </c>
       <c r="G21" s="13"/>
       <c r="H21" s="13"/>
       <c r="I21" s="34"/>
       <c r="J21" s="34" t="s">
         <v>56</v>
       </c>
       <c r="K21" s="76"/>
       <c r="L21" s="34"/>
       <c r="M21" s="34"/>
       <c r="N21" s="34"/>
       <c r="O21" s="34"/>
       <c r="P21" s="34"/>
       <c r="Q21" s="34"/>
       <c r="R21" s="34"/>
       <c r="S21" s="34"/>
       <c r="T21" s="34"/>
       <c r="U21" s="34"/>
       <c r="V21" s="34"/>
@@ -15521,51 +15521,51 @@
       <c r="BF21" s="62"/>
       <c r="BG21" s="62"/>
       <c r="BH21" s="62"/>
       <c r="BI21" s="62"/>
       <c r="BJ21" s="62"/>
       <c r="BK21" s="62"/>
       <c r="BL21" s="62"/>
       <c r="BM21" s="62"/>
       <c r="BN21" s="62"/>
       <c r="BO21" s="62"/>
       <c r="BP21" s="62"/>
       <c r="BQ21" s="62"/>
       <c r="BR21" s="62"/>
       <c r="BS21" s="62"/>
       <c r="BT21" s="62"/>
       <c r="BU21" s="62"/>
       <c r="BV21" s="62"/>
       <c r="BW21" s="62"/>
       <c r="BX21" s="62"/>
       <c r="BY21" s="62"/>
       <c r="BZ21" s="62"/>
       <c r="CA21" s="62"/>
       <c r="CB21" s="62"/>
       <c r="CC21" s="62"/>
     </row>
-    <row r="22" spans="2:81" s="40" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:81" s="40" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="54" t="b">
         <v>0</v>
       </c>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
       <c r="I22" s="51" t="str">
         <f>IF(AN21=1,"Fournir le certificat provisoire du label Minergie P, A ou Quartier","")</f>
         <v/>
       </c>
       <c r="K22" s="39"/>
       <c r="L22" s="39"/>
       <c r="M22" s="39"/>
       <c r="N22" s="39"/>
       <c r="O22" s="39"/>
       <c r="P22" s="39"/>
       <c r="Q22" s="39"/>
       <c r="R22" s="39"/>
       <c r="S22" s="39"/>
       <c r="T22" s="39"/>
       <c r="U22" s="39"/>
       <c r="V22" s="39"/>
       <c r="W22" s="39"/>
@@ -15605,3675 +15605,3675 @@
       <c r="BF22" s="63"/>
       <c r="BG22" s="63"/>
       <c r="BH22" s="63"/>
       <c r="BI22" s="63"/>
       <c r="BJ22" s="63"/>
       <c r="BK22" s="63"/>
       <c r="BL22" s="63"/>
       <c r="BM22" s="63"/>
       <c r="BN22" s="63"/>
       <c r="BO22" s="63"/>
       <c r="BP22" s="63"/>
       <c r="BQ22" s="63"/>
       <c r="BR22" s="63"/>
       <c r="BS22" s="63"/>
       <c r="BT22" s="63"/>
       <c r="BU22" s="63"/>
       <c r="BV22" s="63"/>
       <c r="BW22" s="63"/>
       <c r="BX22" s="63"/>
       <c r="BY22" s="63"/>
       <c r="BZ22" s="63"/>
       <c r="CA22" s="63"/>
       <c r="CB22" s="63"/>
       <c r="CC22" s="63"/>
     </row>
-    <row r="23" spans="2:81" ht="5.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="2:81" ht="5.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="55"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="14"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
       <c r="Z23" s="8"/>
       <c r="AA23" s="8"/>
       <c r="AB23" s="8"/>
       <c r="AC23" s="8"/>
       <c r="AD23" s="8"/>
       <c r="AE23" s="8"/>
       <c r="AF23" s="8"/>
       <c r="AG23" s="8"/>
       <c r="AH23" s="8"/>
       <c r="AI23" s="8"/>
       <c r="AJ23" s="8"/>
       <c r="AK23" s="8"/>
       <c r="AL23" s="8"/>
       <c r="AM23" s="1"/>
     </row>
-    <row r="24" spans="2:81" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:81" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="1"/>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1"/>
       <c r="AB24" s="1"/>
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
       <c r="AM24" s="1"/>
     </row>
-    <row r="25" spans="2:81" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:81" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="1"/>
       <c r="C25" s="30" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
       <c r="AM25" s="1"/>
     </row>
-    <row r="26" spans="2:81" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:81" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="55"/>
       <c r="C26" s="30" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="33"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
       <c r="AG26" s="1"/>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
     </row>
-    <row r="27" spans="2:81" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:81" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C27" s="34"/>
       <c r="D27" s="34"/>
       <c r="E27" s="34"/>
       <c r="F27" s="34"/>
       <c r="G27" s="34"/>
       <c r="H27" s="34"/>
       <c r="I27" s="34"/>
       <c r="J27" s="34"/>
       <c r="K27" s="34"/>
       <c r="L27" s="34"/>
       <c r="M27" s="34"/>
       <c r="N27" s="34"/>
       <c r="O27" s="34"/>
       <c r="P27" s="34"/>
       <c r="Q27" s="34"/>
       <c r="R27" s="34"/>
       <c r="S27" s="34"/>
       <c r="T27" s="34"/>
       <c r="U27" s="77" t="s">
         <v>69</v>
       </c>
       <c r="V27" s="34"/>
       <c r="W27" s="34"/>
       <c r="X27" s="78"/>
       <c r="Y27" s="53"/>
       <c r="Z27" s="80" t="str">
         <f>IF(AN27=3,"justificatif EN-VS-101a non-applicable, fournir EN-VS-101b","")</f>
         <v/>
       </c>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
       <c r="AF27" s="1"/>
       <c r="AG27" s="1"/>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AM27" s="1"/>
     </row>
-    <row r="28" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="30"/>
       <c r="C28" s="30"/>
       <c r="D28" s="30"/>
       <c r="E28" s="30"/>
       <c r="F28" s="30"/>
       <c r="G28" s="30"/>
       <c r="H28" s="30"/>
       <c r="I28" s="30"/>
       <c r="J28" s="30"/>
       <c r="K28" s="30"/>
       <c r="L28" s="30"/>
       <c r="M28" s="30"/>
       <c r="N28" s="30"/>
       <c r="O28" s="30"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="30"/>
       <c r="S28" s="30"/>
       <c r="T28" s="30"/>
       <c r="U28" s="30"/>
       <c r="V28" s="30"/>
       <c r="W28" s="30"/>
       <c r="X28" s="30"/>
       <c r="Y28" s="30"/>
       <c r="Z28" s="30"/>
       <c r="AA28" s="30"/>
       <c r="AB28" s="30"/>
       <c r="AC28" s="30"/>
       <c r="AD28" s="30"/>
       <c r="AE28" s="30"/>
       <c r="AF28" s="30"/>
       <c r="AG28" s="30"/>
       <c r="AH28" s="30"/>
       <c r="AI28" s="30"/>
       <c r="AJ28" s="30"/>
       <c r="AK28" s="30"/>
       <c r="AL28" s="30"/>
       <c r="AM28" s="30"/>
     </row>
-    <row r="29" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="30"/>
-      <c r="C29" s="247" t="s">
+      <c r="C29" s="210" t="s">
         <v>50</v>
       </c>
-      <c r="D29" s="247"/>
-[...33 lines deleted...]
-      <c r="AL29" s="247"/>
+      <c r="D29" s="210"/>
+      <c r="E29" s="210"/>
+      <c r="F29" s="210"/>
+      <c r="G29" s="210"/>
+      <c r="H29" s="210"/>
+      <c r="I29" s="210"/>
+      <c r="J29" s="210"/>
+      <c r="K29" s="210"/>
+      <c r="L29" s="210"/>
+      <c r="M29" s="210"/>
+      <c r="N29" s="210"/>
+      <c r="O29" s="210"/>
+      <c r="P29" s="210"/>
+      <c r="Q29" s="210"/>
+      <c r="R29" s="210"/>
+      <c r="S29" s="210"/>
+      <c r="T29" s="210"/>
+      <c r="U29" s="210"/>
+      <c r="V29" s="210"/>
+      <c r="W29" s="210"/>
+      <c r="X29" s="210"/>
+      <c r="Y29" s="210"/>
+      <c r="Z29" s="210"/>
+      <c r="AA29" s="210"/>
+      <c r="AB29" s="210"/>
+      <c r="AC29" s="210"/>
+      <c r="AD29" s="210"/>
+      <c r="AE29" s="210"/>
+      <c r="AF29" s="210"/>
+      <c r="AG29" s="210"/>
+      <c r="AH29" s="210"/>
+      <c r="AI29" s="210"/>
+      <c r="AJ29" s="210"/>
+      <c r="AK29" s="210"/>
+      <c r="AL29" s="210"/>
       <c r="AM29" s="49"/>
     </row>
-    <row r="30" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="30"/>
-      <c r="C30" s="247"/>
-[...34 lines deleted...]
-      <c r="AL30" s="247"/>
+      <c r="C30" s="210"/>
+      <c r="D30" s="210"/>
+      <c r="E30" s="210"/>
+      <c r="F30" s="210"/>
+      <c r="G30" s="210"/>
+      <c r="H30" s="210"/>
+      <c r="I30" s="210"/>
+      <c r="J30" s="210"/>
+      <c r="K30" s="210"/>
+      <c r="L30" s="210"/>
+      <c r="M30" s="210"/>
+      <c r="N30" s="210"/>
+      <c r="O30" s="210"/>
+      <c r="P30" s="210"/>
+      <c r="Q30" s="210"/>
+      <c r="R30" s="210"/>
+      <c r="S30" s="210"/>
+      <c r="T30" s="210"/>
+      <c r="U30" s="210"/>
+      <c r="V30" s="210"/>
+      <c r="W30" s="210"/>
+      <c r="X30" s="210"/>
+      <c r="Y30" s="210"/>
+      <c r="Z30" s="210"/>
+      <c r="AA30" s="210"/>
+      <c r="AB30" s="210"/>
+      <c r="AC30" s="210"/>
+      <c r="AD30" s="210"/>
+      <c r="AE30" s="210"/>
+      <c r="AF30" s="210"/>
+      <c r="AG30" s="210"/>
+      <c r="AH30" s="210"/>
+      <c r="AI30" s="210"/>
+      <c r="AJ30" s="210"/>
+      <c r="AK30" s="210"/>
+      <c r="AL30" s="210"/>
       <c r="AM30" s="49"/>
     </row>
-    <row r="31" spans="2:81" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:81" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="30"/>
       <c r="D31" s="30"/>
       <c r="E31" s="30"/>
       <c r="F31" s="30"/>
       <c r="G31" s="30"/>
       <c r="H31" s="30"/>
       <c r="I31" s="30"/>
       <c r="J31" s="30"/>
       <c r="K31" s="30"/>
       <c r="L31" s="30"/>
       <c r="M31" s="30"/>
       <c r="N31" s="30"/>
       <c r="O31" s="30"/>
       <c r="P31" s="30"/>
       <c r="Q31" s="30"/>
       <c r="R31" s="30"/>
       <c r="S31" s="30"/>
       <c r="T31" s="30"/>
       <c r="U31" s="30"/>
       <c r="V31" s="30"/>
       <c r="W31" s="30"/>
       <c r="X31" s="30"/>
       <c r="Y31" s="30"/>
       <c r="Z31" s="30"/>
       <c r="AA31" s="30"/>
       <c r="AB31" s="30"/>
       <c r="AC31" s="30"/>
       <c r="AD31" s="30"/>
       <c r="AE31" s="30"/>
       <c r="AF31" s="30"/>
       <c r="AG31" s="30"/>
       <c r="AH31" s="30"/>
       <c r="AI31" s="30"/>
       <c r="AJ31" s="30"/>
       <c r="AK31" s="30"/>
       <c r="AL31" s="30"/>
       <c r="AM31" s="30"/>
     </row>
-    <row r="32" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="30"/>
       <c r="C32" s="30"/>
       <c r="D32" s="30"/>
-      <c r="E32" s="233" t="s">
+      <c r="E32" s="156" t="s">
         <v>11</v>
       </c>
-      <c r="F32" s="233"/>
-[...10 lines deleted...]
-      <c r="Q32" s="233"/>
+      <c r="F32" s="156"/>
+      <c r="G32" s="156"/>
+      <c r="H32" s="156"/>
+      <c r="I32" s="156"/>
+      <c r="J32" s="156"/>
+      <c r="K32" s="156"/>
+      <c r="L32" s="156"/>
+      <c r="M32" s="156"/>
+      <c r="N32" s="156"/>
+      <c r="O32" s="156"/>
+      <c r="P32" s="156"/>
+      <c r="Q32" s="156"/>
       <c r="R32" s="30"/>
       <c r="S32" s="35"/>
       <c r="T32" s="35"/>
       <c r="U32" s="35"/>
       <c r="V32" s="35"/>
       <c r="W32" s="34"/>
       <c r="X32" s="35"/>
-      <c r="Y32" s="248"/>
-[...3 lines deleted...]
-      <c r="AC32" s="249"/>
+      <c r="Y32" s="211"/>
+      <c r="Z32" s="212"/>
+      <c r="AA32" s="212"/>
+      <c r="AB32" s="212"/>
+      <c r="AC32" s="212"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="30"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="2:83" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B33" s="30"/>
       <c r="C33" s="43"/>
       <c r="D33" s="30"/>
-      <c r="E33" s="233"/>
-[...11 lines deleted...]
-      <c r="Q33" s="233"/>
+      <c r="E33" s="156"/>
+      <c r="F33" s="156"/>
+      <c r="G33" s="156"/>
+      <c r="H33" s="156"/>
+      <c r="I33" s="156"/>
+      <c r="J33" s="156"/>
+      <c r="K33" s="156"/>
+      <c r="L33" s="156"/>
+      <c r="M33" s="156"/>
+      <c r="N33" s="156"/>
+      <c r="O33" s="156"/>
+      <c r="P33" s="156"/>
+      <c r="Q33" s="156"/>
       <c r="R33" s="30"/>
       <c r="S33" s="35"/>
       <c r="T33" s="35"/>
       <c r="U33" s="35"/>
       <c r="V33" s="35"/>
       <c r="W33" s="35"/>
       <c r="X33" s="35"/>
-      <c r="Y33" s="249"/>
-[...3 lines deleted...]
-      <c r="AC33" s="249"/>
+      <c r="Y33" s="212"/>
+      <c r="Z33" s="212"/>
+      <c r="AA33" s="212"/>
+      <c r="AB33" s="212"/>
+      <c r="AC33" s="212"/>
       <c r="AD33" s="30"/>
       <c r="AE33" s="30"/>
       <c r="AF33" s="30"/>
       <c r="AG33" s="30"/>
       <c r="AH33" s="30"/>
       <c r="AI33" s="30"/>
       <c r="AJ33" s="30"/>
       <c r="AK33" s="30"/>
       <c r="AL33" s="30"/>
       <c r="AM33" s="30"/>
     </row>
-    <row r="34" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="30"/>
       <c r="C34" s="30"/>
       <c r="D34" s="30"/>
       <c r="E34" s="30"/>
       <c r="F34" s="30"/>
       <c r="G34" s="30"/>
       <c r="H34" s="30"/>
       <c r="I34" s="30"/>
       <c r="J34" s="30"/>
       <c r="K34" s="30"/>
       <c r="L34" s="30"/>
       <c r="M34" s="30"/>
       <c r="N34" s="1"/>
       <c r="O34" s="30"/>
       <c r="P34" s="30"/>
       <c r="Q34" s="30"/>
       <c r="R34" s="30"/>
       <c r="S34" s="30"/>
       <c r="T34" s="30"/>
       <c r="U34" s="30"/>
       <c r="V34" s="30"/>
       <c r="W34" s="30"/>
       <c r="X34" s="30"/>
-      <c r="Y34" s="249"/>
-[...3 lines deleted...]
-      <c r="AC34" s="249"/>
+      <c r="Y34" s="212"/>
+      <c r="Z34" s="212"/>
+      <c r="AA34" s="212"/>
+      <c r="AB34" s="212"/>
+      <c r="AC34" s="212"/>
       <c r="AD34" s="30"/>
       <c r="AE34" s="30"/>
       <c r="AF34" s="30"/>
       <c r="AG34" s="30"/>
       <c r="AH34" s="30"/>
       <c r="AI34" s="30"/>
       <c r="AJ34" s="30"/>
       <c r="AK34" s="30"/>
       <c r="AL34" s="30"/>
       <c r="AM34" s="30"/>
     </row>
-    <row r="35" spans="2:83" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:83" ht="15" x14ac:dyDescent="0.25">
       <c r="B35" s="30"/>
       <c r="C35" s="30"/>
       <c r="D35" s="30"/>
-      <c r="E35" s="233" t="s">
-[...13 lines deleted...]
-      <c r="Q35" s="233"/>
+      <c r="E35" s="156" t="s">
+        <v>189</v>
+      </c>
+      <c r="F35" s="156"/>
+      <c r="G35" s="156"/>
+      <c r="H35" s="156"/>
+      <c r="I35" s="156"/>
+      <c r="J35" s="156"/>
+      <c r="K35" s="156"/>
+      <c r="L35" s="156"/>
+      <c r="M35" s="156"/>
+      <c r="N35" s="156"/>
+      <c r="O35" s="156"/>
+      <c r="P35" s="156"/>
+      <c r="Q35" s="156"/>
       <c r="R35" s="30"/>
       <c r="S35" s="35"/>
       <c r="T35" s="35"/>
       <c r="U35" s="35"/>
       <c r="V35" s="35"/>
       <c r="W35" s="35"/>
       <c r="X35" s="35"/>
       <c r="Y35" s="31"/>
       <c r="Z35" s="31"/>
       <c r="AA35" s="30"/>
       <c r="AB35" s="30"/>
       <c r="AC35" s="30"/>
       <c r="AD35" s="30"/>
       <c r="AE35" s="30"/>
       <c r="AF35" s="30"/>
       <c r="AG35" s="30"/>
       <c r="AH35" s="30"/>
       <c r="AI35" s="30"/>
       <c r="AJ35" s="30"/>
       <c r="AK35" s="30"/>
       <c r="AL35" s="30"/>
       <c r="AM35" s="30"/>
     </row>
-    <row r="36" spans="2:83" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:83" ht="15" x14ac:dyDescent="0.25">
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
       <c r="D36" s="30"/>
-      <c r="E36" s="233"/>
-[...11 lines deleted...]
-      <c r="Q36" s="233"/>
+      <c r="E36" s="156"/>
+      <c r="F36" s="156"/>
+      <c r="G36" s="156"/>
+      <c r="H36" s="156"/>
+      <c r="I36" s="156"/>
+      <c r="J36" s="156"/>
+      <c r="K36" s="156"/>
+      <c r="L36" s="156"/>
+      <c r="M36" s="156"/>
+      <c r="N36" s="156"/>
+      <c r="O36" s="156"/>
+      <c r="P36" s="156"/>
+      <c r="Q36" s="156"/>
       <c r="R36" s="30"/>
       <c r="S36" s="35"/>
       <c r="T36" s="35"/>
       <c r="U36" s="35"/>
       <c r="V36" s="35"/>
       <c r="W36" s="35"/>
       <c r="X36" s="35"/>
       <c r="Y36" s="31"/>
       <c r="Z36" s="31"/>
       <c r="AA36" s="30"/>
       <c r="AB36" s="30"/>
       <c r="AC36" s="30"/>
       <c r="AD36" s="30"/>
       <c r="AE36" s="30"/>
       <c r="AF36" s="30"/>
       <c r="AG36" s="30"/>
       <c r="AH36" s="30"/>
       <c r="AI36" s="30"/>
       <c r="AJ36" s="30"/>
       <c r="AK36" s="30"/>
       <c r="AL36" s="30"/>
       <c r="AM36" s="30"/>
       <c r="AN36" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="30"/>
       <c r="C37" s="30"/>
       <c r="D37" s="30"/>
       <c r="E37" s="30"/>
       <c r="F37" s="30"/>
       <c r="G37" s="30"/>
       <c r="H37" s="30"/>
       <c r="I37" s="30"/>
       <c r="J37" s="30"/>
       <c r="K37" s="30"/>
       <c r="L37" s="30"/>
       <c r="M37" s="30"/>
       <c r="N37" s="1"/>
       <c r="O37" s="30"/>
       <c r="P37" s="30"/>
       <c r="Q37" s="30"/>
       <c r="R37" s="30"/>
       <c r="S37" s="30"/>
       <c r="T37" s="30"/>
       <c r="U37" s="30"/>
       <c r="V37" s="30"/>
       <c r="W37" s="30"/>
       <c r="X37" s="30"/>
       <c r="Y37" s="31"/>
       <c r="Z37" s="31"/>
       <c r="AA37" s="30"/>
       <c r="AB37" s="30"/>
       <c r="AC37" s="30"/>
       <c r="AD37" s="30"/>
       <c r="AE37" s="30"/>
       <c r="AF37" s="30"/>
       <c r="AG37" s="30"/>
       <c r="AH37" s="30"/>
       <c r="AI37" s="30"/>
       <c r="AJ37" s="30"/>
       <c r="AK37" s="30"/>
       <c r="AL37" s="30"/>
       <c r="AM37" s="30"/>
     </row>
-    <row r="38" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="30"/>
       <c r="C38" s="49"/>
-      <c r="D38" s="232" t="s">
-[...14 lines deleted...]
-      <c r="Q38" s="232"/>
+      <c r="D38" s="221" t="s">
+        <v>191</v>
+      </c>
+      <c r="E38" s="221"/>
+      <c r="F38" s="221"/>
+      <c r="G38" s="221"/>
+      <c r="H38" s="221"/>
+      <c r="I38" s="221"/>
+      <c r="J38" s="221"/>
+      <c r="K38" s="221"/>
+      <c r="L38" s="221"/>
+      <c r="M38" s="221"/>
+      <c r="N38" s="221"/>
+      <c r="O38" s="221"/>
+      <c r="P38" s="221"/>
+      <c r="Q38" s="221"/>
       <c r="R38" s="30"/>
       <c r="S38" s="35"/>
       <c r="T38" s="35"/>
       <c r="U38" s="35"/>
       <c r="V38" s="35"/>
       <c r="W38" s="35"/>
       <c r="X38" s="35"/>
       <c r="Y38" s="31"/>
       <c r="Z38" s="31"/>
       <c r="AA38" s="30"/>
       <c r="AB38" s="30"/>
       <c r="AC38" s="30"/>
       <c r="AD38" s="30"/>
       <c r="AE38" s="30"/>
       <c r="AF38" s="30"/>
       <c r="AG38" s="30"/>
       <c r="AH38" s="30"/>
       <c r="AI38" s="30"/>
       <c r="AJ38" s="30"/>
       <c r="AK38" s="30"/>
       <c r="AL38" s="30"/>
       <c r="AM38" s="30"/>
       <c r="AN38" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:83" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:83" ht="15" x14ac:dyDescent="0.25">
       <c r="B39" s="30"/>
       <c r="C39" s="49"/>
-      <c r="D39" s="232"/>
-[...12 lines deleted...]
-      <c r="Q39" s="232"/>
+      <c r="D39" s="221"/>
+      <c r="E39" s="221"/>
+      <c r="F39" s="221"/>
+      <c r="G39" s="221"/>
+      <c r="H39" s="221"/>
+      <c r="I39" s="221"/>
+      <c r="J39" s="221"/>
+      <c r="K39" s="221"/>
+      <c r="L39" s="221"/>
+      <c r="M39" s="221"/>
+      <c r="N39" s="221"/>
+      <c r="O39" s="221"/>
+      <c r="P39" s="221"/>
+      <c r="Q39" s="221"/>
       <c r="R39" s="30"/>
       <c r="S39" s="35"/>
       <c r="T39" s="35"/>
       <c r="U39" s="35"/>
       <c r="V39" s="35"/>
       <c r="W39" s="35"/>
       <c r="X39" s="35"/>
       <c r="Y39" s="31"/>
       <c r="Z39" s="31"/>
       <c r="AA39" s="30"/>
       <c r="AB39" s="30"/>
       <c r="AC39" s="30"/>
       <c r="AD39" s="30"/>
       <c r="AE39" s="30"/>
       <c r="AF39" s="30"/>
       <c r="AG39" s="30"/>
       <c r="AH39" s="30"/>
       <c r="AI39" s="30"/>
       <c r="AJ39" s="30"/>
       <c r="AK39" s="30"/>
       <c r="AL39" s="30"/>
       <c r="AM39" s="30"/>
     </row>
-    <row r="40" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="30"/>
       <c r="C40" s="30"/>
       <c r="D40" s="30"/>
       <c r="E40" s="30"/>
       <c r="F40" s="30"/>
       <c r="G40" s="30"/>
       <c r="H40" s="30"/>
       <c r="I40" s="30"/>
       <c r="J40" s="30"/>
       <c r="K40" s="30"/>
       <c r="L40" s="30"/>
       <c r="M40" s="30"/>
       <c r="N40" s="1"/>
       <c r="O40" s="30"/>
       <c r="P40" s="30"/>
       <c r="Q40" s="30"/>
       <c r="R40" s="30"/>
       <c r="S40" s="30"/>
       <c r="T40" s="30"/>
       <c r="U40" s="30"/>
       <c r="V40" s="30"/>
       <c r="W40" s="30"/>
       <c r="X40" s="30"/>
       <c r="Y40" s="31"/>
       <c r="Z40" s="31"/>
       <c r="AA40" s="30"/>
       <c r="AB40" s="30"/>
       <c r="AC40" s="30"/>
       <c r="AD40" s="30"/>
       <c r="AE40" s="30"/>
       <c r="AF40" s="30"/>
       <c r="AG40" s="30"/>
       <c r="AH40" s="30"/>
       <c r="AI40" s="30"/>
       <c r="AJ40" s="30"/>
       <c r="AK40" s="30"/>
       <c r="AL40" s="30"/>
       <c r="AM40" s="30"/>
     </row>
-    <row r="41" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="30"/>
       <c r="C41" s="53" t="str">
         <f>IF(OR(AN21=3,AN20=1,AN20=2),IF(OR(AN32=1,AN38=1),"Fournir EN-VS-104 et EN-VS-110",""),"")</f>
         <v/>
       </c>
       <c r="D41" s="30"/>
       <c r="E41" s="30"/>
       <c r="F41" s="30"/>
       <c r="G41" s="30"/>
       <c r="H41" s="30"/>
       <c r="I41" s="30"/>
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="30"/>
       <c r="N41" s="1"/>
       <c r="O41" s="30"/>
       <c r="P41" s="30"/>
       <c r="Q41" s="30"/>
       <c r="R41" s="30"/>
       <c r="S41" s="30"/>
       <c r="T41" s="30"/>
       <c r="U41" s="30"/>
       <c r="V41" s="30"/>
       <c r="W41" s="30"/>
       <c r="X41" s="30"/>
       <c r="Y41" s="31"/>
       <c r="Z41" s="31"/>
       <c r="AA41" s="30"/>
       <c r="AB41" s="30"/>
       <c r="AC41" s="30"/>
       <c r="AD41" s="30"/>
       <c r="AE41" s="30"/>
       <c r="AF41" s="30"/>
       <c r="AG41" s="30"/>
       <c r="AH41" s="30"/>
       <c r="AI41" s="30"/>
       <c r="AJ41" s="30"/>
       <c r="AK41" s="30"/>
       <c r="AL41" s="30"/>
       <c r="AM41" s="30"/>
       <c r="AN41" s="41">
         <f>IF(C41&lt;&gt;"",1,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="30"/>
       <c r="C42" s="30"/>
       <c r="D42" s="30"/>
       <c r="E42" s="30"/>
       <c r="F42" s="30"/>
       <c r="G42" s="30"/>
       <c r="H42" s="30"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
       <c r="N42" s="1"/>
       <c r="O42" s="30"/>
       <c r="P42" s="30"/>
       <c r="Q42" s="30"/>
       <c r="R42" s="30"/>
       <c r="S42" s="30"/>
       <c r="T42" s="30"/>
       <c r="U42" s="30"/>
       <c r="V42" s="30"/>
       <c r="W42" s="30"/>
       <c r="X42" s="30"/>
       <c r="Y42" s="31"/>
       <c r="Z42" s="31"/>
       <c r="AA42" s="30"/>
       <c r="AB42" s="30"/>
       <c r="AC42" s="30"/>
       <c r="AD42" s="30"/>
       <c r="AE42" s="30"/>
       <c r="AF42" s="30"/>
       <c r="AG42" s="30"/>
       <c r="AH42" s="30"/>
       <c r="AI42" s="30"/>
       <c r="AJ42" s="30"/>
       <c r="AK42" s="30"/>
       <c r="AL42" s="30"/>
       <c r="AM42" s="30"/>
     </row>
-    <row r="43" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="30"/>
       <c r="C43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
       <c r="Z43" s="1"/>
       <c r="AA43" s="1"/>
       <c r="AB43" s="1"/>
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
       <c r="AH43" s="1"/>
       <c r="AI43" s="1"/>
       <c r="AJ43" s="1"/>
       <c r="AK43" s="1"/>
       <c r="AL43" s="1"/>
       <c r="AM43" s="1"/>
     </row>
-    <row r="44" spans="2:83" ht="16.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:83" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="30"/>
       <c r="C44" s="16"/>
       <c r="D44" s="17"/>
       <c r="E44" s="17"/>
       <c r="F44" s="17"/>
       <c r="G44" s="17"/>
       <c r="H44" s="17"/>
       <c r="I44" s="17"/>
       <c r="J44" s="17"/>
       <c r="K44" s="17"/>
       <c r="L44" s="17"/>
       <c r="M44" s="17"/>
       <c r="N44" s="17"/>
       <c r="O44" s="17"/>
       <c r="P44" s="17"/>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
       <c r="S44" s="17"/>
       <c r="T44" s="17"/>
       <c r="U44" s="17"/>
       <c r="V44" s="17"/>
       <c r="W44" s="17"/>
       <c r="X44" s="17"/>
       <c r="Y44" s="17"/>
       <c r="Z44" s="17"/>
-      <c r="AA44" s="250" t="s">
+      <c r="AA44" s="213" t="s">
         <v>14</v>
       </c>
-      <c r="AB44" s="251"/>
-      <c r="AC44" s="250" t="s">
+      <c r="AB44" s="214"/>
+      <c r="AC44" s="213" t="s">
         <v>15</v>
       </c>
-      <c r="AD44" s="251"/>
-      <c r="AE44" s="250" t="s">
+      <c r="AD44" s="214"/>
+      <c r="AE44" s="213" t="s">
         <v>16</v>
       </c>
-      <c r="AF44" s="251"/>
-      <c r="AG44" s="250" t="s">
+      <c r="AF44" s="214"/>
+      <c r="AG44" s="213" t="s">
         <v>17</v>
       </c>
-      <c r="AH44" s="251"/>
-      <c r="AI44" s="250" t="s">
+      <c r="AH44" s="214"/>
+      <c r="AI44" s="213" t="s">
         <v>18</v>
       </c>
-      <c r="AJ44" s="252"/>
-[...1 lines deleted...]
-      <c r="AL44" s="254"/>
+      <c r="AJ44" s="215"/>
+      <c r="AK44" s="216"/>
+      <c r="AL44" s="217"/>
       <c r="AM44" s="1"/>
       <c r="AN44" s="3"/>
       <c r="AO44" s="3"/>
       <c r="AQ44" s="41"/>
       <c r="AR44" s="41"/>
       <c r="CD44" s="2"/>
       <c r="CE44" s="2"/>
     </row>
-    <row r="45" spans="2:83" ht="156" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:83" ht="156" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="1"/>
       <c r="C45" s="18"/>
       <c r="D45" s="19" t="s">
         <v>19</v>
       </c>
       <c r="E45" s="20"/>
       <c r="F45" s="20"/>
       <c r="G45" s="20"/>
       <c r="H45" s="20"/>
       <c r="I45" s="20"/>
       <c r="J45" s="20"/>
       <c r="K45" s="20"/>
       <c r="L45" s="20"/>
       <c r="M45" s="20"/>
       <c r="N45" s="20"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="20"/>
       <c r="S45" s="20"/>
       <c r="T45" s="20"/>
       <c r="U45" s="20"/>
       <c r="V45" s="20"/>
       <c r="W45" s="20"/>
       <c r="X45" s="20"/>
       <c r="Y45" s="20"/>
       <c r="Z45" s="20"/>
-      <c r="AA45" s="255" t="s">
+      <c r="AA45" s="218" t="s">
         <v>20</v>
       </c>
-      <c r="AB45" s="256"/>
-      <c r="AC45" s="255" t="s">
+      <c r="AB45" s="219"/>
+      <c r="AC45" s="218" t="s">
         <v>46</v>
       </c>
-      <c r="AD45" s="256"/>
-      <c r="AE45" s="255" t="s">
+      <c r="AD45" s="219"/>
+      <c r="AE45" s="218" t="s">
         <v>67</v>
       </c>
-      <c r="AF45" s="256"/>
-      <c r="AG45" s="255" t="s">
+      <c r="AF45" s="219"/>
+      <c r="AG45" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="AH45" s="256"/>
-      <c r="AI45" s="255" t="s">
+      <c r="AH45" s="219"/>
+      <c r="AI45" s="218" t="s">
         <v>22</v>
       </c>
-      <c r="AJ45" s="257"/>
-[...1 lines deleted...]
-      <c r="AL45" s="246"/>
+      <c r="AJ45" s="220"/>
+      <c r="AK45" s="208"/>
+      <c r="AL45" s="209"/>
       <c r="AM45" s="1"/>
       <c r="AN45" s="3"/>
       <c r="AO45" s="3"/>
       <c r="AQ45" s="41"/>
       <c r="AR45" s="41"/>
       <c r="CD45" s="2"/>
       <c r="CE45" s="2"/>
     </row>
-    <row r="46" spans="2:83" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B46" s="1"/>
       <c r="C46" s="66" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E46" s="22"/>
       <c r="F46" s="22"/>
       <c r="G46" s="22"/>
       <c r="H46" s="22"/>
       <c r="I46" s="22"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="22"/>
       <c r="V46" s="22"/>
       <c r="W46" s="22"/>
       <c r="X46" s="22"/>
       <c r="Y46" s="22"/>
       <c r="Z46" s="22"/>
-      <c r="AA46" s="217"/>
-[...7 lines deleted...]
-      <c r="AI46" s="234" t="s">
+      <c r="AA46" s="222"/>
+      <c r="AB46" s="223"/>
+      <c r="AC46" s="222"/>
+      <c r="AD46" s="223"/>
+      <c r="AE46" s="222"/>
+      <c r="AF46" s="223"/>
+      <c r="AG46" s="222"/>
+      <c r="AH46" s="223"/>
+      <c r="AI46" s="228" t="s">
         <v>24</v>
       </c>
       <c r="AJ46" s="229"/>
-      <c r="AK46" s="215"/>
-      <c r="AL46" s="216"/>
+      <c r="AK46" s="160"/>
+      <c r="AL46" s="161"/>
       <c r="AM46" s="1"/>
       <c r="AN46" s="3"/>
       <c r="AO46" s="3"/>
       <c r="AP46" s="41" t="s">
         <v>82</v>
       </c>
       <c r="AQ46" s="41"/>
       <c r="AR46" s="41"/>
       <c r="CD46" s="2"/>
       <c r="CE46" s="2"/>
     </row>
-    <row r="47" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="1"/>
       <c r="C47" s="23"/>
       <c r="D47" s="22" t="s">
         <v>25</v>
       </c>
       <c r="E47" s="22"/>
       <c r="F47" s="22"/>
       <c r="G47" s="22"/>
       <c r="H47" s="22"/>
       <c r="I47" s="22"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="42" t="s">
         <v>26</v>
       </c>
       <c r="T47" s="24"/>
       <c r="U47" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V47" s="24"/>
       <c r="W47" s="24"/>
       <c r="X47" s="24"/>
       <c r="Y47" s="24"/>
       <c r="Z47" s="24"/>
-      <c r="AA47" s="219"/>
-[...10 lines deleted...]
-      <c r="AL47" s="216"/>
+      <c r="AA47" s="224"/>
+      <c r="AB47" s="225"/>
+      <c r="AC47" s="224"/>
+      <c r="AD47" s="225"/>
+      <c r="AE47" s="224"/>
+      <c r="AF47" s="225"/>
+      <c r="AG47" s="224"/>
+      <c r="AH47" s="225"/>
+      <c r="AI47" s="230"/>
+      <c r="AJ47" s="231"/>
+      <c r="AK47" s="160"/>
+      <c r="AL47" s="161"/>
       <c r="AM47" s="1"/>
       <c r="AN47" s="3"/>
       <c r="AO47" s="3"/>
       <c r="AP47" s="41">
         <v>17</v>
       </c>
       <c r="AQ47" s="41"/>
       <c r="AR47" s="41"/>
       <c r="CD47" s="2"/>
       <c r="CE47" s="2"/>
     </row>
-    <row r="48" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="1"/>
       <c r="C48" s="21"/>
       <c r="D48" s="22" t="s">
         <v>27</v>
       </c>
       <c r="E48" s="22"/>
       <c r="F48" s="22"/>
       <c r="G48" s="22"/>
       <c r="H48" s="22"/>
       <c r="I48" s="22"/>
       <c r="J48" s="22"/>
       <c r="K48" s="22"/>
       <c r="L48" s="22"/>
       <c r="M48" s="22"/>
       <c r="N48" s="22"/>
       <c r="O48" s="22"/>
       <c r="P48" s="22"/>
       <c r="Q48" s="22"/>
       <c r="R48" s="22"/>
       <c r="S48" s="42" t="s">
         <v>52</v>
       </c>
       <c r="T48" s="22"/>
       <c r="U48" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V48" s="22"/>
       <c r="W48" s="22"/>
       <c r="X48" s="22"/>
       <c r="Y48" s="22"/>
       <c r="Z48" s="22"/>
-      <c r="AA48" s="219"/>
-[...10 lines deleted...]
-      <c r="AL48" s="216"/>
+      <c r="AA48" s="224"/>
+      <c r="AB48" s="225"/>
+      <c r="AC48" s="224"/>
+      <c r="AD48" s="225"/>
+      <c r="AE48" s="224"/>
+      <c r="AF48" s="225"/>
+      <c r="AG48" s="224"/>
+      <c r="AH48" s="225"/>
+      <c r="AI48" s="230"/>
+      <c r="AJ48" s="231"/>
+      <c r="AK48" s="160"/>
+      <c r="AL48" s="161"/>
       <c r="AM48" s="1"/>
       <c r="AN48" s="3"/>
       <c r="AO48" s="3"/>
       <c r="AR48" s="41"/>
       <c r="CD48" s="2"/>
       <c r="CE48" s="2"/>
     </row>
-    <row r="49" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="1"/>
       <c r="C49" s="25"/>
       <c r="D49" s="26" t="s">
         <v>28</v>
       </c>
       <c r="E49" s="26"/>
       <c r="F49" s="26"/>
       <c r="G49" s="26"/>
       <c r="H49" s="26"/>
       <c r="I49" s="26"/>
       <c r="J49" s="26"/>
       <c r="K49" s="26"/>
       <c r="L49" s="26"/>
       <c r="M49" s="26"/>
       <c r="N49" s="26"/>
       <c r="O49" s="26"/>
       <c r="P49" s="26"/>
       <c r="Q49" s="26"/>
       <c r="R49" s="26"/>
       <c r="S49" s="44" t="s">
         <v>37</v>
       </c>
       <c r="T49" s="26"/>
       <c r="U49" s="26" t="s">
         <v>38</v>
       </c>
       <c r="V49" s="26"/>
       <c r="W49" s="26"/>
       <c r="X49" s="26"/>
       <c r="Y49" s="26"/>
       <c r="Z49" s="26"/>
-      <c r="AA49" s="221"/>
-[...10 lines deleted...]
-      <c r="AL49" s="216"/>
+      <c r="AA49" s="226"/>
+      <c r="AB49" s="227"/>
+      <c r="AC49" s="226"/>
+      <c r="AD49" s="227"/>
+      <c r="AE49" s="226"/>
+      <c r="AF49" s="227"/>
+      <c r="AG49" s="226"/>
+      <c r="AH49" s="227"/>
+      <c r="AI49" s="232"/>
+      <c r="AJ49" s="233"/>
+      <c r="AK49" s="160"/>
+      <c r="AL49" s="161"/>
       <c r="AM49" s="1"/>
       <c r="AN49" s="3"/>
       <c r="AO49" s="3"/>
       <c r="AP49" s="41" t="s">
         <v>81</v>
       </c>
       <c r="AR49" s="41"/>
       <c r="CD49" s="2"/>
       <c r="CE49" s="2"/>
     </row>
-    <row r="50" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="1"/>
       <c r="C50" s="66" t="s">
         <v>62</v>
       </c>
       <c r="D50" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E50" s="22"/>
       <c r="F50" s="22"/>
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="22"/>
       <c r="J50" s="22"/>
       <c r="K50" s="22"/>
       <c r="L50" s="22"/>
       <c r="M50" s="22"/>
       <c r="N50" s="22"/>
       <c r="O50" s="22"/>
       <c r="P50" s="22"/>
       <c r="Q50" s="22"/>
       <c r="R50" s="22"/>
       <c r="S50" s="22"/>
       <c r="T50" s="22"/>
       <c r="U50" s="22"/>
       <c r="V50" s="22"/>
       <c r="W50" s="22"/>
       <c r="X50" s="22"/>
       <c r="Y50" s="22"/>
       <c r="Z50" s="22"/>
-      <c r="AA50" s="217"/>
-[...10 lines deleted...]
-      <c r="AL50" s="216"/>
+      <c r="AA50" s="222"/>
+      <c r="AB50" s="223"/>
+      <c r="AC50" s="222"/>
+      <c r="AD50" s="223"/>
+      <c r="AE50" s="222"/>
+      <c r="AF50" s="223"/>
+      <c r="AG50" s="222"/>
+      <c r="AH50" s="223"/>
+      <c r="AI50" s="234"/>
+      <c r="AJ50" s="235"/>
+      <c r="AK50" s="160"/>
+      <c r="AL50" s="161"/>
       <c r="AM50" s="1"/>
       <c r="AN50" s="3"/>
       <c r="AO50" s="3"/>
       <c r="AP50" s="41">
         <f>IF(OR(AP47=1,AP47=7,AP47=8,AP47=9),1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ50" s="41"/>
       <c r="AR50" s="41"/>
       <c r="CD50" s="2"/>
       <c r="CE50" s="2"/>
     </row>
-    <row r="51" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="1"/>
       <c r="C51" s="66"/>
       <c r="D51" s="22" t="s">
         <v>25</v>
       </c>
       <c r="E51" s="22"/>
       <c r="F51" s="22"/>
       <c r="G51" s="22"/>
       <c r="H51" s="22"/>
       <c r="I51" s="22"/>
       <c r="J51" s="22"/>
       <c r="K51" s="22"/>
       <c r="L51" s="22"/>
       <c r="M51" s="22"/>
       <c r="N51" s="22"/>
       <c r="O51" s="22"/>
       <c r="P51" s="22"/>
       <c r="Q51" s="22"/>
       <c r="R51" s="22"/>
       <c r="S51" s="42" t="s">
         <v>26</v>
       </c>
       <c r="T51" s="24"/>
       <c r="U51" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V51" s="24"/>
       <c r="W51" s="22"/>
       <c r="X51" s="22"/>
       <c r="Y51" s="22"/>
       <c r="Z51" s="22"/>
-      <c r="AA51" s="219"/>
-[...10 lines deleted...]
-      <c r="AL51" s="216"/>
+      <c r="AA51" s="224"/>
+      <c r="AB51" s="225"/>
+      <c r="AC51" s="224"/>
+      <c r="AD51" s="225"/>
+      <c r="AE51" s="224"/>
+      <c r="AF51" s="225"/>
+      <c r="AG51" s="224"/>
+      <c r="AH51" s="225"/>
+      <c r="AI51" s="224"/>
+      <c r="AJ51" s="236"/>
+      <c r="AK51" s="160"/>
+      <c r="AL51" s="161"/>
       <c r="AM51" s="1"/>
       <c r="AN51" s="3"/>
       <c r="AO51" s="3"/>
       <c r="AQ51" s="41"/>
       <c r="AR51" s="41"/>
       <c r="CD51" s="2"/>
       <c r="CE51" s="2"/>
     </row>
-    <row r="52" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="1"/>
       <c r="C52" s="66"/>
       <c r="D52" s="22" t="s">
         <v>27</v>
       </c>
       <c r="E52" s="22"/>
       <c r="F52" s="22"/>
       <c r="G52" s="22"/>
       <c r="H52" s="22"/>
       <c r="I52" s="22"/>
       <c r="J52" s="22"/>
       <c r="K52" s="22"/>
       <c r="L52" s="22"/>
       <c r="M52" s="22"/>
       <c r="N52" s="22"/>
       <c r="O52" s="22"/>
       <c r="P52" s="22"/>
       <c r="Q52" s="22"/>
       <c r="R52" s="22"/>
       <c r="S52" s="42" t="s">
         <v>52</v>
       </c>
       <c r="T52" s="22"/>
       <c r="U52" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V52" s="22"/>
       <c r="W52" s="22"/>
       <c r="X52" s="22"/>
       <c r="Y52" s="22"/>
       <c r="Z52" s="22"/>
-      <c r="AA52" s="219"/>
-[...10 lines deleted...]
-      <c r="AL52" s="216"/>
+      <c r="AA52" s="224"/>
+      <c r="AB52" s="225"/>
+      <c r="AC52" s="224"/>
+      <c r="AD52" s="225"/>
+      <c r="AE52" s="224"/>
+      <c r="AF52" s="225"/>
+      <c r="AG52" s="224"/>
+      <c r="AH52" s="225"/>
+      <c r="AI52" s="224"/>
+      <c r="AJ52" s="236"/>
+      <c r="AK52" s="160"/>
+      <c r="AL52" s="161"/>
       <c r="AM52" s="1"/>
       <c r="AN52" s="3"/>
       <c r="AO52" s="3"/>
       <c r="AQ52" s="41"/>
       <c r="AR52" s="41"/>
       <c r="CD52" s="2"/>
       <c r="CE52" s="2"/>
     </row>
-    <row r="53" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="1"/>
       <c r="C53" s="66"/>
       <c r="D53" s="22" t="s">
         <v>55</v>
       </c>
       <c r="E53" s="22"/>
       <c r="F53" s="22"/>
       <c r="G53" s="22"/>
       <c r="H53" s="22"/>
       <c r="I53" s="22"/>
       <c r="J53" s="22"/>
       <c r="K53" s="22"/>
       <c r="L53" s="22"/>
       <c r="M53" s="22"/>
       <c r="N53" s="22"/>
       <c r="O53" s="22"/>
       <c r="P53" s="22"/>
       <c r="Q53" s="22"/>
       <c r="R53" s="22"/>
       <c r="S53" s="22"/>
       <c r="T53" s="22"/>
       <c r="U53" s="22"/>
       <c r="V53" s="22"/>
       <c r="W53" s="22"/>
       <c r="X53" s="22"/>
       <c r="Y53" s="22"/>
       <c r="Z53" s="22"/>
-      <c r="AA53" s="219"/>
-[...10 lines deleted...]
-      <c r="AL53" s="216"/>
+      <c r="AA53" s="224"/>
+      <c r="AB53" s="225"/>
+      <c r="AC53" s="224"/>
+      <c r="AD53" s="225"/>
+      <c r="AE53" s="224"/>
+      <c r="AF53" s="225"/>
+      <c r="AG53" s="224"/>
+      <c r="AH53" s="225"/>
+      <c r="AI53" s="224"/>
+      <c r="AJ53" s="236"/>
+      <c r="AK53" s="160"/>
+      <c r="AL53" s="161"/>
       <c r="AM53" s="1"/>
       <c r="AN53" s="3"/>
       <c r="AO53" s="3"/>
       <c r="AQ53" s="41"/>
       <c r="AR53" s="41"/>
       <c r="CD53" s="2"/>
       <c r="CE53" s="2"/>
     </row>
-    <row r="54" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="1"/>
       <c r="C54" s="67"/>
       <c r="D54" s="26" t="s">
         <v>54</v>
       </c>
       <c r="E54" s="26"/>
       <c r="F54" s="26"/>
       <c r="G54" s="26"/>
       <c r="H54" s="26"/>
       <c r="I54" s="26"/>
       <c r="J54" s="26"/>
       <c r="K54" s="26"/>
       <c r="L54" s="26" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="M54" s="26">
         <f>(0.02*I17)</f>
         <v>0</v>
       </c>
       <c r="N54" s="26" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="O54" s="26"/>
       <c r="P54" s="26"/>
       <c r="Q54" s="44" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-      <c r="S54" s="239"/>
+        <v>196</v>
+      </c>
+      <c r="R54" s="238"/>
+      <c r="S54" s="238"/>
       <c r="T54" s="26" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="U54" s="112" t="str">
         <f>IF(R54&lt;M54,"surface insuffisante","")</f>
         <v/>
       </c>
       <c r="V54" s="26"/>
       <c r="W54" s="26"/>
       <c r="X54" s="26"/>
       <c r="Y54" s="26"/>
       <c r="Z54" s="26"/>
-      <c r="AA54" s="221"/>
-[...10 lines deleted...]
-      <c r="AL54" s="216"/>
+      <c r="AA54" s="226"/>
+      <c r="AB54" s="227"/>
+      <c r="AC54" s="226"/>
+      <c r="AD54" s="227"/>
+      <c r="AE54" s="226"/>
+      <c r="AF54" s="227"/>
+      <c r="AG54" s="226"/>
+      <c r="AH54" s="227"/>
+      <c r="AI54" s="226"/>
+      <c r="AJ54" s="237"/>
+      <c r="AK54" s="160"/>
+      <c r="AL54" s="161"/>
       <c r="AM54" s="1"/>
       <c r="AN54" s="3"/>
       <c r="AO54" s="111" t="str">
         <f>IF(OR(AP47=2,AP47=3,AP47=4,AP47=5,AP47=6),"oui","non")</f>
         <v>non</v>
       </c>
       <c r="AQ54" s="41"/>
       <c r="AR54" s="41"/>
       <c r="CD54" s="2"/>
       <c r="CE54" s="2"/>
     </row>
-    <row r="55" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="1"/>
       <c r="C55" s="66" t="s">
         <v>63</v>
       </c>
       <c r="D55" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E55" s="22"/>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
       <c r="H55" s="22"/>
       <c r="I55" s="22"/>
       <c r="J55" s="22"/>
       <c r="K55" s="22"/>
       <c r="L55" s="22"/>
       <c r="M55" s="22"/>
       <c r="N55" s="22"/>
       <c r="O55" s="22"/>
       <c r="P55" s="22"/>
       <c r="Q55" s="22"/>
       <c r="R55" s="22"/>
       <c r="S55" s="22"/>
       <c r="T55" s="22"/>
       <c r="U55" s="22"/>
       <c r="V55" s="22"/>
       <c r="W55" s="22"/>
       <c r="X55" s="22"/>
       <c r="Y55" s="22"/>
       <c r="Z55" s="22"/>
-      <c r="AA55" s="217"/>
-[...7 lines deleted...]
-      <c r="AI55" s="223"/>
+      <c r="AA55" s="222"/>
+      <c r="AB55" s="223"/>
+      <c r="AC55" s="222"/>
+      <c r="AD55" s="223"/>
+      <c r="AE55" s="222"/>
+      <c r="AF55" s="223"/>
+      <c r="AG55" s="239"/>
+      <c r="AH55" s="240"/>
+      <c r="AI55" s="239"/>
       <c r="AJ55" s="229"/>
-      <c r="AK55" s="215"/>
-      <c r="AL55" s="216"/>
+      <c r="AK55" s="160"/>
+      <c r="AL55" s="161"/>
       <c r="AM55" s="1"/>
       <c r="AN55" s="3"/>
       <c r="AO55" s="3"/>
       <c r="AQ55" s="41"/>
       <c r="AR55" s="41"/>
       <c r="CD55" s="2"/>
       <c r="CE55" s="2"/>
     </row>
-    <row r="56" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="1"/>
       <c r="C56" s="66"/>
       <c r="D56" s="22" t="s">
         <v>25</v>
       </c>
       <c r="E56" s="22"/>
       <c r="F56" s="22"/>
       <c r="G56" s="22"/>
       <c r="H56" s="22"/>
       <c r="I56" s="22"/>
       <c r="J56" s="22"/>
       <c r="K56" s="22"/>
       <c r="L56" s="22"/>
       <c r="M56" s="22"/>
       <c r="N56" s="22"/>
       <c r="O56" s="22"/>
       <c r="P56" s="22"/>
       <c r="Q56" s="22"/>
       <c r="R56" s="22"/>
       <c r="S56" s="42" t="s">
         <v>29</v>
       </c>
       <c r="T56" s="24"/>
       <c r="U56" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V56" s="24"/>
       <c r="W56" s="22"/>
       <c r="X56" s="22"/>
       <c r="Y56" s="22"/>
       <c r="Z56" s="22"/>
-      <c r="AA56" s="219"/>
-[...10 lines deleted...]
-      <c r="AL56" s="216"/>
+      <c r="AA56" s="224"/>
+      <c r="AB56" s="225"/>
+      <c r="AC56" s="224"/>
+      <c r="AD56" s="225"/>
+      <c r="AE56" s="224"/>
+      <c r="AF56" s="225"/>
+      <c r="AG56" s="230"/>
+      <c r="AH56" s="241"/>
+      <c r="AI56" s="230"/>
+      <c r="AJ56" s="231"/>
+      <c r="AK56" s="160"/>
+      <c r="AL56" s="161"/>
       <c r="AM56" s="1"/>
       <c r="AN56" s="3"/>
       <c r="AO56" s="3"/>
       <c r="AQ56" s="41"/>
       <c r="AR56" s="41"/>
       <c r="CD56" s="2"/>
       <c r="CE56" s="2"/>
     </row>
-    <row r="57" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="1"/>
       <c r="C57" s="67"/>
       <c r="D57" s="26" t="s">
         <v>27</v>
       </c>
       <c r="E57" s="26"/>
       <c r="F57" s="26"/>
       <c r="G57" s="26"/>
       <c r="H57" s="26"/>
       <c r="I57" s="26"/>
       <c r="J57" s="26"/>
       <c r="K57" s="26"/>
       <c r="L57" s="26"/>
       <c r="M57" s="26"/>
       <c r="N57" s="26"/>
       <c r="O57" s="26"/>
       <c r="P57" s="26"/>
       <c r="Q57" s="26"/>
       <c r="R57" s="26"/>
       <c r="S57" s="44" t="s">
         <v>52</v>
       </c>
       <c r="T57" s="26"/>
       <c r="U57" s="27" t="s">
         <v>48</v>
       </c>
       <c r="V57" s="26"/>
       <c r="W57" s="26"/>
       <c r="X57" s="26"/>
       <c r="Y57" s="26"/>
       <c r="Z57" s="26"/>
-      <c r="AA57" s="221"/>
-[...10 lines deleted...]
-      <c r="AL57" s="216"/>
+      <c r="AA57" s="226"/>
+      <c r="AB57" s="227"/>
+      <c r="AC57" s="226"/>
+      <c r="AD57" s="227"/>
+      <c r="AE57" s="226"/>
+      <c r="AF57" s="227"/>
+      <c r="AG57" s="232"/>
+      <c r="AH57" s="242"/>
+      <c r="AI57" s="232"/>
+      <c r="AJ57" s="233"/>
+      <c r="AK57" s="160"/>
+      <c r="AL57" s="161"/>
       <c r="AM57" s="1"/>
       <c r="AN57" s="3"/>
       <c r="AO57" s="3"/>
       <c r="AQ57" s="41"/>
       <c r="AR57" s="41"/>
       <c r="CD57" s="2"/>
       <c r="CE57" s="2"/>
     </row>
-    <row r="58" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="1"/>
       <c r="C58" s="66" t="s">
         <v>64</v>
       </c>
       <c r="D58" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E58" s="22"/>
       <c r="F58" s="22"/>
       <c r="G58" s="22"/>
       <c r="H58" s="22"/>
       <c r="I58" s="22"/>
       <c r="J58" s="22"/>
       <c r="K58" s="22"/>
       <c r="L58" s="22"/>
       <c r="M58" s="22"/>
       <c r="N58" s="22"/>
       <c r="O58" s="22"/>
       <c r="P58" s="22"/>
       <c r="Q58" s="22"/>
       <c r="R58" s="22"/>
       <c r="S58" s="22"/>
       <c r="T58" s="22"/>
       <c r="U58" s="22"/>
       <c r="V58" s="22"/>
       <c r="W58" s="22"/>
       <c r="X58" s="22"/>
       <c r="Y58" s="22"/>
       <c r="Z58" s="22"/>
-      <c r="AA58" s="217"/>
-[...7 lines deleted...]
-      <c r="AI58" s="223"/>
+      <c r="AA58" s="222"/>
+      <c r="AB58" s="223"/>
+      <c r="AC58" s="222"/>
+      <c r="AD58" s="223"/>
+      <c r="AE58" s="222"/>
+      <c r="AF58" s="223"/>
+      <c r="AG58" s="222"/>
+      <c r="AH58" s="223"/>
+      <c r="AI58" s="239"/>
       <c r="AJ58" s="229"/>
-      <c r="AK58" s="215"/>
-      <c r="AL58" s="216"/>
+      <c r="AK58" s="160"/>
+      <c r="AL58" s="161"/>
       <c r="AM58" s="1"/>
       <c r="AN58" s="3"/>
       <c r="AO58" s="3"/>
       <c r="AQ58" s="41"/>
       <c r="AR58" s="41"/>
       <c r="CD58" s="2"/>
       <c r="CE58" s="2"/>
     </row>
-    <row r="59" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="1"/>
       <c r="C59" s="21"/>
       <c r="D59" s="22" t="s">
         <v>25</v>
       </c>
       <c r="E59" s="22"/>
       <c r="F59" s="22"/>
       <c r="G59" s="22"/>
       <c r="H59" s="22"/>
       <c r="I59" s="22"/>
       <c r="J59" s="22"/>
       <c r="K59" s="22"/>
       <c r="L59" s="22"/>
       <c r="M59" s="22"/>
       <c r="N59" s="22"/>
       <c r="O59" s="22"/>
       <c r="P59" s="22"/>
       <c r="Q59" s="22"/>
       <c r="R59" s="22"/>
       <c r="S59" s="42" t="s">
         <v>29</v>
       </c>
       <c r="T59" s="24"/>
       <c r="U59" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V59" s="24"/>
       <c r="W59" s="22"/>
       <c r="X59" s="22"/>
       <c r="Y59" s="22"/>
       <c r="Z59" s="22"/>
-      <c r="AA59" s="219"/>
-[...10 lines deleted...]
-      <c r="AL59" s="216"/>
+      <c r="AA59" s="224"/>
+      <c r="AB59" s="225"/>
+      <c r="AC59" s="224"/>
+      <c r="AD59" s="225"/>
+      <c r="AE59" s="224"/>
+      <c r="AF59" s="225"/>
+      <c r="AG59" s="224"/>
+      <c r="AH59" s="225"/>
+      <c r="AI59" s="230"/>
+      <c r="AJ59" s="231"/>
+      <c r="AK59" s="160"/>
+      <c r="AL59" s="161"/>
       <c r="AM59" s="1"/>
       <c r="AN59" s="3"/>
       <c r="AO59" s="3"/>
       <c r="AQ59" s="41"/>
       <c r="AR59" s="41"/>
       <c r="CD59" s="2"/>
       <c r="CE59" s="2"/>
     </row>
-    <row r="60" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="1"/>
       <c r="C60" s="25"/>
       <c r="D60" s="26" t="s">
         <v>27</v>
       </c>
       <c r="E60" s="26"/>
       <c r="F60" s="26"/>
       <c r="G60" s="26"/>
       <c r="H60" s="26"/>
       <c r="I60" s="26"/>
       <c r="J60" s="26"/>
       <c r="K60" s="26"/>
       <c r="L60" s="26"/>
       <c r="M60" s="26"/>
       <c r="N60" s="26"/>
       <c r="O60" s="26"/>
       <c r="P60" s="26"/>
       <c r="Q60" s="26"/>
       <c r="R60" s="26"/>
       <c r="S60" s="44" t="s">
         <v>53</v>
       </c>
       <c r="T60" s="26"/>
       <c r="U60" s="27" t="s">
         <v>48</v>
       </c>
       <c r="V60" s="26"/>
       <c r="W60" s="26"/>
       <c r="X60" s="26"/>
       <c r="Y60" s="26"/>
       <c r="Z60" s="26"/>
-      <c r="AA60" s="221"/>
-[...10 lines deleted...]
-      <c r="AL60" s="216"/>
+      <c r="AA60" s="226"/>
+      <c r="AB60" s="227"/>
+      <c r="AC60" s="226"/>
+      <c r="AD60" s="227"/>
+      <c r="AE60" s="226"/>
+      <c r="AF60" s="227"/>
+      <c r="AG60" s="226"/>
+      <c r="AH60" s="227"/>
+      <c r="AI60" s="232"/>
+      <c r="AJ60" s="233"/>
+      <c r="AK60" s="160"/>
+      <c r="AL60" s="161"/>
       <c r="AM60" s="30"/>
       <c r="AN60" s="3"/>
       <c r="AO60" s="3"/>
       <c r="AQ60" s="41"/>
       <c r="AR60" s="41"/>
       <c r="CD60" s="2"/>
       <c r="CE60" s="2"/>
     </row>
-    <row r="61" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="1"/>
       <c r="C61" s="30"/>
       <c r="D61" s="30"/>
       <c r="E61" s="30"/>
       <c r="F61" s="30"/>
       <c r="G61" s="30"/>
       <c r="H61" s="30"/>
       <c r="I61" s="30"/>
       <c r="J61" s="30"/>
       <c r="K61" s="30"/>
       <c r="L61" s="30"/>
       <c r="M61" s="30"/>
       <c r="N61" s="30"/>
       <c r="O61" s="30"/>
       <c r="P61" s="30"/>
       <c r="Q61" s="30"/>
       <c r="R61" s="30"/>
       <c r="S61" s="30"/>
       <c r="T61" s="30"/>
       <c r="U61" s="30"/>
       <c r="V61" s="30"/>
       <c r="W61" s="30"/>
       <c r="X61" s="30"/>
       <c r="Y61" s="30"/>
       <c r="Z61" s="30"/>
       <c r="AA61" s="30"/>
       <c r="AB61" s="30"/>
       <c r="AC61" s="30"/>
       <c r="AD61" s="30"/>
       <c r="AE61" s="30"/>
       <c r="AF61" s="30"/>
       <c r="AG61" s="30"/>
       <c r="AH61" s="30"/>
       <c r="AI61" s="30"/>
       <c r="AJ61" s="30"/>
       <c r="AK61" s="30"/>
       <c r="AL61" s="30"/>
       <c r="AM61" s="30"/>
     </row>
-    <row r="62" spans="2:83" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="2:83" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B62" s="1"/>
-      <c r="C62" s="190" t="s">
-[...36 lines deleted...]
-      <c r="AL62" s="190"/>
+      <c r="C62" s="257" t="s">
+        <v>184</v>
+      </c>
+      <c r="D62" s="257"/>
+      <c r="E62" s="257"/>
+      <c r="F62" s="257"/>
+      <c r="G62" s="257"/>
+      <c r="H62" s="257"/>
+      <c r="I62" s="257"/>
+      <c r="J62" s="257"/>
+      <c r="K62" s="257"/>
+      <c r="L62" s="257"/>
+      <c r="M62" s="257"/>
+      <c r="N62" s="257"/>
+      <c r="O62" s="257"/>
+      <c r="P62" s="257"/>
+      <c r="Q62" s="257"/>
+      <c r="R62" s="257"/>
+      <c r="S62" s="257"/>
+      <c r="T62" s="257"/>
+      <c r="U62" s="257"/>
+      <c r="V62" s="257"/>
+      <c r="W62" s="257"/>
+      <c r="X62" s="257"/>
+      <c r="Y62" s="257"/>
+      <c r="Z62" s="257"/>
+      <c r="AA62" s="257"/>
+      <c r="AB62" s="257"/>
+      <c r="AC62" s="257"/>
+      <c r="AD62" s="257"/>
+      <c r="AE62" s="257"/>
+      <c r="AF62" s="257"/>
+      <c r="AG62" s="257"/>
+      <c r="AH62" s="257"/>
+      <c r="AI62" s="257"/>
+      <c r="AJ62" s="257"/>
+      <c r="AK62" s="257"/>
+      <c r="AL62" s="257"/>
       <c r="AM62" s="38"/>
     </row>
-    <row r="63" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="1"/>
       <c r="C63" s="38"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
-      <c r="M63" s="170"/>
-[...24 lines deleted...]
-      <c r="AL63" s="170"/>
+      <c r="M63" s="184"/>
+      <c r="N63" s="184"/>
+      <c r="O63" s="184"/>
+      <c r="P63" s="184"/>
+      <c r="Q63" s="184"/>
+      <c r="R63" s="184"/>
+      <c r="S63" s="184"/>
+      <c r="T63" s="184"/>
+      <c r="U63" s="184"/>
+      <c r="V63" s="184"/>
+      <c r="W63" s="184"/>
+      <c r="X63" s="184"/>
+      <c r="Y63" s="184"/>
+      <c r="Z63" s="184"/>
+      <c r="AA63" s="184"/>
+      <c r="AB63" s="184"/>
+      <c r="AC63" s="184"/>
+      <c r="AD63" s="184"/>
+      <c r="AE63" s="184"/>
+      <c r="AF63" s="184"/>
+      <c r="AG63" s="184"/>
+      <c r="AH63" s="184"/>
+      <c r="AI63" s="184"/>
+      <c r="AJ63" s="184"/>
+      <c r="AK63" s="184"/>
+      <c r="AL63" s="184"/>
       <c r="AM63" s="1"/>
     </row>
-    <row r="64" spans="2:83" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="64" spans="2:83" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="1"/>
-      <c r="C64" s="191" t="s">
+      <c r="C64" s="258" t="s">
         <v>35</v>
       </c>
-      <c r="D64" s="191"/>
-[...33 lines deleted...]
-      <c r="AL64" s="191"/>
+      <c r="D64" s="258"/>
+      <c r="E64" s="258"/>
+      <c r="F64" s="258"/>
+      <c r="G64" s="258"/>
+      <c r="H64" s="258"/>
+      <c r="I64" s="258"/>
+      <c r="J64" s="258"/>
+      <c r="K64" s="258"/>
+      <c r="L64" s="258"/>
+      <c r="M64" s="258"/>
+      <c r="N64" s="258"/>
+      <c r="O64" s="258"/>
+      <c r="P64" s="258"/>
+      <c r="Q64" s="258"/>
+      <c r="R64" s="258"/>
+      <c r="S64" s="258"/>
+      <c r="T64" s="258"/>
+      <c r="U64" s="258"/>
+      <c r="V64" s="258"/>
+      <c r="W64" s="258"/>
+      <c r="X64" s="258"/>
+      <c r="Y64" s="258"/>
+      <c r="Z64" s="258"/>
+      <c r="AA64" s="258"/>
+      <c r="AB64" s="258"/>
+      <c r="AC64" s="258"/>
+      <c r="AD64" s="258"/>
+      <c r="AE64" s="258"/>
+      <c r="AF64" s="258"/>
+      <c r="AG64" s="258"/>
+      <c r="AH64" s="258"/>
+      <c r="AI64" s="258"/>
+      <c r="AJ64" s="258"/>
+      <c r="AK64" s="258"/>
+      <c r="AL64" s="258"/>
       <c r="AM64" s="28"/>
     </row>
-    <row r="65" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="1"/>
-      <c r="C65" s="192"/>
-[...34 lines deleted...]
-      <c r="AL65" s="194"/>
+      <c r="C65" s="259"/>
+      <c r="D65" s="260"/>
+      <c r="E65" s="260"/>
+      <c r="F65" s="260"/>
+      <c r="G65" s="260"/>
+      <c r="H65" s="260"/>
+      <c r="I65" s="260"/>
+      <c r="J65" s="260"/>
+      <c r="K65" s="260"/>
+      <c r="L65" s="260"/>
+      <c r="M65" s="260"/>
+      <c r="N65" s="260"/>
+      <c r="O65" s="260"/>
+      <c r="P65" s="260"/>
+      <c r="Q65" s="260"/>
+      <c r="R65" s="260"/>
+      <c r="S65" s="260"/>
+      <c r="T65" s="260"/>
+      <c r="U65" s="260"/>
+      <c r="V65" s="260"/>
+      <c r="W65" s="260"/>
+      <c r="X65" s="260"/>
+      <c r="Y65" s="260"/>
+      <c r="Z65" s="260"/>
+      <c r="AA65" s="260"/>
+      <c r="AB65" s="260"/>
+      <c r="AC65" s="260"/>
+      <c r="AD65" s="260"/>
+      <c r="AE65" s="260"/>
+      <c r="AF65" s="260"/>
+      <c r="AG65" s="260"/>
+      <c r="AH65" s="260"/>
+      <c r="AI65" s="260"/>
+      <c r="AJ65" s="260"/>
+      <c r="AK65" s="260"/>
+      <c r="AL65" s="261"/>
       <c r="AM65" s="15"/>
     </row>
-    <row r="66" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="1"/>
-      <c r="C66" s="195"/>
-[...34 lines deleted...]
-      <c r="AL66" s="197"/>
+      <c r="C66" s="262"/>
+      <c r="D66" s="263"/>
+      <c r="E66" s="263"/>
+      <c r="F66" s="263"/>
+      <c r="G66" s="263"/>
+      <c r="H66" s="263"/>
+      <c r="I66" s="263"/>
+      <c r="J66" s="263"/>
+      <c r="K66" s="263"/>
+      <c r="L66" s="263"/>
+      <c r="M66" s="263"/>
+      <c r="N66" s="263"/>
+      <c r="O66" s="263"/>
+      <c r="P66" s="263"/>
+      <c r="Q66" s="263"/>
+      <c r="R66" s="263"/>
+      <c r="S66" s="263"/>
+      <c r="T66" s="263"/>
+      <c r="U66" s="263"/>
+      <c r="V66" s="263"/>
+      <c r="W66" s="263"/>
+      <c r="X66" s="263"/>
+      <c r="Y66" s="263"/>
+      <c r="Z66" s="263"/>
+      <c r="AA66" s="263"/>
+      <c r="AB66" s="263"/>
+      <c r="AC66" s="263"/>
+      <c r="AD66" s="263"/>
+      <c r="AE66" s="263"/>
+      <c r="AF66" s="263"/>
+      <c r="AG66" s="263"/>
+      <c r="AH66" s="263"/>
+      <c r="AI66" s="263"/>
+      <c r="AJ66" s="263"/>
+      <c r="AK66" s="263"/>
+      <c r="AL66" s="264"/>
       <c r="AM66" s="15"/>
     </row>
-    <row r="67" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="1"/>
-      <c r="C67" s="195"/>
-[...34 lines deleted...]
-      <c r="AL67" s="197"/>
+      <c r="C67" s="262"/>
+      <c r="D67" s="263"/>
+      <c r="E67" s="263"/>
+      <c r="F67" s="263"/>
+      <c r="G67" s="263"/>
+      <c r="H67" s="263"/>
+      <c r="I67" s="263"/>
+      <c r="J67" s="263"/>
+      <c r="K67" s="263"/>
+      <c r="L67" s="263"/>
+      <c r="M67" s="263"/>
+      <c r="N67" s="263"/>
+      <c r="O67" s="263"/>
+      <c r="P67" s="263"/>
+      <c r="Q67" s="263"/>
+      <c r="R67" s="263"/>
+      <c r="S67" s="263"/>
+      <c r="T67" s="263"/>
+      <c r="U67" s="263"/>
+      <c r="V67" s="263"/>
+      <c r="W67" s="263"/>
+      <c r="X67" s="263"/>
+      <c r="Y67" s="263"/>
+      <c r="Z67" s="263"/>
+      <c r="AA67" s="263"/>
+      <c r="AB67" s="263"/>
+      <c r="AC67" s="263"/>
+      <c r="AD67" s="263"/>
+      <c r="AE67" s="263"/>
+      <c r="AF67" s="263"/>
+      <c r="AG67" s="263"/>
+      <c r="AH67" s="263"/>
+      <c r="AI67" s="263"/>
+      <c r="AJ67" s="263"/>
+      <c r="AK67" s="263"/>
+      <c r="AL67" s="264"/>
       <c r="AM67" s="15"/>
     </row>
-    <row r="68" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="1"/>
-      <c r="C68" s="195"/>
-[...34 lines deleted...]
-      <c r="AL68" s="197"/>
+      <c r="C68" s="262"/>
+      <c r="D68" s="263"/>
+      <c r="E68" s="263"/>
+      <c r="F68" s="263"/>
+      <c r="G68" s="263"/>
+      <c r="H68" s="263"/>
+      <c r="I68" s="263"/>
+      <c r="J68" s="263"/>
+      <c r="K68" s="263"/>
+      <c r="L68" s="263"/>
+      <c r="M68" s="263"/>
+      <c r="N68" s="263"/>
+      <c r="O68" s="263"/>
+      <c r="P68" s="263"/>
+      <c r="Q68" s="263"/>
+      <c r="R68" s="263"/>
+      <c r="S68" s="263"/>
+      <c r="T68" s="263"/>
+      <c r="U68" s="263"/>
+      <c r="V68" s="263"/>
+      <c r="W68" s="263"/>
+      <c r="X68" s="263"/>
+      <c r="Y68" s="263"/>
+      <c r="Z68" s="263"/>
+      <c r="AA68" s="263"/>
+      <c r="AB68" s="263"/>
+      <c r="AC68" s="263"/>
+      <c r="AD68" s="263"/>
+      <c r="AE68" s="263"/>
+      <c r="AF68" s="263"/>
+      <c r="AG68" s="263"/>
+      <c r="AH68" s="263"/>
+      <c r="AI68" s="263"/>
+      <c r="AJ68" s="263"/>
+      <c r="AK68" s="263"/>
+      <c r="AL68" s="264"/>
       <c r="AM68" s="15"/>
     </row>
-    <row r="69" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="1"/>
-      <c r="C69" s="195"/>
-[...34 lines deleted...]
-      <c r="AL69" s="197"/>
+      <c r="C69" s="262"/>
+      <c r="D69" s="263"/>
+      <c r="E69" s="263"/>
+      <c r="F69" s="263"/>
+      <c r="G69" s="263"/>
+      <c r="H69" s="263"/>
+      <c r="I69" s="263"/>
+      <c r="J69" s="263"/>
+      <c r="K69" s="263"/>
+      <c r="L69" s="263"/>
+      <c r="M69" s="263"/>
+      <c r="N69" s="263"/>
+      <c r="O69" s="263"/>
+      <c r="P69" s="263"/>
+      <c r="Q69" s="263"/>
+      <c r="R69" s="263"/>
+      <c r="S69" s="263"/>
+      <c r="T69" s="263"/>
+      <c r="U69" s="263"/>
+      <c r="V69" s="263"/>
+      <c r="W69" s="263"/>
+      <c r="X69" s="263"/>
+      <c r="Y69" s="263"/>
+      <c r="Z69" s="263"/>
+      <c r="AA69" s="263"/>
+      <c r="AB69" s="263"/>
+      <c r="AC69" s="263"/>
+      <c r="AD69" s="263"/>
+      <c r="AE69" s="263"/>
+      <c r="AF69" s="263"/>
+      <c r="AG69" s="263"/>
+      <c r="AH69" s="263"/>
+      <c r="AI69" s="263"/>
+      <c r="AJ69" s="263"/>
+      <c r="AK69" s="263"/>
+      <c r="AL69" s="264"/>
       <c r="AM69" s="15"/>
     </row>
-    <row r="70" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="1"/>
-      <c r="C70" s="198"/>
-[...34 lines deleted...]
-      <c r="AL70" s="200"/>
+      <c r="C70" s="265"/>
+      <c r="D70" s="266"/>
+      <c r="E70" s="266"/>
+      <c r="F70" s="266"/>
+      <c r="G70" s="266"/>
+      <c r="H70" s="266"/>
+      <c r="I70" s="266"/>
+      <c r="J70" s="266"/>
+      <c r="K70" s="266"/>
+      <c r="L70" s="266"/>
+      <c r="M70" s="266"/>
+      <c r="N70" s="266"/>
+      <c r="O70" s="266"/>
+      <c r="P70" s="266"/>
+      <c r="Q70" s="266"/>
+      <c r="R70" s="266"/>
+      <c r="S70" s="266"/>
+      <c r="T70" s="266"/>
+      <c r="U70" s="266"/>
+      <c r="V70" s="266"/>
+      <c r="W70" s="266"/>
+      <c r="X70" s="266"/>
+      <c r="Y70" s="266"/>
+      <c r="Z70" s="266"/>
+      <c r="AA70" s="266"/>
+      <c r="AB70" s="266"/>
+      <c r="AC70" s="266"/>
+      <c r="AD70" s="266"/>
+      <c r="AE70" s="266"/>
+      <c r="AF70" s="266"/>
+      <c r="AG70" s="266"/>
+      <c r="AH70" s="266"/>
+      <c r="AI70" s="266"/>
+      <c r="AJ70" s="266"/>
+      <c r="AK70" s="266"/>
+      <c r="AL70" s="267"/>
       <c r="AM70" s="15"/>
     </row>
-    <row r="71" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="1"/>
       <c r="C71" s="104" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D71" s="46"/>
       <c r="E71" s="46"/>
       <c r="F71" s="46"/>
       <c r="G71" s="46"/>
       <c r="H71" s="46"/>
       <c r="I71" s="46"/>
       <c r="J71" s="46"/>
       <c r="K71" s="46"/>
       <c r="L71" s="46"/>
       <c r="M71" s="46"/>
       <c r="N71" s="46"/>
       <c r="O71" s="46"/>
       <c r="P71" s="46"/>
       <c r="Q71" s="46"/>
       <c r="R71" s="46"/>
       <c r="S71" s="46"/>
       <c r="T71" s="46"/>
       <c r="U71" s="46"/>
       <c r="V71" s="46"/>
       <c r="W71" s="46"/>
       <c r="X71" s="46"/>
       <c r="Y71" s="46"/>
       <c r="Z71" s="46"/>
       <c r="AA71" s="46"/>
       <c r="AB71" s="46"/>
       <c r="AC71" s="46"/>
       <c r="AD71" s="46"/>
       <c r="AE71" s="46"/>
       <c r="AF71" s="46"/>
       <c r="AG71" s="46"/>
       <c r="AH71" s="46"/>
       <c r="AI71" s="46"/>
       <c r="AJ71" s="46"/>
       <c r="AK71" s="46"/>
       <c r="AL71" s="47"/>
       <c r="AM71" s="15"/>
     </row>
-    <row r="72" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="1"/>
       <c r="C72" s="57"/>
       <c r="D72" s="73" t="s">
         <v>51</v>
       </c>
       <c r="E72" s="36"/>
       <c r="F72" s="36"/>
       <c r="G72" s="36"/>
       <c r="H72" s="36"/>
       <c r="I72" s="36"/>
       <c r="J72" s="36"/>
       <c r="K72" s="36"/>
       <c r="L72" s="36"/>
       <c r="M72" s="36"/>
       <c r="N72" s="36"/>
       <c r="O72" s="36"/>
       <c r="P72" s="36"/>
       <c r="Q72" s="36"/>
       <c r="R72" s="36"/>
       <c r="S72" s="36"/>
       <c r="T72" s="36"/>
       <c r="U72" s="36"/>
       <c r="V72" s="36"/>
       <c r="W72" s="36"/>
       <c r="X72" s="36"/>
       <c r="Y72" s="36"/>
       <c r="Z72" s="36"/>
       <c r="AA72" s="36"/>
       <c r="AB72" s="36"/>
       <c r="AC72" s="36"/>
       <c r="AD72" s="36"/>
       <c r="AE72" s="36"/>
       <c r="AF72" s="36"/>
       <c r="AG72" s="36"/>
       <c r="AH72" s="36"/>
       <c r="AI72" s="36"/>
       <c r="AJ72" s="36"/>
       <c r="AK72" s="36"/>
       <c r="AL72" s="37"/>
       <c r="AM72" s="56"/>
     </row>
-    <row r="73" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="1"/>
       <c r="C73" s="57"/>
       <c r="D73" s="73" t="s">
         <v>73</v>
       </c>
       <c r="E73" s="36"/>
       <c r="F73" s="36"/>
       <c r="G73" s="36"/>
       <c r="H73" s="36"/>
       <c r="I73" s="36"/>
       <c r="J73" s="36"/>
       <c r="K73" s="36"/>
       <c r="L73" s="36"/>
       <c r="M73" s="36"/>
       <c r="N73" s="36"/>
       <c r="O73" s="36"/>
       <c r="P73" s="36"/>
       <c r="Q73" s="36"/>
       <c r="R73" s="36"/>
       <c r="S73" s="36"/>
       <c r="T73" s="36"/>
       <c r="U73" s="36"/>
       <c r="V73" s="36"/>
       <c r="W73" s="36"/>
       <c r="X73" s="36"/>
       <c r="Y73" s="36"/>
       <c r="Z73" s="36"/>
       <c r="AA73" s="36"/>
       <c r="AB73" s="36"/>
       <c r="AC73" s="36"/>
       <c r="AD73" s="36"/>
       <c r="AE73" s="36"/>
       <c r="AF73" s="36"/>
       <c r="AG73" s="36"/>
       <c r="AH73" s="36"/>
       <c r="AI73" s="36"/>
       <c r="AJ73" s="36"/>
       <c r="AK73" s="36"/>
       <c r="AL73" s="37"/>
       <c r="AM73" s="56"/>
     </row>
-    <row r="74" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="1"/>
       <c r="C74" s="57"/>
       <c r="D74" s="74" t="s">
         <v>75</v>
       </c>
       <c r="E74" s="36"/>
       <c r="F74" s="36"/>
       <c r="G74" s="36"/>
       <c r="H74" s="36"/>
       <c r="I74" s="36"/>
       <c r="J74" s="36"/>
       <c r="K74" s="36"/>
       <c r="L74" s="36"/>
       <c r="M74" s="36"/>
       <c r="N74" s="36"/>
       <c r="O74" s="36"/>
       <c r="P74" s="36"/>
       <c r="Q74" s="36"/>
       <c r="R74" s="36"/>
       <c r="S74" s="36"/>
       <c r="T74" s="36"/>
       <c r="U74" s="36"/>
       <c r="V74" s="36"/>
       <c r="W74" s="36"/>
       <c r="X74" s="36"/>
       <c r="Y74" s="36"/>
       <c r="Z74" s="36"/>
       <c r="AA74" s="36"/>
       <c r="AB74" s="36"/>
       <c r="AC74" s="36"/>
       <c r="AD74" s="36"/>
       <c r="AE74" s="36"/>
       <c r="AF74" s="36"/>
       <c r="AG74" s="36"/>
       <c r="AH74" s="36"/>
       <c r="AI74" s="36"/>
       <c r="AJ74" s="36"/>
       <c r="AK74" s="36"/>
       <c r="AL74" s="37"/>
       <c r="AM74" s="56"/>
     </row>
-    <row r="75" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="1"/>
       <c r="C75" s="57"/>
       <c r="D75" s="74" t="s">
         <v>74</v>
       </c>
       <c r="E75" s="36"/>
       <c r="F75" s="36"/>
       <c r="G75" s="36"/>
       <c r="H75" s="36"/>
       <c r="I75" s="36"/>
       <c r="J75" s="36"/>
       <c r="K75" s="36"/>
       <c r="L75" s="36"/>
       <c r="M75" s="36"/>
       <c r="N75" s="36"/>
       <c r="O75" s="36"/>
       <c r="P75" s="36"/>
       <c r="Q75" s="36"/>
       <c r="R75" s="36"/>
       <c r="S75" s="36"/>
       <c r="T75" s="36"/>
       <c r="U75" s="36"/>
       <c r="V75" s="36"/>
       <c r="W75" s="36"/>
       <c r="X75" s="36"/>
       <c r="Y75" s="36"/>
       <c r="Z75" s="36"/>
       <c r="AA75" s="36"/>
       <c r="AB75" s="36"/>
       <c r="AC75" s="36"/>
       <c r="AD75" s="36"/>
       <c r="AE75" s="36"/>
       <c r="AF75" s="36"/>
       <c r="AG75" s="36"/>
       <c r="AH75" s="36"/>
       <c r="AI75" s="36"/>
       <c r="AJ75" s="36"/>
       <c r="AK75" s="36"/>
       <c r="AL75" s="37"/>
       <c r="AM75" s="56"/>
     </row>
-    <row r="76" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="1"/>
       <c r="C76" s="57"/>
       <c r="D76" s="74" t="s">
         <v>76</v>
       </c>
       <c r="E76" s="36"/>
       <c r="F76" s="36"/>
       <c r="G76" s="36"/>
       <c r="H76" s="36"/>
       <c r="I76" s="36"/>
       <c r="J76" s="36"/>
       <c r="K76" s="36"/>
       <c r="L76" s="36"/>
       <c r="M76" s="36"/>
       <c r="N76" s="36"/>
       <c r="O76" s="36"/>
       <c r="P76" s="36"/>
       <c r="Q76" s="36"/>
       <c r="R76" s="36"/>
       <c r="S76" s="36"/>
       <c r="T76" s="36"/>
       <c r="U76" s="36"/>
       <c r="V76" s="36"/>
       <c r="W76" s="36"/>
       <c r="X76" s="36"/>
       <c r="Y76" s="36"/>
       <c r="Z76" s="36"/>
       <c r="AA76" s="36"/>
       <c r="AB76" s="36"/>
       <c r="AC76" s="36"/>
       <c r="AD76" s="36"/>
       <c r="AE76" s="36"/>
       <c r="AF76" s="36"/>
       <c r="AG76" s="36"/>
       <c r="AH76" s="36"/>
       <c r="AI76" s="36"/>
       <c r="AJ76" s="36"/>
       <c r="AK76" s="36"/>
       <c r="AL76" s="37"/>
       <c r="AM76" s="56"/>
     </row>
-    <row r="77" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="1"/>
       <c r="C77" s="57"/>
       <c r="D77" s="74" t="s">
         <v>77</v>
       </c>
       <c r="E77" s="36"/>
       <c r="F77" s="36"/>
       <c r="G77" s="36"/>
       <c r="H77" s="36"/>
       <c r="I77" s="36"/>
       <c r="J77" s="36"/>
       <c r="K77" s="36"/>
       <c r="L77" s="36"/>
       <c r="M77" s="36"/>
       <c r="N77" s="36"/>
       <c r="O77" s="36"/>
       <c r="P77" s="36"/>
       <c r="Q77" s="36"/>
       <c r="R77" s="36"/>
       <c r="S77" s="36"/>
       <c r="T77" s="36"/>
       <c r="U77" s="36"/>
       <c r="V77" s="36"/>
       <c r="W77" s="36"/>
       <c r="X77" s="36"/>
       <c r="Y77" s="36"/>
       <c r="Z77" s="36"/>
       <c r="AA77" s="36"/>
       <c r="AB77" s="36"/>
       <c r="AC77" s="36"/>
       <c r="AD77" s="36"/>
       <c r="AE77" s="36"/>
       <c r="AF77" s="36"/>
       <c r="AG77" s="36"/>
       <c r="AH77" s="36"/>
       <c r="AI77" s="36"/>
       <c r="AJ77" s="36"/>
       <c r="AK77" s="36"/>
       <c r="AL77" s="37"/>
       <c r="AM77" s="56"/>
     </row>
-    <row r="78" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="1"/>
       <c r="C78" s="57"/>
       <c r="D78" s="74" t="s">
         <v>78</v>
       </c>
       <c r="E78" s="36"/>
       <c r="F78" s="36"/>
       <c r="G78" s="36"/>
       <c r="H78" s="36"/>
       <c r="I78" s="36"/>
       <c r="J78" s="36"/>
       <c r="K78" s="36"/>
       <c r="L78" s="36"/>
       <c r="M78" s="36"/>
       <c r="N78" s="36"/>
       <c r="O78" s="36"/>
       <c r="P78" s="36"/>
       <c r="Q78" s="36"/>
       <c r="R78" s="36"/>
       <c r="S78" s="36"/>
       <c r="T78" s="36"/>
       <c r="U78" s="36"/>
       <c r="V78" s="36"/>
       <c r="W78" s="36"/>
       <c r="X78" s="36"/>
       <c r="Y78" s="36"/>
       <c r="Z78" s="36"/>
       <c r="AA78" s="36"/>
       <c r="AB78" s="36"/>
       <c r="AC78" s="36"/>
       <c r="AD78" s="36"/>
       <c r="AE78" s="36"/>
       <c r="AF78" s="36"/>
       <c r="AG78" s="36"/>
       <c r="AH78" s="36"/>
       <c r="AI78" s="36"/>
       <c r="AJ78" s="36"/>
       <c r="AK78" s="36"/>
       <c r="AL78" s="37"/>
       <c r="AM78" s="56"/>
     </row>
-    <row r="79" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="1"/>
       <c r="C79" s="57"/>
       <c r="D79" s="74" t="s">
         <v>79</v>
       </c>
       <c r="E79" s="36"/>
       <c r="F79" s="36"/>
       <c r="G79" s="36"/>
       <c r="H79" s="36"/>
       <c r="I79" s="36"/>
       <c r="J79" s="36"/>
       <c r="K79" s="36"/>
       <c r="L79" s="36"/>
       <c r="M79" s="36"/>
       <c r="N79" s="36"/>
       <c r="O79" s="36"/>
       <c r="P79" s="36"/>
       <c r="Q79" s="36"/>
       <c r="R79" s="36"/>
       <c r="S79" s="36"/>
       <c r="T79" s="36"/>
       <c r="U79" s="36"/>
       <c r="V79" s="36"/>
       <c r="W79" s="36"/>
       <c r="X79" s="36"/>
       <c r="Y79" s="36"/>
       <c r="Z79" s="36"/>
       <c r="AA79" s="36"/>
       <c r="AB79" s="36"/>
       <c r="AC79" s="36"/>
       <c r="AD79" s="36"/>
       <c r="AE79" s="36"/>
       <c r="AF79" s="36"/>
       <c r="AG79" s="36"/>
       <c r="AH79" s="36"/>
       <c r="AI79" s="36"/>
       <c r="AJ79" s="36"/>
       <c r="AK79" s="36"/>
       <c r="AL79" s="37"/>
       <c r="AM79" s="56"/>
     </row>
-    <row r="80" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="1"/>
       <c r="C80" s="58"/>
       <c r="D80" s="81" t="s">
         <v>80</v>
       </c>
       <c r="E80" s="82"/>
       <c r="F80" s="82"/>
       <c r="G80" s="82"/>
       <c r="H80" s="82"/>
       <c r="I80" s="82"/>
       <c r="J80" s="82"/>
       <c r="K80" s="82"/>
       <c r="L80" s="82"/>
       <c r="M80" s="82"/>
       <c r="N80" s="82"/>
       <c r="O80" s="82"/>
       <c r="P80" s="82"/>
       <c r="Q80" s="82"/>
       <c r="R80" s="82"/>
       <c r="S80" s="82"/>
       <c r="T80" s="82"/>
       <c r="U80" s="82"/>
       <c r="V80" s="82"/>
       <c r="W80" s="82"/>
       <c r="X80" s="82"/>
       <c r="Y80" s="82"/>
       <c r="Z80" s="82"/>
       <c r="AA80" s="82"/>
       <c r="AB80" s="82"/>
       <c r="AC80" s="82"/>
       <c r="AD80" s="82"/>
       <c r="AE80" s="82"/>
       <c r="AF80" s="82"/>
       <c r="AG80" s="82"/>
       <c r="AH80" s="82"/>
       <c r="AI80" s="82"/>
       <c r="AJ80" s="82"/>
       <c r="AK80" s="82"/>
       <c r="AL80" s="83"/>
       <c r="AM80" s="56"/>
     </row>
-    <row r="81" spans="2:39" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="2:39" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B81" s="1"/>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
       <c r="E81" s="8"/>
       <c r="F81" s="8"/>
       <c r="G81" s="8"/>
       <c r="H81" s="8"/>
       <c r="I81" s="8"/>
       <c r="J81" s="8"/>
       <c r="K81" s="8"/>
       <c r="L81" s="8"/>
       <c r="M81" s="8"/>
       <c r="N81" s="8"/>
       <c r="O81" s="8"/>
       <c r="P81" s="8"/>
       <c r="Q81" s="8"/>
       <c r="R81" s="8"/>
       <c r="S81" s="8"/>
       <c r="T81" s="8"/>
       <c r="U81" s="8"/>
       <c r="V81" s="8"/>
       <c r="W81" s="8"/>
       <c r="X81" s="8"/>
       <c r="Y81" s="8"/>
       <c r="Z81" s="8"/>
       <c r="AA81" s="8"/>
       <c r="AB81" s="8"/>
       <c r="AC81" s="8"/>
       <c r="AD81" s="8"/>
       <c r="AE81" s="8"/>
       <c r="AF81" s="8"/>
       <c r="AG81" s="8"/>
       <c r="AH81" s="8"/>
       <c r="AI81" s="8"/>
       <c r="AJ81" s="8"/>
       <c r="AK81" s="8"/>
       <c r="AL81" s="8"/>
       <c r="AM81" s="1"/>
     </row>
-    <row r="82" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="1"/>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
       <c r="X82" s="1"/>
       <c r="Y82" s="1"/>
       <c r="Z82" s="1"/>
       <c r="AA82" s="1"/>
       <c r="AB82" s="1"/>
       <c r="AC82" s="1"/>
       <c r="AD82" s="1"/>
       <c r="AE82" s="1"/>
       <c r="AF82" s="1"/>
       <c r="AG82" s="1"/>
       <c r="AH82" s="1"/>
       <c r="AI82" s="1"/>
       <c r="AJ82" s="1"/>
       <c r="AK82" s="1"/>
       <c r="AL82" s="1"/>
       <c r="AM82" s="1"/>
     </row>
-    <row r="83" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="1"/>
-      <c r="C83" s="201" t="s">
+      <c r="C83" s="268" t="s">
         <v>30</v>
       </c>
-      <c r="D83" s="201"/>
-[...4 lines deleted...]
-      <c r="I83" s="203" t="s">
+      <c r="D83" s="268"/>
+      <c r="E83" s="268"/>
+      <c r="F83" s="268"/>
+      <c r="G83" s="268"/>
+      <c r="H83" s="269"/>
+      <c r="I83" s="270" t="s">
         <v>31</v>
       </c>
-      <c r="J83" s="204"/>
-[...13 lines deleted...]
-      <c r="X83" s="209" t="s">
+      <c r="J83" s="271"/>
+      <c r="K83" s="271"/>
+      <c r="L83" s="271"/>
+      <c r="M83" s="271"/>
+      <c r="N83" s="271"/>
+      <c r="O83" s="271"/>
+      <c r="P83" s="271"/>
+      <c r="Q83" s="271"/>
+      <c r="R83" s="271"/>
+      <c r="S83" s="271"/>
+      <c r="T83" s="271"/>
+      <c r="U83" s="271"/>
+      <c r="V83" s="271"/>
+      <c r="W83" s="272"/>
+      <c r="X83" s="276" t="s">
         <v>47</v>
       </c>
-      <c r="Y83" s="210"/>
-[...12 lines deleted...]
-      <c r="AL83" s="211"/>
+      <c r="Y83" s="277"/>
+      <c r="Z83" s="277"/>
+      <c r="AA83" s="277"/>
+      <c r="AB83" s="277"/>
+      <c r="AC83" s="277"/>
+      <c r="AD83" s="277"/>
+      <c r="AE83" s="277"/>
+      <c r="AF83" s="277"/>
+      <c r="AG83" s="277"/>
+      <c r="AH83" s="277"/>
+      <c r="AI83" s="277"/>
+      <c r="AJ83" s="277"/>
+      <c r="AK83" s="277"/>
+      <c r="AL83" s="278"/>
       <c r="AM83" s="32"/>
     </row>
-    <row r="84" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="1"/>
       <c r="C84" s="28"/>
       <c r="D84" s="28"/>
       <c r="E84" s="28"/>
       <c r="F84" s="28"/>
       <c r="G84" s="28"/>
       <c r="H84" s="28"/>
-      <c r="I84" s="206"/>
-[...28 lines deleted...]
-      <c r="AL84" s="214"/>
+      <c r="I84" s="273"/>
+      <c r="J84" s="274"/>
+      <c r="K84" s="274"/>
+      <c r="L84" s="274"/>
+      <c r="M84" s="274"/>
+      <c r="N84" s="274"/>
+      <c r="O84" s="274"/>
+      <c r="P84" s="274"/>
+      <c r="Q84" s="274"/>
+      <c r="R84" s="274"/>
+      <c r="S84" s="274"/>
+      <c r="T84" s="274"/>
+      <c r="U84" s="274"/>
+      <c r="V84" s="274"/>
+      <c r="W84" s="275"/>
+      <c r="X84" s="279"/>
+      <c r="Y84" s="280"/>
+      <c r="Z84" s="280"/>
+      <c r="AA84" s="280"/>
+      <c r="AB84" s="280"/>
+      <c r="AC84" s="280"/>
+      <c r="AD84" s="280"/>
+      <c r="AE84" s="280"/>
+      <c r="AF84" s="280"/>
+      <c r="AG84" s="280"/>
+      <c r="AH84" s="280"/>
+      <c r="AI84" s="280"/>
+      <c r="AJ84" s="280"/>
+      <c r="AK84" s="280"/>
+      <c r="AL84" s="281"/>
       <c r="AM84" s="32"/>
     </row>
-    <row r="85" spans="2:39" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="2:39" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="1"/>
       <c r="C85" s="29"/>
-      <c r="D85" s="156" t="s">
+      <c r="D85" s="243" t="s">
         <v>36</v>
       </c>
-      <c r="E85" s="156"/>
-[...32 lines deleted...]
-      <c r="AL85" s="186"/>
+      <c r="E85" s="243"/>
+      <c r="F85" s="243"/>
+      <c r="G85" s="243"/>
+      <c r="H85" s="244"/>
+      <c r="I85" s="245"/>
+      <c r="J85" s="246"/>
+      <c r="K85" s="246"/>
+      <c r="L85" s="246"/>
+      <c r="M85" s="246"/>
+      <c r="N85" s="246"/>
+      <c r="O85" s="246"/>
+      <c r="P85" s="246"/>
+      <c r="Q85" s="246"/>
+      <c r="R85" s="246"/>
+      <c r="S85" s="246"/>
+      <c r="T85" s="246"/>
+      <c r="U85" s="246"/>
+      <c r="V85" s="246"/>
+      <c r="W85" s="247"/>
+      <c r="X85" s="251"/>
+      <c r="Y85" s="252"/>
+      <c r="Z85" s="252"/>
+      <c r="AA85" s="252"/>
+      <c r="AB85" s="252"/>
+      <c r="AC85" s="252"/>
+      <c r="AD85" s="252"/>
+      <c r="AE85" s="252"/>
+      <c r="AF85" s="252"/>
+      <c r="AG85" s="252"/>
+      <c r="AH85" s="252"/>
+      <c r="AI85" s="252"/>
+      <c r="AJ85" s="252"/>
+      <c r="AK85" s="252"/>
+      <c r="AL85" s="253"/>
       <c r="AM85" s="4"/>
     </row>
-    <row r="86" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="1"/>
       <c r="C86" s="29"/>
-      <c r="D86" s="156"/>
-[...33 lines deleted...]
-      <c r="AL86" s="189"/>
+      <c r="D86" s="243"/>
+      <c r="E86" s="243"/>
+      <c r="F86" s="243"/>
+      <c r="G86" s="243"/>
+      <c r="H86" s="244"/>
+      <c r="I86" s="248"/>
+      <c r="J86" s="249"/>
+      <c r="K86" s="249"/>
+      <c r="L86" s="249"/>
+      <c r="M86" s="249"/>
+      <c r="N86" s="249"/>
+      <c r="O86" s="249"/>
+      <c r="P86" s="249"/>
+      <c r="Q86" s="249"/>
+      <c r="R86" s="249"/>
+      <c r="S86" s="249"/>
+      <c r="T86" s="249"/>
+      <c r="U86" s="249"/>
+      <c r="V86" s="249"/>
+      <c r="W86" s="250"/>
+      <c r="X86" s="254"/>
+      <c r="Y86" s="255"/>
+      <c r="Z86" s="255"/>
+      <c r="AA86" s="255"/>
+      <c r="AB86" s="255"/>
+      <c r="AC86" s="255"/>
+      <c r="AD86" s="255"/>
+      <c r="AE86" s="255"/>
+      <c r="AF86" s="255"/>
+      <c r="AG86" s="255"/>
+      <c r="AH86" s="255"/>
+      <c r="AI86" s="255"/>
+      <c r="AJ86" s="255"/>
+      <c r="AK86" s="255"/>
+      <c r="AL86" s="256"/>
       <c r="AM86" s="4"/>
     </row>
-    <row r="87" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B87" s="1"/>
       <c r="C87" s="22"/>
-      <c r="D87" s="170" t="s">
+      <c r="D87" s="184" t="s">
         <v>32</v>
       </c>
-      <c r="E87" s="170"/>
-[...32 lines deleted...]
-      <c r="AL87" s="177"/>
+      <c r="E87" s="184"/>
+      <c r="F87" s="184"/>
+      <c r="G87" s="184"/>
+      <c r="H87" s="294"/>
+      <c r="I87" s="295"/>
+      <c r="J87" s="186"/>
+      <c r="K87" s="186"/>
+      <c r="L87" s="186"/>
+      <c r="M87" s="186"/>
+      <c r="N87" s="186"/>
+      <c r="O87" s="186"/>
+      <c r="P87" s="186"/>
+      <c r="Q87" s="186"/>
+      <c r="R87" s="186"/>
+      <c r="S87" s="186"/>
+      <c r="T87" s="186"/>
+      <c r="U87" s="186"/>
+      <c r="V87" s="186"/>
+      <c r="W87" s="296"/>
+      <c r="X87" s="297"/>
+      <c r="Y87" s="298"/>
+      <c r="Z87" s="298"/>
+      <c r="AA87" s="298"/>
+      <c r="AB87" s="298"/>
+      <c r="AC87" s="298"/>
+      <c r="AD87" s="298"/>
+      <c r="AE87" s="298"/>
+      <c r="AF87" s="298"/>
+      <c r="AG87" s="298"/>
+      <c r="AH87" s="298"/>
+      <c r="AI87" s="298"/>
+      <c r="AJ87" s="298"/>
+      <c r="AK87" s="298"/>
+      <c r="AL87" s="299"/>
       <c r="AM87" s="4"/>
     </row>
-    <row r="88" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="1"/>
       <c r="C88" s="22"/>
-      <c r="D88" s="170" t="s">
+      <c r="D88" s="184" t="s">
         <v>33</v>
       </c>
-      <c r="E88" s="170"/>
-[...32 lines deleted...]
-      <c r="AL88" s="177"/>
+      <c r="E88" s="184"/>
+      <c r="F88" s="184"/>
+      <c r="G88" s="184"/>
+      <c r="H88" s="294"/>
+      <c r="I88" s="295"/>
+      <c r="J88" s="186"/>
+      <c r="K88" s="186"/>
+      <c r="L88" s="186"/>
+      <c r="M88" s="186"/>
+      <c r="N88" s="186"/>
+      <c r="O88" s="186"/>
+      <c r="P88" s="186"/>
+      <c r="Q88" s="186"/>
+      <c r="R88" s="186"/>
+      <c r="S88" s="186"/>
+      <c r="T88" s="186"/>
+      <c r="U88" s="186"/>
+      <c r="V88" s="186"/>
+      <c r="W88" s="296"/>
+      <c r="X88" s="297"/>
+      <c r="Y88" s="298"/>
+      <c r="Z88" s="298"/>
+      <c r="AA88" s="298"/>
+      <c r="AB88" s="298"/>
+      <c r="AC88" s="298"/>
+      <c r="AD88" s="298"/>
+      <c r="AE88" s="298"/>
+      <c r="AF88" s="298"/>
+      <c r="AG88" s="298"/>
+      <c r="AH88" s="298"/>
+      <c r="AI88" s="298"/>
+      <c r="AJ88" s="298"/>
+      <c r="AK88" s="298"/>
+      <c r="AL88" s="299"/>
       <c r="AM88" s="4"/>
     </row>
-    <row r="89" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="1"/>
       <c r="C89" s="29"/>
-      <c r="D89" s="156" t="s">
+      <c r="D89" s="243" t="s">
         <v>34</v>
       </c>
-      <c r="E89" s="156"/>
-[...32 lines deleted...]
-      <c r="AL89" s="166"/>
+      <c r="E89" s="243"/>
+      <c r="F89" s="243"/>
+      <c r="G89" s="243"/>
+      <c r="H89" s="244"/>
+      <c r="I89" s="282"/>
+      <c r="J89" s="283"/>
+      <c r="K89" s="283"/>
+      <c r="L89" s="283"/>
+      <c r="M89" s="283"/>
+      <c r="N89" s="283"/>
+      <c r="O89" s="283"/>
+      <c r="P89" s="283"/>
+      <c r="Q89" s="283"/>
+      <c r="R89" s="283"/>
+      <c r="S89" s="283"/>
+      <c r="T89" s="283"/>
+      <c r="U89" s="283"/>
+      <c r="V89" s="283"/>
+      <c r="W89" s="284"/>
+      <c r="X89" s="288"/>
+      <c r="Y89" s="289"/>
+      <c r="Z89" s="289"/>
+      <c r="AA89" s="289"/>
+      <c r="AB89" s="289"/>
+      <c r="AC89" s="289"/>
+      <c r="AD89" s="289"/>
+      <c r="AE89" s="289"/>
+      <c r="AF89" s="289"/>
+      <c r="AG89" s="289"/>
+      <c r="AH89" s="289"/>
+      <c r="AI89" s="289"/>
+      <c r="AJ89" s="289"/>
+      <c r="AK89" s="289"/>
+      <c r="AL89" s="290"/>
       <c r="AM89" s="4"/>
     </row>
-    <row r="90" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="1"/>
       <c r="C90" s="29"/>
-      <c r="D90" s="156"/>
-[...33 lines deleted...]
-      <c r="AL90" s="169"/>
+      <c r="D90" s="243"/>
+      <c r="E90" s="243"/>
+      <c r="F90" s="243"/>
+      <c r="G90" s="243"/>
+      <c r="H90" s="244"/>
+      <c r="I90" s="285"/>
+      <c r="J90" s="286"/>
+      <c r="K90" s="286"/>
+      <c r="L90" s="286"/>
+      <c r="M90" s="286"/>
+      <c r="N90" s="286"/>
+      <c r="O90" s="286"/>
+      <c r="P90" s="286"/>
+      <c r="Q90" s="286"/>
+      <c r="R90" s="286"/>
+      <c r="S90" s="286"/>
+      <c r="T90" s="286"/>
+      <c r="U90" s="286"/>
+      <c r="V90" s="286"/>
+      <c r="W90" s="287"/>
+      <c r="X90" s="291"/>
+      <c r="Y90" s="292"/>
+      <c r="Z90" s="292"/>
+      <c r="AA90" s="292"/>
+      <c r="AB90" s="292"/>
+      <c r="AC90" s="292"/>
+      <c r="AD90" s="292"/>
+      <c r="AE90" s="292"/>
+      <c r="AF90" s="292"/>
+      <c r="AG90" s="292"/>
+      <c r="AH90" s="292"/>
+      <c r="AI90" s="292"/>
+      <c r="AJ90" s="292"/>
+      <c r="AK90" s="292"/>
+      <c r="AL90" s="293"/>
       <c r="AM90" s="4"/>
     </row>
-    <row r="91" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="1"/>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
       <c r="X91" s="1"/>
       <c r="Y91" s="1"/>
       <c r="Z91" s="1"/>
       <c r="AA91" s="1"/>
       <c r="AB91" s="1"/>
       <c r="AC91" s="1"/>
       <c r="AD91" s="1"/>
       <c r="AE91" s="1"/>
       <c r="AF91" s="1"/>
       <c r="AG91" s="1"/>
       <c r="AH91" s="1"/>
       <c r="AI91" s="1"/>
       <c r="AJ91" s="1"/>
       <c r="AK91" s="1"/>
       <c r="AL91" s="42" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="AM91" s="1"/>
     </row>
-    <row r="92" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="1"/>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
       <c r="X92" s="1"/>
       <c r="Y92" s="1"/>
       <c r="Z92" s="1"/>
       <c r="AA92" s="1"/>
       <c r="AB92" s="1"/>
       <c r="AC92" s="1"/>
       <c r="AD92" s="1"/>
       <c r="AE92" s="1"/>
       <c r="AF92" s="1"/>
       <c r="AG92" s="1"/>
       <c r="AH92" s="1"/>
       <c r="AI92" s="1"/>
       <c r="AJ92" s="1"/>
       <c r="AK92" s="1"/>
       <c r="AL92" s="1"/>
       <c r="AM92" s="1"/>
     </row>
-    <row r="93" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B93" s="1"/>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
       <c r="X93" s="1"/>
       <c r="Y93" s="1"/>
       <c r="Z93" s="1"/>
       <c r="AA93" s="1"/>
       <c r="AB93" s="1"/>
       <c r="AC93" s="1"/>
       <c r="AD93" s="1"/>
       <c r="AE93" s="1"/>
       <c r="AF93" s="1"/>
       <c r="AG93" s="1"/>
       <c r="AH93" s="1"/>
       <c r="AI93" s="1"/>
       <c r="AJ93" s="1"/>
       <c r="AK93" s="1"/>
       <c r="AL93" s="1"/>
       <c r="AM93" s="1"/>
     </row>
-    <row r="94" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="1"/>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
       <c r="X94" s="1"/>
       <c r="Y94" s="1"/>
       <c r="Z94" s="1"/>
       <c r="AA94" s="1"/>
       <c r="AB94" s="1"/>
       <c r="AC94" s="1"/>
       <c r="AD94" s="1"/>
       <c r="AE94" s="1"/>
       <c r="AF94" s="1"/>
       <c r="AG94" s="1"/>
       <c r="AH94" s="1"/>
       <c r="AI94" s="1"/>
       <c r="AJ94" s="1"/>
       <c r="AK94" s="1"/>
       <c r="AL94" s="1"/>
       <c r="AM94" s="1"/>
     </row>
-    <row r="95" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="1"/>
       <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
       <c r="X95" s="1"/>
       <c r="Y95" s="1"/>
       <c r="Z95" s="1"/>
       <c r="AA95" s="1"/>
       <c r="AB95" s="1"/>
       <c r="AC95" s="1"/>
       <c r="AD95" s="1"/>
       <c r="AE95" s="1"/>
       <c r="AF95" s="1"/>
       <c r="AG95" s="1"/>
       <c r="AH95" s="1"/>
       <c r="AI95" s="1"/>
       <c r="AJ95" s="1"/>
       <c r="AK95" s="1"/>
       <c r="AL95" s="1"/>
       <c r="AM95" s="1"/>
     </row>
-    <row r="96" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="1"/>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
       <c r="X96" s="1"/>
       <c r="Y96" s="1"/>
       <c r="Z96" s="1"/>
       <c r="AA96" s="1"/>
       <c r="AB96" s="1"/>
       <c r="AC96" s="1"/>
       <c r="AD96" s="1"/>
       <c r="AE96" s="1"/>
       <c r="AF96" s="1"/>
       <c r="AG96" s="1"/>
       <c r="AH96" s="1"/>
       <c r="AI96" s="1"/>
       <c r="AJ96" s="1"/>
       <c r="AK96" s="1"/>
       <c r="AL96" s="1"/>
       <c r="AM96" s="1"/>
     </row>
-    <row r="97" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="1"/>
       <c r="C97" s="1"/>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
       <c r="X97" s="1"/>
       <c r="Y97" s="1"/>
       <c r="Z97" s="1"/>
       <c r="AA97" s="1"/>
       <c r="AB97" s="1"/>
       <c r="AC97" s="1"/>
       <c r="AD97" s="1"/>
       <c r="AE97" s="1"/>
       <c r="AF97" s="1"/>
       <c r="AG97" s="1"/>
       <c r="AH97" s="1"/>
       <c r="AI97" s="1"/>
       <c r="AJ97" s="1"/>
       <c r="AK97" s="1"/>
       <c r="AL97" s="1"/>
       <c r="AM97" s="1"/>
     </row>
-    <row r="98" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="1"/>
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
       <c r="X98" s="1"/>
       <c r="Y98" s="1"/>
       <c r="Z98" s="1"/>
       <c r="AA98" s="1"/>
       <c r="AB98" s="1"/>
       <c r="AC98" s="1"/>
       <c r="AD98" s="1"/>
       <c r="AE98" s="1"/>
       <c r="AF98" s="1"/>
       <c r="AG98" s="1"/>
       <c r="AH98" s="1"/>
       <c r="AI98" s="1"/>
       <c r="AJ98" s="1"/>
       <c r="AK98" s="1"/>
       <c r="AL98" s="1"/>
       <c r="AM98" s="1"/>
     </row>
-    <row r="99" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="1"/>
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
       <c r="X99" s="1"/>
       <c r="Y99" s="1"/>
       <c r="Z99" s="1"/>
       <c r="AA99" s="1"/>
       <c r="AB99" s="1"/>
       <c r="AC99" s="1"/>
       <c r="AD99" s="1"/>
       <c r="AE99" s="1"/>
       <c r="AF99" s="1"/>
       <c r="AG99" s="1"/>
       <c r="AH99" s="1"/>
       <c r="AI99" s="1"/>
       <c r="AJ99" s="1"/>
       <c r="AK99" s="1"/>
       <c r="AL99" s="1"/>
       <c r="AM99" s="1"/>
     </row>
-    <row r="100" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="1"/>
     </row>
-    <row r="101" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="1"/>
     </row>
-    <row r="102" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
-[...153 lines deleted...]
-    <row r="256" ht="13.2" hidden="1" x14ac:dyDescent="0.3"/>
+    <row r="102" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="104" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="106" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="108" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="141" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="156" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="157" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="158" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="159" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="160" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="161" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="163" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="175" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="176" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="177" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="178" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="179" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="180" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="181" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="182" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="183" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="184" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="185" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="186" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="187" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="188" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="189" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="190" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="191" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="192" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="193" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="194" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="195" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="196" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="197" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="198" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="199" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="200" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="201" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="202" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="203" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="204" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="205" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="206" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="207" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="208" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="209" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="210" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="211" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="212" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="213" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="214" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="215" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="216" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="217" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="218" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="219" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="220" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="221" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="222" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="223" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="224" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="225" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="226" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="227" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="228" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="229" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="230" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="231" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="232" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="233" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="234" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="235" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="236" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="237" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="238" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="239" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="240" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="241" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="242" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="243" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="244" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="245" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="246" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="247" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="248" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="249" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="250" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="251" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="252" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="253" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="254" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="255" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="256" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="z6slBpzdNur+gTJ8epURU6NQ2lwkSEsZC7vseYtT6LnpPvcJoraI0bCTTn38Lek9YwLUBHHtU934gNb1n94SzQ==" saltValue="+LRv2sEEVVRw/O9PA3kVdw==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="4h6quKb6wFH5foYKDMd3zLLy98yQtlQ4npzuoZTWbgg4U5H51Ua0QzfX+jFnS1cCQvTS7Vgkbg6zlMVUCKqvHw==" saltValue="OIVbvGJWJ2Sz7QB4+4X62Q==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="78">
+    <mergeCell ref="D89:H90"/>
+    <mergeCell ref="I89:W90"/>
+    <mergeCell ref="X89:AL90"/>
+    <mergeCell ref="D87:H87"/>
+    <mergeCell ref="I87:W87"/>
+    <mergeCell ref="X87:AL87"/>
+    <mergeCell ref="D88:H88"/>
+    <mergeCell ref="I88:W88"/>
+    <mergeCell ref="X88:AL88"/>
+    <mergeCell ref="D85:H86"/>
+    <mergeCell ref="I85:W86"/>
+    <mergeCell ref="X85:AL86"/>
+    <mergeCell ref="C62:AL62"/>
+    <mergeCell ref="M63:AL63"/>
+    <mergeCell ref="C64:AL64"/>
+    <mergeCell ref="C65:AL70"/>
+    <mergeCell ref="C83:H83"/>
+    <mergeCell ref="I83:W84"/>
+    <mergeCell ref="X83:AL84"/>
+    <mergeCell ref="AK58:AL60"/>
+    <mergeCell ref="AA55:AB57"/>
+    <mergeCell ref="AC55:AD57"/>
+    <mergeCell ref="AE55:AF57"/>
+    <mergeCell ref="AG55:AH57"/>
+    <mergeCell ref="AI55:AJ57"/>
+    <mergeCell ref="AK55:AL57"/>
+    <mergeCell ref="AA58:AB60"/>
+    <mergeCell ref="AC58:AD60"/>
+    <mergeCell ref="AE58:AF60"/>
+    <mergeCell ref="AG58:AH60"/>
+    <mergeCell ref="AI58:AJ60"/>
+    <mergeCell ref="D38:Q39"/>
+    <mergeCell ref="E35:Q36"/>
+    <mergeCell ref="AK50:AL54"/>
+    <mergeCell ref="AA46:AB49"/>
+    <mergeCell ref="AC46:AD49"/>
+    <mergeCell ref="AE46:AF49"/>
+    <mergeCell ref="AG46:AH49"/>
+    <mergeCell ref="AI46:AJ49"/>
+    <mergeCell ref="AK46:AL49"/>
+    <mergeCell ref="AA50:AB54"/>
+    <mergeCell ref="AC50:AD54"/>
+    <mergeCell ref="AE50:AF54"/>
+    <mergeCell ref="AG50:AH54"/>
+    <mergeCell ref="AI50:AJ54"/>
+    <mergeCell ref="R54:S54"/>
+    <mergeCell ref="AC7:AF7"/>
+    <mergeCell ref="AG7:AL7"/>
+    <mergeCell ref="AK45:AL45"/>
+    <mergeCell ref="C29:AL30"/>
+    <mergeCell ref="Y32:AC34"/>
+    <mergeCell ref="AA44:AB44"/>
+    <mergeCell ref="AC44:AD44"/>
+    <mergeCell ref="AE44:AF44"/>
+    <mergeCell ref="AG44:AH44"/>
+    <mergeCell ref="AI44:AJ44"/>
+    <mergeCell ref="AK44:AL44"/>
+    <mergeCell ref="AA45:AB45"/>
+    <mergeCell ref="AC45:AD45"/>
+    <mergeCell ref="AE45:AF45"/>
+    <mergeCell ref="AG45:AH45"/>
+    <mergeCell ref="AI45:AJ45"/>
     <mergeCell ref="E32:Q33"/>
     <mergeCell ref="C2:G5"/>
     <mergeCell ref="H2:P5"/>
     <mergeCell ref="Q2:Y5"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="G9:AL9"/>
     <mergeCell ref="I17:K17"/>
     <mergeCell ref="S17:U17"/>
     <mergeCell ref="V17:W17"/>
     <mergeCell ref="Z17:AA17"/>
     <mergeCell ref="AD17:AL18"/>
     <mergeCell ref="Z2:AL5"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="G7:Q7"/>
     <mergeCell ref="R7:U7"/>
     <mergeCell ref="V7:AA7"/>
-    <mergeCell ref="AC7:AF7"/>
-[...60 lines deleted...]
-    <mergeCell ref="X88:AL88"/>
   </mergeCells>
   <conditionalFormatting sqref="C19:L19">
     <cfRule type="expression" dxfId="31" priority="13">
       <formula>$AN$16=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C21:AH21">
     <cfRule type="expression" dxfId="30" priority="10">
       <formula>$AQ$16=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D73">
     <cfRule type="expression" dxfId="29" priority="9">
       <formula>$AN$12&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D74:D75">
     <cfRule type="expression" dxfId="28" priority="16">
       <formula>$AN$41=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D76">
     <cfRule type="expression" dxfId="27" priority="17">
       <formula>$AP$50=0</formula>
     </cfRule>
@@ -19327,2888 +19327,2888 @@
   <conditionalFormatting sqref="AE12:AI12">
     <cfRule type="cellIs" dxfId="16" priority="12" operator="equal">
       <formula>"à renseigner"</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="Z17 AD17 I20" emptyCellReference="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="ouinon">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>31</xdr:row>
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:rowOff>47625</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>99060</xdr:rowOff>
+                    <xdr:rowOff>95250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5122" r:id="rId5" name="Option Button 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>31</xdr:row>
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:rowOff>47625</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>228600</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>99060</xdr:rowOff>
+                    <xdr:rowOff>95250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5123" r:id="rId6" name="Option Button 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5124" r:id="rId7" name="Option Button 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>30480</xdr:colOff>
+                    <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5125" r:id="rId8" name="Group Box 5">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5126" r:id="rId9" name="Group Box 6">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>209550</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>36</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>60</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5127" r:id="rId10" name="Option Button 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5128" r:id="rId11" name="Option Button 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5129" r:id="rId12" name="Option Button 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5130" r:id="rId13" name="Option Button 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>182880</xdr:colOff>
+                    <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5131" r:id="rId14" name="Option Button 11">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5132" r:id="rId15" name="Option Button 12">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>35</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5133" r:id="rId16" name="Option Button 13">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5134" r:id="rId17" name="Option Button 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>182880</xdr:colOff>
+                    <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5135" r:id="rId18" name="Option Button 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5136" r:id="rId19" name="Option Button 16">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5137" r:id="rId20" name="Option Button 17">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5138" r:id="rId21" name="Option Button 18">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>182880</xdr:colOff>
+                    <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5139" r:id="rId22" name="Option Button 19">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5140" r:id="rId23" name="Option Button 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5141" r:id="rId24" name="Option Button 21">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5142" r:id="rId25" name="Option Button 22">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5143" r:id="rId26" name="Group Box 23">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>144780</xdr:rowOff>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5148" r:id="rId27" name="Check Box 28">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>70</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5149" r:id="rId28" name="Check Box 29">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>72</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5150" r:id="rId29" name="Check Box 30">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>73</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>74</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5151" r:id="rId30" name="Check Box 31">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>75</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>76</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5152" r:id="rId31" name="Check Box 32">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>76</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>77</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5153" r:id="rId32" name="Check Box 33">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>77</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>78</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5154" r:id="rId33" name="Check Box 34">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>78</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>79</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5155" r:id="rId34" name="Option Button 35">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>236220</xdr:rowOff>
+                    <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5156" r:id="rId35" name="Option Button 36">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>25</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5157" r:id="rId36" name="Option Button 37">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5158" r:id="rId37" name="Option Button 38">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
-                    <xdr:colOff>236220</xdr:colOff>
+                    <xdr:colOff>238125</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>14</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5159" r:id="rId38" name="Option Button 39">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5160" r:id="rId39" name="Group Box 40">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>18</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5161" r:id="rId40" name="Check Box 41">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>73</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>74</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5162" r:id="rId41" name="Option Button 42">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
-                    <xdr:colOff>327660</xdr:colOff>
+                    <xdr:colOff>323850</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5163" r:id="rId42" name="Option Button 43">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>45720</xdr:colOff>
+                    <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>236220</xdr:rowOff>
+                    <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5164" r:id="rId43" name="Option Button 44">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5165" r:id="rId44" name="Group Box 45">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>373380</xdr:colOff>
+                    <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5166" r:id="rId45" name="Group Box 46">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>365760</xdr:colOff>
+                    <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>289560</xdr:rowOff>
+                    <xdr:rowOff>285750</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5167" r:id="rId46" name="Check Box 47">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>75</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>76</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5175" r:id="rId47" name="Option Button 55">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>19</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>1752600</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>30480</xdr:colOff>
+                    <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>1973580</xdr:rowOff>
+                    <xdr:rowOff>1971675</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5176" r:id="rId48" name="Check Box 56">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>70</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5177" r:id="rId49" name="Check Box 57">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>70</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5180" r:id="rId50" name="Option Button 60">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>297180</xdr:colOff>
+                    <xdr:colOff>295275</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>68580</xdr:rowOff>
+                    <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>121920</xdr:rowOff>
+                    <xdr:rowOff>123825</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5181" r:id="rId51" name="Option Button 61">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>68580</xdr:rowOff>
+                    <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>228600</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>121920</xdr:rowOff>
+                    <xdr:rowOff>123825</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5182" r:id="rId52" name="Group Box 62">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5183" r:id="rId53" name="Option Button 63">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>289560</xdr:colOff>
+                    <xdr:colOff>285750</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5184" r:id="rId54" name="Option Button 64">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>220980</xdr:colOff>
+                    <xdr:colOff>219075</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5185" r:id="rId55" name="Group Box 65">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>198120</xdr:colOff>
+                    <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>38</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1E7EAE0-76D7-444E-B849-E62C3169CE1C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15:S17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.109375" style="84" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="20" max="20" width="13.88671875" style="85" customWidth="1"/>
+    <col min="1" max="1" width="4.140625" style="84" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="84" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" style="84" customWidth="1"/>
+    <col min="4" max="4" width="5.140625" style="84" customWidth="1"/>
+    <col min="5" max="5" width="5.140625" style="85" customWidth="1"/>
+    <col min="6" max="6" width="3.28515625" style="85" customWidth="1"/>
+    <col min="7" max="8" width="4.85546875" style="85" customWidth="1"/>
+    <col min="9" max="19" width="11.42578125" style="85" customWidth="1"/>
+    <col min="20" max="20" width="13.85546875" style="85" customWidth="1"/>
     <col min="21" max="24" width="0" style="84" hidden="1" customWidth="1"/>
-    <col min="25" max="16384" width="11.44140625" style="84" hidden="1"/>
+    <col min="25" max="16384" width="11.42578125" style="84" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="E2" s="120" t="s">
+    <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E2" s="148" t="s">
         <v>144</v>
       </c>
-      <c r="F2" s="120"/>
-[...12 lines deleted...]
-      <c r="S2" s="120"/>
+      <c r="F2" s="148"/>
+      <c r="G2" s="148"/>
+      <c r="H2" s="148"/>
+      <c r="I2" s="148"/>
+      <c r="J2" s="148"/>
+      <c r="K2" s="148"/>
+      <c r="L2" s="148"/>
+      <c r="M2" s="148"/>
+      <c r="N2" s="148"/>
+      <c r="O2" s="148"/>
+      <c r="P2" s="148"/>
+      <c r="Q2" s="148"/>
+      <c r="R2" s="148"/>
+      <c r="S2" s="148"/>
       <c r="T2" s="86"/>
     </row>
-    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="S3" s="120"/>
+    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E3" s="148"/>
+      <c r="F3" s="148"/>
+      <c r="G3" s="148"/>
+      <c r="H3" s="148"/>
+      <c r="I3" s="148"/>
+      <c r="J3" s="148"/>
+      <c r="K3" s="148"/>
+      <c r="L3" s="148"/>
+      <c r="M3" s="148"/>
+      <c r="N3" s="148"/>
+      <c r="O3" s="148"/>
+      <c r="P3" s="148"/>
+      <c r="Q3" s="148"/>
+      <c r="R3" s="148"/>
+      <c r="S3" s="148"/>
       <c r="T3" s="86"/>
     </row>
-    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="S4" s="120"/>
+    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E4" s="148"/>
+      <c r="F4" s="148"/>
+      <c r="G4" s="148"/>
+      <c r="H4" s="148"/>
+      <c r="I4" s="148"/>
+      <c r="J4" s="148"/>
+      <c r="K4" s="148"/>
+      <c r="L4" s="148"/>
+      <c r="M4" s="148"/>
+      <c r="N4" s="148"/>
+      <c r="O4" s="148"/>
+      <c r="P4" s="148"/>
+      <c r="Q4" s="148"/>
+      <c r="R4" s="148"/>
+      <c r="S4" s="148"/>
       <c r="T4" s="86"/>
     </row>
-    <row r="5" spans="2:20" ht="21.6" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="87"/>
       <c r="C5" s="87"/>
       <c r="D5" s="87"/>
       <c r="E5" s="88"/>
       <c r="F5" s="88"/>
       <c r="G5" s="88"/>
       <c r="H5" s="88"/>
       <c r="I5" s="88"/>
       <c r="J5" s="88"/>
       <c r="K5" s="88"/>
       <c r="L5" s="88"/>
       <c r="M5" s="88"/>
       <c r="N5" s="88"/>
       <c r="O5" s="103" t="s">
+        <v>180</v>
+      </c>
+      <c r="P5" s="149" t="s">
         <v>181</v>
       </c>
-      <c r="P5" s="121" t="s">
-[...8 lines deleted...]
-      <c r="B7" s="122" t="s">
+      <c r="Q5" s="149"/>
+      <c r="R5" s="149"/>
+      <c r="S5" s="149"/>
+    </row>
+    <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B7" s="150" t="s">
         <v>145</v>
       </c>
-      <c r="C7" s="123"/>
+      <c r="C7" s="151"/>
       <c r="E7" s="89" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C8" s="125"/>
+    <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B8" s="152"/>
+      <c r="C8" s="153"/>
       <c r="E8" s="90" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C9" s="125"/>
+    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="152"/>
+      <c r="C9" s="153"/>
       <c r="E9" s="90"/>
     </row>
-    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C10" s="125"/>
+    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="152"/>
+      <c r="C10" s="153"/>
       <c r="E10" s="91" t="s">
         <v>61</v>
       </c>
       <c r="F10" s="119" t="s">
         <v>148</v>
       </c>
       <c r="G10" s="119"/>
       <c r="H10" s="119"/>
       <c r="I10" s="119"/>
       <c r="J10" s="119"/>
       <c r="K10" s="119"/>
       <c r="L10" s="119"/>
       <c r="M10" s="119"/>
       <c r="N10" s="119"/>
       <c r="O10" s="119"/>
       <c r="P10" s="119"/>
       <c r="Q10" s="119"/>
       <c r="R10" s="119"/>
       <c r="S10" s="119"/>
       <c r="T10" s="92"/>
     </row>
-    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C11" s="125"/>
+    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="152"/>
+      <c r="C11" s="153"/>
       <c r="E11" s="91"/>
       <c r="F11" s="119"/>
       <c r="G11" s="119"/>
       <c r="H11" s="119"/>
       <c r="I11" s="119"/>
       <c r="J11" s="119"/>
       <c r="K11" s="119"/>
       <c r="L11" s="119"/>
       <c r="M11" s="119"/>
       <c r="N11" s="119"/>
       <c r="O11" s="119"/>
       <c r="P11" s="119"/>
       <c r="Q11" s="119"/>
       <c r="R11" s="119"/>
       <c r="S11" s="119"/>
       <c r="T11" s="92"/>
     </row>
-    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C12" s="125"/>
+    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="152"/>
+      <c r="C12" s="153"/>
       <c r="E12" s="91"/>
       <c r="F12" s="119"/>
       <c r="G12" s="119"/>
       <c r="H12" s="119"/>
       <c r="I12" s="119"/>
       <c r="J12" s="119"/>
       <c r="K12" s="119"/>
       <c r="L12" s="119"/>
       <c r="M12" s="119"/>
       <c r="N12" s="119"/>
       <c r="O12" s="119"/>
       <c r="P12" s="119"/>
       <c r="Q12" s="119"/>
       <c r="R12" s="119"/>
       <c r="S12" s="119"/>
       <c r="T12" s="92"/>
     </row>
-    <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C13" s="125"/>
+    <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B13" s="152"/>
+      <c r="C13" s="153"/>
       <c r="E13" s="93"/>
       <c r="F13" s="119"/>
       <c r="G13" s="119"/>
       <c r="H13" s="119"/>
       <c r="I13" s="119"/>
       <c r="J13" s="119"/>
       <c r="K13" s="119"/>
       <c r="L13" s="119"/>
       <c r="M13" s="119"/>
       <c r="N13" s="119"/>
       <c r="O13" s="119"/>
       <c r="P13" s="119"/>
       <c r="Q13" s="119"/>
       <c r="R13" s="119"/>
       <c r="S13" s="119"/>
       <c r="T13" s="92"/>
     </row>
-    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C14" s="125"/>
+    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="152"/>
+      <c r="C14" s="153"/>
       <c r="E14" s="93"/>
       <c r="F14" s="94"/>
       <c r="G14" s="94"/>
       <c r="H14" s="94"/>
       <c r="I14" s="94"/>
       <c r="J14" s="94"/>
       <c r="K14" s="94"/>
       <c r="L14" s="94"/>
       <c r="M14" s="94"/>
       <c r="N14" s="94"/>
       <c r="O14" s="94"/>
       <c r="P14" s="94"/>
       <c r="Q14" s="94"/>
       <c r="R14" s="94"/>
       <c r="S14" s="94"/>
       <c r="T14" s="94"/>
     </row>
-    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C15" s="125"/>
+    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="152"/>
+      <c r="C15" s="153"/>
       <c r="E15" s="91" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="119" t="s">
         <v>149</v>
       </c>
       <c r="G15" s="119"/>
       <c r="H15" s="119"/>
       <c r="I15" s="119"/>
       <c r="J15" s="119"/>
       <c r="K15" s="119"/>
       <c r="L15" s="119"/>
       <c r="M15" s="119"/>
       <c r="N15" s="119"/>
       <c r="O15" s="119"/>
       <c r="P15" s="119"/>
       <c r="Q15" s="119"/>
       <c r="R15" s="119"/>
       <c r="S15" s="119"/>
       <c r="T15" s="92"/>
     </row>
-    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C16" s="125"/>
+    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="152"/>
+      <c r="C16" s="153"/>
       <c r="E16" s="91"/>
       <c r="F16" s="119"/>
       <c r="G16" s="119"/>
       <c r="H16" s="119"/>
       <c r="I16" s="119"/>
       <c r="J16" s="119"/>
       <c r="K16" s="119"/>
       <c r="L16" s="119"/>
       <c r="M16" s="119"/>
       <c r="N16" s="119"/>
       <c r="O16" s="119"/>
       <c r="P16" s="119"/>
       <c r="Q16" s="119"/>
       <c r="R16" s="119"/>
       <c r="S16" s="119"/>
       <c r="T16" s="92"/>
     </row>
-    <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C17" s="127"/>
+    <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B17" s="154"/>
+      <c r="C17" s="155"/>
       <c r="E17" s="93"/>
       <c r="F17" s="119"/>
       <c r="G17" s="119"/>
       <c r="H17" s="119"/>
       <c r="I17" s="119"/>
       <c r="J17" s="119"/>
       <c r="K17" s="119"/>
       <c r="L17" s="119"/>
       <c r="M17" s="119"/>
       <c r="N17" s="119"/>
       <c r="O17" s="119"/>
       <c r="P17" s="119"/>
       <c r="Q17" s="119"/>
       <c r="R17" s="119"/>
       <c r="S17" s="119"/>
       <c r="T17" s="92"/>
     </row>
-    <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.4"/>
-[...2 lines deleted...]
-      <c r="C19" s="114"/>
+    <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
+    <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B19" s="126"/>
+      <c r="C19" s="127"/>
       <c r="E19" s="89" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C20" s="116"/>
+    <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B20" s="128"/>
+      <c r="C20" s="129"/>
       <c r="E20" s="90" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C21" s="116"/>
+    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="128"/>
+      <c r="C21" s="129"/>
       <c r="E21" s="90"/>
     </row>
-    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C22" s="116"/>
+    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="128"/>
+      <c r="C22" s="129"/>
       <c r="F22" s="119" t="s">
         <v>151</v>
       </c>
       <c r="G22" s="119"/>
       <c r="H22" s="119"/>
       <c r="I22" s="119"/>
       <c r="J22" s="119"/>
       <c r="K22" s="119"/>
       <c r="L22" s="119"/>
       <c r="M22" s="119"/>
       <c r="N22" s="119"/>
       <c r="O22" s="119"/>
       <c r="P22" s="119"/>
       <c r="Q22" s="119"/>
       <c r="R22" s="119"/>
       <c r="S22" s="119"/>
       <c r="T22" s="92"/>
     </row>
-    <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C23" s="116"/>
+    <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B23" s="128"/>
+      <c r="C23" s="129"/>
       <c r="E23" s="92"/>
       <c r="F23" s="119"/>
       <c r="G23" s="119"/>
       <c r="H23" s="119"/>
       <c r="I23" s="119"/>
       <c r="J23" s="119"/>
       <c r="K23" s="119"/>
       <c r="L23" s="119"/>
       <c r="M23" s="119"/>
       <c r="N23" s="119"/>
       <c r="O23" s="119"/>
       <c r="P23" s="119"/>
       <c r="Q23" s="119"/>
       <c r="R23" s="119"/>
       <c r="S23" s="119"/>
       <c r="T23" s="92"/>
     </row>
-    <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C24" s="116"/>
+    <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B24" s="128"/>
+      <c r="C24" s="129"/>
       <c r="E24" s="92"/>
       <c r="F24" s="119"/>
       <c r="G24" s="119"/>
       <c r="H24" s="119"/>
       <c r="I24" s="119"/>
       <c r="J24" s="119"/>
       <c r="K24" s="119"/>
       <c r="L24" s="119"/>
       <c r="M24" s="119"/>
       <c r="N24" s="119"/>
       <c r="O24" s="119"/>
       <c r="P24" s="119"/>
       <c r="Q24" s="119"/>
       <c r="R24" s="119"/>
       <c r="S24" s="119"/>
       <c r="T24" s="92"/>
     </row>
-    <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C25" s="116"/>
+    <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B25" s="128"/>
+      <c r="C25" s="129"/>
       <c r="E25" s="92"/>
       <c r="F25" s="119"/>
       <c r="G25" s="119"/>
       <c r="H25" s="119"/>
       <c r="I25" s="119"/>
       <c r="J25" s="119"/>
       <c r="K25" s="119"/>
       <c r="L25" s="119"/>
       <c r="M25" s="119"/>
       <c r="N25" s="119"/>
       <c r="O25" s="119"/>
       <c r="P25" s="119"/>
       <c r="Q25" s="119"/>
       <c r="R25" s="119"/>
       <c r="S25" s="119"/>
       <c r="T25" s="92"/>
     </row>
-    <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C26" s="116"/>
+    <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B26" s="128"/>
+      <c r="C26" s="129"/>
       <c r="E26" s="92"/>
       <c r="F26" s="119"/>
       <c r="G26" s="119"/>
       <c r="H26" s="119"/>
       <c r="I26" s="119"/>
       <c r="J26" s="119"/>
       <c r="K26" s="119"/>
       <c r="L26" s="119"/>
       <c r="M26" s="119"/>
       <c r="N26" s="119"/>
       <c r="O26" s="119"/>
       <c r="P26" s="119"/>
       <c r="Q26" s="119"/>
       <c r="R26" s="119"/>
       <c r="S26" s="119"/>
       <c r="T26" s="92"/>
     </row>
-    <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C27" s="116"/>
+    <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B27" s="128"/>
+      <c r="C27" s="129"/>
       <c r="E27" s="92"/>
       <c r="F27" s="119"/>
       <c r="G27" s="119"/>
       <c r="H27" s="119"/>
       <c r="I27" s="119"/>
       <c r="J27" s="119"/>
       <c r="K27" s="119"/>
       <c r="L27" s="119"/>
       <c r="M27" s="119"/>
       <c r="N27" s="119"/>
       <c r="O27" s="119"/>
       <c r="P27" s="119"/>
       <c r="Q27" s="119"/>
       <c r="R27" s="119"/>
       <c r="S27" s="119"/>
       <c r="T27" s="92"/>
     </row>
-    <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C28" s="116"/>
+    <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B28" s="128"/>
+      <c r="C28" s="129"/>
       <c r="E28" s="92"/>
       <c r="F28" s="119"/>
       <c r="G28" s="119"/>
       <c r="H28" s="119"/>
       <c r="I28" s="119"/>
       <c r="J28" s="119"/>
       <c r="K28" s="119"/>
       <c r="L28" s="119"/>
       <c r="M28" s="119"/>
       <c r="N28" s="119"/>
       <c r="O28" s="119"/>
       <c r="P28" s="119"/>
       <c r="Q28" s="119"/>
       <c r="R28" s="119"/>
       <c r="S28" s="119"/>
       <c r="T28" s="92"/>
     </row>
-    <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C29" s="118"/>
+    <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+      <c r="B29" s="130"/>
+      <c r="C29" s="131"/>
       <c r="E29" s="92"/>
       <c r="F29" s="119"/>
       <c r="G29" s="119"/>
       <c r="H29" s="119"/>
       <c r="I29" s="119"/>
       <c r="J29" s="119"/>
       <c r="K29" s="119"/>
       <c r="L29" s="119"/>
       <c r="M29" s="119"/>
       <c r="N29" s="119"/>
       <c r="O29" s="119"/>
       <c r="P29" s="119"/>
       <c r="Q29" s="119"/>
       <c r="R29" s="119"/>
       <c r="S29" s="119"/>
       <c r="T29" s="92"/>
     </row>
-    <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+    <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
       <c r="E30" s="94"/>
       <c r="F30" s="94"/>
       <c r="G30" s="94"/>
       <c r="H30" s="94"/>
       <c r="I30" s="94"/>
       <c r="J30" s="94"/>
       <c r="K30" s="94"/>
       <c r="L30" s="94"/>
       <c r="M30" s="94"/>
       <c r="N30" s="94"/>
       <c r="O30" s="94"/>
       <c r="P30" s="94"/>
       <c r="Q30" s="94"/>
       <c r="R30" s="94"/>
       <c r="S30" s="94"/>
       <c r="T30" s="94"/>
     </row>
-    <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C31" s="114"/>
+    <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B31" s="126"/>
+      <c r="C31" s="127"/>
       <c r="E31" s="89" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C32" s="116"/>
+    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="128"/>
+      <c r="C32" s="129"/>
       <c r="E32" s="89"/>
     </row>
-    <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C33" s="116"/>
+    <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B33" s="128"/>
+      <c r="C33" s="129"/>
       <c r="E33" s="91" t="s">
         <v>61</v>
       </c>
       <c r="F33" s="85" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="C34" s="116"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="128"/>
+      <c r="C34" s="129"/>
       <c r="E34" s="91"/>
     </row>
-    <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C35" s="116"/>
+    <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B35" s="128"/>
+      <c r="C35" s="129"/>
       <c r="E35" s="91" t="s">
         <v>62</v>
       </c>
       <c r="F35" s="85" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-      <c r="C36" s="116"/>
+        <v>183</v>
+      </c>
+    </row>
+    <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="128"/>
+      <c r="C36" s="129"/>
       <c r="E36" s="91"/>
     </row>
-    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C37" s="116"/>
+    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="128"/>
+      <c r="C37" s="129"/>
       <c r="E37" s="91" t="s">
         <v>63</v>
       </c>
       <c r="F37" s="119" t="s">
         <v>153</v>
       </c>
       <c r="G37" s="119"/>
       <c r="H37" s="119"/>
       <c r="I37" s="119"/>
       <c r="J37" s="119"/>
       <c r="K37" s="119"/>
       <c r="L37" s="119"/>
       <c r="M37" s="119"/>
       <c r="N37" s="119"/>
       <c r="O37" s="119"/>
       <c r="P37" s="119"/>
       <c r="Q37" s="119"/>
       <c r="R37" s="119"/>
       <c r="S37" s="119"/>
       <c r="T37" s="92"/>
     </row>
-    <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C38" s="118"/>
+    <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B38" s="130"/>
+      <c r="C38" s="131"/>
       <c r="E38" s="95"/>
       <c r="F38" s="119"/>
       <c r="G38" s="119"/>
       <c r="H38" s="119"/>
       <c r="I38" s="119"/>
       <c r="J38" s="119"/>
       <c r="K38" s="119"/>
       <c r="L38" s="119"/>
       <c r="M38" s="119"/>
       <c r="N38" s="119"/>
       <c r="O38" s="119"/>
       <c r="P38" s="119"/>
       <c r="Q38" s="119"/>
       <c r="R38" s="119"/>
       <c r="S38" s="119"/>
       <c r="T38" s="92"/>
     </row>
-    <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.4">
+    <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
       <c r="F39" s="119"/>
       <c r="G39" s="119"/>
       <c r="H39" s="119"/>
       <c r="I39" s="119"/>
       <c r="J39" s="119"/>
       <c r="K39" s="119"/>
       <c r="L39" s="119"/>
       <c r="M39" s="119"/>
       <c r="N39" s="119"/>
       <c r="O39" s="119"/>
       <c r="P39" s="119"/>
       <c r="Q39" s="119"/>
       <c r="R39" s="119"/>
       <c r="S39" s="119"/>
     </row>
-    <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C40" s="114"/>
+    <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B40" s="126"/>
+      <c r="C40" s="127"/>
       <c r="E40" s="89" t="s">
         <v>154</v>
       </c>
       <c r="F40" s="89"/>
     </row>
-    <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="G42" s="142"/>
+    <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B41" s="128"/>
+      <c r="C41" s="129"/>
+    </row>
+    <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B42" s="128"/>
+      <c r="C42" s="129"/>
+      <c r="E42" s="132"/>
+      <c r="F42" s="133"/>
+      <c r="G42" s="134"/>
       <c r="I42" s="85" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="C44" s="116"/>
+    <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B43" s="128"/>
+      <c r="C43" s="129"/>
+    </row>
+    <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B44" s="128"/>
+      <c r="C44" s="129"/>
       <c r="G44" s="96"/>
       <c r="I44" s="85" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="C46" s="116"/>
+    <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B45" s="128"/>
+      <c r="C45" s="129"/>
+    </row>
+    <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B46" s="128"/>
+      <c r="C46" s="129"/>
       <c r="G46" s="96"/>
       <c r="I46" s="85" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="C48" s="116"/>
+    <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B47" s="128"/>
+      <c r="C47" s="129"/>
+    </row>
+    <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.35">
+      <c r="B48" s="128"/>
+      <c r="C48" s="129"/>
       <c r="E48" s="96"/>
       <c r="F48" s="97" t="s">
         <v>158</v>
       </c>
       <c r="I48" s="119" t="s">
         <v>159</v>
       </c>
       <c r="J48" s="119"/>
       <c r="K48" s="119"/>
       <c r="L48" s="119"/>
       <c r="M48" s="119"/>
       <c r="N48" s="119"/>
       <c r="O48" s="119"/>
       <c r="P48" s="119"/>
       <c r="Q48" s="119"/>
       <c r="R48" s="119"/>
       <c r="S48" s="119"/>
     </row>
-    <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C49" s="116"/>
+    <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B49" s="128"/>
+      <c r="C49" s="129"/>
       <c r="F49" s="97"/>
       <c r="I49" s="119"/>
       <c r="J49" s="119"/>
       <c r="K49" s="119"/>
       <c r="L49" s="119"/>
       <c r="M49" s="119"/>
       <c r="N49" s="119"/>
       <c r="O49" s="119"/>
       <c r="P49" s="119"/>
       <c r="Q49" s="119"/>
       <c r="R49" s="119"/>
       <c r="S49" s="119"/>
     </row>
-    <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="G51" s="145"/>
+    <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B50" s="128"/>
+      <c r="C50" s="129"/>
+    </row>
+    <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B51" s="128"/>
+      <c r="C51" s="129"/>
+      <c r="E51" s="135"/>
+      <c r="F51" s="136"/>
+      <c r="G51" s="137"/>
       <c r="I51" s="119" t="s">
         <v>160</v>
       </c>
       <c r="J51" s="119"/>
       <c r="K51" s="119"/>
       <c r="L51" s="119"/>
       <c r="M51" s="119"/>
       <c r="N51" s="119"/>
       <c r="O51" s="119"/>
       <c r="P51" s="119"/>
       <c r="Q51" s="119"/>
       <c r="R51" s="119"/>
       <c r="S51" s="119"/>
     </row>
-    <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C52" s="116"/>
+    <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B52" s="128"/>
+      <c r="C52" s="129"/>
       <c r="E52" s="98"/>
       <c r="F52" s="98"/>
       <c r="G52" s="98"/>
       <c r="I52" s="119"/>
       <c r="J52" s="119"/>
       <c r="K52" s="119"/>
       <c r="L52" s="119"/>
       <c r="M52" s="119"/>
       <c r="N52" s="119"/>
       <c r="O52" s="119"/>
       <c r="P52" s="119"/>
       <c r="Q52" s="119"/>
       <c r="R52" s="119"/>
       <c r="S52" s="119"/>
     </row>
-    <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="G54" s="147"/>
+    <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B53" s="128"/>
+      <c r="C53" s="129"/>
+    </row>
+    <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="128"/>
+      <c r="C54" s="129"/>
+      <c r="F54" s="138"/>
+      <c r="G54" s="139"/>
       <c r="I54" s="119" t="s">
         <v>161</v>
       </c>
       <c r="J54" s="119"/>
       <c r="K54" s="119"/>
       <c r="L54" s="119"/>
       <c r="M54" s="119"/>
       <c r="N54" s="119"/>
       <c r="O54" s="119"/>
       <c r="P54" s="119"/>
       <c r="Q54" s="119"/>
       <c r="R54" s="119"/>
       <c r="S54" s="119"/>
     </row>
-    <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="G55" s="149"/>
+    <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B55" s="128"/>
+      <c r="C55" s="129"/>
+      <c r="F55" s="140"/>
+      <c r="G55" s="141"/>
       <c r="I55" s="119"/>
       <c r="J55" s="119"/>
       <c r="K55" s="119"/>
       <c r="L55" s="119"/>
       <c r="M55" s="119"/>
       <c r="N55" s="119"/>
       <c r="O55" s="119"/>
       <c r="P55" s="119"/>
       <c r="Q55" s="119"/>
       <c r="R55" s="119"/>
       <c r="S55" s="119"/>
     </row>
-    <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C56" s="116"/>
+    <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B56" s="128"/>
+      <c r="C56" s="129"/>
       <c r="F56" s="98"/>
       <c r="G56" s="98"/>
       <c r="I56" s="119"/>
       <c r="J56" s="119"/>
       <c r="K56" s="119"/>
       <c r="L56" s="119"/>
       <c r="M56" s="119"/>
       <c r="N56" s="119"/>
       <c r="O56" s="119"/>
       <c r="P56" s="119"/>
       <c r="Q56" s="119"/>
       <c r="R56" s="119"/>
       <c r="S56" s="119"/>
     </row>
-    <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="E58" s="150" t="s">
+    <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B57" s="128"/>
+      <c r="C57" s="129"/>
+    </row>
+    <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="128"/>
+      <c r="C58" s="129"/>
+      <c r="E58" s="142" t="s">
         <v>162</v>
       </c>
-      <c r="F58" s="151"/>
-      <c r="G58" s="152"/>
+      <c r="F58" s="143"/>
+      <c r="G58" s="144"/>
       <c r="I58" s="119" t="s">
         <v>163</v>
       </c>
       <c r="J58" s="119"/>
       <c r="K58" s="119"/>
       <c r="L58" s="119"/>
       <c r="M58" s="119"/>
       <c r="N58" s="119"/>
       <c r="O58" s="119"/>
       <c r="P58" s="119"/>
       <c r="Q58" s="119"/>
       <c r="R58" s="119"/>
       <c r="S58" s="119"/>
     </row>
-    <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-      <c r="G59" s="155"/>
+    <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B59" s="128"/>
+      <c r="C59" s="129"/>
+      <c r="E59" s="145"/>
+      <c r="F59" s="146"/>
+      <c r="G59" s="147"/>
       <c r="I59" s="119"/>
       <c r="J59" s="119"/>
       <c r="K59" s="119"/>
       <c r="L59" s="119"/>
       <c r="M59" s="119"/>
       <c r="N59" s="119"/>
       <c r="O59" s="119"/>
       <c r="P59" s="119"/>
       <c r="Q59" s="119"/>
       <c r="R59" s="119"/>
       <c r="S59" s="119"/>
     </row>
-    <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C60" s="116"/>
+    <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B60" s="128"/>
+      <c r="C60" s="129"/>
       <c r="E60" s="89"/>
       <c r="F60" s="89"/>
       <c r="G60" s="89"/>
     </row>
-    <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-[...2 lines deleted...]
-      <c r="E61" s="128" t="s">
+    <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="128"/>
+      <c r="C61" s="129"/>
+      <c r="E61" s="113" t="s">
         <v>158</v>
       </c>
-      <c r="F61" s="129"/>
-      <c r="G61" s="130"/>
+      <c r="F61" s="114"/>
+      <c r="G61" s="115"/>
       <c r="I61" s="119" t="s">
         <v>164</v>
       </c>
       <c r="J61" s="119"/>
       <c r="K61" s="119"/>
       <c r="L61" s="119"/>
       <c r="M61" s="119"/>
       <c r="N61" s="119"/>
       <c r="O61" s="119"/>
       <c r="P61" s="119"/>
       <c r="Q61" s="119"/>
       <c r="R61" s="119"/>
       <c r="S61" s="119"/>
     </row>
-    <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-      <c r="G62" s="133"/>
+    <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B62" s="128"/>
+      <c r="C62" s="129"/>
+      <c r="E62" s="116"/>
+      <c r="F62" s="117"/>
+      <c r="G62" s="118"/>
       <c r="I62" s="119"/>
       <c r="J62" s="119"/>
       <c r="K62" s="119"/>
       <c r="L62" s="119"/>
       <c r="M62" s="119"/>
       <c r="N62" s="119"/>
       <c r="O62" s="119"/>
       <c r="P62" s="119"/>
       <c r="Q62" s="119"/>
       <c r="R62" s="119"/>
       <c r="S62" s="119"/>
     </row>
-    <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C63" s="116"/>
+    <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B63" s="128"/>
+      <c r="C63" s="129"/>
       <c r="E63" s="89"/>
       <c r="F63" s="89"/>
       <c r="G63" s="89"/>
     </row>
-    <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.4">
-[...2 lines deleted...]
-      <c r="E64" s="134" t="s">
+    <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
+      <c r="B64" s="128"/>
+      <c r="C64" s="129"/>
+      <c r="E64" s="120" t="s">
         <v>158</v>
       </c>
-      <c r="F64" s="135"/>
-      <c r="G64" s="136"/>
+      <c r="F64" s="121"/>
+      <c r="G64" s="122"/>
       <c r="I64" s="99" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-      <c r="G65" s="139"/>
+    <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
+      <c r="B65" s="130"/>
+      <c r="C65" s="131"/>
+      <c r="E65" s="123"/>
+      <c r="F65" s="124"/>
+      <c r="G65" s="125"/>
       <c r="I65" s="99"/>
     </row>
-    <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.4"/>
-[...5 lines deleted...]
-    <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.4"/>
+    <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
+    <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
+    <mergeCell ref="B19:C29"/>
+    <mergeCell ref="F22:S29"/>
+    <mergeCell ref="E2:S4"/>
+    <mergeCell ref="P5:S5"/>
+    <mergeCell ref="B7:C17"/>
+    <mergeCell ref="F10:S13"/>
+    <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="I51:S52"/>
     <mergeCell ref="F54:G55"/>
     <mergeCell ref="I54:S56"/>
     <mergeCell ref="E58:G59"/>
-    <mergeCell ref="B19:C29"/>
-[...5 lines deleted...]
-    <mergeCell ref="F15:S17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{1B3E03BB-10E5-42B5-BE32-96AF50BE11DD}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{062AF030-EE1A-4B90-8C7A-173C7AC22E85}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{9BB0A8A4-1E56-4037-86DC-321BB8420FDF}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10241" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>274320</xdr:colOff>
+                    <xdr:colOff>276225</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>236220</xdr:rowOff>
+                    <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10242" r:id="rId8" name="Option Button 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>45</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>312420</xdr:colOff>
+                    <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>45</xdr:row>
-                    <xdr:rowOff>236220</xdr:rowOff>
+                    <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10243" r:id="rId9" name="Option Button 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>68580</xdr:colOff>
+                    <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>312420</xdr:colOff>
+                    <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>236220</xdr:rowOff>
+                    <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil1"/>
   <dimension ref="B1:CE235"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="G7" sqref="G7:Q7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.2" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.44140625" style="3" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="11.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="2" max="3" width="3" style="3" customWidth="1"/>
-    <col min="4" max="7" width="4.44140625" style="3" customWidth="1"/>
-    <col min="8" max="8" width="5.5546875" style="3" customWidth="1"/>
+    <col min="4" max="7" width="4.42578125" style="3" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="3" customWidth="1"/>
     <col min="9" max="9" width="4" style="3" customWidth="1"/>
     <col min="10" max="11" width="3" style="3" customWidth="1"/>
-    <col min="12" max="12" width="5.109375" style="3" customWidth="1"/>
+    <col min="12" max="12" width="5.140625" style="3" customWidth="1"/>
     <col min="13" max="20" width="3" style="3" customWidth="1"/>
-    <col min="21" max="21" width="4.44140625" style="3" customWidth="1"/>
+    <col min="21" max="21" width="4.42578125" style="3" customWidth="1"/>
     <col min="22" max="24" width="3" style="3" customWidth="1"/>
-    <col min="25" max="25" width="3.88671875" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="30" max="32" width="4.44140625" style="3" customWidth="1"/>
+    <col min="25" max="25" width="3.85546875" style="3" customWidth="1"/>
+    <col min="26" max="26" width="4.7109375" style="3" customWidth="1"/>
+    <col min="27" max="29" width="4.28515625" style="3" customWidth="1"/>
+    <col min="30" max="32" width="4.42578125" style="3" customWidth="1"/>
     <col min="33" max="39" width="3" style="3" customWidth="1"/>
-    <col min="40" max="40" width="11.109375" style="41" hidden="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="82" max="16384" width="11.44140625" style="3" hidden="1"/>
+    <col min="40" max="40" width="11.140625" style="41" hidden="1" customWidth="1"/>
+    <col min="41" max="42" width="11.42578125" style="41" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="11.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="44" max="44" width="5.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="45" max="81" width="11.42578125" style="2" hidden="1" customWidth="1"/>
+    <col min="82" max="16384" width="11.42578125" style="3" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:44" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:44" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
     </row>
-    <row r="2" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="1"/>
-      <c r="C2" s="258"/>
-[...4 lines deleted...]
-      <c r="H2" s="265" t="s">
+      <c r="C2" s="157"/>
+      <c r="D2" s="158"/>
+      <c r="E2" s="158"/>
+      <c r="F2" s="158"/>
+      <c r="G2" s="159"/>
+      <c r="H2" s="166" t="s">
         <v>106</v>
       </c>
-      <c r="I2" s="266"/>
-[...7 lines deleted...]
-      <c r="Q2" s="274" t="s">
+      <c r="I2" s="167"/>
+      <c r="J2" s="167"/>
+      <c r="K2" s="167"/>
+      <c r="L2" s="167"/>
+      <c r="M2" s="167"/>
+      <c r="N2" s="167"/>
+      <c r="O2" s="167"/>
+      <c r="P2" s="168"/>
+      <c r="Q2" s="175" t="s">
         <v>1</v>
       </c>
-      <c r="R2" s="275"/>
-[...7 lines deleted...]
-      <c r="Z2" s="289" t="s">
+      <c r="R2" s="176"/>
+      <c r="S2" s="176"/>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="176"/>
+      <c r="W2" s="176"/>
+      <c r="X2" s="176"/>
+      <c r="Y2" s="177"/>
+      <c r="Z2" s="192" t="s">
         <v>109</v>
       </c>
-      <c r="AA2" s="290"/>
-[...10 lines deleted...]
-      <c r="AL2" s="291"/>
+      <c r="AA2" s="193"/>
+      <c r="AB2" s="193"/>
+      <c r="AC2" s="193"/>
+      <c r="AD2" s="193"/>
+      <c r="AE2" s="193"/>
+      <c r="AF2" s="193"/>
+      <c r="AG2" s="193"/>
+      <c r="AH2" s="193"/>
+      <c r="AI2" s="193"/>
+      <c r="AJ2" s="193"/>
+      <c r="AK2" s="193"/>
+      <c r="AL2" s="194"/>
       <c r="AM2" s="7"/>
     </row>
-    <row r="3" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="1"/>
-      <c r="C3" s="215"/>
-[...34 lines deleted...]
-      <c r="AL3" s="294"/>
+      <c r="C3" s="160"/>
+      <c r="D3" s="161"/>
+      <c r="E3" s="161"/>
+      <c r="F3" s="161"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="169"/>
+      <c r="I3" s="170"/>
+      <c r="J3" s="170"/>
+      <c r="K3" s="170"/>
+      <c r="L3" s="170"/>
+      <c r="M3" s="170"/>
+      <c r="N3" s="170"/>
+      <c r="O3" s="170"/>
+      <c r="P3" s="171"/>
+      <c r="Q3" s="178"/>
+      <c r="R3" s="179"/>
+      <c r="S3" s="179"/>
+      <c r="T3" s="179"/>
+      <c r="U3" s="179"/>
+      <c r="V3" s="179"/>
+      <c r="W3" s="179"/>
+      <c r="X3" s="179"/>
+      <c r="Y3" s="180"/>
+      <c r="Z3" s="195"/>
+      <c r="AA3" s="196"/>
+      <c r="AB3" s="196"/>
+      <c r="AC3" s="196"/>
+      <c r="AD3" s="196"/>
+      <c r="AE3" s="196"/>
+      <c r="AF3" s="196"/>
+      <c r="AG3" s="196"/>
+      <c r="AH3" s="196"/>
+      <c r="AI3" s="196"/>
+      <c r="AJ3" s="196"/>
+      <c r="AK3" s="196"/>
+      <c r="AL3" s="197"/>
       <c r="AM3" s="7"/>
     </row>
-    <row r="4" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="1"/>
-      <c r="C4" s="215"/>
-[...34 lines deleted...]
-      <c r="AL4" s="294"/>
+      <c r="C4" s="160"/>
+      <c r="D4" s="161"/>
+      <c r="E4" s="161"/>
+      <c r="F4" s="161"/>
+      <c r="G4" s="162"/>
+      <c r="H4" s="169"/>
+      <c r="I4" s="170"/>
+      <c r="J4" s="170"/>
+      <c r="K4" s="170"/>
+      <c r="L4" s="170"/>
+      <c r="M4" s="170"/>
+      <c r="N4" s="170"/>
+      <c r="O4" s="170"/>
+      <c r="P4" s="171"/>
+      <c r="Q4" s="178"/>
+      <c r="R4" s="179"/>
+      <c r="S4" s="179"/>
+      <c r="T4" s="179"/>
+      <c r="U4" s="179"/>
+      <c r="V4" s="179"/>
+      <c r="W4" s="179"/>
+      <c r="X4" s="179"/>
+      <c r="Y4" s="180"/>
+      <c r="Z4" s="195"/>
+      <c r="AA4" s="196"/>
+      <c r="AB4" s="196"/>
+      <c r="AC4" s="196"/>
+      <c r="AD4" s="196"/>
+      <c r="AE4" s="196"/>
+      <c r="AF4" s="196"/>
+      <c r="AG4" s="196"/>
+      <c r="AH4" s="196"/>
+      <c r="AI4" s="196"/>
+      <c r="AJ4" s="196"/>
+      <c r="AK4" s="196"/>
+      <c r="AL4" s="197"/>
       <c r="AM4" s="7"/>
     </row>
-    <row r="5" spans="2:44" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:44" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="1"/>
-      <c r="C5" s="262"/>
-[...34 lines deleted...]
-      <c r="AL5" s="297"/>
+      <c r="C5" s="163"/>
+      <c r="D5" s="164"/>
+      <c r="E5" s="164"/>
+      <c r="F5" s="164"/>
+      <c r="G5" s="165"/>
+      <c r="H5" s="172"/>
+      <c r="I5" s="173"/>
+      <c r="J5" s="173"/>
+      <c r="K5" s="173"/>
+      <c r="L5" s="173"/>
+      <c r="M5" s="173"/>
+      <c r="N5" s="173"/>
+      <c r="O5" s="173"/>
+      <c r="P5" s="174"/>
+      <c r="Q5" s="181"/>
+      <c r="R5" s="182"/>
+      <c r="S5" s="182"/>
+      <c r="T5" s="182"/>
+      <c r="U5" s="182"/>
+      <c r="V5" s="182"/>
+      <c r="W5" s="182"/>
+      <c r="X5" s="182"/>
+      <c r="Y5" s="183"/>
+      <c r="Z5" s="198"/>
+      <c r="AA5" s="199"/>
+      <c r="AB5" s="199"/>
+      <c r="AC5" s="199"/>
+      <c r="AD5" s="199"/>
+      <c r="AE5" s="199"/>
+      <c r="AF5" s="199"/>
+      <c r="AG5" s="199"/>
+      <c r="AH5" s="199"/>
+      <c r="AI5" s="199"/>
+      <c r="AJ5" s="199"/>
+      <c r="AK5" s="199"/>
+      <c r="AL5" s="200"/>
       <c r="AM5" s="7"/>
     </row>
-    <row r="6" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="1"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
       <c r="J6" s="5"/>
       <c r="K6" s="5"/>
       <c r="L6" s="5"/>
       <c r="M6" s="5"/>
       <c r="N6" s="5"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="6"/>
       <c r="V6" s="6"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="7"/>
       <c r="AA6" s="7"/>
       <c r="AB6" s="7"/>
       <c r="AC6" s="7"/>
       <c r="AD6" s="7"/>
       <c r="AE6" s="7"/>
       <c r="AF6" s="7"/>
       <c r="AG6" s="7"/>
       <c r="AH6" s="7"/>
       <c r="AI6" s="7"/>
       <c r="AJ6" s="7"/>
       <c r="AK6" s="7"/>
       <c r="AL6" s="7"/>
       <c r="AM6" s="7"/>
     </row>
-    <row r="7" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="1"/>
-      <c r="C7" s="170" t="s">
+      <c r="C7" s="184" t="s">
         <v>107</v>
       </c>
-      <c r="D7" s="170"/>
-[...13 lines deleted...]
-      <c r="R7" s="299" t="s">
+      <c r="D7" s="184"/>
+      <c r="E7" s="184"/>
+      <c r="F7" s="201"/>
+      <c r="G7" s="185"/>
+      <c r="H7" s="186"/>
+      <c r="I7" s="186"/>
+      <c r="J7" s="186"/>
+      <c r="K7" s="186"/>
+      <c r="L7" s="186"/>
+      <c r="M7" s="186"/>
+      <c r="N7" s="186"/>
+      <c r="O7" s="186"/>
+      <c r="P7" s="186"/>
+      <c r="Q7" s="187"/>
+      <c r="R7" s="202" t="s">
         <v>110</v>
       </c>
-      <c r="S7" s="240"/>
-[...7 lines deleted...]
-      <c r="AA7" s="244"/>
+      <c r="S7" s="203"/>
+      <c r="T7" s="203"/>
+      <c r="U7" s="204"/>
+      <c r="V7" s="205"/>
+      <c r="W7" s="206"/>
+      <c r="X7" s="206"/>
+      <c r="Y7" s="206"/>
+      <c r="Z7" s="206"/>
+      <c r="AA7" s="207"/>
       <c r="AB7" s="1"/>
-      <c r="AC7" s="240" t="s">
+      <c r="AC7" s="203" t="s">
         <v>4</v>
       </c>
-      <c r="AD7" s="240"/>
-[...7 lines deleted...]
-      <c r="AL7" s="244"/>
+      <c r="AD7" s="203"/>
+      <c r="AE7" s="203"/>
+      <c r="AF7" s="204"/>
+      <c r="AG7" s="205"/>
+      <c r="AH7" s="206"/>
+      <c r="AI7" s="206"/>
+      <c r="AJ7" s="206"/>
+      <c r="AK7" s="206"/>
+      <c r="AL7" s="207"/>
       <c r="AM7" s="1"/>
     </row>
-    <row r="8" spans="2:44" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:44" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
       <c r="AM8" s="1"/>
     </row>
-    <row r="9" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="1"/>
-      <c r="C9" s="170" t="s">
+      <c r="C9" s="184" t="s">
         <v>108</v>
       </c>
-      <c r="D9" s="170"/>
-      <c r="E9" s="170"/>
+      <c r="D9" s="184"/>
+      <c r="E9" s="184"/>
       <c r="F9" s="1"/>
-      <c r="G9" s="283"/>
-[...30 lines deleted...]
-      <c r="AL9" s="284"/>
+      <c r="G9" s="185"/>
+      <c r="H9" s="186"/>
+      <c r="I9" s="186"/>
+      <c r="J9" s="186"/>
+      <c r="K9" s="186"/>
+      <c r="L9" s="186"/>
+      <c r="M9" s="186"/>
+      <c r="N9" s="186"/>
+      <c r="O9" s="186"/>
+      <c r="P9" s="186"/>
+      <c r="Q9" s="186"/>
+      <c r="R9" s="186"/>
+      <c r="S9" s="186"/>
+      <c r="T9" s="186"/>
+      <c r="U9" s="186"/>
+      <c r="V9" s="186"/>
+      <c r="W9" s="186"/>
+      <c r="X9" s="186"/>
+      <c r="Y9" s="186"/>
+      <c r="Z9" s="186"/>
+      <c r="AA9" s="186"/>
+      <c r="AB9" s="186"/>
+      <c r="AC9" s="186"/>
+      <c r="AD9" s="186"/>
+      <c r="AE9" s="186"/>
+      <c r="AF9" s="186"/>
+      <c r="AG9" s="186"/>
+      <c r="AH9" s="186"/>
+      <c r="AI9" s="186"/>
+      <c r="AJ9" s="186"/>
+      <c r="AK9" s="186"/>
+      <c r="AL9" s="187"/>
       <c r="AM9" s="1"/>
       <c r="AN9" s="41">
         <f>IF(AN16=1,1,IF(AN15=0,0,IF(AND(AN14=1,AN18=1),0,1)))</f>
         <v>0</v>
       </c>
       <c r="AP9" s="41" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="10" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="1"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="72"/>
       <c r="H10" s="72"/>
       <c r="I10" s="72"/>
       <c r="J10" s="72"/>
       <c r="K10" s="72"/>
       <c r="L10" s="72"/>
       <c r="M10" s="72"/>
       <c r="N10" s="72"/>
       <c r="O10" s="72"/>
       <c r="P10" s="72"/>
       <c r="Q10" s="72"/>
       <c r="R10" s="72"/>
       <c r="S10" s="72"/>
       <c r="T10" s="72"/>
       <c r="U10" s="72"/>
       <c r="V10" s="72"/>
       <c r="W10" s="72"/>
       <c r="X10" s="72"/>
       <c r="Y10" s="72"/>
       <c r="Z10" s="72"/>
       <c r="AA10" s="72"/>
       <c r="AB10" s="72"/>
       <c r="AC10" s="72"/>
       <c r="AD10" s="72"/>
       <c r="AE10" s="72"/>
       <c r="AF10" s="72"/>
       <c r="AG10" s="72"/>
       <c r="AH10" s="72"/>
       <c r="AI10" s="72"/>
       <c r="AJ10" s="72"/>
       <c r="AK10" s="72"/>
       <c r="AL10" s="72"/>
       <c r="AM10" s="1"/>
     </row>
-    <row r="11" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="42"/>
       <c r="AD11" s="42"/>
       <c r="AE11" s="42"/>
       <c r="AF11" s="42"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
       <c r="AJ11" s="1"/>
       <c r="AK11" s="1"/>
       <c r="AL11" s="1"/>
       <c r="AM11" s="1"/>
     </row>
-    <row r="12" spans="2:44" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:44" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="1"/>
       <c r="C12" s="68" t="s">
         <v>111</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="70"/>
       <c r="M12" s="70"/>
       <c r="N12" s="69"/>
       <c r="O12" s="69"/>
       <c r="P12" s="69"/>
       <c r="Q12" s="69"/>
       <c r="R12" s="69"/>
       <c r="S12" s="69"/>
       <c r="T12" s="34"/>
       <c r="U12" s="34"/>
       <c r="V12" s="1"/>
       <c r="W12" s="100"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
       <c r="AB12" s="1"/>
       <c r="AC12" s="1"/>
       <c r="AD12" s="1"/>
       <c r="AE12" s="71"/>
       <c r="AF12" s="71"/>
       <c r="AG12" s="71"/>
       <c r="AH12" s="71"/>
       <c r="AI12" s="71"/>
       <c r="AJ12" s="1"/>
       <c r="AK12" s="1"/>
       <c r="AL12" s="101" t="str">
         <f>IF(AN12=1,"Begründung im Anhang anzugeben","")</f>
         <v/>
       </c>
       <c r="AM12" s="1"/>
       <c r="AN12" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:44" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="1"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8"/>
       <c r="P13" s="8"/>
       <c r="Q13" s="8"/>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="8"/>
       <c r="U13" s="8"/>
       <c r="V13" s="8"/>
       <c r="W13" s="8"/>
       <c r="X13" s="8"/>
       <c r="Y13" s="8"/>
       <c r="Z13" s="8"/>
       <c r="AA13" s="8"/>
       <c r="AB13" s="8"/>
       <c r="AC13" s="8"/>
       <c r="AD13" s="8"/>
       <c r="AE13" s="8"/>
       <c r="AF13" s="8"/>
       <c r="AG13" s="8"/>
       <c r="AH13" s="8"/>
       <c r="AI13" s="8"/>
       <c r="AJ13" s="8"/>
       <c r="AK13" s="8"/>
       <c r="AL13" s="8"/>
       <c r="AM13" s="1"/>
     </row>
-    <row r="14" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:44" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="1"/>
       <c r="C14" s="52" t="s">
         <v>118</v>
       </c>
       <c r="D14" s="52"/>
       <c r="E14" s="52"/>
       <c r="F14" s="52"/>
       <c r="G14" s="52"/>
       <c r="H14" s="52"/>
       <c r="I14" s="52"/>
       <c r="J14" s="52"/>
       <c r="K14" s="52"/>
       <c r="L14" s="52"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1"/>
       <c r="AN14" s="41">
         <f>IF(I17&lt;1000,1,0)</f>
         <v>1</v>
       </c>
       <c r="AO14" s="41" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="15" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1"/>
       <c r="AN15" s="41">
         <f>IF(I17&gt;=50,1,0)</f>
         <v>0</v>
       </c>
       <c r="AO15" s="41" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="16" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:44" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
@@ -22218,272 +22218,272 @@
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AM16" s="1"/>
       <c r="AN16" s="41">
         <f>IF(AND(I17&lt;&gt;0,S17=0),1,0)</f>
         <v>0</v>
       </c>
       <c r="AO16" s="41" t="s">
         <v>41</v>
       </c>
       <c r="AQ16" s="79">
         <f>IF(AND(S17&lt;&gt;0,I17=0),1,0)</f>
         <v>0</v>
       </c>
       <c r="AR16" s="79" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="17" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
-      <c r="I17" s="304"/>
-[...1 lines deleted...]
-      <c r="K17" s="304"/>
+      <c r="I17" s="300"/>
+      <c r="J17" s="300"/>
+      <c r="K17" s="300"/>
       <c r="L17" s="65" t="s">
         <v>59</v>
       </c>
       <c r="M17" s="10"/>
       <c r="N17" s="1" t="s">
         <v>113</v>
       </c>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
-      <c r="S17" s="304"/>
-[...2 lines deleted...]
-      <c r="V17" s="286" t="s">
+      <c r="S17" s="300"/>
+      <c r="T17" s="300"/>
+      <c r="U17" s="300"/>
+      <c r="V17" s="189" t="s">
         <v>59</v>
       </c>
-      <c r="W17" s="286"/>
+      <c r="W17" s="189"/>
       <c r="X17" s="1" t="s">
         <v>114</v>
       </c>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="287" t="str">
+      <c r="Z17" s="190" t="str">
         <f>IF(S17=0,"-", IF(AN17&gt;20,"&gt;20","&lt;20"))</f>
         <v>-</v>
       </c>
-      <c r="AA17" s="287"/>
+      <c r="AA17" s="190"/>
       <c r="AB17" s="10" t="s">
         <v>10</v>
       </c>
       <c r="AC17" s="1"/>
-      <c r="AD17" s="288" t="str">
+      <c r="AD17" s="191" t="str">
         <f>IF(AND(I17=0,S17=0),"",IF(AN9=0,"Befreites Projekt",IF(AND(AN9=1,S17&lt;&gt;0,AN20=1),"Befreites Projekt",IF(AND(AN9=1,I17&lt;&gt;0,AN21&lt;&gt;3,AN21&lt;&gt;0),"Befreites Projekt","Nachweispflichtiges Projekt"))))</f>
         <v/>
       </c>
-      <c r="AE17" s="288"/>
-[...6 lines deleted...]
-      <c r="AL17" s="288"/>
+      <c r="AE17" s="191"/>
+      <c r="AF17" s="191"/>
+      <c r="AG17" s="191"/>
+      <c r="AH17" s="191"/>
+      <c r="AI17" s="191"/>
+      <c r="AJ17" s="191"/>
+      <c r="AK17" s="191"/>
+      <c r="AL17" s="191"/>
       <c r="AM17" s="1"/>
       <c r="AN17" s="59">
         <f>IF(S17=0,100, I17/S17*100)</f>
         <v>100</v>
       </c>
       <c r="AO17" s="41" t="s">
         <v>42</v>
       </c>
       <c r="AR17" s="41"/>
       <c r="AS17" s="41"/>
     </row>
-    <row r="18" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
-      <c r="AD18" s="288"/>
-[...7 lines deleted...]
-      <c r="AL18" s="288"/>
+      <c r="AD18" s="191"/>
+      <c r="AE18" s="191"/>
+      <c r="AF18" s="191"/>
+      <c r="AG18" s="191"/>
+      <c r="AH18" s="191"/>
+      <c r="AI18" s="191"/>
+      <c r="AJ18" s="191"/>
+      <c r="AK18" s="191"/>
+      <c r="AL18" s="191"/>
       <c r="AM18" s="1"/>
       <c r="AN18" s="41">
         <f>IF(AN17&gt;=20,0,1)</f>
         <v>0</v>
       </c>
       <c r="AO18" s="41" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="19" spans="2:81" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:81" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="1"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="42" t="s">
         <v>115</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="34"/>
       <c r="J19" s="34" t="s">
         <v>60</v>
       </c>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="34"/>
       <c r="N19" s="75" t="s">
         <v>117</v>
       </c>
       <c r="O19" s="34"/>
       <c r="P19" s="34"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
       <c r="Z19" s="1"/>
       <c r="AA19" s="1"/>
       <c r="AB19" s="1"/>
       <c r="AC19" s="1"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AM19" s="1"/>
     </row>
-    <row r="20" spans="2:81" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:81" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="50" t="str">
         <f>IF(S17=0,"",IF(AN20=1,"Minergie Zertifikat wird verlangt",""))</f>
         <v/>
       </c>
       <c r="J20" s="50"/>
       <c r="K20" s="11"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="1"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
       <c r="AG20" s="1"/>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="60">
         <v>2</v>
       </c>
       <c r="AO20" s="60" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="21" spans="2:81" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:81" s="61" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="13"/>
       <c r="C21" s="12"/>
       <c r="D21" s="12"/>
       <c r="E21" s="13"/>
       <c r="F21" s="13"/>
       <c r="G21" s="45" t="s">
         <v>167</v>
       </c>
       <c r="H21" s="13"/>
       <c r="I21" s="34"/>
       <c r="J21" s="34" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="K21" s="76"/>
       <c r="L21" s="34"/>
       <c r="M21" s="34"/>
       <c r="N21" s="34"/>
       <c r="O21" s="34"/>
       <c r="P21" s="34"/>
       <c r="Q21" s="34"/>
       <c r="R21" s="34"/>
       <c r="S21" s="34"/>
       <c r="T21" s="34"/>
       <c r="U21" s="34"/>
       <c r="V21" s="34"/>
       <c r="W21" s="34"/>
       <c r="X21" s="34"/>
       <c r="Y21" s="34"/>
       <c r="Z21" s="34" t="s">
         <v>116</v>
       </c>
       <c r="AA21" s="34"/>
       <c r="AB21" s="34"/>
       <c r="AC21" s="34"/>
       <c r="AD21" s="76"/>
       <c r="AE21" s="34"/>
       <c r="AF21" s="75" t="s">
@@ -22519,51 +22519,51 @@
       <c r="BF21" s="62"/>
       <c r="BG21" s="62"/>
       <c r="BH21" s="62"/>
       <c r="BI21" s="62"/>
       <c r="BJ21" s="62"/>
       <c r="BK21" s="62"/>
       <c r="BL21" s="62"/>
       <c r="BM21" s="62"/>
       <c r="BN21" s="62"/>
       <c r="BO21" s="62"/>
       <c r="BP21" s="62"/>
       <c r="BQ21" s="62"/>
       <c r="BR21" s="62"/>
       <c r="BS21" s="62"/>
       <c r="BT21" s="62"/>
       <c r="BU21" s="62"/>
       <c r="BV21" s="62"/>
       <c r="BW21" s="62"/>
       <c r="BX21" s="62"/>
       <c r="BY21" s="62"/>
       <c r="BZ21" s="62"/>
       <c r="CA21" s="62"/>
       <c r="CB21" s="62"/>
       <c r="CC21" s="62"/>
     </row>
-    <row r="22" spans="2:81" s="40" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:81" s="40" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="54" t="b">
         <v>0</v>
       </c>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
       <c r="I22" s="51" t="str">
         <f>IF(AN21=1,"Provisorisches Minergie P, A oder Areal Zertifikat wird verlangt","")</f>
         <v/>
       </c>
       <c r="K22" s="39"/>
       <c r="L22" s="39"/>
       <c r="M22" s="39"/>
       <c r="N22" s="39"/>
       <c r="O22" s="39"/>
       <c r="P22" s="39"/>
       <c r="Q22" s="39"/>
       <c r="R22" s="39"/>
       <c r="S22" s="39"/>
       <c r="T22" s="39"/>
       <c r="U22" s="39"/>
       <c r="V22" s="39"/>
       <c r="W22" s="39"/>
@@ -22603,3644 +22603,3644 @@
       <c r="BF22" s="63"/>
       <c r="BG22" s="63"/>
       <c r="BH22" s="63"/>
       <c r="BI22" s="63"/>
       <c r="BJ22" s="63"/>
       <c r="BK22" s="63"/>
       <c r="BL22" s="63"/>
       <c r="BM22" s="63"/>
       <c r="BN22" s="63"/>
       <c r="BO22" s="63"/>
       <c r="BP22" s="63"/>
       <c r="BQ22" s="63"/>
       <c r="BR22" s="63"/>
       <c r="BS22" s="63"/>
       <c r="BT22" s="63"/>
       <c r="BU22" s="63"/>
       <c r="BV22" s="63"/>
       <c r="BW22" s="63"/>
       <c r="BX22" s="63"/>
       <c r="BY22" s="63"/>
       <c r="BZ22" s="63"/>
       <c r="CA22" s="63"/>
       <c r="CB22" s="63"/>
       <c r="CC22" s="63"/>
     </row>
-    <row r="23" spans="2:81" ht="5.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="2:81" ht="5.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="55"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
       <c r="U23" s="14"/>
       <c r="V23" s="8"/>
       <c r="W23" s="8"/>
       <c r="X23" s="8"/>
       <c r="Y23" s="8"/>
       <c r="Z23" s="8"/>
       <c r="AA23" s="8"/>
       <c r="AB23" s="8"/>
       <c r="AC23" s="8"/>
       <c r="AD23" s="8"/>
       <c r="AE23" s="8"/>
       <c r="AF23" s="8"/>
       <c r="AG23" s="8"/>
       <c r="AH23" s="8"/>
       <c r="AI23" s="8"/>
       <c r="AJ23" s="8"/>
       <c r="AK23" s="8"/>
       <c r="AL23" s="8"/>
       <c r="AM23" s="1"/>
     </row>
-    <row r="24" spans="2:81" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:81" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="1"/>
       <c r="C24" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1"/>
       <c r="AB24" s="1"/>
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
       <c r="AM24" s="1"/>
     </row>
-    <row r="25" spans="2:81" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:81" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="1"/>
       <c r="C25" s="30" t="s">
         <v>166</v>
       </c>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
       <c r="AM25" s="1"/>
     </row>
-    <row r="26" spans="2:81" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="55"/>
       <c r="C26" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="33"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
       <c r="AG26" s="1"/>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
     </row>
-    <row r="27" spans="2:81" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:81" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C27" s="34"/>
       <c r="D27" s="34"/>
       <c r="E27" s="34"/>
       <c r="F27" s="34"/>
       <c r="G27" s="34"/>
       <c r="H27" s="34"/>
       <c r="I27" s="34"/>
       <c r="J27" s="34"/>
       <c r="K27" s="34"/>
       <c r="L27" s="34"/>
       <c r="M27" s="34"/>
       <c r="N27" s="34"/>
       <c r="O27" s="34"/>
       <c r="P27" s="34"/>
       <c r="Q27" s="34"/>
       <c r="R27" s="34"/>
       <c r="S27" s="34"/>
       <c r="T27" s="34"/>
       <c r="U27" s="77" t="s">
         <v>122</v>
       </c>
       <c r="V27" s="34"/>
       <c r="W27" s="34"/>
       <c r="X27" s="78"/>
       <c r="Y27" s="53"/>
-      <c r="Z27" s="305" t="str">
+      <c r="Z27" s="301" t="str">
         <f>IF(AN27=3,"Nachweis EN-VS-101a nicht anwendbar, 
 Nachweis EN-VS-101b anzugeben","")</f>
         <v/>
       </c>
-      <c r="AA27" s="305"/>
-[...10 lines deleted...]
-      <c r="AL27" s="305"/>
+      <c r="AA27" s="301"/>
+      <c r="AB27" s="301"/>
+      <c r="AC27" s="301"/>
+      <c r="AD27" s="301"/>
+      <c r="AE27" s="301"/>
+      <c r="AF27" s="301"/>
+      <c r="AG27" s="301"/>
+      <c r="AH27" s="301"/>
+      <c r="AI27" s="301"/>
+      <c r="AJ27" s="301"/>
+      <c r="AK27" s="301"/>
+      <c r="AL27" s="301"/>
       <c r="AM27" s="1"/>
       <c r="AN27" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="30"/>
       <c r="C28" s="30"/>
       <c r="D28" s="30"/>
       <c r="E28" s="30"/>
       <c r="F28" s="30"/>
       <c r="G28" s="30"/>
       <c r="H28" s="30"/>
       <c r="I28" s="30"/>
       <c r="J28" s="30"/>
       <c r="K28" s="30"/>
       <c r="L28" s="30"/>
       <c r="M28" s="30"/>
       <c r="N28" s="30"/>
       <c r="O28" s="30"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="30"/>
       <c r="S28" s="30"/>
       <c r="T28" s="30"/>
       <c r="U28" s="30"/>
       <c r="V28" s="30"/>
       <c r="W28" s="30"/>
       <c r="X28" s="30"/>
       <c r="Y28" s="30"/>
-      <c r="Z28" s="305"/>
-[...11 lines deleted...]
-      <c r="AL28" s="305"/>
+      <c r="Z28" s="301"/>
+      <c r="AA28" s="301"/>
+      <c r="AB28" s="301"/>
+      <c r="AC28" s="301"/>
+      <c r="AD28" s="301"/>
+      <c r="AE28" s="301"/>
+      <c r="AF28" s="301"/>
+      <c r="AG28" s="301"/>
+      <c r="AH28" s="301"/>
+      <c r="AI28" s="301"/>
+      <c r="AJ28" s="301"/>
+      <c r="AK28" s="301"/>
+      <c r="AL28" s="301"/>
       <c r="AM28" s="30"/>
     </row>
-    <row r="29" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="30"/>
-      <c r="C29" s="247" t="s">
+      <c r="C29" s="210" t="s">
         <v>168</v>
       </c>
-      <c r="D29" s="247"/>
-[...33 lines deleted...]
-      <c r="AL29" s="247"/>
+      <c r="D29" s="210"/>
+      <c r="E29" s="210"/>
+      <c r="F29" s="210"/>
+      <c r="G29" s="210"/>
+      <c r="H29" s="210"/>
+      <c r="I29" s="210"/>
+      <c r="J29" s="210"/>
+      <c r="K29" s="210"/>
+      <c r="L29" s="210"/>
+      <c r="M29" s="210"/>
+      <c r="N29" s="210"/>
+      <c r="O29" s="210"/>
+      <c r="P29" s="210"/>
+      <c r="Q29" s="210"/>
+      <c r="R29" s="210"/>
+      <c r="S29" s="210"/>
+      <c r="T29" s="210"/>
+      <c r="U29" s="210"/>
+      <c r="V29" s="210"/>
+      <c r="W29" s="210"/>
+      <c r="X29" s="210"/>
+      <c r="Y29" s="210"/>
+      <c r="Z29" s="210"/>
+      <c r="AA29" s="210"/>
+      <c r="AB29" s="210"/>
+      <c r="AC29" s="210"/>
+      <c r="AD29" s="210"/>
+      <c r="AE29" s="210"/>
+      <c r="AF29" s="210"/>
+      <c r="AG29" s="210"/>
+      <c r="AH29" s="210"/>
+      <c r="AI29" s="210"/>
+      <c r="AJ29" s="210"/>
+      <c r="AK29" s="210"/>
+      <c r="AL29" s="210"/>
       <c r="AM29" s="49"/>
     </row>
-    <row r="30" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:81" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="30"/>
-      <c r="C30" s="247"/>
-[...34 lines deleted...]
-      <c r="AL30" s="247"/>
+      <c r="C30" s="210"/>
+      <c r="D30" s="210"/>
+      <c r="E30" s="210"/>
+      <c r="F30" s="210"/>
+      <c r="G30" s="210"/>
+      <c r="H30" s="210"/>
+      <c r="I30" s="210"/>
+      <c r="J30" s="210"/>
+      <c r="K30" s="210"/>
+      <c r="L30" s="210"/>
+      <c r="M30" s="210"/>
+      <c r="N30" s="210"/>
+      <c r="O30" s="210"/>
+      <c r="P30" s="210"/>
+      <c r="Q30" s="210"/>
+      <c r="R30" s="210"/>
+      <c r="S30" s="210"/>
+      <c r="T30" s="210"/>
+      <c r="U30" s="210"/>
+      <c r="V30" s="210"/>
+      <c r="W30" s="210"/>
+      <c r="X30" s="210"/>
+      <c r="Y30" s="210"/>
+      <c r="Z30" s="210"/>
+      <c r="AA30" s="210"/>
+      <c r="AB30" s="210"/>
+      <c r="AC30" s="210"/>
+      <c r="AD30" s="210"/>
+      <c r="AE30" s="210"/>
+      <c r="AF30" s="210"/>
+      <c r="AG30" s="210"/>
+      <c r="AH30" s="210"/>
+      <c r="AI30" s="210"/>
+      <c r="AJ30" s="210"/>
+      <c r="AK30" s="210"/>
+      <c r="AL30" s="210"/>
       <c r="AM30" s="49"/>
     </row>
-    <row r="31" spans="2:81" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:81" x14ac:dyDescent="0.25">
       <c r="B31" s="30"/>
       <c r="D31" s="30"/>
       <c r="E31" s="30"/>
       <c r="F31" s="30"/>
       <c r="G31" s="30"/>
       <c r="H31" s="30"/>
       <c r="I31" s="30"/>
       <c r="J31" s="30"/>
       <c r="K31" s="30"/>
       <c r="L31" s="30"/>
       <c r="M31" s="30"/>
       <c r="N31" s="30"/>
       <c r="O31" s="30"/>
       <c r="P31" s="30"/>
       <c r="Q31" s="30"/>
       <c r="R31" s="30"/>
       <c r="S31" s="30"/>
       <c r="T31" s="30"/>
       <c r="U31" s="30"/>
       <c r="V31" s="30"/>
       <c r="W31" s="30"/>
       <c r="X31" s="30"/>
       <c r="Y31" s="30"/>
       <c r="Z31" s="30"/>
       <c r="AA31" s="30"/>
       <c r="AB31" s="30"/>
       <c r="AC31" s="30"/>
       <c r="AD31" s="30"/>
       <c r="AE31" s="30"/>
       <c r="AF31" s="30"/>
       <c r="AG31" s="30"/>
       <c r="AH31" s="30"/>
       <c r="AI31" s="30"/>
       <c r="AJ31" s="30"/>
       <c r="AK31" s="30"/>
       <c r="AL31" s="30"/>
       <c r="AM31" s="30"/>
     </row>
-    <row r="32" spans="2:81" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:81" x14ac:dyDescent="0.25">
       <c r="B32" s="30"/>
       <c r="C32" s="30"/>
-      <c r="D32" s="233" t="s">
+      <c r="D32" s="156" t="s">
         <v>124</v>
       </c>
-      <c r="E32" s="233"/>
-[...11 lines deleted...]
-      <c r="Q32" s="233"/>
+      <c r="E32" s="156"/>
+      <c r="F32" s="156"/>
+      <c r="G32" s="156"/>
+      <c r="H32" s="156"/>
+      <c r="I32" s="156"/>
+      <c r="J32" s="156"/>
+      <c r="K32" s="156"/>
+      <c r="L32" s="156"/>
+      <c r="M32" s="156"/>
+      <c r="N32" s="156"/>
+      <c r="O32" s="156"/>
+      <c r="P32" s="156"/>
+      <c r="Q32" s="156"/>
       <c r="R32" s="108"/>
       <c r="S32" s="109"/>
       <c r="T32" s="109"/>
       <c r="U32" s="109"/>
       <c r="V32" s="35"/>
       <c r="W32" s="35"/>
       <c r="X32" s="35"/>
       <c r="Y32" s="108"/>
       <c r="Z32" s="110"/>
       <c r="AA32" s="110"/>
       <c r="AB32" s="110"/>
       <c r="AC32" s="110"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="30"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="2:83" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B33" s="30"/>
       <c r="C33" s="43"/>
-      <c r="D33" s="233"/>
-[...12 lines deleted...]
-      <c r="Q33" s="233"/>
+      <c r="D33" s="156"/>
+      <c r="E33" s="156"/>
+      <c r="F33" s="156"/>
+      <c r="G33" s="156"/>
+      <c r="H33" s="156"/>
+      <c r="I33" s="156"/>
+      <c r="J33" s="156"/>
+      <c r="K33" s="156"/>
+      <c r="L33" s="156"/>
+      <c r="M33" s="156"/>
+      <c r="N33" s="156"/>
+      <c r="O33" s="156"/>
+      <c r="P33" s="156"/>
+      <c r="Q33" s="156"/>
       <c r="R33" s="108"/>
       <c r="S33" s="109"/>
       <c r="T33" s="109"/>
       <c r="U33" s="109"/>
       <c r="V33" s="35"/>
       <c r="W33" s="35"/>
       <c r="X33" s="35"/>
       <c r="Y33" s="108"/>
       <c r="Z33" s="110"/>
       <c r="AA33" s="110"/>
       <c r="AB33" s="110"/>
       <c r="AC33" s="110"/>
       <c r="AD33" s="30"/>
       <c r="AE33" s="30"/>
       <c r="AF33" s="30"/>
       <c r="AG33" s="30"/>
       <c r="AH33" s="30"/>
       <c r="AI33" s="30"/>
       <c r="AJ33" s="30"/>
       <c r="AK33" s="30"/>
       <c r="AL33" s="30"/>
       <c r="AM33" s="30"/>
     </row>
-    <row r="34" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="30"/>
       <c r="C34" s="30"/>
       <c r="D34" s="30"/>
       <c r="E34" s="30"/>
       <c r="F34" s="30"/>
       <c r="G34" s="30"/>
       <c r="H34" s="30"/>
       <c r="I34" s="30"/>
       <c r="J34" s="30"/>
       <c r="K34" s="30"/>
       <c r="L34" s="30"/>
       <c r="M34" s="30"/>
       <c r="N34" s="1"/>
       <c r="O34" s="30"/>
       <c r="P34" s="30"/>
       <c r="Q34" s="108"/>
       <c r="R34" s="108"/>
       <c r="S34" s="108"/>
       <c r="T34" s="108"/>
       <c r="U34" s="108"/>
       <c r="V34" s="30"/>
       <c r="W34" s="30"/>
       <c r="X34" s="30"/>
       <c r="Y34" s="108"/>
       <c r="Z34" s="110"/>
       <c r="AA34" s="110"/>
       <c r="AB34" s="110"/>
       <c r="AC34" s="110"/>
       <c r="AD34" s="30"/>
       <c r="AE34" s="30"/>
       <c r="AF34" s="30"/>
       <c r="AG34" s="30"/>
       <c r="AH34" s="30"/>
       <c r="AI34" s="30"/>
       <c r="AJ34" s="30"/>
       <c r="AK34" s="30"/>
       <c r="AL34" s="30"/>
       <c r="AM34" s="30"/>
     </row>
-    <row r="35" spans="2:83" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B35" s="30"/>
       <c r="C35" s="30"/>
-      <c r="D35" s="233" t="s">
-[...14 lines deleted...]
-      <c r="Q35" s="233"/>
+      <c r="D35" s="156" t="s">
+        <v>190</v>
+      </c>
+      <c r="E35" s="156"/>
+      <c r="F35" s="156"/>
+      <c r="G35" s="156"/>
+      <c r="H35" s="156"/>
+      <c r="I35" s="156"/>
+      <c r="J35" s="156"/>
+      <c r="K35" s="156"/>
+      <c r="L35" s="156"/>
+      <c r="M35" s="156"/>
+      <c r="N35" s="156"/>
+      <c r="O35" s="156"/>
+      <c r="P35" s="156"/>
+      <c r="Q35" s="156"/>
       <c r="R35" s="105"/>
       <c r="S35" s="107"/>
       <c r="T35" s="107"/>
       <c r="U35" s="107"/>
       <c r="V35" s="35"/>
       <c r="W35" s="35"/>
       <c r="X35" s="35"/>
       <c r="Y35" s="105"/>
       <c r="Z35" s="106"/>
       <c r="AA35" s="106"/>
       <c r="AB35" s="106"/>
       <c r="AC35" s="106"/>
       <c r="AD35" s="30"/>
       <c r="AE35" s="30"/>
       <c r="AF35" s="30"/>
       <c r="AG35" s="30"/>
       <c r="AH35" s="30"/>
       <c r="AI35" s="30"/>
       <c r="AJ35" s="30"/>
       <c r="AK35" s="30"/>
       <c r="AL35" s="30"/>
       <c r="AM35" s="30"/>
     </row>
-    <row r="36" spans="2:83" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B36" s="30"/>
       <c r="C36" s="30"/>
-      <c r="D36" s="233"/>
-[...12 lines deleted...]
-      <c r="Q36" s="233"/>
+      <c r="D36" s="156"/>
+      <c r="E36" s="156"/>
+      <c r="F36" s="156"/>
+      <c r="G36" s="156"/>
+      <c r="H36" s="156"/>
+      <c r="I36" s="156"/>
+      <c r="J36" s="156"/>
+      <c r="K36" s="156"/>
+      <c r="L36" s="156"/>
+      <c r="M36" s="156"/>
+      <c r="N36" s="156"/>
+      <c r="O36" s="156"/>
+      <c r="P36" s="156"/>
+      <c r="Q36" s="156"/>
       <c r="R36" s="105"/>
       <c r="S36" s="107"/>
       <c r="T36" s="107"/>
       <c r="U36" s="107"/>
       <c r="V36" s="35"/>
       <c r="W36" s="35"/>
       <c r="X36" s="35"/>
       <c r="Y36" s="105"/>
       <c r="Z36" s="106"/>
       <c r="AA36" s="106"/>
       <c r="AB36" s="106"/>
       <c r="AC36" s="106"/>
       <c r="AD36" s="30"/>
       <c r="AE36" s="30"/>
       <c r="AF36" s="30"/>
       <c r="AG36" s="30"/>
       <c r="AH36" s="30"/>
       <c r="AI36" s="30"/>
       <c r="AJ36" s="30"/>
       <c r="AK36" s="30"/>
       <c r="AL36" s="30"/>
       <c r="AM36" s="30"/>
       <c r="AN36" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:83" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="30"/>
       <c r="C37" s="30"/>
       <c r="D37" s="30"/>
       <c r="E37" s="30"/>
       <c r="F37" s="30"/>
       <c r="G37" s="30"/>
       <c r="H37" s="30"/>
       <c r="I37" s="30"/>
       <c r="J37" s="30"/>
       <c r="K37" s="30"/>
       <c r="L37" s="30"/>
       <c r="M37" s="30"/>
       <c r="N37" s="1"/>
       <c r="O37" s="30"/>
       <c r="P37" s="30"/>
       <c r="Q37" s="105"/>
       <c r="R37" s="105"/>
       <c r="S37" s="105"/>
       <c r="T37" s="105"/>
       <c r="U37" s="105"/>
       <c r="V37" s="30"/>
       <c r="W37" s="30"/>
       <c r="X37" s="30"/>
       <c r="Y37" s="105"/>
       <c r="Z37" s="106"/>
       <c r="AA37" s="106"/>
       <c r="AB37" s="106"/>
       <c r="AC37" s="106"/>
       <c r="AD37" s="30"/>
       <c r="AE37" s="30"/>
       <c r="AF37" s="30"/>
       <c r="AG37" s="30"/>
       <c r="AH37" s="30"/>
       <c r="AI37" s="30"/>
       <c r="AJ37" s="30"/>
       <c r="AK37" s="30"/>
       <c r="AL37" s="30"/>
       <c r="AM37" s="30"/>
     </row>
-    <row r="38" spans="2:83" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:83" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="30"/>
       <c r="C38" s="49"/>
-      <c r="D38" s="232" t="s">
-[...14 lines deleted...]
-      <c r="Q38" s="232"/>
+      <c r="D38" s="221" t="s">
+        <v>192</v>
+      </c>
+      <c r="E38" s="221"/>
+      <c r="F38" s="221"/>
+      <c r="G38" s="221"/>
+      <c r="H38" s="221"/>
+      <c r="I38" s="221"/>
+      <c r="J38" s="221"/>
+      <c r="K38" s="221"/>
+      <c r="L38" s="221"/>
+      <c r="M38" s="221"/>
+      <c r="N38" s="221"/>
+      <c r="O38" s="221"/>
+      <c r="P38" s="221"/>
+      <c r="Q38" s="221"/>
       <c r="R38" s="105"/>
       <c r="S38" s="107"/>
       <c r="T38" s="107"/>
       <c r="U38" s="107"/>
       <c r="V38" s="35"/>
       <c r="W38" s="35"/>
       <c r="X38" s="35"/>
       <c r="Y38" s="105"/>
       <c r="Z38" s="106"/>
       <c r="AA38" s="106"/>
       <c r="AB38" s="106"/>
       <c r="AC38" s="106"/>
       <c r="AD38" s="30"/>
       <c r="AE38" s="30"/>
       <c r="AF38" s="30"/>
       <c r="AG38" s="30"/>
       <c r="AH38" s="30"/>
       <c r="AI38" s="30"/>
       <c r="AJ38" s="30"/>
       <c r="AK38" s="30"/>
       <c r="AL38" s="30"/>
       <c r="AM38" s="30"/>
       <c r="AN38" s="41">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:83" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B39" s="30"/>
       <c r="C39" s="49"/>
-      <c r="D39" s="232"/>
-[...12 lines deleted...]
-      <c r="Q39" s="232"/>
+      <c r="D39" s="221"/>
+      <c r="E39" s="221"/>
+      <c r="F39" s="221"/>
+      <c r="G39" s="221"/>
+      <c r="H39" s="221"/>
+      <c r="I39" s="221"/>
+      <c r="J39" s="221"/>
+      <c r="K39" s="221"/>
+      <c r="L39" s="221"/>
+      <c r="M39" s="221"/>
+      <c r="N39" s="221"/>
+      <c r="O39" s="221"/>
+      <c r="P39" s="221"/>
+      <c r="Q39" s="221"/>
       <c r="R39" s="105"/>
       <c r="S39" s="107"/>
       <c r="T39" s="107"/>
       <c r="U39" s="107"/>
       <c r="V39" s="35"/>
       <c r="W39" s="35"/>
       <c r="X39" s="35"/>
       <c r="Y39" s="105"/>
       <c r="Z39" s="106"/>
       <c r="AA39" s="106"/>
       <c r="AB39" s="106"/>
       <c r="AC39" s="106"/>
       <c r="AD39" s="30"/>
       <c r="AE39" s="30"/>
       <c r="AF39" s="30"/>
       <c r="AG39" s="30"/>
       <c r="AH39" s="30"/>
       <c r="AI39" s="30"/>
       <c r="AJ39" s="30"/>
       <c r="AK39" s="30"/>
       <c r="AL39" s="30"/>
       <c r="AM39" s="30"/>
     </row>
-    <row r="40" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="30"/>
       <c r="C40" s="30"/>
       <c r="D40" s="30"/>
       <c r="E40" s="30"/>
       <c r="F40" s="30"/>
       <c r="G40" s="30"/>
       <c r="H40" s="30"/>
       <c r="I40" s="30"/>
       <c r="J40" s="30"/>
       <c r="K40" s="30"/>
       <c r="L40" s="30"/>
       <c r="M40" s="30"/>
       <c r="N40" s="1"/>
       <c r="O40" s="30"/>
       <c r="P40" s="30"/>
       <c r="Q40" s="105"/>
       <c r="R40" s="105"/>
       <c r="S40" s="105"/>
       <c r="T40" s="105"/>
       <c r="U40" s="105"/>
       <c r="V40" s="30"/>
       <c r="W40" s="30"/>
       <c r="X40" s="30"/>
       <c r="Y40" s="105"/>
       <c r="Z40" s="105"/>
       <c r="AA40" s="105"/>
       <c r="AB40" s="105"/>
       <c r="AC40" s="105"/>
       <c r="AD40" s="30"/>
       <c r="AE40" s="30"/>
       <c r="AF40" s="30"/>
       <c r="AG40" s="30"/>
       <c r="AH40" s="30"/>
       <c r="AI40" s="30"/>
       <c r="AJ40" s="30"/>
       <c r="AK40" s="30"/>
       <c r="AL40" s="30"/>
       <c r="AM40" s="30"/>
     </row>
-    <row r="41" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="30"/>
       <c r="C41" s="53" t="str">
         <f>IF(OR(AN21=3,AN20=1,AN20=2),IF(OR(AN32=1,AN38=1),"EN-VS-104 und EN-VS-110 einzureichen",""),"")</f>
         <v/>
       </c>
       <c r="D41" s="30"/>
       <c r="E41" s="30"/>
       <c r="F41" s="30"/>
       <c r="G41" s="30"/>
       <c r="H41" s="30"/>
       <c r="I41" s="30"/>
       <c r="J41" s="30"/>
       <c r="K41" s="30"/>
       <c r="L41" s="30"/>
       <c r="M41" s="30"/>
       <c r="N41" s="1"/>
       <c r="O41" s="30"/>
       <c r="P41" s="30"/>
       <c r="Q41" s="30"/>
       <c r="R41" s="30"/>
       <c r="S41" s="30"/>
       <c r="T41" s="30"/>
       <c r="U41" s="30"/>
       <c r="V41" s="30"/>
       <c r="W41" s="30"/>
       <c r="X41" s="30"/>
       <c r="Y41" s="31"/>
       <c r="Z41" s="31"/>
       <c r="AA41" s="30"/>
       <c r="AB41" s="30"/>
       <c r="AC41" s="30"/>
       <c r="AD41" s="30"/>
       <c r="AE41" s="30"/>
       <c r="AF41" s="30"/>
       <c r="AG41" s="30"/>
       <c r="AH41" s="30"/>
       <c r="AI41" s="30"/>
       <c r="AJ41" s="30"/>
       <c r="AK41" s="30"/>
       <c r="AL41" s="30"/>
       <c r="AM41" s="30"/>
       <c r="AN41" s="41">
         <f>IF(C41&lt;&gt;"",1,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="30"/>
       <c r="C42" s="30"/>
       <c r="D42" s="30"/>
       <c r="E42" s="30"/>
       <c r="F42" s="30"/>
       <c r="G42" s="30"/>
       <c r="H42" s="30"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
       <c r="M42" s="30"/>
       <c r="N42" s="1"/>
       <c r="O42" s="30"/>
       <c r="P42" s="30"/>
       <c r="Q42" s="30"/>
       <c r="R42" s="30"/>
       <c r="S42" s="30"/>
       <c r="T42" s="30"/>
       <c r="U42" s="30"/>
       <c r="V42" s="30"/>
       <c r="W42" s="30"/>
       <c r="X42" s="30"/>
       <c r="Y42" s="31"/>
       <c r="Z42" s="31"/>
       <c r="AA42" s="30"/>
       <c r="AB42" s="30"/>
       <c r="AC42" s="30"/>
       <c r="AD42" s="30"/>
       <c r="AE42" s="30"/>
       <c r="AF42" s="30"/>
       <c r="AG42" s="30"/>
       <c r="AH42" s="30"/>
       <c r="AI42" s="30"/>
       <c r="AJ42" s="30"/>
       <c r="AK42" s="30"/>
       <c r="AL42" s="30"/>
       <c r="AM42" s="30"/>
     </row>
-    <row r="43" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="30"/>
       <c r="C43" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
       <c r="Z43" s="1"/>
       <c r="AA43" s="1"/>
       <c r="AB43" s="1"/>
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
       <c r="AH43" s="1"/>
       <c r="AI43" s="1"/>
       <c r="AJ43" s="1"/>
       <c r="AK43" s="1"/>
       <c r="AL43" s="1"/>
       <c r="AM43" s="1"/>
     </row>
-    <row r="44" spans="2:83" ht="16.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:83" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="30"/>
       <c r="C44" s="16"/>
       <c r="D44" s="17"/>
       <c r="E44" s="17"/>
       <c r="F44" s="17"/>
       <c r="G44" s="17"/>
       <c r="H44" s="17"/>
       <c r="I44" s="17"/>
       <c r="J44" s="17"/>
       <c r="K44" s="17"/>
       <c r="L44" s="17"/>
       <c r="M44" s="17"/>
       <c r="N44" s="17"/>
       <c r="O44" s="17"/>
       <c r="P44" s="17"/>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
       <c r="S44" s="17"/>
       <c r="T44" s="17"/>
       <c r="U44" s="17"/>
       <c r="V44" s="17"/>
       <c r="W44" s="17"/>
       <c r="X44" s="17"/>
       <c r="Y44" s="17"/>
       <c r="Z44" s="17"/>
-      <c r="AA44" s="250" t="s">
+      <c r="AA44" s="213" t="s">
         <v>14</v>
       </c>
-      <c r="AB44" s="251"/>
-      <c r="AC44" s="250" t="s">
+      <c r="AB44" s="214"/>
+      <c r="AC44" s="213" t="s">
         <v>15</v>
       </c>
-      <c r="AD44" s="251"/>
-      <c r="AE44" s="250" t="s">
+      <c r="AD44" s="214"/>
+      <c r="AE44" s="213" t="s">
         <v>16</v>
       </c>
-      <c r="AF44" s="251"/>
-      <c r="AG44" s="250" t="s">
+      <c r="AF44" s="214"/>
+      <c r="AG44" s="213" t="s">
         <v>17</v>
       </c>
-      <c r="AH44" s="251"/>
-      <c r="AI44" s="250" t="s">
+      <c r="AH44" s="214"/>
+      <c r="AI44" s="213" t="s">
         <v>18</v>
       </c>
-      <c r="AJ44" s="252"/>
-[...1 lines deleted...]
-      <c r="AL44" s="254"/>
+      <c r="AJ44" s="215"/>
+      <c r="AK44" s="216"/>
+      <c r="AL44" s="217"/>
       <c r="AM44" s="1"/>
       <c r="AN44" s="3"/>
       <c r="AO44" s="3"/>
       <c r="AQ44" s="41"/>
       <c r="AR44" s="41"/>
       <c r="CD44" s="2"/>
       <c r="CE44" s="2"/>
     </row>
-    <row r="45" spans="2:83" ht="156" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:83" ht="156" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="1"/>
       <c r="C45" s="18"/>
       <c r="D45" s="19" t="s">
         <v>125</v>
       </c>
       <c r="E45" s="20"/>
       <c r="F45" s="20"/>
       <c r="G45" s="20"/>
       <c r="H45" s="20"/>
       <c r="I45" s="20"/>
       <c r="J45" s="20"/>
       <c r="K45" s="20"/>
       <c r="L45" s="20"/>
       <c r="M45" s="20"/>
       <c r="N45" s="20"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="20"/>
       <c r="S45" s="20"/>
       <c r="T45" s="20"/>
       <c r="U45" s="20"/>
       <c r="V45" s="20"/>
       <c r="W45" s="20"/>
       <c r="X45" s="20"/>
       <c r="Y45" s="20"/>
       <c r="Z45" s="20"/>
-      <c r="AA45" s="255" t="s">
+      <c r="AA45" s="218" t="s">
         <v>129</v>
       </c>
-      <c r="AB45" s="256"/>
-      <c r="AC45" s="255" t="s">
+      <c r="AB45" s="219"/>
+      <c r="AC45" s="218" t="s">
         <v>130</v>
       </c>
-      <c r="AD45" s="256"/>
-      <c r="AE45" s="255" t="s">
+      <c r="AD45" s="219"/>
+      <c r="AE45" s="218" t="s">
         <v>131</v>
       </c>
-      <c r="AF45" s="256"/>
-      <c r="AG45" s="255" t="s">
+      <c r="AF45" s="219"/>
+      <c r="AG45" s="218" t="s">
         <v>132</v>
       </c>
-      <c r="AH45" s="256"/>
-      <c r="AI45" s="255" t="s">
+      <c r="AH45" s="219"/>
+      <c r="AI45" s="218" t="s">
         <v>133</v>
       </c>
-      <c r="AJ45" s="257"/>
-[...1 lines deleted...]
-      <c r="AL45" s="246"/>
+      <c r="AJ45" s="220"/>
+      <c r="AK45" s="208"/>
+      <c r="AL45" s="209"/>
       <c r="AM45" s="1"/>
       <c r="AN45" s="3"/>
       <c r="AO45" s="3"/>
       <c r="AQ45" s="41"/>
       <c r="AR45" s="41"/>
       <c r="CD45" s="2"/>
       <c r="CE45" s="2"/>
     </row>
-    <row r="46" spans="2:83" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:83" ht="13.5" x14ac:dyDescent="0.25">
       <c r="B46" s="1"/>
       <c r="C46" s="66" t="s">
         <v>61</v>
       </c>
       <c r="D46" s="22" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E46" s="22"/>
       <c r="F46" s="22"/>
       <c r="G46" s="22"/>
       <c r="H46" s="22"/>
       <c r="I46" s="22"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="42" t="s">
         <v>26</v>
       </c>
       <c r="T46" s="24"/>
       <c r="U46" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V46" s="24"/>
       <c r="W46" s="22"/>
       <c r="X46" s="22"/>
       <c r="Y46" s="22"/>
       <c r="Z46" s="22"/>
-      <c r="AA46" s="217"/>
-[...7 lines deleted...]
-      <c r="AI46" s="234" t="s">
+      <c r="AA46" s="222"/>
+      <c r="AB46" s="223"/>
+      <c r="AC46" s="222"/>
+      <c r="AD46" s="223"/>
+      <c r="AE46" s="222"/>
+      <c r="AF46" s="223"/>
+      <c r="AG46" s="222"/>
+      <c r="AH46" s="223"/>
+      <c r="AI46" s="228" t="s">
         <v>24</v>
       </c>
       <c r="AJ46" s="229"/>
-      <c r="AK46" s="215"/>
-      <c r="AL46" s="216"/>
+      <c r="AK46" s="160"/>
+      <c r="AL46" s="161"/>
       <c r="AM46" s="1"/>
       <c r="AN46" s="3"/>
       <c r="AO46" s="3"/>
       <c r="AP46" s="41" t="s">
         <v>82</v>
       </c>
       <c r="AQ46" s="41"/>
       <c r="AR46" s="41"/>
       <c r="CD46" s="2"/>
       <c r="CE46" s="2"/>
     </row>
-    <row r="47" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="1"/>
       <c r="C47" s="23"/>
       <c r="D47" s="22" t="s">
         <v>126</v>
       </c>
       <c r="E47" s="22"/>
       <c r="F47" s="22"/>
       <c r="G47" s="22"/>
       <c r="H47" s="22"/>
       <c r="I47" s="22"/>
       <c r="J47" s="22"/>
       <c r="K47" s="22"/>
       <c r="L47" s="22"/>
       <c r="M47" s="22"/>
       <c r="N47" s="22"/>
       <c r="O47" s="22"/>
       <c r="P47" s="22"/>
       <c r="Q47" s="22"/>
       <c r="R47" s="22"/>
       <c r="S47" s="42" t="s">
         <v>52</v>
       </c>
       <c r="T47" s="22"/>
       <c r="U47" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V47" s="22"/>
       <c r="W47" s="24"/>
       <c r="X47" s="24"/>
       <c r="Y47" s="24"/>
       <c r="Z47" s="24"/>
-      <c r="AA47" s="219"/>
-[...10 lines deleted...]
-      <c r="AL47" s="216"/>
+      <c r="AA47" s="224"/>
+      <c r="AB47" s="225"/>
+      <c r="AC47" s="224"/>
+      <c r="AD47" s="225"/>
+      <c r="AE47" s="224"/>
+      <c r="AF47" s="225"/>
+      <c r="AG47" s="224"/>
+      <c r="AH47" s="225"/>
+      <c r="AI47" s="230"/>
+      <c r="AJ47" s="231"/>
+      <c r="AK47" s="160"/>
+      <c r="AL47" s="161"/>
       <c r="AM47" s="1"/>
       <c r="AN47" s="3"/>
       <c r="AO47" s="3"/>
       <c r="AP47" s="41">
         <v>17</v>
       </c>
       <c r="AQ47" s="41"/>
       <c r="AR47" s="41"/>
       <c r="CD47" s="2"/>
       <c r="CE47" s="2"/>
     </row>
-    <row r="48" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="1"/>
       <c r="C48" s="21"/>
       <c r="D48" s="102" t="s">
         <v>127</v>
       </c>
       <c r="E48" s="22"/>
       <c r="F48" s="22"/>
       <c r="G48" s="22"/>
       <c r="H48" s="22"/>
       <c r="I48" s="22"/>
       <c r="J48" s="22"/>
       <c r="K48" s="22"/>
       <c r="L48" s="22"/>
       <c r="M48" s="22"/>
       <c r="N48" s="22"/>
       <c r="O48" s="22"/>
       <c r="P48" s="22"/>
       <c r="Q48" s="22"/>
       <c r="R48" s="22"/>
       <c r="S48" s="42" t="s">
         <v>37</v>
       </c>
       <c r="T48" s="22"/>
-      <c r="U48" s="300" t="s">
+      <c r="U48" s="302" t="s">
         <v>134</v>
       </c>
-      <c r="V48" s="300"/>
-[...15 lines deleted...]
-      <c r="AL48" s="216"/>
+      <c r="V48" s="302"/>
+      <c r="W48" s="302"/>
+      <c r="X48" s="302"/>
+      <c r="Y48" s="302"/>
+      <c r="Z48" s="303"/>
+      <c r="AA48" s="224"/>
+      <c r="AB48" s="225"/>
+      <c r="AC48" s="224"/>
+      <c r="AD48" s="225"/>
+      <c r="AE48" s="224"/>
+      <c r="AF48" s="225"/>
+      <c r="AG48" s="224"/>
+      <c r="AH48" s="225"/>
+      <c r="AI48" s="230"/>
+      <c r="AJ48" s="231"/>
+      <c r="AK48" s="160"/>
+      <c r="AL48" s="161"/>
       <c r="AM48" s="1"/>
       <c r="AN48" s="3"/>
       <c r="AO48" s="3"/>
       <c r="AR48" s="41"/>
       <c r="CD48" s="2"/>
       <c r="CE48" s="2"/>
     </row>
-    <row r="49" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="1"/>
       <c r="C49" s="25"/>
       <c r="D49" s="26"/>
       <c r="E49" s="26"/>
       <c r="F49" s="26"/>
       <c r="G49" s="26"/>
       <c r="H49" s="26"/>
       <c r="I49" s="26"/>
       <c r="J49" s="26"/>
       <c r="K49" s="26"/>
       <c r="L49" s="26"/>
       <c r="M49" s="26"/>
       <c r="N49" s="26"/>
       <c r="O49" s="26"/>
       <c r="P49" s="26"/>
       <c r="Q49" s="26"/>
       <c r="R49" s="26"/>
       <c r="S49" s="44"/>
       <c r="T49" s="26"/>
-      <c r="U49" s="302"/>
-[...16 lines deleted...]
-      <c r="AL49" s="216"/>
+      <c r="U49" s="304"/>
+      <c r="V49" s="304"/>
+      <c r="W49" s="304"/>
+      <c r="X49" s="304"/>
+      <c r="Y49" s="304"/>
+      <c r="Z49" s="305"/>
+      <c r="AA49" s="226"/>
+      <c r="AB49" s="227"/>
+      <c r="AC49" s="226"/>
+      <c r="AD49" s="227"/>
+      <c r="AE49" s="226"/>
+      <c r="AF49" s="227"/>
+      <c r="AG49" s="226"/>
+      <c r="AH49" s="227"/>
+      <c r="AI49" s="232"/>
+      <c r="AJ49" s="233"/>
+      <c r="AK49" s="160"/>
+      <c r="AL49" s="161"/>
       <c r="AM49" s="1"/>
       <c r="AN49" s="3"/>
       <c r="AO49" s="3"/>
       <c r="AP49" s="41" t="s">
         <v>81</v>
       </c>
       <c r="AR49" s="41"/>
       <c r="CD49" s="2"/>
       <c r="CE49" s="2"/>
     </row>
-    <row r="50" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="1"/>
       <c r="C50" s="66" t="s">
         <v>62</v>
       </c>
       <c r="D50" s="22" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E50" s="22"/>
       <c r="F50" s="22"/>
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="22"/>
       <c r="J50" s="22"/>
       <c r="K50" s="22"/>
       <c r="L50" s="22"/>
       <c r="M50" s="22"/>
       <c r="N50" s="22"/>
       <c r="O50" s="22"/>
       <c r="P50" s="22"/>
       <c r="Q50" s="22"/>
       <c r="R50" s="22"/>
       <c r="S50" s="22"/>
       <c r="T50" s="22"/>
       <c r="U50" s="22"/>
       <c r="V50" s="22"/>
       <c r="W50" s="22"/>
       <c r="X50" s="22"/>
       <c r="Y50" s="22"/>
       <c r="Z50" s="22"/>
-      <c r="AA50" s="217"/>
-[...10 lines deleted...]
-      <c r="AL50" s="216"/>
+      <c r="AA50" s="222"/>
+      <c r="AB50" s="223"/>
+      <c r="AC50" s="222"/>
+      <c r="AD50" s="223"/>
+      <c r="AE50" s="222"/>
+      <c r="AF50" s="223"/>
+      <c r="AG50" s="222"/>
+      <c r="AH50" s="223"/>
+      <c r="AI50" s="234"/>
+      <c r="AJ50" s="235"/>
+      <c r="AK50" s="160"/>
+      <c r="AL50" s="161"/>
       <c r="AM50" s="1"/>
       <c r="AN50" s="3"/>
       <c r="AO50" s="3"/>
       <c r="AP50" s="41">
         <f>IF(OR(AP47=1,AP47=7,AP47=8,AP47=9),1,0)</f>
         <v>0</v>
       </c>
       <c r="AQ50" s="41"/>
       <c r="AR50" s="41"/>
       <c r="CD50" s="2"/>
       <c r="CE50" s="2"/>
     </row>
-    <row r="51" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="1"/>
       <c r="C51" s="66"/>
       <c r="D51" s="22" t="s">
         <v>128</v>
       </c>
       <c r="E51" s="22"/>
       <c r="F51" s="22"/>
       <c r="G51" s="22"/>
       <c r="H51" s="22"/>
       <c r="I51" s="22"/>
       <c r="J51" s="22"/>
       <c r="K51" s="22"/>
       <c r="L51" s="22"/>
       <c r="M51" s="22"/>
       <c r="N51" s="22"/>
       <c r="O51" s="22"/>
       <c r="P51" s="22"/>
       <c r="Q51" s="22"/>
       <c r="R51" s="22"/>
       <c r="S51" s="42" t="s">
         <v>26</v>
       </c>
       <c r="T51" s="24"/>
       <c r="U51" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V51" s="24"/>
       <c r="W51" s="22"/>
       <c r="X51" s="22"/>
       <c r="Y51" s="22"/>
       <c r="Z51" s="22"/>
-      <c r="AA51" s="219"/>
-[...10 lines deleted...]
-      <c r="AL51" s="216"/>
+      <c r="AA51" s="224"/>
+      <c r="AB51" s="225"/>
+      <c r="AC51" s="224"/>
+      <c r="AD51" s="225"/>
+      <c r="AE51" s="224"/>
+      <c r="AF51" s="225"/>
+      <c r="AG51" s="224"/>
+      <c r="AH51" s="225"/>
+      <c r="AI51" s="224"/>
+      <c r="AJ51" s="236"/>
+      <c r="AK51" s="160"/>
+      <c r="AL51" s="161"/>
       <c r="AM51" s="1"/>
       <c r="AN51" s="3"/>
       <c r="AO51" s="3"/>
       <c r="AQ51" s="41"/>
       <c r="AR51" s="41"/>
       <c r="CD51" s="2"/>
       <c r="CE51" s="2"/>
     </row>
-    <row r="52" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="1"/>
       <c r="C52" s="66"/>
       <c r="D52" s="22" t="s">
         <v>126</v>
       </c>
       <c r="E52" s="22"/>
       <c r="F52" s="22"/>
       <c r="G52" s="22"/>
       <c r="H52" s="22"/>
       <c r="I52" s="22"/>
       <c r="J52" s="22"/>
       <c r="K52" s="22"/>
       <c r="L52" s="22"/>
       <c r="M52" s="22"/>
       <c r="N52" s="22"/>
       <c r="O52" s="22"/>
       <c r="P52" s="22"/>
       <c r="Q52" s="22"/>
       <c r="R52" s="22"/>
       <c r="S52" s="42" t="s">
         <v>52</v>
       </c>
       <c r="T52" s="22"/>
       <c r="U52" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V52" s="22"/>
       <c r="W52" s="22"/>
       <c r="X52" s="22"/>
       <c r="Y52" s="22"/>
       <c r="Z52" s="22"/>
-      <c r="AA52" s="219"/>
-[...10 lines deleted...]
-      <c r="AL52" s="216"/>
+      <c r="AA52" s="224"/>
+      <c r="AB52" s="225"/>
+      <c r="AC52" s="224"/>
+      <c r="AD52" s="225"/>
+      <c r="AE52" s="224"/>
+      <c r="AF52" s="225"/>
+      <c r="AG52" s="224"/>
+      <c r="AH52" s="225"/>
+      <c r="AI52" s="224"/>
+      <c r="AJ52" s="236"/>
+      <c r="AK52" s="160"/>
+      <c r="AL52" s="161"/>
       <c r="AM52" s="1"/>
       <c r="AN52" s="3"/>
       <c r="AO52" s="3"/>
       <c r="AQ52" s="41"/>
       <c r="AR52" s="41"/>
       <c r="CD52" s="2"/>
       <c r="CE52" s="2"/>
     </row>
-    <row r="53" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="1"/>
       <c r="C53" s="66"/>
       <c r="D53" s="22" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E53" s="22"/>
       <c r="F53" s="22"/>
       <c r="G53" s="22"/>
       <c r="H53" s="22"/>
       <c r="I53" s="22"/>
       <c r="J53" s="22"/>
       <c r="K53" s="22"/>
       <c r="L53" s="22"/>
       <c r="M53" s="22"/>
       <c r="N53" s="22"/>
       <c r="O53" s="22"/>
       <c r="P53" s="22"/>
       <c r="Q53" s="22"/>
       <c r="R53" s="22"/>
       <c r="S53" s="22"/>
       <c r="T53" s="22"/>
       <c r="U53" s="22"/>
       <c r="V53" s="22"/>
       <c r="W53" s="22"/>
       <c r="X53" s="22"/>
       <c r="Y53" s="22"/>
       <c r="Z53" s="22"/>
-      <c r="AA53" s="219"/>
-[...10 lines deleted...]
-      <c r="AL53" s="216"/>
+      <c r="AA53" s="224"/>
+      <c r="AB53" s="225"/>
+      <c r="AC53" s="224"/>
+      <c r="AD53" s="225"/>
+      <c r="AE53" s="224"/>
+      <c r="AF53" s="225"/>
+      <c r="AG53" s="224"/>
+      <c r="AH53" s="225"/>
+      <c r="AI53" s="224"/>
+      <c r="AJ53" s="236"/>
+      <c r="AK53" s="160"/>
+      <c r="AL53" s="161"/>
       <c r="AM53" s="1"/>
       <c r="AN53" s="3"/>
       <c r="AO53" s="3"/>
       <c r="AQ53" s="41"/>
       <c r="AR53" s="41"/>
       <c r="CD53" s="2"/>
       <c r="CE53" s="2"/>
     </row>
-    <row r="54" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="1"/>
       <c r="C54" s="67"/>
       <c r="D54" s="26" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E54" s="26"/>
       <c r="F54" s="26"/>
       <c r="G54" s="26"/>
       <c r="H54" s="26"/>
       <c r="I54" s="26"/>
       <c r="J54" s="26"/>
       <c r="K54" s="26"/>
       <c r="L54" s="26" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="M54" s="26">
         <f>(0.02*I17)</f>
         <v>0</v>
       </c>
       <c r="N54" s="26" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="O54" s="26"/>
       <c r="P54" s="26"/>
       <c r="Q54" s="44" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="S54" s="239"/>
+        <v>195</v>
+      </c>
+      <c r="R54" s="238"/>
+      <c r="S54" s="238"/>
       <c r="T54" s="26" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="U54" s="112" t="str">
         <f>IF(R54&lt;M54,"unzureichende Fläche","")</f>
         <v/>
       </c>
       <c r="V54" s="26"/>
       <c r="W54" s="26"/>
       <c r="X54" s="26"/>
       <c r="Y54" s="26"/>
       <c r="Z54" s="26"/>
-      <c r="AA54" s="221"/>
-[...10 lines deleted...]
-      <c r="AL54" s="216"/>
+      <c r="AA54" s="226"/>
+      <c r="AB54" s="227"/>
+      <c r="AC54" s="226"/>
+      <c r="AD54" s="227"/>
+      <c r="AE54" s="226"/>
+      <c r="AF54" s="227"/>
+      <c r="AG54" s="226"/>
+      <c r="AH54" s="227"/>
+      <c r="AI54" s="226"/>
+      <c r="AJ54" s="237"/>
+      <c r="AK54" s="160"/>
+      <c r="AL54" s="161"/>
       <c r="AM54" s="1"/>
       <c r="AN54" s="3"/>
       <c r="AO54" s="111" t="str">
         <f>IF(OR(AP47=2,AP47=3,AP47=4,AP47=5,AP47=6),"oui","non")</f>
         <v>non</v>
       </c>
       <c r="AQ54" s="41"/>
       <c r="AR54" s="41"/>
       <c r="CD54" s="2"/>
       <c r="CE54" s="2"/>
     </row>
-    <row r="55" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="1"/>
       <c r="C55" s="66" t="s">
         <v>63</v>
       </c>
       <c r="D55" s="22" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E55" s="22"/>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
       <c r="H55" s="22"/>
       <c r="I55" s="22"/>
       <c r="J55" s="22"/>
       <c r="K55" s="22"/>
       <c r="L55" s="22"/>
       <c r="M55" s="22"/>
       <c r="N55" s="22"/>
       <c r="O55" s="22"/>
       <c r="P55" s="22"/>
       <c r="Q55" s="22"/>
       <c r="R55" s="22"/>
       <c r="S55" s="22"/>
       <c r="T55" s="22"/>
       <c r="U55" s="22"/>
       <c r="V55" s="22"/>
       <c r="W55" s="22"/>
       <c r="X55" s="22"/>
       <c r="Y55" s="22"/>
       <c r="Z55" s="22"/>
-      <c r="AA55" s="217"/>
-[...7 lines deleted...]
-      <c r="AI55" s="223"/>
+      <c r="AA55" s="222"/>
+      <c r="AB55" s="223"/>
+      <c r="AC55" s="222"/>
+      <c r="AD55" s="223"/>
+      <c r="AE55" s="222"/>
+      <c r="AF55" s="223"/>
+      <c r="AG55" s="239"/>
+      <c r="AH55" s="240"/>
+      <c r="AI55" s="239"/>
       <c r="AJ55" s="229"/>
-      <c r="AK55" s="215"/>
-      <c r="AL55" s="216"/>
+      <c r="AK55" s="160"/>
+      <c r="AL55" s="161"/>
       <c r="AM55" s="1"/>
       <c r="AN55" s="3"/>
       <c r="AO55" s="3"/>
       <c r="AQ55" s="41"/>
       <c r="AR55" s="41"/>
       <c r="CD55" s="2"/>
       <c r="CE55" s="2"/>
     </row>
-    <row r="56" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="1"/>
       <c r="C56" s="66"/>
       <c r="D56" s="22" t="s">
         <v>128</v>
       </c>
       <c r="E56" s="22"/>
       <c r="F56" s="22"/>
       <c r="G56" s="22"/>
       <c r="H56" s="22"/>
       <c r="I56" s="22"/>
       <c r="J56" s="22"/>
       <c r="K56" s="22"/>
       <c r="L56" s="22"/>
       <c r="M56" s="22"/>
       <c r="N56" s="22"/>
       <c r="O56" s="22"/>
       <c r="P56" s="22"/>
       <c r="Q56" s="22"/>
       <c r="R56" s="22"/>
       <c r="S56" s="42" t="s">
         <v>29</v>
       </c>
       <c r="T56" s="24"/>
       <c r="U56" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V56" s="24"/>
       <c r="W56" s="22"/>
       <c r="X56" s="22"/>
       <c r="Y56" s="22"/>
       <c r="Z56" s="22"/>
-      <c r="AA56" s="219"/>
-[...10 lines deleted...]
-      <c r="AL56" s="216"/>
+      <c r="AA56" s="224"/>
+      <c r="AB56" s="225"/>
+      <c r="AC56" s="224"/>
+      <c r="AD56" s="225"/>
+      <c r="AE56" s="224"/>
+      <c r="AF56" s="225"/>
+      <c r="AG56" s="230"/>
+      <c r="AH56" s="241"/>
+      <c r="AI56" s="230"/>
+      <c r="AJ56" s="231"/>
+      <c r="AK56" s="160"/>
+      <c r="AL56" s="161"/>
       <c r="AM56" s="1"/>
       <c r="AN56" s="3"/>
       <c r="AO56" s="3"/>
       <c r="AQ56" s="41"/>
       <c r="AR56" s="41"/>
       <c r="CD56" s="2"/>
       <c r="CE56" s="2"/>
     </row>
-    <row r="57" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="1"/>
       <c r="C57" s="67"/>
       <c r="D57" s="26" t="s">
         <v>126</v>
       </c>
       <c r="E57" s="26"/>
       <c r="F57" s="26"/>
       <c r="G57" s="26"/>
       <c r="H57" s="26"/>
       <c r="I57" s="26"/>
       <c r="J57" s="26"/>
       <c r="K57" s="26"/>
       <c r="L57" s="26"/>
       <c r="M57" s="26"/>
       <c r="N57" s="26"/>
       <c r="O57" s="26"/>
       <c r="P57" s="26"/>
       <c r="Q57" s="26"/>
       <c r="R57" s="26"/>
       <c r="S57" s="44" t="s">
         <v>52</v>
       </c>
       <c r="T57" s="26"/>
       <c r="U57" s="27" t="s">
         <v>48</v>
       </c>
       <c r="V57" s="26"/>
       <c r="W57" s="26"/>
       <c r="X57" s="26"/>
       <c r="Y57" s="26"/>
       <c r="Z57" s="26"/>
-      <c r="AA57" s="221"/>
-[...10 lines deleted...]
-      <c r="AL57" s="216"/>
+      <c r="AA57" s="226"/>
+      <c r="AB57" s="227"/>
+      <c r="AC57" s="226"/>
+      <c r="AD57" s="227"/>
+      <c r="AE57" s="226"/>
+      <c r="AF57" s="227"/>
+      <c r="AG57" s="232"/>
+      <c r="AH57" s="242"/>
+      <c r="AI57" s="232"/>
+      <c r="AJ57" s="233"/>
+      <c r="AK57" s="160"/>
+      <c r="AL57" s="161"/>
       <c r="AM57" s="1"/>
       <c r="AN57" s="3"/>
       <c r="AO57" s="3"/>
       <c r="AQ57" s="41"/>
       <c r="AR57" s="41"/>
       <c r="CD57" s="2"/>
       <c r="CE57" s="2"/>
     </row>
-    <row r="58" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="1"/>
       <c r="C58" s="66" t="s">
         <v>64</v>
       </c>
       <c r="D58" s="22" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E58" s="22"/>
       <c r="F58" s="22"/>
       <c r="G58" s="22"/>
       <c r="H58" s="22"/>
       <c r="I58" s="22"/>
       <c r="J58" s="22"/>
       <c r="K58" s="22"/>
       <c r="L58" s="22"/>
       <c r="M58" s="22"/>
       <c r="N58" s="22"/>
       <c r="O58" s="22"/>
       <c r="P58" s="22"/>
       <c r="Q58" s="22"/>
       <c r="R58" s="22"/>
       <c r="S58" s="22"/>
       <c r="T58" s="22"/>
       <c r="U58" s="22"/>
       <c r="V58" s="22"/>
       <c r="W58" s="22"/>
       <c r="X58" s="22"/>
       <c r="Y58" s="22"/>
       <c r="Z58" s="22"/>
-      <c r="AA58" s="217"/>
-[...7 lines deleted...]
-      <c r="AI58" s="223"/>
+      <c r="AA58" s="222"/>
+      <c r="AB58" s="223"/>
+      <c r="AC58" s="222"/>
+      <c r="AD58" s="223"/>
+      <c r="AE58" s="222"/>
+      <c r="AF58" s="223"/>
+      <c r="AG58" s="222"/>
+      <c r="AH58" s="223"/>
+      <c r="AI58" s="239"/>
       <c r="AJ58" s="229"/>
-      <c r="AK58" s="215"/>
-      <c r="AL58" s="216"/>
+      <c r="AK58" s="160"/>
+      <c r="AL58" s="161"/>
       <c r="AM58" s="1"/>
       <c r="AN58" s="3"/>
       <c r="AO58" s="3"/>
       <c r="AQ58" s="41"/>
       <c r="AR58" s="41"/>
       <c r="CD58" s="2"/>
       <c r="CE58" s="2"/>
     </row>
-    <row r="59" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="1"/>
       <c r="C59" s="21"/>
       <c r="D59" s="22" t="s">
         <v>128</v>
       </c>
       <c r="E59" s="22"/>
       <c r="F59" s="22"/>
       <c r="G59" s="22"/>
       <c r="H59" s="22"/>
       <c r="I59" s="22"/>
       <c r="J59" s="22"/>
       <c r="K59" s="22"/>
       <c r="L59" s="22"/>
       <c r="M59" s="22"/>
       <c r="N59" s="22"/>
       <c r="O59" s="22"/>
       <c r="P59" s="22"/>
       <c r="Q59" s="22"/>
       <c r="R59" s="22"/>
       <c r="S59" s="42" t="s">
         <v>29</v>
       </c>
       <c r="T59" s="24"/>
       <c r="U59" s="24" t="s">
         <v>48</v>
       </c>
       <c r="V59" s="24"/>
       <c r="W59" s="22"/>
       <c r="X59" s="22"/>
       <c r="Y59" s="22"/>
       <c r="Z59" s="22"/>
-      <c r="AA59" s="219"/>
-[...10 lines deleted...]
-      <c r="AL59" s="216"/>
+      <c r="AA59" s="224"/>
+      <c r="AB59" s="225"/>
+      <c r="AC59" s="224"/>
+      <c r="AD59" s="225"/>
+      <c r="AE59" s="224"/>
+      <c r="AF59" s="225"/>
+      <c r="AG59" s="224"/>
+      <c r="AH59" s="225"/>
+      <c r="AI59" s="230"/>
+      <c r="AJ59" s="231"/>
+      <c r="AK59" s="160"/>
+      <c r="AL59" s="161"/>
       <c r="AM59" s="1"/>
       <c r="AN59" s="3"/>
       <c r="AO59" s="3"/>
       <c r="AQ59" s="41"/>
       <c r="AR59" s="41"/>
       <c r="CD59" s="2"/>
       <c r="CE59" s="2"/>
     </row>
-    <row r="60" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:83" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="1"/>
       <c r="C60" s="25"/>
       <c r="D60" s="26" t="s">
         <v>126</v>
       </c>
       <c r="E60" s="26"/>
       <c r="F60" s="26"/>
       <c r="G60" s="26"/>
       <c r="H60" s="26"/>
       <c r="I60" s="26"/>
       <c r="J60" s="26"/>
       <c r="K60" s="26"/>
       <c r="L60" s="26"/>
       <c r="M60" s="26"/>
       <c r="N60" s="26"/>
       <c r="O60" s="26"/>
       <c r="P60" s="26"/>
       <c r="Q60" s="26"/>
       <c r="R60" s="26"/>
       <c r="S60" s="44" t="s">
         <v>53</v>
       </c>
       <c r="T60" s="26"/>
       <c r="U60" s="27" t="s">
         <v>48</v>
       </c>
       <c r="V60" s="26"/>
       <c r="W60" s="26"/>
       <c r="X60" s="26"/>
       <c r="Y60" s="26"/>
       <c r="Z60" s="26"/>
-      <c r="AA60" s="221"/>
-[...10 lines deleted...]
-      <c r="AL60" s="216"/>
+      <c r="AA60" s="226"/>
+      <c r="AB60" s="227"/>
+      <c r="AC60" s="226"/>
+      <c r="AD60" s="227"/>
+      <c r="AE60" s="226"/>
+      <c r="AF60" s="227"/>
+      <c r="AG60" s="226"/>
+      <c r="AH60" s="227"/>
+      <c r="AI60" s="232"/>
+      <c r="AJ60" s="233"/>
+      <c r="AK60" s="160"/>
+      <c r="AL60" s="161"/>
       <c r="AM60" s="30"/>
       <c r="AN60" s="3"/>
       <c r="AO60" s="3"/>
       <c r="AQ60" s="41"/>
       <c r="AR60" s="41"/>
       <c r="CD60" s="2"/>
       <c r="CE60" s="2"/>
     </row>
-    <row r="61" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="1"/>
       <c r="C61" s="30"/>
       <c r="D61" s="30"/>
       <c r="E61" s="30"/>
       <c r="F61" s="30"/>
       <c r="G61" s="30"/>
       <c r="H61" s="30"/>
       <c r="I61" s="30"/>
       <c r="J61" s="30"/>
       <c r="K61" s="30"/>
       <c r="L61" s="30"/>
       <c r="M61" s="30"/>
       <c r="N61" s="30"/>
       <c r="O61" s="30"/>
       <c r="P61" s="30"/>
       <c r="Q61" s="30"/>
       <c r="R61" s="30"/>
       <c r="S61" s="30"/>
       <c r="T61" s="30"/>
       <c r="U61" s="30"/>
       <c r="V61" s="30"/>
       <c r="W61" s="30"/>
       <c r="X61" s="30"/>
       <c r="Y61" s="30"/>
       <c r="Z61" s="30"/>
       <c r="AA61" s="30"/>
       <c r="AB61" s="30"/>
       <c r="AC61" s="30"/>
       <c r="AD61" s="30"/>
       <c r="AE61" s="30"/>
       <c r="AF61" s="30"/>
       <c r="AG61" s="30"/>
       <c r="AH61" s="30"/>
       <c r="AI61" s="30"/>
       <c r="AJ61" s="30"/>
       <c r="AK61" s="30"/>
       <c r="AL61" s="30"/>
       <c r="AM61" s="30"/>
     </row>
-    <row r="62" spans="2:83" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="2:83" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B62" s="1"/>
-      <c r="C62" s="190" t="s">
-[...36 lines deleted...]
-      <c r="AL62" s="190"/>
+      <c r="C62" s="257" t="s">
+        <v>185</v>
+      </c>
+      <c r="D62" s="257"/>
+      <c r="E62" s="257"/>
+      <c r="F62" s="257"/>
+      <c r="G62" s="257"/>
+      <c r="H62" s="257"/>
+      <c r="I62" s="257"/>
+      <c r="J62" s="257"/>
+      <c r="K62" s="257"/>
+      <c r="L62" s="257"/>
+      <c r="M62" s="257"/>
+      <c r="N62" s="257"/>
+      <c r="O62" s="257"/>
+      <c r="P62" s="257"/>
+      <c r="Q62" s="257"/>
+      <c r="R62" s="257"/>
+      <c r="S62" s="257"/>
+      <c r="T62" s="257"/>
+      <c r="U62" s="257"/>
+      <c r="V62" s="257"/>
+      <c r="W62" s="257"/>
+      <c r="X62" s="257"/>
+      <c r="Y62" s="257"/>
+      <c r="Z62" s="257"/>
+      <c r="AA62" s="257"/>
+      <c r="AB62" s="257"/>
+      <c r="AC62" s="257"/>
+      <c r="AD62" s="257"/>
+      <c r="AE62" s="257"/>
+      <c r="AF62" s="257"/>
+      <c r="AG62" s="257"/>
+      <c r="AH62" s="257"/>
+      <c r="AI62" s="257"/>
+      <c r="AJ62" s="257"/>
+      <c r="AK62" s="257"/>
+      <c r="AL62" s="257"/>
       <c r="AM62" s="38"/>
     </row>
-    <row r="63" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:83" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="1"/>
       <c r="C63" s="38"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
-      <c r="M63" s="170"/>
-[...24 lines deleted...]
-      <c r="AL63" s="170"/>
+      <c r="M63" s="184"/>
+      <c r="N63" s="184"/>
+      <c r="O63" s="184"/>
+      <c r="P63" s="184"/>
+      <c r="Q63" s="184"/>
+      <c r="R63" s="184"/>
+      <c r="S63" s="184"/>
+      <c r="T63" s="184"/>
+      <c r="U63" s="184"/>
+      <c r="V63" s="184"/>
+      <c r="W63" s="184"/>
+      <c r="X63" s="184"/>
+      <c r="Y63" s="184"/>
+      <c r="Z63" s="184"/>
+      <c r="AA63" s="184"/>
+      <c r="AB63" s="184"/>
+      <c r="AC63" s="184"/>
+      <c r="AD63" s="184"/>
+      <c r="AE63" s="184"/>
+      <c r="AF63" s="184"/>
+      <c r="AG63" s="184"/>
+      <c r="AH63" s="184"/>
+      <c r="AI63" s="184"/>
+      <c r="AJ63" s="184"/>
+      <c r="AK63" s="184"/>
+      <c r="AL63" s="184"/>
       <c r="AM63" s="1"/>
     </row>
-    <row r="64" spans="2:83" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="64" spans="2:83" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="1"/>
-      <c r="C64" s="191" t="s">
+      <c r="C64" s="258" t="s">
         <v>135</v>
       </c>
-      <c r="D64" s="191"/>
-[...33 lines deleted...]
-      <c r="AL64" s="191"/>
+      <c r="D64" s="258"/>
+      <c r="E64" s="258"/>
+      <c r="F64" s="258"/>
+      <c r="G64" s="258"/>
+      <c r="H64" s="258"/>
+      <c r="I64" s="258"/>
+      <c r="J64" s="258"/>
+      <c r="K64" s="258"/>
+      <c r="L64" s="258"/>
+      <c r="M64" s="258"/>
+      <c r="N64" s="258"/>
+      <c r="O64" s="258"/>
+      <c r="P64" s="258"/>
+      <c r="Q64" s="258"/>
+      <c r="R64" s="258"/>
+      <c r="S64" s="258"/>
+      <c r="T64" s="258"/>
+      <c r="U64" s="258"/>
+      <c r="V64" s="258"/>
+      <c r="W64" s="258"/>
+      <c r="X64" s="258"/>
+      <c r="Y64" s="258"/>
+      <c r="Z64" s="258"/>
+      <c r="AA64" s="258"/>
+      <c r="AB64" s="258"/>
+      <c r="AC64" s="258"/>
+      <c r="AD64" s="258"/>
+      <c r="AE64" s="258"/>
+      <c r="AF64" s="258"/>
+      <c r="AG64" s="258"/>
+      <c r="AH64" s="258"/>
+      <c r="AI64" s="258"/>
+      <c r="AJ64" s="258"/>
+      <c r="AK64" s="258"/>
+      <c r="AL64" s="258"/>
       <c r="AM64" s="28"/>
     </row>
-    <row r="65" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="1"/>
-      <c r="C65" s="192"/>
-[...34 lines deleted...]
-      <c r="AL65" s="194"/>
+      <c r="C65" s="259"/>
+      <c r="D65" s="260"/>
+      <c r="E65" s="260"/>
+      <c r="F65" s="260"/>
+      <c r="G65" s="260"/>
+      <c r="H65" s="260"/>
+      <c r="I65" s="260"/>
+      <c r="J65" s="260"/>
+      <c r="K65" s="260"/>
+      <c r="L65" s="260"/>
+      <c r="M65" s="260"/>
+      <c r="N65" s="260"/>
+      <c r="O65" s="260"/>
+      <c r="P65" s="260"/>
+      <c r="Q65" s="260"/>
+      <c r="R65" s="260"/>
+      <c r="S65" s="260"/>
+      <c r="T65" s="260"/>
+      <c r="U65" s="260"/>
+      <c r="V65" s="260"/>
+      <c r="W65" s="260"/>
+      <c r="X65" s="260"/>
+      <c r="Y65" s="260"/>
+      <c r="Z65" s="260"/>
+      <c r="AA65" s="260"/>
+      <c r="AB65" s="260"/>
+      <c r="AC65" s="260"/>
+      <c r="AD65" s="260"/>
+      <c r="AE65" s="260"/>
+      <c r="AF65" s="260"/>
+      <c r="AG65" s="260"/>
+      <c r="AH65" s="260"/>
+      <c r="AI65" s="260"/>
+      <c r="AJ65" s="260"/>
+      <c r="AK65" s="260"/>
+      <c r="AL65" s="261"/>
       <c r="AM65" s="15"/>
     </row>
-    <row r="66" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="1"/>
-      <c r="C66" s="195"/>
-[...34 lines deleted...]
-      <c r="AL66" s="197"/>
+      <c r="C66" s="262"/>
+      <c r="D66" s="263"/>
+      <c r="E66" s="263"/>
+      <c r="F66" s="263"/>
+      <c r="G66" s="263"/>
+      <c r="H66" s="263"/>
+      <c r="I66" s="263"/>
+      <c r="J66" s="263"/>
+      <c r="K66" s="263"/>
+      <c r="L66" s="263"/>
+      <c r="M66" s="263"/>
+      <c r="N66" s="263"/>
+      <c r="O66" s="263"/>
+      <c r="P66" s="263"/>
+      <c r="Q66" s="263"/>
+      <c r="R66" s="263"/>
+      <c r="S66" s="263"/>
+      <c r="T66" s="263"/>
+      <c r="U66" s="263"/>
+      <c r="V66" s="263"/>
+      <c r="W66" s="263"/>
+      <c r="X66" s="263"/>
+      <c r="Y66" s="263"/>
+      <c r="Z66" s="263"/>
+      <c r="AA66" s="263"/>
+      <c r="AB66" s="263"/>
+      <c r="AC66" s="263"/>
+      <c r="AD66" s="263"/>
+      <c r="AE66" s="263"/>
+      <c r="AF66" s="263"/>
+      <c r="AG66" s="263"/>
+      <c r="AH66" s="263"/>
+      <c r="AI66" s="263"/>
+      <c r="AJ66" s="263"/>
+      <c r="AK66" s="263"/>
+      <c r="AL66" s="264"/>
       <c r="AM66" s="15"/>
     </row>
-    <row r="67" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="1"/>
-      <c r="C67" s="195"/>
-[...34 lines deleted...]
-      <c r="AL67" s="197"/>
+      <c r="C67" s="262"/>
+      <c r="D67" s="263"/>
+      <c r="E67" s="263"/>
+      <c r="F67" s="263"/>
+      <c r="G67" s="263"/>
+      <c r="H67" s="263"/>
+      <c r="I67" s="263"/>
+      <c r="J67" s="263"/>
+      <c r="K67" s="263"/>
+      <c r="L67" s="263"/>
+      <c r="M67" s="263"/>
+      <c r="N67" s="263"/>
+      <c r="O67" s="263"/>
+      <c r="P67" s="263"/>
+      <c r="Q67" s="263"/>
+      <c r="R67" s="263"/>
+      <c r="S67" s="263"/>
+      <c r="T67" s="263"/>
+      <c r="U67" s="263"/>
+      <c r="V67" s="263"/>
+      <c r="W67" s="263"/>
+      <c r="X67" s="263"/>
+      <c r="Y67" s="263"/>
+      <c r="Z67" s="263"/>
+      <c r="AA67" s="263"/>
+      <c r="AB67" s="263"/>
+      <c r="AC67" s="263"/>
+      <c r="AD67" s="263"/>
+      <c r="AE67" s="263"/>
+      <c r="AF67" s="263"/>
+      <c r="AG67" s="263"/>
+      <c r="AH67" s="263"/>
+      <c r="AI67" s="263"/>
+      <c r="AJ67" s="263"/>
+      <c r="AK67" s="263"/>
+      <c r="AL67" s="264"/>
       <c r="AM67" s="15"/>
     </row>
-    <row r="68" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="1"/>
-      <c r="C68" s="195"/>
-[...34 lines deleted...]
-      <c r="AL68" s="197"/>
+      <c r="C68" s="262"/>
+      <c r="D68" s="263"/>
+      <c r="E68" s="263"/>
+      <c r="F68" s="263"/>
+      <c r="G68" s="263"/>
+      <c r="H68" s="263"/>
+      <c r="I68" s="263"/>
+      <c r="J68" s="263"/>
+      <c r="K68" s="263"/>
+      <c r="L68" s="263"/>
+      <c r="M68" s="263"/>
+      <c r="N68" s="263"/>
+      <c r="O68" s="263"/>
+      <c r="P68" s="263"/>
+      <c r="Q68" s="263"/>
+      <c r="R68" s="263"/>
+      <c r="S68" s="263"/>
+      <c r="T68" s="263"/>
+      <c r="U68" s="263"/>
+      <c r="V68" s="263"/>
+      <c r="W68" s="263"/>
+      <c r="X68" s="263"/>
+      <c r="Y68" s="263"/>
+      <c r="Z68" s="263"/>
+      <c r="AA68" s="263"/>
+      <c r="AB68" s="263"/>
+      <c r="AC68" s="263"/>
+      <c r="AD68" s="263"/>
+      <c r="AE68" s="263"/>
+      <c r="AF68" s="263"/>
+      <c r="AG68" s="263"/>
+      <c r="AH68" s="263"/>
+      <c r="AI68" s="263"/>
+      <c r="AJ68" s="263"/>
+      <c r="AK68" s="263"/>
+      <c r="AL68" s="264"/>
       <c r="AM68" s="15"/>
     </row>
-    <row r="69" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="1"/>
-      <c r="C69" s="195"/>
-[...34 lines deleted...]
-      <c r="AL69" s="197"/>
+      <c r="C69" s="262"/>
+      <c r="D69" s="263"/>
+      <c r="E69" s="263"/>
+      <c r="F69" s="263"/>
+      <c r="G69" s="263"/>
+      <c r="H69" s="263"/>
+      <c r="I69" s="263"/>
+      <c r="J69" s="263"/>
+      <c r="K69" s="263"/>
+      <c r="L69" s="263"/>
+      <c r="M69" s="263"/>
+      <c r="N69" s="263"/>
+      <c r="O69" s="263"/>
+      <c r="P69" s="263"/>
+      <c r="Q69" s="263"/>
+      <c r="R69" s="263"/>
+      <c r="S69" s="263"/>
+      <c r="T69" s="263"/>
+      <c r="U69" s="263"/>
+      <c r="V69" s="263"/>
+      <c r="W69" s="263"/>
+      <c r="X69" s="263"/>
+      <c r="Y69" s="263"/>
+      <c r="Z69" s="263"/>
+      <c r="AA69" s="263"/>
+      <c r="AB69" s="263"/>
+      <c r="AC69" s="263"/>
+      <c r="AD69" s="263"/>
+      <c r="AE69" s="263"/>
+      <c r="AF69" s="263"/>
+      <c r="AG69" s="263"/>
+      <c r="AH69" s="263"/>
+      <c r="AI69" s="263"/>
+      <c r="AJ69" s="263"/>
+      <c r="AK69" s="263"/>
+      <c r="AL69" s="264"/>
       <c r="AM69" s="15"/>
     </row>
-    <row r="70" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="1"/>
-      <c r="C70" s="198"/>
-[...34 lines deleted...]
-      <c r="AL70" s="200"/>
+      <c r="C70" s="265"/>
+      <c r="D70" s="266"/>
+      <c r="E70" s="266"/>
+      <c r="F70" s="266"/>
+      <c r="G70" s="266"/>
+      <c r="H70" s="266"/>
+      <c r="I70" s="266"/>
+      <c r="J70" s="266"/>
+      <c r="K70" s="266"/>
+      <c r="L70" s="266"/>
+      <c r="M70" s="266"/>
+      <c r="N70" s="266"/>
+      <c r="O70" s="266"/>
+      <c r="P70" s="266"/>
+      <c r="Q70" s="266"/>
+      <c r="R70" s="266"/>
+      <c r="S70" s="266"/>
+      <c r="T70" s="266"/>
+      <c r="U70" s="266"/>
+      <c r="V70" s="266"/>
+      <c r="W70" s="266"/>
+      <c r="X70" s="266"/>
+      <c r="Y70" s="266"/>
+      <c r="Z70" s="266"/>
+      <c r="AA70" s="266"/>
+      <c r="AB70" s="266"/>
+      <c r="AC70" s="266"/>
+      <c r="AD70" s="266"/>
+      <c r="AE70" s="266"/>
+      <c r="AF70" s="266"/>
+      <c r="AG70" s="266"/>
+      <c r="AH70" s="266"/>
+      <c r="AI70" s="266"/>
+      <c r="AJ70" s="266"/>
+      <c r="AK70" s="266"/>
+      <c r="AL70" s="267"/>
       <c r="AM70" s="15"/>
     </row>
-    <row r="71" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="1"/>
       <c r="C71" s="104" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D71" s="46"/>
       <c r="E71" s="46"/>
       <c r="F71" s="46"/>
       <c r="G71" s="46"/>
       <c r="H71" s="46"/>
       <c r="I71" s="46"/>
       <c r="J71" s="46"/>
       <c r="K71" s="46"/>
       <c r="L71" s="46"/>
       <c r="M71" s="46"/>
       <c r="N71" s="46"/>
       <c r="O71" s="46"/>
       <c r="P71" s="46"/>
       <c r="Q71" s="46"/>
       <c r="R71" s="46"/>
       <c r="S71" s="46"/>
       <c r="T71" s="46"/>
       <c r="U71" s="46"/>
       <c r="V71" s="46"/>
       <c r="W71" s="46"/>
       <c r="X71" s="46"/>
       <c r="Y71" s="46"/>
       <c r="Z71" s="46"/>
       <c r="AA71" s="46"/>
       <c r="AB71" s="46"/>
       <c r="AC71" s="46"/>
       <c r="AD71" s="46"/>
       <c r="AE71" s="46"/>
       <c r="AF71" s="46"/>
       <c r="AG71" s="46"/>
       <c r="AH71" s="46"/>
       <c r="AI71" s="46"/>
       <c r="AJ71" s="46"/>
       <c r="AK71" s="46"/>
       <c r="AL71" s="47"/>
       <c r="AM71" s="15"/>
     </row>
-    <row r="72" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="1"/>
       <c r="C72" s="57"/>
       <c r="D72" s="73" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="E72" s="36"/>
       <c r="F72" s="36"/>
       <c r="G72" s="36"/>
       <c r="H72" s="36"/>
       <c r="I72" s="36"/>
       <c r="J72" s="36"/>
       <c r="K72" s="36"/>
       <c r="L72" s="36"/>
       <c r="M72" s="36"/>
       <c r="N72" s="36"/>
       <c r="O72" s="36"/>
       <c r="P72" s="36"/>
       <c r="Q72" s="36"/>
       <c r="R72" s="36"/>
       <c r="S72" s="36"/>
       <c r="T72" s="36"/>
       <c r="U72" s="36"/>
       <c r="V72" s="36"/>
       <c r="W72" s="36"/>
       <c r="X72" s="36"/>
       <c r="Y72" s="36"/>
       <c r="Z72" s="36"/>
       <c r="AA72" s="36"/>
       <c r="AB72" s="36"/>
       <c r="AC72" s="36"/>
       <c r="AD72" s="36"/>
       <c r="AE72" s="36"/>
       <c r="AF72" s="36"/>
       <c r="AG72" s="36"/>
       <c r="AH72" s="36"/>
       <c r="AI72" s="36"/>
       <c r="AJ72" s="36"/>
       <c r="AK72" s="36"/>
       <c r="AL72" s="37"/>
       <c r="AM72" s="56"/>
     </row>
-    <row r="73" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="1"/>
       <c r="C73" s="57"/>
       <c r="D73" s="73" t="s">
         <v>137</v>
       </c>
       <c r="E73" s="36"/>
       <c r="F73" s="36"/>
       <c r="G73" s="36"/>
       <c r="H73" s="36"/>
       <c r="I73" s="36"/>
       <c r="J73" s="36"/>
       <c r="K73" s="36"/>
       <c r="L73" s="36"/>
       <c r="M73" s="36"/>
       <c r="N73" s="36"/>
       <c r="O73" s="36"/>
       <c r="P73" s="36"/>
       <c r="Q73" s="36"/>
       <c r="R73" s="36"/>
       <c r="S73" s="36"/>
       <c r="T73" s="36"/>
       <c r="U73" s="36"/>
       <c r="V73" s="36"/>
       <c r="W73" s="36"/>
       <c r="X73" s="36"/>
       <c r="Y73" s="36"/>
       <c r="Z73" s="36"/>
       <c r="AA73" s="36"/>
       <c r="AB73" s="36"/>
       <c r="AC73" s="36"/>
       <c r="AD73" s="36"/>
       <c r="AE73" s="36"/>
       <c r="AF73" s="36"/>
       <c r="AG73" s="36"/>
       <c r="AH73" s="36"/>
       <c r="AI73" s="36"/>
       <c r="AJ73" s="36"/>
       <c r="AK73" s="36"/>
       <c r="AL73" s="37"/>
       <c r="AM73" s="56"/>
     </row>
-    <row r="74" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="1"/>
       <c r="C74" s="57"/>
       <c r="D74" s="74" t="s">
         <v>75</v>
       </c>
       <c r="E74" s="36"/>
       <c r="F74" s="36"/>
       <c r="G74" s="36"/>
       <c r="H74" s="36"/>
       <c r="I74" s="36"/>
       <c r="J74" s="36"/>
       <c r="K74" s="36"/>
       <c r="L74" s="36"/>
       <c r="M74" s="36"/>
       <c r="N74" s="36"/>
       <c r="O74" s="36"/>
       <c r="P74" s="36"/>
       <c r="Q74" s="36"/>
       <c r="R74" s="36"/>
       <c r="S74" s="36"/>
       <c r="T74" s="36"/>
       <c r="U74" s="36"/>
       <c r="V74" s="36"/>
       <c r="W74" s="36"/>
       <c r="X74" s="36"/>
       <c r="Y74" s="36"/>
       <c r="Z74" s="36"/>
       <c r="AA74" s="36"/>
       <c r="AB74" s="36"/>
       <c r="AC74" s="36"/>
       <c r="AD74" s="36"/>
       <c r="AE74" s="36"/>
       <c r="AF74" s="36"/>
       <c r="AG74" s="36"/>
       <c r="AH74" s="36"/>
       <c r="AI74" s="36"/>
       <c r="AJ74" s="36"/>
       <c r="AK74" s="36"/>
       <c r="AL74" s="37"/>
       <c r="AM74" s="56"/>
     </row>
-    <row r="75" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="1"/>
       <c r="C75" s="57"/>
       <c r="D75" s="74" t="s">
         <v>74</v>
       </c>
       <c r="E75" s="36"/>
       <c r="F75" s="36"/>
       <c r="G75" s="36"/>
       <c r="H75" s="36"/>
       <c r="I75" s="36"/>
       <c r="J75" s="36"/>
       <c r="K75" s="36"/>
       <c r="L75" s="36"/>
       <c r="M75" s="36"/>
       <c r="N75" s="36"/>
       <c r="O75" s="36"/>
       <c r="P75" s="36"/>
       <c r="Q75" s="36"/>
       <c r="R75" s="36"/>
       <c r="S75" s="36"/>
       <c r="T75" s="36"/>
       <c r="U75" s="36"/>
       <c r="V75" s="36"/>
       <c r="W75" s="36"/>
       <c r="X75" s="36"/>
       <c r="Y75" s="36"/>
       <c r="Z75" s="36"/>
       <c r="AA75" s="36"/>
       <c r="AB75" s="36"/>
       <c r="AC75" s="36"/>
       <c r="AD75" s="36"/>
       <c r="AE75" s="36"/>
       <c r="AF75" s="36"/>
       <c r="AG75" s="36"/>
       <c r="AH75" s="36"/>
       <c r="AI75" s="36"/>
       <c r="AJ75" s="36"/>
       <c r="AK75" s="36"/>
       <c r="AL75" s="37"/>
       <c r="AM75" s="56"/>
     </row>
-    <row r="76" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="1"/>
       <c r="C76" s="57"/>
       <c r="D76" s="74" t="s">
         <v>76</v>
       </c>
       <c r="E76" s="36"/>
       <c r="F76" s="36"/>
       <c r="G76" s="36"/>
       <c r="H76" s="36"/>
       <c r="I76" s="36"/>
       <c r="J76" s="36"/>
       <c r="K76" s="36"/>
       <c r="L76" s="36"/>
       <c r="M76" s="36"/>
       <c r="N76" s="36"/>
       <c r="O76" s="36"/>
       <c r="P76" s="36"/>
       <c r="Q76" s="36"/>
       <c r="R76" s="36"/>
       <c r="S76" s="36"/>
       <c r="T76" s="36"/>
       <c r="U76" s="36"/>
       <c r="V76" s="36"/>
       <c r="W76" s="36"/>
       <c r="X76" s="36"/>
       <c r="Y76" s="36"/>
       <c r="Z76" s="36"/>
       <c r="AA76" s="36"/>
       <c r="AB76" s="36"/>
       <c r="AC76" s="36"/>
       <c r="AD76" s="36"/>
       <c r="AE76" s="36"/>
       <c r="AF76" s="36"/>
       <c r="AG76" s="36"/>
       <c r="AH76" s="36"/>
       <c r="AI76" s="36"/>
       <c r="AJ76" s="36"/>
       <c r="AK76" s="36"/>
       <c r="AL76" s="37"/>
       <c r="AM76" s="56"/>
     </row>
-    <row r="77" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="1"/>
       <c r="C77" s="57"/>
       <c r="D77" s="74" t="s">
         <v>136</v>
       </c>
       <c r="E77" s="36"/>
       <c r="F77" s="36"/>
       <c r="G77" s="36"/>
       <c r="H77" s="36"/>
       <c r="I77" s="36"/>
       <c r="J77" s="36"/>
       <c r="K77" s="36"/>
       <c r="L77" s="36"/>
       <c r="M77" s="36"/>
       <c r="N77" s="36"/>
       <c r="O77" s="36"/>
       <c r="P77" s="36"/>
       <c r="Q77" s="36"/>
       <c r="R77" s="36"/>
       <c r="S77" s="36"/>
       <c r="T77" s="36"/>
       <c r="U77" s="36"/>
       <c r="V77" s="36"/>
       <c r="W77" s="36"/>
       <c r="X77" s="36"/>
       <c r="Y77" s="36"/>
       <c r="Z77" s="36"/>
       <c r="AA77" s="36"/>
       <c r="AB77" s="36"/>
       <c r="AC77" s="36"/>
       <c r="AD77" s="36"/>
       <c r="AE77" s="36"/>
       <c r="AF77" s="36"/>
       <c r="AG77" s="36"/>
       <c r="AH77" s="36"/>
       <c r="AI77" s="36"/>
       <c r="AJ77" s="36"/>
       <c r="AK77" s="36"/>
       <c r="AL77" s="37"/>
       <c r="AM77" s="56"/>
     </row>
-    <row r="78" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="1"/>
       <c r="C78" s="57"/>
       <c r="D78" s="74" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E78" s="36"/>
       <c r="F78" s="36"/>
       <c r="G78" s="36"/>
       <c r="H78" s="36"/>
       <c r="I78" s="36"/>
       <c r="J78" s="36"/>
       <c r="K78" s="36"/>
       <c r="L78" s="36"/>
       <c r="M78" s="36"/>
       <c r="N78" s="36"/>
       <c r="O78" s="36"/>
       <c r="P78" s="36"/>
       <c r="Q78" s="36"/>
       <c r="R78" s="36"/>
       <c r="S78" s="36"/>
       <c r="T78" s="36"/>
       <c r="U78" s="36"/>
       <c r="V78" s="36"/>
       <c r="W78" s="36"/>
       <c r="X78" s="36"/>
       <c r="Y78" s="36"/>
       <c r="Z78" s="36"/>
       <c r="AA78" s="36"/>
       <c r="AB78" s="36"/>
       <c r="AC78" s="36"/>
       <c r="AD78" s="36"/>
       <c r="AE78" s="36"/>
       <c r="AF78" s="36"/>
       <c r="AG78" s="36"/>
       <c r="AH78" s="36"/>
       <c r="AI78" s="36"/>
       <c r="AJ78" s="36"/>
       <c r="AK78" s="36"/>
       <c r="AL78" s="37"/>
       <c r="AM78" s="56"/>
     </row>
-    <row r="79" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="1"/>
       <c r="C79" s="57"/>
       <c r="D79" s="74" t="s">
         <v>169</v>
       </c>
       <c r="E79" s="36"/>
       <c r="F79" s="36"/>
       <c r="G79" s="36"/>
       <c r="H79" s="36"/>
       <c r="I79" s="36"/>
       <c r="J79" s="36"/>
       <c r="K79" s="36"/>
       <c r="L79" s="36"/>
       <c r="M79" s="36"/>
       <c r="N79" s="36"/>
       <c r="O79" s="36"/>
       <c r="P79" s="36"/>
       <c r="Q79" s="36"/>
       <c r="R79" s="36"/>
       <c r="S79" s="36"/>
       <c r="T79" s="36"/>
       <c r="U79" s="36"/>
       <c r="V79" s="36"/>
       <c r="W79" s="36"/>
       <c r="X79" s="36"/>
       <c r="Y79" s="36"/>
       <c r="Z79" s="36"/>
       <c r="AA79" s="36"/>
       <c r="AB79" s="36"/>
       <c r="AC79" s="36"/>
       <c r="AD79" s="36"/>
       <c r="AE79" s="36"/>
       <c r="AF79" s="36"/>
       <c r="AG79" s="36"/>
       <c r="AH79" s="36"/>
       <c r="AI79" s="36"/>
       <c r="AJ79" s="36"/>
       <c r="AK79" s="36"/>
       <c r="AL79" s="37"/>
       <c r="AM79" s="56"/>
     </row>
-    <row r="80" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="1"/>
       <c r="C80" s="58"/>
       <c r="D80" s="81" t="s">
         <v>138</v>
       </c>
       <c r="E80" s="82"/>
       <c r="F80" s="82"/>
       <c r="G80" s="82"/>
       <c r="H80" s="82"/>
       <c r="I80" s="82"/>
       <c r="J80" s="82"/>
       <c r="K80" s="82"/>
       <c r="L80" s="82"/>
       <c r="M80" s="82"/>
       <c r="N80" s="82"/>
       <c r="O80" s="82"/>
       <c r="P80" s="82"/>
       <c r="Q80" s="82"/>
       <c r="R80" s="82"/>
       <c r="S80" s="82"/>
       <c r="T80" s="82"/>
       <c r="U80" s="82"/>
       <c r="V80" s="82"/>
       <c r="W80" s="82"/>
       <c r="X80" s="82"/>
       <c r="Y80" s="82"/>
       <c r="Z80" s="82"/>
       <c r="AA80" s="82"/>
       <c r="AB80" s="82"/>
       <c r="AC80" s="82"/>
       <c r="AD80" s="82"/>
       <c r="AE80" s="82"/>
       <c r="AF80" s="82"/>
       <c r="AG80" s="82"/>
       <c r="AH80" s="82"/>
       <c r="AI80" s="82"/>
       <c r="AJ80" s="82"/>
       <c r="AK80" s="82"/>
       <c r="AL80" s="83"/>
       <c r="AM80" s="56"/>
     </row>
-    <row r="81" spans="2:39" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="2:39" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B81" s="1"/>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
       <c r="E81" s="8"/>
       <c r="F81" s="8"/>
       <c r="G81" s="8"/>
       <c r="H81" s="8"/>
       <c r="I81" s="8"/>
       <c r="J81" s="8"/>
       <c r="K81" s="8"/>
       <c r="L81" s="8"/>
       <c r="M81" s="8"/>
       <c r="N81" s="8"/>
       <c r="O81" s="8"/>
       <c r="P81" s="8"/>
       <c r="Q81" s="8"/>
       <c r="R81" s="8"/>
       <c r="S81" s="8"/>
       <c r="T81" s="8"/>
       <c r="U81" s="8"/>
       <c r="V81" s="8"/>
       <c r="W81" s="8"/>
       <c r="X81" s="8"/>
       <c r="Y81" s="8"/>
       <c r="Z81" s="8"/>
       <c r="AA81" s="8"/>
       <c r="AB81" s="8"/>
       <c r="AC81" s="8"/>
       <c r="AD81" s="8"/>
       <c r="AE81" s="8"/>
       <c r="AF81" s="8"/>
       <c r="AG81" s="8"/>
       <c r="AH81" s="8"/>
       <c r="AI81" s="8"/>
       <c r="AJ81" s="8"/>
       <c r="AK81" s="8"/>
       <c r="AL81" s="8"/>
       <c r="AM81" s="1"/>
     </row>
-    <row r="82" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="1"/>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
       <c r="X82" s="1"/>
       <c r="Y82" s="1"/>
       <c r="Z82" s="1"/>
       <c r="AA82" s="1"/>
       <c r="AB82" s="1"/>
       <c r="AC82" s="1"/>
       <c r="AD82" s="1"/>
       <c r="AE82" s="1"/>
       <c r="AF82" s="1"/>
       <c r="AG82" s="1"/>
       <c r="AH82" s="1"/>
       <c r="AI82" s="1"/>
       <c r="AJ82" s="1"/>
       <c r="AK82" s="1"/>
       <c r="AL82" s="1"/>
       <c r="AM82" s="1"/>
     </row>
-    <row r="83" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="2:39" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="1"/>
-      <c r="C83" s="201" t="s">
+      <c r="C83" s="268" t="s">
         <v>142</v>
       </c>
-      <c r="D83" s="201"/>
-[...4 lines deleted...]
-      <c r="I83" s="203" t="s">
+      <c r="D83" s="268"/>
+      <c r="E83" s="268"/>
+      <c r="F83" s="268"/>
+      <c r="G83" s="268"/>
+      <c r="H83" s="269"/>
+      <c r="I83" s="270" t="s">
         <v>143</v>
       </c>
-      <c r="J83" s="204"/>
-[...29 lines deleted...]
-      <c r="AL83" s="211"/>
+      <c r="J83" s="271"/>
+      <c r="K83" s="271"/>
+      <c r="L83" s="271"/>
+      <c r="M83" s="271"/>
+      <c r="N83" s="271"/>
+      <c r="O83" s="271"/>
+      <c r="P83" s="271"/>
+      <c r="Q83" s="271"/>
+      <c r="R83" s="271"/>
+      <c r="S83" s="271"/>
+      <c r="T83" s="271"/>
+      <c r="U83" s="271"/>
+      <c r="V83" s="271"/>
+      <c r="W83" s="272"/>
+      <c r="X83" s="276" t="s">
+        <v>201</v>
+      </c>
+      <c r="Y83" s="277"/>
+      <c r="Z83" s="277"/>
+      <c r="AA83" s="277"/>
+      <c r="AB83" s="277"/>
+      <c r="AC83" s="277"/>
+      <c r="AD83" s="277"/>
+      <c r="AE83" s="277"/>
+      <c r="AF83" s="277"/>
+      <c r="AG83" s="277"/>
+      <c r="AH83" s="277"/>
+      <c r="AI83" s="277"/>
+      <c r="AJ83" s="277"/>
+      <c r="AK83" s="277"/>
+      <c r="AL83" s="278"/>
       <c r="AM83" s="32"/>
     </row>
-    <row r="84" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="1"/>
       <c r="C84" s="28"/>
       <c r="D84" s="28"/>
       <c r="E84" s="28"/>
       <c r="F84" s="28"/>
       <c r="G84" s="28"/>
       <c r="H84" s="28"/>
-      <c r="I84" s="206"/>
-[...28 lines deleted...]
-      <c r="AL84" s="214"/>
+      <c r="I84" s="273"/>
+      <c r="J84" s="274"/>
+      <c r="K84" s="274"/>
+      <c r="L84" s="274"/>
+      <c r="M84" s="274"/>
+      <c r="N84" s="274"/>
+      <c r="O84" s="274"/>
+      <c r="P84" s="274"/>
+      <c r="Q84" s="274"/>
+      <c r="R84" s="274"/>
+      <c r="S84" s="274"/>
+      <c r="T84" s="274"/>
+      <c r="U84" s="274"/>
+      <c r="V84" s="274"/>
+      <c r="W84" s="275"/>
+      <c r="X84" s="279"/>
+      <c r="Y84" s="280"/>
+      <c r="Z84" s="280"/>
+      <c r="AA84" s="280"/>
+      <c r="AB84" s="280"/>
+      <c r="AC84" s="280"/>
+      <c r="AD84" s="280"/>
+      <c r="AE84" s="280"/>
+      <c r="AF84" s="280"/>
+      <c r="AG84" s="280"/>
+      <c r="AH84" s="280"/>
+      <c r="AI84" s="280"/>
+      <c r="AJ84" s="280"/>
+      <c r="AK84" s="280"/>
+      <c r="AL84" s="281"/>
       <c r="AM84" s="32"/>
     </row>
-    <row r="85" spans="2:39" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="2:39" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="1"/>
       <c r="C85" s="29"/>
-      <c r="D85" s="156" t="s">
+      <c r="D85" s="243" t="s">
         <v>141</v>
       </c>
-      <c r="E85" s="156"/>
-[...32 lines deleted...]
-      <c r="AL85" s="186"/>
+      <c r="E85" s="243"/>
+      <c r="F85" s="243"/>
+      <c r="G85" s="243"/>
+      <c r="H85" s="244"/>
+      <c r="I85" s="245"/>
+      <c r="J85" s="246"/>
+      <c r="K85" s="246"/>
+      <c r="L85" s="246"/>
+      <c r="M85" s="246"/>
+      <c r="N85" s="246"/>
+      <c r="O85" s="246"/>
+      <c r="P85" s="246"/>
+      <c r="Q85" s="246"/>
+      <c r="R85" s="246"/>
+      <c r="S85" s="246"/>
+      <c r="T85" s="246"/>
+      <c r="U85" s="246"/>
+      <c r="V85" s="246"/>
+      <c r="W85" s="247"/>
+      <c r="X85" s="251"/>
+      <c r="Y85" s="252"/>
+      <c r="Z85" s="252"/>
+      <c r="AA85" s="252"/>
+      <c r="AB85" s="252"/>
+      <c r="AC85" s="252"/>
+      <c r="AD85" s="252"/>
+      <c r="AE85" s="252"/>
+      <c r="AF85" s="252"/>
+      <c r="AG85" s="252"/>
+      <c r="AH85" s="252"/>
+      <c r="AI85" s="252"/>
+      <c r="AJ85" s="252"/>
+      <c r="AK85" s="252"/>
+      <c r="AL85" s="253"/>
       <c r="AM85" s="4"/>
     </row>
-    <row r="86" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="1"/>
       <c r="C86" s="29"/>
-      <c r="D86" s="156"/>
-[...33 lines deleted...]
-      <c r="AL86" s="189"/>
+      <c r="D86" s="243"/>
+      <c r="E86" s="243"/>
+      <c r="F86" s="243"/>
+      <c r="G86" s="243"/>
+      <c r="H86" s="244"/>
+      <c r="I86" s="248"/>
+      <c r="J86" s="249"/>
+      <c r="K86" s="249"/>
+      <c r="L86" s="249"/>
+      <c r="M86" s="249"/>
+      <c r="N86" s="249"/>
+      <c r="O86" s="249"/>
+      <c r="P86" s="249"/>
+      <c r="Q86" s="249"/>
+      <c r="R86" s="249"/>
+      <c r="S86" s="249"/>
+      <c r="T86" s="249"/>
+      <c r="U86" s="249"/>
+      <c r="V86" s="249"/>
+      <c r="W86" s="250"/>
+      <c r="X86" s="254"/>
+      <c r="Y86" s="255"/>
+      <c r="Z86" s="255"/>
+      <c r="AA86" s="255"/>
+      <c r="AB86" s="255"/>
+      <c r="AC86" s="255"/>
+      <c r="AD86" s="255"/>
+      <c r="AE86" s="255"/>
+      <c r="AF86" s="255"/>
+      <c r="AG86" s="255"/>
+      <c r="AH86" s="255"/>
+      <c r="AI86" s="255"/>
+      <c r="AJ86" s="255"/>
+      <c r="AK86" s="255"/>
+      <c r="AL86" s="256"/>
       <c r="AM86" s="4"/>
     </row>
-    <row r="87" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B87" s="1"/>
       <c r="C87" s="22"/>
-      <c r="D87" s="170" t="s">
+      <c r="D87" s="184" t="s">
         <v>140</v>
       </c>
-      <c r="E87" s="170"/>
-[...32 lines deleted...]
-      <c r="AL87" s="177"/>
+      <c r="E87" s="184"/>
+      <c r="F87" s="184"/>
+      <c r="G87" s="184"/>
+      <c r="H87" s="294"/>
+      <c r="I87" s="295"/>
+      <c r="J87" s="186"/>
+      <c r="K87" s="186"/>
+      <c r="L87" s="186"/>
+      <c r="M87" s="186"/>
+      <c r="N87" s="186"/>
+      <c r="O87" s="186"/>
+      <c r="P87" s="186"/>
+      <c r="Q87" s="186"/>
+      <c r="R87" s="186"/>
+      <c r="S87" s="186"/>
+      <c r="T87" s="186"/>
+      <c r="U87" s="186"/>
+      <c r="V87" s="186"/>
+      <c r="W87" s="296"/>
+      <c r="X87" s="297"/>
+      <c r="Y87" s="298"/>
+      <c r="Z87" s="298"/>
+      <c r="AA87" s="298"/>
+      <c r="AB87" s="298"/>
+      <c r="AC87" s="298"/>
+      <c r="AD87" s="298"/>
+      <c r="AE87" s="298"/>
+      <c r="AF87" s="298"/>
+      <c r="AG87" s="298"/>
+      <c r="AH87" s="298"/>
+      <c r="AI87" s="298"/>
+      <c r="AJ87" s="298"/>
+      <c r="AK87" s="298"/>
+      <c r="AL87" s="299"/>
       <c r="AM87" s="4"/>
     </row>
-    <row r="88" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="1"/>
       <c r="C88" s="22"/>
-      <c r="D88" s="170" t="s">
-[...35 lines deleted...]
-      <c r="AL88" s="177"/>
+      <c r="D88" s="184" t="s">
+        <v>174</v>
+      </c>
+      <c r="E88" s="184"/>
+      <c r="F88" s="184"/>
+      <c r="G88" s="184"/>
+      <c r="H88" s="294"/>
+      <c r="I88" s="295"/>
+      <c r="J88" s="186"/>
+      <c r="K88" s="186"/>
+      <c r="L88" s="186"/>
+      <c r="M88" s="186"/>
+      <c r="N88" s="186"/>
+      <c r="O88" s="186"/>
+      <c r="P88" s="186"/>
+      <c r="Q88" s="186"/>
+      <c r="R88" s="186"/>
+      <c r="S88" s="186"/>
+      <c r="T88" s="186"/>
+      <c r="U88" s="186"/>
+      <c r="V88" s="186"/>
+      <c r="W88" s="296"/>
+      <c r="X88" s="297"/>
+      <c r="Y88" s="298"/>
+      <c r="Z88" s="298"/>
+      <c r="AA88" s="298"/>
+      <c r="AB88" s="298"/>
+      <c r="AC88" s="298"/>
+      <c r="AD88" s="298"/>
+      <c r="AE88" s="298"/>
+      <c r="AF88" s="298"/>
+      <c r="AG88" s="298"/>
+      <c r="AH88" s="298"/>
+      <c r="AI88" s="298"/>
+      <c r="AJ88" s="298"/>
+      <c r="AK88" s="298"/>
+      <c r="AL88" s="299"/>
       <c r="AM88" s="4"/>
     </row>
-    <row r="89" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="1"/>
       <c r="C89" s="29"/>
-      <c r="D89" s="156" t="s">
+      <c r="D89" s="243" t="s">
         <v>139</v>
       </c>
-      <c r="E89" s="156"/>
-[...32 lines deleted...]
-      <c r="AL89" s="166"/>
+      <c r="E89" s="243"/>
+      <c r="F89" s="243"/>
+      <c r="G89" s="243"/>
+      <c r="H89" s="244"/>
+      <c r="I89" s="282"/>
+      <c r="J89" s="283"/>
+      <c r="K89" s="283"/>
+      <c r="L89" s="283"/>
+      <c r="M89" s="283"/>
+      <c r="N89" s="283"/>
+      <c r="O89" s="283"/>
+      <c r="P89" s="283"/>
+      <c r="Q89" s="283"/>
+      <c r="R89" s="283"/>
+      <c r="S89" s="283"/>
+      <c r="T89" s="283"/>
+      <c r="U89" s="283"/>
+      <c r="V89" s="283"/>
+      <c r="W89" s="284"/>
+      <c r="X89" s="288"/>
+      <c r="Y89" s="289"/>
+      <c r="Z89" s="289"/>
+      <c r="AA89" s="289"/>
+      <c r="AB89" s="289"/>
+      <c r="AC89" s="289"/>
+      <c r="AD89" s="289"/>
+      <c r="AE89" s="289"/>
+      <c r="AF89" s="289"/>
+      <c r="AG89" s="289"/>
+      <c r="AH89" s="289"/>
+      <c r="AI89" s="289"/>
+      <c r="AJ89" s="289"/>
+      <c r="AK89" s="289"/>
+      <c r="AL89" s="290"/>
       <c r="AM89" s="4"/>
     </row>
-    <row r="90" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="1"/>
       <c r="C90" s="29"/>
-      <c r="D90" s="156"/>
-[...33 lines deleted...]
-      <c r="AL90" s="169"/>
+      <c r="D90" s="243"/>
+      <c r="E90" s="243"/>
+      <c r="F90" s="243"/>
+      <c r="G90" s="243"/>
+      <c r="H90" s="244"/>
+      <c r="I90" s="285"/>
+      <c r="J90" s="286"/>
+      <c r="K90" s="286"/>
+      <c r="L90" s="286"/>
+      <c r="M90" s="286"/>
+      <c r="N90" s="286"/>
+      <c r="O90" s="286"/>
+      <c r="P90" s="286"/>
+      <c r="Q90" s="286"/>
+      <c r="R90" s="286"/>
+      <c r="S90" s="286"/>
+      <c r="T90" s="286"/>
+      <c r="U90" s="286"/>
+      <c r="V90" s="286"/>
+      <c r="W90" s="287"/>
+      <c r="X90" s="291"/>
+      <c r="Y90" s="292"/>
+      <c r="Z90" s="292"/>
+      <c r="AA90" s="292"/>
+      <c r="AB90" s="292"/>
+      <c r="AC90" s="292"/>
+      <c r="AD90" s="292"/>
+      <c r="AE90" s="292"/>
+      <c r="AF90" s="292"/>
+      <c r="AG90" s="292"/>
+      <c r="AH90" s="292"/>
+      <c r="AI90" s="292"/>
+      <c r="AJ90" s="292"/>
+      <c r="AK90" s="292"/>
+      <c r="AL90" s="293"/>
       <c r="AM90" s="4"/>
     </row>
-    <row r="91" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="2:39" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="1"/>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
       <c r="X91" s="1"/>
       <c r="Y91" s="1"/>
       <c r="Z91" s="1"/>
       <c r="AA91" s="1"/>
       <c r="AB91" s="1"/>
       <c r="AC91" s="1"/>
       <c r="AD91" s="1"/>
       <c r="AE91" s="1"/>
       <c r="AF91" s="1"/>
       <c r="AG91" s="1"/>
       <c r="AH91" s="1"/>
       <c r="AI91" s="1"/>
       <c r="AJ91" s="1"/>
       <c r="AK91" s="1"/>
       <c r="AL91" s="42" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AM91" s="1"/>
     </row>
-    <row r="92" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="1"/>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
       <c r="X92" s="1"/>
       <c r="Y92" s="1"/>
       <c r="Z92" s="1"/>
       <c r="AA92" s="1"/>
       <c r="AB92" s="1"/>
       <c r="AC92" s="1"/>
       <c r="AD92" s="1"/>
       <c r="AE92" s="1"/>
       <c r="AF92" s="1"/>
       <c r="AG92" s="1"/>
       <c r="AH92" s="1"/>
       <c r="AI92" s="1"/>
       <c r="AJ92" s="1"/>
       <c r="AK92" s="1"/>
       <c r="AL92" s="1"/>
       <c r="AM92" s="1"/>
     </row>
-    <row r="93" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B93" s="1"/>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
       <c r="X93" s="1"/>
       <c r="Y93" s="1"/>
       <c r="Z93" s="1"/>
       <c r="AA93" s="1"/>
       <c r="AB93" s="1"/>
       <c r="AC93" s="1"/>
       <c r="AD93" s="1"/>
       <c r="AE93" s="1"/>
       <c r="AF93" s="1"/>
       <c r="AG93" s="1"/>
       <c r="AH93" s="1"/>
       <c r="AI93" s="1"/>
       <c r="AJ93" s="1"/>
       <c r="AK93" s="1"/>
       <c r="AL93" s="1"/>
       <c r="AM93" s="1"/>
     </row>
-    <row r="94" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="1"/>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
       <c r="X94" s="1"/>
       <c r="Y94" s="1"/>
       <c r="Z94" s="1"/>
       <c r="AA94" s="1"/>
       <c r="AB94" s="1"/>
       <c r="AC94" s="1"/>
       <c r="AD94" s="1"/>
       <c r="AE94" s="1"/>
       <c r="AF94" s="1"/>
       <c r="AG94" s="1"/>
       <c r="AH94" s="1"/>
       <c r="AI94" s="1"/>
       <c r="AJ94" s="1"/>
       <c r="AK94" s="1"/>
       <c r="AL94" s="1"/>
       <c r="AM94" s="1"/>
     </row>
-    <row r="95" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="1"/>
       <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
       <c r="X95" s="1"/>
       <c r="Y95" s="1"/>
       <c r="Z95" s="1"/>
       <c r="AA95" s="1"/>
       <c r="AB95" s="1"/>
       <c r="AC95" s="1"/>
       <c r="AD95" s="1"/>
       <c r="AE95" s="1"/>
       <c r="AF95" s="1"/>
       <c r="AG95" s="1"/>
       <c r="AH95" s="1"/>
       <c r="AI95" s="1"/>
       <c r="AJ95" s="1"/>
       <c r="AK95" s="1"/>
       <c r="AL95" s="1"/>
       <c r="AM95" s="1"/>
     </row>
-    <row r="96" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="1"/>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
       <c r="X96" s="1"/>
       <c r="Y96" s="1"/>
       <c r="Z96" s="1"/>
       <c r="AA96" s="1"/>
       <c r="AB96" s="1"/>
       <c r="AC96" s="1"/>
       <c r="AD96" s="1"/>
       <c r="AE96" s="1"/>
       <c r="AF96" s="1"/>
       <c r="AG96" s="1"/>
       <c r="AH96" s="1"/>
       <c r="AI96" s="1"/>
       <c r="AJ96" s="1"/>
       <c r="AK96" s="1"/>
       <c r="AL96" s="1"/>
       <c r="AM96" s="1"/>
     </row>
-    <row r="97" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="1"/>
       <c r="C97" s="1"/>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
       <c r="X97" s="1"/>
       <c r="Y97" s="1"/>
       <c r="Z97" s="1"/>
       <c r="AA97" s="1"/>
       <c r="AB97" s="1"/>
       <c r="AC97" s="1"/>
       <c r="AD97" s="1"/>
       <c r="AE97" s="1"/>
       <c r="AF97" s="1"/>
       <c r="AG97" s="1"/>
       <c r="AH97" s="1"/>
       <c r="AI97" s="1"/>
       <c r="AJ97" s="1"/>
       <c r="AK97" s="1"/>
       <c r="AL97" s="1"/>
       <c r="AM97" s="1"/>
     </row>
-    <row r="98" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="1"/>
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
       <c r="X98" s="1"/>
       <c r="Y98" s="1"/>
       <c r="Z98" s="1"/>
       <c r="AA98" s="1"/>
       <c r="AB98" s="1"/>
       <c r="AC98" s="1"/>
       <c r="AD98" s="1"/>
       <c r="AE98" s="1"/>
       <c r="AF98" s="1"/>
       <c r="AG98" s="1"/>
       <c r="AH98" s="1"/>
       <c r="AI98" s="1"/>
       <c r="AJ98" s="1"/>
       <c r="AK98" s="1"/>
       <c r="AL98" s="1"/>
       <c r="AM98" s="1"/>
     </row>
-    <row r="99" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="1"/>
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
       <c r="X99" s="1"/>
       <c r="Y99" s="1"/>
       <c r="Z99" s="1"/>
       <c r="AA99" s="1"/>
       <c r="AB99" s="1"/>
       <c r="AC99" s="1"/>
       <c r="AD99" s="1"/>
       <c r="AE99" s="1"/>
       <c r="AF99" s="1"/>
       <c r="AG99" s="1"/>
       <c r="AH99" s="1"/>
       <c r="AI99" s="1"/>
       <c r="AJ99" s="1"/>
       <c r="AK99" s="1"/>
       <c r="AL99" s="1"/>
       <c r="AM99" s="1"/>
     </row>
-    <row r="100" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="1"/>
     </row>
-    <row r="101" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="1"/>
     </row>
-    <row r="102" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
-[...119 lines deleted...]
-    <row r="235" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="102" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="104" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" spans="2:39" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="106" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="108" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="2:39" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="156" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="157" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="158" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="159" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="160" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="161" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="163" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="176" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="177" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="178" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="179" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="180" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="181" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="182" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="183" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="184" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="185" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="186" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="187" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="188" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="189" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="190" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="191" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="192" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="193" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="194" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="195" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="199" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="200" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="201" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="202" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="203" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="204" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="205" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="208" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="210" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="211" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="212" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="213" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="214" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="215" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="216" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="217" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="218" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="219" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="222" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="223" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="224" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="225" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="226" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="227" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="228" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="231" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="232" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="233" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="234" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="235" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Q323Gly+3f8G4X+ol++3GFzGSa0lbGI7gxqT+jG8QJ8ay9w0PS3m2iTeC55+zd33zfif9anxFlJOpPr8diNqpw==" saltValue="+ii9rF+DOm/CFYlpVvDXvQ==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="bejBbq/8mK7jpDyz1OG6M9rbgrXKOxFWliLlxWN75RjVSeVZsjLvc/iUVZaq9Op7xGD/0019eT6kOeWnalDhgA==" saltValue="XqbIV5aXkl4vvB+sFwl2Ww==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="79">
-    <mergeCell ref="R54:S54"/>
-[...22 lines deleted...]
-    <mergeCell ref="X88:AL88"/>
+    <mergeCell ref="U48:Z49"/>
+    <mergeCell ref="G9:AL9"/>
+    <mergeCell ref="Z17:AA17"/>
+    <mergeCell ref="AA45:AB45"/>
+    <mergeCell ref="AC45:AD45"/>
+    <mergeCell ref="AE45:AF45"/>
+    <mergeCell ref="AG45:AH45"/>
+    <mergeCell ref="AI45:AJ45"/>
+    <mergeCell ref="AK45:AL45"/>
+    <mergeCell ref="AE46:AF49"/>
+    <mergeCell ref="AG46:AH49"/>
+    <mergeCell ref="AI46:AJ49"/>
+    <mergeCell ref="AK46:AL49"/>
+    <mergeCell ref="D38:Q39"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="I17:K17"/>
+    <mergeCell ref="C2:G5"/>
+    <mergeCell ref="H2:P5"/>
+    <mergeCell ref="Q2:Y5"/>
+    <mergeCell ref="Z2:AL5"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="G7:Q7"/>
+    <mergeCell ref="R7:U7"/>
+    <mergeCell ref="V7:AA7"/>
+    <mergeCell ref="AC7:AF7"/>
+    <mergeCell ref="AG7:AL7"/>
+    <mergeCell ref="S17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="AK44:AL44"/>
+    <mergeCell ref="AA44:AB44"/>
+    <mergeCell ref="AC44:AD44"/>
+    <mergeCell ref="AE44:AF44"/>
+    <mergeCell ref="AG44:AH44"/>
+    <mergeCell ref="AI44:AJ44"/>
+    <mergeCell ref="C29:AL30"/>
+    <mergeCell ref="AD17:AL18"/>
+    <mergeCell ref="Z27:AL28"/>
+    <mergeCell ref="D35:Q36"/>
+    <mergeCell ref="D32:Q33"/>
     <mergeCell ref="AA46:AB49"/>
     <mergeCell ref="AC46:AD49"/>
     <mergeCell ref="C83:H83"/>
     <mergeCell ref="I83:W84"/>
     <mergeCell ref="X83:AL84"/>
     <mergeCell ref="C62:AL62"/>
     <mergeCell ref="M63:AL63"/>
     <mergeCell ref="AK58:AL60"/>
     <mergeCell ref="AA55:AB57"/>
     <mergeCell ref="AC55:AD57"/>
     <mergeCell ref="AE55:AF57"/>
     <mergeCell ref="AG55:AH57"/>
     <mergeCell ref="AI55:AJ57"/>
     <mergeCell ref="AK55:AL57"/>
     <mergeCell ref="AA58:AB60"/>
     <mergeCell ref="AC58:AD60"/>
-    <mergeCell ref="S17:U17"/>
-[...37 lines deleted...]
-    <mergeCell ref="I17:K17"/>
+    <mergeCell ref="D89:H90"/>
+    <mergeCell ref="I89:W90"/>
+    <mergeCell ref="X89:AL90"/>
+    <mergeCell ref="D87:H87"/>
+    <mergeCell ref="I87:W87"/>
+    <mergeCell ref="X87:AL87"/>
+    <mergeCell ref="D88:H88"/>
+    <mergeCell ref="I88:W88"/>
+    <mergeCell ref="X88:AL88"/>
+    <mergeCell ref="R54:S54"/>
+    <mergeCell ref="D85:H86"/>
+    <mergeCell ref="I85:W86"/>
+    <mergeCell ref="C64:AL64"/>
+    <mergeCell ref="X85:AL86"/>
+    <mergeCell ref="C65:AL70"/>
+    <mergeCell ref="AK50:AL54"/>
+    <mergeCell ref="AE58:AF60"/>
+    <mergeCell ref="AG58:AH60"/>
+    <mergeCell ref="AI58:AJ60"/>
+    <mergeCell ref="AA50:AB54"/>
+    <mergeCell ref="AC50:AD54"/>
+    <mergeCell ref="AE50:AF54"/>
+    <mergeCell ref="AG50:AH54"/>
+    <mergeCell ref="AI50:AJ54"/>
   </mergeCells>
   <conditionalFormatting sqref="C19:E19 G19:L19">
     <cfRule type="expression" dxfId="15" priority="18">
       <formula>$AN$16=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C21:E21 G21:AH21">
     <cfRule type="expression" dxfId="14" priority="15">
       <formula>$AQ$16=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D73">
     <cfRule type="expression" dxfId="13" priority="14">
       <formula>$AN$12&lt;&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D74:D75">
     <cfRule type="expression" dxfId="12" priority="22">
       <formula>$AN$41=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D76">
     <cfRule type="expression" dxfId="11" priority="23">
       <formula>$AP$50=0</formula>
     </cfRule>
@@ -26295,1153 +26295,1153 @@
     <cfRule type="cellIs" dxfId="0" priority="17" operator="equal">
       <formula>"à renseigner"</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="62" min="1" max="38" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="I20" emptyCellReference="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1061" r:id="rId4" name="ouinon">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>297180</xdr:colOff>
+                    <xdr:colOff>295275</xdr:colOff>
                     <xdr:row>31</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1062" r:id="rId5" name="Option Button 38">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>31</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>266700</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>121920</xdr:rowOff>
+                    <xdr:rowOff>123825</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1063" r:id="rId6" name="Option Button 39">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1064" r:id="rId7" name="Option Button 40">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>30480</xdr:colOff>
+                    <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1070" r:id="rId8" name="Group Box 46">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1075" r:id="rId9" name="Group Box 51">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>36</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>60</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1076" r:id="rId10" name="Option Button 52">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1092" r:id="rId11" name="Option Button 68">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1093" r:id="rId12" name="Option Button 69">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1094" r:id="rId13" name="Option Button 70">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>182880</xdr:colOff>
+                    <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1095" r:id="rId14" name="Option Button 71">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1096" r:id="rId15" name="Option Button 72">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>35</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>51</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1097" r:id="rId16" name="Option Button 73">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1098" r:id="rId17" name="Option Button 74">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>182880</xdr:colOff>
+                    <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1099" r:id="rId18" name="Option Button 75">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>60960</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1100" r:id="rId19" name="Option Button 76">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1101" r:id="rId20" name="Option Button 77">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1102" r:id="rId21" name="Option Button 78">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>182880</xdr:colOff>
+                    <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1103" r:id="rId22" name="Option Button 79">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1104" r:id="rId23" name="Option Button 80">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1105" r:id="rId24" name="Option Button 81">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1106" r:id="rId25" name="Option Button 82">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>59</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1124" r:id="rId26" name="Group Box 100">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>30</xdr:row>
-                    <xdr:rowOff>144780</xdr:rowOff>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>198120</xdr:colOff>
+                    <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1135" r:id="rId27" name="Check Box 111">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>70</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1136" r:id="rId28" name="Check Box 112">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>72</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1137" r:id="rId29" name="Check Box 113">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>73</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>74</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1138" r:id="rId30" name="Check Box 114">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>75</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>76</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1139" r:id="rId31" name="Check Box 115">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>76</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>77</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1140" r:id="rId32" name="Check Box 116">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>77</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>78</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1141" r:id="rId33" name="Check Box 117">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>78</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>79</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1142" r:id="rId34" name="Option Button 118">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1143" r:id="rId35" name="Option Button 119">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>25</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1148" r:id="rId36" name="Option Button 124">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1155" r:id="rId37" name="Option Button 131">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1156" r:id="rId38" name="Option Button 132">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>106680</xdr:colOff>
+                    <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>99060</xdr:colOff>
+                    <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1157" r:id="rId39" name="Group Box 133">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>190500</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>137160</xdr:rowOff>
+                    <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>289560</xdr:colOff>
+                    <xdr:colOff>285750</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1159" r:id="rId40" name="Check Box 135">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>73</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>74</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1162" r:id="rId41" name="Option Button 138">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
-                    <xdr:colOff>327660</xdr:colOff>
+                    <xdr:colOff>323850</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1163" r:id="rId42" name="Option Button 139">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>45720</xdr:colOff>
+                    <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>31</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1164" r:id="rId43" name="Option Button 140">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1166" r:id="rId44" name="Group Box 142">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>373380</xdr:colOff>
+                    <xdr:colOff>371475</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>171450</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1167" r:id="rId45" name="Group Box 143">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>365760</xdr:colOff>
+                    <xdr:colOff>361950</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>289560</xdr:rowOff>
+                    <xdr:rowOff>285750</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1168" r:id="rId46" name="Check Box 144">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>75</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>76</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1173" r:id="rId47" name="Option Button 149">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>30480</xdr:colOff>
+                    <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>1714500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>25</xdr:col>
-                    <xdr:colOff>312420</xdr:colOff>
+                    <xdr:colOff>314325</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>1935480</xdr:rowOff>
+                    <xdr:rowOff>1933575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1174" r:id="rId48" name="Check Box 150">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>175260</xdr:colOff>
+                    <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>70</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>71</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1175" r:id="rId49" name="Option Button 151">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>144780</xdr:rowOff>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1176" r:id="rId50" name="Option Button 152">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>266700</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>144780</xdr:rowOff>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1177" r:id="rId51" name="Group Box 153">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>33</xdr:row>
-                    <xdr:rowOff>160020</xdr:rowOff>
+                    <xdr:rowOff>161925</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>198120</xdr:colOff>
+                    <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1178" r:id="rId52" name="Option Button 154">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>38</xdr:row>
-                    <xdr:rowOff>144780</xdr:rowOff>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1179" r:id="rId53" name="Option Button 155">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
-                    <xdr:colOff>251460</xdr:colOff>
+                    <xdr:colOff>247650</xdr:colOff>
                     <xdr:row>38</xdr:row>
-                    <xdr:rowOff>144780</xdr:rowOff>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1180" r:id="rId54" name="Group Box 156">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>