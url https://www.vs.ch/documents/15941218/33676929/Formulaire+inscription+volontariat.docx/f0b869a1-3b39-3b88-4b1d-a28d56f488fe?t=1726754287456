--- v0 (2025-11-06)
+++ v1 (2026-03-11)
@@ -1,141 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8126" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="6980"/>
         <w:gridCol w:w="910"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F4C61" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="008F4C61" w:rsidRPr="00EB6D1E" w14:paraId="139EF39D" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C61" w:rsidRPr="00EB6D1E" w:rsidRDefault="008F4C61" w:rsidP="00BF12F1">
+          <w:p w14:paraId="783D0527" w14:textId="77777777" w:rsidR="008F4C61" w:rsidRPr="00EB6D1E" w:rsidRDefault="008F4C61" w:rsidP="00BF12F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00B7430E" w:rsidRDefault="00576604" w:rsidP="00D332CB">
+          <w:p w14:paraId="57FBA03A" w14:textId="77777777" w:rsidR="00B7430E" w:rsidRDefault="00576604" w:rsidP="00D332CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00B7430E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>emande de service volontaire</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00B7430E" w:rsidP="00D332CB">
+          <w:p w14:paraId="6B3EC309" w14:textId="77777777" w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00B7430E" w:rsidP="00D332CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>dans la</w:t>
             </w:r>
             <w:r w:rsidR="0078257C" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
@@ -143,97 +141,97 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> p</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>rotection civile comme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C61" w:rsidRPr="00EB6D1E" w:rsidRDefault="008F4C61" w:rsidP="008F4C61">
+          <w:p w14:paraId="61CD14AC" w14:textId="77777777" w:rsidR="008F4C61" w:rsidRPr="00EB6D1E" w:rsidRDefault="008F4C61" w:rsidP="008F4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w14:paraId="56F5BABC" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="00BF12F1">
+          <w:p w14:paraId="53F47B71" w14:textId="77777777" w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="00BF12F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="00EB6D1E">
+          <w:p w14:paraId="65307ABC" w14:textId="77777777" w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:ind w:left="-978" w:right="-950"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>(à retourne</w:t>
             </w:r>
             <w:r w:rsidR="008D1D44" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -325,1708 +323,1699 @@
               </w:rPr>
               <w:t>rône</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="008F4C61">
+          <w:p w14:paraId="0FE17297" w14:textId="77777777" w:rsidR="00EE123E" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="008F4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF1148" w:rsidRPr="002A25C5" w:rsidRDefault="00CF1148" w:rsidP="00BF12F1">
+    <w:p w14:paraId="2C099AC3" w14:textId="77777777" w:rsidR="00CF1148" w:rsidRPr="002A25C5" w:rsidRDefault="00CF1148" w:rsidP="00BF12F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8335" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="697"/>
         <w:gridCol w:w="2292"/>
         <w:gridCol w:w="716"/>
         <w:gridCol w:w="831"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="889"/>
         <w:gridCol w:w="1350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w14:paraId="436C5187" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8335" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005428DA" w:rsidP="00D332CB">
+          <w:p w14:paraId="0782E3DD" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005428DA" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SITUATION PERSONNELLE DU REQUERANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w14:paraId="5C511996" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="2D808362" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="363D0A30" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="Nom"/>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="5EBCA721" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Né(e) le</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="000E588A" w:rsidP="00D332CB">
+          <w:p w14:paraId="06649913" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="000E588A" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> QUOTE "</w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Date_de_naiss"/>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkStart w:id="1" w:name="Date_de_naiss"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve">" \@ "dd.MM.yyyy" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w14:paraId="505DE989" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
+          <w:p w14:paraId="2E4F655D" w14:textId="77777777" w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
+          <w:p w14:paraId="36F05A68" w14:textId="77777777" w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="Prénom"/>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkStart w:id="2" w:name="Prénom"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="000D6B69" w:rsidP="00D332CB">
+          <w:p w14:paraId="3DC91568" w14:textId="77777777" w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="000D6B69" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No AVS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
+          <w:p w14:paraId="66471783" w14:textId="77777777" w:rsidR="00884B54" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="No_AVS"/>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkStart w:id="3" w:name="No_AVS"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w14:paraId="7854E5FB" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
+          <w:p w14:paraId="3DD50AA8" w14:textId="77777777" w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="00884B54" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Profession</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="009D239A" w:rsidP="00D332CB">
+          <w:p w14:paraId="3106995D" w14:textId="77777777" w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="009D239A" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="Profession"/>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkStart w:id="4" w:name="Profession"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
+          <w:p w14:paraId="65363F74" w14:textId="77777777" w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Nationalité</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="009D239A" w:rsidP="00D332CB">
+          <w:p w14:paraId="6D2D2798" w14:textId="77777777" w:rsidR="009D239A" w:rsidRPr="00EB6D1E" w:rsidRDefault="009D239A" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w14:paraId="5D53ED72" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
+          <w:p w14:paraId="6C07C072" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Lieu d’origine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="006ED5C5" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="Lieu_d_origine"/>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkStart w:id="5" w:name="Lieu_d_origine"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
+          <w:p w14:paraId="370B9FE3" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Type de permis </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(pour les étrangers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="54019F95" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w14:paraId="3B6195A6" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
+          <w:p w14:paraId="77C911D7" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Canton d’origine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="77BE66BA" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
+          <w:p w14:paraId="5E77F710" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="3B4E06A4" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="Adresse"/>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkStart w:id="6" w:name="Adresse"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w14:paraId="0BD34B45" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
+          <w:p w14:paraId="29B6D381" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="005F1515" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>NPA domicile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="000E588A" w:rsidP="00D332CB">
+          <w:p w14:paraId="65DCB94D" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="000E588A" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="Numéro_postal"/>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkStart w:id="7" w:name="Numéro_postal"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Localité"/>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkStart w:id="8" w:name="Localité"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="00D332CB">
+          <w:p w14:paraId="5FBDBD13" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00EE123E" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Durée de l’engagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
+          <w:p w14:paraId="0D0B76A5" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w14:paraId="7D29D562" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
+          <w:p w14:paraId="43FB59CD" w14:textId="77777777" w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Avez-vous participé à un recrutement</w:t>
             </w:r>
             <w:r w:rsidR="00237EBD" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> militaire ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="716" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
+          <w:p w14:paraId="1CB0EF1B" w14:textId="77777777" w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
+          <w:p w14:paraId="4AD1AC49" w14:textId="77777777" w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="CaseACocher9"/>
+            <w:bookmarkStart w:id="9" w:name="CaseACocher9"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
+          <w:p w14:paraId="68CB3F50" w14:textId="77777777" w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
+          <w:p w14:paraId="5848D540" w14:textId="77777777" w:rsidR="000A65C0" w:rsidRPr="00EB6D1E" w:rsidRDefault="000A65C0" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="CaseACocher10"/>
+            <w:bookmarkStart w:id="10" w:name="CaseACocher10"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D332CB" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00D332CB" w:rsidRPr="00EB6D1E" w14:paraId="4238D6B6" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D332CB" w:rsidRPr="00EB6D1E" w:rsidRDefault="00D332CB" w:rsidP="00D332CB">
+          <w:p w14:paraId="48EC0856" w14:textId="77777777" w:rsidR="00D332CB" w:rsidRPr="00EB6D1E" w:rsidRDefault="00D332CB" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Si oui, à quelle date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6220" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D332CB" w:rsidRPr="00EB6D1E" w:rsidRDefault="00D332CB" w:rsidP="00D332CB">
+          <w:p w14:paraId="2208AF46" w14:textId="77777777" w:rsidR="00D332CB" w:rsidRPr="00EB6D1E" w:rsidRDefault="00D332CB" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> QUOTE "</w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Recruté_le"/>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkStart w:id="11" w:name="Recruté_le"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve">" \@ "dd.MM.yyyy" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00237EBD" w:rsidRPr="00EB6D1E" w:rsidTr="00D332CB">
+      <w:tr w:rsidR="00237EBD" w:rsidRPr="00EB6D1E" w14:paraId="0E60F207" w14:textId="77777777" w:rsidTr="00D332CB">
         <w:trPr>
           <w:trHeight w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00237EBD" w:rsidRPr="00EB6D1E" w:rsidRDefault="00237EBD" w:rsidP="00D332CB">
+          <w:p w14:paraId="1991EC7F" w14:textId="77777777" w:rsidR="00237EBD" w:rsidRPr="00EB6D1E" w:rsidRDefault="00237EBD" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Décision de la commission de visite sanitaire</w:t>
             </w:r>
             <w:r w:rsidR="00163646" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3928" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00237EBD" w:rsidRPr="00EB6D1E" w:rsidRDefault="00237EBD" w:rsidP="00D332CB">
+          <w:p w14:paraId="0E2A7897" w14:textId="77777777" w:rsidR="00237EBD" w:rsidRPr="00EB6D1E" w:rsidRDefault="00237EBD" w:rsidP="00D332CB">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004108DC" w:rsidRDefault="004108DC" w:rsidP="00FD2740">
+    <w:p w14:paraId="3831C0B9" w14:textId="77777777" w:rsidR="004108DC" w:rsidRDefault="004108DC" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7338"/>
         <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00025047" w:rsidRPr="00EB6D1E" w14:paraId="176B10AC" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="14081962" w14:textId="77777777" w:rsidR="00411433" w:rsidRDefault="00411433" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB6D1E">
+          </w:p>
+          <w:p w14:paraId="67BB4C4D" w14:textId="67AA86F3" w:rsidR="00025047" w:rsidRPr="00EB6D1E" w:rsidRDefault="00025047" w:rsidP="00EB6D1E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>STATUT DU REQUERANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w14:paraId="61A13849" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="016B6324" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Vous êtes :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="0FC70897" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w14:paraId="58A2F498" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="00F92D0A" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>libéré de l’obligation de servir dans la protection civile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="724192A0" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="CaseACocher1"/>
+            <w:bookmarkStart w:id="12" w:name="CaseACocher1"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w14:paraId="7E0243DC" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="7E8E42F5" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>libéré de l’obligation de servir dans l’armée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="32ABA5BE" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="CaseACocher3"/>
+            <w:bookmarkStart w:id="13" w:name="CaseACocher3"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w14:paraId="5C69F6A8" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="37F246F5" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>libéré de l’obligation d’accomplir du service civil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="6498FE8B" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="CaseACocher4"/>
+            <w:bookmarkStart w:id="14" w:name="CaseACocher4"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w14:paraId="3C41E791" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="682874E7" w14:textId="1E6DD7C6" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00CA1A11" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB6D1E">
-[...3 lines deleted...]
-              <w:t>Une femme</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="0047580B" w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ne</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0047580B" w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> femme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="7319B501" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="CaseACocher5"/>
+            <w:bookmarkStart w:id="15" w:name="CaseACocher5"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w14:paraId="17297353" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="0047580B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="475D776C" w14:textId="435F8872" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00CA1A11" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB6D1E">
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="0047580B" w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00BF0FB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EB6D1E">
+            <w:r w:rsidR="0047580B" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> étranger</w:t>
             </w:r>
             <w:r w:rsidR="00BF0FB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/ère</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EB6D1E">
-[...3 lines deleted...]
-              <w:t>, au bénéfice d’un permis d’établissement</w:t>
+            <w:r w:rsidR="0047580B" w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, au bénéfice d’un permis </w:t>
+            </w:r>
+            <w:r w:rsidR="00411433">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="67BB4A97" w14:textId="77777777" w:rsidR="0047580B" w:rsidRPr="00EB6D1E" w:rsidRDefault="000C3939" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="CaseACocher6"/>
+            <w:bookmarkStart w:id="16" w:name="CaseACocher6"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00025047" w:rsidRDefault="00025047" w:rsidP="00FD2740">
+    <w:p w14:paraId="2C3A0348" w14:textId="77777777" w:rsidR="00025047" w:rsidRDefault="00025047" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00025047" w:rsidRPr="00037AF7" w:rsidRDefault="002E099A" w:rsidP="00FD2740">
+    <w:p w14:paraId="489CA99D" w14:textId="77777777" w:rsidR="00025047" w:rsidRPr="00037AF7" w:rsidRDefault="002E099A" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00037AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Le(la) requérant(e) déclare vouloir s’engager à titre volontaire dans la protection civile. Par sa signature, </w:t>
       </w:r>
       <w:r w:rsidR="002C3A43" w:rsidRPr="00037AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>il(elle)</w:t>
       </w:r>
       <w:r w:rsidRPr="00037AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> déclare avoir pris connaissance des dispositions légales reproduites </w:t>
       </w:r>
       <w:r w:rsidR="00037AF7" w:rsidRPr="00037AF7">
@@ -2075,2622 +2064,2764 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>obtenir</w:t>
       </w:r>
       <w:r w:rsidR="00EE123E" w:rsidRPr="00EE123E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> l’accord écrit de son employeur</w:t>
       </w:r>
       <w:r w:rsidR="00527B91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE123E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00697CBE" w:rsidRDefault="00697CBE" w:rsidP="00FD2740">
+    <w:p w14:paraId="3D23B850" w14:textId="77777777" w:rsidR="00697CBE" w:rsidRDefault="00697CBE" w:rsidP="00FD2740">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64140E88" w14:textId="77777777" w:rsidR="00B31961" w:rsidRDefault="00B31961" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2754"/>
         <w:gridCol w:w="2220"/>
         <w:gridCol w:w="3134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w14:paraId="6B6DB4C8" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidRDefault="002C3A43" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="1E62AB75" w14:textId="77777777" w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidRDefault="002C3A43" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Lieu et date</w:t>
             </w:r>
             <w:r w:rsidR="0099443B" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidRDefault="002C3A43" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="4A586B8A" w14:textId="77777777" w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidRDefault="002C3A43" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3178" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidRDefault="002C3A43" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="3D226446" w14:textId="77777777" w:rsidR="002C3A43" w:rsidRPr="00EB6D1E" w:rsidRDefault="002C3A43" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Signature :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C93E84" w:rsidRDefault="00C93E84" w:rsidP="00FD2740">
+    <w:p w14:paraId="6ABD5750" w14:textId="77777777" w:rsidR="00C93E84" w:rsidRDefault="00C93E84" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF0FB3" w:rsidRDefault="00BF0FB3" w:rsidP="00FD2740">
-[...17 lines deleted...]
-    <w:p w:rsidR="003F25DE" w:rsidRDefault="003F25DE" w:rsidP="00FD2740">
+    <w:p w14:paraId="2FF726C9" w14:textId="77777777" w:rsidR="003F25DE" w:rsidRDefault="003F25DE" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w14:paraId="5175FCF8" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8188" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="3797B135" w14:textId="4140F288" w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">PREAVIS </w:t>
             </w:r>
             <w:r w:rsidR="00C93E84" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">DE L’OPC DE  </w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="18"/>
+              <w:t>DE L’</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA1A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arrondissement </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Organisation"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w14:paraId="6E51E3E0" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="36769135" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Préavis favorable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="7DAD734B" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Oui </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="022D0AAC" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="CaseACocher7"/>
+            <w:bookmarkStart w:id="18" w:name="CaseACocher7"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="14FF16DE" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="191D06D7" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Non </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="099C1577" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="CaseACocher8"/>
+            <w:bookmarkStart w:id="19" w:name="CaseACocher8"/>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="43F021EA" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w14:paraId="0FF98FF7" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="569FE85B" w14:textId="77777777" w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Motif </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(en cas de préavis négatif)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="4FA1DF1F" w14:textId="77777777" w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w14:paraId="69450BC4" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="7414B930" w14:textId="77777777" w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Lieu et date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="5A116B0F" w14:textId="77777777" w:rsidR="00037AF7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00037AF7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w14:paraId="2B23850D" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="18E15EEF" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="1903AC8D" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="3CFF59C4" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w14:paraId="59FCBE66" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="0CB41D31" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="480"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="74D08FA1" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="480"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="0023017D" w14:textId="77777777" w:rsidR="00E54CD7" w:rsidRPr="00EB6D1E" w:rsidRDefault="00E54CD7" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="480"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C72930" w:rsidRDefault="00C72930" w:rsidP="00FD2740">
+    <w:p w14:paraId="50212C6B" w14:textId="77777777" w:rsidR="00C72930" w:rsidRDefault="00C72930" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F25DE" w:rsidRPr="00037AF7" w:rsidRDefault="003F25DE" w:rsidP="00FD2740">
+    <w:p w14:paraId="23B1D32C" w14:textId="77777777" w:rsidR="003F25DE" w:rsidRPr="00037AF7" w:rsidRDefault="003F25DE" w:rsidP="00FD2740">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="587"/>
         <w:gridCol w:w="688"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w14:paraId="0F57149D" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8188" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:spacing w:before="360" w:after="120"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FF11B4" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">DECISION DE L’OFFICE CANTONAL DE LA PROTECTION CIVILE </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617E79" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00617E79" w:rsidRPr="00EB6D1E" w14:paraId="7F0AF5CB" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00617E79" w:rsidRPr="00EB6D1E" w:rsidRDefault="00617E79" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="1ABE8602" w14:textId="77777777" w:rsidR="00617E79" w:rsidRPr="00EB6D1E" w:rsidRDefault="00617E79" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Demande reçue le</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00617E79" w:rsidRPr="00EB6D1E" w:rsidRDefault="00617E79" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="1A27AC55" w14:textId="77777777" w:rsidR="00617E79" w:rsidRPr="00EB6D1E" w:rsidRDefault="00617E79" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w14:paraId="56FCC22E" w14:textId="77777777" w:rsidTr="00411433">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:spacing w:before="120"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6284606F" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Admis au service volontaire</w:t>
             </w:r>
             <w:r w:rsidR="0092074B" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0092074B" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="0092074B" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(sous réserve de la décision d’aptitude)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B746D8D" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Oui </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9B6AEE" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4161E27C" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Non </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633A8776" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D332CB">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D332CB">
+            <w:r w:rsidRPr="00EB6D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="576BA098" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00411433">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w14:paraId="04C66BF0" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="39B24C2F" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="960"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Motif </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(en cas de décision négative)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="08216904" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="960"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w14:paraId="7E605506" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="4B27937A" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Lieu et date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="48519F7D" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Timbre et signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00235118" w:rsidRPr="00EB6D1E" w14:paraId="41F25C01" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="000E1544" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="50AAC67B" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="000E1544" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Grône, le </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="428D4DE7" w14:textId="77777777" w:rsidR="00235118" w:rsidRPr="00EB6D1E" w:rsidRDefault="00235118" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w14:paraId="7E543738" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="09C057FA" w14:textId="77777777" w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="600"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Dossier transmis au Commandant d’arrondissement le</w:t>
             </w:r>
             <w:r w:rsidR="004C3A38" w:rsidRPr="00EB6D1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="32FBBB7B" w14:textId="77777777" w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:before="600"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidTr="00EB6D1E">
+      <w:tr w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w14:paraId="1779803A" w14:textId="77777777" w:rsidTr="00EB6D1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="7FD761DE" w14:textId="77777777" w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="480"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
+          </w:tcPr>
+          <w:p w14:paraId="04D26BAD" w14:textId="77777777" w:rsidR="00C4731B" w:rsidRPr="00EB6D1E" w:rsidRDefault="00C4731B" w:rsidP="00EB6D1E">
             <w:pPr>
               <w:spacing w:after="480"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00896F94" w:rsidRDefault="00896F94" w:rsidP="00896F94">
+    <w:p w14:paraId="2B38E346" w14:textId="77777777" w:rsidR="00896F94" w:rsidRDefault="00896F94" w:rsidP="00896F94">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conditions d’admission au service volontaire dans la protection civile</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896F94" w:rsidRPr="00A50508" w:rsidRDefault="0066783B" w:rsidP="00896F94">
+    <w:p w14:paraId="4073C2BB" w14:textId="77777777" w:rsidR="00896F94" w:rsidRPr="00CA1A11" w:rsidRDefault="0066783B" w:rsidP="00896F94">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article 33</w:t>
       </w:r>
-      <w:r w:rsidR="00896F94" w:rsidRPr="00A50508">
+      <w:r w:rsidR="00896F94" w:rsidRPr="00CA1A11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00896F94" w:rsidRPr="00A50508">
+      <w:r w:rsidR="00896F94" w:rsidRPr="00CA1A11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>LPPCi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00896F94" w:rsidRDefault="00896F94" w:rsidP="00896F94">
+    <w:p w14:paraId="1B34F9C1" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A50508">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les personnes suivantes peuvent s’engager volontairement dans la protection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>civile:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRPr="0066783B" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+    <w:p w14:paraId="6992F0A2" w14:textId="77E473C9" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:numPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les hommes libérés de l’obligation de servir dans la protection </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0066783B">
-[...5 lines deleted...]
-        <w:t>les</w:t>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>civile;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0066783B">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRPr="0066783B" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+    <w:p w14:paraId="6CE665F5" w14:textId="792BC40A" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:numPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>b.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les hommes qui ne sont plus astreints au service militaire ou au service </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0066783B">
-[...5 lines deleted...]
-        <w:t>les</w:t>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>civil;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0066783B">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRPr="0066783B" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+    <w:p w14:paraId="50407C62" w14:textId="43C69CCD" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:numPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les femmes de nationalité suisse, à partir du jour où elles atteignent l’âge de 18 </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0066783B">
-[...5 lines deleted...]
-        <w:t>les</w:t>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ans;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0066783B">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+    <w:p w14:paraId="2F736143" w14:textId="2AD295F9" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:numPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> étrangers établis en Suisse, à partir du jour où ils atteignent l’âge de 18 ans.</w:t>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>d.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>les étrangers établis en Suisse, à partir du jour où ils atteignent l’âge de 18 ans.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRPr="0066783B" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+    <w:p w14:paraId="78672226" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Les cantons décident de l’admission des volontaires. Nul ne peut faire valoir un droit à être admis dans la protection civile.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRDefault="0066783B" w:rsidP="001F3431">
+    <w:p w14:paraId="279611B4" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Les personnes qui s’engagent volontairement dans la protection civile ont les mêmes droits et obligations que les personnes astreintes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4331F0A5" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Elles sont libérées de la protection civile sur demande après avoir accompli au moins trois ans de service. Lorsque les circonstances le justifient, elles peuvent demander à être libérées plus tôt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE9C401" w14:textId="2C5417D2" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Elles sont libérées d’office de la protection civile dès qu’elles perçoivent une rente de vieillesse au sens de la loi fédérale du 20 décembre 1946 sur l’assurance-vieillesse et survivants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FCC2D0" w14:textId="77777777" w:rsidR="0066783B" w:rsidRPr="00A50508" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CA980D" w14:textId="77777777" w:rsidR="00896F94" w:rsidRPr="00CA1A11" w:rsidRDefault="00896F94" w:rsidP="00896F94">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r w:rsidR="001F3431" w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de l’ordonnance sur la protection civile</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF3C41C" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Les personnes qui souhaitent s’engager volontairement dans la protection civile doivent déposer une demande écrite auprès de l’autorité cantonale responsable de la protection civile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B74854" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Les personnes dont la demande d’admission a été acceptée doivent participer à un recrutement, à moins qu’elles aient déjà été recrutées.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5E9669" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Le service volontaire ne peut être effectué que dans le canton qui a statué sur la demande d’admission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39BCF018" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Le canton peut inviter les volontaires à une journée d’information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20539A2B" w14:textId="77777777" w:rsidR="00CA1A11" w:rsidRPr="00CA1A11" w:rsidRDefault="00CA1A11" w:rsidP="00CA1A11">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> Les personnes déclarées inaptes au service de protection civile ne peuvent pas effectuer de service volontaire dans la protection civile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155E5483" w14:textId="77777777" w:rsidR="001F3431" w:rsidRPr="001F3431" w:rsidRDefault="001F3431" w:rsidP="001F3431">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0066783B">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0066783B" w:rsidRPr="0066783B" w:rsidRDefault="0066783B" w:rsidP="001F3431">
-[...110 lines deleted...]
-    <w:p w:rsidR="0066783B" w:rsidRPr="00A50508" w:rsidRDefault="0066783B" w:rsidP="0066783B">
+    <w:p w14:paraId="5EDCE25B" w14:textId="16F3B316" w:rsidR="00896F94" w:rsidRPr="00CA1A11" w:rsidRDefault="00896F94" w:rsidP="00896F94">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Article 7 de l’ordonnance sur le recrutement</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4EED" w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>OREC</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4EED" w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00896F94" w:rsidRDefault="00896F94" w:rsidP="00896F94">
+    <w:p w14:paraId="192B01CC" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> de l’ordonnance sur la protection civile</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les personnes qui sont volontaires pour accomplir le service militaire ou le service de protection envoient une demande écrite au commandement d’arrondissement ou à l’office de la protection civile compétent de leur canton de domicile. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F3431" w:rsidRDefault="001F3431" w:rsidP="001F3431">
-[...159 lines deleted...]
-    <w:p w:rsidR="00896F94" w:rsidRPr="00A50508" w:rsidRDefault="00896F94" w:rsidP="00896F94">
+    <w:p w14:paraId="1AB049A2" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (extrait)</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les organes suivants décident d’accepter ou non la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>demande:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896F94" w:rsidRDefault="00896F94" w:rsidP="00896F94">
+    <w:p w14:paraId="06430792" w14:textId="4F864F70" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a. le Groupe du personnel de l’armée (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Grpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) pour le service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>militaire;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB636D5" w14:textId="37E3B108" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A50508">
-[...5 lines deleted...]
-        <w:t>Les organes suivants décident d’accepter ou non la demande :</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. le canton pour le service de protection. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD4EED" w:rsidRPr="00A50508" w:rsidRDefault="00CD4EED" w:rsidP="001F3431">
+    <w:p w14:paraId="5DB07063" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:numPr>
-[...15 lines deleted...]
-        <w:t>…</w:t>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La demande doit être acceptée si aucune raison valable ne s’y oppose. Comme raisons valables, on peut retenir en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>particulier:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896F94" w:rsidRPr="00A50508" w:rsidRDefault="00896F94" w:rsidP="001F3431">
+    <w:p w14:paraId="75FB6A82" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:numPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. le dépassement de la limite d’âge fixée à l’art. 8, al. 2, LAAM, lors de l’envoi de la demande ou avant la participation aux journées de </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A50508">
-[...5 lines deleted...]
-        <w:t>le</w:t>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>recrutement;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A50508">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> canton pour le service de protection. </w:t>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F3431" w:rsidRDefault="001F3431" w:rsidP="001F3431">
+    <w:p w14:paraId="1D755B0E" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
-        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. une inaptitude au service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>évidente;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B859BD7" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. un motif d’exclusion selon les art. 21 à 23 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>LAAM;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA242BE" w14:textId="3A32D797" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. les besoins de l’armée ou de la protection civile. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D976AAB" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00420AA3">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-        <w:t> :</w:t>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les personnes dont la demande est acceptée ont le statut de conscrits.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD4EED" w:rsidRPr="00A50508" w:rsidRDefault="00CD4EED" w:rsidP="001F3431">
-[...149 lines deleted...]
-    <w:p w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="0043372E" w:rsidP="00CA2942">
+    <w:p w14:paraId="66631F46" w14:textId="77777777" w:rsidR="00420AA3" w:rsidRDefault="00420AA3" w:rsidP="00CA2942">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:u w:val="single"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D3A9291" w14:textId="74E3E8B3" w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="0043372E" w:rsidP="00CA2942">
+      <w:pPr>
+        <w:pStyle w:val="corpsdelettre"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:spacing w:after="60"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Annexes</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>- livret de service</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="CaseACocher15"/>
+      <w:bookmarkStart w:id="20" w:name="CaseACocher15"/>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D332CB">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D332CB">
+      <w:r w:rsidRPr="001F3431">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="00CD4EED" w:rsidP="00CA2942">
+    <w:p w14:paraId="7B15C925" w14:textId="77777777" w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="00CD4EED" w:rsidP="00CA2942">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>- questionnaire médical (sous pli fermé)</w:t>
       </w:r>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="CaseACocher16"/>
+      <w:bookmarkStart w:id="21" w:name="CaseACocher16"/>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D332CB">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D332CB">
+      <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="0043372E" w:rsidP="00CA2942">
+    <w:p w14:paraId="0DD2960B" w14:textId="6A17D153" w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="0043372E" w:rsidP="00CA2942">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Attestation de l’employeur</w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3431">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ttestation de l’employeur</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="CaseACocher17"/>
+      <w:bookmarkStart w:id="22" w:name="CaseACocher17"/>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D332CB">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D332CB">
+      <w:r w:rsidRPr="001F3431">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="00D612F0" w:rsidP="00CA2942">
+    <w:p w14:paraId="62D2D260" w14:textId="77777777" w:rsidR="0043372E" w:rsidRPr="001F3431" w:rsidRDefault="00D612F0" w:rsidP="00CA2942">
       <w:pPr>
         <w:pStyle w:val="corpsdelettre"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>- …………………………………………..</w:t>
       </w:r>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="CaseACocher18"/>
+      <w:bookmarkStart w:id="23" w:name="CaseACocher18"/>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D332CB">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D332CB">
+      <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0043372E" w:rsidRPr="001F3431">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w:rsidR="00B1769E" w:rsidRPr="00765041" w:rsidRDefault="00B1769E" w:rsidP="00B1769E">
+    <w:p w14:paraId="4CDD976C" w14:textId="77777777" w:rsidR="00B1769E" w:rsidRPr="00765041" w:rsidRDefault="00B1769E" w:rsidP="00B1769E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B1769E" w:rsidRPr="00765041" w:rsidSect="00B47E51">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="851" w:left="2665" w:header="567" w:footer="851" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00576604" w:rsidRDefault="00576604">
+    <w:p w14:paraId="33104290" w14:textId="77777777" w:rsidR="00576604" w:rsidRDefault="00576604">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00576604" w:rsidRDefault="00576604">
+    <w:p w14:paraId="6692126E" w14:textId="77777777" w:rsidR="00576604" w:rsidRDefault="00576604">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roman 10cpi">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CL Futura CondensedLight">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -4701,84 +4832,84 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Fujiyama-LightCondensed">
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000A87" w:usb1="08000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000101" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BF0FB3" w:rsidRPr="00B56EE0" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00DFF7E7" w14:textId="77777777" w:rsidR="00BF0FB3" w:rsidRPr="00B56EE0" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
     <w:pPr>
       <w:pStyle w:val="ACEn-tte"/>
       <w:ind w:left="680"/>
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B56EE0">
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:smallCaps/>
         <w:noProof/>
         <w:spacing w:val="-20"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64B35EE6" wp14:editId="504C8B53">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1794510</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>8814</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="289560" cy="210185"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="11" name="Image 11" descr="::Entete:Montage Word:Elements:triangle.bmp"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 11" descr="::Entete:Montage Word:Elements:triangle.bmp"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" r:link="rId2">
@@ -4829,92 +4960,108 @@
     <w:r w:rsidRPr="00B56EE0">
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Etreys</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B56EE0">
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 54, 3979 </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B56EE0">
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Grône</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
-  <w:p w:rsidR="00BF0FB3" w:rsidRPr="00B56EE0" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+  <w:p w14:paraId="2B360FEB" w14:textId="77777777" w:rsidR="00BF0FB3" w:rsidRPr="00B56EE0" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
     <w:pPr>
       <w:pStyle w:val="ACEn-tte"/>
       <w:ind w:left="680"/>
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B56EE0">
       <w:rPr>
         <w:rFonts w:cs="Fujiyama-LightCondensed"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Tél. 027 607 13 00 · e-mail : pci_zs@admin.vs.ch</w:t>
+      <w:t xml:space="preserve">Tél. 027 607 13 00 · </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B56EE0">
+      <w:rPr>
+        <w:rFonts w:cs="Fujiyama-LightCondensed"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>e-mail</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B56EE0">
+      <w:rPr>
+        <w:rFonts w:cs="Fujiyama-LightCondensed"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> : pci_zs@admin.vs.ch</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00576604" w:rsidRDefault="00576604">
+    <w:p w14:paraId="6117AB2C" w14:textId="77777777" w:rsidR="00576604" w:rsidRDefault="00576604">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00576604" w:rsidRDefault="00576604">
+    <w:p w14:paraId="22DE8663" w14:textId="77777777" w:rsidR="00576604" w:rsidRDefault="00576604">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004108DC" w:rsidRDefault="004108DC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DC1C944" w14:textId="77777777" w:rsidR="004108DC" w:rsidRDefault="004108DC">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -4947,592 +5094,356 @@
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidR="00745FFB">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D332CB">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00745FFB">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004108DC" w:rsidRDefault="004108DC">
+  <w:p w14:paraId="2E53068D" w14:textId="77777777" w:rsidR="004108DC" w:rsidRDefault="004108DC">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="6237"/>
       </w:tabs>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004108DC" w:rsidRDefault="00D332CB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2638BD22" w14:textId="58E69896" w:rsidR="004108DC" w:rsidRDefault="00411433">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5954"/>
       </w:tabs>
       <w:spacing w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
-      <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-[...24 lines deleted...]
-      </w:object>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3358D201" wp14:editId="317134AE">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1171575</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>410210</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="854075" cy="744220"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="Image 10" descr="Logo Final"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Image 10" descr="Logo Final"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="854075" cy="744220"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BF0FB3">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C521235" wp14:editId="149B4DCC">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="page">
-                <wp:posOffset>1703070</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>354965</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="page">
-                <wp:posOffset>345440</wp:posOffset>
+              <wp:positionV relativeFrom="line">
+                <wp:posOffset>19050</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="3949065" cy="1028700"/>
+              <wp:extent cx="1089660" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Text Box 9"/>
+              <wp:docPr id="8" name="Text Box 7"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="3949065" cy="1028700"/>
+                        <a:ext cx="1089660" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="0">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
-                              <a:srgbClr val="000000"/>
+                              <a:srgbClr val="C0C0C0"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00BF0FB3" w:rsidRPr="008D6C78" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                        <w:p w14:paraId="6FB3F950" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                           <w:pPr>
-                            <w:pStyle w:val="DeptServNiv1"/>
-[...4 lines deleted...]
-                            </w:rPr>
+                            <w:pStyle w:val="ACEn-tte"/>
+                            <w:spacing w:line="180" w:lineRule="exact"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="008D6C78">
-[...4 lines deleted...]
-                            </w:rPr>
+                          <w:r>
                             <w:t>Département de la sécurité, des institutions et du sport</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00BF0FB3" w:rsidRPr="008D6C78" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                        <w:p w14:paraId="66706EE4" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                           <w:pPr>
-                            <w:pStyle w:val="DeptServNiv1"/>
-[...4 lines deleted...]
-                            </w:rPr>
+                            <w:pStyle w:val="ACEn-tte"/>
+                            <w:spacing w:line="180" w:lineRule="exact"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="008D6C78">
-[...4 lines deleted...]
-                            </w:rPr>
+                          <w:r>
                             <w:t>Service de la sécurité civile et militaire</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00BF0FB3" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                        <w:p w14:paraId="025B1259" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                           <w:pPr>
-                            <w:pStyle w:val="DeptServNiv1"/>
-[...5 lines deleted...]
-                            </w:rPr>
+                            <w:pStyle w:val="ACEn-tte"/>
+                            <w:spacing w:line="180" w:lineRule="exact"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="008D6C78">
-[...6 lines deleted...]
-                            <w:t>Office cantonal de la protection civile</w:t>
+                        </w:p>
+                        <w:p w14:paraId="7ADB9AEC" w14:textId="77777777" w:rsidR="00411433" w:rsidRDefault="00411433" w:rsidP="00411433">
+                          <w:pPr>
+                            <w:pStyle w:val="ACEn-tte"/>
+                            <w:spacing w:line="180" w:lineRule="exact"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">Rue des </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r>
+                            <w:t>Etreys</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:t xml:space="preserve"> 54</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00BF0FB3" w:rsidRPr="008D6C78" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                        <w:p w14:paraId="55D35196" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                           <w:pPr>
-                            <w:pStyle w:val="DeptServNiv1"/>
-[...5 lines deleted...]
-                            </w:rPr>
+                            <w:pStyle w:val="ACEn-tte"/>
+                            <w:spacing w:line="180" w:lineRule="exact"/>
                           </w:pPr>
-                        </w:p>
-[...70 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                          <w:r>
+                            <w:t xml:space="preserve">3979 </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="008D6C78">
-[...51 lines deleted...]
-                            <w:t>Zivilschutz</w:t>
+                          <w:r>
+                            <w:t>Grône</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0C521235" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:134.1pt;margin-top:27.2pt;width:310.95pt;height:81pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQ+DUXrwIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8zmIomwBastoNoaq0&#10;vUi7/QAHTLAKNrWdwLbqv3dsQrKXl6otD9Zgj89czvFcXY9diw5MaS5FhoMLghETpay42GX460Ph&#10;xRhpQ0VFWylYhh+Zxtert2+uhj5loWxkWzGFAETodOgz3BjTp76vy4Z1VF/Ingk4rKXqqIFftfMr&#10;RQdA71o/JGThD1JVvZIl0xp28+kQrxx+XbPSfK5rzQxqMwy5Gbcqt27t6q+uaLpTtG94eUyD/kUW&#10;HeUCgp6gcmoo2iv+CqrjpZJa1uailJ0v65qXzNUA1QTkRTX3De2ZqwWao/tTm/T/gy0/Hb4oxKsM&#10;hxgJ2gFFD2w06FaOKLHdGXqdgtN9D25mhG1g2VWq+ztZftNIyHVDxY7dKCWHhtEKsgvsTf/J1QlH&#10;W5Dt8FFWEIbujXRAY6062zpoBgJ0YOnxxIxNpYTNd0mUkMUlRiWcBSSMl8Rx59N0vt4rbd4z2SFr&#10;ZFgB9Q6eHu60senQdHax0YQseNs6+lvxbAMcpx0IDlftmU3DsfkzIckm3sSRF4WLjReRPPduinXk&#10;LYpgeZm/y9frPPhl4wZR2vCqYsKGmZUVRH/G3FHjkyZO2tKy5ZWFsylptduuW4UOFJRduM81HU7O&#10;bv7zNFwToJYXJQVhRG7DxCsW8dKLiujSS5Yk9kiQ3CYLEiVRXjwv6Y4L9u8locHS7Go5Z/yiMOK+&#10;14XRtOMGBkfLuwzHJyeaWgFuROV4NZS3k/2kDzb3cx+A65llJ1er0EmrZtyO7l04LVspb2X1CPpV&#10;EtQFIoWhB0Yj1Q+MBhggGdbf91QxjNoPAt6AnTazoWZjOxtUlHA1wwajyVybaSrte8V3DSBPr0zI&#10;G3gnNXcKPmdxfF0wFFwtxwFmp87Tf+d1HrOr3wAAAP//AwBQSwMEFAAGAAgAAAAhAACdJojhAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM4EXctKFburXpIooLCh7suoq3bDO2&#10;xSYpTbqt/97xpMfhfbz3TbFdTM9OOPrOWQnxKgKGtna6s42E1/3DdQbMB2W16p1FCd/oYVuenxUq&#10;1262L3iqQsOoxPpcSWhDGHLOfd2iUX7lBrSUfbrRqEDn2HA9qpnKTc9FFKXcqM7SQqsGvGux/qom&#10;I2H//I5iN+/eDo9P7uMexVWo1pOUlxfL7Q2wgEv4g+FXn9ShJKejm6z2rJcg0kwQKmGdJMAIyDZR&#10;DOxISZwmwMuC/3+h/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQ+DUXrwIAAK4FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAAnSaI4QAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAAkFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" filled="f" stroked="f" strokeweight="0">
+            <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:27.95pt;margin-top:1.5pt;width:85.8pt;height:112.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLr7we1wEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QVlBI1XS27WoS0&#10;XKSFD5g4dhKReMzYbVK+nrHTdIF9W/FiTTzjM+ecmeyuxr4TR02+RVvI1WIphbYKq9bWhfz+7e7V&#10;VgofwFbQodWFPGkvr/YvX+wGl+s1NthVmgSDWJ8PrpBNCC7PMq8a3YNfoNOWkwaph8CfVGcVwcDo&#10;fZetl8tNNiBVjlBp7/n2dkrKfcI3RqvwxRivg+gKydxCOimdZTyz/Q7ymsA1rTrTgGew6KG13PQC&#10;dQsBxIHaJ1B9qwg9mrBQ2GdoTKt00sBqVst/1Dw04HTSwuZ4d7HJ/z9Y9fn44L6SCON7HHmASYR3&#10;96h+eGHxpgFb62siHBoNFTdeRcuywfn8/DRa7XMfQcrhE1Y8ZDgETECjoT66wjoFo/MAThfT9RiE&#10;ii2X23ebDacU51av19u3b9JYMsjn5458+KCxFzEoJPFUEzwc732IdCCfS2I3i3dt16XJdvavCy6M&#10;N4l+ZDxxD2M5cnWUUWJ1YiGE06LwYnPQIP2SYuAlKaT/eQDSUnQfLZsRN2oOaA7KOQCr+GkhgxRT&#10;eBOmzTs4auuGkSe7LV6zYaZNUh5ZnHny4JPC85LGzfrzO1U9/kr73wAAAP//AwBQSwMEFAAGAAgA&#10;AAAhACtJj6XcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtQlKW0Kc&#10;ClXiiFAC4ryJTRJhr6PYbdO/Z3uC245mNPum3C3eiaOd4xhIw8NKgbDUBTNSr+Hz4/V+CyImJIMu&#10;kNVwthF21fVViYUJJ6rtsUm94BKKBWoYUpoKKWM3WI9xFSZL7H2H2WNiOffSzHjicu9kptRaehyJ&#10;Pww42f1gu5/m4DUYU7e4jm937n0fa/V1bupN3mh9e7O8PINIdkl/YbjgMzpUzNSGA5konIY8f+Kk&#10;hkdexHaWbXIQ7eXYKpBVKf8PqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS6+8HtcB&#10;AACSAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAK0mP&#10;pdwAAAAIAQAADwAAAAAAAAAAAAAAAAAxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f" strokecolor="silver">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00BF0FB3" w:rsidRPr="008D6C78" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                  <w:p w14:paraId="6FB3F950" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                     <w:pPr>
-                      <w:pStyle w:val="DeptServNiv1"/>
-[...4 lines deleted...]
-                      </w:rPr>
+                      <w:pStyle w:val="ACEn-tte"/>
+                      <w:spacing w:line="180" w:lineRule="exact"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="008D6C78">
-[...4 lines deleted...]
-                      </w:rPr>
+                    <w:r>
                       <w:t>Département de la sécurité, des institutions et du sport</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="00BF0FB3" w:rsidRPr="008D6C78" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                  <w:p w14:paraId="66706EE4" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                     <w:pPr>
-                      <w:pStyle w:val="DeptServNiv1"/>
-[...4 lines deleted...]
-                      </w:rPr>
+                      <w:pStyle w:val="ACEn-tte"/>
+                      <w:spacing w:line="180" w:lineRule="exact"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="008D6C78">
-[...4 lines deleted...]
-                      </w:rPr>
+                    <w:r>
                       <w:t>Service de la sécurité civile et militaire</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="00BF0FB3" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                  <w:p w14:paraId="025B1259" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                     <w:pPr>
-                      <w:pStyle w:val="DeptServNiv1"/>
-[...5 lines deleted...]
-                      </w:rPr>
+                      <w:pStyle w:val="ACEn-tte"/>
+                      <w:spacing w:line="180" w:lineRule="exact"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="008D6C78">
-[...6 lines deleted...]
-                      <w:t>Office cantonal de la protection civile</w:t>
+                  </w:p>
+                  <w:p w14:paraId="7ADB9AEC" w14:textId="77777777" w:rsidR="00411433" w:rsidRDefault="00411433" w:rsidP="00411433">
+                    <w:pPr>
+                      <w:pStyle w:val="ACEn-tte"/>
+                      <w:spacing w:line="180" w:lineRule="exact"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">Rue des </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:t>Etreys</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:t xml:space="preserve"> 54</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="00BF0FB3" w:rsidRPr="008D6C78" w:rsidRDefault="00BF0FB3" w:rsidP="00BF0FB3">
+                  <w:p w14:paraId="55D35196" w14:textId="77777777" w:rsidR="00411433" w:rsidRPr="008003F2" w:rsidRDefault="00411433" w:rsidP="00411433">
                     <w:pPr>
-                      <w:pStyle w:val="DeptServNiv1"/>
-[...5 lines deleted...]
-                      </w:rPr>
+                      <w:pStyle w:val="ACEn-tte"/>
+                      <w:spacing w:line="180" w:lineRule="exact"/>
                     </w:pPr>
-                  </w:p>
-[...17 lines deleted...]
-                      <w:t>Departement für Sicherheit, Institutionen und Sport</w:t>
+                    <w:r>
+                      <w:t xml:space="preserve">3979 </w:t>
                     </w:r>
-                  </w:p>
-[...29 lines deleted...]
-                    </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="008D6C78">
-[...7 lines deleted...]
-                      <w:t>Kantonales</w:t>
+                    <w:r>
+                      <w:t>Grône</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="008D6C78">
-[...52 lines deleted...]
-                    </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap anchorx="page" anchory="page"/>
+              <w10:wrap anchorx="margin" anchory="line"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BF0FB3">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B427048" wp14:editId="07D33638">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1703070</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>345440</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3949065" cy="1028700"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3949065" cy="1028700"/>
                       </a:xfrm>
@@ -5543,100 +5454,100 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="0">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="004108DC" w:rsidRPr="0074499A" w:rsidRDefault="004108DC" w:rsidP="0074499A">
+                        <w:p w14:paraId="55938BE4" w14:textId="77777777" w:rsidR="004108DC" w:rsidRPr="0074499A" w:rsidRDefault="004108DC" w:rsidP="0074499A">
                           <w:pPr>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:134.1pt;margin-top:27.2pt;width:310.95pt;height:81pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBteykKrwIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8zmIomwBastoNoaq0&#10;vUi7/QAHTLAKNrWdwLbqv3dsQrKXl6otD9Zgj49n5pyZq+uxa9GBKc2lyHBwQTBiopQVF7sMf30o&#10;vBgjbaioaCsFy/Aj0/h69fbN1dCnLJSNbCumEIAInQ59hhtj+tT3ddmwjuoL2TMBh7VUHTXwq3Z+&#10;pegA6F3rh4Qs/EGqqleyZFrDbj4d4pXDr2tWms91rZlBbYYhNuNW5datXf3VFU13ivYNL49h0L+I&#10;oqNcwKMnqJwaivaKv4LqeKmklrW5KGXny7rmJXM5QDYBeZHNfUN75nKB4uj+VCb9/2DLT4cvCvEK&#10;uMNI0A4oemCjQbdyRKGtztDrFJzue3AzI2xbT5up7u9k+U0jIdcNFTt2o5QcGkYriC6wN/0nVycc&#10;bUG2w0dZwTN0b6QDGmvVWUAoBgJ0YOnxxIwNpYTNd0mUkMUlRiWcBSSMl8Rx59N0vt4rbd4z2SFr&#10;ZFgB9Q6eHu60seHQdHaxrwlZ8LZ19Lfi2QY4TjvwOFy1ZzYMx+bPhCSbeBNHXhQuNl5E8ty7KdaR&#10;tyiC5WX+Ll+v8+CXfTeI0oZXFRP2mVlZQfRnzB01PmnipC0tW15ZOBuSVrvtulXoQEHZhftc0eHk&#10;7OY/D8MVAXJ5kVIQRuQ2TLxiES+9qIguvWRJYo8EyW2yIFES5cXzlO64YP+eEhoszS6Xc8QvEiPu&#10;e50YTTtuYHC0vMtwfHKiqRXgRlSOV0N5O9lP6mBjP9cBuJ5ZdnK1Cp20asbt6Pri1AVbWT2CfpUE&#10;dYFIYeiB0Uj1A6MBBkiG9fc9VQyj9oOAHrDTZjbUbGxng4oSrmbYYDSZazNNpX2v+K4B5KnLhLyB&#10;Pqm5U7BtqCmKY3fBUHC5HAeYnTpP/53XecyufgMAAP//AwBQSwMEFAAGAAgAAAAhAACdJojhAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM4EXctKFburXpIooLCh7suoq3bDO2&#10;xSYpTbqt/97xpMfhfbz3TbFdTM9OOPrOWQnxKgKGtna6s42E1/3DdQbMB2W16p1FCd/oYVuenxUq&#10;1262L3iqQsOoxPpcSWhDGHLOfd2iUX7lBrSUfbrRqEDn2HA9qpnKTc9FFKXcqM7SQqsGvGux/qom&#10;I2H//I5iN+/eDo9P7uMexVWo1pOUlxfL7Q2wgEv4g+FXn9ShJKejm6z2rJcg0kwQKmGdJMAIyDZR&#10;DOxISZwmwMuC/3+h/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBteykKrwIAAK4FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAAnSaI4QAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAAkFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" filled="f" stroked="f" strokeweight="0">
+            <v:shape w14:anchorId="0B427048" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:134.1pt;margin-top:27.2pt;width:310.95pt;height:81pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTYipO2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kuUNpos1VpVYRU&#10;LlLhAyaOk1gkHjP2brJ8PWNns+XyhnixJmP7+Fwm2+tp6MVBkzdoS7le5VJoq7A2ti3l1y/3Ly6l&#10;8AFsDT1aXcqj9vJ69/zZdnSF3mCHfa1JMIj1xehK2YXgiizzqtMD+BU6bXmzQRog8Ce1WU0wMvrQ&#10;Z5s8v8hGpNoRKu09d+/mTblL+E2jVfjUNF4H0ZeSuYW0UlqruGa7LRQtgeuMOtGAf2AxgLH86Bnq&#10;DgKIPZm/oAajCD02YaVwyLBpjNJJA6tZ53+oeezA6aSFzfHubJP/f7Dq4+HRfSYRprc4cYBJhHcP&#10;qL55YfG2A9vqGyIcOw01P7yOlmWj88XparTaFz6CVOMHrDlk2AdMQFNDQ3SFdQpG5wCOZ9P1FITi&#10;5surV1f5xWspFO+t883lmzzFkkGxXHfkwzuNg4hFKYlTTfBwePAh0oFiORJfs3hv+j4l29vfGnww&#10;dhL9yHjmHqZqEqYu5SZqi2oqrI+sh3CeF55vLjqkH1KMPCul9N/3QFqK/r1lT+JgLQUtRbUUYBVf&#10;LWWQYi5vwzyAe0em7Rh5dt3iDfvWmKToicWJLuefhJ5mNQ7Yr9/p1NMftfsJAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAAnSaI4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8QwEIXvgv8hjOBF3LSh&#10;W7q16SKKCwoe7LqKt2wztsUmKU26rf/e8aTH4X28902xXUzPTjj6zlkJ8SoChrZ2urONhNf9w3UG&#10;zAdlteqdRQnf6GFbnp8VKtduti94qkLDqMT6XEloQxhyzn3dolF+5Qa0lH260ahA59hwPaqZyk3P&#10;RRSl3KjO0kKrBrxrsf6qJiNh//yOYjfv3g6PT+7jHsVVqNaTlJcXy+0NsIBL+IPhV5/UoSSno5us&#10;9qyXINJMECphnSTACMg2UQzsSEmcJsDLgv9/ofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAU2IqTtsBAACZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAAJ0miOEAAAAKAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight="0">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="004108DC" w:rsidRPr="0074499A" w:rsidRDefault="004108DC" w:rsidP="0074499A">
+                  <w:p w14:paraId="55938BE4" w14:textId="77777777" w:rsidR="004108DC" w:rsidRPr="0074499A" w:rsidRDefault="004108DC" w:rsidP="0074499A">
                     <w:pPr>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFCCD20A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F9DC1C70"/>
     <w:lvl w:ilvl="0">
@@ -6801,221 +6712,222 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="783D147D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81FC3BA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="708" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="272981054">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="446656131">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2012829298">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="885944742">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1418" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2001690246">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="116414045">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1809974853">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="858785924">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1868181689">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1333797418">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="120729698">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="212079653">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1144472858">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="287904279">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="42682529">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="971323279">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="9" w:dllVersion="512" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="9" w:dllVersion="512" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2061"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00576604"/>
     <w:rsid w:val="00013B32"/>
     <w:rsid w:val="00021562"/>
     <w:rsid w:val="00023B9B"/>
     <w:rsid w:val="00025047"/>
     <w:rsid w:val="00037AF7"/>
     <w:rsid w:val="00097538"/>
     <w:rsid w:val="000A1A58"/>
     <w:rsid w:val="000A4FF4"/>
     <w:rsid w:val="000A65C0"/>
     <w:rsid w:val="000C3939"/>
     <w:rsid w:val="000D4C6E"/>
     <w:rsid w:val="000D6B69"/>
     <w:rsid w:val="000E1544"/>
     <w:rsid w:val="000E4A23"/>
     <w:rsid w:val="000E588A"/>
     <w:rsid w:val="000F21A6"/>
     <w:rsid w:val="000F5BD3"/>
     <w:rsid w:val="00161E2C"/>
     <w:rsid w:val="00163646"/>
     <w:rsid w:val="001651E8"/>
     <w:rsid w:val="00167787"/>
     <w:rsid w:val="001C48CC"/>
     <w:rsid w:val="001D6800"/>
     <w:rsid w:val="001F3431"/>
     <w:rsid w:val="0021074C"/>
     <w:rsid w:val="00215485"/>
     <w:rsid w:val="00235118"/>
     <w:rsid w:val="00237EBD"/>
     <w:rsid w:val="002554E5"/>
     <w:rsid w:val="00267628"/>
     <w:rsid w:val="00276F40"/>
     <w:rsid w:val="00287129"/>
     <w:rsid w:val="002A25C5"/>
     <w:rsid w:val="002C3A43"/>
     <w:rsid w:val="002D05A7"/>
     <w:rsid w:val="002E099A"/>
     <w:rsid w:val="002F4D7D"/>
     <w:rsid w:val="003149E2"/>
     <w:rsid w:val="00322875"/>
     <w:rsid w:val="00326DAA"/>
     <w:rsid w:val="00334428"/>
     <w:rsid w:val="0039417A"/>
     <w:rsid w:val="0039636E"/>
     <w:rsid w:val="003A3114"/>
     <w:rsid w:val="003B20CA"/>
     <w:rsid w:val="003D049F"/>
+    <w:rsid w:val="003D43A2"/>
     <w:rsid w:val="003E2FF8"/>
     <w:rsid w:val="003E6F58"/>
     <w:rsid w:val="003F25DE"/>
     <w:rsid w:val="004108DC"/>
+    <w:rsid w:val="00411433"/>
     <w:rsid w:val="004132E5"/>
     <w:rsid w:val="00416645"/>
+    <w:rsid w:val="00420AA3"/>
     <w:rsid w:val="0043372E"/>
     <w:rsid w:val="00437CD1"/>
     <w:rsid w:val="0047580B"/>
     <w:rsid w:val="004A5FFE"/>
     <w:rsid w:val="004B49D5"/>
     <w:rsid w:val="004C3A38"/>
     <w:rsid w:val="004C719B"/>
     <w:rsid w:val="00522453"/>
     <w:rsid w:val="00527B91"/>
     <w:rsid w:val="005337C6"/>
     <w:rsid w:val="005428DA"/>
     <w:rsid w:val="00571310"/>
     <w:rsid w:val="005730F1"/>
     <w:rsid w:val="00576604"/>
     <w:rsid w:val="005A253D"/>
     <w:rsid w:val="005A6066"/>
     <w:rsid w:val="005C5541"/>
     <w:rsid w:val="005D1B4D"/>
     <w:rsid w:val="005D3C8A"/>
     <w:rsid w:val="005F1515"/>
     <w:rsid w:val="00604D90"/>
     <w:rsid w:val="00617E79"/>
     <w:rsid w:val="00627CA2"/>
     <w:rsid w:val="00654632"/>
     <w:rsid w:val="00665EC9"/>
@@ -7039,134 +6951,137 @@
     <w:rsid w:val="00884B54"/>
     <w:rsid w:val="00890FDA"/>
     <w:rsid w:val="0089226A"/>
     <w:rsid w:val="00896F94"/>
     <w:rsid w:val="008975A7"/>
     <w:rsid w:val="008D1D44"/>
     <w:rsid w:val="008F4C61"/>
     <w:rsid w:val="00915376"/>
     <w:rsid w:val="0092074B"/>
     <w:rsid w:val="00921805"/>
     <w:rsid w:val="00926E06"/>
     <w:rsid w:val="00934035"/>
     <w:rsid w:val="0099443B"/>
     <w:rsid w:val="00996318"/>
     <w:rsid w:val="009A5BB7"/>
     <w:rsid w:val="009C65A9"/>
     <w:rsid w:val="009D239A"/>
     <w:rsid w:val="009F7713"/>
     <w:rsid w:val="00A50508"/>
     <w:rsid w:val="00AB0554"/>
     <w:rsid w:val="00AD24BA"/>
     <w:rsid w:val="00AE179F"/>
     <w:rsid w:val="00B05EA4"/>
     <w:rsid w:val="00B1769E"/>
     <w:rsid w:val="00B2257C"/>
+    <w:rsid w:val="00B31961"/>
     <w:rsid w:val="00B45EA9"/>
     <w:rsid w:val="00B47E51"/>
     <w:rsid w:val="00B515C5"/>
     <w:rsid w:val="00B674A0"/>
     <w:rsid w:val="00B7430E"/>
     <w:rsid w:val="00B801D5"/>
     <w:rsid w:val="00BF0FB3"/>
     <w:rsid w:val="00BF12F1"/>
     <w:rsid w:val="00C04ABB"/>
     <w:rsid w:val="00C13FAB"/>
     <w:rsid w:val="00C27D12"/>
     <w:rsid w:val="00C350A3"/>
     <w:rsid w:val="00C4731B"/>
     <w:rsid w:val="00C72930"/>
     <w:rsid w:val="00C93E84"/>
+    <w:rsid w:val="00CA1A11"/>
     <w:rsid w:val="00CA2942"/>
     <w:rsid w:val="00CD4EED"/>
     <w:rsid w:val="00CD7A27"/>
     <w:rsid w:val="00CF1148"/>
     <w:rsid w:val="00CF2744"/>
     <w:rsid w:val="00D14C01"/>
     <w:rsid w:val="00D175FE"/>
     <w:rsid w:val="00D332CB"/>
     <w:rsid w:val="00D5027A"/>
     <w:rsid w:val="00D612F0"/>
     <w:rsid w:val="00DA0E9D"/>
     <w:rsid w:val="00DB3125"/>
     <w:rsid w:val="00DC4463"/>
     <w:rsid w:val="00E33041"/>
     <w:rsid w:val="00E53CD3"/>
     <w:rsid w:val="00E54CD7"/>
     <w:rsid w:val="00EB6D1E"/>
     <w:rsid w:val="00EE123E"/>
     <w:rsid w:val="00EE4B93"/>
     <w:rsid w:val="00F324CB"/>
     <w:rsid w:val="00F4557C"/>
     <w:rsid w:val="00F802B3"/>
     <w:rsid w:val="00F806E8"/>
     <w:rsid w:val="00F84422"/>
     <w:rsid w:val="00FB4D20"/>
     <w:rsid w:val="00FD2740"/>
     <w:rsid w:val="00FE17D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2061"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1CE0FC44"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C6363536-E115-4F41-93F9-785CD3404491}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7494,50 +7409,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -7649,51 +7569,50 @@
       <w:u w:val="single"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
@@ -7965,55 +7884,67 @@
     <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="008F4C61"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACEn-tte">
     <w:name w:val="_AC_En-tête"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BF0FB3"/>
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times" w:hAnsi="Arial Narrow"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA1A11"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="409810017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="32122096">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8189,51 +8120,51 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="file:///G:\OCPCi\Administration\Volontariat\::Entete:Montage%20Word:Elements:triangle.bmp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8458,75 +8389,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>631</Words>
-  <Characters>3744</Characters>
+  <Words>747</Words>
+  <Characters>4112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Notre réf</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat du Valais</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4367</CharactersWithSpaces>
+  <CharactersWithSpaces>4850</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2883690</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>-1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>2053</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>::Entete:Montage Word:Elements:triangle.bmp</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>